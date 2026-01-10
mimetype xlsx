--- v0 (2025-11-23)
+++ v1 (2026-01-10)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="929" uniqueCount="643" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="941" uniqueCount="650" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3759,50 +3759,96 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3879,59 +3925,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/56CF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kEW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TfnB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbgP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fPjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uf4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cQkh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qZxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kDjI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/56CF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HgXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mr2J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uLV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3s6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kEW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D0Sc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4zWF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TfnB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbgP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fPjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oc0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zVxwP1xI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pWZm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uf4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tDEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oPQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yesP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tN7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M86"/>
+  <dimension ref="A1:M87"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7755,50 +7801,93 @@
       <c r="F86" s="5" t="s">
         <v>563</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>637</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>638</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>639</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>640</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>641</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>642</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>649</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7845,44 +7934,45 @@
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
+    <hyperlink ref="M87" r:id="rId92"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>