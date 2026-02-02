--- v0 (2025-12-16)
+++ v1 (2026-02-02)
@@ -5,373 +5,373 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="71" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1913, udaterede og indledende bemærkninger</t>
-[...2 lines deleted...]
-    <t>Dagbog</t>
+    <t>1921-08-30</t>
+  </si>
+  <si>
+    <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>https://fynboerne.ktdk.dk/n/vR0npe0d</t>
-[...15 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Ærøskøbing</t>
+  </si>
+  <si>
+    <t>Strynø Kalv
+Strynø
+Marstal
+Dejrø
+Lilleø
+Halmø
+Ærøskøbing
+Charlottenborg, København</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Hammerich
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Peter Magnussen
+A Munch-Petersen
+Alexis Prior
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis, Johannes Larsen m.fl. sejler med skibet Rylen rundt til en række danske øer og gør forarbejde til bogværket De Danskes Øer. 
+På denne tid var det ofte brugt, at ikke-solgte billeder fra udstillinger blev solgt på auktion, som regel til en lavere pris, og Johannes Larsen brød sig ikke om dette. Var han ikke i nød for penge, tog han billederne hjem i stedet for at sælge på auktion.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Strynø med Rylen og returnerer til Ærøskøbing. Dårligt vejr forhindrer besøg på andre småøer. 
+Man besøger Tom-Petersen og er i selskab med en lokal arkitekt Hammerich.
+Johannes Larsen beder Alhed Larsen om at undersøge, hvornår der er mulighed for at udstille på Den Frie, hos Winkel &amp;amp; Magnussen og på Charlottenborg. Han glæder sig til at arbejde i fred og ro den kommende vinter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TKUJ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Hotel "Harmonien". Ærøskøbing, d .......... 192
+Telefon 21
+[Håndskrevet:] 
+30/8 1
+Kæreste Alhed !
+Tak for Brevet som jeg fik her i Gaar Eftermdgs da vi kom hertil igen. Desværre fik vi Regnvejr den sidste Dag på Strynø saa vi maatte opgive Strynø Kalv og tage til Marstal Lørdag Aften. Der var vi saa til i Gaar Mrgs. I Gaar Eftermiddags tegnede jeg her men uden videre Held, derimod tror jeg har lavet to pæne Tegninger i Frmdg. Det var Meningen at vi i Mrgs skulde have været til Dejrø, Lilleø og Halmø med en Baad som en Arkitekt Prior havde stillet til vor Disposition med Lodsen som Skipper, men paa Grund af Lavvande og Blæst, som forøvrigt opad Dagen er bleven til Storm maatte vi opgive. Vi skal nu til at prøve paa hvormeget vi kan spise af de 24 Stk Smørrebrød Friis havde rekvireret til Turen og derefter skal vi hen til Toms, i Anledning af at vi forleden var der sammen med ovennævnte Prior, og at en anden herboende Arkitekt Hammerich, de kan ikke taale hinanden, har beklaget sig over at det ikke var ham vi var der sammen med. Jeg havde brev fra Puf i Mrgs, men det var skreven lige efter at Du var rejst. Jeg kan naturligvis ikke tage Stilling til noget med Hensyn til Auktion nu, men det vil naturligvis være udmærket, hvis Du vil indsende alle de Oplysninger Du kan med Hensyn til Tidspunkter da den frie Udstilling eller Charlottenborg kan faaes, og maaske med Munch-Petersen og Magnussen om det. Jeg vil ikke sælge nogle af de Billeder vi har af andre. Jeg antager jeg kommer hjem Torsdag eller Fredag, mon Du saa er kommen hjem? Jeg glæder mig til at komme hjem, og jeg glæder mig til at vi skal være alene til Vinter og arbejde i Fred og Ro. Bare vi kunde have undgået det forbandede Auktionsvrøvl, men der er jo desværre ingen Vej uden om. Hils Uglen fra mig og Lysse naar hun kommer derover i Overmrg. Hils ogsaa hos Schiølers, for Du ser vel nok derhen. 
+Mange kærlige Hilsner 
+Din JL</t>
   </si>
   <si>
     <t>1921-08-22</t>
-  </si>
-[...4 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Søby</t>
   </si>
   <si>
     <t>Søby
 Ærøskøbing</t>
   </si>
   <si>
     <t>Victor Bøttern
 Alhed Larsen
 Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Achton Friis og Johannes Larsen sejler rundt i landet på skibet Rylen og laver forberedelser til bogværket De Danskes Øer. 
 Victor Bøttern forpagtede Larsen-familiens købmandsgård tilbage i 1899. Frem til 1924 havde Johannes Larsens bror, Georg Larsen, fortsat viktualieforretning der. Bøtterns brev findes ikke sammen med Larsens i samlingen på Det Kongelige Bibliotek, og det vides ikke, hvad Larsens og Bøtterns uoverensstemmelse gik ud på.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen er i Søby og vil næste dag sejle videre til Ærøskøbing med Rylen.
 Han vedlægger et vredt brev fra købmand Victor Bøttern i Kerteminde og skriver, hvad han har svaret Bøttern. Johannes Larsen er uenig med Victor Bøttern om betingelserne omkring noget betaling og truer med at afbryde deres venskab, hvis Bøttern ikke bøjer sig og undskylder en fornærmelse mod Alhed Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VbcX</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Søby Hotel Søby, den..........19
 Telef. Nr. 6
 22 Aug .. 21
 Kæreste Alhed!
 Tak for sidst. Jeg kom godt herover, men foruden Rygsækken glemte jeg nogle Lommetørklæder som jeg havde lagt frem. Vi er nu taget her til Søby hvor vi bliver i Nat, men i Mrg Aften tager vi tilbage til Ærøskøbing. Jeg fik vedlagte Brev fra Victor som jeg har svaret saaledes paa:
 "Dit Brev af 18 forrige Md. fik jeg i Gaar og ser deraf at Du stadig ikke begriber et Suk af det Hele. Jeg skal derfor, da baade mine Breve og vor Samtale har været spildt endnu en Gang forsøge at gøre mig forstaaelig. De 2 Breve Du skrev til mig havde været allright, dersom Du selv havde skrevet dem, jeg skulde da nok have ordnet Sagen i Mindelighed. Det kunde ogsaa have gaaet hvis Dit Personale havde skrevet dem og undertegnet dem, i saa Fald vilde jeg have sendt Brevene til Dig, med Anmodning om at give Vedkommende et Par flade, men, naar Dit Personale skriver den Slags Skrivelser til mig og Du vedkender Dig dem med Din Underskrift, saa kan Sagen kun ordnes på en Maade, nemlig saaledes at det bebrejdes Dig i Dine Folks Paahør. 
 Det er dette der er sket og det er ganske ligegyldigt om det er Alhed eller mig der har gjort det, vi er selvfølgelig solidariske. Paa dette Tidspunkt vilde det have været korrekt, om Du havde taget det elskværdigt og sagt et Par Ord om at Du beklagede at Du ikke havde holdt Dine Folk udenfor. Sagen vilde dermed have været i Orden og vi havde været kvit. I Stedet for blev du grov, og det er det, Du skylder Alhed en Undskyldning for. Du kan jo da ikke være saa barnagtig at mene, at Du har Privilegium paa at fornærme andre uden at det er tilladt at svare igen. 
 Eller hvad synes Du?
 Jeg synes Du skulde tage Dig sammen og gaa over og snakke med Alhed om det, kan Du ikke det, maa vi hellere holde os hver for sig indtil videre. Jeg er ked af at Puf ser saadan paa Sagen, men jeg synes ikke Du er den rette Mand til at bebrejde ham det, da Du jo ikke stiller Dig synderlig mere forstaaende over for Alhed og mig. Som Du bemærker er det uheldigt at der ikke var Vidner til vor sidste Samtale. Naturligvis lovede jeg at betale Dig saa vidt muligt hver tredje Md., men Du maa ikke fortælle mig at jeg har været saa sindssyg at aftale mere end jeg kunde staa ved. 
 Til Slut vil jeg kun sige, at jeg ikke forstaar hvad Du sigter til med "Forhold som Du staar magtesløs overfor" Naar det gør Dig saa ondt at se vort Venskab ødelagt, skulde det vel ikke være uoverkommeligt for Dig, at forsøge paa at bringe det i Lave igen?
 Din hengivne JL
 Puf kunde vel ikke have Lyst til at komme herover et Par Dage, her er mange morsomme Møller. 
 Hils Puf, Lysse og mange kærlige Hilsner til Dig selv.
 Din JL.</t>
   </si>
   <si>
-    <t>22. aug. 1921</t>
+    <t>1913, udaterede og indledende bemærkninger</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vR0npe0d</t>
+  </si>
+  <si>
+    <t>29. aug. 1921</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
-    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sMNlRVOA</t>
+  </si>
+  <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Svendborg
+Baagø
+Voderup Klint, Ærø
+Ærø</t>
+  </si>
+  <si>
+    <t>Johan Peder Bless
+Achton Friis
+Axel Friis
+Andreas Larsen
+Marie Neckelmann
+Christine Rasmussen
+Holger Rasmussen
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Geologien er helt speciel ved Voderup Klint på Ærø. Store landskabsblokke er gledet ned, så de ligner store trappetrin. Voderup Klint er tildelt Det Brune Johanneskort og er dermed med i den eksklusive gruppe af nationale seværdigheder. 
+Harmonien er et badehotel i Ærøskøbing.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Halmstad og har sendt kort til Johannes Larsen derfra. Han er på tur til Ærø med blandt andre Christine Rasmussen. Johannes Larsen har diskuteret Baagø-turen med Achton Friis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k6QI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet fra Halmstad Det var dejligt I fik saa godt Vejr. Jeg kørte med Baronen og Marie i Bil, kørt Dag og Nat 30 Kr. i Bil til Svendborg. Start Kl. 7 herfra. Smørrebrød i Svendborg. Med Damperen til Ærø Kl. 9 sammen med Etatsraadinden og Holger, Peter Bless og Kylle. Ærøskøbing Kl. 11 Rødspætte paa Harmonien Kl. 12: Begravelse Kl. 1. Bagefter Sjus i Hotellet og alle i 2 Biler til Vadrup Klint, tilbage til Svendborg Kl. 8. Smørrebrød og Hjemtur. Baronen var her før, det var en dejlig Dag sagde han. Jeg var hos Friis for at tale om Baagøturen. Han kom senere herhen og forklarede at han havde regnet ud at vi kunde vente til Maj næste Aar. Puf og jeg skal der hen at spise Kl. 6 1/2 den er 6.10 nu og jeg skal til Barbereren. Hilsen fra Puf. Mere i Mrg.
+JL</t>
+  </si>
+  <si>
+    <t>1921-08-27</t>
+  </si>
+  <si>
+    <t>Strynø
+Marstal
+Ærøskøbing
+Rudkøbing</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen
+Johan Larsen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen m.fl. sejlede med skibet Rylen rundt til mange øer som forberedelse til bogværket De Danskes Øer.
+For korte senge: Johannes Larsen var en høj mand. 
+Haven på Møllebakken blev udvidet flere gange og forsynet med mange damme. Johannes Larsen havde mange forskellige dyr såsom ænder, gæs, svaner, oddere og omkring 1920 også en sæl. På side 183 i Erland Porsmoses bog Johannes Larsen ses et foto af denne sæl. 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger på Strynø, hvor han bor hos en kone, hvis mand er ude at sejle.
+Han returnerer til Ærø og ser nu frem til at komme hjem til Kerteminde.
+Det er dejligt, at det går godt med sælen. Larsen og co har besøgt Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hGE8</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Søby Hotel
+Telef. Nr. 6 SØBY, den 19
+[Alt undtagen "19" er overstreget]
+[Håndskrevet:]
+Strynø 27 Aug 21
+Kæreste Alhed!
+Tak for Brevet som jeg fik ligefør vi i Forgaars cyklede fra Ærøskjøbing til Marstal. Fra Marstal tog vi med Damper herover. Vi havde faaet at vide at vi kunde bo paa et Afholdshotel her, men det viste sig at være nedlagt, og det saa ud til at vi maatte leje en Motorbaad til Rudkjøbing for at overnatte. Vi fik dog indlogeret os hos en Kone hvis Mand sejlede som Hovmester, og har det helt godt, med god Mad men for korte Senge. Jeg fik tegnet 3 Tegninger i Gaar, men i Dag er Vejret ikke til at arbejde ude i. Friis sidder og tegner Sønnen her i Huset og i Eftermiddag tager vi tilbage til Marstal, vi har dog stadig vore Værelser i Ærøskjøbing, og hvis Vejret er nogenlunde til den Tid cykler vi maaske dertil i Aften der er kun en 5 Fjerdingsvej mellem de 2 Byer. Jeg har ikke faaet lavet særligt meget siden jeg kom herover da vi har beskæftiget os med den Del af Øen nord for Byerne, hvor Afstandene er saa store at der er gaaet uforholdsmæssig lang Tid til Cykling. Det glædede mig at høre at det gaar godt med Sælhunden, det er en god Ide at fodre den i en Balje. Vi var hos Toms i Mandags eller Tirsdags Aften, jeg skal hilse fra dem. Mange kærlige Hilsner. Jeg glæder mig til at komme hjem, nu er der jo ikke mange Dage til. Hils Puf og Lysse. Det er morsomt at høre at det gaar Dig saa godt med dit Maleri.
+Din JL.</t>
   </si>
   <si>
     <t>1921-08-24</t>
   </si>
   <si>
     <t>Achton Friis
 Georg Jacobsen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
 Johanne  Larsen
 Peter Magnussen
 A Munch-Petersen
 Theodor Philipsen
 Christine Swane
 Sigurd  Swane
 Fritz Syberg
 Hans Christian Tvedskov
 Laura Warberg</t>
   </si>
   <si>
     <t>Johannes Larsen og Achton Friis er på Ærø. De tog færgen derover og boede på Hotel Harmonien nær færgehavnen. Besøget var et led i arbejdet med bogværket De Danskes Øer. Puf (Andreas Larsen) var med som kok på første del af rejsen - deraf vel ordene om, at han var fristet af Ærø. Om de to kunstneres ophold på Ærø se Achton Friis: De Danskes Øer. Bd. 1. Illustreret af Achton Friis og Johannes Larsen. Gyldendalske Boghandel, Nordisk Forlag 1926. S. 307ff
 Økonomisagen handler muligvis om, at Alhed og Johannes Larsen har kautioneret for nogle mennesker.
 Om anmeldelsen af Lysse (Johan Larsen): Formodentlig skal han optages på en landbrugsskole.
 Alhed og Johannes Larsen havde omkring 1920-1922 en sæl, Luffe, som boede i en sø i deres have.</t>
   </si>
   <si>
     <t>Johannes Larsens brev til Bøttern var udmærket. Larsen-familien har nogle økonomiske problemer, og Alhed har talt med banken.
 Lysse (Johan Larsen) skal flytte og være bymenneske. 
 Johannes Larsen vil afholde en auktion. Alhed har foreslået, at de desuden sælger ud af deres egen kunstsamling.
 Puf er begyndt at male i Fjorden, og Alhed Larsen har malet et figurbillede af Grethe (Sawyer, en niece). Sælen har det godt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/c1Hv</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Tak for Dit Brev med Bøtternindlæggene, det var et udmærket Svar Du sendte ham, jeg haabede saa smaat, den var kommen herhen men nej, det er skrækkelig dumt af ham. – I Forgaars kom Anmeldelsen paa de 15000. For at det ikke skulde gaa galt ogsaa denne Gang, tog jeg i Gaar ud for at tale med Jacobsen. Han var meget rar og e [bogstavet overstreget] elskværdig. Han sagde, at naar jeg vilde faa Magnussen til at sende dem en Skrivelse gaaende ud at forespørge Banken, om dette maatte henligge paa hans Risiko uden Protest – det er lovbefalet at det skal gaa saadan til – saa vilde de lade den ligge nogle Dage, d.v.s. til d. 6te-7ende og til den Tid er Du jo hjemme. Den maatte nok gaa uden Afdrag. Renterne er 307, dem vil jeg se at faa Magnussen til at rykke ud med. – Ugle og jeg rejser derover i Morgen, Ugle kan ikke være alene om Natten og jeg har lovet at hjælpe hende med at ordne til Lysse kommer. Han skal anmeldes paa Mandag med Daabsattest og Examensbevis, han selv kan knibe det ud til Onsdag, det Skind, det bliver svært for ham med den Ombytning til Bymenneske. Ansøgningen er bevilget. – Jacobsen spurgte, hvad saa Meningen var om Du vilde lave Udstilling til Efteraaret eller hvordan, jeg sagde, at Du vilde lave Auktion det drejede sig bare om Tidspunktet. Han mente – men kunde jo ikke vide det bestemt – at der allerede til Januar skulde blive en Smule Bedring. Jeg vedlægger her et Brev fra S. Swane, som jo nok kan give Dig noget at spekulere paa. Naar Du nu har læst det og dette og tænkt en Smule over det, kan Du saa ikke strax skrive til mig, om Du ikke synes, jeg skal tale med Magnussen om dette Auktionsvæsen og om jeg saa ikke skal gaa til Munch Petersen og tale om ”den frie” og mulig faa forskellige Dage paa Haanden. Baronens Udst. begynder sidst i Januar mener Du Din Auktion skal være før eller efter? Eller mener Du Charlottenborg, hvis den kan faas? – Bare Du nu faar dette Brev lidt hurtig at Du kan svare mig paa alt dette. Jeg sagde til Jacobsen at jeg havde foreslaaet Dig at vi skulde sælge nogle af de Ting vi har af andre Malere – jeg nævnede ikke den store Philipsen – men at Du kviede Dig ved det, det kunde han godt forstaa men han sagde, at hvis vi bestemte os til det saa kunde vi da lade ham det vide. - - Puf føler sig lidt fristet af Ærø og Møllerne, men han er begyndt at male oppe i Fjorden, saa han mente ikke, det var fornuftigt. Du savner ham naturligvis. X Hvordan gaar det Dig ellers? Det har jo været noget uroligt Vejr i disse Dage, men mest smukt for Resten. X Hør, har Du lagt nogle af Dine Tegninger til Side eller taget dem med Dig??? Alle de sidste er her men ikke den første store Bunke. [Overstreget fra ”Hør”] [Indsat lodret i margen] X jeg har funden dem [indskud slut] Jeg har malet et Figurbillede af Grethe af Størrelse som det største Møllebillede, Solskin i Haven. Uglen synes det er pænt, jeg har ikke saa faa at vise Dig, naar Du kommer hjem. Lommetørklæder synes jeg, Du kan købe nogle Stykker af. Jeg har ladet Lysse faa et sæt Tøj fra Tvedskov 150, det ser godt og pænt ud. Sælen har det ug, den bliver saa tyk. Nu faar Du ikke mere, jeg havde ventet Brev med ny Adr. men sender nu dette til Harmonien. Jeg skriver snart igen til samme Adr. saa maa Du forhøre. Vi skal alle over til Agrarens til Aftenkaffe Mor kommer fra Krædstrup med 6 ½ Toget. 1000 Hilsner fra Puf, Lysse og mig selv. Hils Friis
 Lørdag d 24ende Din A.
 Skriv snart:
 Fru Alhed Larsen
 Adr. Fru Swane
 Falkonérallé 5 5
 F</t>
   </si>
   <si>
-    <t>1921-08-27</t>
-[...39 lines deleted...]
-    <t>29. aug. 1921</t>
+    <t>22. aug. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
-Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
-[...54 lines deleted...]
-Din JL</t>
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
+  </si>
+  <si>
+    <t>19. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
+  </si>
+  <si>
+    <t>20. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
   </si>
   <si>
     <t> 1. sep. 1921</t>
   </si>
   <si>
     <t>Alexis Prior</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/2e3r5tyj</t>
-  </si>
-[...38 lines deleted...]
-JL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -448,51 +448,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -529,550 +529,550 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>23</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="M3" s="5"/>
+        <v>31</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K4" s="5" t="s">
-        <v>18</v>
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L4" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...3 lines deleted...]
-        <v>25</v>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="s">
-        <v>26</v>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>37</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G6" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>18</v>
+        <v>45</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>46</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
-        <v>43</v>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...3 lines deleted...]
-        <v>53</v>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="s">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-        <v>61</v>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>18</v>
+        <v>62</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...3 lines deleted...]
-        <v>64</v>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="s">
-        <v>65</v>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>66</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>69</v>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="M12" s="5" t="s">
         <v>70</v>
       </c>
+      <c r="M12" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>