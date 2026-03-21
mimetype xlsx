--- v1 (2026-02-02)
+++ v2 (2026-03-21)
@@ -44,334 +44,334 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1921-08-30</t>
+    <t>1913, udaterede og indledende bemærkninger</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vR0npe0d</t>
+  </si>
+  <si>
+    <t>19. aug. 1921</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
+  </si>
+  <si>
+    <t>20. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
+  </si>
+  <si>
+    <t>1921-08-22</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Johannes Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Alhed Larsen</t>
-  </si>
-[...53 lines deleted...]
-    <t>1921-08-22</t>
   </si>
   <si>
     <t>Søby</t>
   </si>
   <si>
     <t>Søby
 Ærøskøbing</t>
   </si>
   <si>
     <t>Victor Bøttern
 Alhed Larsen
 Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Achton Friis og Johannes Larsen sejler rundt i landet på skibet Rylen og laver forberedelser til bogværket De Danskes Øer. 
 Victor Bøttern forpagtede Larsen-familiens købmandsgård tilbage i 1899. Frem til 1924 havde Johannes Larsens bror, Georg Larsen, fortsat viktualieforretning der. Bøtterns brev findes ikke sammen med Larsens i samlingen på Det Kongelige Bibliotek, og det vides ikke, hvad Larsens og Bøtterns uoverensstemmelse gik ud på.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen er i Søby og vil næste dag sejle videre til Ærøskøbing med Rylen.
 Han vedlægger et vredt brev fra købmand Victor Bøttern i Kerteminde og skriver, hvad han har svaret Bøttern. Johannes Larsen er uenig med Victor Bøttern om betingelserne omkring noget betaling og truer med at afbryde deres venskab, hvis Bøttern ikke bøjer sig og undskylder en fornærmelse mod Alhed Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VbcX</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Søby Hotel Søby, den..........19
 Telef. Nr. 6
 22 Aug .. 21
 Kæreste Alhed!
 Tak for sidst. Jeg kom godt herover, men foruden Rygsækken glemte jeg nogle Lommetørklæder som jeg havde lagt frem. Vi er nu taget her til Søby hvor vi bliver i Nat, men i Mrg Aften tager vi tilbage til Ærøskøbing. Jeg fik vedlagte Brev fra Victor som jeg har svaret saaledes paa:
 "Dit Brev af 18 forrige Md. fik jeg i Gaar og ser deraf at Du stadig ikke begriber et Suk af det Hele. Jeg skal derfor, da baade mine Breve og vor Samtale har været spildt endnu en Gang forsøge at gøre mig forstaaelig. De 2 Breve Du skrev til mig havde været allright, dersom Du selv havde skrevet dem, jeg skulde da nok have ordnet Sagen i Mindelighed. Det kunde ogsaa have gaaet hvis Dit Personale havde skrevet dem og undertegnet dem, i saa Fald vilde jeg have sendt Brevene til Dig, med Anmodning om at give Vedkommende et Par flade, men, naar Dit Personale skriver den Slags Skrivelser til mig og Du vedkender Dig dem med Din Underskrift, saa kan Sagen kun ordnes på en Maade, nemlig saaledes at det bebrejdes Dig i Dine Folks Paahør. 
 Det er dette der er sket og det er ganske ligegyldigt om det er Alhed eller mig der har gjort det, vi er selvfølgelig solidariske. Paa dette Tidspunkt vilde det have været korrekt, om Du havde taget det elskværdigt og sagt et Par Ord om at Du beklagede at Du ikke havde holdt Dine Folk udenfor. Sagen vilde dermed have været i Orden og vi havde været kvit. I Stedet for blev du grov, og det er det, Du skylder Alhed en Undskyldning for. Du kan jo da ikke være saa barnagtig at mene, at Du har Privilegium paa at fornærme andre uden at det er tilladt at svare igen. 
 Eller hvad synes Du?
 Jeg synes Du skulde tage Dig sammen og gaa over og snakke med Alhed om det, kan Du ikke det, maa vi hellere holde os hver for sig indtil videre. Jeg er ked af at Puf ser saadan paa Sagen, men jeg synes ikke Du er den rette Mand til at bebrejde ham det, da Du jo ikke stiller Dig synderlig mere forstaaende over for Alhed og mig. Som Du bemærker er det uheldigt at der ikke var Vidner til vor sidste Samtale. Naturligvis lovede jeg at betale Dig saa vidt muligt hver tredje Md., men Du maa ikke fortælle mig at jeg har været saa sindssyg at aftale mere end jeg kunde staa ved. 
 Til Slut vil jeg kun sige, at jeg ikke forstaar hvad Du sigter til med "Forhold som Du staar magtesløs overfor" Naar det gør Dig saa ondt at se vort Venskab ødelagt, skulde det vel ikke være uoverkommeligt for Dig, at forsøge paa at bringe det i Lave igen?
 Din hengivne JL
 Puf kunde vel ikke have Lyst til at komme herover et Par Dage, her er mange morsomme Møller. 
 Hils Puf, Lysse og mange kærlige Hilsner til Dig selv.
 Din JL.</t>
   </si>
   <si>
-    <t>1913, udaterede og indledende bemærkninger</t>
-[...8 lines deleted...]
-    <t>29. aug. 1921</t>
+    <t>22. aug. 1921</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
-    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
-[...83 lines deleted...]
-Din JL.</t>
+    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
   </si>
   <si>
     <t>1921-08-24</t>
   </si>
   <si>
     <t>Achton Friis
 Georg Jacobsen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
 Johanne  Larsen
 Peter Magnussen
 A Munch-Petersen
 Theodor Philipsen
 Christine Swane
 Sigurd  Swane
 Fritz Syberg
 Hans Christian Tvedskov
 Laura Warberg</t>
   </si>
   <si>
     <t>Johannes Larsen og Achton Friis er på Ærø. De tog færgen derover og boede på Hotel Harmonien nær færgehavnen. Besøget var et led i arbejdet med bogværket De Danskes Øer. Puf (Andreas Larsen) var med som kok på første del af rejsen - deraf vel ordene om, at han var fristet af Ærø. Om de to kunstneres ophold på Ærø se Achton Friis: De Danskes Øer. Bd. 1. Illustreret af Achton Friis og Johannes Larsen. Gyldendalske Boghandel, Nordisk Forlag 1926. S. 307ff
 Økonomisagen handler muligvis om, at Alhed og Johannes Larsen har kautioneret for nogle mennesker.
 Om anmeldelsen af Lysse (Johan Larsen): Formodentlig skal han optages på en landbrugsskole.
 Alhed og Johannes Larsen havde omkring 1920-1922 en sæl, Luffe, som boede i en sø i deres have.</t>
   </si>
   <si>
     <t>Johannes Larsens brev til Bøttern var udmærket. Larsen-familien har nogle økonomiske problemer, og Alhed har talt med banken.
 Lysse (Johan Larsen) skal flytte og være bymenneske. 
 Johannes Larsen vil afholde en auktion. Alhed har foreslået, at de desuden sælger ud af deres egen kunstsamling.
 Puf er begyndt at male i Fjorden, og Alhed Larsen har malet et figurbillede af Grethe (Sawyer, en niece). Sælen har det godt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/c1Hv</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Tak for Dit Brev med Bøtternindlæggene, det var et udmærket Svar Du sendte ham, jeg haabede saa smaat, den var kommen herhen men nej, det er skrækkelig dumt af ham. – I Forgaars kom Anmeldelsen paa de 15000. For at det ikke skulde gaa galt ogsaa denne Gang, tog jeg i Gaar ud for at tale med Jacobsen. Han var meget rar og e [bogstavet overstreget] elskværdig. Han sagde, at naar jeg vilde faa Magnussen til at sende dem en Skrivelse gaaende ud at forespørge Banken, om dette maatte henligge paa hans Risiko uden Protest – det er lovbefalet at det skal gaa saadan til – saa vilde de lade den ligge nogle Dage, d.v.s. til d. 6te-7ende og til den Tid er Du jo hjemme. Den maatte nok gaa uden Afdrag. Renterne er 307, dem vil jeg se at faa Magnussen til at rykke ud med. – Ugle og jeg rejser derover i Morgen, Ugle kan ikke være alene om Natten og jeg har lovet at hjælpe hende med at ordne til Lysse kommer. Han skal anmeldes paa Mandag med Daabsattest og Examensbevis, han selv kan knibe det ud til Onsdag, det Skind, det bliver svært for ham med den Ombytning til Bymenneske. Ansøgningen er bevilget. – Jacobsen spurgte, hvad saa Meningen var om Du vilde lave Udstilling til Efteraaret eller hvordan, jeg sagde, at Du vilde lave Auktion det drejede sig bare om Tidspunktet. Han mente – men kunde jo ikke vide det bestemt – at der allerede til Januar skulde blive en Smule Bedring. Jeg vedlægger her et Brev fra S. Swane, som jo nok kan give Dig noget at spekulere paa. Naar Du nu har læst det og dette og tænkt en Smule over det, kan Du saa ikke strax skrive til mig, om Du ikke synes, jeg skal tale med Magnussen om dette Auktionsvæsen og om jeg saa ikke skal gaa til Munch Petersen og tale om ”den frie” og mulig faa forskellige Dage paa Haanden. Baronens Udst. begynder sidst i Januar mener Du Din Auktion skal være før eller efter? Eller mener Du Charlottenborg, hvis den kan faas? – Bare Du nu faar dette Brev lidt hurtig at Du kan svare mig paa alt dette. Jeg sagde til Jacobsen at jeg havde foreslaaet Dig at vi skulde sælge nogle af de Ting vi har af andre Malere – jeg nævnede ikke den store Philipsen – men at Du kviede Dig ved det, det kunde han godt forstaa men han sagde, at hvis vi bestemte os til det saa kunde vi da lade ham det vide. - - Puf føler sig lidt fristet af Ærø og Møllerne, men han er begyndt at male oppe i Fjorden, saa han mente ikke, det var fornuftigt. Du savner ham naturligvis. X Hvordan gaar det Dig ellers? Det har jo været noget uroligt Vejr i disse Dage, men mest smukt for Resten. X Hør, har Du lagt nogle af Dine Tegninger til Side eller taget dem med Dig??? Alle de sidste er her men ikke den første store Bunke. [Overstreget fra ”Hør”] [Indsat lodret i margen] X jeg har funden dem [indskud slut] Jeg har malet et Figurbillede af Grethe af Størrelse som det største Møllebillede, Solskin i Haven. Uglen synes det er pænt, jeg har ikke saa faa at vise Dig, naar Du kommer hjem. Lommetørklæder synes jeg, Du kan købe nogle Stykker af. Jeg har ladet Lysse faa et sæt Tøj fra Tvedskov 150, det ser godt og pænt ud. Sælen har det ug, den bliver saa tyk. Nu faar Du ikke mere, jeg havde ventet Brev med ny Adr. men sender nu dette til Harmonien. Jeg skriver snart igen til samme Adr. saa maa Du forhøre. Vi skal alle over til Agrarens til Aftenkaffe Mor kommer fra Krædstrup med 6 ½ Toget. 1000 Hilsner fra Puf, Lysse og mig selv. Hils Friis
 Lørdag d 24ende Din A.
 Skriv snart:
 Fru Alhed Larsen
 Adr. Fru Swane
 Falkonérallé 5 5
 F</t>
   </si>
   <si>
-    <t>22. aug. 1921</t>
+    <t>1921-08-27</t>
+  </si>
+  <si>
+    <t>Strynø
+Marstal
+Ærøskøbing
+Rudkøbing</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen
+Johan Larsen
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen m.fl. sejlede med skibet Rylen rundt til mange øer som forberedelse til bogværket De Danskes Øer.
+For korte senge: Johannes Larsen var en høj mand. 
+Haven på Møllebakken blev udvidet flere gange og forsynet med mange damme. Johannes Larsen havde mange forskellige dyr såsom ænder, gæs, svaner, oddere og omkring 1920 også en sæl. På side 183 i Erland Porsmoses bog Johannes Larsen ses et foto af denne sæl. 
+Kilde: Porsmose, Erland: Johannes Larsen. Menneske, kunstner og naturoplever. Gyldendal, 1999.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger på Strynø, hvor han bor hos en kone, hvis mand er ude at sejle.
+Han returnerer til Ærø og ser nu frem til at komme hjem til Kerteminde.
+Det er dejligt, at det går godt med sælen. Larsen og co har besøgt Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hGE8</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Søby Hotel
+Telef. Nr. 6 SØBY, den 19
+[Alt undtagen "19" er overstreget]
+[Håndskrevet:]
+Strynø 27 Aug 21
+Kæreste Alhed!
+Tak for Brevet som jeg fik ligefør vi i Forgaars cyklede fra Ærøskjøbing til Marstal. Fra Marstal tog vi med Damper herover. Vi havde faaet at vide at vi kunde bo paa et Afholdshotel her, men det viste sig at være nedlagt, og det saa ud til at vi maatte leje en Motorbaad til Rudkjøbing for at overnatte. Vi fik dog indlogeret os hos en Kone hvis Mand sejlede som Hovmester, og har det helt godt, med god Mad men for korte Senge. Jeg fik tegnet 3 Tegninger i Gaar, men i Dag er Vejret ikke til at arbejde ude i. Friis sidder og tegner Sønnen her i Huset og i Eftermiddag tager vi tilbage til Marstal, vi har dog stadig vore Værelser i Ærøskjøbing, og hvis Vejret er nogenlunde til den Tid cykler vi maaske dertil i Aften der er kun en 5 Fjerdingsvej mellem de 2 Byer. Jeg har ikke faaet lavet særligt meget siden jeg kom herover da vi har beskæftiget os med den Del af Øen nord for Byerne, hvor Afstandene er saa store at der er gaaet uforholdsmæssig lang Tid til Cykling. Det glædede mig at høre at det gaar godt med Sælhunden, det er en god Ide at fodre den i en Balje. Vi var hos Toms i Mandags eller Tirsdags Aften, jeg skal hilse fra dem. Mange kærlige Hilsner. Jeg glæder mig til at komme hjem, nu er der jo ikke mange Dage til. Hils Puf og Lysse. Det er morsomt at høre at det gaar Dig saa godt med dit Maleri.
+Din JL.</t>
+  </si>
+  <si>
+    <t>29. aug. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
-Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/3sWAs20P</t>
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sMNlRVOA</t>
+  </si>
+  <si>
+    <t>1921-08-30</t>
+  </si>
+  <si>
+    <t>Ærøskøbing</t>
+  </si>
+  <si>
+    <t>Strynø Kalv
+Strynø
+Marstal
+Dejrø
+Lilleø
+Halmø
+Ærøskøbing
+Charlottenborg, København</t>
+  </si>
+  <si>
+    <t>Achton Friis
+- Hammerich
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Peter Magnussen
+A Munch-Petersen
+Alexis Prior
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Achton Friis, Johannes Larsen m.fl. sejler med skibet Rylen rundt til en række danske øer og gør forarbejde til bogværket De Danskes Øer. 
+På denne tid var det ofte brugt, at ikke-solgte billeder fra udstillinger blev solgt på auktion, som regel til en lavere pris, og Johannes Larsen brød sig ikke om dette. Var han ikke i nød for penge, tog han billederne hjem i stedet for at sælge på auktion.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Strynø med Rylen og returnerer til Ærøskøbing. Dårligt vejr forhindrer besøg på andre småøer. 
+Man besøger Tom-Petersen og er i selskab med en lokal arkitekt Hammerich.
+Johannes Larsen beder Alhed Larsen om at undersøge, hvornår der er mulighed for at udstille på Den Frie, hos Winkel &amp;amp; Magnussen og på Charlottenborg. Han glæder sig til at arbejde i fred og ro den kommende vinter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TKUJ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Hotel "Harmonien". Ærøskøbing, d .......... 192
+Telefon 21
+[Håndskrevet:] 
+30/8 1
+Kæreste Alhed !
+Tak for Brevet som jeg fik her i Gaar Eftermdgs da vi kom hertil igen. Desværre fik vi Regnvejr den sidste Dag på Strynø saa vi maatte opgive Strynø Kalv og tage til Marstal Lørdag Aften. Der var vi saa til i Gaar Mrgs. I Gaar Eftermiddags tegnede jeg her men uden videre Held, derimod tror jeg har lavet to pæne Tegninger i Frmdg. Det var Meningen at vi i Mrgs skulde have været til Dejrø, Lilleø og Halmø med en Baad som en Arkitekt Prior havde stillet til vor Disposition med Lodsen som Skipper, men paa Grund af Lavvande og Blæst, som forøvrigt opad Dagen er bleven til Storm maatte vi opgive. Vi skal nu til at prøve paa hvormeget vi kan spise af de 24 Stk Smørrebrød Friis havde rekvireret til Turen og derefter skal vi hen til Toms, i Anledning af at vi forleden var der sammen med ovennævnte Prior, og at en anden herboende Arkitekt Hammerich, de kan ikke taale hinanden, har beklaget sig over at det ikke var ham vi var der sammen med. Jeg havde brev fra Puf i Mrgs, men det var skreven lige efter at Du var rejst. Jeg kan naturligvis ikke tage Stilling til noget med Hensyn til Auktion nu, men det vil naturligvis være udmærket, hvis Du vil indsende alle de Oplysninger Du kan med Hensyn til Tidspunkter da den frie Udstilling eller Charlottenborg kan faaes, og maaske med Munch-Petersen og Magnussen om det. Jeg vil ikke sælge nogle af de Billeder vi har af andre. Jeg antager jeg kommer hjem Torsdag eller Fredag, mon Du saa er kommen hjem? Jeg glæder mig til at komme hjem, og jeg glæder mig til at vi skal være alene til Vinter og arbejde i Fred og Ro. Bare vi kunde have undgået det forbandede Auktionsvrøvl, men der er jo desværre ingen Vej uden om. Hils Uglen fra mig og Lysse naar hun kommer derover i Overmrg. Hils ogsaa hos Schiølers, for Du ser vel nok derhen. 
+Mange kærlige Hilsner 
+Din JL</t>
   </si>
   <si>
     <t> 1. sep. 1921</t>
   </si>
   <si>
     <t>Alexis Prior</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/2e3r5tyj</t>
+  </si>
+  <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Svendborg
+Baagø
+Voderup Klint, Ærø
+Ærø</t>
+  </si>
+  <si>
+    <t>Johan Peder Bless
+Achton Friis
+Axel Friis
+Andreas Larsen
+Marie Neckelmann
+Christine Rasmussen
+Holger Rasmussen
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Geologien er helt speciel ved Voderup Klint på Ærø. Store landskabsblokke er gledet ned, så de ligner store trappetrin. Voderup Klint er tildelt Det Brune Johanneskort og er dermed med i den eksklusive gruppe af nationale seværdigheder. 
+Harmonien er et badehotel i Ærøskøbing.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Halmstad og har sendt kort til Johannes Larsen derfra. Han er på tur til Ærø med blandt andre Christine Rasmussen. Johannes Larsen har diskuteret Baagø-turen med Achton Friis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k6QI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet fra Halmstad Det var dejligt I fik saa godt Vejr. Jeg kørte med Baronen og Marie i Bil, kørt Dag og Nat 30 Kr. i Bil til Svendborg. Start Kl. 7 herfra. Smørrebrød i Svendborg. Med Damperen til Ærø Kl. 9 sammen med Etatsraadinden og Holger, Peter Bless og Kylle. Ærøskøbing Kl. 11 Rødspætte paa Harmonien Kl. 12: Begravelse Kl. 1. Bagefter Sjus i Hotellet og alle i 2 Biler til Vadrup Klint, tilbage til Svendborg Kl. 8. Smørrebrød og Hjemtur. Baronen var her før, det var en dejlig Dag sagde han. Jeg var hos Friis for at tale om Baagøturen. Han kom senere herhen og forklarede at han havde regnet ud at vi kunde vente til Maj næste Aar. Puf og jeg skal der hen at spise Kl. 6 1/2 den er 6.10 nu og jeg skal til Barbereren. Hilsen fra Puf. Mere i Mrg.
+JL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -448,51 +448,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VbcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sMNlRVOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TKUJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k6QI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -529,550 +529,550 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
-[...27 lines deleted...]
-      </c>
+      <c r="M2" s="5"/>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...3 lines deleted...]
-        <v>26</v>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K4" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D5" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="H5" s="5" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>31</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="s">
-        <v>42</v>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>34</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>45</v>
+        <v>18</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
-        <v>49</v>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>53</v>
+        <v>40</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>54</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>43</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D10" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>53</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>58</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D12" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G12" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="H12" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="L12" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="I12" s="5"/>
-[...8 lines deleted...]
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="M12" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>