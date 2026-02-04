--- v0 (2025-10-21)
+++ v1 (2026-02-04)
@@ -5,208 +5,185 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="67" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1897-05-23</t>
-[...2 lines deleted...]
-    <t>Brev</t>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
-  </si>
-[...33 lines deleted...]
-    <t>Brevkort</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Øster Farimagsgade København</t>
   </si>
   <si>
     <t>Alfred Eckardt
 Alhed Larsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien.</t>
   </si>
   <si>
     <t>Fotokopi på Kerteminde Egns- og Byhistoriske Arkiv, BB3743
 Det vides ikke, hvor originalbrevet findes.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for gaven, som lå til ham og Alhed i Pisa.
 De to ser nu i Firenze på paladser mm. De har spist haj og blæksprutte med rødvin til</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EP5F</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 Cartolina Postale
 A:
 Provincia di
 [Håndskrevet på kortets adresseside:]
 Frk. Christine Larsen
 Adr. Hr. Løjtnant A.J. Eckardt
 Øster Farimagsgd. 73 - 3 Sal
 Kjøbenhavn
 Danimarca
 [Fotrykt på kortets billed- og tekstside:]
 Lalazzo Vecchio
 Firenze
 [Håndskrevet på kortets tekst- og billedside:]
 18. Nov. 98.
 Kære Ugle! Mange Tak fra os begge for Bade[ulæseligt] som til god Redelighed laa i Pisa, vi har stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi boet her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser Du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skr og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin.</t>
   </si>
   <si>
-    <t>Postkort</t>
+    <t>1897-05-23</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Om Christine og Marie, som er i København.
+Johannes Larsen maler på pæretræsbilledet. 
+Han er blevet bestilt til at dekorere nogle døre på herregården Ulriksholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Spl4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Maj [noget af papiret mangler og dermed også årstallet]
+Kæreste Alhed!
+Tak for Brevet i dag! For ikke at glemme det vil jeg begynde med at fortælle Dig Marie og Christines Adr. Maries er Frederiksgade 5-4S, men det er ikke udelukket at hun kommer her til den Tid [noget af papiret mangler] Christines er Amaliegade [noget af papiret mangler] men hun betroede [noget af papiret mangler] at Marie havde været [saa] taktløs at røbe for Joh[noget af papiret mangler] at det var hendes Fød[selsdag] 29 Maj, men hun haa[bede] de vilde glemme det, og [noget af papiret mangler] om at Brevene til hende maatte blive sendt til Eckardts Øster Farimagsgade 12-2 Sal. [noget af papiret mangler] maler C. Eckardt [noget af papiret mangler] t samme skal jeg hil[se] fra Moder som beder mig meddele ovenstaaende. Klaks har vi ikke hørt noget om endnu. Det er ellers lige som sidst da jeg skrev til Dig jeg har ikke noget videre at fortælle. Jeg maler paa de samme 2 Billeder og er for Resten kommen helt godt [i Gang] med dem men nu [noget af papiret mangler] lige ved at være forbi [noget af papiret mangler] Pæretræet d.v.s. med [noget af papiret mangler] Træet, Omgivelserne [noget af papiret mangler] jo nok male en Del [noget af papiret mangler] endnu hvis vi faar [noget af papiret mangler] og det tænker jeg vi [noget af papiret mangler] nu oven paa al den Regn. Alle de sildige Tulipaner ere udsprungne og ser godt ud men de ere ikke saa store [noget af papiret mangler]de vil blive, af de tidl[ige] jeg nok der var flere [som jeg] ikke kunde spænde om med begge Hænder. Jeg har ellers faaet en temmelig grinagtig Bestilling jeg skal male nogle Figurer i blaat paa 2 Døre paa Ulriksholm, Motiverne er 2 Overføringsbilleder paa en Porcelainsurtepotte. Jeg har i Gaar og i Dag for at øve mig teg[net] i den Størrelse de ska[noget af papiret mangler] i. Det er ganske nar[noget af papiret mangler] lave Pennetegninger [efter] Glansbilleder. Jeg har [faaet] Bestillingen af Male[ren] som maler deroppe og i[kke vil]de binde an med det. [Jeg] ved ikke om jeg faar noget videre for det, men jeg synes det var saadan en sjov Be[stilling] saa jeg ikke kunde sige [nej til] de. Jeg var lige ved at [noget af papiret mangler] dette Brev med det ene, men nu kan det vente til næste Gang saa har Du noget at glæde Dig til. Det Du skrev om jeres gl. Øl forbavser mig jeg har altid troet at man ikke maatte røre ved det fra den Dag af det blev hældt paa Tønden [til] hen ad Høstens Tid [hvor] det skulde drikkes. [noget af papiret mangler] der nu meget til at [noget af papiret mangler] ne ned og gad Mor- [noget af papiret mangler] med Dig Kl. 4. Det [er en]dnu ikke lykkedes mig [at kom]me op før 6. Mange [noget af papiret mangler] allerkærligste Hilsner til min egen Kæreste fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>u.å. december 1898</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>København</t>
-  </si>
-[...24 lines deleted...]
-    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Margrethe  Eckardt
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Marie   Larsen, Georg Larsens datter
 Vilhelm Larsen, Georgs søn
 Henrik Ramsing
 Elisabeth Storm</t>
   </si>
   <si>
     <t>Christine Swane bor hos sin fætter Alfred Eckardt, Øster Farimagsgade 73, 3. København
 Det er usikkert hvem Cathrine er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske arkiv</t>
   </si>
   <si>
     <t>Christine Swane begynder at falde til på skolen - Akademiet i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EFin</t>
   </si>
@@ -242,50 +219,73 @@
 Lindeved er muligvis herregården Lindved syd for Odense.</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Alheds søster, Ellen, er blevet gift i USA
 Skovhoved har været der med tegninger over værelsernes placering i Johannes hus. Han får et billede af viber som betaling.
 Hilsen fra Johannes Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lm45</t>
   </si>
   <si>
     <t>Kjerteminde den 23/2 99
 Kjære Christine !
 Dit Brev fik jeg først Aftenen efter at Plesner rejste Johannes havde helt glemt at give mig det, Støvlerne er kommen til Skomageren, men om de naar at komme til Søndag tror jeg knap derfor sender jeg disse Sko som har staaet noget saa har du dog en hel Saal – Pølserne tænker jeg baade overraskede og smagte Eder godt her blev slagtet en Gris til Bespisningen og Fader mente at Pølser vilde blive kjærkomment i Kjøbenhavn 
 det var Dagen før de kaldte af Marie, først tænkte jeg bare det Arbejde var skaanet men du kan ikke gjøre dig nogen Ide om Plesner Fornøjelse over Grisetæer Gele Fedtegrever samt Pølse saa da blev jeg glad der var noget nemt for mig i de Dage – det var jo lavet om Lørdagen. Jeg vilde have telefoneret til Marie at de var kommen det var saa dejligt nemt saa blev jeg stoppet det gaar nu gennem Statsbanens Telefon og koster 50 – det vilde jeg naturligvis ikke indlade mig saa hun hørte først i dag at Johannes og Alhed er her
 hun ligger i dag af Forkjølelse – vi andre har mer eller mindre af den Slags men er dog oppe. Brevet fra Marie forklarede mig at det var for lille Ingeborgs skyld, hun er ogsaa saa glad ved hende; den unge Pige har kun været der fra den 10 Februar, men lader til at være en sød elskværdig Natur
 det bliver nok velkommen lille Dine dette Brev med Klatten Adolph skal hen til Lindeved til Maj der var Plads til en Elev til jeg tænkte paa Johan i Kjertinge men nu kom der Brev at de – har opgivet det for saa skulde de have en Karl men saa kommer der nok en anden skikkelig Elev
 Fader synes godt om det og Adolph med de var inde hos Fruen at drikke kaffe hun var saa kjøn og der var saa probert der var en Søn hjemme der er Gartner en smuk gammel Have med høje Lindetræer, det er saa godt ja lille Du jeg stoler paa vor Herre lader alting bedst til vort Gavn. Nu kom her Brev til Alhed fra Amerika Fastelavns Søndag blev Ellen Varberg viet til Hr Harri Isseman som Varberg kalder ham – de var jo belavet paa at vide hun holdt Bryllup, men det er alligevel saa underligt for dem kan jeg mærke
 fra Maren skal jeg hilse dig mange Gange hendes Broder var her til Maskeraden og morede sig storartet, Maren var i 2 Optog Skovshoved kom og i Hans hemmelighedsfulde Magter; der blev saa lavet Tegning til Johannes Huus Overslag over Værelsernes Beliggenhed saa skal han have en Tegning med Viber – 
 Lev nu vel søde Ugle og vær flittig jeg skal nok sørge for at faa sendt Penge i rette Tid
 Din Moder
 God Appetit Del med Klaks Kjærlig Hilsen</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Florens, Italy</t>
+  </si>
+  <si>
+    <t>Parret er på bryllupsrejse</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er nu i Firenze efter en uges ophold i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pkLk</t>
+  </si>
+  <si>
+    <t>Kære Ugle!
+Mange Tak fra os begge for Badeolien, som til god Redelighed laa i Pisa, vi havde stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi været her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skriver og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Pisa</t>
   </si>
   <si>
     <t>Pisa
 København
 Øster Farimagsgade, København</t>
   </si>
   <si>
     <t>Cocoja -
 Ida  (Bekendt af Clara Syberg)
 Ernst Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Det vides ikke, hvem Ida er. Hun omtales i andre breve fra Pisa i 1912.
 Kommunehospitalet på Øster Farimagsgade i København blev påbegyndt 1859 og nedlagt 1/5 - 1999.
@@ -400,51 +400,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -487,279 +487,279 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I2" s="5"/>
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>28</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="G4" s="5" t="s">
         <v>36</v>
       </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H4" s="5" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>17</v>
+        <v>28</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>52</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>27</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>