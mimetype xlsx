--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -44,146 +44,169 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1897-05-23</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Om Christine og Marie, som er i København.
+Johannes Larsen maler på pæretræsbilledet. 
+Han er blevet bestilt til at dekorere nogle døre på herregården Ulriksholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Spl4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Maj [noget af papiret mangler og dermed også årstallet]
+Kæreste Alhed!
+Tak for Brevet i dag! For ikke at glemme det vil jeg begynde med at fortælle Dig Marie og Christines Adr. Maries er Frederiksgade 5-4S, men det er ikke udelukket at hun kommer her til den Tid [noget af papiret mangler] Christines er Amaliegade [noget af papiret mangler] men hun betroede [noget af papiret mangler] at Marie havde været [saa] taktløs at røbe for Joh[noget af papiret mangler] at det var hendes Fød[selsdag] 29 Maj, men hun haa[bede] de vilde glemme det, og [noget af papiret mangler] om at Brevene til hende maatte blive sendt til Eckardts Øster Farimagsgade 12-2 Sal. [noget af papiret mangler] maler C. Eckardt [noget af papiret mangler] t samme skal jeg hil[se] fra Moder som beder mig meddele ovenstaaende. Klaks har vi ikke hørt noget om endnu. Det er ellers lige som sidst da jeg skrev til Dig jeg har ikke noget videre at fortælle. Jeg maler paa de samme 2 Billeder og er for Resten kommen helt godt [i Gang] med dem men nu [noget af papiret mangler] lige ved at være forbi [noget af papiret mangler] Pæretræet d.v.s. med [noget af papiret mangler] Træet, Omgivelserne [noget af papiret mangler] jo nok male en Del [noget af papiret mangler] endnu hvis vi faar [noget af papiret mangler] og det tænker jeg vi [noget af papiret mangler] nu oven paa al den Regn. Alle de sildige Tulipaner ere udsprungne og ser godt ud men de ere ikke saa store [noget af papiret mangler]de vil blive, af de tidl[ige] jeg nok der var flere [som jeg] ikke kunde spænde om med begge Hænder. Jeg har ellers faaet en temmelig grinagtig Bestilling jeg skal male nogle Figurer i blaat paa 2 Døre paa Ulriksholm, Motiverne er 2 Overføringsbilleder paa en Porcelainsurtepotte. Jeg har i Gaar og i Dag for at øve mig teg[net] i den Størrelse de ska[noget af papiret mangler] i. Det er ganske nar[noget af papiret mangler] lave Pennetegninger [efter] Glansbilleder. Jeg har [faaet] Bestillingen af Male[ren] som maler deroppe og i[kke vil]de binde an med det. [Jeg] ved ikke om jeg faar noget videre for det, men jeg synes det var saadan en sjov Be[stilling] saa jeg ikke kunde sige [nej til] de. Jeg var lige ved at [noget af papiret mangler] dette Brev med det ene, men nu kan det vente til næste Gang saa har Du noget at glæde Dig til. Det Du skrev om jeres gl. Øl forbavser mig jeg har altid troet at man ikke maatte røre ved det fra den Dag af det blev hældt paa Tønden [til] hen ad Høstens Tid [hvor] det skulde drikkes. [noget af papiret mangler] der nu meget til at [noget af papiret mangler] ne ned og gad Mor- [noget af papiret mangler] med Dig Kl. 4. Det [er en]dnu ikke lykkedes mig [at kom]me op før 6. Mange [noget af papiret mangler] allerkærligste Hilsner til min egen Kæreste fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1898-11-18</t>
   </si>
   <si>
     <t>Brevkort</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Firenze</t>
   </si>
   <si>
     <t>Øster Farimagsgade København</t>
   </si>
   <si>
     <t>Alfred Eckardt
 Alhed Larsen</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien.</t>
   </si>
   <si>
     <t>Fotokopi på Kerteminde Egns- og Byhistoriske Arkiv, BB3743
 Det vides ikke, hvor originalbrevet findes.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for gaven, som lå til ham og Alhed i Pisa.
 De to ser nu i Firenze på paladser mm. De har spist haj og blæksprutte med rødvin til</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EP5F</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 Cartolina Postale
 A:
 Provincia di
 [Håndskrevet på kortets adresseside:]
 Frk. Christine Larsen
 Adr. Hr. Løjtnant A.J. Eckardt
 Øster Farimagsgd. 73 - 3 Sal
 Kjøbenhavn
 Danimarca
 [Fotrykt på kortets billed- og tekstside:]
 Lalazzo Vecchio
 Firenze
 [Håndskrevet på kortets tekst- og billedside:]
 18. Nov. 98.
 Kære Ugle! Mange Tak fra os begge for Bade[ulæseligt] som til god Redelighed laa i Pisa, vi har stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi boet her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser Du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skr og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin.</t>
   </si>
   <si>
-    <t>1897-05-23</t>
-[...31 lines deleted...]
-Johannes Larsen.</t>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Florens, Italy</t>
+  </si>
+  <si>
+    <t>Parret er på bryllupsrejse</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er nu i Firenze efter en uges ophold i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pkLk</t>
+  </si>
+  <si>
+    <t>Kære Ugle!
+Mange Tak fra os begge for Badeolien, som til god Redelighed laa i Pisa, vi havde stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi været her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skriver og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin</t>
   </si>
   <si>
     <t>u.å. december 1898</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>København</t>
   </si>
   <si>
     <t>Margrethe  Eckardt
 Georg Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Marie   Larsen, Georg Larsens datter
 Vilhelm Larsen, Georgs søn
 Henrik Ramsing
 Elisabeth Storm</t>
   </si>
   <si>
     <t>Christine Swane bor hos sin fætter Alfred Eckardt, Øster Farimagsgade 73, 3. København
 Det er usikkert hvem Cathrine er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske arkiv</t>
   </si>
   <si>
     <t>Christine Swane begynder at falde til på skolen - Akademiet i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/EFin</t>
   </si>
@@ -219,73 +242,50 @@
 Lindeved er muligvis herregården Lindved syd for Odense.</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Museum</t>
   </si>
   <si>
     <t>Alheds søster, Ellen, er blevet gift i USA
 Skovhoved har været der med tegninger over værelsernes placering i Johannes hus. Han får et billede af viber som betaling.
 Hilsen fra Johannes Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lm45</t>
   </si>
   <si>
     <t>Kjerteminde den 23/2 99
 Kjære Christine !
 Dit Brev fik jeg først Aftenen efter at Plesner rejste Johannes havde helt glemt at give mig det, Støvlerne er kommen til Skomageren, men om de naar at komme til Søndag tror jeg knap derfor sender jeg disse Sko som har staaet noget saa har du dog en hel Saal – Pølserne tænker jeg baade overraskede og smagte Eder godt her blev slagtet en Gris til Bespisningen og Fader mente at Pølser vilde blive kjærkomment i Kjøbenhavn 
 det var Dagen før de kaldte af Marie, først tænkte jeg bare det Arbejde var skaanet men du kan ikke gjøre dig nogen Ide om Plesner Fornøjelse over Grisetæer Gele Fedtegrever samt Pølse saa da blev jeg glad der var noget nemt for mig i de Dage – det var jo lavet om Lørdagen. Jeg vilde have telefoneret til Marie at de var kommen det var saa dejligt nemt saa blev jeg stoppet det gaar nu gennem Statsbanens Telefon og koster 50 – det vilde jeg naturligvis ikke indlade mig saa hun hørte først i dag at Johannes og Alhed er her
 hun ligger i dag af Forkjølelse – vi andre har mer eller mindre af den Slags men er dog oppe. Brevet fra Marie forklarede mig at det var for lille Ingeborgs skyld, hun er ogsaa saa glad ved hende; den unge Pige har kun været der fra den 10 Februar, men lader til at være en sød elskværdig Natur
 det bliver nok velkommen lille Dine dette Brev med Klatten Adolph skal hen til Lindeved til Maj der var Plads til en Elev til jeg tænkte paa Johan i Kjertinge men nu kom der Brev at de – har opgivet det for saa skulde de have en Karl men saa kommer der nok en anden skikkelig Elev
 Fader synes godt om det og Adolph med de var inde hos Fruen at drikke kaffe hun var saa kjøn og der var saa probert der var en Søn hjemme der er Gartner en smuk gammel Have med høje Lindetræer, det er saa godt ja lille Du jeg stoler paa vor Herre lader alting bedst til vort Gavn. Nu kom her Brev til Alhed fra Amerika Fastelavns Søndag blev Ellen Varberg viet til Hr Harri Isseman som Varberg kalder ham – de var jo belavet paa at vide hun holdt Bryllup, men det er alligevel saa underligt for dem kan jeg mærke
 fra Maren skal jeg hilse dig mange Gange hendes Broder var her til Maskeraden og morede sig storartet, Maren var i 2 Optog Skovshoved kom og i Hans hemmelighedsfulde Magter; der blev saa lavet Tegning til Johannes Huus Overslag over Værelsernes Beliggenhed saa skal han have en Tegning med Viber – 
 Lev nu vel søde Ugle og vær flittig jeg skal nok sørge for at faa sendt Penge i rette Tid
 Din Moder
 God Appetit Del med Klaks Kjærlig Hilsen</t>
-  </si>
-[...21 lines deleted...]
-Mange Tak fra os begge for Badeolien, som til god Redelighed laa i Pisa, vi havde stor Nytte af den. Vi var 8 Dage i Pisa hvor vi havde det godt og nu har vi været her ligesaa længe. Du kan tro her er meget at se paa, vi anstrænger hver Dag, men har det meste tilbage og det vi har set er kun set flygtigt igennem. Her ser du et af de mange dejlige gamle Paladser, som der vrimler af i hver Gade. Mange Hilsner fra Alhed som sidder og skriver og fra Din Johannes. I Dag har vi faaet kogt Haj med Olje og Citron, derefter Blæksprutte i Olje og Spinat, saa Lam og Ost - Rødvin</t>
   </si>
   <si>
     <t>Anna Syberg</t>
   </si>
   <si>
     <t>Ernst Goldschmidt</t>
   </si>
   <si>
     <t>Pisa</t>
   </si>
   <si>
     <t>Pisa
 København
 Øster Farimagsgade, København</t>
   </si>
   <si>
     <t>Cocoja -
 Ida  (Bekendt af Clara Syberg)
 Ernst Syberg
 Franz Syberg</t>
   </si>
   <si>
     <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
 Det vides ikke, hvem Ida er. Hun omtales i andre breve fra Pisa i 1912.
 Kommunehospitalet på Øster Farimagsgade i København blev påbegyndt 1859 og nedlagt 1/5 - 1999.
@@ -400,51 +400,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M7"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -487,279 +487,279 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
-        <v>18</v>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" s="5" t="s">
         <v>27</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="F4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="G4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E4" s="5" t="s">
-[...10 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>13</v>
+        <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="C6" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="G6" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="s">
         <v>61</v>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>66</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>