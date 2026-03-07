--- v0 (2026-01-21)
+++ v1 (2026-03-07)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2748" uniqueCount="1789" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2802" uniqueCount="1829" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -575,94 +575,94 @@
 3)
 Frue, som bo i Hamburg ønsker at få en ung Pige i Huset ½ År for at lære Fru H. at tale Dansk, hun skal være musikalsk og kunne Tysk; Mor vil partout have mig derned, men Dr. vil ikke lade mig, selvfølgelig siger jeg selv, at jeg ikke kan; tænk hvis der intet var i Vejen, så kom jeg der, det er da sikkert og vist! Nå men det kan ikke nytte at ærgre sig; nu er der meget stærk Tale om Elle, som grulig gærne vil, jeg tror næsten, det bliver til noget med hende, jeg påskynder af alle Kræfter; vil de have hende, kommer hun der, hun må nok. Så taler Mor om, at jeg skal udfylde hendes Plads, det bliver et vanskeligt Punkt at komme væk under de Omstændigheder; der er Tale om at Mor skal få en af Holmströms herned, en ung Pige kan hun jo ikke undvære, men i alle Tilfælde vil det jo se højst besynderligt ud, at jeg rejser og der så slet ingen er hjemme. Men jeg må jo holde på at jeg vil; skal det komme højt, siger jeg til Mor, at jeg føler, jeg gør det trist herhjemme, hvilket kun er altfor sandt, desværre. - -
 Det tristeste ved hele denne triste Begivenhed er dog det, at den så komplet har forandret mine Følelser for Leonard; dette ved nu kun du og jeg [”dette ved nu kun du og jeg” indsat over linjen] hver Gnist af Forelskelse og Agtelse er som blæst bort og har været det lige siden jeg kom fra Langeland; for mig er han nu kun Forføreren, hver Berøring af ham er mig imod, og når han kysser mig, får jeg Kvalme næsten; det er ganske forfærdeligt, synes jeg, men jeg kan ikke gøre ved det, jeg har forsøgt af alle Kræfter at kæmpe imod, men det er umuligt, de Følelser, som ikke existere kan ikke fremkaldes. Hvad Selvagtelse angår, da ved du, at jeg aldrig har haft flot med den, at jeg nu rentud f_oragter_ mig selv, kan du forstå; men at jeg nu er grundig kureret for min mageløse Letsindighed, det vil du også forså; den sidste Del af min Agtelse for Leonard gled, da han blev overbevist om at det var galt – å, noget Mandfolk så pjaltagtig forsagt – rent til at vække Medlidenhed. Ja du må tro, jeg har Medlidenhed med ham, han holder bestandig lige meget af mig og kan selvfølgelig ikke andet end mærke, hvor forandret jeg er, Gud ved, hvad Enden skal blive på al denne Elendighed. Gid han kunde blive forelsket i en anden – jeg kan ikke bryde med ham, - mest for Mors Skyld, som jo forguder ham og ser i ham et fuldkomment Menneske uden Frygt og Dadel. Han er ejegod, men det er i mine Øjne det eneste han er, og det er mig for lidt; hans Godhed er ligefrem rørende, han giver mig så mange Ting og ofrede såmæn gærne sit Liv for at gøre det skete usket så meget tristere er det, ikke at kunne holde rigtig af ham, stakkels Leonard. Når jeg nu ikke er det mindste forelsket i ham og ikke en Gang har Agtelse for ham, så kan du nok tænke, at jeg gruer ved Tanken om et Ægteskab med ham – vi som ikke har én Interesse fælles, å det hele er så bundsørgeligt; jeg vil vente og se Tiden an, om jeg ikke som Mor siger
 4)
 kan opnå at blive ”træt” af en selvstændig Tilværelse og min kære Musik og så kunne finde mig i at blive gift = bunden til én og samme Plet og til én som jeg aldrig mere vil kunne elske, hvordan mine Følelser for ham så end kan blive. Hvad mon du dog vil sige til alt dette; jeg håber, at du som jeg slår din Lid til at alt kan gå godt og ubemærket hen og trøster dig ved at det så dog snart er ovre – til Maj er Skæbnen afgjort, og der er jo kun 5 Mdr. til Maj; indtil først eller midt i Marts må vi vente tålmodig og håbe det bedste – der er vel for Resten ingen Grund til at tro, at det ikke skal gå godt, tror du vel? Mit Legeme er jo sundt og kraftigt, og det er jo mest det, det kommer an på. Altså allerede inden April er jeg over det værste, og i Løbet af April håber jeg, jeg skal kunne komme mig og få mit sædvanlige Udseende. Tænk, hvor det egentlig stiller sig lykkeligt, jeg har ikke Spor af brune Pletter i Ansigtet som de fleste! Mit Udseende er jo så fordelagtigt som blot muligt. Og så til Maj begynder Livet på ny, ligesom helt forfra! Å hvor det er dejligt at tænke på! Ja, jeg er letsindig, at jeg i al min Ulykke kan være så glad ved den Tanke, men: ”Et Glimt af Sol bag Tågen at bevare o.s.v.” det kan da ikke være nogen Fejl! – Nu til mere fredelige Ting. Hermed din røde Kjole, men ser du, Mors og min Mening desangående er denne: Skal du købe nyt til Kjolen, så kommer det dog al Tid til at koste en Del, når den skal være pæn. Derimod kan jo du, som kommer til så meget fint sagtens bruge nok en pæn Kjole, derfor mener vi, du har bedre af at få en ny; den røde er jo god nok til lidt simplere, f. Ex. et eventuelt Regensbal eller lignende. Men Far har nylig sagt, om du dog ikke skal have Penge sendt, altså vilde han jo nok koste en ny Dragt, da både han og Mor jo er glade ved, at du tager Del i Selskabelighed og vilde, du skal være pæn. Vi synes godt om en hvid Råsilke, du skal så lade den sy med to Liv, et nedringet til Ballet og et højhalset, med hvilket du så kan bruge Kjolen til Selskab. Spørg nu hvor bredt Tøjet er og hør så inden du køber det hos din Syjomfru, hvor meget der behøves til Kjolen med to Liv. Jeg synes, du skal have den helt hvid til Ballet uden anden Pynt end blegrøde Vinterasters, det vil være nobelt og kønt. Få den ny endelig godt og kønt syt, ikke for nedringet. Er den Vifte din egen? Så vil den jo passe godt til røde Asters. Kan du ikke få den Dragt til ca 35 Kr? Og kan den ikke være lidt, så den kan bruges i Selskab? Den kan vel farves, når den bliver snavset eller, der foresvæver mig noget om, at det Stof kan vaskes? Alt i alt, kan du ikke nok have Nytte af Kjolen uden lige til Bal? Jeg skal sige, at den store Skomagerregning skal du betale. –
 Å Alhed, skønner du også på, hvor lykkelig du er! Når du nu hører om al min Ulykke, så må du da skønne tidobbelt på din glade fri Tilværelse, sikken Ungdom du dog har!! Der er vist kun få så lykkelige: optaget af det Arbejde, du har Interesse for og stillet således, at du frit kan nyde Livet 
 [Det følgende skrevet s. 1; øverst på arket; på tværs:]
 Gud ved, om jeg nogensinde skal komme så vidt, jeg synes, det dages! Men så lykkelig som du bliver jeg jo aldrig, dertil er jeg for meget anlagt til Melankoli, og så kan jeg jo ikke som du utvungent nyde brillante Menneskers Selskab. I Morgen skal vi til Frk Elisabeths Fødselsdag til Aften derovre; jeg skal foredrage en Grieg’sk Sonate derovre efter Mors Begæring, det er for Resten underligt med min Musik, for jeg går frem selv om jeg aldrig rører Klaveret. Å lære at spille!!!!! Det er dog mit Ideal, som jeg altså når, hvis jeg blot lever!!!!! Nu håber jeg da ikke, du bliver altfor forfærdet over dette, tænk så blot på Maj! Og tænk så for Guds Skyld ikke altfor slemt om mig, det må du ikke; og du må da endelig ikke holde mindre af stakkels Leonard, men det gør du vel heller ikke. At det nu skal hænde mig og ikke en af hans mange Malkepiger, for hvem det vist vilde have været meget meget lettere!
 Nu kun tusende Hilsner! Skriv langt men tæt, så den lukkede Konvolut til mig ikke bliver for tyk, jeg siger Mor, at hun ikke må åbne den. På Onsdag kommer der vel Brev!
 Din Chr. 
 [Skrevet henover teksten på bagsiden af ark 3; lodret:]
 Du brænder da dette Brev, det er altfor farligt til at gemmes.</t>
   </si>
   <si>
     <t>1891-12-20</t>
   </si>
   <si>
     <t>Henrik Havemann</t>
   </si>
   <si>
     <t>Hamburg
 2. sal</t>
   </si>
   <si>
     <t>Hr. Bæk kendes ikke.
-Notaterne sidst i brevet stammer fra Alhed Larsens første tid som lærling ved den Kongelige Porcelainsfabrik i København. Hun boede en tid på pensionat ejet af Fru Laudrup, og hun skrev i flere breve hjem om et bal, hvortil hun skulle bruge silkekjole, handsker mm. Tre Ege var et hotel, hvor navnlig Albrecht Warberg ofte overnattede, når han var i København.</t>
+Notaterne sidst i brevet stammer fra Alhed Larsens første tid som lærling ved den Kongelige Porcelainsfabrik i København. Hun boede en tid på pensionat ejet af Fru Laudrup, og hun skrev i flere breve hjem om et bal, hvortil hun skulle bruge silkekjole, handsker mm. Tre Hjorte var et hotel, hvor navnlig Albrecht Warberg ofte overnattede, når han var i København.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1379</t>
   </si>
   <si>
     <t>Havemann og hans hustru glæder sig til, at Ellen Sawyer kommer til Hamburg efter jul. De venter med at besøge seværdigheder til da. 
 På Ellens værelse er der en kommode. 
 Havemann havde regnet med at skulle til København, men denne tur er udsat, så Ellen må enten rejse alene til Hamburg eller blive fulgt af sine forældre, som godt kan overnatte hos Havemanns. 
 Sidst i brevet Alhed Larsens regnskabsnotater fra hendes første tid ved Porcelainsfabrikken i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nLLS</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Joh. Havemann
 Schiffs-Inspector
 Eppendorferweg 15 II.
 HAMBURG
 Hamburg, den 189
 [Håndskrevet i sted- og datolinjen:]
 20de Debr. 1
 [Håndskrevet i brevet:]
 Kjære Fru Warberg!
 Tak for Deres venlige Brev, og det glædede os deraf at erfare, at Ellen efter Julen kommer hertil. 
 Min Hustru og jeg venter ogsaa med at bese alle den store Stad Hamburg’s Seværdigheder til hendes Ankomst, saa at vi kunne have godt deraf alle tre.
 Jeg vilde have besvaret Deres Brev tidligere, men har i nogle Dage været i Tønning forat modtage et nyt Staalskib, der var bygget for os der, så De må have mig undskyldt. 
 Til Ellens Disposition staaer en Commode (paa en Skuffe nær) paa hendes Værelse, ligesom der nok vil findes Plads for Kjoler og desl. i vore Skabe, saa hun behøver ikke at tage mere end en Kuffert med. 
 Det passer os at have hende til enhver Tid, men det er dog bedst for hendes Skyld at have alle Juleglæderne med hjemme først, og som De skrev circa 8de Januar vil vel saa passe. 
 Rigtignok vil det vel blive værst med Reisen, som hun vel ikke synes om at gjøre alene; jeg havde ventet i nærmeste Fremtid at faa Forretninger i Kjøbenhavn, men det lader til at blive hen i Foraaret, førend det sker, saa det hjælper ikke. 
 Paa Altona Banegaard kunne vi jo i alle Tilfælde give Møde, og er Reisen i og for sig meget simpel, da der fra Voyens til Grændsen, hvor Tøjet bliver undersøgt, altid er gennemgaaende Vogne til Hamborg, saa at hun let kunde klare sig selv derfra. 
 Rigtignok vilde det jo glæde os meget at see Dem og Deres Mand her, hvis De vilde følge Deres Datter hertil, men det er jo rigtignok ikke den behageligste Aarstid til at foretage lange Reiser i, ligesom Hamburg heller ikke viser sig saameget til sin Fordel om Vinteren.
 Dem kan vi godt huse hos os, men vi ere desværre endnu ikke saaledes indrettet, at vi ogsaa kunde huse min Hr. Bæk, men de Vanskeligheder lar sig nok arrangere. 
 Til Julen beder jeg Dem modtage de bedste Ønsker fra min Hustru og mig og haabende snarligt at høre nærmere fra Dem tegner
 Deres hengivne
 Joh Havemann
 P.S. Speciel venlig Hilsen til vor Ellen.
 [På tværs nederst s. 2 håndskrevet med Alhed Larsens skrift:]
 Fortjeneste - 20 Kr. -
 Ulæseligt gik
 Ballet: Sko 5 Kr 50 Ør - Drosche 13 Kr - Handsker 3 Kr [ulæseligt] 76 Ør - Strømper 50 Blomster 50 Ør Vadsk 50 Ør - Rejse 7 Kr Julegaver 5 Kr [ulæseligt] 26 Kr. Tøj sendt hjem 1 1/2 Kr [ulæseligt] 1 Kr 30 Kr -
 Laudrup Jan: 40 Kr
-Tre Ege Febr 10 -
+Tre Hj Febr 10 -
 Syløn 2 Kjoler 10 -
 -"- Silkkj 5 -
 Rejse med Drager 7 - 
 -------------
 78 -</t>
   </si>
   <si>
     <t>1892-01-11</t>
   </si>
   <si>
     <t>København V
 Vesterbrogade</t>
   </si>
   <si>
     <t>- Grauer
 Leonard Holst
 Mogens Lindhardt
 Johanne Oppermann
 Theodor Oppermann
 Charles Rasmussen
 - Rasmussen, Århus
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Anna Syberg
 Fritz Syberg
@@ -982,50 +982,94 @@
     <t>https://fynboerne.ktdk.dk/d/wqxx</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 An
 Herrn Godsforvalter A.C. Warberg
 Erikshaab
 Højrup St
 Fyn
 Dänemark
 [Fortrykt i brevet:]
 Joh. Havemann
 Schiffs-Inspector
 Eppendorferweg 15 II.
 HAMBURG
 Hamburg, den 189
 [Indsat i sted- og datolinjen med håndskrift:]
 10de Mai 2
 [Håndskrevet i brevet:]
 Kjære Fru Warberg!
 Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
 Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
 Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
 Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
 Deres heng. Joh Havemann</t>
+  </si>
+  <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
   </si>
   <si>
     <t>1892-10-05</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Waldemarsgade 30</t>
   </si>
   <si>
     <t>Mulle -
 Peter Hansen
 Marie Juul
 Sigrid Lang
 Alhed Larsen
 Johanne Lund
 Christine  Mackie
 Peter Rosenberg
 Elisa Schneekloth
 Marie Schou
 Henriette Skram
 Adelheyde Syberg
 Hempel Syberg
 Natalie Zahle</t>
@@ -2274,50 +2318,159 @@
   <si>
     <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
 Fru Hirschsprung har været syg. Johanne har været til koncert.
 Wilhelmine Berg/Tante Mis skal måske opereres. 
 Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
 Alhed kommer nok på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s0cD</t>
   </si>
   <si>
     <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
 Kære Mor
 Jeg har det stadig godt. 
 Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
 Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
 Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
 Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
 Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
 Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
 [Skrevet øverst på s 1:]
 Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
 Hils alle fra Junge.</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
+  </si>
+  <si>
     <t>1899-08-21</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Carlsbad
 Globus</t>
   </si>
   <si>
     <t>- Bendtsen, Frøken
 Wilhelmine Berg
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Thora  Branner
 Louise Brønsted
 Jørgen -, Erikshaab
 Katrine -, Erikshaab
 - Jensen, Frøken, Erikshaab
 Marie Juul
 Hanne -  -, kokkepige Erikshaab
 - Kolding
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Andreas Larsen
@@ -2437,50 +2590,90 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4Dtr</t>
   </si>
   <si>
     <t>Onsdag Aften
 Kjære Christine!
 Hjertelig Tak fordi du skrev saa hurtig, det var da herligt at du fik et Eneværelse – der kan du se det hjalp jeg skrev – her er Brevene fra Marie og Johannes jeg har sendt Farverne og et langt Brev og fortalt dem om Oppermanns Besøg. I Søndags kom Pastor Fries og det var en Formiddags Visit jeg var ganske alene, havde sat Ris paa til Suppe, og da en brændt Lugt kom ind i Stuen styrtede jeg ud og kasserede den Ret, men jeg var glad ved at se ham og jævnede så Suppen med Æg – han blev en Times Tid og talte om Eder Alle og om sine egne Børn – Vores Laurits – som saadan vilde blive hjemme og forbedre sig har Fader jaget bort i Mandagsmorges, - han lagde sig syg i Halsen jeg fik Schondel hentet og der blev kjøbt Bacroynevand; men brugte det bare ikke, laa i Sengen om Dagen og gik ud om Natten om Søndagen forlangte Fader han skulde staa op og passe Hesten
 det gjorde han ogsaa om Formiddagen men da han kom og forlangte Penge sagde Far han havde bedst af at blive hjemme da han var syg og ellers blev han kun uduelig til Arbejde om Mandagen – trods – Forbudet saa mødte Faer ham i Friheden med en anden Bolde med et stort Knippe Rughalm gaa ind til Villads, han gik altsaa ud passede ikke Hestene og brak saa Lemmene af ved Mellemgadens Stald for at komme ind da han saa vilde i Arbejde om Morgenen sagde Faer nej den Historie er forbi; nu kommer du med ind på Kontoret og pakker dit Tøj medens jeg ser paa det og saa afsted -; Rasmine vilde rejse med og Dorthe brølede den ganske Dag men hun er da kommen igen, Rasmine.
 Vi har fået en Husmand fra Salby som vil blive i denne Maaned – og Adolph kom nu i Aften maa blive til Søndagaften for at hjælpe med Saaningen I morgen skal han paa Sesion saa lader jeg Brevet ligge for at du kan høre hvad de høje Herrer siger til Ham, de har ikke taget mange i Dag.
 Iaften er Gaverne til Asylet vurderede det foregaar hos Gellerups; jeg fik Ida til at gaa i mit Sted jeg fulgte med derover og indførte hende jeg fik hele Olsens Klædekurv fuld. Karl Lange gav mange smukke Ting. Fru Raarbing en nydelig Lysdug med Silke, lille Line Bless 3 Stk. Blonder med grønne Silkebaand om og 3 Dukker. Madam Ibsen 8 Vifter. Fru Bøttern en Taalejpude og en Flaconbakke og 4 som Vaser- og Nips, Julie Mohr Lommetørklædeholder og Fruen 2 Bakkeservietter, Johanne 4 Silkelugtepuder og Jenny 2 Porcelains Vaser – lille Marie Hansen en Børsteholder og Fru Andersen 2 pæne hvide Lommetørklæder og 1 Par hvide Strømper 1 Par lyseblaa Handsker et sort Armbaand og 2 Brystnaale. Margrethe lovede mig lidt hun maa ikke glemme det, Haandarbejder har vi saa lidt af, Ida kom i dag tilmorgen hun gik i mit Sted i aftes de holdt ud til 12. saa det var godt jeg blev hjemme Adolph blev saa Infanterist, Marius Fæstningsartillerist lille Brakaer Hansen Dragon, A. spiste Middag hos Fragtmandens og i Aften er der Selskab med de pur Unge – Marie skal med – saa i morgen skal vi begynde Arbejdet med Jorden; Husmanden her er er vi meget glade ved og han kan maaske skaffe os en Husmand til saa hjælper det paa Faders Humør, han har nu den Glæde at Stalden er i Orden de Gamle og de Smaa staar saa pænt nu, og saa skal Køerne ind om Natten 
 hils – Margrethe og sig jeg glæder mig meget over Forlovelsen i Kallundborg –
 Adolph havde gemt lidt godt til os af det Eckard Kone sendte ham til sin fødselsdag … smager udmærket
 Lev vel lille Christine og Gud bevare Dig
 Saadan et rigtig Brev faar jeg ikke Tid til at skrive før efter Bazaren.
 Båxhult Onsdag 27 Sept 99
 Kære Forældre!
 Om lidt kører Adolph med Fru Warberg og han venter saa dernede og tager Marie med hjem. Da jeg antager at Marie skriver et Par Ord til jer sender jeg dette og beder hende lægge det inden i.
 Vi ere alle raske og har det godt. Vi har givet Lina Brevet, hun krøllede det og Alhed maatte læse det op for hende, men vi har endnu ikke set noget Resultat, Østerberg derimod sagde forleden at den Tiende betaler han sit Arrende saa naar Du vilde sende Kvittering eller Fuldmagt kan vi jo faa det. Alhed har bedt Garell om en specificeret Regning og det viser sig at vi fra 19 August til i Forgaars har faaet Varer for 30 Kr. deraf for 12 Kr. Brød og Smør, Sukker og Petroleum er de næst største Poster. Vi har faaet Væge til Lampen og faaet det lille Komfur i Brug. Vi fik Suppe til Middag i Gaar. Ja jeg kan ikke naa at fortælle mere da han nu er der med Vognen. Husk at sende den Fuldmagt eller Kvittering omgaaende. Mange Hilsner Jeres Johannes Larsen 
 Båxhult d. 28-9 99
 Kære Fader!
 Alhed og jeg skal en Svip ned til Høljeryd og saa skriver jeg et Par Ord med det samme ; indlagte Brev fra Johannes havde Adolph med til mig i Gaar, men han gav mig det først da jeg havde skrevet på et Kort, derfor tog jeg det med hertil for at skrive lidt i Dag; desuden var der Brev til mig hvori han bad mig om at løse en Pakke som laa paa Stationen fra en Papirhandler i København, jeg maatte saa dertil bruge omtrent Resten af mine Penge, jeg har kun 55 Øre og nu bruger vi 20 til Frimærker Johannes har ogsaa skreven et Brev; der er ingen af de andre som ejer en rød Øre; Inspektøren betaler ingen Penge før d. 10ende October, det har han selv sagt til Johannes, de forfalder ikke før den Dag siger han, men saa skal vi ogsaa faa dem med det samme naar vi møder med Kvitteringen; som Du ser af Johannes Brev har Smedens faaet det Brev Du har sendt herop, men Lina gav Alhed en lang Forklaring om at de havde betalt forud saa de skyldte ingen Penge, Vil Du ikke med det samme Du sender Østerbergs kvittering give mig rigtig Besked om den Sag, for hvis de virkelig skylder, saa vil jeg bede dem om Penge, det er rædsomt at staa helt uden og nu har Johannes i dag skreven til Winkel og Magnussen om nogle Farver, da han mangler dem og i disse Dage maa tegne paa Grund deraf og det er jo sørgeligt da han har 3-4 billeder i Gang, naar de Farver kommer skal han jo af med nogle Penge, saa hvis vi ikke kan faa nogle herovre før den 10ende, maa vi bede Dig hvis Du kan at sende os lidt til den Tid; ja jeg er meget ked af at jeg straks skal plage dig for Penge kære Faer men det er jo galt at staa helt foruden. Fru Warberg rejste i Gaar Morges saa jeg fik hende slet ikke at se. Lad mig endelig faa at høre om I fik en Mand til og hvordan det gaar med Jorden det piner mig meget at tænke paa.
 Det er sandt vil Du bede Moder om straks at sende den Pakke Farver der ligger oppe paa Johannes værelse herover, dem skal han ogsaa bruge nu, de har sendt dem forkert. Hvis Uglen er hjemme endnu saa husk hende paa at Disen skal have ”Fru Marianne”.
 Jeg kan ikke naa at skrive mere, men I skal nok snart faa et ordentligt Brev. Drengen er yndig og der er dejligt herovre på Båxhult. De kærligste hilsener fra Jeres hengivne Datter Marie.
 P:S: Har Ø.Kvien kælvet?</t>
+  </si>
+  <si>
+    <t>1899-12-01</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Harris Sawyer
+- Taylor</t>
+  </si>
+  <si>
+    <t>Fabriksejeren og dennes hustru kendes ikke; ej heller den indfødte amerikaner, der havde flettet æsken. 
+Det vides ikke, hvad "Gamle Eastmans" hustru, mor, bror og svigerinde hed.
+Ellen Sawyer var - hvorfor vides ikke - som gravid overbevist om, at hun fik en dreng. Hendes datter blev født 16. januar 1901.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1531</t>
+  </si>
+  <si>
+    <t>Amerikanerne er ikke gode til at holde jul. De mangler sans for traditioner og hjemlig hygge. Deres hjem er heller ikke hyggeligt indrettet. Ellen Sawyer vil aldrig have et sitting room.
+Thanksgiving den foregående dag blev dog alligevel hyggelig. Harris Eastman Sawyer kom hjem fra forretningsrejse den dag, og han medbragte som gave til Ellen en æske flettet af strå. Hun vil bruge den som toilettaske til det barn, som hun venter. Harris var inviteret til sor middag til ære for finansministeren. Dagen efter var han på en togrejse af 26 timers varighed. Man fik kalkun og to slags is til thanksgiving-middagen, og bordet var pænt dækket. 
+Ellen og Harris har fået en rørende bryllupsgave fra Harris' farmor. Hun havde syet et sengetæppe af hundredevis af små stoflapper med sløjfer på. Harris' farbror og dennes hustru sendte kvædegelé og kartofler. 
+Ellen har travlt med at lave tøj til det barn, hun venter. Hun beder moderen om en strikkeopskrift. Ellens svigermor vil sømme bleerne på maskine. Den lille seng står klar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zbbk</t>
+  </si>
+  <si>
+    <t>Dec. 1 99
+Kære Mor!
+Det er rent utroligt, som Tiden løber her, - at vi allerede har December. Vi har endnu slet ikke haft Sne eller stadig Kulde, så det forekommer slet ikke som Vinter. Det bliver underligt for mig, når Julen nærmer sig, - jeg må se så vidt mulig at glemme at det er Jul. Her lægger de knap Mærke til den, - kun én Helligdag, og den helligholdes mindre end en almindelig Helligdag ["Helligdag" overstreget]. Søndag. – ”Feststemning” er noget, der ikke ligger for Amerikanerne, - som f. Eks. i går ”thanksgivingsday”, den største Helligdag i Aaret, - og man mærker den knap. Hvad de mangler, er Traditioner, - Respekt for de gode gamle, nedarvede Skikke, - samt Begreb om hjemlig Hygge. Jeg tager ganske sikkert ikke Fejl i, at dette er fælles for den alle ["den" overstreget; ”alle" indsat over lilnjen] typiske Amerikaner. Man kan se denne Mangel på Hyggesans med et halvt Øje på den Måde, de indretter deres Huse: Et ”parlor”, som er forbeholdt Fremmede, og som svarer til vore Bønders Stadsstue i Uhygge og Ubeboethed med lyse Tapeter hvide Gardiner o.s.v. – Familjen opholder sig i deres ”sitting-room”, som i de allerflesteTilfælde er nærmest en Systue. Så godt som alle kan Skræddersyning. – 
+Men ingen skal nogensinde få mig til at etablere et ”sittingroom”, - må jeg bede om at være ved mine Malerier Bøger o.s.v. – Heldigvis er der [”der" indsat over linjen] da heller ikke Grund til andet, da Møblerne her i den lille Stue er solide og Gulvtæppet mørkt, så det kan tåle Brug. 
+Trods alt var der noget festligt ved ”thanksgiving” igår. Det øgedes derved at Harry kom hjem fra sin Udenlandsrejse om Morgenen, - rask og frisk og synlig oplivet af sin Tur. Han er nok værd at sende ud, - han har så meget at fortælle, når han kommer hjem. Han sluttede varmt Venskab med Ejeren af den Fabrik, som han inspicerede, - - han blev så intim med dem, at Konen sendte Present hjem til mig - en Stråæske flettet af en Indianer, - den er bestemt til at være den lilles Toiletæske, - hans Sikkerhedsnåle, Børste o.s.v. 
+Harry nød al den Hæder der tilkommer ham, - var bl.a. bedt med til en stor Middag til Ære for Finansministeren, Mr. Fielding. (”Nova Scotia er i Canada og således under gamle Victorias Regimente). Der var 120 Gæster, et Utal af Retter (men ingen Vin, og Taler til Klk 5 Morgen. East betakkedes sig imidlertid Klk 2 da hans Tog gik Klk 6. – Efter 26 Timers uafbrudt Jærnbanekørsel var han hjemme, - og en hel Svækling er han da ikke, når han kunde være på Benene hele Dagen efter det uden at være videre forvirret. – Der er ikke Tvivl om, at hans Helbred har forbedret sig betydeligt det sidste Aar. – 
+Jeg dækkede Bordet med vort Sølvtøj og vore fine Ting og en Blomst på Bordet og der var virkelig lidt ”Swing” i Kalkunmiddagen, med to Slags Is til Dessert. – Vi spiste allesammen for meget, men det hører sig til på den Dag, - så vi sad her og pustede Resten af Eft. Om Aftenen kom Dr. Tailors ind, men de havde også spist for meget, så vi faldt lidt efter lidt mere og mindre i Søvn. – 
+I Lørdags fik vi en sidste og ikke mindre ["ikke mindre" overstreget] rørende Brudegave nemlig [”nemlig” indsat over linjen] fra gl. Eastmans Moder som lever i New Hamptshire hos gl. E’s Broder, som er Landsbypræst der et Sted. Den gamle 90 årige Moder havde syet et Sengetæppe af Hundrede små kulørte Klude og en lille Trådsløjfe på hver Klud. Det er ligesom dem, du en Gang lavede, kun at det er større og Kludene ere mindre. Der var tillige tre Krukker Kvædegelé fra Svigerdatteren og en Pose Kartofler fra deres Have. Gl. East var så stolt som om det var ham der havde lavet Sengetæppet. – 
+Jeg har meget travlt med Drengens Tøj. Trods al min Flid har jeg endnu kun syet 5 hvide Kjoler, - men de ere også nydelige, samt 3 kulørte Flonelsnatkjoler og to små søde broderede Trøjer. – Imorgen skal jeg begynde på hans Flonels Underkjoler. Bleerne vil Svigermoder sømme på Maskinen. Hans Uldskjorter købes færdige. – Hans lille Seng står hen som et åbent Spørgsmål. De fleste lader dem straks komme i en Slags Tremmeseng, og det bestemmer jeg mig vist også til. Jeg tænker han kan bruge mine Kniplingspudevår. 
+Vil du ikke sende mig en nøjagtig Opskrift på hvordan jeg skal strikke hans Strømper. Hvis jeg får Tid vil jeg strikke ham et Par. – 
+Jeg er selv raskere end nogensinde, - kan trave omkring og ude ”gående” så godt som nogensinde før ["nogensinde" overstreget; ”før” indsat over linien]. – 
+Det er bælgmørkt. 
+Bunker af Hilsner til alle fra Pelle</t>
   </si>
   <si>
     <t>1900-03-01</t>
   </si>
   <si>
     <t>Kirstine -, pige i huset hos Hempel Syberg
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
 Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
 Frk. Ben(t)sen, Marie og Grete kendes ikke. 
 Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
 Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
   </si>
   <si>
     <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
 Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
 Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
   </si>
@@ -2647,51 +2840,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Elna -
@@ -9693,50 +9886,115 @@
   <si>
     <t>Niels Hansen deltog i en gruppeudstilling i Fyns Forum (Weilbachs Kunstnerleksikon). Det er formodentlig denne udstilling, der omtales i brevet. 
 Det kan ikke afgøres, hvem Jens og Hanne var. Familien kendte flere, der hed sådan. 
 Euphorbia cyperissias: Vortemælk.</t>
   </si>
   <si>
     <t>Andreas/Puf Larsen vil gerne have besked om, hvilke billeder Johannes Larsen vil have med på udstillingen i Fyns Forum. Niels Hansen deltager, hvis Johannes Larsen gør.
 Lars og Christine/Uglen Swane samt Marie Larsen er på besøg.
 Andreas Larsen og Hanne samler planter til Hannes herbarium.
 En af knortegæssene er stukket af.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9CCz</t>
   </si>
   <si>
     <t>Kære Far.
 Kan du ikke skrive hjem hvilke Billeder du vil have med til den Udstilling i Fyns Forum. Den skal vist aabnes den 26 ds. saa der er jo ingen Tid at give [et overstreget ord] hen af. Niels Hansen ringede forleden og spurgte om du vilde udstille, for det vilde han gøre sin Deltagelse afhængig af. Else sagde at det vilde du, men hverken hun eller jeg vidste hvadfor Billeder du har tænkt dig. - Jeg hører Peter er begyndt at gaa i Skole, saa maa han vel snart kunne skrive en Beretning om det med egen Haand. Det glæder vi os til at faa. - 
 2./
 Lasse kom idag, Søndag, han havde faaet Lov til at køre med Skovrideren, som skulde til Kerteminde i Bil fra Søndag til Onsdag. Ia og Ugle bliver saa de Dage med. Idag har vi Besøg af Elses Forældre og Kæreste, jeg skal over og lave en frisk Tusindgylden til dem af den Høst Jens og jeg havde med fra vores Vejletur. Hanne rejste i Formiddags, hun har samlet ca 50 Planter til sit Herbarium herovre. Forleden fandt vi en Cypreseuphorbia [bogstaver i slutningen af ordet overstreget] paa Gærdet ved Salbyvejen. Maaske er det dog en E. esula (Lancetbl. Vortemælk). Vi har hver Aften siddet med vore forskellige Floraer og slaaet ["slaaet" overstreget] 
 3./
 bestemt Planter, en hyggelig Beskæftigelse. Vi har luget Stenbro samt skuffet og revet de nærmeste Gange Fredag, Lørdag og til Formiddag. Baade Else, Ia og Ugle har hjulpet, saa nu er her meget fint. Desværre er en af de raske Knortegæs forsvundet; den blev væk en Dag, jeg var i Odense, saa jeg saa det først da jeg fodrede næste Morgen. Ingen har set hvordan det er gaaet til selvom vi straks gik ned til Stranden med Kikkert, har vi ikke set noget til den siden. - Vi har det godt allesammen, mange Hilsner 
 til Jer alle fra
 Else og Puf</t>
   </si>
   <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
+  </si>
+  <si>
     <t>1936-10-01</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Poul Haase
 Andreas Larsen
 Jens Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel Muus
 - Rud
 Ane Talbot
 Julius Wedell</t>
   </si>
   <si>
     <t>Scott er Johannes Larsens jagthund. Julius Wedel/Sabswedel var den tidligere ejer. 
 Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem M. Christiansen var. 
 Feden er navnet på et sydligt område ved Kerteminde havn på vej mod Nyborg.
 Brockdorff Gods er en lille hovedgård på halvøen Hindsholm, som indtil 1980 var avlsgård til Scheelenborg Gods. Godset var bortforpagtet omkring år 1900. Christian Iuel-Brockdorff solgte godset til Jens Anker Wistoft Larsen, hvis søn Søren Wistoft Larsen i 2022 ejer godset på 558 ha. Hovedbygningen er opført 1785.
 Maroquin er gedeskind af høj kvalitet, anvendt til bogbind. Skindene, der traditionelt stammer fra nordafrikanske geder, garves, strækkes og indfarves i garverier, især i Frankrig. I nutiden fås huder til fabrikation af maroquin også fra tamme geder, navnlig i området omkring Cape Town i Sydafrika. (Kilde: lex.dk).</t>
   </si>
   <si>
@@ -9923,51 +10181,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -11702,59 +11960,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nLLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HXD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pugX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JjLH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pWnbiPEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eUlXWQjn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DJttkMUS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HlBMnPp2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wHXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iO01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7EU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avlS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nLLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HF37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXzd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jbTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/71sw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zbbk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HXD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LMm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P82x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8enE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pgJeWaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAwS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XjZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/egcw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pugX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Was" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7Nk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fHKI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8mRDJ3Tb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/teThVn3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JjLH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guPs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MTQoZEHB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fn1KkTcy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5HTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pWnbiPEc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eUlXWQjn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/txro71EM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mByVKkF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24RF37Rq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DJttkMUS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HlBMnPp2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1CD1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wHXl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iO01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGo2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WdRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M286"/>
+  <dimension ref="A1:M291"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12649,12125 +12907,12352 @@
         <v>154</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>155</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>156</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>158</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>159</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E22" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="F22" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>173</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E23" s="5" t="s">
+        <v>177</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>168</v>
+        <v>44</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>60</v>
+        <v>176</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>150</v>
+        <v>61</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>60</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>61</v>
+        <v>150</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>44</v>
+        <v>60</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F28" s="5" t="s">
-        <v>212</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>214</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>215</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>216</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>217</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>219</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F29" s="5" t="s">
+        <v>220</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E30" s="5" t="s">
-        <v>227</v>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>228</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>229</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>230</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>231</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>232</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>234</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E31" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>242</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>61</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H32" s="5" t="s">
+        <v>243</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>61</v>
+        <v>250</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="s">
-        <v>249</v>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I33" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E34" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>263</v>
+        <v>44</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="E35" s="5" t="s">
-        <v>227</v>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>264</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>265</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>266</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>267</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>268</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>270</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="D36" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E36" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C37" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H37" s="5" t="s">
+        <v>279</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>33</v>
+        <v>281</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C38" s="5" t="s">
-        <v>44</v>
+      <c r="C38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D38" s="5" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="s">
-        <v>283</v>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I38" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>285</v>
+        <v>33</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>61</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="I39" s="5"/>
+        <v>291</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>292</v>
+      </c>
       <c r="J39" s="5" t="s">
-        <v>33</v>
+        <v>293</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>295</v>
+        <v>27</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>296</v>
+        <v>44</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-        <v>297</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K40" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>300</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="M40" s="5" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>26</v>
+        <v>303</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>305</v>
       </c>
       <c r="H41" s="5" t="s">
         <v>306</v>
       </c>
       <c r="I41" s="5" t="s">
         <v>307</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>27</v>
+        <v>313</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F42" s="5" t="s">
-[...3 lines deleted...]
-        <v>312</v>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D43" s="5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F43" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>320</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>321</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>322</v>
+      </c>
       <c r="J43" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>324</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>330</v>
+        <v>27</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>331</v>
+        <v>44</v>
       </c>
       <c r="E45" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>332</v>
       </c>
-      <c r="F45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="J45" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="J45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>168</v>
+        <v>338</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-        </is>
+        <v>339</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>341</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>342</v>
+        <v>308</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F47" s="5" t="s">
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H47" s="5" t="s">
+      <c r="I47" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="I47" s="5" t="s">
+      <c r="J47" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="J47" s="5" t="s">
+      <c r="K47" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="K47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>352</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H48" s="5" t="s">
+      <c r="I48" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="I48" s="5" t="s">
+      <c r="J48" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="J48" s="5" t="s">
+      <c r="K48" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="K48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>360</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>361</v>
-      </c>
-[...1 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>363</v>
+        <v>362</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>347</v>
+        <v>128</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>168</v>
+        <v>61</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>17</v>
+        <v>363</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
         <v>364</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>365</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>366</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>367</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>368</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>370</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>61</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>380</v>
+        <v>313</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>341</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I51" s="5"/>
+      <c r="H51" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>382</v>
+      </c>
       <c r="J51" s="5" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>347</v>
-[...4 lines deleted...]
-        </is>
+        <v>128</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>387</v>
-[...10 lines deleted...]
-        </is>
+        <v>388</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>391</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>392</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>393</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>347</v>
-[...9 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>390</v>
-[...5 lines deleted...]
-        </is>
+        <v>395</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>397</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="M53" s="5"/>
+        <v>399</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>400</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>305</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>371</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="s">
-        <v>29</v>
+        <v>402</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>300</v>
+        <v>405</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>396</v>
+        <v>406</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>397</v>
+        <v>407</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>398</v>
+        <v>408</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>399</v>
+        <v>409</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>400</v>
+        <v>410</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>305</v>
+        <v>411</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F55" s="5" t="s">
-        <v>29</v>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I55" s="5"/>
       <c r="J55" s="5" t="s">
-        <v>300</v>
+        <v>412</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>403</v>
+        <v>413</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>405</v>
+        <v>415</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>406</v>
+        <v>416</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>371</v>
+      </c>
+      <c r="D56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>407</v>
-[...8 lines deleted...]
-        <v>409</v>
+        <v>418</v>
+      </c>
+      <c r="I56" s="5"/>
+      <c r="J56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L56" s="6" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>419</v>
+      </c>
+      <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>371</v>
+      </c>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>413</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>421</v>
+      </c>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K57" s="5" t="s">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>416</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E58" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>27</v>
+        <v>431</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E59" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F59" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>427</v>
+        <v>434</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>428</v>
+        <v>435</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>429</v>
+        <v>436</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>430</v>
+        <v>437</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D60" s="5" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="J60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>436</v>
+        <v>443</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>242</v>
+        <v>27</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>437</v>
+        <v>29</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>440</v>
+        <v>33</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>447</v>
+        <v>33</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>168</v>
+        <v>44</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>29</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>456</v>
+        <v>33</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>27</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="s">
-        <v>461</v>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H64" s="5" t="s">
         <v>462</v>
       </c>
       <c r="I64" s="5" t="s">
         <v>463</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>464</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>465</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>467</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>242</v>
+        <v>250</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>61</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>437</v>
+        <v>468</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>347</v>
+        <v>176</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>168</v>
+        <v>61</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>475</v>
-[...1 lines deleted...]
-      <c r="F66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="G66" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>478</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>479</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>480</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>481</v>
-      </c>
-[...1 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>400</v>
+        <v>371</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>305</v>
+        <v>176</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>28</v>
+        <v>483</v>
       </c>
       <c r="F67" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="G67" s="5" t="s">
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>489</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>492</v>
+        <v>491</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="J68" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>497</v>
-      </c>
-[...7 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>501</v>
+        <v>498</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F69" s="5" t="s">
+      <c r="E69" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="G69" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>503</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>504</v>
-      </c>
-[...10 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="D70" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="J70" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="E70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="F70" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>516</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>61</v>
+        <v>431</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>347</v>
+        <v>313</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>502</v>
-[...4 lines deleted...]
-        </is>
+        <v>515</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>516</v>
       </c>
       <c r="H71" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="I71" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>521</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>347</v>
+        <v>524</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>168</v>
+        <v>313</v>
       </c>
       <c r="E72" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="G72" s="5" t="s">
         <v>525</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>526</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>527</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>528</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>529</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>530</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>532</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>44</v>
-[...9 lines deleted...]
-      <c r="G73" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="s">
         <v>533</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>534</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>535</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>33</v>
+        <v>536</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>26</v>
+        <v>410</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>305</v>
+        <v>541</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>542</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>541</v>
+        <v>411</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>300</v>
+        <v>544</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>547</v>
+        <v>61</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>305</v>
+        <v>371</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>540</v>
+        <v>28</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>28</v>
+        <v>533</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="I75" s="5"/>
+        <v>549</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>550</v>
+      </c>
       <c r="J75" s="5" t="s">
-        <v>300</v>
+        <v>551</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>44</v>
+        <v>371</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>176</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>507</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>33</v>
+        <v>559</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>564</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>313</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>571</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>27</v>
+        <v>578</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>571</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>28</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>579</v>
+      </c>
+      <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="E80" s="5" t="s">
-[...3 lines deleted...]
-        <v>571</v>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>586</v>
-[...2 lines deleted...]
-        <v>587</v>
+        <v>29</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>590</v>
+        <v>33</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>347</v>
-[...5 lines deleted...]
-        <v>595</v>
+        <v>27</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>596</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>597</v>
       </c>
       <c r="J82" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>599</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>61</v>
+        <v>44</v>
       </c>
       <c r="E83" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="F83" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="F83" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G83" s="5" t="s">
+        <v>604</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>606</v>
+        <v>33</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>607</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>608</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>610</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D84" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D84" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E84" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-        </is>
+        <v>603</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>602</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="I84" s="5"/>
+      <c r="I84" s="5" t="s">
+        <v>612</v>
+      </c>
       <c r="J84" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>616</v>
+        <v>61</v>
       </c>
       <c r="E85" s="5" t="s">
         <v>617</v>
       </c>
-      <c r="F85" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G85" s="5" t="s">
+      <c r="F85" s="5" t="s">
         <v>618</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>619</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>620</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>300</v>
+        <v>621</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>26</v>
+        <v>61</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>27</v>
+        <v>371</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>625</v>
+        <v>603</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>28</v>
+        <v>626</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>33</v>
+        <v>629</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
     </row>
     <row r="87">
-      <c r="A87" s="5" t="n">
-        <v>1910</v>
+      <c r="A87" s="5" t="s">
+        <v>633</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>44</v>
+        <v>371</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-        <v>631</v>
+        <v>634</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>33</v>
+        <v>637</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>29</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-        <v>638</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>642</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>379</v>
+        <v>410</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>649</v>
+        <v>308</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>379</v>
+        <v>26</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>645</v>
+        <v>27</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>654</v>
-[...4 lines deleted...]
-        </is>
+        <v>656</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>649</v>
+        <v>33</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
     </row>
     <row r="91">
-      <c r="A91" s="5" t="s">
-        <v>660</v>
+      <c r="A91" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>347</v>
-[...12 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>662</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>664</v>
+        <v>33</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>665</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>666</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>667</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>668</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>347</v>
-[...6 lines deleted...]
-      <c r="F92" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="s">
         <v>669</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>670</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>671</v>
       </c>
       <c r="J92" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>673</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>674</v>
-      </c>
-[...1 lines deleted...]
-        <v>675</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>379</v>
+        <v>410</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>616</v>
+        <v>676</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>654</v>
+        <v>677</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>677</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>678</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>679</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>300</v>
+        <v>680</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>684</v>
+        <v>410</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>305</v>
+        <v>676</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="G94" s="5" t="s">
         <v>685</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>686</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>687</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>300</v>
+        <v>680</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>688</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>689</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>691</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>128</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F95" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F95" s="5" t="s">
+        <v>692</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H95" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H95" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>695</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>693</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>697</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>698</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>44</v>
-[...10 lines deleted...]
-        <v>695</v>
+        <v>371</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>33</v>
+        <v>703</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>347</v>
+        <v>410</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>61</v>
+        <v>647</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>595</v>
-[...7 lines deleted...]
-        </is>
+        <v>685</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>708</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>705</v>
+        <v>308</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>645</v>
+        <v>313</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>711</v>
-[...9 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>716</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>714</v>
+        <v>308</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>719</v>
-[...5 lines deleted...]
-        <v>721</v>
+        <v>27</v>
+      </c>
+      <c r="D99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H99" s="5" t="s">
-        <v>722</v>
+      <c r="H99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I99" s="5"/>
-      <c r="J99" s="5" t="s">
+      <c r="J99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K99" s="5" t="s">
         <v>723</v>
       </c>
-      <c r="K99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>724</v>
       </c>
-      <c r="L99" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>727</v>
+        <v>725</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E100" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="I100" s="5" t="s">
         <v>728</v>
-      </c>
-[...12 lines deleted...]
-        <v>730</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K100" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="M100" s="5" t="s">
         <v>731</v>
-      </c>
-[...4 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>734</v>
+        <v>732</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>27</v>
+        <v>371</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>728</v>
-[...7 lines deleted...]
-        <v>728</v>
+        <v>626</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H101" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="I101" s="5" t="s">
         <v>735</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>737</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>738</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>740</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>27</v>
+        <v>741</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>44</v>
+        <v>676</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="s">
-        <v>741</v>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>33</v>
+        <v>745</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>748</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>752</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H103" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H103" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>684</v>
+        <v>27</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>720</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>759</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G104" s="5" t="s">
+        <v>759</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>760</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>761</v>
+      </c>
       <c r="J104" s="5" t="s">
-        <v>758</v>
+        <v>33</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>763</v>
+        <v>27</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>764</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>759</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="s">
-        <v>765</v>
-[...4 lines deleted...]
-        </is>
+        <v>759</v>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>767</v>
+        <v>33</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>768</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>769</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>770</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>771</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>764</v>
+        <v>27</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>710</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>759</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I106" s="5"/>
+      <c r="G106" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>774</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>767</v>
+        <v>33</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>775</v>
+        <v>778</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>779</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>27</v>
+        <v>780</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>44</v>
+        <v>781</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>776</v>
-[...10 lines deleted...]
-        <v>777</v>
+        <v>782</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I107" s="5" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>33</v>
+        <v>784</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>27</v>
+        <v>715</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>776</v>
+        <v>751</v>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>776</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>783</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>33</v>
+        <v>789</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>794</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>795</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G109" s="5" t="s">
+        <v>796</v>
       </c>
       <c r="H109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I109" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I109" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>799</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>789</v>
-[...1 lines deleted...]
-      <c r="M109" s="5"/>
+        <v>800</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>801</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>27</v>
+        <v>795</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>741</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-[...3 lines deleted...]
-        <v>792</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>33</v>
+        <v>798</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>710</v>
+        <v>27</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>645</v>
+        <v>44</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G111" s="5" t="s">
+        <v>807</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>649</v>
+        <v>33</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>804</v>
+        <v>44</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>28</v>
-[...7 lines deleted...]
-        </is>
+        <v>807</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>807</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>808</v>
+        <v>33</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-        <v>814</v>
+        <v>27</v>
+      </c>
+      <c r="D113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H113" s="5" t="s">
-[...9 lines deleted...]
-        <v>818</v>
+      <c r="H113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I113" s="5"/>
+      <c r="J113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L113" s="6" t="s">
-        <v>819</v>
-[...1 lines deleted...]
-      <c r="M113" s="5" t="s">
         <v>820</v>
       </c>
+      <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
         <v>821</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E114" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="F114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G114" s="5" t="s">
+      <c r="H114" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="H114" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K114" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="L114" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="M114" s="5" t="s">
         <v>826</v>
-      </c>
-[...4 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>829</v>
+        <v>827</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>27</v>
+        <v>741</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>44</v>
+        <v>676</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="s">
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="I115" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="H115" s="5" t="s">
+      <c r="J115" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="K115" s="5" t="s">
         <v>831</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>832</v>
       </c>
-      <c r="J115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K115" s="5" t="s">
+      <c r="M115" s="5" t="s">
         <v>833</v>
-      </c>
-[...4 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>44</v>
+        <v>835</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>822</v>
-[...6 lines deleted...]
-      <c r="G116" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>837</v>
       </c>
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>838</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="J116" s="5" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>840</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>841</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>842</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
         <v>843</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>27</v>
+        <v>844</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>845</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>33</v>
+        <v>848</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>850</v>
+        <v>27</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>305</v>
+        <v>44</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>853</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>300</v>
+        <v>33</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>804</v>
+        <v>44</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>28</v>
-[...7 lines deleted...]
-        </is>
+        <v>853</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G119" s="5" t="s">
+        <v>861</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>860</v>
+        <v>33</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>863</v>
+        <v>866</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>864</v>
+        <v>867</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>379</v>
+        <v>27</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>720</v>
+        <v>44</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>28</v>
+        <v>853</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G120" s="5" t="s">
+        <v>868</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>865</v>
-[...1 lines deleted...]
-      <c r="I120" s="5"/>
+        <v>869</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>870</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>866</v>
+        <v>33</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>871</v>
+        <v>27</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>720</v>
+        <v>44</v>
       </c>
       <c r="E121" s="5" t="s">
-        <v>29</v>
+        <v>853</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>875</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>876</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>866</v>
+        <v>33</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>27</v>
+        <v>881</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F122" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>882</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>379</v>
+        <v>61</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>720</v>
+        <v>835</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>883</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>836</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="I123" s="5"/>
+        <v>889</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>890</v>
+      </c>
       <c r="J123" s="5" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>61</v>
+        <v>410</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>804</v>
+        <v>751</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>890</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>28</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>891</v>
-[...3 lines deleted...]
-      </c>
+        <v>896</v>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>871</v>
+        <v>902</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>720</v>
+        <v>751</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>898</v>
+        <v>29</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>904</v>
+        <v>27</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>905</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E126" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H126" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I126" s="5"/>
+      <c r="H126" s="5" t="s">
+        <v>908</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>909</v>
+      </c>
       <c r="J126" s="5" t="s">
-        <v>906</v>
+        <v>33</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>911</v>
+        <v>410</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>905</v>
-[...4 lines deleted...]
-        </is>
+        <v>751</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>914</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>918</v>
+        <v>61</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>919</v>
+        <v>835</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>920</v>
-[...4 lines deleted...]
-        </is>
+        <v>921</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>836</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>928</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>379</v>
-[...4 lines deleted...]
-        </is>
+        <v>902</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>751</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>28</v>
+        <v>929</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>929</v>
-[...1 lines deleted...]
-      <c r="I129" s="5" t="s">
         <v>930</v>
       </c>
+      <c r="I129" s="5"/>
       <c r="J129" s="5" t="s">
-        <v>300</v>
+        <v>916</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>931</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>932</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>933</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>934</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="C130" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>936</v>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I130" s="5" t="s">
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="s">
         <v>937</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>938</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>939</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>940</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>941</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>904</v>
+        <v>942</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>905</v>
+        <v>936</v>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="s">
-        <v>913</v>
+        <v>944</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>61</v>
+        <v>949</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>804</v>
+        <v>950</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>947</v>
-[...2 lines deleted...]
-        <v>805</v>
+        <v>951</v>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>959</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>347</v>
+        <v>410</v>
+      </c>
+      <c r="D133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E133" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F133" s="5" t="s">
-        <v>955</v>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>958</v>
+        <v>308</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>959</v>
+        <v>962</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>960</v>
+        <v>963</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>961</v>
+        <v>964</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>962</v>
+        <v>965</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C134" s="5" t="s">
-[...6 lines deleted...]
-        <v>28</v>
+      <c r="C134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G134" s="5" t="s">
+        <v>966</v>
       </c>
       <c r="H134" s="5" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>965</v>
+        <v>308</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>969</v>
+        <v>972</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>27</v>
+        <v>935</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>936</v>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>33</v>
+        <v>944</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>976</v>
+        <v>61</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-        </is>
+        <v>835</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>836</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>44</v>
+        <v>61</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>984</v>
-[...12 lines deleted...]
-        <v>985</v>
+        <v>371</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F137" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>300</v>
+        <v>989</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>27</v>
+        <v>61</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>44</v>
+        <v>835</v>
       </c>
       <c r="E138" s="5" t="s">
         <v>28</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G138" s="5" t="s">
-        <v>992</v>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>33</v>
+        <v>996</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D139" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>999</v>
-[...5 lines deleted...]
-        </is>
+        <v>1001</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>1000</v>
+        <v>1003</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>1001</v>
-[...1 lines deleted...]
-      <c r="M139" s="5"/>
+        <v>1004</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>1005</v>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1007</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1003</v>
-[...5 lines deleted...]
-        </is>
+        <v>1008</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>1010</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1004</v>
+        <v>1011</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1005</v>
-[...1 lines deleted...]
-      <c r="M140" s="5"/>
+        <v>1012</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>1013</v>
+      </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>1015</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1013</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1014</v>
+        <v>1022</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...8 lines deleted...]
-        <v>1015</v>
+      <c r="E142" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G142" s="5" t="s">
-        <v>1016</v>
+        <v>1023</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1017</v>
+        <v>1024</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>1018</v>
+        <v>1025</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>1019</v>
+        <v>33</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1020</v>
+        <v>1026</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1021</v>
+        <v>1027</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1022</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>1024</v>
-[...11 lines deleted...]
-        <v>1025</v>
+        <v>27</v>
+      </c>
+      <c r="D143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1026</v>
-[...5 lines deleted...]
-        <v>300</v>
+        <v>1030</v>
+      </c>
+      <c r="I143" s="5"/>
+      <c r="J143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1028</v>
+        <v>1031</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>1032</v>
+      </c>
+      <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D144" s="5" t="s">
-[...3 lines deleted...]
-        <v>822</v>
+      <c r="D144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="s">
-        <v>1032</v>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="I144" s="5" t="s">
         <v>1034</v>
       </c>
-      <c r="J144" s="5" t="s">
+      <c r="I144" s="5"/>
+      <c r="J144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K144" s="5" t="s">
         <v>1035</v>
       </c>
-      <c r="K144" s="5" t="s">
+      <c r="L144" s="6" t="s">
         <v>1036</v>
       </c>
-      <c r="L144" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E145" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H145" s="5" t="s">
         <v>1040</v>
       </c>
-      <c r="F145" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G145" s="5" t="s">
+      <c r="I145" s="5" t="s">
         <v>1041</v>
-      </c>
-[...4 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>33</v>
       </c>
       <c r="K145" s="5" t="s">
+        <v>1042</v>
+      </c>
+      <c r="L145" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="M145" s="5" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="E146" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="H146" s="5" t="s">
         <v>1048</v>
       </c>
-      <c r="F146" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G146" s="5" t="s">
+      <c r="I146" s="5" t="s">
         <v>1049</v>
       </c>
-      <c r="H146" s="5" t="s">
+      <c r="J146" s="5" t="s">
         <v>1050</v>
       </c>
-      <c r="I146" s="5" t="s">
+      <c r="K146" s="5" t="s">
         <v>1051</v>
       </c>
-      <c r="J146" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K146" s="5" t="s">
+      <c r="L146" s="6" t="s">
         <v>1052</v>
       </c>
-      <c r="L146" s="6" t="s">
+      <c r="M146" s="5" t="s">
         <v>1053</v>
-      </c>
-[...1 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C147" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="B147" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="D147" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G147" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H147" s="5" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J147" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="M147" s="5"/>
+        <v>1060</v>
+      </c>
+      <c r="M147" s="5" t="s">
+        <v>1061</v>
+      </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>764</v>
+        <v>44</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>28</v>
+        <v>853</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>33</v>
+        <v>1066</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1062</v>
+        <v>1067</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1063</v>
+        <v>1068</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1064</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1065</v>
+        <v>1070</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>305</v>
+        <v>44</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>1071</v>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1068</v>
+        <v>1074</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>300</v>
+        <v>33</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1069</v>
+        <v>1075</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1070</v>
+        <v>1076</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1071</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>684</v>
+        <v>27</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>305</v>
+        <v>44</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1073</v>
-[...7 lines deleted...]
-        </is>
+        <v>1079</v>
+      </c>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>1080</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>300</v>
+        <v>33</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1077</v>
+        <v>1084</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1078</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1079</v>
+        <v>1086</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K151" s="5" t="s">
+        <v>1087</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1080</v>
+        <v>1088</v>
       </c>
       <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1081</v>
+        <v>1089</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D152" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="G152" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="H152" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="J152" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K152" s="5" t="s">
+        <v>1093</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1082</v>
-[...1 lines deleted...]
-      <c r="M152" s="5"/>
+        <v>1094</v>
+      </c>
+      <c r="M152" s="5" t="s">
+        <v>1095</v>
+      </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D153" s="5" t="inlineStr">
-[...33 lines deleted...]
-        </is>
+      <c r="D153" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F153" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G153" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H153" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J153" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="K153" s="5" t="s">
+        <v>1100</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1084</v>
-[...1 lines deleted...]
-      <c r="M153" s="5"/>
+        <v>1101</v>
+      </c>
+      <c r="M153" s="5" t="s">
+        <v>1102</v>
+      </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1085</v>
+        <v>1103</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>27</v>
+        <v>715</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>44</v>
+        <v>313</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1086</v>
-[...7 lines deleted...]
-        <v>1087</v>
+        <v>1104</v>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1088</v>
+        <v>1105</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1089</v>
+        <v>1106</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1090</v>
+        <v>1107</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1091</v>
+        <v>1108</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>1094</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="D155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="s">
-[...3 lines deleted...]
-        <v>1097</v>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I155" s="5"/>
-      <c r="J155" s="5" t="s">
-[...3 lines deleted...]
-        <v>1099</v>
+      <c r="J155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1100</v>
-[...3 lines deleted...]
-      </c>
+        <v>1111</v>
+      </c>
+      <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1094</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="D156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
-[...3 lines deleted...]
-        <v>1104</v>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I156" s="5"/>
-      <c r="J156" s="5" t="s">
-[...3 lines deleted...]
-        <v>1105</v>
+      <c r="J156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1113</v>
+      </c>
+      <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>305</v>
-[...5 lines deleted...]
-        <v>1110</v>
+        <v>27</v>
+      </c>
+      <c r="D157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-[...12 lines deleted...]
-        <v>1114</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I157" s="5"/>
+      <c r="J157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L157" s="6" t="s">
         <v>1115</v>
       </c>
-      <c r="M157" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D158" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E158" s="5" t="s">
+        <v>1117</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G158" s="5" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H158" s="5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J158" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1119</v>
-[...1 lines deleted...]
-      <c r="M158" s="5"/>
+        <v>1122</v>
+      </c>
+      <c r="M158" s="5" t="s">
+        <v>1123</v>
+      </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>1125</v>
+      </c>
+      <c r="D159" s="5" t="s">
+        <v>1126</v>
+      </c>
+      <c r="E159" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G159" s="5" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H159" s="5" t="s">
+        <v>1128</v>
       </c>
       <c r="I159" s="5"/>
-      <c r="J159" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J159" s="5" t="s">
+        <v>1129</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1118</v>
+        <v>1130</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1121</v>
-[...1 lines deleted...]
-      <c r="M159" s="5"/>
+        <v>1131</v>
+      </c>
+      <c r="M159" s="5" t="s">
+        <v>1132</v>
+      </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1122</v>
+        <v>1133</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>1125</v>
+      </c>
+      <c r="D160" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H160" s="5" t="s">
+        <v>1135</v>
       </c>
       <c r="I160" s="5"/>
-      <c r="J160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J160" s="5" t="s">
+        <v>1129</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1118</v>
+        <v>1136</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1123</v>
-[...1 lines deleted...]
-      <c r="M160" s="5"/>
+        <v>1137</v>
+      </c>
+      <c r="M160" s="5" t="s">
+        <v>1138</v>
+      </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1124</v>
+        <v>1139</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>313</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>1141</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G161" s="5" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1118</v>
+        <v>1145</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1125</v>
-[...1 lines deleted...]
-      <c r="M161" s="5"/>
+        <v>1146</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>1147</v>
+      </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1126</v>
+        <v>1148</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1127</v>
+        <v>1149</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1128</v>
+        <v>1150</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1129</v>
+        <v>1151</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1130</v>
+        <v>1149</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1131</v>
+        <v>1152</v>
       </c>
       <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1132</v>
+        <v>1153</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>44</v>
-[...1 lines deleted...]
-      <c r="D164" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="D164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="s">
-[...9 lines deleted...]
-        <v>33</v>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I164" s="5"/>
+      <c r="J164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1137</v>
-[...3 lines deleted...]
-      </c>
+        <v>1154</v>
+      </c>
+      <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1139</v>
+        <v>1155</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>1094</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>27</v>
+      </c>
+      <c r="D165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="s">
-[...9 lines deleted...]
-        <v>1143</v>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I165" s="5"/>
+      <c r="J165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1145</v>
-[...3 lines deleted...]
-      </c>
+        <v>1156</v>
+      </c>
+      <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>1109</v>
+        <v>27</v>
+      </c>
+      <c r="D166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="s">
-[...9 lines deleted...]
-        <v>300</v>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I166" s="5"/>
+      <c r="J166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1152</v>
-[...3 lines deleted...]
-      </c>
+        <v>1159</v>
+      </c>
+      <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...18 lines deleted...]
-        <v>300</v>
+      <c r="D167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1159</v>
-[...3 lines deleted...]
-      </c>
+        <v>1162</v>
+      </c>
+      <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D168" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D168" s="5" t="s">
-[...6 lines deleted...]
-        <v>1163</v>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="s">
         <v>1164</v>
       </c>
       <c r="H168" s="5" t="s">
         <v>1165</v>
       </c>
       <c r="I168" s="5" t="s">
         <v>1166</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>300</v>
+        <v>33</v>
       </c>
       <c r="K168" s="5" t="s">
         <v>1167</v>
       </c>
       <c r="L168" s="6" t="s">
         <v>1168</v>
       </c>
       <c r="M168" s="5" t="s">
         <v>1169</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
         <v>1170</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>44</v>
+        <v>1125</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>1109</v>
-[...4 lines deleted...]
-        </is>
+        <v>835</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="H169" s="5" t="s">
         <v>1172</v>
       </c>
       <c r="I169" s="5" t="s">
         <v>1173</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>300</v>
+        <v>1174</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>1178</v>
+        <v>1140</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G170" s="5" t="s">
         <v>1179</v>
       </c>
       <c r="H170" s="5" t="s">
         <v>1180</v>
       </c>
-      <c r="I170" s="5"/>
+      <c r="I170" s="5" t="s">
+        <v>1181</v>
+      </c>
       <c r="J170" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>1185</v>
+        <v>27</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>27</v>
-[...19 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>1187</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>1185</v>
+        <v>27</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>29</v>
-[...9 lines deleted...]
-        </is>
+        <v>1193</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>1195</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1191</v>
+        <v>1196</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1194</v>
+        <v>1199</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1195</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>44</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>1109</v>
+        <v>1140</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D174" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1204</v>
-[...4 lines deleted...]
-        </is>
+        <v>1193</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1209</v>
       </c>
       <c r="G174" s="5" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1211</v>
+      </c>
+      <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>33</v>
+        <v>308</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D175" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D175" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H175" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1217</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>1218</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1213</v>
-[...1 lines deleted...]
-      <c r="M175" s="5"/>
+        <v>1219</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>1220</v>
+      </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1214</v>
+        <v>1221</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D176" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E176" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1212</v>
-[...10 lines deleted...]
-        </is>
+        <v>1222</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K176" s="5" t="s">
+        <v>1224</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="M176" s="5"/>
+        <v>1225</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>1226</v>
+      </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1214</v>
+        <v>1227</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G177" s="5" t="s">
+        <v>1228</v>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1216</v>
-[...10 lines deleted...]
-        </is>
+        <v>1229</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J177" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="K177" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1217</v>
-[...1 lines deleted...]
-      <c r="M177" s="5"/>
+        <v>1232</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>1233</v>
+      </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1218</v>
+        <v>1234</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D178" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1235</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G178" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G178" s="5" t="s">
+        <v>1236</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1219</v>
-[...10 lines deleted...]
-        </is>
+        <v>1237</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1238</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K178" s="5" t="s">
+        <v>1239</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="M178" s="5"/>
+        <v>1240</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>1241</v>
+      </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1221</v>
+        <v>1242</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1222</v>
+        <v>1243</v>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1223</v>
+        <v>1244</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1224</v>
+        <v>1245</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1225</v>
+        <v>1243</v>
       </c>
       <c r="I180" s="5"/>
       <c r="J180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1226</v>
+        <v>1246</v>
       </c>
       <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1227</v>
+        <v>1245</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1228</v>
+        <v>1247</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1229</v>
+        <v>1248</v>
       </c>
       <c r="M181" s="5"/>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1230</v>
+        <v>1249</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1231</v>
+        <v>1250</v>
       </c>
       <c r="I182" s="5"/>
       <c r="J182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1232</v>
+        <v>1251</v>
       </c>
       <c r="M182" s="5"/>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1233</v>
+        <v>1252</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1234</v>
+        <v>1253</v>
       </c>
       <c r="I183" s="5"/>
       <c r="J183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1235</v>
+        <v>1254</v>
       </c>
       <c r="M183" s="5"/>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1236</v>
+        <v>1255</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1237</v>
+        <v>1256</v>
       </c>
       <c r="I184" s="5"/>
       <c r="J184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="M184" s="5"/>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1239</v>
+        <v>1258</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1240</v>
+        <v>1259</v>
       </c>
       <c r="I185" s="5"/>
       <c r="J185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1241</v>
+        <v>1260</v>
       </c>
       <c r="M185" s="5"/>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1242</v>
+        <v>1261</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1243</v>
+        <v>1262</v>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1244</v>
+        <v>1263</v>
       </c>
       <c r="M186" s="5"/>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1245</v>
+        <v>1264</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H187" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H187" s="5" t="s">
+        <v>1265</v>
       </c>
       <c r="I187" s="5"/>
       <c r="J187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1246</v>
+        <v>1266</v>
       </c>
       <c r="M187" s="5"/>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1247</v>
+        <v>1267</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C188" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1248</v>
+        <v>1268</v>
       </c>
       <c r="I188" s="5"/>
       <c r="J188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1249</v>
+        <v>1269</v>
       </c>
       <c r="M188" s="5"/>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1250</v>
+        <v>1270</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1251</v>
+        <v>1271</v>
       </c>
       <c r="I189" s="5"/>
       <c r="J189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1252</v>
+        <v>1272</v>
       </c>
       <c r="M189" s="5"/>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1253</v>
+        <v>1273</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1254</v>
+        <v>1274</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1255</v>
+        <v>1275</v>
       </c>
       <c r="M190" s="5"/>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1253</v>
+        <v>1276</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H191" s="5" t="s">
-        <v>1256</v>
+      <c r="H191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I191" s="5"/>
       <c r="J191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1257</v>
+        <v>1277</v>
       </c>
       <c r="M191" s="5"/>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1258</v>
+        <v>1278</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1259</v>
+        <v>1279</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1260</v>
+        <v>1280</v>
       </c>
       <c r="M192" s="5"/>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1261</v>
+        <v>1281</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1262</v>
+        <v>1282</v>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1263</v>
+        <v>1283</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1264</v>
+        <v>1284</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1265</v>
+        <v>1285</v>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1266</v>
+        <v>1286</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1267</v>
+        <v>1284</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1268</v>
+        <v>1287</v>
       </c>
       <c r="I195" s="5"/>
       <c r="J195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1269</v>
+        <v>1288</v>
       </c>
       <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1270</v>
+        <v>1289</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1271</v>
+        <v>1290</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1272</v>
+        <v>1291</v>
       </c>
       <c r="M196" s="5"/>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1273</v>
+        <v>1292</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1274</v>
+        <v>1293</v>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1275</v>
+        <v>1294</v>
       </c>
       <c r="M197" s="5"/>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1276</v>
+        <v>1295</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1277</v>
+        <v>1296</v>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1278</v>
+        <v>1297</v>
       </c>
       <c r="M198" s="5"/>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1279</v>
+        <v>1298</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1280</v>
+        <v>1299</v>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1281</v>
+        <v>1300</v>
       </c>
       <c r="M199" s="5"/>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1282</v>
+        <v>1301</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1283</v>
+        <v>1302</v>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1284</v>
+        <v>1303</v>
       </c>
       <c r="M200" s="5"/>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1285</v>
+        <v>1304</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1286</v>
+        <v>1305</v>
       </c>
       <c r="I201" s="5"/>
       <c r="J201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1287</v>
+        <v>1306</v>
       </c>
       <c r="M201" s="5"/>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1288</v>
+        <v>1307</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1289</v>
+        <v>1308</v>
       </c>
       <c r="I202" s="5"/>
       <c r="J202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1290</v>
+        <v>1309</v>
       </c>
       <c r="M202" s="5"/>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1291</v>
+        <v>1310</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1292</v>
-[...1 lines deleted...]
-      <c r="D203" s="5" t="s">
         <v>27</v>
       </c>
+      <c r="D203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F203" s="5" t="s">
-[...3 lines deleted...]
-        <v>1294</v>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1295</v>
-[...8 lines deleted...]
-        <v>1297</v>
+        <v>1311</v>
+      </c>
+      <c r="I203" s="5"/>
+      <c r="J203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1298</v>
-[...3 lines deleted...]
-      </c>
+        <v>1312</v>
+      </c>
+      <c r="M203" s="5"/>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="I204" s="5"/>
       <c r="J204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="M204" s="5"/>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="B205" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="I205" s="5"/>
       <c r="J205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="M205" s="5"/>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="B206" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
       <c r="I206" s="5"/>
       <c r="J206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="M206" s="5"/>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1309</v>
+        <v>1322</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D207" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D207" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F207" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="G207" s="5" t="s">
+        <v>1325</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1310</v>
-[...10 lines deleted...]
-        </is>
+        <v>1326</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K207" s="5" t="s">
+        <v>1328</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1311</v>
-[...1 lines deleted...]
-      <c r="M207" s="5"/>
+        <v>1329</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1330</v>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1312</v>
+        <v>1331</v>
       </c>
       <c r="B208" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1313</v>
+        <v>1332</v>
       </c>
       <c r="I208" s="5"/>
       <c r="J208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1314</v>
+        <v>1333</v>
       </c>
       <c r="M208" s="5"/>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1315</v>
+        <v>1334</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1316</v>
+        <v>1335</v>
       </c>
       <c r="I209" s="5"/>
       <c r="J209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1317</v>
+        <v>1336</v>
       </c>
       <c r="M209" s="5"/>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1318</v>
+        <v>1337</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C210" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1319</v>
+        <v>1338</v>
       </c>
       <c r="I210" s="5"/>
       <c r="J210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1320</v>
+        <v>1339</v>
       </c>
       <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1321</v>
+        <v>1340</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1322</v>
+        <v>1341</v>
       </c>
       <c r="I211" s="5"/>
       <c r="J211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1323</v>
+        <v>1342</v>
       </c>
       <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1324</v>
+        <v>1343</v>
       </c>
       <c r="B212" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1325</v>
+        <v>1344</v>
       </c>
       <c r="I212" s="5"/>
       <c r="J212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1326</v>
+        <v>1345</v>
       </c>
       <c r="M212" s="5"/>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1327</v>
+        <v>1346</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1328</v>
+        <v>1347</v>
       </c>
       <c r="I213" s="5"/>
       <c r="J213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1329</v>
+        <v>1348</v>
       </c>
       <c r="M213" s="5"/>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1330</v>
+        <v>1349</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1331</v>
+        <v>1350</v>
       </c>
       <c r="I214" s="5"/>
       <c r="J214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1332</v>
+        <v>1351</v>
       </c>
       <c r="M214" s="5"/>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1333</v>
+        <v>1352</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1334</v>
+        <v>1353</v>
       </c>
       <c r="I215" s="5"/>
       <c r="J215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1335</v>
+        <v>1354</v>
       </c>
       <c r="M215" s="5"/>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1336</v>
+        <v>1355</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1337</v>
+        <v>1356</v>
       </c>
       <c r="I216" s="5"/>
       <c r="J216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1338</v>
+        <v>1357</v>
       </c>
       <c r="M216" s="5"/>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1336</v>
+        <v>1358</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1339</v>
+        <v>1359</v>
       </c>
       <c r="I217" s="5"/>
       <c r="J217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1340</v>
+        <v>1360</v>
       </c>
       <c r="M217" s="5"/>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1341</v>
+        <v>1361</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C218" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1342</v>
+        <v>1362</v>
       </c>
       <c r="I218" s="5"/>
       <c r="J218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1343</v>
+        <v>1363</v>
       </c>
       <c r="M218" s="5"/>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1344</v>
+        <v>1364</v>
       </c>
       <c r="B219" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1345</v>
+        <v>1365</v>
       </c>
       <c r="I219" s="5"/>
       <c r="J219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1346</v>
+        <v>1366</v>
       </c>
       <c r="M219" s="5"/>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1347</v>
+        <v>1367</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C220" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1348</v>
+        <v>1368</v>
       </c>
       <c r="I220" s="5"/>
       <c r="J220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1349</v>
+        <v>1369</v>
       </c>
       <c r="M220" s="5"/>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1350</v>
+        <v>1367</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C221" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1351</v>
+        <v>1370</v>
       </c>
       <c r="I221" s="5"/>
       <c r="J221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1352</v>
+        <v>1371</v>
       </c>
       <c r="M221" s="5"/>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1353</v>
+        <v>1372</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C222" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1354</v>
+        <v>1373</v>
       </c>
       <c r="I222" s="5"/>
       <c r="J222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1355</v>
+        <v>1374</v>
       </c>
       <c r="M222" s="5"/>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1356</v>
+        <v>1375</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1357</v>
+        <v>1376</v>
       </c>
       <c r="I223" s="5"/>
       <c r="J223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1358</v>
+        <v>1377</v>
       </c>
       <c r="M223" s="5"/>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1359</v>
+        <v>1378</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D224" s="5" t="s">
-[...3 lines deleted...]
-        <v>721</v>
+      <c r="D224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G224" s="5" t="s">
-        <v>1360</v>
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1361</v>
-[...8 lines deleted...]
-        <v>1363</v>
+        <v>1379</v>
+      </c>
+      <c r="I224" s="5"/>
+      <c r="J224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1364</v>
-[...3 lines deleted...]
-      </c>
+        <v>1380</v>
+      </c>
+      <c r="M224" s="5"/>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>850</v>
-[...11 lines deleted...]
-        <v>1368</v>
+        <v>27</v>
+      </c>
+      <c r="D225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1369</v>
-[...8 lines deleted...]
-        <v>1371</v>
+        <v>1382</v>
+      </c>
+      <c r="I225" s="5"/>
+      <c r="J225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1372</v>
-[...3 lines deleted...]
-      </c>
+        <v>1383</v>
+      </c>
+      <c r="M225" s="5"/>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="I226" s="5"/>
       <c r="J226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K226" s="5" t="s">
-        <v>1376</v>
+      <c r="K226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1377</v>
+        <v>1386</v>
       </c>
       <c r="M226" s="5"/>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1378</v>
+        <v>1387</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H227" s="5" t="s">
+        <v>1388</v>
       </c>
       <c r="I227" s="5"/>
       <c r="J227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K227" s="5" t="s">
-        <v>1379</v>
+      <c r="K227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1380</v>
+        <v>1389</v>
       </c>
       <c r="M227" s="5"/>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1381</v>
+        <v>1390</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D228" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D228" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>752</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G228" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G228" s="5" t="s">
+        <v>1391</v>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1382</v>
-[...5 lines deleted...]
-        </is>
+        <v>1392</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J228" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1383</v>
-[...1 lines deleted...]
-      <c r="M228" s="5"/>
+        <v>1395</v>
+      </c>
+      <c r="M228" s="5" t="s">
+        <v>1396</v>
+      </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>386</v>
+        <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>27</v>
-[...19 lines deleted...]
-        </is>
+        <v>881</v>
+      </c>
+      <c r="D229" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G229" s="5" t="s">
+        <v>1399</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1385</v>
-[...5 lines deleted...]
-        </is>
+        <v>1400</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="J229" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1379</v>
+        <v>1402</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1386</v>
-[...1 lines deleted...]
-      <c r="M229" s="5"/>
+        <v>1403</v>
+      </c>
+      <c r="M229" s="5" t="s">
+        <v>1404</v>
+      </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1387</v>
+        <v>1405</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>386</v>
+        <v>417</v>
       </c>
       <c r="C230" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1388</v>
+        <v>1406</v>
       </c>
       <c r="I230" s="5"/>
       <c r="J230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1389</v>
+        <v>1407</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1390</v>
+        <v>1408</v>
       </c>
       <c r="M230" s="5"/>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1391</v>
+        <v>1409</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>748</v>
+        <v>417</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1109</v>
-[...8 lines deleted...]
-        <v>1394</v>
+        <v>27</v>
+      </c>
+      <c r="D231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H231" s="5" t="s">
-[...6 lines deleted...]
-        <v>1397</v>
+      <c r="H231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I231" s="5"/>
+      <c r="J231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1399</v>
-[...3 lines deleted...]
-      </c>
+        <v>1411</v>
+      </c>
+      <c r="M231" s="5"/>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1401</v>
+        <v>1412</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1402</v>
-[...5 lines deleted...]
-        <v>1403</v>
+        <v>27</v>
+      </c>
+      <c r="D232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1404</v>
-[...5 lines deleted...]
-        <v>1397</v>
+        <v>1413</v>
+      </c>
+      <c r="I232" s="5"/>
+      <c r="J232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1407</v>
-[...3 lines deleted...]
-      </c>
+        <v>1414</v>
+      </c>
+      <c r="M232" s="5"/>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1409</v>
+        <v>1415</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>748</v>
+        <v>417</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>905</v>
-[...1 lines deleted...]
-      <c r="D233" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H233" s="5" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I233" s="5"/>
+      <c r="J233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K233" s="5" t="s">
         <v>1410</v>
       </c>
-      <c r="E233" s="5" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="L233" s="6" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="M233" s="5" t="s">
         <v>1417</v>
       </c>
+      <c r="M233" s="5"/>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
         <v>1418</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>14</v>
+        <v>417</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D234" s="5" t="s">
+      <c r="D234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H234" s="5" t="s">
         <v>1419</v>
       </c>
-      <c r="E234" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H234" s="5" t="s">
+      <c r="I234" s="5"/>
+      <c r="J234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K234" s="5" t="s">
         <v>1420</v>
       </c>
-      <c r="I234" s="5" t="s">
+      <c r="L234" s="6" t="s">
         <v>1421</v>
       </c>
-      <c r="J234" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M234" s="5"/>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
+        <v>1422</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1425</v>
+      </c>
+      <c r="G235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H235" s="5" t="s">
         <v>1426</v>
       </c>
-      <c r="B235" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H235" s="5" t="s">
+      <c r="I235" s="5" t="s">
         <v>1427</v>
       </c>
-      <c r="I235" s="5" t="s">
+      <c r="J235" s="5" t="s">
         <v>1428</v>
       </c>
-      <c r="J235" s="5" t="s">
+      <c r="K235" s="5" t="s">
         <v>1429</v>
       </c>
-      <c r="K235" s="5" t="s">
+      <c r="L235" s="6" t="s">
         <v>1430</v>
       </c>
-      <c r="L235" s="6" t="s">
+      <c r="M235" s="5" t="s">
         <v>1431</v>
-      </c>
-[...1 lines deleted...]
-        <v>1432</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1433</v>
+        <v>1432</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>128</v>
+        <v>1433</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>804</v>
-[...4 lines deleted...]
-        </is>
+        <v>1423</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1434</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1436</v>
+        <v>1428</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>1437</v>
       </c>
       <c r="L236" s="6" t="s">
         <v>1438</v>
       </c>
       <c r="M236" s="5" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
         <v>1440</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>14</v>
+        <v>779</v>
       </c>
       <c r="C237" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="D237" s="5" t="s">
         <v>1441</v>
       </c>
-      <c r="D237" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E237" s="5" t="s">
-        <v>29</v>
-[...6 lines deleted...]
-      <c r="G237" s="5" t="s">
         <v>1442</v>
       </c>
+      <c r="F237" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H237" s="5" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>300</v>
-[...2 lines deleted...]
-        <v>1445</v>
+        <v>1446</v>
+      </c>
+      <c r="K237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>1449</v>
+        <v>27</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>27</v>
+        <v>1450</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1450</v>
+        <v>28</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G238" s="5" t="s">
-        <v>1450</v>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H238" s="5" t="s">
         <v>1451</v>
       </c>
       <c r="I238" s="5" t="s">
         <v>1452</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>300</v>
+        <v>1453</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>1457</v>
+        <v>128</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>835</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="s">
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H239" s="5" t="s">
         <v>1458</v>
       </c>
-      <c r="H239" s="5" t="s">
+      <c r="I239" s="5" t="s">
         <v>1459</v>
       </c>
-      <c r="I239" s="5" t="s">
+      <c r="J239" s="5" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>300</v>
       </c>
       <c r="K239" s="5" t="s">
         <v>1461</v>
       </c>
       <c r="L239" s="6" t="s">
         <v>1462</v>
       </c>
       <c r="M239" s="5" t="s">
         <v>1463</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
         <v>1464</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
         <v>128</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>804</v>
+        <v>835</v>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
         <v>1465</v>
       </c>
       <c r="I240" s="5" t="s">
         <v>1466</v>
       </c>
       <c r="J240" s="5" t="s">
         <v>1467</v>
       </c>
       <c r="K240" s="5" t="s">
         <v>1468</v>
       </c>
       <c r="L240" s="6" t="s">
         <v>1469</v>
       </c>
       <c r="M240" s="5" t="s">
         <v>1470</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
         <v>1471</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>379</v>
+        <v>1472</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>1472</v>
+        <v>27</v>
       </c>
       <c r="E241" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G241" s="5" t="s">
         <v>1473</v>
       </c>
-      <c r="F241" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I241" s="5"/>
+      <c r="H241" s="5" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1475</v>
+      </c>
       <c r="J241" s="5" t="s">
-        <v>1474</v>
+        <v>308</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>168</v>
+        <v>1480</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>28</v>
-[...7 lines deleted...]
-        </is>
+        <v>1481</v>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G242" s="5" t="s">
+        <v>1481</v>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="J242" s="5" t="s">
-        <v>1482</v>
+        <v>308</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>347</v>
+        <v>1488</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1178</v>
-[...7 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="F243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G243" s="5" t="s">
+        <v>1489</v>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1490</v>
+        <v>308</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>1109</v>
-[...2 lines deleted...]
-        <v>1495</v>
+        <v>835</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
         <v>1496</v>
       </c>
       <c r="I244" s="5" t="s">
         <v>1497</v>
       </c>
       <c r="J244" s="5" t="s">
-        <v>1397</v>
+        <v>1498</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>27</v>
+        <v>410</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>1109</v>
+        <v>1503</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H245" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I245" s="5"/>
       <c r="J245" s="5" t="s">
-        <v>1397</v>
+        <v>1505</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>904</v>
+        <v>176</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>911</v>
-[...9 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>1510</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1422</v>
+        <v>1513</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>764</v>
+        <v>176</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>1473</v>
-[...4 lines deleted...]
-        </is>
+        <v>1209</v>
+      </c>
+      <c r="F247" s="5" t="s">
+        <v>1518</v>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1515</v>
+        <v>1519</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1516</v>
+        <v>1520</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>649</v>
+        <v>1521</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1517</v>
+        <v>1522</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1518</v>
+        <v>1523</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1519</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1520</v>
+        <v>1525</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>379</v>
+        <v>27</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>1521</v>
+        <v>1140</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>1473</v>
+        <v>1526</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1522</v>
+        <v>1527</v>
       </c>
       <c r="I248" s="5" t="s">
-        <v>1523</v>
+        <v>1528</v>
       </c>
       <c r="J248" s="5" t="s">
-        <v>1524</v>
+        <v>1428</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1525</v>
+        <v>1529</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1526</v>
+        <v>1530</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1527</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1528</v>
+        <v>1532</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>904</v>
+        <v>27</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>911</v>
-[...4 lines deleted...]
-        </is>
+        <v>1140</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>1533</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1529</v>
+        <v>1534</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1530</v>
+        <v>1535</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1531</v>
+        <v>1536</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>904</v>
+        <v>935</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>911</v>
+        <v>942</v>
       </c>
       <c r="E250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H250" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H250" s="5" t="s">
+        <v>1540</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1535</v>
+        <v>1541</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1422</v>
+        <v>1453</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1536</v>
+        <v>1542</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1537</v>
+        <v>1543</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>27</v>
+        <v>410</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>1392</v>
+        <v>795</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>28</v>
+        <v>1504</v>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>1397</v>
+        <v>680</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1543</v>
+        <v>1549</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1544</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="252">
-      <c r="A252" s="5" t="n">
-        <v>1936</v>
+      <c r="A252" s="5" t="s">
+        <v>1551</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>1545</v>
+        <v>410</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>1552</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1504</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1546</v>
+        <v>1553</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1547</v>
+        <v>1554</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1422</v>
+        <v>1555</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>27</v>
+        <v>935</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>1552</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>942</v>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1553</v>
+        <v>1560</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1554</v>
+        <v>1561</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>1397</v>
+        <v>1453</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1555</v>
+        <v>1562</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1556</v>
+        <v>1563</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1557</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1558</v>
+        <v>1565</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>911</v>
+        <v>935</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1392</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>942</v>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H254" s="5" t="s">
-        <v>1559</v>
+      <c r="H254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>1422</v>
+        <v>1453</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>347</v>
+        <v>27</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>1565</v>
+        <v>1423</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>1566</v>
-[...2 lines deleted...]
-        <v>1567</v>
+        <v>28</v>
+      </c>
+      <c r="F255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>1570</v>
-[...4 lines deleted...]
-        </is>
+        <v>1428</v>
+      </c>
+      <c r="K255" s="5" t="s">
+        <v>1573</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="256">
-      <c r="A256" s="5" t="s">
-        <v>1573</v>
+      <c r="A256" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>347</v>
+        <v>1576</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>1565</v>
-[...5 lines deleted...]
-        <v>1575</v>
+        <v>27</v>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1578</v>
+        <v>1453</v>
       </c>
       <c r="K256" s="5" t="s">
         <v>1579</v>
       </c>
       <c r="L256" s="6" t="s">
         <v>1580</v>
       </c>
       <c r="M256" s="5" t="s">
         <v>1581</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
         <v>1582</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>168</v>
+        <v>371</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>347</v>
-[...9 lines deleted...]
-        </is>
+        <v>176</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>1584</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>379</v>
+        <v>27</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1521</v>
+        <v>1592</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1473</v>
+        <v>28</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1592</v>
+        <v>1428</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>911</v>
+        <v>942</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1392</v>
-[...4 lines deleted...]
-        </is>
+        <v>1423</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>1038</v>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>1422</v>
+        <v>1453</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>911</v>
+        <v>371</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1392</v>
-[...4 lines deleted...]
-        </is>
+        <v>1605</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1606</v>
       </c>
       <c r="F260" s="5" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-        <v>1606</v>
+        <v>1610</v>
+      </c>
+      <c r="K260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>168</v>
+        <v>371</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>347</v>
+        <v>1605</v>
       </c>
       <c r="E261" s="5" t="s">
-        <v>1610</v>
+        <v>1614</v>
       </c>
       <c r="F261" s="5" t="s">
-        <v>1611</v>
+        <v>1615</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>347</v>
+        <v>176</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>168</v>
-[...5 lines deleted...]
-        <v>1610</v>
+        <v>371</v>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>159</v>
+        <v>410</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>347</v>
+        <v>1552</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1627</v>
+        <v>1504</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1629</v>
+        <v>1631</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1630</v>
+        <v>1632</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>27</v>
+        <v>942</v>
       </c>
       <c r="D264" s="5" t="s">
-        <v>1552</v>
-[...2 lines deleted...]
-        <v>1635</v>
+        <v>1423</v>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1636</v>
-[...1 lines deleted...]
-      <c r="I264" s="5"/>
+        <v>1637</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>1638</v>
+      </c>
       <c r="J264" s="5" t="s">
-        <v>1397</v>
+        <v>1453</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>27</v>
+        <v>942</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1392</v>
-[...7 lines deleted...]
-        </is>
+        <v>1423</v>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F265" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1641</v>
-[...1 lines deleted...]
-      <c r="I265" s="5"/>
+        <v>1644</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1645</v>
+      </c>
       <c r="J265" s="5" t="s">
-        <v>1397</v>
+        <v>1453</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>1392</v>
+        <v>371</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>1650</v>
+      </c>
+      <c r="F266" s="5" t="s">
+        <v>1651</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1646</v>
+        <v>1652</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1647</v>
+        <v>1653</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1397</v>
+        <v>1654</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1648</v>
+        <v>1655</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1649</v>
+        <v>1656</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1650</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1651</v>
+        <v>1658</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>27</v>
+        <v>371</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>1552</v>
+        <v>176</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>1659</v>
+      </c>
+      <c r="F267" s="5" t="s">
+        <v>1650</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1397</v>
+        <v>1662</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1654</v>
+        <v>1663</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1655</v>
+        <v>1664</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1656</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1657</v>
+        <v>1666</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E268" s="5" t="s">
-        <v>1627</v>
+        <v>1667</v>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1658</v>
+        <v>1668</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1659</v>
+        <v>1669</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1660</v>
+        <v>1670</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1661</v>
+        <v>1671</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1662</v>
+        <v>1672</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1663</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1664</v>
+        <v>1674</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>1392</v>
+        <v>1592</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>1665</v>
-[...2 lines deleted...]
-        <v>1666</v>
+        <v>1675</v>
+      </c>
+      <c r="F269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1667</v>
-[...3 lines deleted...]
-      </c>
+        <v>1676</v>
+      </c>
+      <c r="I269" s="5"/>
       <c r="J269" s="5" t="s">
-        <v>1397</v>
+        <v>1428</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1673</v>
+        <v>1423</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>1627</v>
+        <v>28</v>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1674</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="I270" s="5"/>
       <c r="J270" s="5" t="s">
-        <v>1676</v>
+        <v>1428</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1677</v>
+        <v>1682</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1678</v>
+        <v>1683</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1679</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1680</v>
+        <v>1685</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>1681</v>
+        <v>1423</v>
       </c>
       <c r="E271" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F271" s="5" t="s">
-        <v>1682</v>
+      <c r="F271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1683</v>
+        <v>1686</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1684</v>
+        <v>1687</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1685</v>
+        <v>1688</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1686</v>
+        <v>1689</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>1681</v>
+        <v>1592</v>
       </c>
       <c r="E272" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F272" s="5" t="s">
-        <v>1682</v>
+      <c r="F272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1689</v>
+        <v>1692</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1690</v>
+        <v>1693</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>1109</v>
+        <v>176</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1392</v>
+        <v>371</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>28</v>
+        <v>1667</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1695</v>
+        <v>1698</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1696</v>
+        <v>1699</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1422</v>
+        <v>1700</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>347</v>
+        <v>1423</v>
       </c>
       <c r="E274" s="5" t="s">
-        <v>1610</v>
+        <v>1705</v>
       </c>
       <c r="F274" s="5" t="s">
-        <v>1701</v>
+        <v>1706</v>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>1704</v>
+        <v>1428</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1392</v>
+        <v>1713</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>28</v>
+        <v>1667</v>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1709</v>
+        <v>1714</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1710</v>
+        <v>1715</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1397</v>
+        <v>1716</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>347</v>
+        <v>1721</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1610</v>
+        <v>28</v>
       </c>
       <c r="F276" s="5" t="s">
-        <v>1701</v>
+        <v>1722</v>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1717</v>
+        <v>1453</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1718</v>
+        <v>1725</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1719</v>
+        <v>1726</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1720</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1721</v>
+        <v>1728</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F277" s="5" t="s">
         <v>1722</v>
       </c>
-      <c r="D277" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H277" s="5" t="s">
+        <v>1729</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1724</v>
+        <v>1730</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>1725</v>
+        <v>1453</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>168</v>
+        <v>1140</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>347</v>
+        <v>1423</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>1610</v>
-[...2 lines deleted...]
-        <v>1701</v>
+        <v>28</v>
+      </c>
+      <c r="F278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1730</v>
+        <v>1735</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1731</v>
+        <v>1736</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1732</v>
+        <v>1453</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>1545</v>
+        <v>176</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1392</v>
+        <v>371</v>
       </c>
       <c r="E279" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>1650</v>
+      </c>
+      <c r="F279" s="5" t="s">
+        <v>1741</v>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1737</v>
+        <v>1742</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1738</v>
+        <v>1743</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>1422</v>
+        <v>1744</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1739</v>
+        <v>1745</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1741</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1742</v>
+        <v>1748</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1681</v>
+        <v>1423</v>
       </c>
       <c r="E280" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="F280" s="5" t="s">
-        <v>1682</v>
+      <c r="F280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1743</v>
+        <v>1749</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1744</v>
+        <v>1750</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1745</v>
+        <v>1751</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1746</v>
+        <v>1752</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1610</v>
+        <v>1650</v>
       </c>
       <c r="F281" s="5" t="s">
-        <v>1701</v>
+        <v>1741</v>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>168</v>
+        <v>1762</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>347</v>
+        <v>313</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>1627</v>
-[...2 lines deleted...]
-        <v>1756</v>
+        <v>1763</v>
+      </c>
+      <c r="F282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="s">
-        <v>1757</v>
+      <c r="H282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1758</v>
+        <v>1764</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1759</v>
+        <v>1765</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1760</v>
+        <v>1766</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1761</v>
+        <v>1767</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1762</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1763</v>
+        <v>1769</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1392</v>
+        <v>371</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>1650</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>1741</v>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1397</v>
+        <v>1772</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1766</v>
+        <v>1773</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1767</v>
+        <v>1774</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1768</v>
+        <v>1775</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>347</v>
+        <v>1576</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>168</v>
+        <v>1423</v>
       </c>
       <c r="E284" s="5" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-        <v>1610</v>
+        <v>28</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1770</v>
+        <v>1777</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1771</v>
+        <v>1778</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1772</v>
+        <v>1453</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>347</v>
+        <v>1721</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>1610</v>
+        <v>28</v>
       </c>
       <c r="F285" s="5" t="s">
-        <v>1701</v>
+        <v>1722</v>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1777</v>
-[...1 lines deleted...]
-      <c r="I285" s="5"/>
+        <v>1783</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>1784</v>
+      </c>
       <c r="J285" s="5" t="s">
-        <v>1778</v>
+        <v>1453</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1779</v>
+        <v>1785</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1783</v>
+        <v>176</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>911</v>
-[...9 lines deleted...]
-        </is>
+        <v>371</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F286" s="5" t="s">
+        <v>1741</v>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="I286" s="5" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="J286" s="5" t="s">
-        <v>1422</v>
+        <v>1791</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1786</v>
+        <v>1792</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1788</v>
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="5" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B287" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C287" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>1796</v>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>1797</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1798</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>1799</v>
+      </c>
+      <c r="K287" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="L287" s="6" t="s">
+        <v>1801</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="5" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C288" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J288" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K288" s="5" t="s">
+        <v>1806</v>
+      </c>
+      <c r="L288" s="6" t="s">
+        <v>1807</v>
+      </c>
+      <c r="M288" s="5" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="G289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H289" s="5" t="s">
+        <v>1810</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>1811</v>
+      </c>
+      <c r="J289" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>1813</v>
+      </c>
+      <c r="L289" s="6" t="s">
+        <v>1814</v>
+      </c>
+      <c r="M289" s="5" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="5" t="s">
+        <v>1816</v>
+      </c>
+      <c r="B290" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="E290" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="I290" s="5"/>
+      <c r="J290" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K290" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="L290" s="6" t="s">
+        <v>1820</v>
+      </c>
+      <c r="M290" s="5" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="5" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B291" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C291" s="5" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H291" s="5" t="s">
+        <v>1824</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>1825</v>
+      </c>
+      <c r="J291" s="5" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K291" s="5" t="s">
+        <v>1826</v>
+      </c>
+      <c r="L291" s="6" t="s">
+        <v>1827</v>
+      </c>
+      <c r="M291" s="5" t="s">
+        <v>1828</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -25014,44 +25499,49 @@
     <hyperlink ref="M262" r:id="rId267"/>
     <hyperlink ref="M263" r:id="rId268"/>
     <hyperlink ref="M264" r:id="rId269"/>
     <hyperlink ref="M265" r:id="rId270"/>
     <hyperlink ref="M266" r:id="rId271"/>
     <hyperlink ref="M267" r:id="rId272"/>
     <hyperlink ref="M268" r:id="rId273"/>
     <hyperlink ref="M269" r:id="rId274"/>
     <hyperlink ref="M270" r:id="rId275"/>
     <hyperlink ref="M271" r:id="rId276"/>
     <hyperlink ref="M272" r:id="rId277"/>
     <hyperlink ref="M273" r:id="rId278"/>
     <hyperlink ref="M274" r:id="rId279"/>
     <hyperlink ref="M275" r:id="rId280"/>
     <hyperlink ref="M276" r:id="rId281"/>
     <hyperlink ref="M277" r:id="rId282"/>
     <hyperlink ref="M278" r:id="rId283"/>
     <hyperlink ref="M279" r:id="rId284"/>
     <hyperlink ref="M280" r:id="rId285"/>
     <hyperlink ref="M281" r:id="rId286"/>
     <hyperlink ref="M282" r:id="rId287"/>
     <hyperlink ref="M283" r:id="rId288"/>
     <hyperlink ref="M284" r:id="rId289"/>
     <hyperlink ref="M285" r:id="rId290"/>
     <hyperlink ref="M286" r:id="rId291"/>
+    <hyperlink ref="M287" r:id="rId292"/>
+    <hyperlink ref="M288" r:id="rId293"/>
+    <hyperlink ref="M289" r:id="rId294"/>
+    <hyperlink ref="M290" r:id="rId295"/>
+    <hyperlink ref="M291" r:id="rId296"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>