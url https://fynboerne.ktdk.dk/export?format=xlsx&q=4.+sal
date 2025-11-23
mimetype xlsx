--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2037" uniqueCount="1333" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2078" uniqueCount="1363" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -6444,50 +6444,100 @@
   <si>
     <t>Det er dejligt vejr på Madeira, og der er skønne blomster. Dagen efter drager selskabet videre til De Canariske Øer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9LPr</t>
   </si>
   <si>
     <t>[Fortrykt på kortets forside:]
 Wistaria, Quinta da Levada
 [Fortrykt på kortets bagside:]
 P FLOWERS AND GARDENS OF MADEIRA. Series No. 50.
 From “The Flowers and Gardens of Madeira.” Painted by Ella Du Cane, described by Florence Du Cane. Published by A. &amp;amp; C. BLACK, Ltd., 4, Soho Square, London, W.1
 British Manufacture. OST CARD
 [Håndskrevet:]
 Hr. Johan Larsen
 Adr. Prof. Brøndsted.
 Willemoesgade 46.
 Copenhagen
 Denmark.
 (DANIMARCA.)
 Kære Lysse!
 Ankommet til Madeira, vil vi allesammen sende dig en Hilsen. Vejret er pragtfuldt: Solskin og her er Masser af Blomster i alle mulige Farver. I Morgen er vi paa de canariske Øer.
 Hilsner fra Finn, Puf Johs V. Mange Hilsner JL Xenia Vagn Jacobsen</t>
   </si>
   <si>
+    <t>1928-05-14</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Grete Jensen, f. Hansen</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>København
+Enghavevej 40</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen fejrede sin 50-års fødselsdag i Rom. 
+Elise Hansen/Mossers gamle onkel kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kortet er udlånt til Østfyns Museer 2025</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lk8o</t>
+  </si>
+  <si>
+    <t>[Fortrykt i frimærkefeltet:]
+Imprime in Italia
+Produzione Italiana
+Printed in Italy
+[Fortrykt i tekstfeltet:]
+Roma - Dintorna - Via Appia - Tomba di Cecilia - Metello.
+4375-37
+[Fortrykt imellem tekst- og adressefeltet:]
+A. Ferocchi - Milano -Roma 
+[Håndskrevet i brevkortets adressefelt:]
+Hr. stud med Jens Jensen &amp;amp;
+Keramikkeren Grethe Hansen
+Enghavevej 40 B.1 Villaen 1 Sal
+Copenhagen 
+Danimarca.
+[I tekstfeltet:]
+Rom 14/5-28.
+Kære Jens &amp;amp; Grethe
+Tak for Billedet og Lykønskning paa Fødselsdagen. Det er et pænt Billede af jer begge to og den eneste reelle Present jeg modtog sammen med 2 Slips af Mosser og saa Lysse [”og saa Lysse” indsat over liljen] Jeg siger som Mossers gamle Onkel: Hvad bryder jeg mig om alle disse Lykønskninger, naar der ikke følger en Present med. I var ogsaa med til Festmiddagen og dannede Baggrunden for Æresborgeren. Nu kommer vi snart hjem. Jeg kan ikke blive ved at ved at vente paa Solskin. Det har været Graavejr nu i 4 Uger med en enkelt Solskinsdag. 
+Mange kærlige Hilsener Pap.</t>
+  </si>
+  <si>
     <t>1928-06-05</t>
   </si>
   <si>
     <t>Ragnar Ásgeirsson</t>
   </si>
   <si>
     <t>Grethe Ásgeirsson
 Ragnar Ásgeirsson
 Elise Hansen
 Peter Hansen
 Vagn Jacobsen
 Xenia Jacobsen
 Else Jensen
 Johannes V. Jensen
 Jóhannes Kjarval
 Thorvald  Krabbe
 Margrethe Krabbe af Damsgaard
 Thyra Larsen
 Thøger  Larsen
 Jón Stefánsson</t>
   </si>
   <si>
     <t>Den islandske kunstudstilling blev i december 1927 vist på Charlottenborg i København. Man udstillede 243 tegninger og malerier af 12 kunstnere: Ásgrímur Jónsson, Finnur Jónsson (1892–1993), Guðmundur Einarsson af Miðdalur (1895–1963), Guðmundur Thorsteinsson (Muggur), Gunnlaugur Blöndal (1893–1962), Jóhannes S. Kjarval (1885–1972), Jón Stefánsson, Jón Þorleifsson (1891–1961), Júlíana Sveinsdóttir (1889–1966), Kristín Jónsdóttir, Sigurður Guðmundsson (1833–1874) og Þórarinn B. Þorláksson. Efterfølgende fortsatte udstillingen til Tyskland. (Listasavn Islands hjemmeside jan. 2025). 
 Laxdæla Saga er skrevet mellem 1230 og 1260. Den handler om fætrene Kjartan og Bolle, som elskede den samme kvinde (Wikipedia).
 Eyrbyggja Saga handler om beboerne på Øre. Fragmenter af håndskrifter fra det 13. og 14. århundrede er bevaret (Wikipedia). 
@@ -6508,50 +6558,198 @@
 Larsen sender et par træsnit.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ym4L</t>
   </si>
   <si>
     <t>Kjerteminde 5 Juni 1928.
 Kære Ragnar Ásgeirsson!
 Det er en Skam, at det har varet saa længe inden jeg har faaet taget mig sammen til at skrive til Dem. Min ældste Søn og jeg var paa en lang Rejse i Foraaret med det norske Motorskib, "Stella Polaris," sammen med Johannes V Jensens og Brygger Jacobsens. Lissabon, Madeira de canariske Øer, Casa blanca, Tanger, Algier, Barcelona og Monaco. Der gik vi i Land og var en halv Snes Dage sammen med Bryggerens mens Johannes V hentede sin Kone i Berlin, saa rejste vi til Rom og var sammen med dem og Peter Hansens som var der nede, i Forvejen. Vi var der en halv Snes Dage og rejste saa over Genua, Marseille til Paris hvor vi blev nogle Dage og saa over Køln til Kjøbenhavn. Da vi kom her hjem fandt jeg deres Brev og det smukke lille Billede af Kjarval som jeg straks fik indrammet og er meget glad ved. Tusind Tak! Desværre saa jeg ikke den islandske Udstilling, det var mig umuligt at komme til Kjøbenhavn paa det
 2.
 Tidspunkt. Jeg læste nogle Anmeldelser og forbausedes over saa lidt Kjarval blev omtalt. Efter det jeg har set af islandsk Malerkunst, vilde jeg tro at han som Kunstner ragede et Hoved over alle de andre. Jeg fyldte 60 Aar mellem Jul og Nytaar og da jeg ikke havde Lyst til at være hjemme i Julen eller til min Fødselsdag, nu min Kone ikke var her mere, rejste jeg med mine 2 Sønner omkring i Jylland og endte i Lemvig hos Thøger Larsen hvor vi havde det hyggeligt nogle Dage, med Bilture omkring i Omegnen i tindrende Sol og haard Frost over tilsneede Landskaber og den islagte Fjord. Thøger Larsen og hans Kone var her for en Tid siden en Uges Tid. Thøger rask og fornøjet og hyggelig. Den sidste Aften det var vist den 15 Maj kørte vi en Tur hen til en lille Skov her i Nærheden hvor det plejer at vrimle med Nattergale. Thøger havde aldrig hørt en Nattergal og vilde gerne opleve det, men det lykkedes desværre ikke. Vi har haft et meget koldt Foraar og det var den Aften særlig koldt. Vi traf Sønnen fra Gaarden som Skoven hører til, og han fortalte at han havde hørt
 3.
 den første Gang samme Morgen og saa kørte vi hjem og aftalte at vi skulde forsøge næste Aar paa et bedre Tidspunkt. Men det skulde altsaa aldrig komme. Forleden da min ældste Søn og jeg havde været paa Pintsebesøg paa en Herregaard i Nordvestsjælland, kom der Telegram samme Aften vi kom hjem at Thøger Larsen var død. Vi var i Forgaars oppe til hans Begravelse, kørte herfra om Mrg. og kom hjem om Aftenen ved 12 Tiden, en lang Køretur 210-15 km, 2 Gange paa en Dag. Da vi var der i Vinter talte Thøger om at vi absolut maatte komme og se Lemvig ved Sommertid, den Gang tænkte vi ikke det skulde ske saa snart og i den Anledning. Jeg har mistet mange af mine gode Venner i de senere Aar. Verden bliver fattigere, især savner jeg min Kone mange Gange hver Dag. Thøger Larsen og jeg talte en hel Del om Sagaerne, da han var her forleden, ogsaa om Muligheden af at komme til Island sammen til næste Aar. Han har oversat Laxdæla og Eyrbyggja, elle hvordan det nu staves, og havde været til Møde i Selskabet for Udgivelsen af de nye Sagaoversættelser. Jeg 
 4.
 ikke komme i Aar. Da jeg har lejet Charlottenborgudstillingen til en stor retrospektiv Udstilling til Februar 1929. Jeg faar derfor meget at gøre inden den Tid. Jeg har ogsaa haft Brev fra Olafur Tubals og fik skrevet et Par Ord til ham forleden og bad ham bl.a. hilse Naboerne i Fljotshlid, men jeg kunde ønske at sende en officiel Hilsen til Familien paa St. Hof, et af de Steder, hvor jeg befandt mig bedst, og ofte tænker paa. Skulde De komme i Berøring med dem vil jeg bede Dem overbringe dem min Hilsen.
 Det var morsomt med de Stære der besøgte Dem i Vinter, jeg tænkte paa at foreslaa Dem at sætte nogle Kasser op til dem, saa de maaske kunde fristes til at slaa sig ned for stedse. Det har vel nok været færøiske Stære. Den færøiske Stær er en Race for sig den trækker ikke bort men opholder sig paa Øerne hele Vinteren. Her trækker de fleste Stære bort, men især i de senere Aar ses her af og til Stære som overvintrer. Jeg kan ogsaa tænke mig at De har haft megen Fornøjelse af Rødkælkene, de kommer her 
 5.
 undertiden ind i Drivhusene om Vinteren og kan blive meget tamme naar man fodrer dem. Kommer De og Deres Kone ikke en Gang til Danmark. De skal være meget velkomne her. Mange venlige Hilsner til Dem alle fra Deres hengivne
 Johannes Larsen
 P.S.
 Vil De hilse Krabbes, Stefánssons, Mathias [ulæseligt], Fontenays, Kaales og andre som var venlige mod mig under mit Ophold i Reykjavik
 JL.
 P.P.S.
 Jeg vedlægger et Par smaa Træsnit, de hører til St.St. Blichers "Trækfuglene" som jeg en Gang illustrerede med Træsnit til Radeerforeningen
 JL.</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
   </si>
   <si>
     <t>1929-04-09</t>
   </si>
   <si>
     <t>Viggo Stockfleth</t>
   </si>
   <si>
     <t>Vesterbrogade 48, København
 Charlottenborg, Kongens Nytorv</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Ólafur Tubals</t>
   </si>
   <si>
     <t>Johannes Larsens søn Johan giftede sig med Elena Italia den 23-2-1929.
 Charlottenborg er hjemstedet for flere kunstinstitutioner, bl.a. Kunsthal Charlottenborg, hvor der har været udstilling af kunst siden 1883. Kunsthallen er med sine 1200 kvadratmeter en af de største udstillingsbygninger i Nordeuropa.
 Det vides ikke, hvem Hammer var. Den islandske kunstner er muligvis Ólafur Tubals.</t>
   </si>
   <si>
     <t>Læge Stockfleth har taget nogle billeder for Johannes Larsen på Charlottenborg.</t>
   </si>
   <si>
@@ -6676,50 +6874,113 @@
     <t>https://fynboerne.ktdk.dk/d/utly</t>
   </si>
   <si>
     <t>Exlibris. Kunsthandel. København den / 19
 Østergade 4. Telf. Byen 4978 
 Maleren
 Herr Johs Larsen
 Kerteminde
 Jeg har med Tak modtaget Malerens 
 Brev af G.D. i Besvarelse af hvilket jeg høfligst
 skal meddele at Billedernes Størrelse er af 
 underordnet Betydning, naar mine Kunder
 ellers synes om Arbejderne. Jeg vilde derfor
 meget gerne om Maleren vilde sende mig
 2-3 Arbejder over hvad Størrelse de end
 matte blive. Det bedste vilde være om de
 blev større end omskrevne, idet det har vist
 sig at Forretningerne her kan sælges selv meget
 store Billeder. Men som anført Størrelserne er
 af ganske underordnet Betydning.
 Imødeseende Malerens venlige Svar
 er jeg
 med Højagtelse 
 Ærbødigst
 Hjalmar Kleis.</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1933-01-17</t>
   </si>
   <si>
     <t>Hareskov St.</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Julius Hviid
 Grethe Jungstedt
 - Knudsen, skomager
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Arne Mortensen
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
@@ -8711,59 +8972,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M212"/>
+  <dimension ref="A1:M216"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -16531,1874 +16792,2060 @@
       </c>
       <c r="H171" s="5" t="s">
         <v>1033</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>1034</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>1035</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1036</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1037</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1038</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1039</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>14</v>
+        <v>591</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>16</v>
+        <v>714</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>1040</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1041</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1042</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1043</v>
-[...2 lines deleted...]
-        <v>1044</v>
+        <v>1045</v>
+      </c>
+      <c r="K172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>1048</v>
+        <v>16</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>16</v>
+        <v>1049</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G173" s="5" t="s">
-        <v>1049</v>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H173" s="5" t="s">
         <v>1050</v>
       </c>
       <c r="I173" s="5" t="s">
         <v>1051</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>172</v>
+        <v>1052</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>1056</v>
+        <v>110</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E174" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
         <v>1057</v>
       </c>
-      <c r="F174" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H174" s="5" t="s">
+      <c r="I174" s="5" t="s">
         <v>1058</v>
       </c>
-      <c r="I174" s="5" t="s">
+      <c r="J174" s="5" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K174" s="5" t="s">
         <v>1060</v>
       </c>
       <c r="L174" s="6" t="s">
         <v>1061</v>
       </c>
       <c r="M174" s="5" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
         <v>1063</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="s">
         <v>1064</v>
       </c>
-      <c r="D175" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G175" s="5" t="s">
+      <c r="I175" s="5" t="s">
         <v>1065</v>
       </c>
-      <c r="H175" s="5" t="s">
+      <c r="J175" s="5" t="s">
         <v>1066</v>
       </c>
-      <c r="I175" s="5" t="s">
+      <c r="K175" s="5" t="s">
         <v>1067</v>
       </c>
-      <c r="J175" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K175" s="5" t="s">
+      <c r="L175" s="6" t="s">
         <v>1068</v>
       </c>
-      <c r="L175" s="6" t="s">
+      <c r="M175" s="5" t="s">
         <v>1069</v>
-      </c>
-[...1 lines deleted...]
-        <v>1070</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1071</v>
+        <v>1070</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>138</v>
+        <v>1071</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F176" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G176" s="5" t="s">
         <v>1072</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H176" s="5" t="s">
         <v>1073</v>
       </c>
       <c r="I176" s="5" t="s">
         <v>1074</v>
       </c>
       <c r="J176" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K176" s="5" t="s">
         <v>1075</v>
       </c>
-      <c r="K176" s="5" t="s">
+      <c r="L176" s="6" t="s">
         <v>1076</v>
       </c>
-      <c r="L176" s="6" t="s">
+      <c r="M176" s="5" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D177" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
       <c r="E177" s="5" t="s">
         <v>1080</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G177" s="5" t="s">
+        <v>1080</v>
       </c>
       <c r="H177" s="5" t="s">
         <v>1081</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1082</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>1035</v>
+        <v>172</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1083</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1084</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1086</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D178" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D178" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E178" s="5" t="s">
-        <v>1087</v>
+        <v>18</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G178" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G178" s="5" t="s">
+        <v>1088</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>1035</v>
+        <v>172</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>713</v>
+        <v>110</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>1094</v>
+        <v>668</v>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
         <v>1095</v>
       </c>
       <c r="I179" s="5" t="s">
         <v>1096</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1043</v>
+        <v>1097</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>713</v>
+        <v>138</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>1094</v>
-[...9 lines deleted...]
-        </is>
+        <v>315</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F180" s="5" t="s">
+        <v>1102</v>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1043</v>
+        <v>1105</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>713</v>
+        <v>16</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>1094</v>
-[...4 lines deleted...]
-        </is>
+        <v>835</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>1110</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H181" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H181" s="5" t="s">
+        <v>1111</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>730</v>
+        <v>835</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>17</v>
+        <v>1117</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="J182" s="5" t="s">
         <v>1035</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>713</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1094</v>
+        <v>1124</v>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1118</v>
+        <v>1125</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1119</v>
+        <v>1126</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>1043</v>
+        <v>1052</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1120</v>
+        <v>1127</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1121</v>
+        <v>1128</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1122</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1123</v>
+        <v>1130</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>1124</v>
       </c>
-      <c r="E184" s="5" t="s">
-        <v>17</v>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1125</v>
+        <v>1131</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1126</v>
+        <v>1132</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1127</v>
+        <v>1133</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1128</v>
+        <v>1134</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>315</v>
+        <v>713</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1131</v>
-[...5 lines deleted...]
-        <v>1133</v>
+        <v>1124</v>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H185" s="5" t="s">
-        <v>1134</v>
+      <c r="H185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1136</v>
-[...4 lines deleted...]
-        </is>
+        <v>1052</v>
+      </c>
+      <c r="K185" s="5" t="s">
+        <v>1138</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>1131</v>
+        <v>730</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1140</v>
-[...2 lines deleted...]
-        <v>1141</v>
+        <v>17</v>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
         <v>1142</v>
       </c>
       <c r="I186" s="5" t="s">
         <v>1143</v>
       </c>
       <c r="J186" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K186" s="5" t="s">
         <v>1144</v>
       </c>
-      <c r="K186" s="5" t="s">
+      <c r="L186" s="6" t="s">
         <v>1145</v>
       </c>
-      <c r="L186" s="6" t="s">
+      <c r="M186" s="5" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1148</v>
+        <v>1147</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>138</v>
+        <v>713</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>315</v>
+        <v>1124</v>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I187" s="5" t="s">
         <v>1149</v>
       </c>
-      <c r="I187" s="5" t="s">
+      <c r="J187" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K187" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="J187" s="5" t="s">
+      <c r="L187" s="6" t="s">
         <v>1151</v>
       </c>
-      <c r="K187" s="5" t="s">
+      <c r="M187" s="5" t="s">
         <v>1152</v>
-      </c>
-[...4 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>340</v>
+        <v>16</v>
       </c>
       <c r="D188" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I188" s="5" t="s">
         <v>1156</v>
       </c>
-      <c r="E188" s="5" t="s">
+      <c r="J188" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K188" s="5" t="s">
         <v>1157</v>
       </c>
-      <c r="F188" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H188" s="5" t="s">
+      <c r="L188" s="6" t="s">
         <v>1158</v>
       </c>
-      <c r="I188" s="5" t="s">
+      <c r="M188" s="5" t="s">
         <v>1159</v>
-      </c>
-[...10 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1164</v>
+        <v>1160</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>340</v>
+        <v>315</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1157</v>
-[...4 lines deleted...]
-        </is>
+        <v>1162</v>
+      </c>
+      <c r="F189" s="5" t="s">
+        <v>1163</v>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
+        <v>1164</v>
+      </c>
+      <c r="I189" s="5" t="s">
         <v>1165</v>
       </c>
-      <c r="I189" s="5" t="s">
+      <c r="J189" s="5" t="s">
         <v>1166</v>
       </c>
-      <c r="J189" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K189" s="5" t="s">
+      <c r="K189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L189" s="6" t="s">
         <v>1167</v>
       </c>
-      <c r="L189" s="6" t="s">
+      <c r="M189" s="5" t="s">
         <v>1168</v>
-      </c>
-[...1 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>713</v>
+        <v>315</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>1094</v>
-[...9 lines deleted...]
-        </is>
+        <v>1161</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>1171</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>1043</v>
+        <v>1174</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>1094</v>
+        <v>138</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>730</v>
+        <v>315</v>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>1043</v>
+        <v>1181</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>1094</v>
+        <v>340</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>730</v>
-[...7 lines deleted...]
-        <v>1183</v>
+        <v>1186</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="J192" s="5" t="s">
-        <v>1043</v>
+        <v>1190</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1186</v>
+        <v>1191</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1187</v>
+        <v>1192</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1188</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H193" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>1196</v>
+      </c>
+      <c r="J193" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...23 lines deleted...]
-      </c>
       <c r="K193" s="5" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1124</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1199</v>
-[...1 lines deleted...]
-      <c r="I194" s="5"/>
+        <v>1201</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1202</v>
+      </c>
       <c r="J194" s="5" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>16</v>
+        <v>1124</v>
       </c>
       <c r="D195" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="E195" s="5" t="s">
-        <v>17</v>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>16</v>
+        <v>1124</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>1124</v>
-[...7 lines deleted...]
-        </is>
+        <v>730</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F196" s="5" t="s">
+        <v>1213</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>138</v>
+        <v>1220</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>315</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>1191</v>
+        <v>1221</v>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1216</v>
+        <v>1222</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1217</v>
+        <v>1223</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>1218</v>
+        <v>1224</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>730</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>1224</v>
+        <v>17</v>
+      </c>
+      <c r="F198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1225</v>
-[...3 lines deleted...]
-      </c>
+        <v>1229</v>
+      </c>
+      <c r="I198" s="5"/>
       <c r="J198" s="5" t="s">
         <v>1035</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>1231</v>
+        <v>730</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>1191</v>
+        <v>17</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>1234</v>
+        <v>1035</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>1239</v>
+        <v>1154</v>
       </c>
       <c r="E200" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F200" s="5" t="s">
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="s">
         <v>1240</v>
       </c>
-      <c r="G200" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H200" s="5" t="s">
+      <c r="I200" s="5" t="s">
         <v>1241</v>
       </c>
-      <c r="I200" s="5" t="s">
+      <c r="J200" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K200" s="5" t="s">
         <v>1242</v>
       </c>
-      <c r="J200" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K200" s="5" t="s">
+      <c r="L200" s="6" t="s">
         <v>1243</v>
       </c>
-      <c r="L200" s="6" t="s">
+      <c r="M200" s="5" t="s">
         <v>1244</v>
-      </c>
-[...1 lines deleted...]
-        <v>1245</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1246</v>
+        <v>1245</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>835</v>
+        <v>138</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>730</v>
+        <v>315</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>17</v>
+        <v>1221</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I201" s="5" t="s">
         <v>1247</v>
       </c>
-      <c r="I201" s="5" t="s">
+      <c r="J201" s="5" t="s">
         <v>1248</v>
-      </c>
-[...1 lines deleted...]
-        <v>1043</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>1249</v>
       </c>
       <c r="L201" s="6" t="s">
         <v>1250</v>
       </c>
       <c r="M201" s="5" t="s">
         <v>1251</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1252</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1239</v>
+        <v>730</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>17</v>
+        <v>1253</v>
       </c>
       <c r="F202" s="5" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1043</v>
+        <v>1035</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1259</v>
+        <v>138</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>299</v>
+        <v>1261</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1260</v>
+        <v>1221</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>835</v>
+        <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="E204" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F204" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F204" s="5" t="s">
+        <v>1270</v>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>138</v>
+        <v>835</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>315</v>
+        <v>730</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>17</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
         <v>1277</v>
       </c>
       <c r="I205" s="5" t="s">
         <v>1278</v>
       </c>
       <c r="J205" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K205" s="5" t="s">
         <v>1279</v>
       </c>
-      <c r="K205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1280</v>
       </c>
-      <c r="L205" s="6" t="s">
+      <c r="M205" s="5" t="s">
         <v>1281</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1283</v>
+        <v>1282</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I206" s="5" t="s">
         <v>1284</v>
       </c>
-      <c r="D206" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E206" s="5" t="s">
+      <c r="J206" s="5" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K206" s="5" t="s">
         <v>1285</v>
       </c>
-      <c r="F206" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I206" s="5" t="s">
+      <c r="L206" s="6" t="s">
         <v>1286</v>
       </c>
-      <c r="J206" s="5" t="s">
+      <c r="M206" s="5" t="s">
         <v>1287</v>
-      </c>
-[...7 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1291</v>
+        <v>1288</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>16</v>
+        <v>1289</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1239</v>
+        <v>299</v>
       </c>
       <c r="E207" s="5" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I207" s="5" t="s">
         <v>1292</v>
       </c>
-      <c r="F207" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H207" s="5" t="s">
+      <c r="J207" s="5" t="s">
         <v>1293</v>
       </c>
-      <c r="I207" s="5" t="s">
+      <c r="K207" s="5" t="s">
         <v>1294</v>
       </c>
-      <c r="J207" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1295</v>
       </c>
-      <c r="L207" s="6" t="s">
+      <c r="M207" s="5" t="s">
         <v>1296</v>
-      </c>
-[...1 lines deleted...]
-        <v>1297</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1298</v>
+        <v>1297</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>138</v>
+        <v>835</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>315</v>
+        <v>1298</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>1275</v>
-[...2 lines deleted...]
-        <v>1276</v>
+        <v>17</v>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="I208" s="5" t="s">
         <v>1300</v>
       </c>
       <c r="J208" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K208" s="5" t="s">
         <v>1301</v>
       </c>
-      <c r="K208" s="5" t="s">
+      <c r="L208" s="6" t="s">
         <v>1302</v>
       </c>
-      <c r="L208" s="6" t="s">
+      <c r="M208" s="5" t="s">
         <v>1303</v>
-      </c>
-[...1 lines deleted...]
-        <v>1304</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1305</v>
+        <v>1304</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>138</v>
       </c>
       <c r="D209" s="5" t="s">
         <v>315</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1191</v>
+        <v>1305</v>
       </c>
       <c r="F209" s="5" t="s">
         <v>1306</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
         <v>1307</v>
       </c>
       <c r="I209" s="5" t="s">
         <v>1308</v>
       </c>
       <c r="J209" s="5" t="s">
         <v>1309</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>1310</v>
       </c>
       <c r="L209" s="6" t="s">
         <v>1311</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>1312</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
         <v>1313</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>16</v>
+        <v>1314</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>730</v>
+        <v>299</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>17</v>
+        <v>1315</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="s">
-        <v>1314</v>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1035</v>
+        <v>1317</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>138</v>
+        <v>1269</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="F211" s="5" t="s">
-        <v>1275</v>
+        <v>1270</v>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1323</v>
+        <v>1052</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>138</v>
       </c>
       <c r="D212" s="5" t="s">
         <v>315</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1275</v>
+        <v>1305</v>
       </c>
       <c r="F212" s="5" t="s">
-        <v>1276</v>
+        <v>1306</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1328</v>
-[...1 lines deleted...]
-      <c r="I212" s="5"/>
+        <v>1329</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>1330</v>
+      </c>
       <c r="J212" s="5" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1332</v>
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="5" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F213" s="5" t="s">
+        <v>1336</v>
+      </c>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H213" s="5" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J213" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="K213" s="5" t="s">
+        <v>1340</v>
+      </c>
+      <c r="L213" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="M213" s="5" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="5" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H214" s="5" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J214" s="5" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K214" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L214" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="M214" s="5" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="5" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H215" s="5" t="s">
+        <v>1351</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="J215" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="K215" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="L215" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M215" s="5" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="5" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E216" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="I216" s="5"/>
+      <c r="J216" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="K216" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>1362</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -18571,44 +19018,48 @@
     <hyperlink ref="M188" r:id="rId193"/>
     <hyperlink ref="M189" r:id="rId194"/>
     <hyperlink ref="M190" r:id="rId195"/>
     <hyperlink ref="M191" r:id="rId196"/>
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
+    <hyperlink ref="M213" r:id="rId218"/>
+    <hyperlink ref="M214" r:id="rId219"/>
+    <hyperlink ref="M215" r:id="rId220"/>
+    <hyperlink ref="M216" r:id="rId221"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>