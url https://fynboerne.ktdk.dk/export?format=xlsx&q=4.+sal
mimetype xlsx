--- v1 (2025-11-23)
+++ v2 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2078" uniqueCount="1363" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2090" uniqueCount="1371" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4764,50 +4764,102 @@
     <t>Dorthea Birkholm
 Peter Fenger Just
 Grete Jensen, f. Hansen
 Joakim  Skovgaard</t>
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Elise takker for sidst, der var rart i Faaborg. Fenger-Just har været med en fætter og se på billeder, han har fået fire med hjem at vælge imellem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4GCH</t>
   </si>
   <si>
     <t>13-2-17
 Kære Per!
 Tak for sidst! der var rart ovre i Faaborg. Jeg kom hjem med en lille Times Forsinkelse. Det var mærkeligt at se Bæltet aldeles isfrit, kun ovre ved Korsør Havn laa Isen sammenpakket, og vi gik langsomt igennem efter Bryderen. de har det godt, her hjemme. vi gik i Søndags ud paa Isen ved Kalvebodstrand, der var Skøjteløbere og udmærket Is, den er jo ellers l[xxxx] nu og kan hurtigt bryde op. Kom du ud og male Aalestangere?
 Fenger-Just var her i Søndags sammen med en Fætter, der var mange Billeder, han var glad for men han faar nu 4 hjem at vælge imellem nemlig: et af de jydske, det med den høje Luft, Marinen fra Skovkrogen, Bakken med Raklerne og det sidste, som jeg havde med. Det vil jeg nu ikke haabe, at han vælger han talte ikke om noget Pengespørgsmål, men gik sikkert ud fra, at et af Billederne havde vi ment han skulde have og jeg kunde ikke faa det frem. Jeg fik ham jo til at se paa Grethes Vand og han sagde, at det var jo ikke helt klart, men en Del var Salte, og det gaar sikkert fuldstændig over; hun ser ogsaa rask ud, og taaler godt at gaa i Skole.
 Fi[xxxxx] har været her i Dag med Hilsen fra Jolles, de har det godt og var henrykte for Spækket; "det var et dejligt Stykke Spæk", sagde han, "jeg spise ogsaa deraf. Han bor i Berlin og af ham faar de 4 ℔ Smør om Maaneden, det er dog noget. Skovgaard.Udstillingen slutter vist snart, saa du maa komme til Søndag, om du vil se den. Vil du ikke sende mig de 4 smaa røde Emailleknapper som sidder i en Trøje af Getes, den er vist i det store Skab.
 Frk Birkholm har faaet Tunisbrevene.
 Mange kærlige Hilsner fra os alle.
 Din</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-16</t>
   </si>
   <si>
     <t>København
 4</t>
   </si>
   <si>
     <t>Else -
 Olaf Brahm
 Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Margaretha Bøttern
 Victor Bøttern
 Grete Hammeleff
 Grethe Jungstedt
 Kurt Jungstedt
 Pauline L
 Alhed Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Johannes Madsen
 Ellen  Sawyer
 - Svendsen, Fru
 Leo Swane
@@ -6643,76 +6695,77 @@
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
@@ -8972,59 +9025,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M216"/>
+  <dimension ref="A1:M217"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -13409,5443 +13462,5486 @@
       <c r="H99" s="5" t="s">
         <v>715</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
         <v>716</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>50</v>
+        <v>315</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>315</v>
+        <v>138</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>17</v>
+        <v>721</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>721</v>
+        <v>316</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>722</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>723</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>724</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>725</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>726</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>728</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F101" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="D101" s="5" t="s">
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="E101" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="J101" s="5" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>733</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>734</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>736</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>737</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>33</v>
+        <v>738</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>18</v>
+        <v>616</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H102" s="5" t="s">
+        <v>739</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>739</v>
+        <v>741</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>742</v>
+        <v>744</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="D103" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D103" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E103" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-[...3 lines deleted...]
-        <v>745</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I103" s="5" t="s">
         <v>746</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>747</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>748</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>750</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>340</v>
+        <v>33</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>496</v>
-[...1 lines deleted...]
-      <c r="E104" s="5" t="s">
         <v>751</v>
       </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G104" s="5" t="s">
+        <v>752</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>468</v>
+        <v>172</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>340</v>
       </c>
       <c r="D105" s="5" t="s">
         <v>496</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>468</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>340</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>765</v>
-[...5 lines deleted...]
-        </is>
+        <v>767</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>468</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>767</v>
-[...1 lines deleted...]
-      <c r="M106" s="5"/>
+        <v>770</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>771</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>769</v>
-[...11 lines deleted...]
-        <v>770</v>
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>771</v>
-[...5 lines deleted...]
-        <v>172</v>
+        <v>773</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="M107" s="5" t="s">
         <v>775</v>
       </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>776</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>601</v>
+        <v>777</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="E108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E108" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G108" s="5" t="s">
+        <v>778</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>779</v>
+        <v>172</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>16</v>
+        <v>601</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      <c r="G109" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="H109" s="5" t="s">
+      <c r="I109" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="I109" s="5" t="s">
+      <c r="J109" s="5" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>788</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>789</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>791</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D110" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>792</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G110" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="J110" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>793</v>
-[...1 lines deleted...]
-      <c r="M110" s="5"/>
+        <v>797</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>798</v>
+      </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>601</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="s">
-[...6 lines deleted...]
-        <v>172</v>
+      <c r="H111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>799</v>
-[...3 lines deleted...]
-      </c>
+        <v>801</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
+        <v>601</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>496</v>
+        <v>299</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>802</v>
+        <v>803</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>22</v>
+        <v>172</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>299</v>
+        <v>496</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F113" s="5" t="s">
-        <v>18</v>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G113" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D114" s="5" t="inlineStr">
-[...33 lines deleted...]
-        </is>
+      <c r="D114" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>820</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>816</v>
-[...1 lines deleted...]
-      <c r="M114" s="5"/>
+        <v>821</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>822</v>
+      </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L115" s="6" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="M115" s="5"/>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>820</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G116" s="5" t="s">
-[...12 lines deleted...]
-        <v>825</v>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I116" s="5"/>
+      <c r="J116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L116" s="6" t="s">
         <v>826</v>
       </c>
-      <c r="M116" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M116" s="5"/>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>668</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="s">
         <v>829</v>
       </c>
       <c r="H117" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="I117" s="5"/>
+      <c r="I117" s="5" t="s">
+        <v>831</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>299</v>
+        <v>828</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>835</v>
+        <v>668</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>836</v>
+        <v>17</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="s">
         <v>837</v>
       </c>
       <c r="H118" s="5" t="s">
         <v>838</v>
       </c>
-      <c r="I118" s="5" t="s">
+      <c r="I118" s="5"/>
+      <c r="J118" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="K118" s="5" t="s">
         <v>839</v>
       </c>
-      <c r="J118" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>840</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>841</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D119" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E119" s="5" t="s">
+        <v>844</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G119" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="M119" s="5"/>
+        <v>849</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>850</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I120" s="5"/>
       <c r="J120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K120" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I121" s="5"/>
       <c r="J121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K121" s="5" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D122" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-[...9 lines deleted...]
-        <v>172</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K122" s="5" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>856</v>
-[...3 lines deleted...]
-      </c>
+        <v>858</v>
+      </c>
+      <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>33</v>
+        <v>843</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>859</v>
-[...1 lines deleted...]
-      <c r="F123" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="G123" s="5" t="s">
+      <c r="H123" s="5" t="s">
         <v>861</v>
       </c>
-      <c r="H123" s="5" t="s">
+      <c r="I123" s="5" t="s">
         <v>862</v>
-      </c>
-[...1 lines deleted...]
-        <v>863</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K123" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="L123" s="6" t="s">
         <v>864</v>
       </c>
-      <c r="L123" s="6" t="s">
+      <c r="M123" s="5" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>867</v>
+        <v>866</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="F124" s="5" t="s">
         <v>868</v>
       </c>
-      <c r="D124" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E124" s="5" t="s">
+      <c r="G124" s="5" t="s">
         <v>869</v>
       </c>
-      <c r="F124" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G124" s="5" t="s">
+      <c r="H124" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="H124" s="5" t="s">
+      <c r="I124" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K124" s="5" t="s">
         <v>872</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>873</v>
       </c>
-      <c r="L124" s="6" t="s">
+      <c r="M124" s="5" t="s">
         <v>874</v>
-      </c>
-[...1 lines deleted...]
-        <v>875</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>876</v>
+        <v>875</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>33</v>
+        <v>876</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>835</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="I125" s="5" t="s">
         <v>879</v>
       </c>
+      <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>172</v>
+        <v>880</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>843</v>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G126" s="5" t="s">
+        <v>885</v>
       </c>
       <c r="H126" s="5" t="s">
-        <v>884</v>
-[...10 lines deleted...]
-        </is>
+        <v>886</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="J126" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>888</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="M126" s="5"/>
+        <v>889</v>
+      </c>
+      <c r="M126" s="5" t="s">
+        <v>890</v>
+      </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="I127" s="5"/>
       <c r="J127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L127" s="6" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="M127" s="5"/>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="I128" s="5"/>
       <c r="J128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L128" s="6" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="I129" s="5"/>
       <c r="J129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L129" s="6" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L130" s="6" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="6" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="6" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="6" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="6" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="6" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="6" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="6" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="6" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="6" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="6" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="6" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="6" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="6" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="6" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="6" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="I147" s="5"/>
       <c r="J147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="6" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="6" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="M148" s="5"/>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="6" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="6" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="M150" s="5"/>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="6" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="6" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="6" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="6" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="6" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="6" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="6" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
       <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>979</v>
+        <v>984</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>980</v>
+        <v>985</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="6" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>982</v>
+        <v>988</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>983</v>
+        <v>989</v>
       </c>
       <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="6" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>987</v>
+        <v>992</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>988</v>
+        <v>993</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="6" t="s">
-        <v>989</v>
+        <v>994</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>990</v>
+        <v>995</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>991</v>
+        <v>996</v>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="6" t="s">
-        <v>992</v>
+        <v>997</v>
       </c>
       <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="6" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>14</v>
+        <v>324</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D165" s="5" t="s">
-[...3 lines deleted...]
-        <v>997</v>
+      <c r="D165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="s">
-        <v>998</v>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>999</v>
-[...8 lines deleted...]
-        <v>1001</v>
+        <v>1002</v>
+      </c>
+      <c r="I165" s="5"/>
+      <c r="J165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="M165" s="5" t="s">
         <v>1003</v>
       </c>
+      <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
         <v>1004</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E166" s="5" t="s">
         <v>1005</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E166" s="5" t="s">
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="s">
         <v>1006</v>
       </c>
-      <c r="F166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G166" s="5" t="s">
+      <c r="H166" s="5" t="s">
         <v>1007</v>
       </c>
-      <c r="H166" s="5" t="s">
+      <c r="I166" s="5" t="s">
         <v>1008</v>
       </c>
-      <c r="I166" s="5" t="s">
+      <c r="J166" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K166" s="5" t="s">
         <v>1009</v>
       </c>
-      <c r="J166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K166" s="5" t="s">
+      <c r="L166" s="6" t="s">
         <v>1010</v>
       </c>
-      <c r="L166" s="6" t="s">
+      <c r="M166" s="5" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1013</v>
+        <v>1012</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="E167" s="5" t="s">
         <v>1014</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F167" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>1015</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="I167" s="5"/>
+        <v>1016</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1017</v>
+      </c>
       <c r="J167" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1022</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="I168" s="5"/>
-      <c r="J168" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J168" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1022</v>
-[...1 lines deleted...]
-      <c r="M168" s="5"/>
+        <v>1025</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>1026</v>
+      </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1021</v>
+        <v>1029</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>324</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="I170" s="5"/>
       <c r="J170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="M170" s="5"/>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>591</v>
+        <v>324</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>835</v>
-[...8 lines deleted...]
-        <v>1032</v>
+        <v>16</v>
+      </c>
+      <c r="D171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1033</v>
-[...4 lines deleted...]
-      <c r="J171" s="5" t="s">
         <v>1035</v>
+      </c>
+      <c r="I171" s="5"/>
+      <c r="J171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K171" s="5" t="s">
         <v>1036</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1037</v>
       </c>
-      <c r="M171" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M171" s="5"/>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1039</v>
+        <v>1038</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>591</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>714</v>
+        <v>843</v>
       </c>
       <c r="D172" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F172" s="5" t="s">
         <v>1040</v>
       </c>
-      <c r="E172" s="5" t="s">
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
         <v>1041</v>
       </c>
-      <c r="F172" s="5" t="s">
+      <c r="I172" s="5" t="s">
         <v>1042</v>
       </c>
-      <c r="G172" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H172" s="5" t="s">
+      <c r="J172" s="5" t="s">
         <v>1043</v>
       </c>
-      <c r="I172" s="5" t="s">
+      <c r="K172" s="5" t="s">
         <v>1044</v>
       </c>
-      <c r="J172" s="5" t="s">
+      <c r="L172" s="6" t="s">
         <v>1045</v>
       </c>
-      <c r="K172" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L172" s="6" t="s">
+      <c r="M172" s="5" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B173" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="C173" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="D173" s="5" t="s">
         <v>1048</v>
       </c>
-      <c r="B173" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D173" s="5" t="s">
+      <c r="E173" s="5" t="s">
         <v>1049</v>
       </c>
-      <c r="E173" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F173" s="5" t="s">
+        <v>1050</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>1052</v>
-[...1 lines deleted...]
-      <c r="K173" s="5" t="s">
         <v>1053</v>
+      </c>
+      <c r="K173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L173" s="6" t="s">
         <v>1054</v>
       </c>
       <c r="M173" s="5" t="s">
         <v>1055</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
         <v>1056</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>110</v>
+        <v>16</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>668</v>
-[...4 lines deleted...]
-        </is>
+        <v>1057</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>668</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>1071</v>
+        <v>110</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>668</v>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="s">
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
         <v>1072</v>
       </c>
-      <c r="H176" s="5" t="s">
+      <c r="I176" s="5" t="s">
         <v>1073</v>
       </c>
-      <c r="I176" s="5" t="s">
+      <c r="J176" s="5" t="s">
         <v>1074</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>1075</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>1076</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>1077</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
         <v>1078</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>1079</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1080</v>
+        <v>18</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="s">
         <v>1080</v>
       </c>
       <c r="H177" s="5" t="s">
         <v>1081</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1082</v>
       </c>
       <c r="J177" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1083</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1084</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1086</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>1087</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>18</v>
+        <v>1088</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="s">
         <v>1088</v>
       </c>
       <c r="H178" s="5" t="s">
         <v>1089</v>
       </c>
       <c r="I178" s="5" t="s">
         <v>1090</v>
       </c>
       <c r="J178" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K178" s="5" t="s">
         <v>1091</v>
       </c>
       <c r="L178" s="6" t="s">
         <v>1092</v>
       </c>
       <c r="M178" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
         <v>1094</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>110</v>
+        <v>1095</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>668</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G179" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>1097</v>
+        <v>172</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>138</v>
+        <v>110</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>315</v>
-[...5 lines deleted...]
-        <v>1102</v>
+        <v>668</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
         <v>1103</v>
       </c>
       <c r="I180" s="5" t="s">
         <v>1104</v>
       </c>
       <c r="J180" s="5" t="s">
         <v>1105</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1106</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1107</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1108</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1109</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>835</v>
+        <v>315</v>
       </c>
       <c r="E181" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F181" s="5" t="s">
         <v>1110</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
         <v>1111</v>
       </c>
       <c r="I181" s="5" t="s">
         <v>1112</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1035</v>
+        <v>1113</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
       <c r="E182" s="5" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>713</v>
+        <v>16</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1124</v>
-[...4 lines deleted...]
-        </is>
+        <v>843</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>1125</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>1052</v>
+        <v>1043</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>713</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>713</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H185" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H185" s="5" t="s">
+        <v>1139</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1140</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>730</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1132</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="s">
-        <v>1142</v>
+      <c r="H186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1035</v>
+        <v>1060</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>713</v>
+        <v>16</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>1124</v>
-[...4 lines deleted...]
-        </is>
+        <v>738</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1052</v>
+        <v>1043</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>16</v>
+        <v>713</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1154</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1132</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>1035</v>
+        <v>1060</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1162</v>
-[...1 lines deleted...]
-      <c r="F189" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="s">
         <v>1163</v>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H189" s="5" t="s">
+      <c r="I189" s="5" t="s">
         <v>1164</v>
       </c>
-      <c r="I189" s="5" t="s">
+      <c r="J189" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K189" s="5" t="s">
         <v>1165</v>
       </c>
-      <c r="J189" s="5" t="s">
+      <c r="L189" s="6" t="s">
         <v>1166</v>
       </c>
-      <c r="K189" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L189" s="6" t="s">
+      <c r="M189" s="5" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1169</v>
+        <v>1168</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
         <v>315</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>1161</v>
+        <v>1169</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>1170</v>
       </c>
       <c r="F190" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
         <v>1172</v>
       </c>
       <c r="I190" s="5" t="s">
         <v>1173</v>
       </c>
       <c r="J190" s="5" t="s">
         <v>1174</v>
       </c>
-      <c r="K190" s="5" t="s">
+      <c r="K190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L190" s="6" t="s">
         <v>1175</v>
       </c>
-      <c r="L190" s="6" t="s">
+      <c r="M190" s="5" t="s">
         <v>1176</v>
-      </c>
-[...1 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1178</v>
+        <v>1177</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>138</v>
+        <v>315</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>315</v>
-[...9 lines deleted...]
-        </is>
+        <v>1169</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F191" s="5" t="s">
+        <v>1179</v>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>340</v>
+        <v>138</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>1186</v>
-[...1 lines deleted...]
-      <c r="E192" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H192" s="5" t="s">
         <v>1187</v>
       </c>
-      <c r="F192" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H192" s="5" t="s">
+      <c r="I192" s="5" t="s">
         <v>1188</v>
       </c>
-      <c r="I192" s="5" t="s">
+      <c r="J192" s="5" t="s">
         <v>1189</v>
       </c>
-      <c r="J192" s="5" t="s">
+      <c r="K192" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="K192" s="5" t="s">
+      <c r="L192" s="6" t="s">
         <v>1191</v>
       </c>
-      <c r="L192" s="6" t="s">
+      <c r="M192" s="5" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>340</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>1186</v>
+        <v>1194</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>1187</v>
+        <v>1195</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>1190</v>
+        <v>1198</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>713</v>
+        <v>340</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1124</v>
-[...4 lines deleted...]
-        </is>
+        <v>1194</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>1195</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>1052</v>
+        <v>1198</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1124</v>
+        <v>713</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>730</v>
+        <v>1132</v>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F196" s="5" t="s">
-        <v>1213</v>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1220</v>
+        <v>1132</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="E197" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F197" s="5" t="s">
         <v>1221</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
         <v>1222</v>
       </c>
       <c r="I197" s="5" t="s">
         <v>1223</v>
       </c>
       <c r="J197" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K197" s="5" t="s">
         <v>1224</v>
       </c>
-      <c r="K197" s="5" t="s">
+      <c r="L197" s="6" t="s">
         <v>1225</v>
       </c>
-      <c r="L197" s="6" t="s">
+      <c r="M197" s="5" t="s">
         <v>1226</v>
-      </c>
-[...1 lines deleted...]
-        <v>1227</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1228</v>
+        <v>1227</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>16</v>
+        <v>1228</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>730</v>
+        <v>315</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>17</v>
+        <v>1229</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1229</v>
-[...1 lines deleted...]
-      <c r="I198" s="5"/>
+        <v>1230</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1231</v>
+      </c>
       <c r="J198" s="5" t="s">
-        <v>1035</v>
+        <v>1232</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="E199" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1234</v>
-[...3 lines deleted...]
-      </c>
+        <v>1237</v>
+      </c>
+      <c r="I199" s="5"/>
       <c r="J199" s="5" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>1154</v>
+        <v>738</v>
       </c>
       <c r="E200" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1035</v>
+        <v>1043</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>315</v>
+        <v>1162</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1221</v>
+        <v>17</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1248</v>
+        <v>1043</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>730</v>
+        <v>315</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1253</v>
-[...1 lines deleted...]
-      <c r="F202" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H202" s="5" t="s">
         <v>1254</v>
       </c>
-      <c r="G202" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H202" s="5" t="s">
+      <c r="I202" s="5" t="s">
         <v>1255</v>
       </c>
-      <c r="I202" s="5" t="s">
+      <c r="J202" s="5" t="s">
         <v>1256</v>
-      </c>
-[...1 lines deleted...]
-        <v>1035</v>
       </c>
       <c r="K202" s="5" t="s">
         <v>1257</v>
       </c>
       <c r="L202" s="6" t="s">
         <v>1258</v>
       </c>
       <c r="M202" s="5" t="s">
         <v>1259</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
         <v>1260</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D203" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="E203" s="5" t="s">
         <v>1261</v>
       </c>
-      <c r="E203" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F203" s="5" t="s">
+        <v>1262</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1264</v>
+        <v>1043</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>1265</v>
       </c>
       <c r="L203" s="6" t="s">
         <v>1266</v>
       </c>
       <c r="M203" s="5" t="s">
         <v>1267</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
         <v>1268</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>1269</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F204" s="5" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
         <v>1270</v>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H204" s="5" t="s">
+      <c r="I204" s="5" t="s">
         <v>1271</v>
       </c>
-      <c r="I204" s="5" t="s">
+      <c r="J204" s="5" t="s">
         <v>1272</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
       <c r="K204" s="5" t="s">
         <v>1273</v>
       </c>
       <c r="L204" s="6" t="s">
         <v>1274</v>
       </c>
       <c r="M204" s="5" t="s">
         <v>1275</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
         <v>1276</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>835</v>
+        <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>730</v>
+        <v>1277</v>
       </c>
       <c r="E205" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F205" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F205" s="5" t="s">
+        <v>1278</v>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>16</v>
+        <v>843</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1269</v>
+        <v>738</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F206" s="5" t="s">
-        <v>1270</v>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1289</v>
+        <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>299</v>
+        <v>1277</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1290</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F207" s="5" t="s">
+        <v>1278</v>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
         <v>1291</v>
       </c>
       <c r="I207" s="5" t="s">
         <v>1292</v>
       </c>
       <c r="J207" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K207" s="5" t="s">
         <v>1293</v>
       </c>
-      <c r="K207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1294</v>
       </c>
-      <c r="L207" s="6" t="s">
+      <c r="M207" s="5" t="s">
         <v>1295</v>
-      </c>
-[...1 lines deleted...]
-        <v>1296</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>835</v>
+        <v>1297</v>
       </c>
       <c r="D208" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E208" s="5" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="I208" s="5" t="s">
         <v>1300</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1035</v>
+        <v>1301</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>138</v>
+        <v>843</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>315</v>
+        <v>1306</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1305</v>
-[...2 lines deleted...]
-        <v>1306</v>
+        <v>17</v>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
         <v>1307</v>
       </c>
       <c r="I209" s="5" t="s">
         <v>1308</v>
       </c>
       <c r="J209" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K209" s="5" t="s">
         <v>1309</v>
       </c>
-      <c r="K209" s="5" t="s">
+      <c r="L209" s="6" t="s">
         <v>1310</v>
       </c>
-      <c r="L209" s="6" t="s">
+      <c r="M209" s="5" t="s">
         <v>1311</v>
-      </c>
-[...1 lines deleted...]
-        <v>1312</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F210" s="5" t="s">
         <v>1314</v>
       </c>
-      <c r="D210" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E210" s="5" t="s">
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
         <v>1315</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="I210" s="5" t="s">
         <v>1316</v>
       </c>
       <c r="J210" s="5" t="s">
         <v>1317</v>
       </c>
       <c r="K210" s="5" t="s">
         <v>1318</v>
       </c>
       <c r="L210" s="6" t="s">
         <v>1319</v>
       </c>
       <c r="M210" s="5" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
         <v>1321</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>16</v>
+        <v>1322</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>1269</v>
+        <v>299</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1322</v>
-[...2 lines deleted...]
-        <v>1270</v>
+        <v>1323</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="s">
-        <v>1323</v>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I211" s="5" t="s">
         <v>1324</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1052</v>
+        <v>1325</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>315</v>
+        <v>1277</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1305</v>
+        <v>1330</v>
       </c>
       <c r="F212" s="5" t="s">
-        <v>1306</v>
+        <v>1278</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1331</v>
+        <v>1060</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>138</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>315</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1221</v>
+        <v>1313</v>
       </c>
       <c r="F213" s="5" t="s">
-        <v>1336</v>
+        <v>1314</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
         <v>1337</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>1338</v>
       </c>
       <c r="J213" s="5" t="s">
         <v>1339</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>1340</v>
       </c>
       <c r="L213" s="6" t="s">
         <v>1341</v>
       </c>
       <c r="M213" s="5" t="s">
         <v>1342</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
         <v>1343</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>730</v>
+        <v>315</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1229</v>
+      </c>
+      <c r="F214" s="5" t="s">
+        <v>1344</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1035</v>
+        <v>1347</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>138</v>
+        <v>738</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>1350</v>
-[...2 lines deleted...]
-        <v>1305</v>
+        <v>17</v>
+      </c>
+      <c r="F215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1353</v>
+        <v>1043</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>1354</v>
       </c>
       <c r="L215" s="6" t="s">
         <v>1355</v>
       </c>
       <c r="M215" s="5" t="s">
         <v>1356</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
         <v>1357</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="D216" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="D216" s="5" t="s">
+      <c r="E216" s="5" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" s="5" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="J216" s="5" t="s">
+        <v>1361</v>
+      </c>
+      <c r="K216" s="5" t="s">
+        <v>1362</v>
+      </c>
+      <c r="L216" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="M216" s="5" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D217" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="E216" s="5" t="s">
-[...24 lines deleted...]
-        <v>1362</v>
+      <c r="E217" s="5" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1314</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H217" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="I217" s="5"/>
+      <c r="J217" s="5" t="s">
+        <v>1367</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="L217" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>1370</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -19022,44 +19118,45 @@
     <hyperlink ref="M192" r:id="rId197"/>
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
+    <hyperlink ref="M217" r:id="rId222"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>