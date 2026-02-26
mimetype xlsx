--- v2 (2026-01-12)
+++ v3 (2026-02-26)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2090" uniqueCount="1371" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2145" uniqueCount="1410" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1913,50 +1913,152 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0423</t>
   </si>
   <si>
     <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
 Fru Hirschsprung har været syg. Johanne har været til koncert.
 Wilhelmine Berg/Tante Mis skal måske opereres. 
 Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
 Alhed kommer nok på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s0cD</t>
   </si>
   <si>
     <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
 Kære Mor
 Jeg har det stadig godt. 
 Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
 Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
 Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
 Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
 Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
 Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
 [Skrevet øverst på s 1:]
 Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
 Hils alle fra Junge.</t>
+  </si>
+  <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-09-28</t>
   </si>
   <si>
     <t>Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Christine Swane</t>
   </si>
   <si>
     <t>Båxhult
 Kerteminde</t>
   </si>
   <si>
     <t>Dorthe -
 Ida -
 Jenny -
 Johanne -
 Line -
 Marius -
 Rasmine -
 Fr. Andersen
@@ -2393,50 +2495,111 @@
     <t>Franziska  Erichsen
 Andreas Larsen
 Johan Larsen
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Kvindernes Køkken åbnede i 1899 på Vimmelskaftet 36, 2. sal i København med det formål, at udearbejdende kvinder kunne få billige måltider i løbet af dagen. Initiativtager var bl.a. Emma Gad. Et eventuelt overskud gik til godgørende formål.</t>
   </si>
   <si>
     <t>Johannes Larsen har kun kunnet male en dag p.gr.a. regn. Han har spist i Kvindernes Køkken.
 Larsen har dårlig samvittighed over, at Alhed går alene hjemme med det hele.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ad8b</t>
   </si>
   <si>
     <t>Kjøbenhavn 24 . 4 – 1903.
 Kære lille Alhed!
 Det er snart til at fortvivle over det Vejr, i Dag ingen Regn, nu har vi Fredag overstaaet og kun en Dag har jeg kunnet male i denne Uge, det gør mig ondt for Billedet for jeg begynder at tro [at der] virkeligt kunne være bleven [noget af papiret mangler] Billede udaf det, og det er ikke [saa meget ] der mangler, i Dag var jeg derude til kl. 4 ½. Kl. mellem 2 og 3 blev det nogenlunde Tørrevejr og jeg studerede saa paa det Resten af Tiden, men det gør jo ikke stor Forskel paa det. Jeg har spist med Schous i Dag i Kvindernes Køkken og bag efter var vi henne at besøge Franziska som gav et Par Cognacer og Cigar. Schous beder mig hilse. Uglen var med ude at se paa Billedet i Dag men det ved Du jo naar du faar dette, jeg er glad ved at hun kommer derover, jeg gaar og har saadan en forfærdelig daarlig Samvittighed fordi Du er derovre alene. Det glædede mig meget at du skrev at Du spiser ordentlig Middagsmad, bare Du gjorde det [noget af papiret mangler], men det gør Du vel ikke. J[eg var for]færdelig glad ved at faa Brev fra Dig, for jeg holder forfærdelig meget af Dig og tænker umaadeligt meget paa Dig. Jeg har skrevet til Forældrene nu. Ja nu vil jeg slutte med mange kærlige Hilsner til dig, Puf og Lyssemanden.
 Din
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
     <t>1904-10-25</t>
   </si>
   <si>
     <t>København
 Rosenvej 2</t>
   </si>
   <si>
     <t>USA
 Mass.
 54 Coolidge Str.</t>
   </si>
   <si>
     <t>Drucker &amp; Søn
 Alfred Goldschmidt
 Henriette Goldschmidt
 Herman Levin
 William Mackie
 Carl Salomonsen
 Ellen  Sawyer
 Laura Warberg
 Mary Ward</t>
   </si>
   <si>
     <t>Det kan ikke med sikkerhed afgøres, hvem Gustav Philipsen, Pontoppidan, Dr. Ussing og Jens Bush var. Det vides ikke, hvorfor der står "Coppel" i en af tilføjelserne. 
 BISSEN lampen er en danskdesignet og -produceret lampe, der er håndlavet efter gamle, klassiske, danske håndværkstraditioner. Lampen er fra 1970erne designet af Asger Bay Christiansen – kendt som asger bc – og er et produkt af høj kvalitet (Kilde: Danskligthning.dk).</t>
@@ -2469,50 +2632,97 @@
 Rosenvej 2 
 København
 (Denmark.)
 [Poststempler]
 [I brevet:]
 Rosenvej 2 III Ø.
 Tirsd. d 25 Okt – Nat.
 Kære lille Junge! I Dag er jeg nok kommen en Dag bagefter med at skrive; jeg var ellers bleven sat til Rette i Aftes med Pen og Papir og det hele – i en dejlig varm og hyggelig Stue – men så faldt jeg i Søvn og sov i hele 2 Timer – og da jeg så vågnede – gik jeg i Seng. Det var også bleven et kedeligt Brev – jeg var i trist Humør, fordi Alfred var rejst til Malmø om Morgenen for at blive hele denne Uge. Det sker jo ofte i denne Tid, men jeg er gerne lidt trist ved det, før jeg får mig vænnet til Ensomheden. Det er en ganske egen Sag, når man er gift, Junge, da at skulle undvære den, man er gift med; det er ligesom et Stykke af en selv, der var er [”var” overstreget; ”er” indsat over linjen] borte; Livets mange små oplivende Dagligheder taber så meget i Værdi, når man skal gå og nyde dem helt alene.
 Men lad mig dog fortælle Dig det sidste nye i vor lille (lidt for lille) Familie – hvis ikke Mors Breve allerede har fortalt Jer det, så det ikke er nyt længere; Alfred har fået en meget betroet Stilling i Druckers Forretning ovre i Malmø; nemlig som Direktør på deres store Pelsvarefabrik – eller Bestyrer, som Alfred helst siger. (Direktør lyder så pretenciøst (hvordan mon det staves?)) 
 Dette er selvfølgelig en stor Forandring i mange Måder. 
 Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
 Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
 Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
 Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
 --------------- Men det kan ikke længere more Dig at høre på. 
 Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
 Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
 [Skrevet på hovedet øverst side 1:]
 Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
 [Skrevet på hovedet øverst på side 4:]
 ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
 [Skrevet på hovedet nederst på s2-s3:]
 Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
 [Skrevet på hovedet øverst på s2-s3:]
 P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
+  </si>
+  <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>5.-6. marts</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan No 19 4.</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Thora  Branner
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Hornung &amp; Møller
 Enoch Ingers
 Christine  Mackie
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne og Astrids storesøster, Christine/Mornine, boede sammen med sin amerikanske mand på 54 Coolidge Str. i Brookline, Mass., USA. 
 Astrid og Alfred Goldschmidt flyttede i 1905 til Malmø, da han af sit firma der blev tilbudt en højere stilling, end den han havde i København.
 Johanne og Astrids søster, Thora/Tutte, ventede barn.</t>
@@ -7347,50 +7557,115 @@
   </si>
   <si>
     <t>Det er godt, at lille Jens' mave fungerer, som den skal. Pies dreng har vrøvl med maven.
 Elisa Hansen skal holde familiemiddag.
 Marie/Kylle Neckelmann tør ikke skyde kanonen af.
 Elisabeth/Lis Neckelmann tømmer Gretes butik, som hun lukker permanent 1. februar. Der er solgt en del og taget noget fra til gaver og til eget brug. Ottesen burde have hjulpet til, men han er en underligt svævende mand. Elisabeth har brugt tid på projektet, og hun skal nu koncentrere sig om sin udstilling.
 Elisa Hansen og døtrene har købt en støvsuger.
 I radioen har der været dejlig musik. Elisa spørger, om Johan/Lysse mon kommer med hendes bil.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8fxw</t>
   </si>
   <si>
     <t>Kæreste Bams
 Det var saadan et fornøjeligt Brev, jeg sidst fik fra dig, og det er en stor Skam, jeg har ventet saa længe med at skrive Jeg var saa glad for at høre lidt om lille Jensen. Nu begynder han rigtig at udfolde sig, det var mig en stor Beroligelse at høre, at hans Mave fungerer tilfredsstillende. Pie har saa meget Vrøvl med sin lille Dreng, hun maa skiftevis give ham Parafin og amerikansk Olie, hans Afføring er ikke saa køn, som den skulde være og han græder meget. Nogle Dage har hun rigelig Mælk til ham og andre alt for lidt, der gaar mange Telefonsamtaler til Niels E. Louise er [ulæseligt ord] hertil paa Søndag, saa skal hun en Omgang først til Pie, saa til Gerda, hvor N.E. henter hende og tager hende med til Næstved. Jeg vil se og samle mig sammen til at faa hende bedt paa Torsdag sammen med nogle andre Familiemedlemmer som Ida, Kai Monna og nogle flere saa vi bliver 12. Vi kan saa spise i Kylles Stue. Jeg er skam glad for, at Peter tænker paa at faa Huset færdigt, men jeg skal sige fra Kylle, at han faar hende ikke til at skyde Kanonen af, det tør hun ikke. 
 Lis har travlt i denne Tid, nu er det jo snart Slut med Gretes Butik, den 1ste holder de op. Det er gaaet helt godt med Salget, der er næsten ikke mere Keramik tilbage. Vi har søgt ud til en Gave til Knud og saa er der nogle af Gretes Venner, som skal have en lille Erindring. Staalmøblerne er der ikke solgt noget videre af. Lis vil tømme sin lille forreste Stue og huse dem. Maaske der efterhaanden kan sælges noget sætter man dem paa Auktion faar man intet for dem og det kan ikke nytte at lade OT sælge dem saa faar man aldrig Afregning paa dem. Han er jo saa underlig svævende og uforstaaelig. Han kunde jo godt have hjulpet Lis lidt, men "med den Mand kan man ikke have Forretning." Engang om Ugen kommer han her og spiller Bridge og taler om sociale Problemer og er rigtig hyggelig, men ud over det er der ingen Tlknytning, men jeg tror han er glad for at komme her, han gaar vist saa løjerlig og dingler rundt. Det er nu godt at Lis snart kan blive færdig, det tager meget af hendes Tid at passe det, og nu skulde hun jo tænke paa sine Billeder til Udstillingen. Kylle vil have et Toiletbord, Staalmøbel - og se at sælge det franske, som hun har. Det nye ser nemlig ikke saa meget ud som Sovekammermøbel, og jeg har tænkt, du skulde have det andet Toiletbord, det vilde se pænt ud i jeres Soveværelse.
 Vi har idag anskaffet os en Støvsuger en Elektrolux. Der kom igaar en Mand og demonstrerede den, og da vi saa al det Støv, der kom ud af vore nybankede Tæpper, kunde vi ikke modstaa.
 Vi har dejlig mildt Vejr, en Del Regn men ogsaa Solskin af og til, og saa har vi Stuerne varmet gratis op.
 I hører vel Radio engang imellem. For nogen Tid siden hørte vi Bachs Fuga, jeres gamle Plade - og saa har vi hørt Gigli i Rom og Seipa i Milano, det var pragtfuldt navnlig en Sopran med en Stemme, som mindede stærkt om Gallicurci. Kylle har faaet dine Foto; jeg har flere Ting at sende ved Lejlighed. Hvordan har vores Pagøjser det; er der Haab om at se Lysse komme jollende med den, han skal være velkommen baade med og uden.
 Nu skal I være hilset alle 4.
 Eders hengivne
 Mos.
 24-1-36</t>
   </si>
   <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
+  </si>
+  <si>
     <t>1936-10-01</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Poul Haase
 Andreas Larsen
 Jens Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Axel Muus
 - Rud
 Ane Talbot
 Julius Wedell</t>
   </si>
   <si>
     <t>Scott er Johannes Larsens jagthund. Julius Wedel/Sabswedel var den tidligere ejer. 
 Johannes Larsen kendte flere, der hed Christiansen, så det kan ikke afgøres, hvem M. Christiansen var. 
 Feden er navnet på et sydligt område ved Kerteminde havn på vej mod Nyborg.
 Brockdorff Gods er en lille hovedgård på halvøen Hindsholm, som indtil 1980 var avlsgård til Scheelenborg Gods. Godset var bortforpagtet omkring år 1900. Christian Iuel-Brockdorff solgte godset til Jens Anker Wistoft Larsen, hvis søn Søren Wistoft Larsen i 2022 ejer godset på 558 ha. Hovedbygningen er opført 1785.
 Maroquin er gedeskind af høj kvalitet, anvendt til bogbind. Skindene, der traditionelt stammer fra nordafrikanske geder, garves, strækkes og indfarves i garverier, især i Frankrig. I nutiden fås huder til fabrikation af maroquin også fra tamme geder, navnlig i området omkring Cape Town i Sydafrika. (Kilde: lex.dk).</t>
   </si>
   <si>
@@ -7542,51 +7817,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -9025,59 +9300,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yEEe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vkZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MAyf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Spl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nnvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FXkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7mLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vR0npe0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0abE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGbj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f2vL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyMWeWs9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpZ0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nnnI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBcu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GCH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LoPR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bQI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6f3H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gGrPbIOu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/44vs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/71OaE2Pq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sx0R7477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X4Kb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cnGBbRDA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wBZqLrfY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Pu9hAz9J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KA1V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PFXTYlb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FVFtSb7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bAJNMH7J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JGRurXx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jAafo5Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sraAvI7G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oKFRCN1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J9RCyjQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/o3uP0rTX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HpCV8zLO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xGkgQ4lS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gUE7xLJu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XHwRrmXJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mQP42PpV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/utly" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8fxw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqGL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zz2x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bfqP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M217"/>
+  <dimension ref="A1:M222"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -10845,8103 +11120,8328 @@
       </c>
       <c r="I40" s="5" t="s">
         <v>292</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>293</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>294</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>295</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>297</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>298</v>
       </c>
-      <c r="D41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="E41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="F41" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>302</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="M41" s="5" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>33</v>
+        <v>110</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>244</v>
+        <v>50</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G42" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="J42" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="H42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>310</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>311</v>
-      </c>
-[...4 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>50</v>
+        <v>313</v>
       </c>
       <c r="D43" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E43" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H43" s="5" t="s">
+      <c r="I43" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="I43" s="5" t="s">
+      <c r="J43" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="J43" s="5" t="s">
+      <c r="K43" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="K43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>320</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="5" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="G44" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="B44" s="5" t="s">
+      <c r="H44" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="C44" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="I44" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J44" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>326</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>327</v>
       </c>
-      <c r="M44" s="5"/>
+      <c r="M44" s="5" t="s">
+        <v>328</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>315</v>
-[...4 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F45" s="5" t="s">
+        <v>331</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>329</v>
-[...10 lines deleted...]
-        </is>
+        <v>332</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>335</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>330</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>336</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>337</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>332</v>
+        <v>330</v>
+      </c>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="s">
-        <v>333</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>334</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>340</v>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B47" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="5" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>342</v>
+        <v>330</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H47" s="5" t="s">
+        <v>344</v>
       </c>
       <c r="I47" s="5"/>
-      <c r="J47" s="5" t="s">
-[...3 lines deleted...]
-        <v>344</v>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L47" s="6" t="s">
         <v>345</v>
       </c>
-      <c r="M47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>18</v>
+        <v>347</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>348</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>16</v>
+        <v>355</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>33</v>
+        <v>356</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>18</v>
+        <v>357</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I49" s="5"/>
       <c r="J49" s="5" t="s">
-        <v>22</v>
+        <v>358</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>18</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>364</v>
+        <v>22</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>365</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>366</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>368</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>138</v>
+        <v>33</v>
       </c>
       <c r="E51" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="F51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>370</v>
       </c>
-      <c r="G51" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H51" s="5" t="s">
+      <c r="J51" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K51" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>372</v>
       </c>
-      <c r="J51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>373</v>
-      </c>
-[...7 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>377</v>
+        <v>374</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>315</v>
+        <v>206</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>138</v>
+        <v>50</v>
       </c>
       <c r="E52" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="J52" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="F52" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>381</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="I53" s="5" t="s">
         <v>386</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F53" s="5" t="s">
+      <c r="J53" s="5" t="s">
         <v>387</v>
       </c>
-      <c r="G53" s="5" t="s">
+      <c r="K53" s="5" t="s">
         <v>388</v>
       </c>
-      <c r="H53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>389</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="M53" s="5" t="s">
         <v>390</v>
-      </c>
-[...10 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F54" s="5" t="s">
+      <c r="E54" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="L54" s="6" t="s">
         <v>396</v>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="D55" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="K55" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="E55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...12 lines deleted...]
-      <c r="I55" s="5" t="s">
+      <c r="M55" s="5" t="s">
         <v>406</v>
-      </c>
-[...10 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>315</v>
+        <v>330</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>138</v>
       </c>
       <c r="E56" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="J56" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="F56" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>413</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>315</v>
+        <v>416</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>50</v>
+        <v>314</v>
       </c>
       <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="F57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="J57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>423</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="M57" s="5" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>50</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="E58" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="I58" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="F58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>431</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>315</v>
+        <v>355</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>50</v>
+        <v>434</v>
       </c>
       <c r="E59" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="F59" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>438</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="J59" s="5" t="s">
+    </row>
+    <row r="60">
+      <c r="A60" s="5" t="s">
         <v>440</v>
-      </c>
-[...12 lines deleted...]
-        <v>1910</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>33</v>
+        <v>330</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="G60" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="J60" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="H60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>446</v>
       </c>
-      <c r="J60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K60" s="5" t="s">
+      <c r="M60" s="5" t="s">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>16</v>
+        <v>330</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="G61" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="H61" s="5" t="s">
+      <c r="I61" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="J61" s="5" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>454</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>455</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>457</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>341</v>
+        <v>50</v>
       </c>
       <c r="D62" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E62" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="E62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F62" s="5" t="s">
+        <v>459</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>404</v>
-[...1 lines deleted...]
-      <c r="I62" s="5"/>
+        <v>460</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>461</v>
+      </c>
       <c r="J62" s="5" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>464</v>
+        <v>50</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>465</v>
-[...4 lines deleted...]
-        </is>
+        <v>467</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>450</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="64">
-      <c r="A64" s="5" t="s">
-        <v>472</v>
+      <c r="A64" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>473</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>474</v>
+        <v>33</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E64" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="F64" s="5" t="s">
-[...5 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>340</v>
+        <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>464</v>
+        <v>33</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>475</v>
+        <v>18</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G65" s="5" t="s">
+        <v>481</v>
       </c>
       <c r="H65" s="5" t="s">
         <v>482</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>483</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>468</v>
+        <v>22</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>484</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>485</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>487</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>50</v>
+        <v>356</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="E66" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="F66" s="5" t="s">
-        <v>396</v>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="I66" s="5"/>
+      <c r="J66" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>491</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>492</v>
-      </c>
-[...4 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="D67" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="E67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="F67" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>498</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="J67" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>500</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>501</v>
-      </c>
-[...1 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="B68" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C68" s="5" t="s">
-        <v>110</v>
+        <v>504</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>315</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>378</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>505</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>506</v>
+        <v>172</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>50</v>
+        <v>355</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>315</v>
-[...7 lines deleted...]
-        <v>511</v>
+        <v>494</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>512</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>513</v>
       </c>
       <c r="J69" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="K69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>515</v>
       </c>
-      <c r="L69" s="6" t="s">
+      <c r="M69" s="5" t="s">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>340</v>
+        <v>50</v>
       </c>
       <c r="D70" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="E70" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="H70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>522</v>
       </c>
-      <c r="J70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>523</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>524</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>464</v>
+        <v>526</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>497</v>
+        <v>527</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>468</v>
+        <v>498</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>340</v>
+        <v>110</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>458</v>
+        <v>330</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F72" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>341</v>
+        <v>534</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>315</v>
+        <v>50</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>429</v>
+        <v>330</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>496</v>
+        <v>549</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>547</v>
+        <v>505</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>550</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>468</v>
+        <v>172</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>554</v>
+        <v>355</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>464</v>
+        <v>494</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>547</v>
+        <v>527</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>557</v>
+        <v>498</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
+        <v>355</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>562</v>
+        <v>488</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="s">
-        <v>562</v>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H76" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="I76" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="J76" s="5" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>565</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>566</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>568</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>330</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>569</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H77" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>573</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>569</v>
-[...1 lines deleted...]
-      <c r="M77" s="5"/>
+        <v>574</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>575</v>
+      </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>340</v>
+        <v>355</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>464</v>
+        <v>526</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>17</v>
+        <v>577</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>557</v>
+        <v>498</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>16</v>
+        <v>584</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>33</v>
+        <v>494</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>562</v>
+        <v>577</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G79" s="5" t="s">
-        <v>577</v>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>22</v>
+        <v>587</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>584</v>
+        <v>16</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>458</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>592</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G80" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G80" s="5" t="s">
+        <v>592</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="I80" s="5"/>
+        <v>593</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>594</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>586</v>
+        <v>22</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>591</v>
+        <v>339</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>592</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I81" s="5" t="s">
-[...6 lines deleted...]
-        <v>597</v>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="M81" s="5" t="s">
         <v>599</v>
       </c>
+      <c r="M81" s="5"/>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>600</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I82" s="5"/>
+      <c r="I82" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="s">
         <v>607</v>
       </c>
       <c r="H83" s="5" t="s">
         <v>608</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>609</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>610</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>611</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>612</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>613</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>614</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>488</v>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H84" s="5" t="s">
+        <v>615</v>
       </c>
       <c r="I84" s="5"/>
-      <c r="J84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J84" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>617</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>614</v>
-[...1 lines deleted...]
-      <c r="M84" s="5"/>
+        <v>618</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>619</v>
+      </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>621</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>554</v>
+        <v>622</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>464</v>
+        <v>623</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>616</v>
-[...4 lines deleted...]
-        </is>
+        <v>624</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="s">
-        <v>617</v>
+      <c r="H85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I85" s="5" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>468</v>
+        <v>626</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>315</v>
+        <v>631</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>50</v>
-[...5 lines deleted...]
-        <v>624</v>
+        <v>488</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>625</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>627</v>
+        <v>616</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>50</v>
-[...12 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>637</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>634</v>
+        <v>22</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...3 lines deleted...]
-        <v>639</v>
+      <c r="D88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-[...12 lines deleted...]
-        <v>643</v>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I88" s="5"/>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L88" s="6" t="s">
         <v>644</v>
       </c>
-      <c r="M88" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M88" s="5"/>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>646</v>
+        <v>645</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>16</v>
+        <v>584</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>33</v>
+        <v>494</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>647</v>
       </c>
-      <c r="H89" s="5" t="s">
+      <c r="I89" s="5" t="s">
         <v>648</v>
       </c>
-      <c r="I89" s="5" t="s">
+      <c r="J89" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>649</v>
       </c>
-      <c r="J89" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>650</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>652</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>653</v>
+        <v>652</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>330</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>639</v>
-[...6 lines deleted...]
-      <c r="G90" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="F90" s="5" t="s">
         <v>654</v>
+      </c>
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H90" s="5" t="s">
         <v>655</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>656</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>22</v>
+        <v>657</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>661</v>
+        <v>330</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>458</v>
-[...7 lines deleted...]
-        </is>
+        <v>50</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="I91" s="5"/>
+      <c r="I91" s="5" t="s">
+        <v>663</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>668</v>
+        <v>33</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F92" s="5" t="s">
         <v>669</v>
       </c>
-      <c r="G92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="H92" s="5" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>672</v>
+        <v>22</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>674</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>676</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>340</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>458</v>
+        <v>33</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>17</v>
+        <v>669</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>677</v>
-[...1 lines deleted...]
-      <c r="I93" s="5"/>
+        <v>678</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>679</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>663</v>
+        <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>18</v>
+        <v>669</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G94" s="5" t="s">
+        <v>684</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>661</v>
+        <v>691</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>458</v>
+        <v>488</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>663</v>
+        <v>693</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>693</v>
+        <v>50</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>458</v>
+        <v>698</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>699</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>694</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>700</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>701</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>663</v>
+        <v>702</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>699</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>340</v>
-[...4 lines deleted...]
-        </is>
+        <v>355</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>488</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>700</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="I97" s="5"/>
       <c r="J97" s="5" t="s">
-        <v>172</v>
+        <v>693</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C98" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="C98" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="s">
-        <v>706</v>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>713</v>
+        <v>691</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>714</v>
-[...4 lines deleted...]
-        </is>
+        <v>488</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>716</v>
+        <v>693</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>315</v>
+        <v>723</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>138</v>
+        <v>488</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>721</v>
-[...2 lines deleted...]
-        <v>316</v>
+        <v>18</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>722</v>
-[...3 lines deleted...]
-      </c>
+        <v>724</v>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>724</v>
+        <v>693</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>725</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>726</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>728</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>729</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>355</v>
+      </c>
+      <c r="D101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E101" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F101" s="5" t="s">
-        <v>729</v>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>730</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>731</v>
       </c>
       <c r="J101" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>733</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>734</v>
-      </c>
-[...1 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>736</v>
+        <v>735</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C102" s="5" t="s">
+      <c r="C102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>736</v>
+      </c>
+      <c r="H102" s="5" t="s">
         <v>737</v>
       </c>
-      <c r="D102" s="5" t="s">
+      <c r="I102" s="5" t="s">
         <v>738</v>
-      </c>
-[...17 lines deleted...]
-        <v>740</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K102" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="M102" s="5" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>744</v>
+        <v>742</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
+        <v>743</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="D103" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I103" s="5" t="s">
+      <c r="I103" s="5"/>
+      <c r="J103" s="5" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>747</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>748</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>750</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>33</v>
+        <v>330</v>
       </c>
       <c r="D104" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E104" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="E104" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G104" s="5" t="s">
+      <c r="F104" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>754</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>755</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>756</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>758</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>340</v>
+        <v>50</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>496</v>
+        <v>330</v>
       </c>
       <c r="E105" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F105" s="5" t="s">
         <v>759</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
         <v>760</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>761</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>468</v>
+        <v>762</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>340</v>
+        <v>767</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>496</v>
+        <v>768</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>766</v>
+        <v>646</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>468</v>
+        <v>172</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>775</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H107" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="M107" s="5"/>
+        <v>778</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>779</v>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>777</v>
+        <v>33</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>299</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>781</v>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="J108" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>601</v>
+        <v>355</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>299</v>
-[...7 lines deleted...]
-        <v>18</v>
+        <v>526</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>787</v>
+        <v>498</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>16</v>
+        <v>355</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>33</v>
+        <v>526</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G110" s="5" t="s">
-        <v>793</v>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>22</v>
+        <v>498</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H111" s="5" t="s">
+        <v>803</v>
       </c>
       <c r="I111" s="5"/>
       <c r="J111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>601</v>
+        <v>807</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>299</v>
+        <v>314</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>803</v>
+        <v>18</v>
       </c>
       <c r="F112" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G112" s="5" t="s">
+        <v>808</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>631</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>496</v>
-[...10 lines deleted...]
-        <v>810</v>
+        <v>314</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>22</v>
+        <v>817</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>299</v>
+        <v>33</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>822</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G114" s="5" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>172</v>
+        <v>22</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K115" s="5" t="s">
+        <v>830</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="M115" s="5"/>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>631</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H116" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H116" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="J116" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>836</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>826</v>
-[...1 lines deleted...]
-      <c r="M116" s="5"/>
+        <v>837</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>838</v>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>827</v>
+        <v>839</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>828</v>
+        <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>668</v>
+        <v>526</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="s">
-        <v>829</v>
+        <v>840</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>830</v>
+        <v>841</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>831</v>
+        <v>842</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>832</v>
+        <v>22</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>828</v>
+        <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>668</v>
+        <v>314</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F118" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F118" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G118" s="5" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>848</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>849</v>
+      </c>
       <c r="J118" s="5" t="s">
-        <v>832</v>
+        <v>172</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>839</v>
+        <v>850</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>840</v>
+        <v>851</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>841</v>
+        <v>852</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>842</v>
+        <v>853</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>299</v>
-[...5 lines deleted...]
-        <v>844</v>
+        <v>16</v>
+      </c>
+      <c r="D119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="s">
-[...12 lines deleted...]
-        <v>848</v>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L119" s="6" t="s">
-        <v>849</v>
-[...3 lines deleted...]
-      </c>
+        <v>854</v>
+      </c>
+      <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I120" s="5"/>
       <c r="J120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K120" s="5" t="s">
-        <v>852</v>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>858</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G121" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>852</v>
+        <v>863</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>855</v>
-[...1 lines deleted...]
-      <c r="M121" s="5"/>
+        <v>864</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>865</v>
+      </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>858</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G122" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>868</v>
       </c>
       <c r="I122" s="5"/>
-      <c r="J122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J122" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>857</v>
+        <v>869</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>858</v>
-[...1 lines deleted...]
-      <c r="M122" s="5"/>
+        <v>870</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>871</v>
+      </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>859</v>
+        <v>872</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>314</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>843</v>
+        <v>873</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>18</v>
+        <v>874</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>861</v>
+        <v>876</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D124" s="5" t="s">
-[...18 lines deleted...]
-        <v>172</v>
+      <c r="D124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I124" s="5"/>
+      <c r="J124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K124" s="5" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>873</v>
-[...3 lines deleted...]
-      </c>
+        <v>883</v>
+      </c>
+      <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="D125" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E125" s="5" t="s">
-[...9 lines deleted...]
-        <v>879</v>
+      <c r="D125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I125" s="5"/>
-      <c r="J125" s="5" t="s">
-        <v>880</v>
+      <c r="J125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K125" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>882</v>
-[...3 lines deleted...]
-      </c>
+        <v>885</v>
+      </c>
+      <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>843</v>
+        <v>16</v>
+      </c>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I126" s="5" t="s">
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K126" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="J126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K126" s="5" t="s">
+      <c r="L126" s="6" t="s">
         <v>888</v>
       </c>
-      <c r="L126" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D127" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G127" s="5" t="s">
+        <v>890</v>
       </c>
       <c r="H127" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="I127" s="5" t="s">
         <v>892</v>
       </c>
-      <c r="I127" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J127" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K127" s="5" t="s">
+        <v>893</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="M127" s="5"/>
+        <v>894</v>
+      </c>
+      <c r="M127" s="5" t="s">
+        <v>895</v>
+      </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D128" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D128" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="F128" s="5" t="s">
+        <v>898</v>
+      </c>
+      <c r="G128" s="5" t="s">
+        <v>899</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>892</v>
-[...10 lines deleted...]
-        </is>
+        <v>900</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="J128" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K128" s="5" t="s">
+        <v>902</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>895</v>
-[...1 lines deleted...]
-      <c r="M128" s="5"/>
+        <v>903</v>
+      </c>
+      <c r="M128" s="5" t="s">
+        <v>904</v>
+      </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>894</v>
+        <v>905</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D129" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="E129" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>896</v>
+        <v>909</v>
       </c>
       <c r="I129" s="5"/>
-      <c r="J129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J129" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="K129" s="5" t="s">
+        <v>911</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>897</v>
-[...1 lines deleted...]
-      <c r="M129" s="5"/>
+        <v>912</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>913</v>
+      </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>898</v>
+        <v>914</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="D130" s="5" t="s">
+        <v>873</v>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G130" s="5" t="s">
+        <v>915</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>899</v>
-[...10 lines deleted...]
-        </is>
+        <v>916</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="J130" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>918</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>900</v>
-[...1 lines deleted...]
-      <c r="M130" s="5"/>
+        <v>919</v>
+      </c>
+      <c r="M130" s="5" t="s">
+        <v>920</v>
+      </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>901</v>
+        <v>921</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>902</v>
+        <v>922</v>
       </c>
       <c r="I131" s="5"/>
       <c r="J131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L131" s="6" t="s">
-        <v>903</v>
+        <v>923</v>
       </c>
       <c r="M131" s="5"/>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>904</v>
+        <v>924</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C132" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
       <c r="I132" s="5"/>
       <c r="J132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L132" s="6" t="s">
-        <v>906</v>
+        <v>925</v>
       </c>
       <c r="M132" s="5"/>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>908</v>
+        <v>926</v>
       </c>
       <c r="I133" s="5"/>
       <c r="J133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L133" s="6" t="s">
-        <v>909</v>
+        <v>927</v>
       </c>
       <c r="M133" s="5"/>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>910</v>
+        <v>928</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>911</v>
+        <v>929</v>
       </c>
       <c r="I134" s="5"/>
       <c r="J134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L134" s="6" t="s">
-        <v>912</v>
+        <v>930</v>
       </c>
       <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>913</v>
+        <v>931</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>914</v>
+        <v>932</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L135" s="6" t="s">
-        <v>915</v>
+        <v>933</v>
       </c>
       <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>916</v>
+        <v>934</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L136" s="6" t="s">
-        <v>918</v>
+        <v>936</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>920</v>
+        <v>938</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L137" s="6" t="s">
-        <v>921</v>
+        <v>939</v>
       </c>
       <c r="M137" s="5"/>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>922</v>
+        <v>940</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C138" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>923</v>
+        <v>941</v>
       </c>
       <c r="I138" s="5"/>
       <c r="J138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L138" s="6" t="s">
-        <v>924</v>
+        <v>942</v>
       </c>
       <c r="M138" s="5"/>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>925</v>
+        <v>943</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C139" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>926</v>
+        <v>944</v>
       </c>
       <c r="I139" s="5"/>
       <c r="J139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L139" s="6" t="s">
-        <v>927</v>
+        <v>945</v>
       </c>
       <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>928</v>
+        <v>946</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>929</v>
+        <v>947</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>930</v>
+        <v>948</v>
       </c>
       <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>928</v>
+        <v>949</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>931</v>
+        <v>950</v>
       </c>
       <c r="I141" s="5"/>
       <c r="J141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L141" s="6" t="s">
-        <v>932</v>
+        <v>951</v>
       </c>
       <c r="M141" s="5"/>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>933</v>
+        <v>952</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C142" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>934</v>
+        <v>953</v>
       </c>
       <c r="I142" s="5"/>
       <c r="J142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L142" s="6" t="s">
-        <v>935</v>
+        <v>954</v>
       </c>
       <c r="M142" s="5"/>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>936</v>
+        <v>955</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>937</v>
+        <v>956</v>
       </c>
       <c r="I143" s="5"/>
       <c r="J143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L143" s="6" t="s">
-        <v>938</v>
+        <v>957</v>
       </c>
       <c r="M143" s="5"/>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>939</v>
+        <v>958</v>
       </c>
       <c r="B144" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>940</v>
+        <v>959</v>
       </c>
       <c r="I144" s="5"/>
       <c r="J144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L144" s="6" t="s">
-        <v>941</v>
+        <v>960</v>
       </c>
       <c r="M144" s="5"/>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>942</v>
+        <v>958</v>
       </c>
       <c r="B145" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>943</v>
+        <v>961</v>
       </c>
       <c r="I145" s="5"/>
       <c r="J145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L145" s="6" t="s">
-        <v>944</v>
+        <v>962</v>
       </c>
       <c r="M145" s="5"/>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>945</v>
+        <v>963</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>946</v>
+        <v>964</v>
       </c>
       <c r="I146" s="5"/>
       <c r="J146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L146" s="6" t="s">
-        <v>947</v>
+        <v>965</v>
       </c>
       <c r="M146" s="5"/>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>948</v>
+        <v>966</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>949</v>
+        <v>967</v>
       </c>
       <c r="I147" s="5"/>
       <c r="J147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L147" s="6" t="s">
-        <v>950</v>
+        <v>968</v>
       </c>
       <c r="M147" s="5"/>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>951</v>
+        <v>969</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>952</v>
+        <v>970</v>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L148" s="6" t="s">
-        <v>953</v>
+        <v>971</v>
       </c>
       <c r="M148" s="5"/>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>954</v>
+        <v>972</v>
       </c>
       <c r="B149" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
       <c r="I149" s="5"/>
       <c r="J149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L149" s="6" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="M149" s="5"/>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>957</v>
+        <v>975</v>
       </c>
       <c r="B150" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>958</v>
+        <v>976</v>
       </c>
       <c r="I150" s="5"/>
       <c r="J150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L150" s="6" t="s">
-        <v>959</v>
+        <v>977</v>
       </c>
       <c r="M150" s="5"/>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>960</v>
+        <v>978</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>961</v>
+        <v>979</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L151" s="6" t="s">
-        <v>962</v>
+        <v>980</v>
       </c>
       <c r="M151" s="5"/>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>963</v>
+        <v>981</v>
       </c>
       <c r="B152" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>964</v>
+        <v>982</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L152" s="6" t="s">
-        <v>965</v>
+        <v>983</v>
       </c>
       <c r="M152" s="5"/>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>966</v>
+        <v>984</v>
       </c>
       <c r="B153" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>967</v>
+        <v>985</v>
       </c>
       <c r="I153" s="5"/>
       <c r="J153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L153" s="6" t="s">
-        <v>968</v>
+        <v>986</v>
       </c>
       <c r="M153" s="5"/>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>969</v>
+        <v>987</v>
       </c>
       <c r="B154" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>970</v>
+        <v>988</v>
       </c>
       <c r="I154" s="5"/>
       <c r="J154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L154" s="6" t="s">
-        <v>971</v>
+        <v>989</v>
       </c>
       <c r="M154" s="5"/>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>972</v>
+        <v>990</v>
       </c>
       <c r="B155" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>973</v>
+        <v>991</v>
       </c>
       <c r="I155" s="5"/>
       <c r="J155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L155" s="6" t="s">
-        <v>974</v>
+        <v>992</v>
       </c>
       <c r="M155" s="5"/>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>975</v>
+        <v>993</v>
       </c>
       <c r="B156" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>976</v>
+        <v>994</v>
       </c>
       <c r="I156" s="5"/>
       <c r="J156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L156" s="6" t="s">
-        <v>977</v>
+        <v>995</v>
       </c>
       <c r="M156" s="5"/>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>978</v>
+        <v>996</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>979</v>
+        <v>997</v>
       </c>
       <c r="I157" s="5"/>
       <c r="J157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L157" s="6" t="s">
-        <v>980</v>
+        <v>998</v>
       </c>
       <c r="M157" s="5"/>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>981</v>
+        <v>999</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>982</v>
+        <v>1000</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="6" t="s">
-        <v>983</v>
+        <v>1001</v>
       </c>
       <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>985</v>
+        <v>1003</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="6" t="s">
-        <v>986</v>
+        <v>1004</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>987</v>
+        <v>1005</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>988</v>
+        <v>1006</v>
       </c>
       <c r="I160" s="5"/>
       <c r="J160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L160" s="6" t="s">
-        <v>989</v>
+        <v>1007</v>
       </c>
       <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>987</v>
+        <v>1008</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>990</v>
+        <v>1009</v>
       </c>
       <c r="I161" s="5"/>
       <c r="J161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L161" s="6" t="s">
-        <v>991</v>
+        <v>1010</v>
       </c>
       <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>992</v>
+        <v>1011</v>
       </c>
       <c r="B162" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>993</v>
+        <v>1012</v>
       </c>
       <c r="I162" s="5"/>
       <c r="J162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L162" s="6" t="s">
-        <v>994</v>
+        <v>1013</v>
       </c>
       <c r="M162" s="5"/>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>995</v>
+        <v>1014</v>
       </c>
       <c r="B163" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>996</v>
+        <v>1015</v>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L163" s="6" t="s">
-        <v>997</v>
+        <v>1016</v>
       </c>
       <c r="M163" s="5"/>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>998</v>
+        <v>1017</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>999</v>
+        <v>1018</v>
       </c>
       <c r="I164" s="5"/>
       <c r="J164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1000</v>
+        <v>1019</v>
       </c>
       <c r="M164" s="5"/>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1001</v>
+        <v>1017</v>
       </c>
       <c r="B165" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1002</v>
+        <v>1020</v>
       </c>
       <c r="I165" s="5"/>
       <c r="J165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1003</v>
+        <v>1021</v>
       </c>
       <c r="M165" s="5"/>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1004</v>
+        <v>1022</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...3 lines deleted...]
-        <v>1005</v>
+      <c r="D166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="s">
-        <v>1006</v>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1007</v>
-[...8 lines deleted...]
-        <v>1009</v>
+        <v>1023</v>
+      </c>
+      <c r="I166" s="5"/>
+      <c r="J166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1010</v>
-[...3 lines deleted...]
-      </c>
+        <v>1024</v>
+      </c>
+      <c r="M166" s="5"/>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>1013</v>
-[...11 lines deleted...]
-        <v>1015</v>
+        <v>16</v>
+      </c>
+      <c r="D167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1016</v>
-[...8 lines deleted...]
-        <v>1018</v>
+        <v>1026</v>
+      </c>
+      <c r="I167" s="5"/>
+      <c r="J167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1019</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="M167" s="5"/>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1021</v>
+        <v>1028</v>
       </c>
       <c r="B168" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>1022</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1023</v>
+        <v>1029</v>
       </c>
       <c r="I168" s="5"/>
-      <c r="J168" s="5" t="s">
-[...3 lines deleted...]
-        <v>1024</v>
+      <c r="J168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="M168" s="5"/>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>324</v>
+        <v>339</v>
       </c>
       <c r="C169" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K169" s="5" t="s">
-        <v>1029</v>
+      <c r="K169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D170" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1035</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G170" s="5" t="s">
+        <v>1036</v>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1032</v>
-[...5 lines deleted...]
-        </is>
+        <v>1037</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1038</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="M170" s="5"/>
+        <v>1040</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>1041</v>
+      </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1034</v>
+        <v>1042</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>324</v>
+        <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>1043</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F171" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G171" s="5" t="s">
+        <v>1045</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1035</v>
-[...5 lines deleted...]
-        </is>
+        <v>1046</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1036</v>
+        <v>1048</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="M171" s="5"/>
+        <v>1049</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>1050</v>
+      </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>591</v>
+        <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>843</v>
+        <v>1052</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>738</v>
+        <v>314</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>1039</v>
+        <v>18</v>
       </c>
       <c r="F172" s="5" t="s">
-        <v>1040</v>
+        <v>18</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1041</v>
-[...3 lines deleted...]
-      </c>
+        <v>1053</v>
+      </c>
+      <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
-        <v>1043</v>
+        <v>172</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>591</v>
+        <v>339</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>714</v>
-[...8 lines deleted...]
-        <v>1050</v>
+        <v>16</v>
+      </c>
+      <c r="D173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1051</v>
-[...10 lines deleted...]
-        </is>
+        <v>1058</v>
+      </c>
+      <c r="I173" s="5"/>
+      <c r="J173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>1059</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1054</v>
-[...3 lines deleted...]
-      </c>
+        <v>1060</v>
+      </c>
+      <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D174" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1058</v>
-[...1 lines deleted...]
-      <c r="I174" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I174" s="5"/>
+      <c r="J174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K174" s="5" t="s">
         <v>1059</v>
       </c>
-      <c r="J174" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L174" s="6" t="s">
-        <v>1062</v>
-[...1 lines deleted...]
-      <c r="M174" s="5" t="s">
         <v>1063</v>
       </c>
+      <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
         <v>1064</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>16</v>
+      </c>
+      <c r="D175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
         <v>1065</v>
       </c>
-      <c r="I175" s="5" t="s">
+      <c r="I175" s="5"/>
+      <c r="J175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K175" s="5" t="s">
         <v>1066</v>
       </c>
-      <c r="J175" s="5" t="s">
+      <c r="L175" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="K175" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B176" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C176" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
         <v>1071</v>
       </c>
-      <c r="B176" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H176" s="5" t="s">
+      <c r="I176" s="5" t="s">
         <v>1072</v>
       </c>
-      <c r="I176" s="5" t="s">
+      <c r="J176" s="5" t="s">
         <v>1073</v>
       </c>
-      <c r="J176" s="5" t="s">
+      <c r="K176" s="5" t="s">
         <v>1074</v>
       </c>
-      <c r="K176" s="5" t="s">
+      <c r="L176" s="6" t="s">
         <v>1075</v>
       </c>
-      <c r="L176" s="6" t="s">
+      <c r="M176" s="5" t="s">
         <v>1076</v>
-      </c>
-[...1 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B177" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="C177" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="D177" s="5" t="s">
         <v>1078</v>
       </c>
-      <c r="B177" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C177" s="5" t="s">
+      <c r="E177" s="5" t="s">
         <v>1079</v>
       </c>
-      <c r="D177" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G177" s="5" t="s">
+      <c r="F177" s="5" t="s">
         <v>1080</v>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1081</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1082</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="K177" s="5" t="s">
         <v>1083</v>
+      </c>
+      <c r="K177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L177" s="6" t="s">
         <v>1084</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1085</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1086</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D178" s="5" t="s">
         <v>1087</v>
       </c>
-      <c r="D178" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E178" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H178" s="5" t="s">
         <v>1088</v>
       </c>
-      <c r="F178" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H178" s="5" t="s">
+      <c r="I178" s="5" t="s">
         <v>1089</v>
       </c>
-      <c r="I178" s="5" t="s">
+      <c r="J178" s="5" t="s">
         <v>1090</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="K178" s="5" t="s">
         <v>1091</v>
       </c>
       <c r="L178" s="6" t="s">
         <v>1092</v>
       </c>
       <c r="M178" s="5" t="s">
         <v>1093</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
         <v>1094</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="s">
         <v>1095</v>
       </c>
-      <c r="D179" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G179" s="5" t="s">
+      <c r="I179" s="5" t="s">
         <v>1096</v>
       </c>
-      <c r="H179" s="5" t="s">
+      <c r="J179" s="5" t="s">
         <v>1097</v>
       </c>
-      <c r="I179" s="5" t="s">
+      <c r="K179" s="5" t="s">
         <v>1098</v>
       </c>
-      <c r="J179" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K179" s="5" t="s">
+      <c r="L179" s="6" t="s">
         <v>1099</v>
       </c>
-      <c r="L179" s="6" t="s">
+      <c r="M179" s="5" t="s">
         <v>1100</v>
-      </c>
-[...1 lines deleted...]
-        <v>1101</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1102</v>
+        <v>1101</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>110</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>668</v>
+        <v>698</v>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I180" s="5" t="s">
         <v>1103</v>
       </c>
-      <c r="I180" s="5" t="s">
+      <c r="J180" s="5" t="s">
         <v>1104</v>
       </c>
-      <c r="J180" s="5" t="s">
+      <c r="K180" s="5" t="s">
         <v>1105</v>
       </c>
-      <c r="K180" s="5" t="s">
+      <c r="L180" s="6" t="s">
         <v>1106</v>
       </c>
-      <c r="L180" s="6" t="s">
+      <c r="M180" s="5" t="s">
         <v>1107</v>
-      </c>
-[...1 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1109</v>
+        <v>1108</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>138</v>
+        <v>1109</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F181" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G181" s="5" t="s">
         <v>1110</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H181" s="5" t="s">
         <v>1111</v>
       </c>
       <c r="I181" s="5" t="s">
         <v>1112</v>
       </c>
       <c r="J181" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K181" s="5" t="s">
         <v>1113</v>
       </c>
-      <c r="K181" s="5" t="s">
+      <c r="L181" s="6" t="s">
         <v>1114</v>
       </c>
-      <c r="L181" s="6" t="s">
+      <c r="M181" s="5" t="s">
         <v>1115</v>
-      </c>
-[...1 lines deleted...]
-        <v>1116</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1117</v>
+        <v>1116</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D182" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>843</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>1118</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G182" s="5" t="s">
+        <v>1118</v>
       </c>
       <c r="H182" s="5" t="s">
         <v>1119</v>
       </c>
       <c r="I182" s="5" t="s">
         <v>1120</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>1043</v>
+        <v>172</v>
       </c>
       <c r="K182" s="5" t="s">
         <v>1121</v>
       </c>
       <c r="L182" s="6" t="s">
         <v>1122</v>
       </c>
       <c r="M182" s="5" t="s">
         <v>1123</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
         <v>1124</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D183" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D183" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" s="5" t="s">
-        <v>1125</v>
+        <v>18</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G183" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G183" s="5" t="s">
+        <v>1126</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>1043</v>
+        <v>172</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>713</v>
+        <v>110</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>1132</v>
+        <v>698</v>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
         <v>1133</v>
       </c>
       <c r="I184" s="5" t="s">
         <v>1134</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1060</v>
+        <v>1135</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>713</v>
+        <v>138</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>1132</v>
-[...9 lines deleted...]
-        </is>
+        <v>330</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>1060</v>
+        <v>1143</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1141</v>
+        <v>1144</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>713</v>
+        <v>16</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>1132</v>
-[...4 lines deleted...]
-        </is>
+        <v>873</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>1148</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H186" s="5" t="s">
+        <v>1149</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="J186" s="5" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1149</v>
+        <v>1154</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>738</v>
+        <v>873</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>17</v>
+        <v>1155</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1043</v>
+        <v>1073</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>713</v>
+        <v>743</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>1132</v>
+        <v>1162</v>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1156</v>
+        <v>1163</v>
       </c>
       <c r="I188" s="5" t="s">
-        <v>1157</v>
+        <v>1164</v>
       </c>
       <c r="J188" s="5" t="s">
-        <v>1060</v>
+        <v>1090</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1158</v>
+        <v>1165</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1159</v>
+        <v>1166</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1160</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1161</v>
+        <v>1168</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>16</v>
+        <v>743</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>1162</v>
       </c>
-      <c r="E189" s="5" t="s">
-        <v>17</v>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>1043</v>
+        <v>1090</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1168</v>
+        <v>1174</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>315</v>
+        <v>743</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>1169</v>
-[...5 lines deleted...]
-        <v>1171</v>
+        <v>1162</v>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H190" s="5" t="s">
-        <v>1172</v>
+      <c r="H190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>1174</v>
-[...4 lines deleted...]
-        </is>
+        <v>1090</v>
+      </c>
+      <c r="K190" s="5" t="s">
+        <v>1176</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>1169</v>
+        <v>768</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1178</v>
-[...2 lines deleted...]
-        <v>1179</v>
+        <v>17</v>
+      </c>
+      <c r="F191" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
         <v>1180</v>
       </c>
       <c r="I191" s="5" t="s">
         <v>1181</v>
       </c>
       <c r="J191" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K191" s="5" t="s">
         <v>1182</v>
       </c>
-      <c r="K191" s="5" t="s">
+      <c r="L191" s="6" t="s">
         <v>1183</v>
       </c>
-      <c r="L191" s="6" t="s">
+      <c r="M191" s="5" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>138</v>
+        <v>743</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>315</v>
+        <v>1162</v>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
+        <v>1186</v>
+      </c>
+      <c r="I192" s="5" t="s">
         <v>1187</v>
       </c>
-      <c r="I192" s="5" t="s">
+      <c r="J192" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K192" s="5" t="s">
         <v>1188</v>
       </c>
-      <c r="J192" s="5" t="s">
+      <c r="L192" s="6" t="s">
         <v>1189</v>
       </c>
-      <c r="K192" s="5" t="s">
+      <c r="M192" s="5" t="s">
         <v>1190</v>
-      </c>
-[...4 lines deleted...]
-        <v>1192</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>340</v>
+        <v>330</v>
       </c>
       <c r="D193" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F193" s="5" t="s">
+        <v>1193</v>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H193" s="5" t="s">
         <v>1194</v>
       </c>
-      <c r="E193" s="5" t="s">
+      <c r="I193" s="5" t="s">
         <v>1195</v>
       </c>
-      <c r="F193" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H193" s="5" t="s">
+      <c r="J193" s="5" t="s">
         <v>1196</v>
       </c>
-      <c r="I193" s="5" t="s">
+      <c r="K193" s="5" t="s">
         <v>1197</v>
       </c>
-      <c r="J193" s="5" t="s">
+      <c r="L193" s="6" t="s">
         <v>1198</v>
       </c>
-      <c r="K193" s="5" t="s">
+      <c r="M193" s="5" t="s">
         <v>1199</v>
-      </c>
-[...4 lines deleted...]
-        <v>1201</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>340</v>
+        <v>16</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>1195</v>
+        <v>17</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="I194" s="5" t="s">
         <v>1203</v>
       </c>
-      <c r="I194" s="5" t="s">
+      <c r="J194" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K194" s="5" t="s">
         <v>1204</v>
       </c>
-      <c r="J194" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K194" s="5" t="s">
+      <c r="L194" s="6" t="s">
         <v>1205</v>
       </c>
-      <c r="L194" s="6" t="s">
+      <c r="M194" s="5" t="s">
         <v>1206</v>
-      </c>
-[...1 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>713</v>
+        <v>330</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1132</v>
-[...9 lines deleted...]
-        </is>
+        <v>1208</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>1210</v>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1211</v>
+        <v>1213</v>
+      </c>
+      <c r="K195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1132</v>
+        <v>330</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>738</v>
-[...9 lines deleted...]
-        </is>
+        <v>1208</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F196" s="5" t="s">
+        <v>1218</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1060</v>
+        <v>1221</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1217</v>
+        <v>1222</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1218</v>
+        <v>1223</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1219</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1220</v>
+        <v>1225</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1132</v>
+        <v>138</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>738</v>
+        <v>330</v>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F197" s="5" t="s">
-        <v>1221</v>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>1060</v>
+        <v>1228</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1224</v>
+        <v>1229</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1225</v>
+        <v>1230</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1226</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1227</v>
+        <v>1232</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1228</v>
+        <v>355</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>315</v>
+        <v>1233</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1229</v>
+        <v>1234</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>16</v>
+        <v>355</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>738</v>
+        <v>1233</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>17</v>
+        <v>1234</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>1243</v>
+      </c>
+      <c r="J199" s="5" t="s">
         <v>1237</v>
       </c>
-      <c r="I199" s="5"/>
-[...2 lines deleted...]
-      </c>
       <c r="K199" s="5" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>16</v>
+        <v>743</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>738</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1162</v>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1242</v>
+        <v>1248</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1243</v>
+        <v>1249</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1043</v>
+        <v>1090</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1244</v>
+        <v>1250</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1245</v>
+        <v>1251</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1246</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1247</v>
+        <v>1253</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>16</v>
+        <v>1162</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1162</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>768</v>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1248</v>
+        <v>1254</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1249</v>
+        <v>1255</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1043</v>
+        <v>1090</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>138</v>
+        <v>1162</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>315</v>
-[...7 lines deleted...]
-        </is>
+        <v>768</v>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>1260</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1254</v>
+        <v>1261</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1255</v>
+        <v>1262</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1256</v>
+        <v>1090</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>16</v>
+        <v>1267</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>738</v>
+        <v>330</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1261</v>
-[...2 lines deleted...]
-        <v>1262</v>
+        <v>1268</v>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1264</v>
+        <v>1270</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1043</v>
+        <v>1271</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1269</v>
+        <v>768</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1229</v>
+        <v>17</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1270</v>
-[...3 lines deleted...]
-      </c>
+        <v>1276</v>
+      </c>
+      <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>1272</v>
+        <v>1073</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1277</v>
+        <v>768</v>
       </c>
       <c r="E205" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F205" s="5" t="s">
-        <v>1278</v>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>843</v>
+        <v>16</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>738</v>
+        <v>1201</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1277</v>
+        <v>330</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1278</v>
+        <v>1268</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1060</v>
+        <v>1295</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1297</v>
+        <v>16</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>299</v>
+        <v>768</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>1298</v>
-[...4 lines deleted...]
-        </is>
+        <v>1300</v>
+      </c>
+      <c r="F208" s="5" t="s">
+        <v>1301</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1301</v>
+        <v>1073</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>843</v>
+        <v>138</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>17</v>
+        <v>1268</v>
       </c>
       <c r="F209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1043</v>
+        <v>1311</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>138</v>
+        <v>16</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>315</v>
+        <v>1316</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1313</v>
+        <v>17</v>
       </c>
       <c r="F210" s="5" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1317</v>
+        <v>1090</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1322</v>
+        <v>873</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>299</v>
+        <v>768</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1323</v>
+        <v>17</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H211" s="5" t="s">
+        <v>1324</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1325</v>
+        <v>1090</v>
       </c>
       <c r="K211" s="5" t="s">
         <v>1326</v>
       </c>
       <c r="L211" s="6" t="s">
         <v>1327</v>
       </c>
       <c r="M211" s="5" t="s">
         <v>1328</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
         <v>1329</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1277</v>
+        <v>1316</v>
       </c>
       <c r="E212" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H212" s="5" t="s">
         <v>1330</v>
       </c>
-      <c r="F212" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H212" s="5" t="s">
+      <c r="I212" s="5" t="s">
         <v>1331</v>
       </c>
-      <c r="I212" s="5" t="s">
+      <c r="J212" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K212" s="5" t="s">
         <v>1332</v>
       </c>
-      <c r="J212" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K212" s="5" t="s">
+      <c r="L212" s="6" t="s">
         <v>1333</v>
       </c>
-      <c r="L212" s="6" t="s">
+      <c r="M212" s="5" t="s">
         <v>1334</v>
-      </c>
-[...1 lines deleted...]
-        <v>1335</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1336</v>
+        <v>1335</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>138</v>
+        <v>1336</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1313</v>
-[...2 lines deleted...]
-        <v>1314</v>
+        <v>1337</v>
+      </c>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>138</v>
+        <v>873</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>315</v>
+        <v>1345</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1229</v>
-[...2 lines deleted...]
-        <v>1344</v>
+        <v>17</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1347</v>
+        <v>1073</v>
       </c>
       <c r="K214" s="5" t="s">
         <v>1348</v>
       </c>
       <c r="L214" s="6" t="s">
         <v>1349</v>
       </c>
       <c r="M214" s="5" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
         <v>1351</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>738</v>
+        <v>330</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1352</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>1353</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1043</v>
+        <v>1356</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1354</v>
+        <v>1357</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1355</v>
+        <v>1358</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1356</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1357</v>
+        <v>1360</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>315</v>
+        <v>1361</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>138</v>
+        <v>314</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1358</v>
-[...2 lines deleted...]
-        <v>1313</v>
+        <v>1362</v>
+      </c>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H216" s="5" t="s">
-        <v>1359</v>
+      <c r="H216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1360</v>
+        <v>1363</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1362</v>
+        <v>1365</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1363</v>
+        <v>1366</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1364</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1365</v>
+        <v>1368</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H217" s="5" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J217" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L217" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M217" s="5" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="5" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C218" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="D217" s="5" t="s">
-[...27 lines deleted...]
-        <v>1370</v>
+      <c r="D218" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H218" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1377</v>
+      </c>
+      <c r="J218" s="5" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K218" s="5" t="s">
+        <v>1379</v>
+      </c>
+      <c r="L218" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="M218" s="5" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H219" s="5" t="s">
+        <v>1384</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>1385</v>
+      </c>
+      <c r="J219" s="5" t="s">
+        <v>1386</v>
+      </c>
+      <c r="K219" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="L219" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="M219" s="5" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J220" s="5" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K220" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="L220" s="6" t="s">
+        <v>1394</v>
+      </c>
+      <c r="M220" s="5" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F221" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="J221" s="5" t="s">
+        <v>1400</v>
+      </c>
+      <c r="K221" s="5" t="s">
+        <v>1401</v>
+      </c>
+      <c r="L221" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="M221" s="5" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>1352</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I222" s="5"/>
+      <c r="J222" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="K222" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="L222" s="6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>1409</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -19119,44 +19619,49 @@
     <hyperlink ref="M193" r:id="rId198"/>
     <hyperlink ref="M194" r:id="rId199"/>
     <hyperlink ref="M195" r:id="rId200"/>
     <hyperlink ref="M196" r:id="rId201"/>
     <hyperlink ref="M197" r:id="rId202"/>
     <hyperlink ref="M198" r:id="rId203"/>
     <hyperlink ref="M199" r:id="rId204"/>
     <hyperlink ref="M200" r:id="rId205"/>
     <hyperlink ref="M201" r:id="rId206"/>
     <hyperlink ref="M202" r:id="rId207"/>
     <hyperlink ref="M203" r:id="rId208"/>
     <hyperlink ref="M204" r:id="rId209"/>
     <hyperlink ref="M205" r:id="rId210"/>
     <hyperlink ref="M206" r:id="rId211"/>
     <hyperlink ref="M207" r:id="rId212"/>
     <hyperlink ref="M208" r:id="rId213"/>
     <hyperlink ref="M209" r:id="rId214"/>
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
+    <hyperlink ref="M218" r:id="rId223"/>
+    <hyperlink ref="M219" r:id="rId224"/>
+    <hyperlink ref="M220" r:id="rId225"/>
+    <hyperlink ref="M221" r:id="rId226"/>
+    <hyperlink ref="M222" r:id="rId227"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>