--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="33" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="43" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -152,50 +152,110 @@
     <t>Det er en skandale, at landet nu skal styres af I.C. Christensen. 
 Johanne/Junge Larsens koncert var en succes og gav overskud.
 Grethe Jungstedt er i Odense for at købe tøj.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Kddx</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Håndskrevet med blå farveblyant på kortets adresseside:]
 7 1/2 Cts T
 [Håndskrevet med blæk på kortets adresseside:]
 Fru Professor Brønsted
 c/o Mrs. Henning
 44-45 Tavistock Sq.
 London
 W.C 1
 Kerteminde d: 27de
 Hvilken Skandale at vi nu skal styres af en IC! Hvad maa Udlandet tænke om os, naar vi vil omstyrte 
 [Håndskrevet med blæk på kortets tekstside:] Afstemningen i 2 Zoner og begaae Overgreb mod Tyskland! Hermed Aviser! Junges Koncert er en stor Succes; Overskud ca. 200 Kr. Stort Bal, men alt det veed Du vel fra Lomme. Alle fire i Odense i Dag for at ekvipere Grethe. Mange Hilsener! Mor.
 Nu kommer Lomme til Fransk. 
 [Håndskrevet med blyant:] 
 44 Kr
 55 Kr</t>
+  </si>
+  <si>
+    <t>1920-04-08</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>London W.C.
+44-45 Tavistock Sq.</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Grethe Jungstedt
+Kurt Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Kurt Jungstedt blev kaldt Gøsta. Han og Grethe blev gift i 1920. 
+Mrs. Henning og Bennet kendes ikke. 
+Et cloister er en overdækket gang, ofte med buegange og søjler, der omkranser en indre gårdhave.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3775</t>
+  </si>
+  <si>
+    <t>Grethe Sawyer/Jungstedt skal giftes. Christine Mackie og Alhed Larsen synes, at det er skrækkeligt. Ellen Sawyer er ikke enig. Kun tænker hun på, om Kurt/Gøsta Jungstedt er den rette. Måske vil ægteskabet gå ud over Grethes musik, men hun passer den alligevel ikke ordentligt. Ellen og Grethe syr udstyr.
+Det er trist for Louise, at hun mister sin kokkepige/Grethe. Ellen er enig med Grethe om, at Grethe må betale kostpengene tilbage til Louise, men kan Ellen få lov at låne dem? Det er dyrt at få en datter gift. 
+Ellen husker det cloister i London med de gamle gravsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d3Gx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+TORNØES HOTEL
+Telefon 5
+Statstelefon 3
+KERTEMINDE
+[Skrevet med blyant på kuvertens forside:]
+Om Elles datters giftermål m. den svenske maler Curt Jungstedt
+[Skrevet med tusch på kuvertens forside; Ellen Sawyers skrift:]
+Fru Professorinde Brønsted
+c/o Mrs Henning
+44-45 Tavistock Sq.
+London W.C.
+England
+[Håndskrevet i brevet:]
+Kære lille Lugge! Ja, hvad siger du dog til det? At musen skal giftes. Jeg har sådan ønsket i denne Tid, at jeg havde dig at snakke med. Du er så klog og forstående og næst efter mig, er du vist den som kender musen bedst. Mornine og Alhed syntes jo "det er så Synd" og så skrækkeligt o.s.v. - Det kan jeg nu ikke rigtig forstå. Man kan dog ikke sige, at hun ingen Ungdom faar "fordi hun nu skal færdes med Gøsta. Det eneste betænkelige er jo om Gøsta nu også er den rigtige - om han i Længden er betydelig nok til sådan et ikke ubetydeligt Menneske som Grethe, men jeg mener nu, Lugge, - at den Betænkelighed må man bide i sig, - Forholdet er allerede sådan, at det ikke kan nytte at holde det hen og få det opsat i Haab om at det skal gå hen. Det går vist ikke hen - og de Aar hun så gik og ventede havde hun alligevel ingen rigtig Glæde af. Så kunde hun jo endelig også finde mange, der var meget mindre egnede for hende end Gøsta. Synes du egentlig ikke godt man kan være glad over det? Jeg vilde give Masser til at kunne snakke med dig om det. - Hvad hendes Musik angår tror jeg ikke det vil standse Udvikling. Hun gør alligevel ikke noget ved det uden når hun er oplagt, og jeg kunde da tænke mig at Giftermålet befordre Oplagtheden.
+Hvornår, - ja det står hen endnu. Det er kun en Mulighed at det bliver over England - vi har sat os i Forb. med Bennet, og afventer Meddelelse om hvorvidt der er Passage gennem Tyskland - hvad det koster o.s.v. Det er jo Pokkers dyrt over England og det kniber jo med at få så mange Penge rundet op. - Jeg vil prøve på at sælge et Par af mine Las-Malerier. Hun skal jo også udstyres lidt pænt. - Jeg selv bliver meget beklaget, - men jeg må sige, at jeg ser ikke så tragisk på den Side af Sagen, den at "jeg skal af med Grethe". Hun er jo alligevel færdig med at gå herhjemme hos mig, - så hun kan såmænd ligeså gærne være gift. Ja, lille Lugge, det er jo også kedeligt du skal af med din lille Kokkepige, - men mon du ikke nok finder en anden, og så gik da den Tid med det. - Det har været glimrende for hende, og hun har lært meget. Afskeden med Bes er smertelig tror jeg - hvor er de dog bleven gode Venner. Vi har travlt med at sy Udstyr. Du kan vel lige tænke dig hvor Besen giver hende Masser fra mine Oplag i Puffer og Kister deroppe - 2 fine, næste nye Voilekjoler, - 8 meter hvidt Voile, - først tænkt til natkjoler, - men nu mener vi en hvid Kjole + en ekstra fin Natkjole. Hun skal have en Sjantung Rejsedragt og sin grønne Silkekjole syet. - Tak for Westminsterkortet. Jeg kan huske det "Cloister", - det var vist der, de ældste Gravsten fandtes. Jeg kan huske, hvor jeg bævede af frydefuld Ærefrygt, da jeg gik der. - Det er knusende morsomt at læse jeres dine ["jeres" overstreget; "dine" indsat over linjen] Breve. Hvor i har det yndigt. Jeres Børn er så søde og vi er allesammen så glade ved dem. Hvis du vilde skrive mig et Par uoffentlige Ord om Situationen, kunde du jo lægge dem inden i et Be-Brev med privat på
+[Indsat i venstre margen s. 2; lodret:]
+Jeg holder med Grethe i hun kan ikke beholde alle de masser af Kostpenge nu hun er "rendt af Plads" men hvis I vil låne mig dem, var det dejligt, - det er jo dyrt at få en Datter gift, - 
+[Indsat øverst s. 2; på hovedet:]
+Mange Hilsner til jer begge fra Elle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -272,59 +332,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -429,49 +489,93 @@
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
+    <hyperlink ref="M4" r:id="rId9"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>