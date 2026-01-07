--- v1 (2025-11-19)
+++ v2 (2026-01-07)
@@ -106,105 +106,60 @@
   </si>
   <si>
     <t>Overfarten var nok slem. 
 Brylluppet (mellem Astrid Warberg og Jørgen Schou) finder først sted om en måned, for Jørgens finger skal først være rask. Fru Syberg/Schou er ikke sød mod Astrid.
 Alhed Larsen er glad for at have Louise Brønsteds børn hos sig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ssZJ</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Skrevet med blyant:]
 1920
 [Skrevet med blæk i adressefeltet:]
 Mrs. L. Brønsted
 c/o Mrs. Henning
 44-45 Tavistock Sq.
 London W-C.
 [Skrevet med blæk i tekstfelterne:]
 Onsdag d: 17_de_
 Kæreste Lugge!
 Det var vist en slem Overfart, her blæste det meget, men Vinden var vel god nok. Alt vel her! I ser vel danske Aviser og veed om det store Nederlag i 2 Zone, her bliver vældig Kamp hjemme af dem der absolut vil have Flensborg trods alt. Det er mig ret vel tilpas, dog før om en Maanedstid bliver de ikke gift hun vil have Schous Finger rask først, den er meget læderet, og han kan ikke arbejde; Fru S. gør megen Indvending, men er ikke videre rar mod A. Hun er underlig. Næste Gang faaer Du Brev og skal da høre mere. Lige nu kom der et dejligt lille Kort fra Alhed; hun er saa glad ved Dine Børn, de er saa søde og Las er jo væk. Kærlige Hilsener! Mor.</t>
   </si>
   <si>
-    <t>1920-04-27</t>
+    <t>1920-04-08</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Kerteminde</t>
-  </si>
-[...49 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>London W.C.
 44-45 Tavistock Sq.</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Johannes Nicolaus Brønsted
 Grethe Jungstedt
 Kurt Jungstedt
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie</t>
   </si>
   <si>
     <t>Kurt Jungstedt blev kaldt Gøsta. Han og Grethe blev gift i 1920. 
 Mrs. Henning og Bennet kendes ikke. 
 Et cloister er en overdækket gang, ofte med buegange og søjler, der omkranser en indre gårdhave.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3775</t>
   </si>
   <si>
     <t>Grethe Sawyer/Jungstedt skal giftes. Christine Mackie og Alhed Larsen synes, at det er skrækkeligt. Ellen Sawyer er ikke enig. Kun tænker hun på, om Kurt/Gøsta Jungstedt er den rette. Måske vil ægteskabet gå ud over Grethes musik, men hun passer den alligevel ikke ordentligt. Ellen og Grethe syr udstyr.
 Det er trist for Louise, at hun mister sin kokkepige/Grethe. Ellen er enig med Grethe om, at Grethe må betale kostpengene tilbage til Louise, men kan Ellen få lov at låne dem? Det er dyrt at få en datter gift. 
@@ -212,50 +167,95 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/d3Gx</t>
   </si>
   <si>
     <t>[Fortrykt på kuvertens forside:]
 TORNØES HOTEL
 Telefon 5
 Statstelefon 3
 KERTEMINDE
 [Skrevet med blyant på kuvertens forside:]
 Om Elles datters giftermål m. den svenske maler Curt Jungstedt
 [Skrevet med tusch på kuvertens forside; Ellen Sawyers skrift:]
 Fru Professorinde Brønsted
 c/o Mrs Henning
 44-45 Tavistock Sq.
 London W.C.
 England
 [Håndskrevet i brevet:]
 Kære lille Lugge! Ja, hvad siger du dog til det? At musen skal giftes. Jeg har sådan ønsket i denne Tid, at jeg havde dig at snakke med. Du er så klog og forstående og næst efter mig, er du vist den som kender musen bedst. Mornine og Alhed syntes jo "det er så Synd" og så skrækkeligt o.s.v. - Det kan jeg nu ikke rigtig forstå. Man kan dog ikke sige, at hun ingen Ungdom faar "fordi hun nu skal færdes med Gøsta. Det eneste betænkelige er jo om Gøsta nu også er den rigtige - om han i Længden er betydelig nok til sådan et ikke ubetydeligt Menneske som Grethe, men jeg mener nu, Lugge, - at den Betænkelighed må man bide i sig, - Forholdet er allerede sådan, at det ikke kan nytte at holde det hen og få det opsat i Haab om at det skal gå hen. Det går vist ikke hen - og de Aar hun så gik og ventede havde hun alligevel ingen rigtig Glæde af. Så kunde hun jo endelig også finde mange, der var meget mindre egnede for hende end Gøsta. Synes du egentlig ikke godt man kan være glad over det? Jeg vilde give Masser til at kunne snakke med dig om det. - Hvad hendes Musik angår tror jeg ikke det vil standse Udvikling. Hun gør alligevel ikke noget ved det uden når hun er oplagt, og jeg kunde da tænke mig at Giftermålet befordre Oplagtheden.
 Hvornår, - ja det står hen endnu. Det er kun en Mulighed at det bliver over England - vi har sat os i Forb. med Bennet, og afventer Meddelelse om hvorvidt der er Passage gennem Tyskland - hvad det koster o.s.v. Det er jo Pokkers dyrt over England og det kniber jo med at få så mange Penge rundet op. - Jeg vil prøve på at sælge et Par af mine Las-Malerier. Hun skal jo også udstyres lidt pænt. - Jeg selv bliver meget beklaget, - men jeg må sige, at jeg ser ikke så tragisk på den Side af Sagen, den at "jeg skal af med Grethe". Hun er jo alligevel færdig med at gå herhjemme hos mig, - så hun kan såmænd ligeså gærne være gift. Ja, lille Lugge, det er jo også kedeligt du skal af med din lille Kokkepige, - men mon du ikke nok finder en anden, og så gik da den Tid med det. - Det har været glimrende for hende, og hun har lært meget. Afskeden med Bes er smertelig tror jeg - hvor er de dog bleven gode Venner. Vi har travlt med at sy Udstyr. Du kan vel lige tænke dig hvor Besen giver hende Masser fra mine Oplag i Puffer og Kister deroppe - 2 fine, næste nye Voilekjoler, - 8 meter hvidt Voile, - først tænkt til natkjoler, - men nu mener vi en hvid Kjole + en ekstra fin Natkjole. Hun skal have en Sjantung Rejsedragt og sin grønne Silkekjole syet. - Tak for Westminsterkortet. Jeg kan huske det "Cloister", - det var vist der, de ældste Gravsten fandtes. Jeg kan huske, hvor jeg bævede af frydefuld Ærefrygt, da jeg gik der. - Det er knusende morsomt at læse jeres dine ["jeres" overstreget; "dine" indsat over linjen] Breve. Hvor i har det yndigt. Jeres Børn er så søde og vi er allesammen så glade ved dem. Hvis du vilde skrive mig et Par uoffentlige Ord om Situationen, kunde du jo lægge dem inden i et Be-Brev med privat på
 [Indsat i venstre margen s. 2; lodret:]
 Jeg holder med Grethe i hun kan ikke beholde alle de masser af Kostpenge nu hun er "rendt af Plads" men hvis I vil låne mig dem, var det dejligt, - det er jo dyrt at få en Datter gift, - 
 [Indsat øverst s. 2; på hovedet:]
 Mange Hilsner til jer begge fra Elle</t>
+  </si>
+  <si>
+    <t>1920-04-27</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Jens Christian Christensen
+Grethe Jungstedt
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Vedr. IC: 
+29/3 1920 afskedigede Kong Chr. 10 den radikale regering under statsminister Zahle, idet han ikke var enig i, at Danmark måtte acceptere afstemningsresultatet fra 1920 om grænsedragningen mellem Danmark og Tyskland. Hele forløbet har efterfølgende fået navnet Påskekrisen, idet det betegnede en krise for det parlamentariske princip og for forholdet mellem folkestyret og monarken. Valgkampen blev i høj grad præget af den nationale stemning, som den kommende grænserevision havde skabt. Den tidligere konseilpræsident I.C. Christensen, var leder af Venstre. Sammen med de Konservative talte Venstre stadig – dog efterhånden mere mådeholdent – for, at dele af Mellemslesvig kunne indlemmes i Danmark. De mere moderate borgerlige kræfter agiterede for, at der burde etableres en international zone, hvor man på sigt igen skulle holde folkeafstemning om det nationale tilhørsforhold. Socialdemokratiet og Det Radikale Venstre fastholdt, at man skulle respektere folkenes selvbestemmelsesret ved at acceptere de slesvigske folkeafstemningers udfald.
+Tavistock Square er en offentlig plads i Bloomsbury i London Borough of Camden nær Euston Station. Pladsen har fået sit navn fra Marquess af Tavistock, en høflighedstitel givet til de ældste sønner af hertugerne af Bedford. 
+Grethe Jungstedt blev i 1920 gift med Kurt i Paris.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3761</t>
+  </si>
+  <si>
+    <t>Det er en skandale, at landet nu skal styres af I.C. Christensen. 
+Johanne/Junge Larsens koncert var en succes og gav overskud.
+Grethe Jungstedt er i Odense for at købe tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kddx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet med blå farveblyant på kortets adresseside:]
+7 1/2 Cts T
+[Håndskrevet med blæk på kortets adresseside:]
+Fru Professor Brønsted
+c/o Mrs. Henning
+44-45 Tavistock Sq.
+London
+W.C 1
+Kerteminde d: 27de
+Hvilken Skandale at vi nu skal styres af en IC! Hvad maa Udlandet tænke om os, naar vi vil omstyrte 
+[Håndskrevet med blæk på kortets tekstside:] Afstemningen i 2 Zoner og begaae Overgreb mod Tyskland! Hermed Aviser! Junges Koncert er en stor Succes; Overskud ca. 200 Kr. Stort Bal, men alt det veed Du vel fra Lomme. Alle fire i Odense i Dag for at ekvipere Grethe. Mange Hilsener! Mor.
+Nu kommer Lomme til Fransk. 
+[Håndskrevet med blyant:] 
+44 Kr
+55 Kr</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -332,51 +332,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ssZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kddx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -451,106 +451,106 @@
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>42</v>
       </c>
     </row>