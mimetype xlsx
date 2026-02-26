--- v2 (2026-01-07)
+++ v3 (2026-02-26)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="49" uniqueCount="43" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>