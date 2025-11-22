--- v0 (2025-10-08)
+++ v1 (2025-11-22)
@@ -117,50 +117,218 @@
 54 Coolidge Str.
 Brookline (Boston)
 Mass.
 U.S.A.
 [Skrevet på kuvertens bagside:]
 A Goldschmidt
 Kastanievej 13
 Charlottenlund
 Dette brev er altså 101 år glt.
 [I brevet:]
 Kastanievej 13
 25 Sept Søndag 1904
 Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
 Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
 Ja, det var da min Mor.
 ”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
 Pakken var nok Strømperne fra Mornine.
 Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
 Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
 Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
 Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
 I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
 Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
 [Skrevet på hovedet øverst på side 1:]
 Mange gode Hilsener fra Alfred.</t>
+  </si>
+  <si>
+    <t>1904-10-25</t>
+  </si>
+  <si>
+    <t>København
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+54 Coolidge Str.</t>
+  </si>
+  <si>
+    <t>Drucker &amp; Søn
+Alfred Goldschmidt
+Henriette Goldschmidt
+Herman Levin
+William Mackie
+Carl Salomonsen
+Ellen  Sawyer
+Laura Warberg
+Mary Ward</t>
+  </si>
+  <si>
+    <t>Det kan ikke med sikkerhed afgøres, hvem Gustav Philipsen, Pontoppidan, Dr. Ussing og Jens Bush var. Det vides ikke, hvorfor der står "Coppel" i en af tilføjelserne. 
+BISSEN lampen er en danskdesignet og -produceret lampe, der er håndlavet efter gamle, klassiske, danske håndværkstraditioner. Lampen er fra 1970erne designet af Asger Bay Christiansen – kendt som asger bc – og er et produkt af høj kvalitet (Kilde: Danskligthning.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0408</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt er rejst til Malmø, og Astrid/Dis kan ikke lide at være alene hjemme. Han er blevet tilbudt en større stilling hos Drucker &amp;amp; Søn i Malmø. Stillingen er mere spændende og ansvarsfuld end den gamle, og den vil give højere løn. Astrid har ikke lyst til at flytte til Malmø, men måske kan de med tiden få råd til et hus på landet. 
+Astrid og Alfred har været til foredrag med debat i Studentersamfundet. Og de har købt bøger på auktion hos en familie på Amager. 
+Den følgende dag skal de til begravelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/98cP</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+16-3-2004.
+BWP
+Frk Johanne Warberg
+pt. Dr. Mackie
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A. 
+Poststempel
+[Dato tilføjet:]
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Rosenvej 2 
+København
+(Denmark.)
+[Poststempler]
+[I brevet:]
+Rosenvej 2 III Ø.
+Tirsd. d 25 Okt – Nat.
+Kære lille Junge! I Dag er jeg nok kommen en Dag bagefter med at skrive; jeg var ellers bleven sat til Rette i Aftes med Pen og Papir og det hele – i en dejlig varm og hyggelig Stue – men så faldt jeg i Søvn og sov i hele 2 Timer – og da jeg så vågnede – gik jeg i Seng. Det var også bleven et kedeligt Brev – jeg var i trist Humør, fordi Alfred var rejst til Malmø om Morgenen for at blive hele denne Uge. Det sker jo ofte i denne Tid, men jeg er gerne lidt trist ved det, før jeg får mig vænnet til Ensomheden. Det er en ganske egen Sag, når man er gift, Junge, da at skulle undvære den, man er gift med; det er ligesom et Stykke af en selv, der var er [”var” overstreget; ”er” indsat over linjen] borte; Livets mange små oplivende Dagligheder taber så meget i Værdi, når man skal gå og nyde dem helt alene.
+Men lad mig dog fortælle Dig det sidste nye i vor lille (lidt for lille) Familie – hvis ikke Mors Breve allerede har fortalt Jer det, så det ikke er nyt længere; Alfred har fået en meget betroet Stilling i Druckers Forretning ovre i Malmø; nemlig som Direktør på deres store Pelsvarefabrik – eller Bestyrer, som Alfred helst siger. (Direktør lyder så pretenciøst (hvordan mon det staves?)) 
+Dette er selvfølgelig en stor Forandring i mange Måder. 
+Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
+Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
+Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
+Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
+--------------- Men det kan ikke længere more Dig at høre på. 
+Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
+Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
+[Skrevet på hovedet øverst side 1:]
+Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
+[Skrevet på hovedet øverst på side 4:]
+ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
+[Skrevet på hovedet nederst på s2-s3:]
+Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
+[Skrevet på hovedet øverst på s2-s3:]
+P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
+  </si>
+  <si>
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
   </si>
   <si>
     <t>1905-02-16</t>
   </si>
   <si>
     <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Malmø
 Rosenvej 2 og St Paulli Kyrkogatan 19</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Peter Bichel
 Alfred Goldschmidt
 Malin   Holmström-Ingers
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid og Alfred Goldschmidt flyttede i 1905 fra København til Malmø, da Alfred af sit firma fik tilbudt et bedre job i Malmø, end det han havde i København. 
 På adressen i Boston, hvortil brevet er stilet, boede Astrid og Johannes storesøster, Christine, med sin amerikanske mand. 
 Astrid og Peter Bichel var kærester, da hun mødte Alfred Goldschmidt og afsluttede forholdet til Peter. 
 Malin/Molle Ingers havde ifølge svensk Wikipedia en dreng og en pige. Astrid skriver, at hun havde tvillingedøtre, hvilket også fremgår af andre breve i KTDK.
@@ -509,218 +677,50 @@
 [I brevet:]
 ”Bokskogen” 28 Maj 1905.
 Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
 Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
 Næste Morgen på en Bænk i Parken. 29/5 – 05.
 Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
 Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
 Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
 - hermed vil jeg slutte mit lille Friluftsbrev. – 
 Brev No 2.
 Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
 Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
 Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
 I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
 - Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
 - jeg tænkte – ”mine Ord vil ikke meget sige”. 
 Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
 Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
 Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
 Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
 Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
 Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
 Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
 Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
 Dis</t>
-  </si>
-[...155 lines deleted...]
-Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
---------------- Men det kan ikke længere more Dig at høre på. 
-Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
-[...8 lines deleted...]
-P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -797,51 +797,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wuMq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -922,315 +922,315 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>68</v>
+        <v>18</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>77</v>
+        <v>18</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>81</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>82</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>83</v>
       </c>
     </row>