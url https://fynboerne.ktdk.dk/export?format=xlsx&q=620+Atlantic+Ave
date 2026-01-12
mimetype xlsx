--- v0 (2025-11-19)
+++ v1 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="25" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="32" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -128,50 +128,134 @@
 Danmark
 [Håndskrevet på kuvertens bagside:]
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+- Sonne
+Nelly Tailor
+Mathilde Ward</t>
+  </si>
+  <si>
+    <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
+Miss Morrison er ligeledes ukendt. 
+Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
+Harris Sawyers forældre har været til begravelse, og det var dejligt for Ellen at have huset for sig selv. Nelly kom på besøg og senere Fru Ward, som gerne vil lære nogle amerikanere at kende. Mathilde Ward var begejstret for Ellens hus. 
+Ellen går til musikundervisning hos Miss Morrison, men hun har dårligt tid til at øve sig. Grethe kravler, rejser sig op ved møblerne og putter alting i munden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpEx</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrevet:]
+Kære Mor
+Tak for dit Brevkort som kom idag. Jeg var meget beroliget ved at se at se B. har det bedre, - bare nu Bedringen må vare ved. – Jeg kan ikke skrive langt denne Gang heller for jeg har opbrugt al min Skriveenergi på Mornine, og denne venter jeg Mulle["Mulle" overstreget] Harry hjem fra Washington hvert Øjeblik. – I det hele taget vil jeg hellere i denne Tid, da jeg har så meget om Ørerne skrive oftere og lidt kortere. – jeg har så dårlig Tålmodighed til at sætte mig hen at skrive et langt Brev. – 
+Gamle Bedstemor Sawyer er død og de to gamle har været til Begravelse. – Det er en Skam at sige det, men det er så sjov når de er borte og jeg leger ”eget Hus”. Idag havde jeg inviteret Fru Sonne og Fru Ward til Kaffe og havde lavet Chokoladeis. Så blev det øsende Dagregn og jeg opgav dem nok. Nelly kom ind og vi nød hele Traktementet Is Kaffe Kager Vin – og da vi havde fået det hele fortæret kom Fru Ward – Mathilde vil jeg kalde hende, for vi er på Fornavn nu
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
+Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
+Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
+[Skrevet langs sidste sides venstre margen og delvist under teksten:] 
+Der er ingen Kommaer i dette Brev 
+[Stemplet på sidste side; øverst og på hovedet:]
+FOR DEPOSIT IN THE
+PURITAN TRUST CO,, BOSTON,
+HARRIS E. SAWYER</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -248,59 +332,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -362,48 +446,94 @@
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" s="5" t="n">
+        <v>1900</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
+    <hyperlink ref="M3" r:id="rId8"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>