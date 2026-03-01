--- v1 (2026-01-12)
+++ v2 (2026-03-01)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="32" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>