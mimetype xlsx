--- v0 (2025-12-23)
+++ v1 (2026-02-11)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="266" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -732,51 +732,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 