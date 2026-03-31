--- v1 (2026-02-11)
+++ v2 (2026-03-31)
@@ -91,51 +91,51 @@
 Henrik Havemann
 - Jensen, Frøken, Erikshaab
 Alhed Larsen
 Johanne Christine Larsen
 Mogens Lindhardt
 Otto Emil  Paludan
 Emilie -, pige i huset på Erikshaab
 Jenny Rasmussen, Aarhus
 Ellen  Sawyer
 Petrea Schmidt, g. Brandstrup
 Adelheyde Syberg
 Hempel Syberg</t>
   </si>
   <si>
     <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
 Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
 Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
 Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
 Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
 Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
   </si>
   <si>
-    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+    <t>Laura Warberg havde en dejlig fødselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
 Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
 Christines anonyme brev til præsten var en sjov idé.
 Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
 Lauras ben er dårligt. 
 Johanne/Junge har været syg og hjemme fra Sollerup.
 En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
 Petrea har fået fjernet et bryst og lider.
 Laura Warberg når kun at skrive hver 14. dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/VVAE</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Christine Warberg
 Vestergade 58
 Aarhus.
 [Håndskrevet i brevet:]
 Erikshaab d. 22-1-92.
 Kjæreste Basse!
 Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
 Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
 Mange Hilsener Mor.
 Lørdag Middag!
 Min søde Basse!