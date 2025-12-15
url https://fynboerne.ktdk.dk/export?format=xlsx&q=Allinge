--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5702" uniqueCount="3460" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5784" uniqueCount="3517" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -8100,51 +8100,51 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-04-25</t>
   </si>
   <si>
     <t>Andreis -
 Carl -
 Thora  Branner
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne  Larsen
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 Albrecht  Warberg
@@ -12407,50 +12407,100 @@
 Michelangelo Simoni
 Hjalmar Sørensen
 Anders Trulson</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg boede i Italien med deres seks børn fra efteråret 1910 og små tre år frem.
 Zahrtmann boede fra 1883 til 1911 hver sommer til leje i bjerglandsbyen Civita d'Antino. 
 I Kristian Zahrtmann En Mindebog bygget over hans egne Optegnelser og Breve fra og til ham, F. Hendriksen, Kjøbenhavn 1919 er der gengivet flere breve og andre tekster, hvori Zahrtmann fortæller om Trulson og Sørensen og sommeren 1911. Om sagen med natpotten, der ikke blev tømt, skrev Zahrtmann således (s. 568): "Situationen forværredes ved, at alle Italienere er forfærdeligt bange for Tuberkelsmitte. Tjenestepigerne desinficeredes, naar de havde været inde hos ham. Det blev os danske, der gav ham Mad, Medicin og sad og talte med ham." 
 Zahrtmann ophørte ikke med at være i brevkontakt med Anna og Fritz Syberg efter episoden med Sørensen. I Mindebogen er eksempelvis aftrykt et brev fra Zahrtmann til ægteparret dateret 17. august 1912 (s. 575-576).
 Sommeren 1911 var i øvrigt den sidste, Zahrtmann tilbragte i Italien.</t>
   </si>
   <si>
     <t>Fritz Syberg fortæller om noget, der gik for sig i sommeren 1911: Zahrtmann så et stort lys i en af sine elever, (Hjalmar) Sørensen. De to besøgte sammen Syberg-familien i Pisa, og i begyndelsen beskrev Zahrtmann Sørensen med lovord. Sørensen var i øvrigt en meget smuk mand. Efter en måned begyndte Zahrtmann at blive irriteret på Sørensen, og han bed ham af osv., så det var pinligt for alle. De to rejste videre til Civita d'Antino, og her fik Sørensen nærmest husarrest, han måtte ikke tale ved bordet, ikke gå tur med en moden kvinde osv. Poul S. Christiansen var også i Civita, og han og Zahrtmann skændtes. En tredje gæst var svenskeren (Anders) Trulson, som var alvorligt syg. Tjenestepigerne tømte ikke hans natpotte, som stod og gærede i varmen.
 En tjenestepige fik stoppet en barbarisk måde at slagte lam på i Civita d'Antino. 
 Sørensen fik om efteråret rejsepenge af Zahrtmann og ordre om atrejse lige hjem uden svinkeærinder. Han besøgte alligevel Syberg i Pisa, og de tre voksne sendte et kort til Zahrtmann, som svarede, at han havde dårlig samvittighed. Hjemme igen besøgte Sørensen flere gange Zahrtmann, indtil sidstnævnte bad ham holde sig væk.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mHvr</t>
   </si>
   <si>
     <t>Pisa Via San Lorenzo 44
 23 – Juni – 1912
 Kære Ven.
 Jeg sender Dig her en Historie. Nogen Tid før jeg rejste herned skrev Zahrtmann til mig og fortalte mig om en ung Mand han havde taget til sig for at opdrage ham til Kunstner. Hans Talent var ganske enestående Han gav mig også lidt af den unge Mands Forhistorie bl.a. havde han en Tid ernæret sig som Opvarter i Antwerpen. I Fjor Forår da Z. med sin unge Ledsager kom til Pisa opsøgte de os, og der var ingen Ende på Z.s Lovprisninger af ham. Det eneste Z. havde at leve for nu var denne unge Mand der skulde nå ”langt videre” end vi andre. Den unge Mands ”Ædelhed” var noget ganske [et overstreget, ulæseligt ord] ud over almindelige Menneskers. Jeg var ikke meget spændt på at se dette Fænomen, for Z.s [overstreget, ulæseligt ord] Evne som Menneskekender sætter jeg ikke meget højt. Men den unge Mand overraskede mig ved at se [”se” overstreget] være en Del anderledes [overstregede bogstaver] end jeg havde ventet. Jeg havde ventet mig ham lidt feminin og lidt fordægtig, det er Zs. Smag [overstregede, ulæselige ord] I Stedet for ser vi t [”t” overstreget] en høj velskabt Fyr – nøgen vi badede nemlig sammen [de sidste fire ord indsat over linjen] noget i Retning af Michelangelos David. Han var [”var” overstreget] er en glimrende Svømmer, har faret tilsøs, som Matros i Storfarten, - Amerika osv. Københavner af den ganske tiltalende Art som f. Eks. Bliver gode Soldater [noget overstreget og ulæseligt]. Hans Talent som Maler forestiller Du Dig bedst ved at tænke på Din Broder D[ulæseligt], Dygtigheden var ubestridelig. Forøvrigt var han en overordentlig rar Fyr som Børnene kom udmærket ud af det med.
 Hvor længe Z. har kendt ham førend de kom herned ved jeg ikke, men hans Beundring for ham her [”her” overstreget] kulminerede hernede da den første Måned var gået. En Dag [”En Dag” indsat over linjen med en streg ned, som går henover ”Z.”] inviterede Z. [”Z.” indsat over linjen] os en Tur til Lucca og da havde Piben en anden Lyd. Sørensen (den unge M.) var ikke længer det ubegrænset ædle Menneske og den [”den” indsat over linjen] vordende store Kunstner. Talte han blev han fejet af. Z tilretteviste ham i vi andres Påhør på en så ubehagelig Måde så hele Selskabet forstemmedes deraf. Synet af af [”af” overstreget] ham irriterede Z. Derefter rejste de til Civita d’Antino. Dernede vilde jeg nødig have været i Sørensens Sted Han blev lukket inde på sit Værelse og sat til at male et Interiør derfra [”derfra” overstreget] for at Omverdenen ikke skulde se for meget til ham. Det blev ham forbudt at tale ved Bordet. En Dame (Malerinde) som boede der og som han havde trøstet sig med på nogle Aftenture (Hun var 46 – han 29) blev det forbudt (af Z.) at spasere med S., - nok med de andre Malere, - men ikke med S. ”han var ikke passende Selskab.” Dette bedes forstået således, at det ikke var et af Z. fra først af udtalt klart Program hvorefter alle havde sig at rette, men kom frem lidt efter lidt [”lidt efter lidt” indsat over linjen] i Løbet af Sommeren når Z. fandt Lejligheden passende d.v.s. en pinlig utryg Stemning blev vedligeholdt under hele Opholdet. Dertil kom daglige [”daglige” indsat over linjen] Diskussioner om Italienerne, hvor [”hvor” overstreget] mellem Z og Christiansen. Z. kogende af Vrede. C. ligbleg og truende med at rejse. Italienerne er ”Prinser” vi er kun ”Barbarer” det var Emnet. Endvidere Svenskeren Trulsons Død. Såvidt jeg kan forstå under temmelig graverende Forh [”Forh” overstreget] hygiejniske Forhold. Fra den Dag han blev sengeliggende satte Herskabet to Signora’er Cerroni ikke deres Fødder i hans Værelse, heller ikke Tjenestepigen. Tænk Jer i den varme Sommer ifjor at have en Lerko[ulæseligt] stående med gærende Latrin 14 Dage i det Værelse hvor man ligger syg. – [et overstreget bogstav] Førnævnte Dame tog sig på at hjælpe på dette da hun havde opdaget det, men Z følte sig meget stødt over hendes Indgriben. En anden Ting hun fik Forandring på var følgende. De slagtede hver Dag Lam lige for [”lige for” overstreget] på Pladsen uden for, til Underholdning for Børnene. Det foregik på den Måde at de spigrede Dyrene i levende Tilstand på Bjælkeværket, en regelret Korsfæstelse, men med Hovedet nedad som Skt Peder. Der blev de så hængende og brægede til Underholdning for Italienerbørnene til man fik Tid til at tappe Blodet af dem. Det lykkedes førnævnte Dame at få dette Forhold forandret derhen, at Korsfæstelsen af Lammene ikke mere foregik på åben Gade men blev henvist til et Sted udenfor Byen – sålænge hun var der. Tilbage til Sørensen. Da Efteråret kom t [”t” overstreget] erklærede Z. at S. ikke var, hverken et ”ædelt Menneske” eller kunde blive Maler. Han gav ham Rejsepenge hjem men pålagde ham at rejse sporenstregs hjem. S. mente det var for at [”at” overstreget. Over linjen er skrevet ”di”] di han [”han” overstreget] Z ønskede ikke ham (S) [”(S” indsat over linjen] på Hjemrejsen måtte gøre Ophold hos os. Det gjorde han nu alligevel. Vi så ingen Grund til at være anderledes mod ham end vi hele Tiden havde været. Han boede hos os i 14 Dage og havde det vist [overstregning, ulæseligt] dejlig, de[t] sagde han da. Vi sendte ovenikjøbet Z et Kort med Hilsen fra os alle. Z. svarede med en lille Hjerteudgydelse ”dårlig Samvittighed over for S.” I København besøgte S. Zahrtmann nogle Gange. Han kiunde stadig ikke tro at en Interesse der blev begyndt [”blev begyndt” overstreget] straks var så varm kunde så helt og aldeles forsvinde. Han blev imidlertid modtaget afvisende. Så holdt han sig væk et halvt År. Levede af at stå Model og arbejdede i Mellemtiden flittig på ”sin Kunst” (Han er jo nemlig nu uigenkaldelig hjemfalden til Maleriet, blevet bidt af en gal Kunstner som det hedder). Forleden besøgte han så Z igen som sagde til ham at han vilde sætte Pris på om S. ikke mere besøgte ham. En anden Virkning at dette har havt er at Z ikke sender mig hverken Kort eller Breve mere, at Forbindelsen mellem os holdt med et Slag op for ca. tre Fjerdingår siden. Brænd endelig dette Brev når Du [”Du” overstreget] I har læst det, men Du må gærne benytte Stoffet til en Singapornovelle. Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-08-26</t>
+  </si>
+  <si>
+    <t>Gunnar Biilmann Petersen
+Bodild Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Christine Swane
+Leo Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i august 1911. Hun og datteren rejste derefter fra deres hjem i USA til Danmark. Året efter havde Ellen Sawyer besluttet sig for at blive i Danmark, og hun rejste til Boston for at pakke sine ejendele. Svogeren Johannes Brønsted fulgte hende tilsyneladende.
+Man kan se af beskrivelsen af huset i Kerteminde, at Louise Brønsted, hendes børn og Grete (Ellens datter) opholdt sig hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3816</t>
+  </si>
+  <si>
+    <t>Hospitalskuren må hjælpe på Laura Warbergs dårlige ben. 
+Det er godt, at Ellen Sawyer og Johannes Brønsteds afrejse gik godt. Ellen var nervøs for rejsen og for at forlade Grete.
+I Kerteminde går det fint. Andreas/Lysse Larsen er sød til at lege med de små. Der er kommet brev fra Ellen og Johannes. Under en søgang sov Ellen en masse timer. 
+Mens familien i Kerteminde spiste, ringede en mand på døren og afleverede en stor pose godter. Alhed/Lomme Brønsted bad ham vente i trappestuen, til deres måltid var overstået - hun kender til helligholdelsen af måltiderne hos Larsen-familien. Bagefter fik man kaffe i lysthuset.
+Christine/Uglen, Sigurd og Leo Swane har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kMkR</t>
+  </si>
+  <si>
+    <t>Kerteminde 26 - 8 - 1912
+Kære Mor!
+1000 Tak for det lange interessante Brev til Alhed i Dag, som ogsaa jeg har nydt godt af; hvor det er dejligt, at det gaar saa godt; mon ikke denne radikale Kur skulde faa konstante Virkninger paa "det slemme, haardnakkede Ben". Det er meget karakteristisk, at det er Dig, hospitalsbundne, der forsyner os med Efterretninger fra Afrejsen, de sidste Dage o.s.v. Det var beroligende at høre, at alt er gaaet godt og festligt og at Elle var ved godt Humør; hun var meget nedstemt her de sidste Dage; ked over at forlade Grete, og urolig for Rejsen; men det har jo nok fortaget sig. - Her staar alt godt til; hele Børnereden i god Kondition, og Hosten stærkt paa Retur, undtagen for lille Lysses Vedkommende, den herlige Dreng. Han er saa sød mod de smaa; I Dag har han og Bes gaaet og leget sammen under Bes' store Begejstring. Vi er meget glade ved det mildere Vejr i Dag, baade for vor egen Skyld og navnlig for de rejsende. Da Be skrev til dig, den Dag, jeg paabegyndte dette Brev, opsatte jeg det indtil videre. - I Dag havde vi ["vi" indsat over linjen] saa Brev fra de Søfarende, baade fra Kristiania og Kristianssens. Den første Del af Rejsen er da gaaet tilfredsstillende, trods en Del Søgang den første Dag og ["Dag og" indsat over linjen] Nat. Mag. holdt sig stolt, men Elle kunde ikke møde til Middagen; dog var det ikke saa farligt, skriver Mag, for hun sov i en Køre fra Kl. 4 om Eftermiddagen til 7 næste Morgen, og maa jo næsten antages at hun udhvilet efter de sidste Dages Strabadser. I Kristiania fandt de sammen med Biilmann, og paa Skibet er de en Klike paa Elle og 6 Kemikere, som holder Sjov og nyder Bordets Glæder sammen. -
+I Dag, Mandag, er der vederfaredes Huset og os alle en stor Glæde og Ære. Mens vi spiste, Børnene og jeg som sædvanlig ved mit lille private Taffel i Køkkenet, ringede det paa Entredøren, og Lomme gik ud og lukkede op; kom tilbage med en mægtig Pose Godter, som var fra "en Mand" til alle Børnene; 
+[øverst på arket er med blyant skrevet:] 1912
+[Herefter med blæk:] jeg styrtede jo ud, meget imponeret og foruroliget af Posens Størrelse, og hvem sidder i Trappestuen: Onkel Syberg. Lomme, som jo kender Husets Helligholdelse af Middagsfreden havde sagt til ham: "De kunde maaske vente lidt, for vi spiser", hvad Onkel Syberg havde moret sig meget over. - Middagsfreden blev jo nok alligevel lidt forstyrret, og bagefter blev der Kaffe i Lysthuset, Fremvisning af Haven og megen Passiaren; alt tilfredsstillende. Kirstine dukkede op midt i Kaffen og Kl. 2 gled de igen, var kommen kørende i egen Befordring, alene for at hilse paa os alle.
+Svane med Uglen har været her en Dags Tid paa Gennemrejse til København. Broderen, Leo Svane, er her endnu, et meget tiltalende Menneske; rejser vist med 2 Posten i Nat. Ja, her er altid noget.
+Helhedstilstanden er stadig god; tænk, at jeg kunde glemme at takke Dig for den gode [ulæseligt]chokolade; jeg er forøvrigt saa rask og i god Kondition, saa jeg slet ikke trænger til Styrkemidler. - Vi rejser herfra paa Søndag med 11 Toget.
+Mange Hilsner til Dig, Tutte, Junge, Bodild etc. fra Din Lugge
+26 - 8 - 12</t>
   </si>
   <si>
     <t>1912-10-11</t>
   </si>
   <si>
     <t>Aage Møller
 Mads Rasmussen</t>
   </si>
   <si>
     <t>Frederiksberg</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
   </si>
   <si>
     <t>Kontorchef Aage Møller beder på Mads Rasmussens vegne indtrængende om, at Tom-Petersen alligevel forsøger at komme til det indkaldte møde, som han ellers har meldt afbud til. Det er vigtigt, at bestyrelsen samles og får truffet nogle beslutninger, hvis byggeriet skal begynde til efteråret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gfWU</t>
   </si>
   <si>
     <t>11' Oktober 1912.
 Herr Kunstmaler Tom Petersen,
 Mathildevej 2.
 Etatsraad Rasmussen har bedt mig meddele Dem, at han har modtaget Deres Brev, hvori De meddeler, at De ikke kan komme til Møde paa Mandag.Af en Notits i "Riget" angaaende Festen paa Lørdag fremgaar det,at der er en Del fynske Malere her i Byen i den Anledning,Johs Larsen er kommen,og Etatsraaden beder mig skrive til Dem, at han meget gærne vil have Bestyrelsen samlet nu pa Mandag ,da det er paa høje Tid at faa taget Bestemmelse, naar Byggeriet skal begynde i Efteraaret,og at han indtrængende beder Dem gøre Udvej for at kunne komme. Som opgivet i Cirkulæreskrivelsener Mødet fastsat til Kl 3 Mandag Eftermiddag i Skjoldsgade 10. 
@@ -15809,50 +15859,92 @@
 do Tomater (efter A) 100
 Chrysanthemum 200
 50 ? Bænkevinduer 300
 Blomkaal 700
 Jordbær 200
 + Græs til Hest.
 ---------
 3300
 ----------
 ----------
 Udgift:
 Brændsel 300
 Gødning, Frø m.m. 300
 Elektrisk Kraft 100
 Føde til Hest (Hest anskaffes) 300
 Reparationer 200
 Afgift 1200
 Telefon 130
 --------
 2530
 --------
 Det ser jo ikke fedt ud, men jeg tror det er en forsigtig Beregning. Se det var altsaa Jørgensens alene. Henningsen sagde forleden at han havde taget for 1200 ud af Jorden deroppe og saa var endda ikke medregnet Chrysantemum, som han sagde at have faaet godt ud af. Hvorvidt det er til at stole paa skal jeg ikke kunde sige.
 Jeg har tænkt en Ordning med Henningsen omtrent saadan: Han aftager hvad vi producerer, saa vidt han kan, mens vi til Gengæld ikke maa sælge her i Byen</t>
   </si>
   <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
     <t>1926-11-01</t>
   </si>
   <si>
     <t>HC  Andersen
 Peter Fenger Just
 Else Jensen
 Jakob Knudsen
 Tom Kristensen
 Marie Schou
 Clara Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensens "Jørgine" blev udgivet som selvstændig bog i 1926. I 1932 blev den trykt som en del af "Himmerlandshistorier". 
 Jakob Knudsens "Jyder. Sytten Fortællinger" udkom i 1915. I 1917 kom hans bog "Jyder. Elleve Fortællinger". 
 Tom Kristensen anmeldte digtsamlingen Verdens Lys i Politiken 27.10.1926.
 Clara/Nolle Syberg og hendes mand, der udvandrede til Argentina, var nødsaget til at komme hjem til Danmark efter få år, da Clara blev alvorligt syg.</t>
   </si>
   <si>
     <t>Syberg har haft glæde af Jensens Jørgine, som familien har læst højt. Nu har Marie købt Jakob Knudsens Jyder, men det er Jensen, der kan give et portræt af danskerne. Syberg er vred over Tom Kristensens anmeldelse af Jensens digte.
 Clara/Nolle er nu blevet opereret i både venstre og højre side og har fået lagt dræn ind. Hun har ikke tuberkler i knoglerne. Lægen er for første gang lidt optimistisk hvad angår helbredelse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/En6N</t>
   </si>
   <si>
@@ -15877,50 +15969,117 @@
 Achton Friis
 Martha Friis
 Alhed Larsen
 Andreas Larsen
 Niels Svendsel</t>
   </si>
   <si>
     <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
   </si>
   <si>
     <t>Achton Friis har sendt 20 eksemplarer af den nye bog (De Danskes Øer), og skipperne og andre, der har været involveret i sommertogterne med Rylen får overrakt signerede eksemplarer af Johannes Larsen.
 Achton Friis har fået en meget dårlig omtale i Dagbladet Politiken, og Larsen finder det svinsk.
 Larsen har kommentarer til vignetter mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RoSd</t>
   </si>
   <si>
     <t>Kjerteminde 11 Nov. 1926
 Kære Achton Friis
 Det er en Skam at jeg ikke før har skrevet, men Sagen er jeg sidder og laver Træsnit hele Dagen, og naar jeg ikke kan se længere, er jeg saa sløj at jeg ikke kan gejle mig op til at skrive mere end et Brev ad Gangen og der har været en Del i den sidste Tid. Det var festligt at faa første haæfte ind ad Døren det skal nok blive en god Bog og jeg glæder mig vældigt til Fortsættelsen. Jeg havde ikke ventet at faa mere end højst 10 Expl saa det er jo en glædelig Overraskelse med de 20. jeg skal nok forsyne Skipperne. Chr. Andersen har jeg været nede og overrække en, han var vældig stolt og glad og kunde ikke forstaa at der kunde blive Raad til at forære ham en Bog der koster saa mange Penge. Lidt efter spurgte han:"faar de andre 2 ogsaa en, og da jeg bejaede det, har jeg en lille Mistanke at der var ham et ganske lille Skaar i Glæden. Jeg har tilladt mig at digte en Dedikation:
 Til Skipper Chr Andersen fra Achton Friis og Johannes Larsen med Tak for Sommeren 1921. 
 som jeg har skreven foran i Bogen og med Forandring af Aarstallet her og Navnet og har i Sinde at skrive i de andres også, naar de kommer og henter deres Expl. Jeg har nemlig Dendenten til at bede dem komme herop efter deres Expl. Det var en usædvanlig og beskidt Behandling De fik i "Politiken" jeg konstaterer Gang paa Gang at det er et skidt Blad. Alligevel er jeg saadan et Vanedyr at jeg ikke kan faa mig til at sige det af, nu jeg har holdt det i 42 Aar. Med Hensyn til Vignetten er vi vist omtrent enige, d.v.s. jeg synes heller ikke, at de som Maagerne er for store, men derimod et Par andre som jeg ikke husker nu, og saa ganske afgjort Isfuglene, de optræder i naturlig Størrelse og maa da sagtens kunde taale at sættes ned i samme Forhold som de store Billeder, og en Del mere da synes jeg. Avisudklippene skal komme en af de første Dage. Nu kan jeg ikke finde paa mere i Øjeblikket. Min Kone og Puf beder mig hilse, vi er alle 3 enige om at hilse dem alle 3. Min Kone siger at jeg skal sige fra hende og sige at det er en meget smuk Bog. Nu kan Petersen og Svendsel som ogsaa beder mig hilse og nu tager jeg dem med over i Huset og overrækker dem Bøgerne.
 Deres hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
   <si>
     <t>Carl Nielsen</t>
   </si>
   <si>
     <t>Modtager af brevet kan være Albert Repholtz, der var formand for Selskabet for Grafisk Kunst fra dets stiftelse i 1920 og frem til sin død i 1928.
 Manden i Haderslev kan være boghandler Carl Nielsen. 
 Der er måske tale om udkast til et brev, der ikke er blevet afsendt, da der ikke er anført modtager i brevet og heller ikke nogen afslutning.</t>
   </si>
   <si>
     <t>Det kongelige Bibliotek.</t>
   </si>
   <si>
     <t>Johannes Larsen ligger i strid med en mand i Haderslev og bestyrelsen for Selskabet for Grafisk Kunst vedrørende ejerskabet af reproduktioner af Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vLbV</t>
   </si>
   <si>
     <t>[Den eller de første sider af brevet mangler] 
 Jeg kan ikke nægte at Dit Brev var mig en stor Skuffelse. Naar jeg ikke har solgt Reproduktionsretten sammen med Stokken maa den jo være min Ejendom, ergo kan jeg sælge den, det er Logik, men det er altsaa ikke Jura. 
 Når Manden i Haderslev køber noget af Mig som jeg har Ret til at sælge maa det blive hans Ejendom, det er der heller ingen Huller i. Hvis der ikke i Loven om Kunstner og Forfatterret findes en Paragraf der limiterer Størrelsen af en Reproduktion, maa han have Lov til at gøre en saadan saa stor som han vil, ikke sandt?
 Naar samme Mand lader sig bluffe af Selskabet til grafisk Kunsts Sagfører til ikke at udgive Reproduktionen kan jeg ikke se, det rager mig, men maa være en Sag mellem ham og nævnte Selskab. Jeg vilde egentlig helst have en Dom i Sagen, hvis det ikke bliver altfor dyrt, jeg er jo en fattig Mand, naar efter jeg paa Grund af Arbejdet i Odense Raadhus har fordoblet min Gæld til Discontokassen. Alligevel vil jeg rette mig efter Dit Raad og betale Manden skønt det efter min Mening var Selskabet der skulde erstatte ham.
 Men han skal i saa Fald nøjes med Penge han skal ikke have Tegninger af mig.
 Altsaa hvis Du stadig synes det skal ordnes uden Dom vil jeg bede Dig foretage Ordningen og betale den øjensynlig opskruede Regning. Jeg kan ikke i øjeblikket refundere Dig Pengene, men da jeg formodentlig inden længe bliver nødt til at sælge min private Malerisamling, vil jeg gøre det ved den Lejlighed. Naar jeg beder Dig ordne Sagen er det bl.a. fordi jeg er bange for at faa en Injuriesag paa Halsen hvis jeg selv skal gøre det. Hvad angaar Det grafiske Selskabs Bestyrelsen og deres Sagfører havde jeg tillige Lyst til at give dem nogle flade Øretæver. 
@@ -16881,50 +17040,100 @@
 Marie Schou
 Vincent van Gogh
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Peter Hansen blev udnævnt til æresborger i Faaborg 25. juni 1928.
 Johannes V. Jensens nekrolog over Peter Hansen blev trykt i Politiken 11. oktober 1928. Den blev siden optrykt i Johs. V. Jensen: Form og Sjæl. Portrætter og Personligheder. Gyldendalske Boghandel 1931, s. 33-39.</t>
   </si>
   <si>
     <t>Peter Hansen, som ifølge Syberg var Fynboernes festlige element og den bedst begavede af dem, er død. Balsalen tømmes. Det er sandt, som Jensen skrev i nekrologen, at Hansen mindede om Gottschalk. 
 Syberg undskylder, at Johs. V. Jensen ikke har fået afskrift af talen. Syberg var begyndt at afskrive, men så blev talen væk, og den dukkede først op igen nu, hvor Fritz Syberg ledte efter brevpapir. 
 Syberg skal udstille i København, og han ville ønske, at han kunne slippe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eae3</t>
   </si>
   <si>
     <t>Pilegaarden 14-10-28
 Kære Johannes V. og Else.
 Ja saa er Peter da gaaet sin Vej, dermed er det festlige Element hos ”Fynboerne” forsvundet – og mere end det. Balsalen begynder at tømmes. Jeg fornemmer det stærkt som i gamle Dage paa Nytaarsballerne i Faaborg, naar hen ad Slutningen de smukkeste Par lidt efter lidt var forsvundet og kun de blev tilbage som var fast besluttet paa at holde ud til Musikken spillede af med ”Forgangen Nat vor sultne Kat” Han var den rigest begavede af alle Zahrtmanns 200 Elever og hans Kunst vil efter hans Død leve kraftigst. Det er rigtigt som Du skriver i Din Kronik at han havde Lighed med Gottschalck. Det gælder for deres efterladte Produktion at den ikke vil trænge til nogen Udrensning, men mens det for G.s Vedkommende er fordi han paa næsten monoman Maade var behersket af sit Kunstnersind (van Gogh) stammer det for Peters Vedkommende fra hans Karakters Renhed. Tak for Din Kronik om ham, ingen kan sige Tingene som Du.
 Med det samme jeg skriver vil jeg gærne klare mit Mellemværende med Jer m. H. til den Tale jeg [”jeg” overstreget] ved Peters Æresborgerfest som jeg lovede Jer en Afskrift af. Jeg er nemlig ikke saa skyldig som det tager sig ud. Jeg paabegyndte Renskrivningen straks jeg kom hjem, men da jeg havde ekstemporeret noget mens jeg holdt den – mest af Nervøsitet – vilde jeg gærne i Afskriften holde mig til det jeg havde sagt ved Lejligheden og det besværliggjorde Renskrivningen saa det tog nogen Tid. Jeg maatte lægge den til Side nogle Dage for mine Billeders Skyld og da jeg skulde tage fat paa den igen var den paa en mystisk Maade forsvundet fra Chartollet. Marie beroligede mig med at jeg nok havde gemt den et ”sikkert” Sted som jeg ikke nu kunde huske. I Fredags rejste Marie til Kbhvn og jeg bad hende før hun tog afsted endnu en Gang hjælpe mig at søge den op, og gennemsøgte alle vore Gemmer for den Slags Sager men uden Resultat. Det var mig meget ubehageligt at skulle staa som en Snyder for Jer men jeg valgte det alligevel i Haab om at Manuskriptet en Dag skulde komme tilveje. (Har jeg ikke snydt ved denne Lejlighed, [et overstreget bogstav] har jeg maaske gjort det ved andre - ) Men nu kommer det mystiske. I Dag fik jeg i Sinde at skrive et Brev til Jer, jeg savnede Papir og ledte hist og her til jeg fandt en gammel Protokol hvoraf jeg rev disse Blade ud, og ved den Lejlighed fik jeg fat i en Bunke Papirer som viste sig at være det forsvundne Manuskript. Jeg meddeler Jer det herved. 
 Jeg staar lige foran min Udstilling i Færd med at afslutte nogle Billeder, i Gang med at nedskrive Titler paa Billeder, Maal, Ejere og deres Adresser o.s.v. og da jeg i min Arbejdsmaade er lige saa planløs og fuld af Indskydelser, som Peter var i sin Filosofi saa har jeg det ikke helt let i disse Dage, men vil opsætte Afskriften af den lovede Tale til senere. Fra i Dag bliver jeg nødt til at lade Jer kalde mig en Snyder, forud var jeg det ikke. 
 Mandag [”Mandag” overstreget] Tirsdag den 23 kommer jeg til Kbhvn og der forestaar mig saa et kedsommeligt Arbejde til vi aabner Udstillingen den 10 Nov. Det er andre der har taget Initiativ til denne Udstilling, Marie glæder sig til den, selv vilde jeg inderlig gærne slippe fri, men det lader sig ikke gøre. 
 Jeg glæder mig til at hilse paa Jer.
 Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
   </si>
   <si>
     <t>1929-02-27</t>
   </si>
   <si>
     <t>Bodild Branner
 Thora  Branner
 Wilhelm Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Esben Hansen
 Harald Høffding
 Matilda Jungstedt
 Drude Jørgensen
 - Krarup, læge
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Elena Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
@@ -16966,150 +17175,372 @@
   <si>
     <t>27/2-29
 Kæreste Lugge!
 Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
 Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
 Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
 2)
 Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
 Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
 Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
 3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
 I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
 Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
 Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
 4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
 Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
 Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
 Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
 Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
   </si>
   <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
 Kæreste Lugge!
 Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
 2)
 købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
 3)
 nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
 Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
 Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
 Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
 [Indsat s. 3 i venstre margen; lodret:]
 Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
 [Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
   </si>
   <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Matilda Jungstedt
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Leo Swane
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Bes = Ellen Brønsted. 
+Lille = Matilda Jungstedt. Hun og hendes forældre boede i Stockholm.
+Putte = Elisabeth Mackie. 
+Det vides ikke, hvilken bog Leo Swane arbejdede på under opholdet i Kerteminde.
+Alhed Brønsted og hendes mand fik 14. nov. 1929 sønnen Eskild.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3813</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Louise Brønsted kommer til Kerteminde. Hun må vel hjem hurtigt. Den sidste tid af en graviditet er både hård og spændende.
+Vil Louise købe en bog til Ellen/Bes fra Ellen Sawyer?
+Ellen/Bes Brønsted hjælper Leo Swane med hans nye bog.
+Ellen Sawyer har travlt. Hun skal tjene penge om vinteren, så hun kan have fri i sommerperioden, hvor datteren og barnebarnet er hos hende. 
+Johannes Larsen har solgt billeder for 6000 kr.
+Johanne/Junge Larsen arbejder for meget.
+Elisabeth/Putte Mackie rejser vist nu. Christine/Mornine Mackie bliver nok ensom.
+Matilda/Lille Jungstedt klarer sig godt iskolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BoUn</t>
+  </si>
+  <si>
+    <t>[Skrevet med rød farveblyant øverst s. 1; på skrå:]
+Swane kom nu til Form.
+[Med blæk:]
+2 - Nov. - 29
+Kære lille Lugge!
+Tak for dit Brev, som jeg jo ogsaa havde kigget efter længe, men jeg kan godt forstaa, at du anvender al din Skriveenergi- og -Tid til Bes, og vi hører jo ogsaa fra hende, at alt staar vel til, saa gør det jo heller ikke saa meget
+Bes var lidt hernede i gaar Eft. hun fortalte mig, at du kommer herover til hendes Fødselsdag og er her et Par Dage. Det glæder vi os til!! Saa længe tør du vel ikke være hjemme fra, da nu Begivenheden i Vanløse trækker op. Det kan selvf. trække lidt ud - det synes jeg nu i Reglen det gør, - men du maa jo da være tilrede Det er ikke nogen morsom Tid - den sidste Maaneds Tid - og dog tænker man med en vis Ømhed tilbage paa den Tid, saa fuld af Spænding og Forhaabning. Eskild har jo besøgt Grethe i Stockholm. Hun havde været saa glad ved at snakke med ham og syntes han var saa sød.
+Hør Lugge, jeg skriver egentlig for at bede dig købe en Bog som jeg vil forære Bes d. 12te Den hedder "Paying guests" og er en Tandwitz, - men tænk jeg kan pludselig ikke huske, hvem den er af. Mon du ikke kan udfinde det selv. Den er efter min Mening meget
+2)
+morsom. Kan du ikke faa den, saa find en anden god.
+Bes var saa fornøjet hernede igaar og saa snaksom og meddelsom. Hun hjælper jo Swane med hans Bog og jeg tror det morer hende. Jeg ser jo ellers ikke meget til hende eller til dem deroppe, fordi jeg har saa umaadelig meget at gøre - alle Eft. Aft. ["Eft." overstreget, "Aft" indsat over linjen] er optagne og alle Eft. undtagen Onsdag fra 1/2 4 til 7 og saa Søndag. Men jeg har nogle af Formiddagene ledige og jeg haaber at kunne se dig lidt paa dem. Jeg kan invitere dig paa Morgenkaffe. Jeg er glad ved at have meget at bestille, for det er jo om Vinteren jeg skal tjene lidt, saa jeg kan have det lettere om Somren, nar Gr. og Lille er her. Og man faar saamænd c. ligesaa meget lavet af sit eget, selv om man har mange Timer, for saa økonomiserer man med den Fritid, man har og sviner den ikke bort. - Jeg faar mig øvet næsten hver Dag - hvad jeg aldrig gjorde i Sommer og faar en Del læst - paa Sengen; - og faar ogsaa lidt Tid til at studere det Tyske og Franske, som Bes hjælper mig lidt med.
+Swane har jeg slet ikke set. Jeg havde tænkt, han havde kigget herned igaar, men det 
+3)
+gjorde han ikke. Han rejser vist idag. 
+Bes sagde, at Las solgte for 6000 i gaar. Hvor er det dog dejligt. Mon det dog ikke snart hjælper lidt paa deres Finanser.
+Junge og jeg ses da lidt i Vinter. Vi har jo vore Tysk-Aftner, som hun er saa glad ved og saa optaget af. Vores lille Lærer er en lille intelligent Fyr, og vi har saadan nogle livlige, hyggelige Aftner med det Tyske. Hun har jo ellers altfor meget at gøre. Om Torsdagen 7 Timer - næsten ud i en Køre. Og hun vil have 60 Min.s Timer. Det er nu meget forkert. Hun skulde tage 5 Min. af hver Time og puste lidt. Jeg synes det er for samvittighedsfuldt af hende.
+Jeg tænker saa meget paa Mornine. Nu maa det jo lakke at Putte rejser. Det bliver nu svært for hende. Hvor er hun dog et ensomt Menneske. Men det kommer vel af, at hun er ensomt anlagt. -
+I Stockholm har de det godt. Det ser ud som om Lille alligevel ikke er saa dum i Skolen - hun er meget ivrig til at stave og henrykt ved sin Skole. Igaar var hun 7 Aar. Naa nu skal jeg ud og spise til Middag - 12 10 kommer min Lektiedreng, og saa er mit Program lagt til [teksten fortsætter i venstre margen på sidste ide; lodret:] Resten af Dagen. 1000 Hilsner lille Lugge, til jer alle og paa Gensyn. Din Elle - Husk Bogen!!</t>
+  </si>
+  <si>
+    <t>1930-2</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Elisabeth Mackie
+Edith -, pige i huset på Møllebakken
+Karen -, pige i huset på Møllebakken
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren er "paa Krigsstien": Han var kvartalsdranker og forsvandt jævnligt fra hjemmet flere dage i træk. 
+Peter Larsen og Jesper Hansen/Jespermand blev begge født i 1929. 
+"Inst." er Instituttet på Blegdamsvej i København. Denne enhed var Johannes Nicolaus Brønsteds livsværk.
+Det vides ikke, hvem Frk. Chr. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3792</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har taget potter med erantis mm ind i stuen. 
+Adolf/Agraren Larsen er igen på en druktur. Ellen vil invitere Johanne/Junge og hendes søn, Martin/Manse Larsen, på middag.
+Biografen har fået "mekanisk musik", så Ellen er holdt op med at akkompagnere stumfilm. Hun bruger de nu ledige aftener på bridge-spil. Det er sjovt og svært. 
+Ellen m.fl. har holdt afskedsgilde for Johan/Lysse og Elena/Bimse Larsen. Deres søn, Peter, er sød.
+Johannes Larsen har fået ny pige i huset.
+Det er sjovt at høre om instituttet.
+Louise Amstrup/Tante Visse fylder 85 år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HsdN</t>
+  </si>
+  <si>
+    <t>Søndag Febr.
+Kæreste Lugge!
+Det er saadan en yndig fredelig Søndag Eft. med Solskin ind i mine smaa Stuer og saa stille og fredeligt udenfor. Men det kan jo ikke nytte at nægte andet end at Frostvejr er det jo. Dog myldrer det frem med Eranthis paa min Plæne, - de kan jo ikke tro andet, end at de nok må naar Solen skinner saadan. Jeg har taget en hel Klump ind i en Uretpotte. Jeg har ogsaa Gækker og Krokus blomstrende herinde. Alle de smaa Glæder kan du ogsaa faa næste Foraar.
+Tak for dit Brev. Tænk, jeg opdagede først for et Par Dage siden Paaskriften om Las's Spisebord bagpaa. Saa traf jeg Puf og han sagde, at I havde faaet Maalene. Hvad I vil med dem kan jeg ikke udgranske! -
+Jeg gik op idag og spiste til Middag hos dem. Las rejser jo derind (til Kbh) en af Dagene - mulig i Morgen. Puf mente ikke, han vilde køre ham derind denne Gang. Han har 10 smaa Ture og Agraren er jo desværre paa Krigsstien, saa jeg antager ikke han saa godt kan være her fra. Det er meget kedeligt. Nu har han jo ellers været flink siden sidst i Juli. Alle Hønsene er væk, nu lige de lagde saa godt - det er noget saa harmeligt. Jeg skal over
+2)
+til Junge herunder Aften og hvis de han, Agraren ["de" overstreget; "han, Agraren" indsat over linjen] er væk, vil jeg se at faa hende og Manse herover til Aften. Jeg har et Svinehjærte, som jeg ikke fik brugt nu, da jeg spiste der oppe.
+Jeg er ikke saa ophængt nu mere. Jeg er kommet af med Biografen. De har faaet mekanisk Musik og en Elev er bortrejst. Derved har jeg faaet 3 Aftener fri og det er egentlig en stor Behagelighed; - selv om mine Indtægter er gaaet ned. Jeg kan jo nok klare mig alligevel. De Aftener bliver ofte anvendt til Kortenspil. Vi er begyndt at dyrke Bridge. Og vi maa sige - baade Junge og jeg - at Bridge er interessantere end L'hombre. Men knagende svært. Det er jo en hel Videnskab. En god Bridgespiller kan jeg aldrig blive, - men muligvis en taalelig - el én - i Mangel af andre - brugelig. Det morer mig i hvert Tilfælde kongeligt. 
+Den sidste Lørdag Lysse og Bimse var her, havde jeg dem bedt herned, - Puf og Junge ogsaa. Da Bichels hørte om det, fik de Lyst at være med og kom og vi havde en saadan yndig ligefrem festlig Aften. Vi spillede ved 2 Borde og alle var i et udmærket Humør. Det er saa dejligt at se Junge more sig saadan. Vi fik Kaffe først - de kom først 8 1/2, - saa havde jeg en Flaske Kirsebærvin, som vi pimpede af til Chokoladen - tæt med Røg jo. Og da de begyndte at ville hjem rykkede Aftenens "Cloux" frem! Appelsiner, Bananer, Æbler og Druer, - et mægtig Fad Frugt. Det var Afskedsgilde for Lysse og Bimse. Jeg var dybt bedrøvet, over at de rejste - jeg er ligefrem kommet til at holde af Bimse og jeg aldrig syntes Lysse var saa sød som nu. Og lille Peter er da en vidunderlig sød Dreng, men han ikke minder om Jespermand. Jeg haaber du faar ham at se. 
+De har fæstet en Pige oppe hos Las til Maj - Karen som har været hos Bichels et Par Aar, en ganske ualm. rar og dygtig Pige. Det glæder mig saadan for dem, for der kommer de virkelig i gode Hænder. Det kan de nok trænge til, for Frk. Chr. var nu et Asen, paa mange Maader. Nu har de jo Edith hver Dag paa Dagløn - 3 Kr. og det lader til at gaa helt godt. -
+Du skrev ikke noget om Putte. Mon hun er ved at drage afsted? Og hvordan mon det gaar med hendes Sang? Hvor er det morsomt at høre om Inst., - nu er det for Alvor spændende. Det var kedeligt, I ikke kunde købe noget under Udsalget. Jeg synes nok at I maatte kunne bestemme Vægfarve og købe til den. Men det er maaske ikke saa let. -
+Det er Tante Visses 85 Fødselsdag d. 24en Febr. Junge og jeg er bedt men vi kan ikke en Hverdag og har bedt om vi maa komme Søndagen efter. Det har begge Parter ogsaa mere Glæde af. 
+[Indsat i venstre margen s. 6:] Naa, saa vèd jeg vist ikke mere denne Gang. 1000 Hilsner fra E. Hils dem alle og fortæl om dem alle ["alle" indsat over linjen], naar du skriver, -</t>
+  </si>
+  <si>
+    <t>1930-05-22</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Frithiof Kemp
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>De "ædle Stuer" og "Badeværelser": Johannes Nicolaus og Louise Brønsted flyttede i 1930 ind i en fornem lejliged i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+De omtalte påfugle tilhørte formodentlig Johannes Larsen. Hans have stødte op til Ellen Sawyers. 
+Det vides ikke, hvem Fru L., Vibeke og Maj var. Gudrun kan være flere personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3797</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for et dejligt ophold hos Brønsted-familien i deres flotte hjem. Hun har arbejdet i haven, som nu er pæn. 
+Påfuglene jagter Ellens dværgkyllinger. Deres mor forsvarer dem.
+Ellen har haft rotter.
+Katten var glad for, at Ellen kom hjem.
+Adolf/Agraren Larsen drikker igen.
+Johannes Larsen skal bo hos Kemp "denne Gang".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63vE</t>
+  </si>
+  <si>
+    <t>22/5-1930
+Kære lille Lugge!
+Jeg er rigtignok længe om at komme med mit Takkebev, men det er vist, fordi jeg synes, det skal være saa grundigt og eftertrykkeligt og derfor fordrer lidt Ro og Tid, som jeg virkelig synes, jeg først har fundet i dette Øjeblik. - Ja, saa vil jeg da sige dig og jer alle Tak for de dejlie dage - - jeg nød dem, - at være sammen med jer og se jer saa vel og glade og at have Andel i jeres [ulæseligt ord] og Herlighed. Jeg var lidt melankolsk ved at rejse fra jer, - det er ogsaa mange Aar siden, jeg har været så længe sammen med jer - ikke siden Birkerød. - Nu fryder jeg mig ved at tænke paa jer i de Omgivelser - jeres ædle Stuer, jeres Badeværelser, jeres Landluft og Nattergale. - Det eneste aber (som jo alligevel selvfølgelig maa kaldes et plus) er, at I nu ikke trænger til vore Nattergale. M-e-en I kommer nok alligevel! Her er ogsaa yndigt. Lever en ogsaa godt ["Lever en ogsaa godt" indsat over linjen] Jeg har gaaet og arbejdet i min Have i Eftermiddag og Aften. Hvor er det yndigt, naar Aftenen falder paa med sine Lyde og sine Steder Hønen klukker sine Børn hjem i Seng, Solsortene synger, en Harmonika spiller et Sted og min nyslaaede Plæne dufter af Hø. Min lille Have er saa bedaarende i Aar, alle Frugttræerne blomstrer, - endog et gammelt fortræ'ent Blommetræer ["er" sidst i ordet overstreget], der aldrig giver sig af med den Slags Letsindigheder, har 4-5 Blomster. - Her var meget tilgroet med Skidt, - men nu er der pænt. Nu har jeg plantet 60 Porrer, 14 Cellerier, + Radiser idag. Ærter, Bønner, Spinat og Rædiker staar fint Nu mangler jeg kun Sommerplanterne
+De 5 Dværgkyllinger trives udmærket. Den lille Høne har det svært, det Skind, Paafuglene er efter hendes Børn og det er storartet at se hende puste sig op og gøre sig saa skrækindjagende, som hun kan og baske lige i Hovedet paa dem, saa de stamper afsted med hængende Hale. Her har ogsaa været Rotter, - de er ogsaa efter Kyllingerne. Jeg antager, de er kommet fordi Misser har været lukket inde paa Loftet med sin Killing. Jeg har fanget en modbydelig stor Rotte i en Fælde og lader nu Misser gaa frit omkring, saa nu haaber jeg de er væk igen. Lille Mis var lyksalig over at jeg kom igen. Den kom helt ned paa Vejen med oprejst Hale og tog mod mig, skønt det øsregnede. Lille Junge var ogsaa og tage i mod mig og jeg var saa ovre at spise til Aften hos hende. Agraren drikker endnu. Det er frygteligt. Men hun bærer det som en Helt. - Jeg var lige oppe at hilse paa Puf og Las. De har det godt Las siger han er nødt til at bo hos Kemp denne Gang. - Jeg savner vores Bridge. Hvor var det morsomt og hyggeligt. Jeg spillede med Gudrun og Fru L. forleden Aften, men jeg gider ikke rigtig spille med Ukyndige nu. 1000 Hilsner til jer alle Store og Små ogsaa Vibeke. Mest dig selv lille Lugge
+Elle
+[Indsat s. 4 i venstre margen; lodret:] Sig til Maj, - at jeg savner at blive drillet</t>
+  </si>
+  <si>
     <t>1930-06-23</t>
   </si>
   <si>
     <t>Rørdam</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Elena Larsen
 Johannes Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
 Det vides ikke, hvem direktør Clausen var. 
 En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Det er trist, hvis Johan/Lysse Larsens svigermors penge går tabt. Derfor har direktør Clausen bedt Brandt tage til Båxhult og se på sagerne. Vilhelm/Klaks Larsen tager efter Brandts ønske med og vurderer skovdriften. Det er ikke for deres fornøjelses skyld, at selskabet rejser til Småland. Landbrugskonsulenten må også være til stede.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1k9a</t>
   </si>
   <si>
     <t>Rørdam d. 23'-6'-30.
 Kære Lysse!
 Tak for Dit Brev. Jeg havde unægtelig ventet det længe og var netop ved at forberede mig paa at skrive mindre venligt til Dig. - Du tager dog vist Fejl, naar Du mener, at det ikke er for Din Svigermors Skyld, at Direktør Clausen ønsker en Udtalelse om Projektets Holdbarhed fra en Landmand han kender og har Tiltro til. - Las fortalte mig, at Direktør Jacobsen havde udtalt til ham, at det dog vilde være en meget slem Historie om Din Svigermors Penge skulde gaa tabt, hvorfor Clausen havde bedt Brandt tage derop og se paa Sagerne. Da det ogsaa drejer sig om Skovens Udbytte, havde Brandt ønsket at jeg skulde tage med. Naar Br. tager derop er det naturligvis kun for at gøre Direktør J. en Tjeneste og naar jeg tager med er det fordi Br. har stillet det som en Betingelse og navnlig fordi Din Far har bedt mig derom. Brandt ringede til mig for et Par Dage siden og meddelte mig, at han ikke kunde komme af Sted i denne Maaned, bl.a. fordi Brandts Klædefabrik i Odense er brændt, idet han er Medlem eller snarere Formand i Bestyrelsen. - I det hele taget forstaar Du jo nok, at det ikke er for vor Fornøjelses Skyld, at Br. og jeg foretager en forceret Rejset ["t" sidst i ordet overstreget] t. Boxhult! -
 Hvad Du skriver om de mærkede Trær ved Målarens Torp beroliger mig i nogen Grad, thi som Udhugning betragtet, var det meget misforstaaet. Alligevel har jeg vanskeligt ved at forstaa, at Udbyttet af Bestandsplejen har kunnet andrage saa meget ved Hugst der kun tager Hensyn til at forøge Tilvæksten paa Hovedbestanden. Nu ser det jo imidlertid ud til at vi skal derop først i Juli, Brandt vil ringe nærmere saa snart han kan bestemme Dagen og jeg lader Dig det straks vide, thi det skulde jo gærne ordnes saaledes, at Landbrugskonsulenten var til Stede, naar vi kom. -
 Med venlig Hilsen til Bimse og lille Peter
 Din hengivne
 Klaks.</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1931-03-28</t>
   </si>
   <si>
     <t>Marie Schou
 Fritz Syberg</t>
   </si>
   <si>
     <t>Jacob Henrichsen
 Lars Jacobsen
 Else Jensen
 Heinrich Syberg
 Johanne Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Johannes V. Jensens bog Form og Sjæl, Portræter og Personligheder udkom marts 1931. Alle artikler i den var forud trykt andre steder, så derfor kendte Fritz Syberg dem allerede.</t>
   </si>
   <si>
     <t>Fritz og Marie Syberg har med glæde set bogen igennem. Busten af Syberg vidner om Jensens talent som billedhugger. Syberg kan genkende både sin mor og sin farfar i den. Som barn lignede Syberg sin bedstefar.
 Fritz Syberg kommer til København, når Zahrtmanns udstilling skal hænges op.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/coz5</t>
@@ -20699,59 +21130,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M563"/>
+  <dimension ref="A1:M571"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -34603,741 +35034,741 @@
       </c>
       <c r="I314" s="5" t="s">
         <v>2129</v>
       </c>
       <c r="J314" s="5" t="s">
         <v>1855</v>
       </c>
       <c r="K314" s="5" t="s">
         <v>2130</v>
       </c>
       <c r="L314" s="6" t="s">
         <v>2131</v>
       </c>
       <c r="M314" s="5" t="s">
         <v>2132</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
         <v>2133</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H315" s="5" t="s">
         <v>2134</v>
       </c>
-      <c r="D315" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F315" s="5" t="s">
+      <c r="I315" s="5" t="s">
         <v>2135</v>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I315" s="5"/>
       <c r="J315" s="5" t="s">
         <v>2136</v>
       </c>
       <c r="K315" s="5" t="s">
         <v>2137</v>
       </c>
       <c r="L315" s="6" t="s">
         <v>2138</v>
       </c>
       <c r="M315" s="5" t="s">
         <v>2139</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
         <v>2140</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>1853</v>
+        <v>2141</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1939</v>
-[...7 lines deleted...]
-        </is>
+        <v>1900</v>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>2142</v>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2141</v>
+        <v>35</v>
       </c>
       <c r="I316" s="5"/>
       <c r="J316" s="5" t="s">
-        <v>1940</v>
+        <v>2143</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="B317" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>2146</v>
+        <v>1853</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>2147</v>
+        <v>1939</v>
       </c>
       <c r="E317" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H317" s="5" t="s">
         <v>2148</v>
       </c>
-      <c r="F317" s="5" t="s">
+      <c r="I317" s="5"/>
+      <c r="J317" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="K317" s="5" t="s">
         <v>2149</v>
       </c>
-      <c r="G317" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I317" s="5" t="s">
+      <c r="L317" s="6" t="s">
         <v>2150</v>
       </c>
-      <c r="J317" s="5" t="s">
+      <c r="M317" s="5" t="s">
         <v>2151</v>
-      </c>
-[...7 lines deleted...]
-        <v>2154</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
+        <v>2152</v>
+      </c>
+      <c r="B318" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C318" s="5" t="s">
+        <v>2153</v>
+      </c>
+      <c r="D318" s="5" t="s">
+        <v>2154</v>
+      </c>
+      <c r="E318" s="5" t="s">
         <v>2155</v>
       </c>
-      <c r="B318" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F318" s="5" t="s">
+        <v>2156</v>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H318" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I318" s="5"/>
+      <c r="H318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>2157</v>
+      </c>
       <c r="J318" s="5" t="s">
-        <v>1940</v>
+        <v>2158</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2158</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2159</v>
+        <v>2162</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>1851</v>
+        <v>1916</v>
       </c>
       <c r="D319" s="5" t="s">
         <v>1939</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H319" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H319" s="5" t="s">
+        <v>2153</v>
       </c>
       <c r="I319" s="5"/>
       <c r="J319" s="5" t="s">
         <v>1940</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2160</v>
+        <v>2163</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="D320" s="5" t="s">
         <v>1939</v>
       </c>
-      <c r="E320" s="5" t="s">
-        <v>2164</v>
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I320" s="5"/>
       <c r="J320" s="5" t="s">
         <v>1940</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2166</v>
+        <v>2168</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2167</v>
+        <v>2169</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2168</v>
+        <v>2170</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>35</v>
+        <v>1853</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>125</v>
+        <v>1939</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G321" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I321" s="5"/>
       <c r="J321" s="5" t="s">
-        <v>40</v>
+        <v>1940</v>
       </c>
       <c r="K321" s="5" t="s">
         <v>2172</v>
       </c>
       <c r="L321" s="6" t="s">
         <v>2173</v>
       </c>
       <c r="M321" s="5" t="s">
         <v>2174</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
         <v>2175</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D322" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E322" s="5" t="s">
         <v>2176</v>
       </c>
-      <c r="D322" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G322" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G322" s="5" t="s">
+        <v>2176</v>
       </c>
       <c r="H322" s="5" t="s">
         <v>2177</v>
       </c>
-      <c r="I322" s="5"/>
+      <c r="I322" s="5" t="s">
+        <v>2178</v>
+      </c>
       <c r="J322" s="5" t="s">
-        <v>2178</v>
+        <v>40</v>
       </c>
       <c r="K322" s="5" t="s">
         <v>2179</v>
       </c>
       <c r="L322" s="6" t="s">
         <v>2180</v>
       </c>
       <c r="M322" s="5" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
         <v>2182</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>1916</v>
+        <v>2183</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>1939</v>
+        <v>1873</v>
       </c>
       <c r="E323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H323" s="5" t="s">
+        <v>2184</v>
       </c>
       <c r="I323" s="5"/>
       <c r="J323" s="5" t="s">
-        <v>1940</v>
+        <v>2185</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2183</v>
+        <v>2186</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2185</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2186</v>
+        <v>2189</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1851</v>
+        <v>1916</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>173</v>
+        <v>1939</v>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H324" s="5" t="s">
-        <v>2187</v>
+      <c r="H324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I324" s="5"/>
       <c r="J324" s="5" t="s">
         <v>1940</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>870</v>
+        <v>1851</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>2192</v>
+        <v>173</v>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2193</v>
-[...1 lines deleted...]
-      <c r="I325" s="5" t="s">
         <v>2194</v>
       </c>
+      <c r="I325" s="5"/>
       <c r="J325" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="K325" s="5" t="s">
         <v>2195</v>
       </c>
-      <c r="K325" s="5" t="s">
+      <c r="L325" s="6" t="s">
         <v>2196</v>
       </c>
-      <c r="L325" s="6" t="s">
+      <c r="M325" s="5" t="s">
         <v>2197</v>
-      </c>
-[...1 lines deleted...]
-        <v>2198</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2199</v>
+        <v>2198</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="D326" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D326" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E326" s="5" t="s">
-        <v>36</v>
+        <v>1661</v>
       </c>
       <c r="F326" s="5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="G326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H326" s="5" t="s">
         <v>2200</v>
       </c>
-      <c r="G326" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H326" s="5" t="s">
+      <c r="I326" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="I326" s="5" t="s">
+      <c r="J326" s="5" t="s">
         <v>2202</v>
       </c>
-      <c r="J326" s="5" t="s">
+      <c r="K326" s="5" t="s">
         <v>2203</v>
       </c>
-      <c r="K326" s="5" t="s">
+      <c r="L326" s="6" t="s">
         <v>2204</v>
       </c>
-      <c r="L326" s="6" t="s">
+      <c r="M326" s="5" t="s">
         <v>2205</v>
-      </c>
-[...1 lines deleted...]
-        <v>2206</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2207</v>
+        <v>2206</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>2011</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F327" s="5" t="s">
-        <v>1676</v>
+        <v>2207</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
         <v>2208</v>
       </c>
       <c r="I327" s="5" t="s">
         <v>2209</v>
       </c>
       <c r="J327" s="5" t="s">
         <v>2210</v>
       </c>
       <c r="K327" s="5" t="s">
         <v>2211</v>
       </c>
       <c r="L327" s="6" t="s">
         <v>2212</v>
       </c>
       <c r="M327" s="5" t="s">
         <v>2213</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
         <v>2214</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="D328" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="E328" s="5" t="s">
-        <v>2215</v>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F328" s="5" t="s">
         <v>1676</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
+        <v>2215</v>
+      </c>
+      <c r="I328" s="5" t="s">
         <v>2216</v>
       </c>
-      <c r="I328" s="5" t="s">
+      <c r="J328" s="5" t="s">
         <v>2217</v>
       </c>
-      <c r="J328" s="5" t="s">
+      <c r="K328" s="5" t="s">
         <v>2218</v>
       </c>
-      <c r="K328" s="5" t="s">
+      <c r="L328" s="6" t="s">
         <v>2219</v>
       </c>
-      <c r="L328" s="6" t="s">
+      <c r="M328" s="5" t="s">
         <v>2220</v>
-      </c>
-[...1 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2222</v>
+        <v>2221</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>870</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>2222</v>
       </c>
       <c r="F329" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
         <v>2223</v>
       </c>
-      <c r="G329" s="5" t="s">
+      <c r="I329" s="5" t="s">
         <v>2224</v>
       </c>
-      <c r="H329" s="5" t="s">
+      <c r="J329" s="5" t="s">
         <v>2225</v>
       </c>
-      <c r="I329" s="5" t="s">
+      <c r="K329" s="5" t="s">
         <v>2226</v>
       </c>
-      <c r="J329" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K329" s="5" t="s">
+      <c r="L329" s="6" t="s">
         <v>2227</v>
       </c>
-      <c r="L329" s="6" t="s">
+      <c r="M329" s="5" t="s">
         <v>2228</v>
-      </c>
-[...1 lines deleted...]
-        <v>2229</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2230</v>
+        <v>2229</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F330" s="5" t="s">
-        <v>1676</v>
-[...4 lines deleted...]
-        </is>
+        <v>2230</v>
+      </c>
+      <c r="G330" s="5" t="s">
+        <v>2231</v>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2231</v>
+        <v>2232</v>
       </c>
       <c r="I330" s="5" t="s">
-        <v>2232</v>
+        <v>2233</v>
       </c>
       <c r="J330" s="5" t="s">
-        <v>2233</v>
+        <v>40</v>
       </c>
       <c r="K330" s="5" t="s">
         <v>2234</v>
       </c>
       <c r="L330" s="6" t="s">
         <v>2235</v>
       </c>
       <c r="M330" s="5" t="s">
         <v>2236</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
         <v>2237</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D331" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
@@ -35358,680 +35789,680 @@
       </c>
       <c r="I331" s="5" t="s">
         <v>2239</v>
       </c>
       <c r="J331" s="5" t="s">
         <v>2240</v>
       </c>
       <c r="K331" s="5" t="s">
         <v>2241</v>
       </c>
       <c r="L331" s="6" t="s">
         <v>2242</v>
       </c>
       <c r="M331" s="5" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
         <v>2244</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>2176</v>
+        <v>16</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>1873</v>
-[...7 lines deleted...]
-        </is>
+        <v>870</v>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>1676</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
         <v>2245</v>
       </c>
-      <c r="I332" s="5"/>
+      <c r="I332" s="5" t="s">
+        <v>2246</v>
+      </c>
       <c r="J332" s="5" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>16</v>
+        <v>2183</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>2011</v>
+        <v>1873</v>
       </c>
       <c r="E333" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2200</v>
+        <v>37</v>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>2251</v>
-[...1 lines deleted...]
-      <c r="I333" s="5" t="s">
         <v>2252</v>
       </c>
+      <c r="I333" s="5"/>
       <c r="J333" s="5" t="s">
         <v>2253</v>
       </c>
       <c r="K333" s="5" t="s">
         <v>2254</v>
       </c>
       <c r="L333" s="6" t="s">
         <v>2255</v>
       </c>
       <c r="M333" s="5" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
         <v>2257</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D334" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F334" s="5" t="s">
+        <v>2207</v>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
         <v>2258</v>
       </c>
-      <c r="E334" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H334" s="5" t="s">
+      <c r="I334" s="5" t="s">
         <v>2259</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="J334" s="5" t="s">
         <v>2260</v>
       </c>
-      <c r="J334" s="5" t="s">
+      <c r="K334" s="5" t="s">
         <v>2261</v>
       </c>
-      <c r="K334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>2262</v>
       </c>
-      <c r="L334" s="6" t="s">
+      <c r="M334" s="5" t="s">
         <v>2263</v>
-      </c>
-[...1 lines deleted...]
-        <v>2264</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2265</v>
+        <v>2264</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>2265</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
         <v>2266</v>
       </c>
       <c r="I335" s="5" t="s">
         <v>2267</v>
       </c>
       <c r="J335" s="5" t="s">
         <v>2268</v>
       </c>
       <c r="K335" s="5" t="s">
         <v>2269</v>
       </c>
       <c r="L335" s="6" t="s">
         <v>2270</v>
       </c>
       <c r="M335" s="5" t="s">
         <v>2271</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
         <v>2272</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
-        <v>1958</v>
+        <v>16</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>1873</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>2011</v>
+      </c>
+      <c r="E336" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
         <v>2273</v>
       </c>
-      <c r="I336" s="5"/>
+      <c r="I336" s="5" t="s">
+        <v>2274</v>
+      </c>
       <c r="J336" s="5" t="s">
-        <v>2274</v>
+        <v>2275</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2275</v>
+        <v>2276</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2276</v>
+        <v>2277</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>2277</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2278</v>
+        <v>2279</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>2176</v>
+        <v>1958</v>
       </c>
       <c r="D337" s="5" t="s">
         <v>1873</v>
       </c>
-      <c r="E337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E337" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>2280</v>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="s">
-        <v>2274</v>
+        <v>2281</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2280</v>
+        <v>2283</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>2281</v>
+        <v>2284</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>2283</v>
+        <v>2183</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>2284</v>
-[...2 lines deleted...]
-        <v>2285</v>
+        <v>1873</v>
+      </c>
+      <c r="E338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="s">
+      <c r="H338" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I338" s="5"/>
+      <c r="J338" s="5" t="s">
+        <v>2281</v>
+      </c>
+      <c r="K338" s="5" t="s">
         <v>2286</v>
       </c>
-      <c r="I338" s="5" t="s">
+      <c r="L338" s="6" t="s">
         <v>2287</v>
       </c>
-      <c r="J338" s="5" t="s">
+      <c r="M338" s="5" t="s">
         <v>2288</v>
-      </c>
-[...7 lines deleted...]
-        <v>2291</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2292</v>
+        <v>2289</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>870</v>
+        <v>2290</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>134</v>
+        <v>2291</v>
       </c>
       <c r="E339" s="5" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H339" s="5" t="s">
         <v>2293</v>
       </c>
-      <c r="F339" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H339" s="5" t="s">
+      <c r="I339" s="5" t="s">
         <v>2294</v>
       </c>
-      <c r="I339" s="5" t="s">
+      <c r="J339" s="5" t="s">
         <v>2295</v>
       </c>
-      <c r="J339" s="5" t="s">
+      <c r="K339" s="5" t="s">
         <v>2296</v>
       </c>
-      <c r="K339" s="5" t="s">
+      <c r="L339" s="6" t="s">
         <v>2297</v>
       </c>
-      <c r="L339" s="6" t="s">
+      <c r="M339" s="5" t="s">
         <v>2298</v>
-      </c>
-[...1 lines deleted...]
-        <v>2299</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2300</v>
+        <v>2299</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="D340" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E340" s="5" t="s">
+        <v>2300</v>
+      </c>
+      <c r="F340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H340" s="5" t="s">
         <v>2301</v>
       </c>
-      <c r="D340" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H340" s="5" t="s">
+      <c r="I340" s="5" t="s">
         <v>2302</v>
       </c>
-      <c r="I340" s="5"/>
       <c r="J340" s="5" t="s">
-        <v>1960</v>
+        <v>2303</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2303</v>
+        <v>2304</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>16</v>
+        <v>2308</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>2011</v>
-[...5 lines deleted...]
-        <v>2307</v>
+        <v>1958</v>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2308</v>
-[...1 lines deleted...]
-      <c r="I341" s="5" t="s">
         <v>2309</v>
       </c>
+      <c r="I341" s="5"/>
       <c r="J341" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="K341" s="5" t="s">
         <v>2310</v>
       </c>
-      <c r="K341" s="5" t="s">
+      <c r="L341" s="6" t="s">
         <v>2311</v>
       </c>
-      <c r="L341" s="6" t="s">
+      <c r="M341" s="5" t="s">
         <v>2312</v>
-      </c>
-[...1 lines deleted...]
-        <v>2313</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2314</v>
+        <v>2313</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>870</v>
-[...9 lines deleted...]
-        </is>
+        <v>2011</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>2314</v>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
         <v>2315</v>
       </c>
       <c r="I342" s="5" t="s">
         <v>2316</v>
       </c>
       <c r="J342" s="5" t="s">
         <v>2317</v>
       </c>
       <c r="K342" s="5" t="s">
         <v>2318</v>
       </c>
       <c r="L342" s="6" t="s">
         <v>2319</v>
       </c>
       <c r="M342" s="5" t="s">
         <v>2320</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
         <v>2321</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>1851</v>
-[...1 lines deleted...]
-      <c r="E343" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H343" s="5" t="s">
         <v>2322</v>
       </c>
-      <c r="F343" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H343" s="5" t="s">
+      <c r="I343" s="5" t="s">
         <v>2323</v>
       </c>
-      <c r="I343" s="5" t="s">
+      <c r="J343" s="5" t="s">
         <v>2324</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="K343" s="5" t="s">
         <v>2325</v>
       </c>
       <c r="L343" s="6" t="s">
         <v>2326</v>
       </c>
       <c r="M343" s="5" t="s">
         <v>2327</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
         <v>2328</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D344" s="5" t="s">
         <v>1851</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2329</v>
-[...1 lines deleted...]
-      <c r="I344" s="5"/>
+        <v>2330</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>2331</v>
+      </c>
       <c r="J344" s="5" t="s">
         <v>1855</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2330</v>
+        <v>2332</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>125</v>
+        <v>1851</v>
       </c>
       <c r="E345" s="5" t="s">
-        <v>36</v>
+        <v>2329</v>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2334</v>
-[...3 lines deleted...]
-      </c>
+        <v>2336</v>
+      </c>
+      <c r="I345" s="5"/>
       <c r="J345" s="5" t="s">
-        <v>2336</v>
+        <v>1855</v>
       </c>
       <c r="K345" s="5" t="s">
         <v>2337</v>
       </c>
       <c r="L345" s="6" t="s">
         <v>2338</v>
       </c>
       <c r="M345" s="5" t="s">
         <v>2339</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
         <v>2340</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>2011</v>
+        <v>125</v>
       </c>
       <c r="E346" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
         <v>2341</v>
       </c>
       <c r="I346" s="5" t="s">
         <v>2342</v>
       </c>
       <c r="J346" s="5" t="s">
         <v>2343</v>
       </c>
       <c r="K346" s="5" t="s">
         <v>2344</v>
@@ -36074,9922 +36505,10294 @@
       </c>
       <c r="I347" s="5" t="s">
         <v>2349</v>
       </c>
       <c r="J347" s="5" t="s">
         <v>2350</v>
       </c>
       <c r="K347" s="5" t="s">
         <v>2351</v>
       </c>
       <c r="L347" s="6" t="s">
         <v>2352</v>
       </c>
       <c r="M347" s="5" t="s">
         <v>2353</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
         <v>2354</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D348" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H348" s="5" t="s">
         <v>2355</v>
       </c>
-      <c r="E348" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H348" s="5" t="s">
+      <c r="I348" s="5" t="s">
         <v>2356</v>
       </c>
-      <c r="I348" s="5" t="s">
+      <c r="J348" s="5" t="s">
         <v>2357</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>2358</v>
       </c>
       <c r="L348" s="6" t="s">
         <v>2359</v>
       </c>
       <c r="M348" s="5" t="s">
         <v>2360</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
         <v>2361</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D349" s="5" t="s">
         <v>2362</v>
       </c>
-      <c r="E349" s="5" t="s">
-        <v>431</v>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
         <v>2363</v>
       </c>
       <c r="I349" s="5" t="s">
         <v>2364</v>
       </c>
       <c r="J349" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="K349" s="5" t="s">
         <v>2365</v>
       </c>
-      <c r="K349" s="5" t="s">
+      <c r="L349" s="6" t="s">
         <v>2366</v>
       </c>
-      <c r="L349" s="6" t="s">
+      <c r="M349" s="5" t="s">
         <v>2367</v>
-      </c>
-[...1 lines deleted...]
-        <v>2368</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2369</v>
+        <v>2368</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>2355</v>
-[...4 lines deleted...]
-        </is>
+        <v>2369</v>
+      </c>
+      <c r="E350" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
         <v>2370</v>
       </c>
       <c r="I350" s="5" t="s">
         <v>2371</v>
       </c>
       <c r="J350" s="5" t="s">
-        <v>435</v>
+        <v>2372</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="351">
-      <c r="A351" s="5" t="n">
-        <v>1919</v>
+      <c r="A351" s="5" t="s">
+        <v>2376</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="J351" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2379</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="352">
-      <c r="A352" s="5" t="s">
-        <v>2380</v>
+      <c r="A352" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>2355</v>
+        <v>2362</v>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="J352" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>2387</v>
+        <v>125</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>2011</v>
+        <v>2362</v>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F353" s="5" t="s">
-        <v>1053</v>
+      <c r="F353" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
         <v>2388</v>
       </c>
       <c r="I353" s="5" t="s">
         <v>2389</v>
       </c>
       <c r="J353" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="K353" s="5" t="s">
         <v>2390</v>
       </c>
-      <c r="K353" s="5" t="s">
+      <c r="L353" s="6" t="s">
         <v>2391</v>
       </c>
-      <c r="L353" s="6" t="s">
+      <c r="M353" s="5" t="s">
         <v>2392</v>
-      </c>
-[...1 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
+        <v>2393</v>
+      </c>
+      <c r="B354" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C354" s="5" t="s">
         <v>2394</v>
       </c>
-      <c r="B354" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D354" s="5" t="s">
-        <v>125</v>
-[...7 lines deleted...]
-        </is>
+        <v>2011</v>
+      </c>
+      <c r="E354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F354" s="5" t="s">
+        <v>1053</v>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
         <v>2395</v>
       </c>
       <c r="I354" s="5" t="s">
         <v>2396</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>40</v>
+        <v>2397</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>2399</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2400</v>
+        <v>2401</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D355" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E355" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2401</v>
+        <v>2402</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>2402</v>
+        <v>2403</v>
       </c>
       <c r="J355" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2403</v>
+        <v>2404</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2404</v>
+        <v>2405</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2405</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2406</v>
+        <v>2407</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>2011</v>
+        <v>125</v>
       </c>
       <c r="E356" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2407</v>
+        <v>2408</v>
       </c>
       <c r="I356" s="5" t="s">
-        <v>2408</v>
+        <v>2409</v>
       </c>
       <c r="J356" s="5" t="s">
-        <v>2409</v>
-[...4 lines deleted...]
-        </is>
+        <v>40</v>
+      </c>
+      <c r="K356" s="5" t="s">
+        <v>2410</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2410</v>
+        <v>2411</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>261</v>
+        <v>16</v>
       </c>
       <c r="D357" s="5" t="s">
         <v>2011</v>
       </c>
       <c r="E357" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F357" s="5" t="s">
-        <v>2413</v>
+      <c r="F357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
         <v>2414</v>
       </c>
       <c r="I357" s="5" t="s">
         <v>2415</v>
       </c>
       <c r="J357" s="5" t="s">
         <v>2416</v>
       </c>
-      <c r="K357" s="5" t="s">
+      <c r="K357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L357" s="6" t="s">
         <v>2417</v>
       </c>
-      <c r="L357" s="6" t="s">
+      <c r="M357" s="5" t="s">
         <v>2418</v>
-      </c>
-[...1 lines deleted...]
-        <v>2419</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2420</v>
+        <v>2419</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>35</v>
+        <v>261</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>125</v>
+        <v>2011</v>
       </c>
       <c r="E358" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>2420</v>
+      </c>
+      <c r="G358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H358" s="5" t="s">
         <v>2421</v>
       </c>
-      <c r="F358" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G358" s="5" t="s">
+      <c r="I358" s="5" t="s">
         <v>2422</v>
       </c>
-      <c r="H358" s="5" t="s">
+      <c r="J358" s="5" t="s">
         <v>2423</v>
       </c>
-      <c r="I358" s="5" t="s">
+      <c r="K358" s="5" t="s">
         <v>2424</v>
       </c>
-      <c r="J358" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K358" s="5" t="s">
+      <c r="L358" s="6" t="s">
         <v>2425</v>
       </c>
-      <c r="L358" s="6" t="s">
+      <c r="M358" s="5" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2428</v>
+        <v>2427</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D359" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D359" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="E359" s="5" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F359" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="G359" s="5" t="s">
+        <v>2429</v>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2429</v>
+        <v>2430</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>2430</v>
+        <v>2431</v>
       </c>
       <c r="J359" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2431</v>
+        <v>2432</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2432</v>
+        <v>2433</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>2433</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2434</v>
+        <v>2435</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>2435</v>
+        <v>35</v>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F360" s="5" t="s">
-        <v>78</v>
+      <c r="F360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
         <v>2436</v>
       </c>
-      <c r="I360" s="5"/>
+      <c r="I360" s="5" t="s">
+        <v>2437</v>
+      </c>
       <c r="J360" s="5" t="s">
-        <v>2437</v>
+        <v>40</v>
       </c>
       <c r="K360" s="5" t="s">
         <v>2438</v>
       </c>
       <c r="L360" s="6" t="s">
         <v>2439</v>
       </c>
       <c r="M360" s="5" t="s">
         <v>2440</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
         <v>2441</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="D361" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E361" s="5" t="s">
         <v>2442</v>
       </c>
-      <c r="F361" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
         <v>2443</v>
       </c>
-      <c r="I361" s="5" t="s">
+      <c r="I361" s="5"/>
+      <c r="J361" s="5" t="s">
         <v>2444</v>
       </c>
-      <c r="J361" s="5" t="s">
+      <c r="K361" s="5" t="s">
         <v>2445</v>
       </c>
-      <c r="K361" s="5" t="s">
+      <c r="L361" s="6" t="s">
         <v>2446</v>
       </c>
-      <c r="L361" s="6" t="s">
+      <c r="M361" s="5" t="s">
         <v>2447</v>
-      </c>
-[...1 lines deleted...]
-        <v>2448</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2449</v>
+        <v>2448</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>2450</v>
+        <v>870</v>
       </c>
       <c r="D362" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>1466</v>
+        <v>2449</v>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
+        <v>2450</v>
+      </c>
+      <c r="I362" s="5" t="s">
         <v>2451</v>
       </c>
-      <c r="I362" s="5" t="s">
+      <c r="J362" s="5" t="s">
         <v>2452</v>
       </c>
-      <c r="J362" s="5" t="s">
+      <c r="K362" s="5" t="s">
         <v>2453</v>
       </c>
-      <c r="K362" s="5" t="s">
+      <c r="L362" s="6" t="s">
         <v>2454</v>
       </c>
-      <c r="L362" s="6" t="s">
+      <c r="M362" s="5" t="s">
         <v>2455</v>
-      </c>
-[...1 lines deleted...]
-        <v>2456</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2457</v>
+        <v>2456</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>35</v>
+        <v>2457</v>
       </c>
       <c r="D363" s="5" t="s">
-        <v>1851</v>
+        <v>16</v>
       </c>
       <c r="E363" s="5" t="s">
-        <v>36</v>
+        <v>1466</v>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G363" s="5" t="s">
+      <c r="G363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H363" s="5" t="s">
         <v>2458</v>
       </c>
-      <c r="H363" s="5" t="s">
+      <c r="I363" s="5" t="s">
         <v>2459</v>
       </c>
-      <c r="I363" s="5" t="s">
+      <c r="J363" s="5" t="s">
         <v>2460</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
       <c r="K363" s="5" t="s">
         <v>2461</v>
       </c>
       <c r="L363" s="6" t="s">
         <v>2462</v>
       </c>
       <c r="M363" s="5" t="s">
         <v>2463</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
         <v>2464</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D364" s="5" t="s">
         <v>1851</v>
       </c>
       <c r="E364" s="5" t="s">
-        <v>2322</v>
+        <v>36</v>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G364" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G364" s="5" t="s">
+        <v>2465</v>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2465</v>
+        <v>2466</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>1855</v>
+        <v>435</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2468</v>
+        <v>2469</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>2469</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2470</v>
+        <v>2471</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>261</v>
+        <v>173</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>870</v>
+        <v>1851</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2471</v>
+        <v>2329</v>
+      </c>
+      <c r="F365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
         <v>2472</v>
       </c>
       <c r="I365" s="5" t="s">
         <v>2473</v>
       </c>
       <c r="J365" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K365" s="5" t="s">
         <v>2474</v>
       </c>
-      <c r="K365" s="5" t="s">
+      <c r="L365" s="6" t="s">
         <v>2475</v>
       </c>
-      <c r="L365" s="6" t="s">
+      <c r="M365" s="5" t="s">
         <v>2476</v>
-      </c>
-[...1 lines deleted...]
-        <v>2477</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2478</v>
+        <v>2477</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>35</v>
+        <v>261</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>125</v>
+        <v>870</v>
       </c>
       <c r="E366" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F366" s="5" t="s">
+        <v>2478</v>
+      </c>
+      <c r="G366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H366" s="5" t="s">
         <v>2479</v>
       </c>
-      <c r="F366" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G366" s="5" t="s">
+      <c r="I366" s="5" t="s">
         <v>2480</v>
       </c>
-      <c r="H366" s="5" t="s">
+      <c r="J366" s="5" t="s">
         <v>2481</v>
       </c>
-      <c r="I366" s="5" t="s">
+      <c r="K366" s="5" t="s">
         <v>2482</v>
       </c>
-      <c r="J366" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K366" s="5" t="s">
+      <c r="L366" s="6" t="s">
         <v>2483</v>
       </c>
-      <c r="L366" s="6" t="s">
+      <c r="M366" s="5" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2486</v>
+        <v>2485</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>1888</v>
+        <v>35</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>962</v>
+        <v>125</v>
       </c>
       <c r="E367" s="5" t="s">
-        <v>37</v>
-[...7 lines deleted...]
-        </is>
+        <v>2486</v>
+      </c>
+      <c r="F367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G367" s="5" t="s">
+        <v>2487</v>
       </c>
       <c r="H367" s="5" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="I367" s="5" t="s">
-        <v>2488</v>
+        <v>2489</v>
       </c>
       <c r="J367" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2489</v>
+        <v>2490</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>125</v>
+        <v>1888</v>
       </c>
       <c r="D368" s="5" t="s">
-        <v>2355</v>
-[...9 lines deleted...]
-        </is>
+        <v>962</v>
+      </c>
+      <c r="E368" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F368" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="I368" s="5" t="s">
-        <v>2494</v>
+        <v>2495</v>
       </c>
       <c r="J368" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2495</v>
+        <v>2496</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2496</v>
+        <v>2497</v>
       </c>
       <c r="M368" s="5" t="s">
-        <v>2497</v>
+        <v>2498</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2498</v>
+        <v>2499</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>2499</v>
+        <v>125</v>
       </c>
       <c r="D369" s="5" t="s">
-        <v>962</v>
-[...7 lines deleted...]
-      <c r="G369" s="5" t="s">
+        <v>2362</v>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H369" s="5" t="s">
         <v>2500</v>
       </c>
-      <c r="H369" s="5" t="s">
+      <c r="I369" s="5" t="s">
         <v>2501</v>
-      </c>
-[...1 lines deleted...]
-        <v>2502</v>
       </c>
       <c r="J369" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K369" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="L369" s="6" t="s">
         <v>2503</v>
       </c>
-      <c r="L369" s="6" t="s">
+      <c r="M369" s="5" t="s">
         <v>2504</v>
-      </c>
-[...1 lines deleted...]
-        <v>2505</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2506</v>
+        <v>2505</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>1888</v>
+        <v>2506</v>
       </c>
       <c r="D370" s="5" t="s">
         <v>962</v>
       </c>
-      <c r="E370" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E370" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F370" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G370" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G370" s="5" t="s">
+        <v>2507</v>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2507</v>
+        <v>2508</v>
       </c>
       <c r="I370" s="5" t="s">
-        <v>2508</v>
+        <v>2509</v>
       </c>
       <c r="J370" s="5" t="s">
-        <v>2509</v>
+        <v>435</v>
       </c>
       <c r="K370" s="5" t="s">
         <v>2510</v>
       </c>
       <c r="L370" s="6" t="s">
         <v>2511</v>
       </c>
       <c r="M370" s="5" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
         <v>2513</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>870</v>
+        <v>1888</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E371" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H371" s="5" t="s">
         <v>2514</v>
       </c>
-      <c r="F371" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H371" s="5" t="s">
+      <c r="I371" s="5" t="s">
         <v>2515</v>
       </c>
-      <c r="I371" s="5" t="s">
+      <c r="J371" s="5" t="s">
         <v>2516</v>
       </c>
-      <c r="J371" s="5" t="s">
+      <c r="K371" s="5" t="s">
         <v>2517</v>
       </c>
-      <c r="K371" s="5" t="s">
+      <c r="L371" s="6" t="s">
         <v>2518</v>
       </c>
-      <c r="L371" s="6" t="s">
+      <c r="M371" s="5" t="s">
         <v>2519</v>
-      </c>
-[...1 lines deleted...]
-        <v>2520</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2521</v>
+        <v>2520</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>173</v>
+        <v>870</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>1916</v>
+        <v>16</v>
       </c>
       <c r="E372" s="5" t="s">
-        <v>2322</v>
-[...4 lines deleted...]
-        </is>
+        <v>2521</v>
+      </c>
+      <c r="F372" s="5" t="s">
+        <v>1383</v>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
         <v>2522</v>
       </c>
       <c r="I372" s="5" t="s">
         <v>2523</v>
       </c>
       <c r="J372" s="5" t="s">
-        <v>1855</v>
+        <v>2524</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2524</v>
+        <v>2525</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2525</v>
+        <v>2526</v>
       </c>
       <c r="M372" s="5" t="s">
-        <v>2526</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2527</v>
+        <v>2528</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>125</v>
+        <v>1916</v>
       </c>
       <c r="E373" s="5" t="s">
-        <v>2528</v>
+        <v>2329</v>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G373" s="5" t="s">
+      <c r="G373" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H373" s="5" t="s">
         <v>2529</v>
       </c>
-      <c r="H373" s="5" t="s">
+      <c r="I373" s="5" t="s">
         <v>2530</v>
       </c>
-      <c r="I373" s="5" t="s">
+      <c r="J373" s="5" t="s">
+        <v>1855</v>
+      </c>
+      <c r="K373" s="5" t="s">
         <v>2531</v>
       </c>
-      <c r="J373" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K373" s="5" t="s">
+      <c r="L373" s="6" t="s">
         <v>2532</v>
       </c>
-      <c r="L373" s="6" t="s">
+      <c r="M373" s="5" t="s">
         <v>2533</v>
-      </c>
-[...1 lines deleted...]
-        <v>2534</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2535</v>
+        <v>2534</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D374" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D374" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E374" s="5" t="s">
+        <v>2535</v>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G374" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G374" s="5" t="s">
+        <v>2536</v>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2536</v>
-[...5 lines deleted...]
-        </is>
+        <v>2537</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>2538</v>
+      </c>
+      <c r="J374" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2537</v>
+        <v>2539</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2538</v>
-[...1 lines deleted...]
-      <c r="M374" s="5"/>
+        <v>2540</v>
+      </c>
+      <c r="M374" s="5" t="s">
+        <v>2541</v>
+      </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>1888</v>
-[...11 lines deleted...]
-        <v>2541</v>
+        <v>35</v>
+      </c>
+      <c r="D375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2542</v>
-[...1 lines deleted...]
-      <c r="I375" s="5" t="s">
         <v>2543</v>
       </c>
-      <c r="J375" s="5" t="s">
-        <v>2509</v>
+      <c r="I375" s="5"/>
+      <c r="J375" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K375" s="5" t="s">
         <v>2544</v>
       </c>
       <c r="L375" s="6" t="s">
         <v>2545</v>
       </c>
-      <c r="M375" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M375" s="5"/>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2547</v>
+        <v>2546</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
         <v>1888</v>
       </c>
       <c r="D376" s="5" t="s">
         <v>962</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>2540</v>
+        <v>2547</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G376" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G376" s="5" t="s">
+        <v>2548</v>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>435</v>
+        <v>2516</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>173</v>
+        <v>1888</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>1851</v>
+        <v>962</v>
       </c>
       <c r="E377" s="5" t="s">
-        <v>2554</v>
-[...4 lines deleted...]
-        </is>
+        <v>2547</v>
+      </c>
+      <c r="F377" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="s">
         <v>2555</v>
       </c>
       <c r="I377" s="5" t="s">
         <v>2556</v>
       </c>
       <c r="J377" s="5" t="s">
-        <v>1855</v>
+        <v>435</v>
       </c>
       <c r="K377" s="5" t="s">
         <v>2557</v>
       </c>
       <c r="L377" s="6" t="s">
         <v>2558</v>
       </c>
       <c r="M377" s="5" t="s">
         <v>2559</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
         <v>2560</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D378" s="5" t="s">
         <v>1851</v>
       </c>
       <c r="E378" s="5" t="s">
-        <v>2322</v>
+        <v>2561</v>
       </c>
       <c r="F378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="s">
-        <v>2561</v>
+        <v>2562</v>
       </c>
       <c r="I378" s="5" t="s">
-        <v>2562</v>
+        <v>2563</v>
       </c>
       <c r="J378" s="5" t="s">
         <v>1855</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2563</v>
+        <v>2564</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2564</v>
+        <v>2565</v>
       </c>
       <c r="M378" s="5" t="s">
-        <v>2565</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D379" s="5" t="s">
         <v>1851</v>
       </c>
       <c r="E379" s="5" t="s">
-        <v>36</v>
+        <v>2329</v>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G379" s="5" t="s">
-        <v>2567</v>
+      <c r="G379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H379" s="5" t="s">
         <v>2568</v>
       </c>
       <c r="I379" s="5" t="s">
         <v>2569</v>
       </c>
       <c r="J379" s="5" t="s">
-        <v>40</v>
+        <v>1855</v>
       </c>
       <c r="K379" s="5" t="s">
         <v>2570</v>
       </c>
       <c r="L379" s="6" t="s">
         <v>2571</v>
       </c>
       <c r="M379" s="5" t="s">
         <v>2572</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
         <v>2573</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D380" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D380" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E380" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G380" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G380" s="5" t="s">
+        <v>2574</v>
       </c>
       <c r="H380" s="5" t="s">
-        <v>2574</v>
-[...10 lines deleted...]
-        </is>
+        <v>2575</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>2576</v>
+      </c>
+      <c r="J380" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K380" s="5" t="s">
+        <v>2577</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2575</v>
-[...1 lines deleted...]
-      <c r="M380" s="5"/>
+        <v>2578</v>
+      </c>
+      <c r="M380" s="5" t="s">
+        <v>2579</v>
+      </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D381" s="5" t="s">
-[...3 lines deleted...]
-        <v>2577</v>
+      <c r="D381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G381" s="5" t="s">
-        <v>2578</v>
+      <c r="G381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>2579</v>
-[...7 lines deleted...]
-      <c r="K381" s="5" t="s">
         <v>2581</v>
+      </c>
+      <c r="I381" s="5"/>
+      <c r="J381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L381" s="6" t="s">
         <v>2582</v>
       </c>
-      <c r="M381" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2584</v>
+        <v>2583</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D382" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E382" s="5" t="s">
+        <v>2584</v>
+      </c>
+      <c r="F382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G382" s="5" t="s">
         <v>2585</v>
       </c>
-      <c r="F382" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G382" s="5" t="s">
+      <c r="H382" s="5" t="s">
         <v>2586</v>
       </c>
-      <c r="H382" s="5" t="s">
+      <c r="I382" s="5" t="s">
         <v>2587</v>
-      </c>
-[...1 lines deleted...]
-        <v>2588</v>
       </c>
       <c r="J382" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K382" s="5" t="s">
+        <v>2588</v>
+      </c>
+      <c r="L382" s="6" t="s">
         <v>2589</v>
       </c>
-      <c r="L382" s="6" t="s">
+      <c r="M382" s="5" t="s">
         <v>2590</v>
-      </c>
-[...1 lines deleted...]
-        <v>2591</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2592</v>
+        <v>2591</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>1888</v>
+        <v>35</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>962</v>
+        <v>125</v>
       </c>
       <c r="E383" s="5" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G383" s="5" t="s">
         <v>2593</v>
       </c>
-      <c r="F383" s="5" t="s">
+      <c r="H383" s="5" t="s">
         <v>2594</v>
       </c>
-      <c r="G383" s="5" t="s">
+      <c r="I383" s="5" t="s">
         <v>2595</v>
       </c>
-      <c r="H383" s="5" t="s">
+      <c r="J383" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K383" s="5" t="s">
         <v>2596</v>
       </c>
-      <c r="I383" s="5" t="s">
+      <c r="L383" s="6" t="s">
         <v>2597</v>
       </c>
-      <c r="J383" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K383" s="5" t="s">
+      <c r="M383" s="5" t="s">
         <v>2598</v>
-      </c>
-[...4 lines deleted...]
-        <v>2600</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2601</v>
+        <v>2599</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>35</v>
+        <v>1888</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>125</v>
+        <v>962</v>
       </c>
       <c r="E384" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>2600</v>
+      </c>
+      <c r="F384" s="5" t="s">
+        <v>2601</v>
       </c>
       <c r="G384" s="5" t="s">
         <v>2602</v>
       </c>
       <c r="H384" s="5" t="s">
         <v>2603</v>
       </c>
       <c r="I384" s="5" t="s">
         <v>2604</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>40</v>
+        <v>435</v>
       </c>
       <c r="K384" s="5" t="s">
         <v>2605</v>
       </c>
       <c r="L384" s="6" t="s">
         <v>2606</v>
       </c>
       <c r="M384" s="5" t="s">
         <v>2607</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
         <v>2608</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D385" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E385" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G385" s="5" t="s">
         <v>2609</v>
       </c>
-      <c r="F385" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G385" s="5" t="s">
+      <c r="H385" s="5" t="s">
         <v>2610</v>
       </c>
-      <c r="H385" s="5" t="s">
+      <c r="I385" s="5" t="s">
         <v>2611</v>
       </c>
-      <c r="I385" s="5"/>
       <c r="J385" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K385" s="5" t="s">
         <v>2612</v>
       </c>
       <c r="L385" s="6" t="s">
         <v>2613</v>
       </c>
       <c r="M385" s="5" t="s">
         <v>2614</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
         <v>2615</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C386" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E386" s="5" t="s">
         <v>2616</v>
-      </c>
-[...4 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="s">
         <v>2617</v>
       </c>
       <c r="H386" s="5" t="s">
         <v>2618</v>
       </c>
       <c r="I386" s="5"/>
       <c r="J386" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="K386" s="5" t="s">
         <v>2619</v>
       </c>
-      <c r="K386" s="5" t="s">
+      <c r="L386" s="6" t="s">
         <v>2620</v>
       </c>
-      <c r="L386" s="6" t="s">
+      <c r="M386" s="5" t="s">
         <v>2621</v>
-      </c>
-[...1 lines deleted...]
-        <v>2622</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2623</v>
+        <v>2622</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>2616</v>
+        <v>2623</v>
       </c>
       <c r="D387" s="5" t="s">
         <v>2011</v>
       </c>
       <c r="E387" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="s">
-        <v>2617</v>
+        <v>2624</v>
       </c>
       <c r="H387" s="5" t="s">
-        <v>2624</v>
-[...1 lines deleted...]
-      <c r="I387" s="5" t="s">
         <v>2625</v>
       </c>
+      <c r="I387" s="5"/>
       <c r="J387" s="5" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="K387" s="5" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="M387" s="5" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>2616</v>
+        <v>2623</v>
       </c>
       <c r="D388" s="5" t="s">
         <v>2011</v>
       </c>
       <c r="E388" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="s">
-        <v>2617</v>
+        <v>2624</v>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="J388" s="5" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>2616</v>
+        <v>2623</v>
       </c>
       <c r="D389" s="5" t="s">
         <v>2011</v>
       </c>
       <c r="E389" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="s">
-        <v>2617</v>
+        <v>2624</v>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2636</v>
-[...1 lines deleted...]
-      <c r="I389" s="5"/>
+        <v>2637</v>
+      </c>
+      <c r="I389" s="5" t="s">
+        <v>2638</v>
+      </c>
       <c r="J389" s="5" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2637</v>
+        <v>2639</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2638</v>
+        <v>2640</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2639</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2640</v>
+        <v>2642</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>125</v>
+        <v>2623</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        <v>2223</v>
+        <v>2011</v>
+      </c>
+      <c r="E390" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G390" s="5" t="s">
-        <v>2641</v>
+        <v>2624</v>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2642</v>
-[...1 lines deleted...]
-      <c r="I390" s="5" t="s">
         <v>2643</v>
       </c>
+      <c r="I390" s="5"/>
       <c r="J390" s="5" t="s">
-        <v>40</v>
+        <v>2626</v>
       </c>
       <c r="K390" s="5" t="s">
         <v>2644</v>
       </c>
       <c r="L390" s="6" t="s">
         <v>2645</v>
       </c>
       <c r="M390" s="5" t="s">
         <v>2646</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
         <v>2647</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>1851</v>
-[...12 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F391" s="5" t="s">
+        <v>2230</v>
+      </c>
+      <c r="G391" s="5" t="s">
+        <v>2648</v>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="J391" s="5" t="s">
-        <v>1855</v>
+        <v>40</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1851</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H392" s="5" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="I392" s="5" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="J392" s="5" t="s">
-        <v>40</v>
+        <v>1855</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2659</v>
+        <v>2660</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D393" s="5" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="F393" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H393" s="5" t="s">
         <v>2661</v>
       </c>
-      <c r="G393" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H393" s="5" t="s">
+      <c r="I393" s="5" t="s">
         <v>2662</v>
       </c>
-      <c r="I393" s="5" t="s">
+      <c r="J393" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K393" s="5" t="s">
         <v>2663</v>
       </c>
-      <c r="J393" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K393" s="5" t="s">
+      <c r="L393" s="6" t="s">
         <v>2664</v>
       </c>
-      <c r="L393" s="6" t="s">
+      <c r="M393" s="5" t="s">
         <v>2665</v>
-      </c>
-[...1 lines deleted...]
-        <v>2666</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2667</v>
+        <v>2666</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D394" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F394" s="5" t="s">
         <v>2668</v>
       </c>
-      <c r="D394" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="G394" s="5" t="s">
+        <v>2667</v>
       </c>
       <c r="H394" s="5" t="s">
         <v>2669</v>
       </c>
       <c r="I394" s="5" t="s">
         <v>2670</v>
       </c>
       <c r="J394" s="5" t="s">
         <v>435</v>
       </c>
       <c r="K394" s="5" t="s">
         <v>2671</v>
       </c>
       <c r="L394" s="6" t="s">
         <v>2672</v>
       </c>
       <c r="M394" s="5" t="s">
         <v>2673</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
         <v>2674</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
+        <v>2675</v>
+      </c>
+      <c r="D395" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D395" s="5" t="s">
-[...3 lines deleted...]
-        <v>2675</v>
+      <c r="E395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G395" s="5" t="s">
+      <c r="G395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H395" s="5" t="s">
         <v>2676</v>
       </c>
-      <c r="H395" s="5" t="s">
+      <c r="I395" s="5" t="s">
         <v>2677</v>
       </c>
-      <c r="I395" s="5" t="s">
+      <c r="J395" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="K395" s="5" t="s">
         <v>2678</v>
       </c>
-      <c r="J395" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K395" s="5" t="s">
+      <c r="L395" s="6" t="s">
         <v>2679</v>
       </c>
-      <c r="L395" s="6" t="s">
+      <c r="M395" s="5" t="s">
         <v>2680</v>
-      </c>
-[...1 lines deleted...]
-        <v>2681</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2682</v>
+        <v>2681</v>
       </c>
       <c r="B396" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D396" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D396" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E396" s="5" t="s">
+        <v>2682</v>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G396" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G396" s="5" t="s">
+        <v>2683</v>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2683</v>
-[...10 lines deleted...]
-        </is>
+        <v>2684</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2685</v>
+      </c>
+      <c r="J396" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K396" s="5" t="s">
+        <v>2686</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2684</v>
-[...1 lines deleted...]
-      <c r="M396" s="5"/>
+        <v>2687</v>
+      </c>
+      <c r="M396" s="5" t="s">
+        <v>2688</v>
+      </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2685</v>
+        <v>2689</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C397" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2686</v>
+        <v>2690</v>
       </c>
       <c r="I397" s="5"/>
       <c r="J397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2687</v>
+        <v>2691</v>
       </c>
       <c r="M397" s="5"/>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2688</v>
+        <v>2692</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C398" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="I398" s="5"/>
       <c r="J398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2690</v>
+        <v>2694</v>
       </c>
       <c r="M398" s="5"/>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2691</v>
+        <v>2695</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C399" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H399" s="5" t="s">
-        <v>2692</v>
+        <v>2696</v>
       </c>
       <c r="I399" s="5"/>
       <c r="J399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2693</v>
+        <v>2697</v>
       </c>
       <c r="M399" s="5"/>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2694</v>
+        <v>2698</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C400" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H400" s="5" t="s">
-        <v>2695</v>
+        <v>2699</v>
       </c>
       <c r="I400" s="5"/>
       <c r="J400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2696</v>
+        <v>2700</v>
       </c>
       <c r="M400" s="5"/>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2697</v>
+        <v>2701</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>2530</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>35</v>
+      </c>
+      <c r="D401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G401" s="5" t="s">
-        <v>2698</v>
+      <c r="G401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2699</v>
-[...8 lines deleted...]
-        <v>2701</v>
+        <v>2702</v>
+      </c>
+      <c r="I401" s="5"/>
+      <c r="J401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K401" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2702</v>
-[...1 lines deleted...]
-      <c r="M401" s="5" t="s">
         <v>2703</v>
       </c>
+      <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
         <v>2704</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>173</v>
+        <v>2537</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>1851</v>
+        <v>2442</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>2322</v>
+        <v>36</v>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G402" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G402" s="5" t="s">
+        <v>2705</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2705</v>
+        <v>2706</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2706</v>
+        <v>2707</v>
       </c>
       <c r="J402" s="5" t="s">
-        <v>1855</v>
+        <v>435</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2707</v>
+        <v>2708</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2708</v>
+        <v>2709</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2709</v>
+        <v>2710</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>35</v>
+        <v>261</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>2711</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2011</v>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="s">
         <v>2712</v>
       </c>
       <c r="I403" s="5" t="s">
         <v>2713</v>
       </c>
       <c r="J403" s="5" t="s">
-        <v>435</v>
+        <v>2714</v>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2714</v>
+        <v>2715</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2715</v>
+        <v>2716</v>
       </c>
       <c r="M403" s="5" t="s">
-        <v>2716</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="404">
-      <c r="A404" s="5" t="n">
-        <v>1927</v>
+      <c r="A404" s="5" t="s">
+        <v>2718</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="D404" s="5" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E404" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
       <c r="I404" s="5" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="J404" s="5" t="s">
-        <v>2719</v>
+        <v>1855</v>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="M404" s="5" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>125</v>
+        <v>2725</v>
       </c>
       <c r="E405" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2724</v>
-[...1 lines deleted...]
-      <c r="I405" s="5"/>
+        <v>2726</v>
+      </c>
+      <c r="I405" s="5" t="s">
+        <v>2727</v>
+      </c>
       <c r="J405" s="5" t="s">
-        <v>40</v>
+        <v>435</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2728</v>
+        <v>2731</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>35</v>
+        <v>261</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>125</v>
-[...10 lines deleted...]
-        <v>2729</v>
+        <v>2011</v>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F406" s="5" t="s">
+        <v>2732</v>
+      </c>
+      <c r="G406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H406" s="5" t="s">
-        <v>2730</v>
-[...1 lines deleted...]
-      <c r="I406" s="5"/>
+        <v>2733</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>2734</v>
+      </c>
       <c r="J406" s="5" t="s">
-        <v>40</v>
+        <v>2735</v>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2731</v>
+        <v>2736</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2732</v>
+        <v>2737</v>
       </c>
       <c r="M406" s="5" t="s">
-        <v>2733</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="407">
-      <c r="A407" s="5" t="s">
-        <v>2734</v>
+      <c r="A407" s="5" t="n">
+        <v>1927</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>134</v>
-[...8 lines deleted...]
-        <v>2735</v>
+        <v>35</v>
+      </c>
+      <c r="D407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2736</v>
-[...1 lines deleted...]
-      <c r="I407" s="5"/>
+        <v>2739</v>
+      </c>
+      <c r="I407" s="5" t="s">
+        <v>2740</v>
+      </c>
       <c r="J407" s="5" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="M407" s="5" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2741</v>
+        <v>2745</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D408" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D408" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E408" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H408" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H408" s="5" t="s">
+        <v>2746</v>
       </c>
       <c r="I408" s="5"/>
-      <c r="J408" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J408" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2742</v>
+        <v>2747</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2743</v>
-[...1 lines deleted...]
-      <c r="M408" s="5"/>
+        <v>2748</v>
+      </c>
+      <c r="M408" s="5" t="s">
+        <v>2749</v>
+      </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2744</v>
+        <v>2750</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D409" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D409" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E409" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G409" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G409" s="5" t="s">
+        <v>2751</v>
+      </c>
+      <c r="H409" s="5" t="s">
+        <v>2752</v>
       </c>
       <c r="I409" s="5"/>
-      <c r="J409" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J409" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2745</v>
-[...1 lines deleted...]
-      <c r="M409" s="5"/>
+        <v>2754</v>
+      </c>
+      <c r="M409" s="5" t="s">
+        <v>2755</v>
+      </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2746</v>
+        <v>2756</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="D410" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F410" s="5" t="s">
+        <v>2757</v>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H410" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H410" s="5" t="s">
+        <v>2758</v>
       </c>
       <c r="I410" s="5"/>
-      <c r="J410" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J410" s="5" t="s">
+        <v>2759</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2742</v>
+        <v>2760</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2747</v>
-[...1 lines deleted...]
-      <c r="M410" s="5"/>
+        <v>2761</v>
+      </c>
+      <c r="M410" s="5" t="s">
+        <v>2762</v>
+      </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2748</v>
+        <v>2763</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I411" s="5"/>
       <c r="J411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2749</v>
+        <v>2765</v>
       </c>
       <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2750</v>
+        <v>2766</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I412" s="5"/>
       <c r="J412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2751</v>
+        <v>2767</v>
       </c>
       <c r="M412" s="5"/>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2752</v>
+        <v>2768</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H413" s="5" t="s">
-        <v>2753</v>
+      <c r="H413" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I413" s="5"/>
       <c r="J413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2754</v>
+        <v>2769</v>
       </c>
       <c r="M413" s="5"/>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2755</v>
+        <v>2770</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H414" s="5" t="s">
-        <v>2756</v>
+      <c r="H414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I414" s="5"/>
       <c r="J414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2757</v>
+        <v>2771</v>
       </c>
       <c r="M414" s="5"/>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2758</v>
+        <v>2772</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H415" s="5" t="s">
-        <v>2759</v>
+      <c r="H415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I415" s="5"/>
       <c r="J415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2760</v>
+        <v>2773</v>
       </c>
       <c r="M415" s="5"/>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2761</v>
+        <v>2774</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C416" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H416" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H416" s="5" t="s">
+        <v>2775</v>
       </c>
       <c r="I416" s="5"/>
       <c r="J416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2762</v>
+        <v>2776</v>
       </c>
       <c r="M416" s="5"/>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2763</v>
+        <v>2777</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H417" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H417" s="5" t="s">
+        <v>2778</v>
       </c>
       <c r="I417" s="5"/>
       <c r="J417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2764</v>
+        <v>2779</v>
       </c>
       <c r="M417" s="5"/>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2765</v>
+        <v>2780</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
-        <v>2766</v>
+        <v>2781</v>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2767</v>
+        <v>2782</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2768</v>
+        <v>2783</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H419" s="5" t="s">
-        <v>2766</v>
+      <c r="H419" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2769</v>
+        <v>2784</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2770</v>
+        <v>2785</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="C420" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C420" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2771</v>
+        <v>2786</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2772</v>
+        <v>2787</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C421" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H421" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H421" s="5" t="s">
+        <v>2788</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2773</v>
+        <v>2789</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2774</v>
+        <v>2790</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H422" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H422" s="5" t="s">
+        <v>2788</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2775</v>
+        <v>2791</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2776</v>
+        <v>2792</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="C423" s="5" t="s">
-        <v>35</v>
+      <c r="C423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H423" s="5" t="s">
-        <v>2777</v>
+      <c r="H423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2778</v>
+        <v>2793</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2779</v>
+        <v>2794</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2780</v>
+        <v>2795</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2781</v>
+        <v>2796</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C425" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2782</v>
+        <v>2797</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2783</v>
+        <v>2798</v>
       </c>
       <c r="B426" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C426" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H426" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H426" s="5" t="s">
+        <v>2799</v>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2784</v>
+        <v>2800</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2785</v>
+        <v>2801</v>
       </c>
       <c r="B427" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C427" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2786</v>
+        <v>2802</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2787</v>
+        <v>2803</v>
       </c>
       <c r="B428" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C428" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H428" s="5" t="s">
-        <v>2766</v>
+      <c r="H428" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2788</v>
+        <v>2804</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2789</v>
+        <v>2805</v>
       </c>
       <c r="B429" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C429" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H429" s="5" t="s">
-        <v>2790</v>
+      <c r="H429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2791</v>
+        <v>2806</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2792</v>
+        <v>2807</v>
       </c>
       <c r="B430" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C430" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H430" s="5" t="s">
-        <v>2793</v>
+      <c r="H430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I430" s="5"/>
       <c r="J430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2794</v>
+        <v>2808</v>
       </c>
       <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2795</v>
+        <v>2809</v>
       </c>
       <c r="B431" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C431" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H431" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H431" s="5" t="s">
+        <v>2788</v>
       </c>
       <c r="I431" s="5"/>
       <c r="J431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2796</v>
+        <v>2810</v>
       </c>
       <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2797</v>
+        <v>2811</v>
       </c>
       <c r="B432" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H432" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H432" s="5" t="s">
+        <v>2812</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2798</v>
+        <v>2813</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2799</v>
+        <v>2814</v>
       </c>
       <c r="B433" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H433" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H433" s="5" t="s">
+        <v>2815</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2800</v>
+        <v>2816</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2801</v>
+        <v>2817</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C434" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2802</v>
+        <v>2818</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2803</v>
+        <v>2819</v>
       </c>
       <c r="B435" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H435" s="5" t="s">
-        <v>2804</v>
+      <c r="H435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2805</v>
+        <v>2820</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2806</v>
+        <v>2821</v>
       </c>
       <c r="B436" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C436" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H436" s="5" t="s">
-        <v>2807</v>
+      <c r="H436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2808</v>
+        <v>2822</v>
       </c>
       <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2809</v>
+        <v>2823</v>
       </c>
       <c r="B437" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C437" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H437" s="5" t="s">
-        <v>2810</v>
+      <c r="H437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2811</v>
+        <v>2824</v>
       </c>
       <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2812</v>
+        <v>2825</v>
       </c>
       <c r="B438" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2813</v>
+        <v>2826</v>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2814</v>
+        <v>2827</v>
       </c>
       <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2815</v>
+        <v>2828</v>
       </c>
       <c r="B439" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C439" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2816</v>
+        <v>2829</v>
       </c>
       <c r="I439" s="5"/>
       <c r="J439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2817</v>
+        <v>2830</v>
       </c>
       <c r="M439" s="5"/>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2818</v>
+        <v>2831</v>
       </c>
       <c r="B440" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H440" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H440" s="5" t="s">
+        <v>2832</v>
       </c>
       <c r="I440" s="5"/>
       <c r="J440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2819</v>
+        <v>2833</v>
       </c>
       <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2820</v>
+        <v>2834</v>
       </c>
       <c r="B441" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C441" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2821</v>
+        <v>2835</v>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2822</v>
+        <v>2836</v>
       </c>
       <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2823</v>
+        <v>2837</v>
       </c>
       <c r="B442" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C442" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2824</v>
+        <v>2838</v>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2825</v>
+        <v>2839</v>
       </c>
       <c r="M442" s="5"/>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2826</v>
+        <v>2840</v>
       </c>
       <c r="B443" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H443" s="5" t="s">
-        <v>2827</v>
+      <c r="H443" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I443" s="5"/>
       <c r="J443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2828</v>
+        <v>2841</v>
       </c>
       <c r="M443" s="5"/>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2829</v>
+        <v>2842</v>
       </c>
       <c r="B444" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C444" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2807</v>
+        <v>2843</v>
       </c>
       <c r="I444" s="5"/>
       <c r="J444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2830</v>
+        <v>2844</v>
       </c>
       <c r="M444" s="5"/>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2831</v>
+        <v>2845</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C445" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2832</v>
+        <v>2846</v>
       </c>
       <c r="I445" s="5"/>
       <c r="J445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2833</v>
+        <v>2847</v>
       </c>
       <c r="M445" s="5"/>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2834</v>
+        <v>2848</v>
       </c>
       <c r="B446" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C446" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H446" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H446" s="5" t="s">
+        <v>2849</v>
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2835</v>
+        <v>2850</v>
       </c>
       <c r="M446" s="5"/>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2836</v>
+        <v>2851</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C447" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2837</v>
+        <v>2829</v>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
       <c r="M447" s="5"/>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2839</v>
+        <v>2853</v>
       </c>
       <c r="B448" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C448" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2837</v>
+        <v>2854</v>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2840</v>
+        <v>2855</v>
       </c>
       <c r="M448" s="5"/>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2841</v>
+        <v>2856</v>
       </c>
       <c r="B449" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H449" s="5" t="s">
-        <v>2837</v>
+      <c r="H449" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I449" s="5"/>
       <c r="J449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2842</v>
+        <v>2857</v>
       </c>
       <c r="M449" s="5"/>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2843</v>
+        <v>2858</v>
       </c>
       <c r="B450" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2844</v>
+        <v>2860</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2845</v>
+        <v>2861</v>
       </c>
       <c r="B451" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C451" s="5" t="s">
-        <v>2435</v>
+        <v>35</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H451" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H451" s="5" t="s">
+        <v>2859</v>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2846</v>
+        <v>2862</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2847</v>
+        <v>2863</v>
       </c>
       <c r="B452" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I452" s="5"/>
       <c r="J452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2848</v>
+        <v>2864</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2849</v>
+        <v>2865</v>
       </c>
       <c r="B453" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2742</v>
+        <v>2764</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2850</v>
+        <v>2866</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2851</v>
+        <v>2867</v>
       </c>
       <c r="B454" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>35</v>
+        <v>2442</v>
       </c>
       <c r="D454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H454" s="5" t="s">
-        <v>2852</v>
+      <c r="H454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I454" s="5"/>
       <c r="J454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2853</v>
+        <v>2764</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2854</v>
+        <v>2868</v>
       </c>
       <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2855</v>
+        <v>2869</v>
       </c>
       <c r="B455" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C455" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>2856</v>
+        <v>2859</v>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2853</v>
+        <v>2764</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2857</v>
+        <v>2870</v>
       </c>
       <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2858</v>
+        <v>2871</v>
       </c>
       <c r="B456" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C456" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H456" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H456" s="5" t="s">
+        <v>2859</v>
       </c>
       <c r="I456" s="5"/>
       <c r="J456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2853</v>
+        <v>2764</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2859</v>
+        <v>2872</v>
       </c>
       <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2860</v>
+        <v>2873</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C457" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H457" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H457" s="5" t="s">
+        <v>2874</v>
       </c>
       <c r="I457" s="5"/>
       <c r="J457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2861</v>
+        <v>2876</v>
       </c>
       <c r="M457" s="5"/>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2862</v>
+        <v>2877</v>
       </c>
       <c r="B458" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C458" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2863</v>
+        <v>2878</v>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2864</v>
+        <v>2879</v>
       </c>
       <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2865</v>
+        <v>2880</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C459" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H459" s="5" t="s">
-        <v>2866</v>
+      <c r="H459" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I459" s="5"/>
       <c r="J459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2867</v>
+        <v>2881</v>
       </c>
       <c r="M459" s="5"/>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2868</v>
+        <v>2882</v>
       </c>
       <c r="B460" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C460" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H460" s="5" t="s">
-        <v>2866</v>
+      <c r="H460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I460" s="5"/>
       <c r="J460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2869</v>
+        <v>2883</v>
       </c>
       <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2870</v>
+        <v>2884</v>
       </c>
       <c r="B461" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C461" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H461" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H461" s="5" t="s">
+        <v>2885</v>
       </c>
       <c r="I461" s="5"/>
       <c r="J461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2871</v>
+        <v>2886</v>
       </c>
       <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2872</v>
+        <v>2887</v>
       </c>
       <c r="B462" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H462" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H462" s="5" t="s">
+        <v>2888</v>
       </c>
       <c r="I462" s="5"/>
       <c r="J462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2873</v>
+        <v>2889</v>
       </c>
       <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2874</v>
+        <v>2890</v>
       </c>
       <c r="B463" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H463" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H463" s="5" t="s">
+        <v>2888</v>
       </c>
       <c r="I463" s="5"/>
       <c r="J463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2875</v>
+        <v>2891</v>
       </c>
       <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2876</v>
+        <v>2892</v>
       </c>
       <c r="B464" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H464" s="5" t="s">
-        <v>2837</v>
+      <c r="H464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I464" s="5"/>
       <c r="J464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2877</v>
+        <v>2893</v>
       </c>
       <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2878</v>
+        <v>2894</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>35</v>
+      </c>
+      <c r="D465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H465" s="5" t="s">
-[...6 lines deleted...]
-        <v>2881</v>
+      <c r="H465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I465" s="5"/>
+      <c r="J465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2882</v>
+        <v>2875</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2883</v>
-[...3 lines deleted...]
-      </c>
+        <v>2895</v>
+      </c>
+      <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2885</v>
+        <v>2896</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H466" s="5" t="s">
-        <v>2837</v>
+      <c r="H466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I466" s="5"/>
       <c r="J466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2886</v>
+        <v>2897</v>
       </c>
       <c r="M466" s="5"/>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2887</v>
+        <v>2898</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C467" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I467" s="5"/>
       <c r="J467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2888</v>
+        <v>2899</v>
       </c>
       <c r="M467" s="5"/>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2889</v>
+        <v>2900</v>
       </c>
       <c r="B468" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>870</v>
+      </c>
+      <c r="D468" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="E468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H468" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H468" s="5" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I468" s="5" t="s">
+        <v>2902</v>
+      </c>
+      <c r="J468" s="5" t="s">
+        <v>2903</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2853</v>
+        <v>2904</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2890</v>
-[...1 lines deleted...]
-      <c r="M468" s="5"/>
+        <v>2905</v>
+      </c>
+      <c r="M468" s="5" t="s">
+        <v>2906</v>
+      </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2891</v>
+        <v>2907</v>
       </c>
       <c r="B469" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C469" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I469" s="5"/>
       <c r="J469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2892</v>
+        <v>2908</v>
       </c>
       <c r="M469" s="5"/>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2893</v>
+        <v>2909</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="C470" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C470" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I470" s="5"/>
       <c r="J470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2894</v>
+        <v>2910</v>
       </c>
       <c r="M470" s="5"/>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2895</v>
+        <v>2911</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H471" s="5" t="s">
-        <v>2896</v>
+      <c r="H471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I471" s="5"/>
       <c r="J471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2897</v>
+        <v>2912</v>
       </c>
       <c r="M471" s="5"/>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2898</v>
+        <v>2913</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C472" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H472" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H472" s="5" t="s">
+        <v>2859</v>
       </c>
       <c r="I472" s="5"/>
       <c r="J472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2899</v>
+        <v>2914</v>
       </c>
       <c r="M472" s="5"/>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2900</v>
+        <v>2915</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="C473" s="5" t="s">
-        <v>35</v>
+      <c r="C473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2837</v>
+        <v>2859</v>
       </c>
       <c r="I473" s="5"/>
       <c r="J473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2901</v>
+        <v>2916</v>
       </c>
       <c r="M473" s="5"/>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2902</v>
+        <v>2917</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C474" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2837</v>
+        <v>2918</v>
       </c>
       <c r="I474" s="5"/>
       <c r="J474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2903</v>
+        <v>2919</v>
       </c>
       <c r="M474" s="5"/>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2904</v>
+        <v>2920</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C475" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I475" s="5"/>
       <c r="J475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2905</v>
+        <v>2921</v>
       </c>
       <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2906</v>
+        <v>2922</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C476" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H476" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H476" s="5" t="s">
+        <v>2859</v>
       </c>
       <c r="I476" s="5"/>
       <c r="J476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2907</v>
+        <v>2923</v>
       </c>
       <c r="M476" s="5"/>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2908</v>
+        <v>2924</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2807</v>
+        <v>2859</v>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2909</v>
+        <v>2925</v>
       </c>
       <c r="M477" s="5"/>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2910</v>
+        <v>2926</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H478" s="5" t="s">
-        <v>2911</v>
+      <c r="H478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I478" s="5"/>
       <c r="J478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2912</v>
+        <v>2927</v>
       </c>
       <c r="M478" s="5"/>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2913</v>
+        <v>2928</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C479" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H479" s="5" t="s">
-        <v>2837</v>
+      <c r="H479" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I479" s="5"/>
       <c r="J479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2914</v>
+        <v>2929</v>
       </c>
       <c r="M479" s="5"/>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2915</v>
+        <v>2930</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2837</v>
+        <v>2829</v>
       </c>
       <c r="I480" s="5"/>
       <c r="J480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2916</v>
+        <v>2931</v>
       </c>
       <c r="M480" s="5"/>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2917</v>
+        <v>2932</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H481" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H481" s="5" t="s">
+        <v>2933</v>
       </c>
       <c r="I481" s="5"/>
       <c r="J481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2918</v>
+        <v>2934</v>
       </c>
       <c r="M481" s="5"/>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2919</v>
+        <v>2935</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C482" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2866</v>
+        <v>2859</v>
       </c>
       <c r="I482" s="5"/>
       <c r="J482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2920</v>
+        <v>2936</v>
       </c>
       <c r="M482" s="5"/>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2921</v>
+        <v>2937</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C483" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2922</v>
+        <v>2859</v>
       </c>
       <c r="I483" s="5"/>
       <c r="J483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2923</v>
+        <v>2938</v>
       </c>
       <c r="M483" s="5"/>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2924</v>
+        <v>2939</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C484" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I484" s="5"/>
       <c r="J484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2925</v>
+        <v>2940</v>
       </c>
       <c r="M484" s="5"/>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2926</v>
+        <v>2941</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H485" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H485" s="5" t="s">
+        <v>2888</v>
       </c>
       <c r="I485" s="5"/>
       <c r="J485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2927</v>
+        <v>2942</v>
       </c>
       <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2928</v>
+        <v>2943</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="s">
-        <v>2435</v>
+        <v>2944</v>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2929</v>
+        <v>2945</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2930</v>
+        <v>2946</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C487" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I487" s="5"/>
       <c r="J487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K487" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2931</v>
+        <v>2947</v>
       </c>
       <c r="M487" s="5"/>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2932</v>
+        <v>2948</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C488" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H488" s="5" t="s">
-        <v>2435</v>
+      <c r="H488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I488" s="5"/>
       <c r="J488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2933</v>
+        <v>2949</v>
       </c>
       <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2934</v>
+        <v>2950</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C489" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
       <c r="I489" s="5"/>
       <c r="J489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2935</v>
+        <v>2951</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2936</v>
+        <v>2952</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="C490" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H490" s="5" t="s">
-        <v>2355</v>
+      <c r="H490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I490" s="5"/>
       <c r="J490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2853</v>
+        <v>2875</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2937</v>
+        <v>2953</v>
       </c>
       <c r="M490" s="5"/>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2938</v>
+        <v>2954</v>
       </c>
       <c r="B491" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>35</v>
+      </c>
+      <c r="D491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F491" s="5" t="s">
-        <v>2939</v>
+      <c r="F491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="s">
-        <v>2940</v>
-[...5 lines deleted...]
-        <v>2942</v>
+        <v>2442</v>
+      </c>
+      <c r="I491" s="5"/>
+      <c r="J491" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2943</v>
+        <v>2875</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2944</v>
-[...3 lines deleted...]
-      </c>
+        <v>2955</v>
+      </c>
+      <c r="M491" s="5"/>
     </row>
     <row r="492">
-      <c r="A492" s="5" t="n">
-        <v>1928</v>
+      <c r="A492" s="5" t="s">
+        <v>2956</v>
       </c>
       <c r="B492" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C492" s="5" t="s">
-        <v>2530</v>
-[...5 lines deleted...]
-        <v>2946</v>
+        <v>35</v>
+      </c>
+      <c r="D492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>1851</v>
-[...5 lines deleted...]
-        <v>2948</v>
+        <v>2442</v>
+      </c>
+      <c r="I492" s="5"/>
+      <c r="J492" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K492" s="5" t="s">
-        <v>2949</v>
+        <v>2875</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2950</v>
-[...3 lines deleted...]
-      </c>
+        <v>2957</v>
+      </c>
+      <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2952</v>
+        <v>2958</v>
       </c>
       <c r="B493" s="5" t="s">
-        <v>14</v>
+        <v>1391</v>
       </c>
       <c r="C493" s="5" t="s">
-        <v>2953</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>35</v>
+      </c>
+      <c r="D493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="s">
-        <v>2955</v>
-[...5 lines deleted...]
-        <v>2957</v>
+        <v>2362</v>
+      </c>
+      <c r="I493" s="5"/>
+      <c r="J493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K493" s="5" t="s">
-        <v>2958</v>
+        <v>2875</v>
       </c>
       <c r="L493" s="6" t="s">
         <v>2959</v>
       </c>
-      <c r="M493" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>2961</v>
+        <v>2960</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C494" s="5" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="D494" s="5" t="s">
-        <v>1916</v>
-[...7 lines deleted...]
-        </is>
+        <v>870</v>
+      </c>
+      <c r="E494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F494" s="5" t="s">
+        <v>2961</v>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H494" s="5" t="s">
         <v>2962</v>
       </c>
       <c r="I494" s="5" t="s">
         <v>2963</v>
       </c>
       <c r="J494" s="5" t="s">
-        <v>40</v>
+        <v>2964</v>
       </c>
       <c r="K494" s="5" t="s">
-        <v>2964</v>
+        <v>2965</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>2965</v>
+        <v>2966</v>
       </c>
       <c r="M494" s="5" t="s">
-        <v>2966</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="495">
-      <c r="A495" s="5" t="s">
-        <v>2967</v>
+      <c r="A495" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>261</v>
+        <v>2537</v>
       </c>
       <c r="D495" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>2442</v>
+      </c>
+      <c r="E495" s="5" t="s">
+        <v>2968</v>
       </c>
       <c r="F495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>2968</v>
+        <v>1851</v>
       </c>
       <c r="I495" s="5" t="s">
         <v>2969</v>
       </c>
       <c r="J495" s="5" t="s">
         <v>2970</v>
       </c>
       <c r="K495" s="5" t="s">
         <v>2971</v>
       </c>
       <c r="L495" s="6" t="s">
         <v>2972</v>
       </c>
       <c r="M495" s="5" t="s">
         <v>2973</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
         <v>2974</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>261</v>
+        <v>2975</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>2976</v>
+      </c>
+      <c r="E496" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>2977</v>
+        <v>2979</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2978</v>
+        <v>2980</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2979</v>
+        <v>2981</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>2980</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>2981</v>
+        <v>2983</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>871</v>
+        <v>173</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>2435</v>
+        <v>1916</v>
       </c>
       <c r="E497" s="5" t="s">
-        <v>2982</v>
+        <v>2329</v>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="I497" s="5" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="J497" s="5" t="s">
-        <v>2985</v>
+        <v>40</v>
       </c>
       <c r="K497" s="5" t="s">
         <v>2986</v>
       </c>
       <c r="L497" s="6" t="s">
         <v>2987</v>
       </c>
       <c r="M497" s="5" t="s">
         <v>2988</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
         <v>2989</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C498" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D498" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H498" s="5" t="s">
         <v>2990</v>
       </c>
-      <c r="D498" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H498" s="5" t="s">
+      <c r="I498" s="5" t="s">
         <v>2991</v>
       </c>
-      <c r="I498" s="5" t="s">
+      <c r="J498" s="5" t="s">
         <v>2992</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="K498" s="5" t="s">
         <v>2993</v>
       </c>
       <c r="L498" s="6" t="s">
         <v>2994</v>
       </c>
       <c r="M498" s="5" t="s">
         <v>2995</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
         <v>2996</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>1888</v>
+        <v>261</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>2435</v>
-[...1 lines deleted...]
-      <c r="E499" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H499" s="5" t="s">
         <v>2997</v>
       </c>
-      <c r="F499" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H499" s="5" t="s">
+      <c r="I499" s="5" t="s">
         <v>2998</v>
       </c>
-      <c r="I499" s="5"/>
       <c r="J499" s="5" t="s">
         <v>2999</v>
       </c>
       <c r="K499" s="5" t="s">
         <v>3000</v>
       </c>
       <c r="L499" s="6" t="s">
         <v>3001</v>
       </c>
       <c r="M499" s="5" t="s">
         <v>3002</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
         <v>3003</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>1916</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>2011</v>
+      </c>
+      <c r="E500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G500" s="5" t="s">
+      <c r="G500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H500" s="5" t="s">
         <v>3004</v>
       </c>
-      <c r="H500" s="5" t="s">
+      <c r="I500" s="5" t="s">
         <v>3005</v>
       </c>
-      <c r="I500" s="5" t="s">
+      <c r="J500" s="5" t="s">
         <v>3006</v>
-      </c>
-[...1 lines deleted...]
-        <v>1855</v>
       </c>
       <c r="K500" s="5" t="s">
         <v>3007</v>
       </c>
       <c r="L500" s="6" t="s">
         <v>3008</v>
       </c>
       <c r="M500" s="5" t="s">
         <v>3009</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
         <v>3010</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-      <c r="F501" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H501" s="5" t="s">
         <v>3011</v>
       </c>
-      <c r="G501" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H501" s="5" t="s">
+      <c r="I501" s="5" t="s">
         <v>3012</v>
       </c>
-      <c r="I501" s="5" t="s">
+      <c r="J501" s="5" t="s">
         <v>3013</v>
       </c>
-      <c r="J501" s="5" t="s">
+      <c r="K501" s="5" t="s">
         <v>3014</v>
       </c>
-      <c r="K501" s="5" t="s">
+      <c r="L501" s="6" t="s">
         <v>3015</v>
       </c>
-      <c r="L501" s="6" t="s">
+      <c r="M501" s="5" t="s">
         <v>3016</v>
-      </c>
-[...1 lines deleted...]
-        <v>3017</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3018</v>
+        <v>3017</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>870</v>
+        <v>261</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E502" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H502" s="5" t="s">
+        <v>3018</v>
+      </c>
+      <c r="I502" s="5" t="s">
         <v>3019</v>
       </c>
-      <c r="F502" s="5" t="s">
+      <c r="J502" s="5" t="s">
         <v>3020</v>
       </c>
-      <c r="G502" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H502" s="5" t="s">
+      <c r="K502" s="5" t="s">
         <v>3021</v>
       </c>
-      <c r="I502" s="5" t="s">
+      <c r="L502" s="6" t="s">
         <v>3022</v>
       </c>
-      <c r="J502" s="5" t="s">
+      <c r="M502" s="5" t="s">
         <v>3023</v>
       </c>
-      <c r="K502" s="5" t="s">
+    </row>
+    <row r="503">
+      <c r="A503" s="5" t="s">
         <v>3024</v>
-      </c>
-[...9 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="D503" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H503" s="5" t="s">
+        <v>3025</v>
+      </c>
+      <c r="I503" s="5" t="s">
+        <v>3026</v>
+      </c>
+      <c r="J503" s="5" t="s">
         <v>3027</v>
       </c>
-      <c r="D503" s="5" t="s">
+      <c r="K503" s="5" t="s">
         <v>3028</v>
       </c>
-      <c r="E503" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H503" s="5" t="s">
+      <c r="L503" s="6" t="s">
         <v>3029</v>
       </c>
-      <c r="I503" s="5" t="s">
+      <c r="M503" s="5" t="s">
         <v>3030</v>
-      </c>
-[...10 lines deleted...]
-        <v>3033</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3034</v>
+        <v>3031</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>2990</v>
+        <v>871</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>1851</v>
+        <v>2442</v>
       </c>
       <c r="E504" s="5" t="s">
-        <v>2322</v>
+        <v>3032</v>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
+        <v>3033</v>
+      </c>
+      <c r="I504" s="5" t="s">
+        <v>3034</v>
+      </c>
+      <c r="J504" s="5" t="s">
         <v>3035</v>
       </c>
-      <c r="I504" s="5" t="s">
+      <c r="K504" s="5" t="s">
         <v>3036</v>
       </c>
-      <c r="J504" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K504" s="5" t="s">
+      <c r="L504" s="6" t="s">
         <v>3037</v>
       </c>
-      <c r="L504" s="6" t="s">
+      <c r="M504" s="5" t="s">
         <v>3038</v>
-      </c>
-[...1 lines deleted...]
-        <v>3039</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3040</v>
+        <v>3039</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>1916</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>2011</v>
+      </c>
+      <c r="E505" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G505" s="5" t="s">
+      <c r="G505" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H505" s="5" t="s">
+        <v>3040</v>
+      </c>
+      <c r="I505" s="5" t="s">
         <v>3041</v>
       </c>
-      <c r="H505" s="5" t="s">
+      <c r="J505" s="5" t="s">
         <v>3042</v>
       </c>
-      <c r="I505" s="5" t="s">
+      <c r="K505" s="5" t="s">
         <v>3043</v>
       </c>
-      <c r="J505" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K505" s="5" t="s">
+      <c r="L505" s="6" t="s">
         <v>3044</v>
       </c>
-      <c r="L505" s="6" t="s">
+      <c r="M505" s="5" t="s">
         <v>3045</v>
-      </c>
-[...1 lines deleted...]
-        <v>3046</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3047</v>
+        <v>3046</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>173</v>
+        <v>3047</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>1916</v>
+        <v>1851</v>
       </c>
       <c r="E506" s="5" t="s">
-        <v>2322</v>
+        <v>2329</v>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
         <v>3048</v>
       </c>
       <c r="I506" s="5" t="s">
         <v>3049</v>
       </c>
       <c r="J506" s="5" t="s">
         <v>1855</v>
       </c>
       <c r="K506" s="5" t="s">
         <v>3050</v>
       </c>
       <c r="L506" s="6" t="s">
         <v>3051</v>
       </c>
       <c r="M506" s="5" t="s">
         <v>3052</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
         <v>3053</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>35</v>
+        <v>1888</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
       <c r="E507" s="5" t="s">
-        <v>36</v>
+        <v>3054</v>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="I507" s="5"/>
       <c r="J507" s="5" t="s">
-        <v>2948</v>
+        <v>3056</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3055</v>
+        <v>3057</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3056</v>
+        <v>3058</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3057</v>
+        <v>3059</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3058</v>
+        <v>3060</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>2301</v>
+        <v>173</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>3059</v>
-[...4 lines deleted...]
-        </is>
+        <v>1916</v>
+      </c>
+      <c r="E508" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="F508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G508" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G508" s="5" t="s">
+        <v>3061</v>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3060</v>
+        <v>3062</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3061</v>
+        <v>3063</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>2985</v>
+        <v>1855</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3064</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3065</v>
+        <v>3067</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>1851</v>
+        <v>870</v>
       </c>
       <c r="E509" s="5" t="s">
-        <v>2322</v>
-[...7 lines deleted...]
-        <v>3066</v>
+        <v>36</v>
+      </c>
+      <c r="F509" s="5" t="s">
+        <v>3068</v>
+      </c>
+      <c r="G509" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>1855</v>
+        <v>3071</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3072</v>
+        <v>3075</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
-        <v>3073</v>
+        <v>870</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>2435</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E510" s="5" t="s">
+        <v>3076</v>
+      </c>
+      <c r="F510" s="5" t="s">
+        <v>3077</v>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>2985</v>
+        <v>3080</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3076</v>
+        <v>3081</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3077</v>
+        <v>3082</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="511">
-      <c r="A511" s="5" t="s">
-        <v>3079</v>
+      <c r="A511" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>606</v>
+        <v>3084</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-        <v>1053</v>
+        <v>3085</v>
+      </c>
+      <c r="E511" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3080</v>
-[...1 lines deleted...]
-      <c r="I511" s="5"/>
+        <v>3086</v>
+      </c>
+      <c r="I511" s="5" t="s">
+        <v>3087</v>
+      </c>
       <c r="J511" s="5" t="s">
-        <v>3081</v>
+        <v>2970</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3082</v>
+        <v>3088</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3083</v>
+        <v>3089</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3084</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3085</v>
+        <v>3091</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>3059</v>
+        <v>3047</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>2435</v>
+        <v>1851</v>
       </c>
       <c r="E512" s="5" t="s">
-        <v>174</v>
+        <v>2329</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3086</v>
+        <v>3092</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3087</v>
+        <v>3093</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>2985</v>
+        <v>40</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3088</v>
+        <v>3094</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3089</v>
+        <v>3095</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3090</v>
+        <v>3096</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3091</v>
+        <v>3097</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>870</v>
+        <v>173</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>3092</v>
+        <v>1916</v>
       </c>
       <c r="E513" s="5" t="s">
-        <v>3093</v>
-[...7 lines deleted...]
-        </is>
+        <v>2329</v>
+      </c>
+      <c r="F513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G513" s="5" t="s">
+        <v>3098</v>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
       <c r="I513" s="5" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="J513" s="5" t="s">
-        <v>3097</v>
-[...4 lines deleted...]
-        </is>
+        <v>1855</v>
+      </c>
+      <c r="K513" s="5" t="s">
+        <v>3101</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>2530</v>
+        <v>173</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>2435</v>
-[...4 lines deleted...]
-        </is>
+        <v>1916</v>
+      </c>
+      <c r="E514" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="I514" s="5" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
       <c r="J514" s="5" t="s">
-        <v>2985</v>
+        <v>1855</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>2442</v>
+      </c>
+      <c r="E515" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3107</v>
-[...3 lines deleted...]
-      </c>
+        <v>3111</v>
+      </c>
+      <c r="I515" s="5"/>
       <c r="J515" s="5" t="s">
-        <v>3109</v>
+        <v>2970</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3110</v>
+        <v>3112</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3111</v>
+        <v>3113</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3112</v>
+        <v>3114</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3113</v>
+        <v>3115</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
-        <v>134</v>
+        <v>2308</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>3115</v>
+        <v>3116</v>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="I516" s="5" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="J516" s="5" t="s">
-        <v>3118</v>
+        <v>3035</v>
       </c>
       <c r="K516" s="5" t="s">
         <v>3119</v>
       </c>
       <c r="L516" s="6" t="s">
         <v>3120</v>
       </c>
       <c r="M516" s="5" t="s">
         <v>3121</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
         <v>3122</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>1851</v>
+      </c>
+      <c r="E517" s="5" t="s">
+        <v>2329</v>
       </c>
       <c r="F517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G517" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G517" s="5" t="s">
+        <v>3123</v>
       </c>
       <c r="H517" s="5" t="s">
-        <v>3123</v>
+        <v>3124</v>
       </c>
       <c r="I517" s="5" t="s">
-        <v>3124</v>
+        <v>3125</v>
       </c>
       <c r="J517" s="5" t="s">
-        <v>3125</v>
+        <v>1855</v>
       </c>
       <c r="K517" s="5" t="s">
         <v>3126</v>
       </c>
       <c r="L517" s="6" t="s">
         <v>3127</v>
       </c>
       <c r="M517" s="5" t="s">
         <v>3128</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
         <v>3129</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>173</v>
+        <v>3130</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>3130</v>
-[...2 lines deleted...]
-        <v>2322</v>
+        <v>2442</v>
+      </c>
+      <c r="E518" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
         <v>3131</v>
       </c>
       <c r="I518" s="5" t="s">
         <v>3132</v>
       </c>
       <c r="J518" s="5" t="s">
+        <v>3035</v>
+      </c>
+      <c r="K518" s="5" t="s">
         <v>3133</v>
       </c>
-      <c r="K518" s="5" t="s">
+      <c r="L518" s="6" t="s">
         <v>3134</v>
       </c>
-      <c r="L518" s="6" t="s">
+      <c r="M518" s="5" t="s">
         <v>3135</v>
-      </c>
-[...1 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3137</v>
+        <v>3136</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="D519" s="5" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E519" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H519" s="5" t="s">
+        <v>3137</v>
+      </c>
+      <c r="I519" s="5"/>
+      <c r="J519" s="5" t="s">
         <v>3138</v>
       </c>
-      <c r="D519" s="5" t="s">
+      <c r="K519" s="5" t="s">
         <v>3139</v>
       </c>
-      <c r="E519" s="5" t="s">
+      <c r="L519" s="6" t="s">
         <v>3140</v>
       </c>
-      <c r="F519" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H519" s="5" t="s">
+      <c r="M519" s="5" t="s">
         <v>3141</v>
-      </c>
-[...13 lines deleted...]
-        <v>3146</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>3147</v>
+        <v>3142</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>3148</v>
+        <v>3116</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>2011</v>
+        <v>2442</v>
       </c>
       <c r="E520" s="5" t="s">
-        <v>3149</v>
+        <v>174</v>
       </c>
       <c r="F520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3150</v>
+        <v>3143</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3151</v>
+        <v>3144</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>3152</v>
+        <v>3035</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3153</v>
+        <v>3145</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3154</v>
+        <v>3146</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3155</v>
+        <v>3147</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3156</v>
+        <v>3148</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>3059</v>
+        <v>870</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>2435</v>
-[...9 lines deleted...]
-        </is>
+        <v>3149</v>
+      </c>
+      <c r="E521" s="5" t="s">
+        <v>3150</v>
+      </c>
+      <c r="F521" s="5" t="s">
+        <v>3151</v>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3157</v>
+        <v>3152</v>
       </c>
       <c r="I521" s="5" t="s">
-        <v>3158</v>
+        <v>3153</v>
       </c>
       <c r="J521" s="5" t="s">
-        <v>2985</v>
-[...2 lines deleted...]
-        <v>3159</v>
+        <v>3154</v>
+      </c>
+      <c r="K521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3160</v>
+        <v>3155</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3161</v>
+        <v>3156</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>3162</v>
+        <v>3157</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
-        <v>350</v>
+        <v>2537</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>3163</v>
+        <v>2442</v>
+      </c>
+      <c r="E522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="s">
-        <v>3164</v>
+        <v>3158</v>
       </c>
       <c r="I522" s="5" t="s">
-        <v>3165</v>
+        <v>3159</v>
       </c>
       <c r="J522" s="5" t="s">
-        <v>3166</v>
+        <v>3035</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3167</v>
+        <v>3160</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3168</v>
+        <v>3161</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3169</v>
+        <v>3162</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3170</v>
+        <v>3163</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>3171</v>
+        <v>134</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>3172</v>
+        <v>870</v>
+      </c>
+      <c r="E523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3173</v>
+        <v>3164</v>
       </c>
       <c r="I523" s="5" t="s">
-        <v>3174</v>
+        <v>3165</v>
       </c>
       <c r="J523" s="5" t="s">
-        <v>3175</v>
+        <v>3166</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3176</v>
+        <v>3167</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3177</v>
+        <v>3168</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3178</v>
+        <v>3169</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3179</v>
+        <v>3170</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>3059</v>
+        <v>134</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>2435</v>
-[...9 lines deleted...]
-        </is>
+        <v>870</v>
+      </c>
+      <c r="E524" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F524" s="5" t="s">
+        <v>3172</v>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3180</v>
+        <v>3173</v>
       </c>
       <c r="I524" s="5" t="s">
-        <v>3181</v>
+        <v>3174</v>
       </c>
       <c r="J524" s="5" t="s">
-        <v>2985</v>
+        <v>3175</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3182</v>
+        <v>3176</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3183</v>
+        <v>3177</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3184</v>
+        <v>3178</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3185</v>
+        <v>3179</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>2530</v>
+        <v>134</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2011</v>
+      </c>
+      <c r="E525" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3186</v>
+        <v>3180</v>
       </c>
       <c r="I525" s="5" t="s">
-        <v>3187</v>
+        <v>3181</v>
       </c>
       <c r="J525" s="5" t="s">
-        <v>2985</v>
+        <v>3182</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3188</v>
+        <v>3183</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3189</v>
+        <v>3184</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3190</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3191</v>
+        <v>3186</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>2435</v>
+        <v>3187</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>36</v>
+        <v>2329</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
+        <v>3188</v>
+      </c>
+      <c r="I526" s="5" t="s">
+        <v>3189</v>
+      </c>
+      <c r="J526" s="5" t="s">
+        <v>3190</v>
+      </c>
+      <c r="K526" s="5" t="s">
+        <v>3191</v>
+      </c>
+      <c r="L526" s="6" t="s">
         <v>3192</v>
       </c>
-      <c r="I526" s="5"/>
-[...3 lines deleted...]
-      <c r="K526" s="5" t="s">
+      <c r="M526" s="5" t="s">
         <v>3193</v>
-      </c>
-[...4 lines deleted...]
-        <v>3195</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>3196</v>
+        <v>3194</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>134</v>
+        <v>3195</v>
       </c>
       <c r="D527" s="5" t="s">
-        <v>870</v>
+        <v>3196</v>
       </c>
       <c r="E527" s="5" t="s">
-        <v>3114</v>
-[...1 lines deleted...]
-      <c r="F527" s="5" t="s">
         <v>3197</v>
+      </c>
+      <c r="F527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="s">
         <v>3198</v>
       </c>
       <c r="I527" s="5" t="s">
         <v>3199</v>
       </c>
       <c r="J527" s="5" t="s">
         <v>3200</v>
       </c>
       <c r="K527" s="5" t="s">
         <v>3201</v>
       </c>
       <c r="L527" s="6" t="s">
         <v>3202</v>
       </c>
       <c r="M527" s="5" t="s">
         <v>3203</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
         <v>3204</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>871</v>
+        <v>3205</v>
       </c>
       <c r="D528" s="5" t="s">
-        <v>962</v>
-[...4 lines deleted...]
-        </is>
+        <v>2011</v>
+      </c>
+      <c r="E528" s="5" t="s">
+        <v>3206</v>
       </c>
       <c r="F528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H528" s="5" t="s">
-        <v>3205</v>
+        <v>3207</v>
       </c>
       <c r="I528" s="5" t="s">
-        <v>3206</v>
+        <v>3208</v>
       </c>
       <c r="J528" s="5" t="s">
-        <v>3207</v>
+        <v>3209</v>
       </c>
       <c r="K528" s="5" t="s">
-        <v>3208</v>
+        <v>3210</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>3209</v>
+        <v>3211</v>
       </c>
       <c r="M528" s="5" t="s">
-        <v>3210</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3211</v>
+        <v>3213</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>870</v>
+        <v>3116</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>3213</v>
+        <v>2442</v>
+      </c>
+      <c r="E529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
         <v>3214</v>
       </c>
       <c r="I529" s="5" t="s">
         <v>3215</v>
       </c>
       <c r="J529" s="5" t="s">
+        <v>3035</v>
+      </c>
+      <c r="K529" s="5" t="s">
         <v>3216</v>
       </c>
-      <c r="K529" s="5" t="s">
+      <c r="L529" s="6" t="s">
         <v>3217</v>
       </c>
-      <c r="L529" s="6" t="s">
+      <c r="M529" s="5" t="s">
         <v>3218</v>
-      </c>
-[...1 lines deleted...]
-        <v>3219</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3220</v>
+        <v>3219</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>134</v>
+        <v>350</v>
       </c>
       <c r="D530" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E530" s="5" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-        <v>3197</v>
+        <v>3220</v>
+      </c>
+      <c r="F530" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="s">
         <v>3221</v>
       </c>
       <c r="I530" s="5" t="s">
         <v>3222</v>
       </c>
       <c r="J530" s="5" t="s">
         <v>3223</v>
       </c>
       <c r="K530" s="5" t="s">
         <v>3224</v>
       </c>
       <c r="L530" s="6" t="s">
         <v>3225</v>
       </c>
       <c r="M530" s="5" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
         <v>3227</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>35</v>
+        <v>3228</v>
       </c>
       <c r="D531" s="5" t="s">
-        <v>2435</v>
+        <v>134</v>
       </c>
       <c r="E531" s="5" t="s">
-        <v>3228</v>
+        <v>3076</v>
       </c>
       <c r="F531" s="5" t="s">
         <v>3229</v>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
         <v>3230</v>
       </c>
       <c r="I531" s="5" t="s">
         <v>3231</v>
       </c>
       <c r="J531" s="5" t="s">
-        <v>2948</v>
+        <v>3232</v>
       </c>
       <c r="K531" s="5" t="s">
-        <v>3232</v>
+        <v>3233</v>
       </c>
       <c r="L531" s="6" t="s">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="M531" s="5" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>870</v>
+        <v>3116</v>
       </c>
       <c r="D532" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>3114</v>
+        <v>2442</v>
+      </c>
+      <c r="E532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>3236</v>
+        <v>3237</v>
       </c>
       <c r="I532" s="5" t="s">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="J532" s="5" t="s">
-        <v>3238</v>
+        <v>3035</v>
       </c>
       <c r="K532" s="5" t="s">
         <v>3239</v>
       </c>
       <c r="L532" s="6" t="s">
         <v>3240</v>
       </c>
       <c r="M532" s="5" t="s">
         <v>3241</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
         <v>3242</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>134</v>
+        <v>2537</v>
       </c>
       <c r="D533" s="5" t="s">
-        <v>2953</v>
+        <v>2442</v>
       </c>
       <c r="E533" s="5" t="s">
-        <v>3163</v>
+        <v>36</v>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
         <v>3243</v>
       </c>
       <c r="I533" s="5" t="s">
         <v>3244</v>
       </c>
       <c r="J533" s="5" t="s">
+        <v>3035</v>
+      </c>
+      <c r="K533" s="5" t="s">
         <v>3245</v>
       </c>
-      <c r="K533" s="5" t="s">
+      <c r="L533" s="6" t="s">
         <v>3246</v>
       </c>
-      <c r="L533" s="6" t="s">
+      <c r="M533" s="5" t="s">
         <v>3247</v>
-      </c>
-[...1 lines deleted...]
-        <v>3248</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3249</v>
+        <v>3248</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D534" s="5" t="s">
-        <v>870</v>
+        <v>2442</v>
       </c>
       <c r="E534" s="5" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-        <v>3197</v>
+        <v>36</v>
+      </c>
+      <c r="F534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H534" s="5" t="s">
+        <v>3249</v>
+      </c>
+      <c r="I534" s="5"/>
+      <c r="J534" s="5" t="s">
+        <v>2970</v>
+      </c>
+      <c r="K534" s="5" t="s">
         <v>3250</v>
       </c>
-      <c r="I534" s="5" t="s">
+      <c r="L534" s="6" t="s">
         <v>3251</v>
       </c>
-      <c r="J534" s="5" t="s">
+      <c r="M534" s="5" t="s">
         <v>3252</v>
-      </c>
-[...7 lines deleted...]
-        <v>3255</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>3256</v>
+        <v>3253</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D535" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E535" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F535" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G535" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H535" s="5" t="s">
+        <v>3255</v>
+      </c>
+      <c r="I535" s="5" t="s">
+        <v>3256</v>
+      </c>
+      <c r="J535" s="5" t="s">
         <v>3257</v>
       </c>
-      <c r="E535" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F535" s="5" t="s">
+      <c r="K535" s="5" t="s">
         <v>3258</v>
       </c>
-      <c r="G535" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H535" s="5" t="s">
+      <c r="L535" s="6" t="s">
         <v>3259</v>
       </c>
-      <c r="I535" s="5" t="s">
+      <c r="M535" s="5" t="s">
         <v>3260</v>
-      </c>
-[...10 lines deleted...]
-        <v>3263</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>3264</v>
+        <v>3261</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>203</v>
+        <v>871</v>
       </c>
       <c r="D536" s="5" t="s">
-        <v>2435</v>
+        <v>962</v>
       </c>
       <c r="E536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H536" s="5" t="s">
+        <v>3262</v>
+      </c>
+      <c r="I536" s="5" t="s">
+        <v>3263</v>
+      </c>
+      <c r="J536" s="5" t="s">
+        <v>3264</v>
+      </c>
+      <c r="K536" s="5" t="s">
         <v>3265</v>
       </c>
-      <c r="I536" s="5" t="s">
+      <c r="L536" s="6" t="s">
         <v>3266</v>
       </c>
-      <c r="J536" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K536" s="5" t="s">
+      <c r="M536" s="5" t="s">
         <v>3267</v>
-      </c>
-[...4 lines deleted...]
-        <v>3269</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>3270</v>
+        <v>3268</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>606</v>
+        <v>870</v>
       </c>
       <c r="D537" s="5" t="s">
-        <v>962</v>
+        <v>134</v>
       </c>
       <c r="E537" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3269</v>
+      </c>
+      <c r="F537" s="5" t="s">
+        <v>3270</v>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="s">
         <v>3271</v>
       </c>
       <c r="I537" s="5" t="s">
         <v>3272</v>
       </c>
       <c r="J537" s="5" t="s">
         <v>3273</v>
       </c>
       <c r="K537" s="5" t="s">
         <v>3274</v>
       </c>
       <c r="L537" s="6" t="s">
         <v>3275</v>
       </c>
       <c r="M537" s="5" t="s">
         <v>3276</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
         <v>3277</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>606</v>
+        <v>134</v>
       </c>
       <c r="D538" s="5" t="s">
-        <v>962</v>
+        <v>870</v>
       </c>
       <c r="E538" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3171</v>
+      </c>
+      <c r="F538" s="5" t="s">
+        <v>3254</v>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="s">
         <v>3278</v>
       </c>
       <c r="I538" s="5" t="s">
         <v>3279</v>
       </c>
       <c r="J538" s="5" t="s">
         <v>3280</v>
       </c>
       <c r="K538" s="5" t="s">
         <v>3281</v>
       </c>
       <c r="L538" s="6" t="s">
         <v>3282</v>
       </c>
       <c r="M538" s="5" t="s">
         <v>3283</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
         <v>3284</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C539" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D539" s="5" t="s">
+        <v>2442</v>
+      </c>
+      <c r="E539" s="5" t="s">
         <v>3285</v>
       </c>
-      <c r="D539" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="F539" s="5" t="s">
+        <v>3286</v>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
-        <v>3286</v>
+        <v>3287</v>
       </c>
       <c r="I539" s="5" t="s">
-        <v>3287</v>
+        <v>3288</v>
       </c>
       <c r="J539" s="5" t="s">
-        <v>3288</v>
+        <v>2970</v>
       </c>
       <c r="K539" s="5" t="s">
         <v>3289</v>
       </c>
       <c r="L539" s="6" t="s">
         <v>3290</v>
       </c>
       <c r="M539" s="5" t="s">
         <v>3291</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
         <v>3292</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C540" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="D540" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D540" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E540" s="5" t="s">
-        <v>3114</v>
+        <v>3076</v>
       </c>
       <c r="F540" s="5" t="s">
-        <v>3197</v>
+        <v>3171</v>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
         <v>3293</v>
       </c>
       <c r="I540" s="5" t="s">
         <v>3294</v>
       </c>
       <c r="J540" s="5" t="s">
         <v>3295</v>
       </c>
       <c r="K540" s="5" t="s">
         <v>3296</v>
       </c>
       <c r="L540" s="6" t="s">
         <v>3297</v>
       </c>
       <c r="M540" s="5" t="s">
         <v>3298</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
         <v>3299</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="5" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="D541" s="5" t="s">
-        <v>870</v>
+        <v>2975</v>
       </c>
       <c r="E541" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>3212</v>
+        <v>3220</v>
+      </c>
+      <c r="F541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H541" s="5" t="s">
         <v>3300</v>
       </c>
       <c r="I541" s="5" t="s">
         <v>3301</v>
       </c>
       <c r="J541" s="5" t="s">
         <v>3302</v>
       </c>
       <c r="K541" s="5" t="s">
         <v>3303</v>
       </c>
       <c r="L541" s="6" t="s">
         <v>3304</v>
       </c>
       <c r="M541" s="5" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
         <v>3306</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C542" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D542" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E542" s="5" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="F542" s="5" t="s">
-        <v>3197</v>
+        <v>3254</v>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="s">
         <v>3307</v>
       </c>
       <c r="I542" s="5" t="s">
         <v>3308</v>
       </c>
       <c r="J542" s="5" t="s">
         <v>3309</v>
       </c>
       <c r="K542" s="5" t="s">
         <v>3310</v>
       </c>
       <c r="L542" s="6" t="s">
         <v>3311</v>
       </c>
       <c r="M542" s="5" t="s">
         <v>3312</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
         <v>3313</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C543" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D543" s="5" t="s">
-        <v>870</v>
+        <v>3314</v>
       </c>
       <c r="E543" s="5" t="s">
-        <v>3114</v>
+        <v>36</v>
       </c>
       <c r="F543" s="5" t="s">
-        <v>3197</v>
+        <v>3315</v>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="s">
-        <v>3314</v>
+        <v>3316</v>
       </c>
       <c r="I543" s="5" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="J543" s="5" t="s">
-        <v>3316</v>
+        <v>3035</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>3317</v>
+        <v>3318</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>3318</v>
+        <v>3319</v>
       </c>
       <c r="M543" s="5" t="s">
-        <v>3319</v>
+        <v>3320</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>3320</v>
+        <v>3321</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="5" t="s">
-        <v>134</v>
+        <v>203</v>
       </c>
       <c r="D544" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>3197</v>
+        <v>2442</v>
+      </c>
+      <c r="E544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="s">
-        <v>3321</v>
+        <v>3322</v>
       </c>
       <c r="I544" s="5" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="J544" s="5" t="s">
-        <v>3323</v>
+        <v>3035</v>
       </c>
       <c r="K544" s="5" t="s">
         <v>3324</v>
       </c>
       <c r="L544" s="6" t="s">
         <v>3325</v>
       </c>
       <c r="M544" s="5" t="s">
         <v>3326</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
         <v>3327</v>
       </c>
       <c r="B545" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>3059</v>
+        <v>606</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>2435</v>
-[...4 lines deleted...]
-        </is>
+        <v>962</v>
+      </c>
+      <c r="E545" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="s">
         <v>3328</v>
       </c>
       <c r="I545" s="5" t="s">
         <v>3329</v>
       </c>
       <c r="J545" s="5" t="s">
-        <v>2985</v>
+        <v>3330</v>
       </c>
       <c r="K545" s="5" t="s">
-        <v>3330</v>
+        <v>3331</v>
       </c>
       <c r="L545" s="6" t="s">
-        <v>3331</v>
+        <v>3332</v>
       </c>
       <c r="M545" s="5" t="s">
-        <v>3332</v>
+        <v>3333</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="B546" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C546" s="5" t="s">
-        <v>134</v>
+        <v>606</v>
       </c>
       <c r="D546" s="5" t="s">
-        <v>870</v>
+        <v>962</v>
       </c>
       <c r="E546" s="5" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-        <v>3197</v>
+        <v>36</v>
+      </c>
+      <c r="F546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="I546" s="5" t="s">
-        <v>3335</v>
+        <v>3336</v>
       </c>
       <c r="J546" s="5" t="s">
-        <v>3336</v>
+        <v>3337</v>
       </c>
       <c r="K546" s="5" t="s">
-        <v>3337</v>
+        <v>3338</v>
       </c>
       <c r="L546" s="6" t="s">
-        <v>3338</v>
+        <v>3339</v>
       </c>
       <c r="M546" s="5" t="s">
-        <v>3339</v>
+        <v>3340</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>3340</v>
+        <v>3341</v>
       </c>
       <c r="B547" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C547" s="5" t="s">
-        <v>350</v>
+        <v>3342</v>
       </c>
       <c r="D547" s="5" t="s">
-        <v>870</v>
+        <v>665</v>
       </c>
       <c r="E547" s="5" t="s">
-        <v>3114</v>
-[...2 lines deleted...]
-        <v>3197</v>
+        <v>36</v>
+      </c>
+      <c r="F547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H547" s="5" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="I547" s="5" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="J547" s="5" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="K547" s="5" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="L547" s="6" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
       <c r="M547" s="5" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>3347</v>
+        <v>3349</v>
       </c>
       <c r="B548" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C548" s="5" t="s">
-        <v>606</v>
+        <v>134</v>
       </c>
       <c r="D548" s="5" t="s">
-        <v>3348</v>
+        <v>870</v>
       </c>
       <c r="E548" s="5" t="s">
-        <v>3163</v>
-[...4 lines deleted...]
-        </is>
+        <v>3171</v>
+      </c>
+      <c r="F548" s="5" t="s">
+        <v>3254</v>
       </c>
       <c r="G548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H548" s="5" t="s">
-        <v>3349</v>
+        <v>3350</v>
       </c>
       <c r="I548" s="5" t="s">
-        <v>3350</v>
+        <v>3351</v>
       </c>
       <c r="J548" s="5" t="s">
-        <v>2985</v>
+        <v>3352</v>
       </c>
       <c r="K548" s="5" t="s">
-        <v>3351</v>
+        <v>3353</v>
       </c>
       <c r="L548" s="6" t="s">
-        <v>3352</v>
+        <v>3354</v>
       </c>
       <c r="M548" s="5" t="s">
-        <v>3353</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
-        <v>3354</v>
+        <v>3356</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C549" s="5" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="D549" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E549" s="5" t="s">
-        <v>3114</v>
+        <v>36</v>
       </c>
       <c r="F549" s="5" t="s">
-        <v>3355</v>
+        <v>3269</v>
       </c>
       <c r="G549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H549" s="5" t="s">
-        <v>3356</v>
-[...1 lines deleted...]
-      <c r="I549" s="5"/>
+        <v>3357</v>
+      </c>
+      <c r="I549" s="5" t="s">
+        <v>3358</v>
+      </c>
       <c r="J549" s="5" t="s">
-        <v>3357</v>
+        <v>3359</v>
       </c>
       <c r="K549" s="5" t="s">
-        <v>3358</v>
+        <v>3360</v>
       </c>
       <c r="L549" s="6" t="s">
-        <v>3359</v>
+        <v>3361</v>
       </c>
       <c r="M549" s="5" t="s">
-        <v>3360</v>
+        <v>3362</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
-        <v>3361</v>
+        <v>3363</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C550" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D550" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E550" s="5" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="F550" s="5" t="s">
-        <v>3197</v>
+        <v>3254</v>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="s">
-        <v>3362</v>
+        <v>3364</v>
       </c>
       <c r="I550" s="5" t="s">
-        <v>3363</v>
+        <v>3365</v>
       </c>
       <c r="J550" s="5" t="s">
-        <v>3364</v>
+        <v>3366</v>
       </c>
       <c r="K550" s="5" t="s">
-        <v>3365</v>
+        <v>3367</v>
       </c>
       <c r="L550" s="6" t="s">
-        <v>3366</v>
+        <v>3368</v>
       </c>
       <c r="M550" s="5" t="s">
-        <v>3367</v>
+        <v>3369</v>
       </c>
     </row>
     <row r="551">
-      <c r="A551" s="5" t="n">
-        <v>1948</v>
+      <c r="A551" s="5" t="s">
+        <v>3370</v>
       </c>
       <c r="B551" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C551" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D551" s="5" t="s">
-        <v>3257</v>
+        <v>870</v>
       </c>
       <c r="E551" s="5" t="s">
-        <v>3368</v>
+        <v>3171</v>
       </c>
       <c r="F551" s="5" t="s">
-        <v>3369</v>
+        <v>3254</v>
       </c>
       <c r="G551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H551" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H551" s="5" t="s">
+        <v>3371</v>
       </c>
       <c r="I551" s="5" t="s">
-        <v>3370</v>
+        <v>3372</v>
       </c>
       <c r="J551" s="5" t="s">
-        <v>3371</v>
+        <v>3373</v>
       </c>
       <c r="K551" s="5" t="s">
-        <v>3372</v>
+        <v>3374</v>
       </c>
       <c r="L551" s="6" t="s">
-        <v>3373</v>
+        <v>3375</v>
       </c>
       <c r="M551" s="5" t="s">
-        <v>3374</v>
+        <v>3376</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="5" t="s">
-        <v>3375</v>
+        <v>3377</v>
       </c>
       <c r="B552" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C552" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D552" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E552" s="5" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="F552" s="5" t="s">
-        <v>3212</v>
+        <v>3254</v>
       </c>
       <c r="G552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H552" s="5" t="s">
-        <v>3376</v>
+        <v>3378</v>
       </c>
       <c r="I552" s="5" t="s">
-        <v>3377</v>
+        <v>3379</v>
       </c>
       <c r="J552" s="5" t="s">
-        <v>3378</v>
+        <v>3380</v>
       </c>
       <c r="K552" s="5" t="s">
-        <v>3379</v>
+        <v>3381</v>
       </c>
       <c r="L552" s="6" t="s">
-        <v>3380</v>
+        <v>3382</v>
       </c>
       <c r="M552" s="5" t="s">
-        <v>3381</v>
+        <v>3383</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="5" t="s">
-        <v>3382</v>
+        <v>3384</v>
       </c>
       <c r="B553" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C553" s="5" t="s">
-        <v>35</v>
+        <v>3116</v>
       </c>
       <c r="D553" s="5" t="s">
-        <v>2435</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2442</v>
+      </c>
+      <c r="E553" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H553" s="5" t="s">
-        <v>3383</v>
+        <v>3385</v>
       </c>
       <c r="I553" s="5" t="s">
-        <v>3384</v>
+        <v>3386</v>
       </c>
       <c r="J553" s="5" t="s">
-        <v>2948</v>
+        <v>3035</v>
       </c>
       <c r="K553" s="5" t="s">
-        <v>3385</v>
+        <v>3387</v>
       </c>
       <c r="L553" s="6" t="s">
-        <v>3386</v>
+        <v>3388</v>
       </c>
       <c r="M553" s="5" t="s">
-        <v>3387</v>
+        <v>3389</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="5" t="s">
-        <v>3388</v>
+        <v>3390</v>
       </c>
       <c r="B554" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C554" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D554" s="5" t="s">
-        <v>3257</v>
+        <v>870</v>
       </c>
       <c r="E554" s="5" t="s">
-        <v>36</v>
+        <v>3171</v>
       </c>
       <c r="F554" s="5" t="s">
-        <v>3389</v>
+        <v>3254</v>
       </c>
       <c r="G554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H554" s="5" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
       <c r="I554" s="5" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
       <c r="J554" s="5" t="s">
-        <v>2985</v>
+        <v>3393</v>
       </c>
       <c r="K554" s="5" t="s">
-        <v>3392</v>
+        <v>3394</v>
       </c>
       <c r="L554" s="6" t="s">
-        <v>3393</v>
+        <v>3395</v>
       </c>
       <c r="M554" s="5" t="s">
-        <v>3394</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="5" t="s">
-        <v>3395</v>
+        <v>3397</v>
       </c>
       <c r="B555" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C555" s="5" t="s">
-        <v>35</v>
+        <v>350</v>
       </c>
       <c r="D555" s="5" t="s">
-        <v>3257</v>
+        <v>870</v>
       </c>
       <c r="E555" s="5" t="s">
-        <v>36</v>
+        <v>3171</v>
       </c>
       <c r="F555" s="5" t="s">
-        <v>3389</v>
+        <v>3254</v>
       </c>
       <c r="G555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H555" s="5" t="s">
-        <v>3396</v>
+        <v>3398</v>
       </c>
       <c r="I555" s="5" t="s">
-        <v>3397</v>
+        <v>3399</v>
       </c>
       <c r="J555" s="5" t="s">
-        <v>2985</v>
+        <v>3400</v>
       </c>
       <c r="K555" s="5" t="s">
-        <v>3398</v>
+        <v>3401</v>
       </c>
       <c r="L555" s="6" t="s">
-        <v>3399</v>
+        <v>3402</v>
       </c>
       <c r="M555" s="5" t="s">
-        <v>3400</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="5" t="s">
-        <v>3401</v>
+        <v>3404</v>
       </c>
       <c r="B556" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C556" s="5" t="s">
-        <v>35</v>
+        <v>606</v>
       </c>
       <c r="D556" s="5" t="s">
-        <v>3402</v>
+        <v>3405</v>
       </c>
       <c r="E556" s="5" t="s">
-        <v>36</v>
+        <v>3220</v>
       </c>
       <c r="F556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H556" s="5" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
       <c r="I556" s="5" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="J556" s="5" t="s">
-        <v>3405</v>
+        <v>3035</v>
       </c>
       <c r="K556" s="5" t="s">
-        <v>3406</v>
+        <v>3408</v>
       </c>
       <c r="L556" s="6" t="s">
-        <v>3407</v>
+        <v>3409</v>
       </c>
       <c r="M556" s="5" t="s">
-        <v>3408</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="5" t="s">
-        <v>3409</v>
+        <v>3411</v>
       </c>
       <c r="B557" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C557" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D557" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E557" s="5" t="s">
-        <v>3114</v>
+        <v>3171</v>
       </c>
       <c r="F557" s="5" t="s">
-        <v>3355</v>
+        <v>3412</v>
       </c>
       <c r="G557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H557" s="5" t="s">
-        <v>3410</v>
-[...3 lines deleted...]
-      </c>
+        <v>3413</v>
+      </c>
+      <c r="I557" s="5"/>
       <c r="J557" s="5" t="s">
-        <v>3412</v>
+        <v>3414</v>
       </c>
       <c r="K557" s="5" t="s">
-        <v>3413</v>
+        <v>3415</v>
       </c>
       <c r="L557" s="6" t="s">
-        <v>3414</v>
+        <v>3416</v>
       </c>
       <c r="M557" s="5" t="s">
-        <v>3415</v>
+        <v>3417</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="5" t="s">
-        <v>3416</v>
+        <v>3418</v>
       </c>
       <c r="B558" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C558" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D558" s="5" t="s">
         <v>870</v>
       </c>
       <c r="E558" s="5" t="s">
-        <v>3213</v>
+        <v>3171</v>
       </c>
       <c r="F558" s="5" t="s">
-        <v>3417</v>
+        <v>3254</v>
       </c>
       <c r="G558" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H558" s="5" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="I558" s="5" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="J558" s="5" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="K558" s="5" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="L558" s="6" t="s">
-        <v>3422</v>
+        <v>3423</v>
       </c>
       <c r="M558" s="5" t="s">
-        <v>3423</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="559">
-      <c r="A559" s="5" t="s">
-        <v>3424</v>
+      <c r="A559" s="5" t="n">
+        <v>1948</v>
       </c>
       <c r="B559" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C559" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D559" s="5" t="s">
-        <v>870</v>
+        <v>3314</v>
       </c>
       <c r="E559" s="5" t="s">
-        <v>3114</v>
+        <v>3425</v>
       </c>
       <c r="F559" s="5" t="s">
-        <v>3417</v>
+        <v>3426</v>
       </c>
       <c r="G559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H559" s="5" t="s">
-        <v>3425</v>
+      <c r="H559" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I559" s="5" t="s">
-        <v>3426</v>
+        <v>3427</v>
       </c>
       <c r="J559" s="5" t="s">
-        <v>3427</v>
+        <v>3428</v>
       </c>
       <c r="K559" s="5" t="s">
-        <v>3428</v>
+        <v>3429</v>
       </c>
       <c r="L559" s="6" t="s">
-        <v>3429</v>
+        <v>3430</v>
       </c>
       <c r="M559" s="5" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="5" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="B560" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C560" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D560" s="5" t="s">
-        <v>2258</v>
+        <v>870</v>
       </c>
       <c r="E560" s="5" t="s">
-        <v>36</v>
+        <v>3171</v>
       </c>
       <c r="F560" s="5" t="s">
-        <v>3432</v>
+        <v>3269</v>
       </c>
       <c r="G560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H560" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H560" s="5" t="s">
+        <v>3433</v>
       </c>
       <c r="I560" s="5" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="J560" s="5" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="K560" s="5" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="L560" s="6" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
       <c r="M560" s="5" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="5" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
       <c r="B561" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C561" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D561" s="5" t="s">
-        <v>870</v>
+        <v>2442</v>
       </c>
       <c r="E561" s="5" t="s">
-        <v>3163</v>
-[...2 lines deleted...]
-        <v>3197</v>
+        <v>36</v>
+      </c>
+      <c r="F561" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H561" s="5" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
       <c r="I561" s="5" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
       <c r="J561" s="5" t="s">
-        <v>3441</v>
+        <v>2970</v>
       </c>
       <c r="K561" s="5" t="s">
         <v>3442</v>
       </c>
       <c r="L561" s="6" t="s">
         <v>3443</v>
       </c>
       <c r="M561" s="5" t="s">
         <v>3444</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="5" t="s">
         <v>3445</v>
       </c>
       <c r="B562" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C562" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D562" s="5" t="s">
-        <v>870</v>
+        <v>3314</v>
       </c>
       <c r="E562" s="5" t="s">
-        <v>3114</v>
+        <v>36</v>
       </c>
       <c r="F562" s="5" t="s">
-        <v>3197</v>
+        <v>3446</v>
       </c>
       <c r="G562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H562" s="5" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
       <c r="I562" s="5" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
       <c r="J562" s="5" t="s">
-        <v>3448</v>
+        <v>3035</v>
       </c>
       <c r="K562" s="5" t="s">
         <v>3449</v>
       </c>
       <c r="L562" s="6" t="s">
         <v>3450</v>
       </c>
       <c r="M562" s="5" t="s">
         <v>3451</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="5" t="s">
         <v>3452</v>
       </c>
       <c r="B563" s="5" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C563" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D563" s="5" t="s">
+        <v>3314</v>
+      </c>
+      <c r="E563" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F563" s="5" t="s">
+        <v>3446</v>
+      </c>
+      <c r="G563" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H563" s="5" t="s">
+        <v>3453</v>
+      </c>
+      <c r="I563" s="5" t="s">
+        <v>3454</v>
+      </c>
+      <c r="J563" s="5" t="s">
+        <v>3035</v>
+      </c>
+      <c r="K563" s="5" t="s">
+        <v>3455</v>
+      </c>
+      <c r="L563" s="6" t="s">
+        <v>3456</v>
+      </c>
+      <c r="M563" s="5" t="s">
+        <v>3457</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="5" t="s">
+        <v>3458</v>
+      </c>
+      <c r="B564" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C563" s="5" t="s">
-[...2 lines deleted...]
-      <c r="D563" s="5" t="s">
+      <c r="C564" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D564" s="5" t="s">
+        <v>3459</v>
+      </c>
+      <c r="E564" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F564" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G564" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H564" s="5" t="s">
+        <v>3460</v>
+      </c>
+      <c r="I564" s="5" t="s">
+        <v>3461</v>
+      </c>
+      <c r="J564" s="5" t="s">
+        <v>3462</v>
+      </c>
+      <c r="K564" s="5" t="s">
+        <v>3463</v>
+      </c>
+      <c r="L564" s="6" t="s">
+        <v>3464</v>
+      </c>
+      <c r="M564" s="5" t="s">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="5" t="s">
+        <v>3466</v>
+      </c>
+      <c r="B565" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C565" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D565" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E565" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F565" s="5" t="s">
+        <v>3412</v>
+      </c>
+      <c r="G565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H565" s="5" t="s">
+        <v>3467</v>
+      </c>
+      <c r="I565" s="5" t="s">
+        <v>3468</v>
+      </c>
+      <c r="J565" s="5" t="s">
+        <v>3469</v>
+      </c>
+      <c r="K565" s="5" t="s">
+        <v>3470</v>
+      </c>
+      <c r="L565" s="6" t="s">
+        <v>3471</v>
+      </c>
+      <c r="M565" s="5" t="s">
+        <v>3472</v>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" s="5" t="s">
+        <v>3473</v>
+      </c>
+      <c r="B566" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C566" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D566" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E566" s="5" t="s">
+        <v>3270</v>
+      </c>
+      <c r="F566" s="5" t="s">
+        <v>3474</v>
+      </c>
+      <c r="G566" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H566" s="5" t="s">
+        <v>3475</v>
+      </c>
+      <c r="I566" s="5" t="s">
+        <v>3476</v>
+      </c>
+      <c r="J566" s="5" t="s">
+        <v>3477</v>
+      </c>
+      <c r="K566" s="5" t="s">
+        <v>3478</v>
+      </c>
+      <c r="L566" s="6" t="s">
+        <v>3479</v>
+      </c>
+      <c r="M566" s="5" t="s">
+        <v>3480</v>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="5" t="s">
+        <v>3481</v>
+      </c>
+      <c r="B567" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C567" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D567" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E567" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F567" s="5" t="s">
+        <v>3474</v>
+      </c>
+      <c r="G567" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H567" s="5" t="s">
+        <v>3482</v>
+      </c>
+      <c r="I567" s="5" t="s">
+        <v>3483</v>
+      </c>
+      <c r="J567" s="5" t="s">
+        <v>3484</v>
+      </c>
+      <c r="K567" s="5" t="s">
+        <v>3485</v>
+      </c>
+      <c r="L567" s="6" t="s">
+        <v>3486</v>
+      </c>
+      <c r="M567" s="5" t="s">
+        <v>3487</v>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="5" t="s">
+        <v>3488</v>
+      </c>
+      <c r="B568" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C568" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D568" s="5" t="s">
+        <v>2265</v>
+      </c>
+      <c r="E568" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F568" s="5" t="s">
+        <v>3489</v>
+      </c>
+      <c r="G568" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H568" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I568" s="5" t="s">
+        <v>3490</v>
+      </c>
+      <c r="J568" s="5" t="s">
+        <v>3491</v>
+      </c>
+      <c r="K568" s="5" t="s">
+        <v>3492</v>
+      </c>
+      <c r="L568" s="6" t="s">
+        <v>3493</v>
+      </c>
+      <c r="M568" s="5" t="s">
+        <v>3494</v>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="5" t="s">
+        <v>3495</v>
+      </c>
+      <c r="B569" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C569" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D569" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E569" s="5" t="s">
+        <v>3220</v>
+      </c>
+      <c r="F569" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G569" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H569" s="5" t="s">
+        <v>3496</v>
+      </c>
+      <c r="I569" s="5" t="s">
+        <v>3497</v>
+      </c>
+      <c r="J569" s="5" t="s">
+        <v>3498</v>
+      </c>
+      <c r="K569" s="5" t="s">
+        <v>3499</v>
+      </c>
+      <c r="L569" s="6" t="s">
+        <v>3500</v>
+      </c>
+      <c r="M569" s="5" t="s">
+        <v>3501</v>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="5" t="s">
+        <v>3502</v>
+      </c>
+      <c r="B570" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C570" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D570" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="E570" s="5" t="s">
+        <v>3171</v>
+      </c>
+      <c r="F570" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="G570" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H570" s="5" t="s">
+        <v>3503</v>
+      </c>
+      <c r="I570" s="5" t="s">
+        <v>3504</v>
+      </c>
+      <c r="J570" s="5" t="s">
+        <v>3505</v>
+      </c>
+      <c r="K570" s="5" t="s">
+        <v>3506</v>
+      </c>
+      <c r="L570" s="6" t="s">
+        <v>3507</v>
+      </c>
+      <c r="M570" s="5" t="s">
+        <v>3508</v>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="5" t="s">
+        <v>3509</v>
+      </c>
+      <c r="B571" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C571" s="5" t="s">
+        <v>3510</v>
+      </c>
+      <c r="D571" s="5" t="s">
         <v>2011</v>
       </c>
-      <c r="E563" s="5" t="s">
+      <c r="E571" s="5" t="s">
         <v>1165</v>
       </c>
-      <c r="F563" s="5" t="inlineStr">
-[...25 lines deleted...]
-        <v>3459</v>
+      <c r="F571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G571" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H571" s="5" t="s">
+        <v>3511</v>
+      </c>
+      <c r="I571" s="5" t="s">
+        <v>3512</v>
+      </c>
+      <c r="J571" s="5" t="s">
+        <v>3513</v>
+      </c>
+      <c r="K571" s="5" t="s">
+        <v>3514</v>
+      </c>
+      <c r="L571" s="6" t="s">
+        <v>3515</v>
+      </c>
+      <c r="M571" s="5" t="s">
+        <v>3516</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -46513,44 +47316,52 @@
     <hyperlink ref="M539" r:id="rId544"/>
     <hyperlink ref="M540" r:id="rId545"/>
     <hyperlink ref="M541" r:id="rId546"/>
     <hyperlink ref="M542" r:id="rId547"/>
     <hyperlink ref="M543" r:id="rId548"/>
     <hyperlink ref="M544" r:id="rId549"/>
     <hyperlink ref="M545" r:id="rId550"/>
     <hyperlink ref="M546" r:id="rId551"/>
     <hyperlink ref="M547" r:id="rId552"/>
     <hyperlink ref="M548" r:id="rId553"/>
     <hyperlink ref="M549" r:id="rId554"/>
     <hyperlink ref="M550" r:id="rId555"/>
     <hyperlink ref="M551" r:id="rId556"/>
     <hyperlink ref="M552" r:id="rId557"/>
     <hyperlink ref="M553" r:id="rId558"/>
     <hyperlink ref="M554" r:id="rId559"/>
     <hyperlink ref="M555" r:id="rId560"/>
     <hyperlink ref="M556" r:id="rId561"/>
     <hyperlink ref="M557" r:id="rId562"/>
     <hyperlink ref="M558" r:id="rId563"/>
     <hyperlink ref="M559" r:id="rId564"/>
     <hyperlink ref="M560" r:id="rId565"/>
     <hyperlink ref="M561" r:id="rId566"/>
     <hyperlink ref="M562" r:id="rId567"/>
     <hyperlink ref="M563" r:id="rId568"/>
+    <hyperlink ref="M564" r:id="rId569"/>
+    <hyperlink ref="M565" r:id="rId570"/>
+    <hyperlink ref="M566" r:id="rId571"/>
+    <hyperlink ref="M567" r:id="rId572"/>
+    <hyperlink ref="M568" r:id="rId573"/>
+    <hyperlink ref="M569" r:id="rId574"/>
+    <hyperlink ref="M570" r:id="rId575"/>
+    <hyperlink ref="M571" r:id="rId576"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>