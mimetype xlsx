--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5784" uniqueCount="3517" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5885" uniqueCount="3587" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1160,50 +1160,104 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2166</t>
   </si>
   <si>
     <t>Alhed har haft besvær med noget, som hun skulle købe for sin mor. Hun gør ikke noget ved lillebroderens hue, før hun får nærmere besked. 
 Alhed har fået flere ting ud af ovnen. Hun er spændt på en stor vase. Nu skal hun til at male på en vase med myg eller myrer. Hun skal flytte den følgende dag, og det er koldt. Alhed beder sin mor om at sende diverse til det nye værelse. Hun kan ikke forstå, at der skulle være problemer hvad angår pengesagerne, og hun redegør for sit forbrug. Det eneste ekstravagante er, at hun har meldt sig til at høre Brandes' foredrag om Shakespeare. 
 Komtessen er vist ikke stødt over noget.
 Kejseren har været på besøg på Fabrikken. 
 Alhed har været på hotellet for at hente stråene, men de var væk. 
 Onkel Jonas mener, at Christine vil have gavn af hypnose.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wbrR</t>
   </si>
   <si>
     <t>Kæreste Moder!
 Det var jo kedeligt, at Kommissionerne ikke var efter Ønske. Imidlertid tror jeg nok, at det for en stor Del kom af, at Dit Brev var temmelig uklart affattet. Naar Du læser medfølgende Udklip igennem vil Du vist nok indrømme, at jeg ["jeg" overstreget] der skulde et skarpt Øje til at se, at det var Billeder der skulde købes; jeg opfattede det saa ["saa" overstreget] saaledes, at der ikke skulde saa mange Kabinetsrammer i Albummet, fordi han skulde have sine Forældre staaende fremme i de Rammer Du skriver om. - Dedes Hue er jeg endnu ikke paa det rene med. Du skriver: Huen skal være som denne gamle, - og saa sender Du den nye! - ja, mulig der er noget galt med min Forstand, men jeg kan allenfals ikke faa nogen rigtig Mening i det. - Huen tør jeg ikke gøre noget ved, før jeg faar nærmere Besked. - Der, hvor jeg havde købt Rammerne, kunde jeg ikke faa Billeder, og jeg havde den største Besvær med at finde noget passende; medfølgende er vist for Resten heldigt? - - Jeg savnede Fader meget især de første Par Dage; i Morgen skal jeg til Schmieg[ulæseligt] alene, jeg haaber, det bliver sidste Gang, det tager saa meget Tid fra Fabriken. Jeg har nu faaet 5 Ting færdig siden jeg kom hjem, og hidtil har jeg haft Held med Branden; paa Mandag faar jeg en stor Vase ud med Vandtidsler, den er jeg meget spændt paa, da jeg har experimenteret med Farverne, - stillet saa mange Farvetoner sammen, som jeg kunde faa skrabet sammen. I Morgen skal jeg begynde paa noget nyt; enten bliver det en [et overstreget bogstav] lille Vase, modelleret som en Grankogle eller ogsaa ["eller ogsaa" overstreget], foroven nogle forstørrede Myrer; eller ogsaa en, ["," overstreget] Vase med nogle forstørrede sorte Myg, danse mod en rød Aftenhimmel, mulig en lille Maane. - -
 Det er dog en knusende Kulde det er bleven, bare det ikke bliver saadan i Morgen Aften, naar jeg skal flytte. - Kan Du ikke sende mig en Klædebørste hvis I har en til overs, samt min Ske og Gaffel; ligeledes vilde jeg ogsaa gærne have sendt min Tamburin, mine 2 Malerier og hvad der ellers kan være af mit som kan pynte lidt op i Værelset der vist nok bliver lidt tomt i Begyndelsen, f Ex. en Stump Tæppe til Vinduesfordybningen; jeg kan ikke faa et Maal, da de gamle Lejere ikke ere flyttede ud endnu; Vinduet er temmelig bredt, men det gør jo ikke saa nøje. - - Hvad mine Pengeaffairer angaar, saa kan jeg ikke rigtig forstaa, hvor Du faar de 25 Kr. fra, jeg maatte jo strax ud med 72 til Frk Rosenørn, over ["over" indsat over linjen] 10 Kr kostede Rejsen med Overvægt Bybud og de Penge, jeg skyldte Leon. det var strax de 86 og jeg havde 90 med mine Feriepenge fra Fabr. - Nu har jeg (med i Morgen) de 40 Kr. sparet sammen til Fru Lautrup og er desuden 11 Kr i Forskud og det synes jeg er ganske godt klaret. Af Udgifter har jeg haft 35 Øre om Ugen til Fabriken, - vi har fælles Husholdning nu - samt noget til et Grundfond, for hvilket vi købte en ny Kaffekande og en Keddel; - endvidere Petroleum Skosværte, en Kniv og ellers saa godt som intet. - De 5 Kr af Faders har jeg extravagant svært med, idet jeg har taget et Kort til Brandes Forelæsninger om Shakespeare. Det var jo nok temmelig flot, men jeg kunde ikke modstaa det, og jeg tænker nok jeg kan komme ud af det alligevel. Jeg hører dem sammen med Frk Smidth - 
 Jeg tænker, jeg har nok i Trækpuden, naar den er ordenlig stor, ellers kan jeg jo faa en til med til Jul. Farverne var til 2,75, Husleje 2,50. - Komtessen var jeg hos i Onsdags, men hun var ikke hjemme; Fru Poulsen var alene, jeg sad temmelig længe og snakkede med hende. Hun var som sædvanlig, og jeg kan rigtignok heller ikke tænke mig, at Komtessen er stødt over noget. -
 Arkitekten har sagt, at det ikke [var] hans Skyld, at Kejseren ikke kom ind til os, han var lige uden for Døren med ham, men Kej. sagde, at han ikke havde Tid. - Jeg var samme Dag I rejse ["I rejste" indsat over linjen] oppe paa Hotellet efter Straaene, men de var sporløst forsvundne; men jeg haaber, de har funden dem, naar jeg igen hører derhen. - Jeg har en laant Natkj. her og en har jeg laant ud, det bliver 5, men den 6te ved jeg intet om Jeg traf Onkel Jonas forleden, han sagde at Hypnotisme burde forsøges med Chr. Han trode paa det og den intereserede ham ham ["ham" overstreget] meget. - Saa, nu suser jeg ned med dette Leon skriver jeg til i Morgen; jeg kan ikke naa det nu. -
 Mange Hilsner til Eder alle. Fra Din 
 Alhed.
 En lille Dug vilde jeg gærne have - samt Sæbe
 Joh ["Joh" overstreget]</t>
   </si>
   <si>
+    <t>1891-03-13</t>
+  </si>
+  <si>
+    <t>Hamburg
+2</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Frédéric Chopin
+Frantisch Dusek
+Henrik Havemann
+Rebecca Havemann
+Pauline Hirschsprung
+Felix Mendelssohn
+Wolfgang Mozart
+Adelheyde Syberg
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, f. Warberg, var en kort tid i huset hos Havemanns i Hamburg. Hun blev sendt hjem, da ægteparret ikke fandt hende dygtig nok til husarbejdet. 
+Munter var en hund. 
+Spleis, Jakobsens og deres unge pige, Lønner, Grohmann og Gretchen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1581</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fik 12 tykke breve til sin fødselsdag. De mødte om aftenen Leth, og han spillede fløjte sammen med Ellen på klaver. Ellen er glad for sin klaverlærer, men han giver mange lektier.
+Laura Warberg har skrevet til Ellen, at hun skal finde noget arbejde, når hun kommer hjem. Ellen vil helst have tegneundervisning, men hun ved godt, at forældrene ikke har råd til at have flere døtre boende i København. 
+Ellen m.fl. har været på en lang gåtur i sneen langs Alster. En dag var de forbi Zoo og igennem Botanisk Have. Ellen vil gerne tegne på disse lokaliteter. En anden dag kom Ellen forbi Sct. Petri Kirke, hvor der var bryllup og dejlig musik. Aftenen før var Ellen til Wasserpantomime i Cirkus Busch. 
+Om aftenen er der tit gæster hos Havemanns, og de vil gerne have, at Ellen spiller for dem. Hun bryder sig ikke om det, fordi de snakker imens og hæver stemmerne, når hun spiller forte. 
+Det går ikke godt med madlavningen. For eksempel kan Ellen ikke finde ud af at lave melboller. 
+Ellen har strikket en uldtrøje og syet en buffetdug til Fru Havemann. 
+Den unge pige i huset, Gretchen, er ikke meget værd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0MC</t>
+  </si>
+  <si>
+    <t>Eppendorferweg 15 II
+Mandag 13de Marts -91
+Kære Mor! 
+Nu burde jeg jo have en hel Masse at skrive til dig om, men jeg ved egentlig ikke, hvad det skal være vi ere nemlig meget stilfærdige i denne Tid, Kaptajnen er væk, - vi ”bomler” ikke saa meget, men Tiden er alligevel fuldt optaget, vi kan knap faa den til at slaa til. – 
+Tak for dit Brev til min Fødselsdag, og vil du takke Fader mange Gange for hans Brev – opførte Munter saa en "lille Formiddagstudekoncert?" – Jeg fik 12 lange tykke Breve til min Fødselsdag, bl.a. et langt et fra Spleis, med indlagt Portræt, glimrende, af ham selv. – Vil du takke Tante Minni mange Gange for hendes Brev. – 
+Jeg blev hædret med fin Middagsmad og god Rødvin. – Om Aftenen havde vi tænkt at gaa i Kirke, men da vi gik ned af Trappen, mødte vi Leth, sammen med med sin Fløjte, saa vendte vi om og, og spillede sammen i samfulde 2½ Time, det gik rigtig pænt, og naar vi har øvet os lidt, vil det blive storartet, tror jeg – d.v.s. der er ”Skidt i Fløjten”, den spiller falsk men han skal med det første have en ny. – Jeg er mere og mere tilfreds med min Spillelærer, han kommer i Morgen og vil da bringe med en Vals af Chopin og Frühling Lied af Mendelsohn – om 6 Uger skal jeg spille Maaneskinssonaten af Bethoven – har han sagt. – Han er vist meget dygtig, men han giver mig en Masse for – til i Morgen har jeg f. Eks. 11 Scalaer, Etuder, et Utal af Øvelser, en Sonate af Bethoven en af Mozart, en af Dusek, saa du kan tænke jeg har travlt i de 2 Timer, jeg øver mig om Dagen. – Jeg er uhyre tilfreds med de 12 Timer, og tænkte nok det maatte være en Misforstaaelse med 24 – det er jo allerede en farlig Masse Penge til det. Du skriver, at naar jeg kommer hjem, skal jeg vel til at tage fat paa noget at arbejde med af en eller anden Slags. Ja det er du Ret i, og jeg skal nok hænge dygtig i, saafremt det bliver noget. Jeg kan og har Ævne til, jeg vil naturligvis helst til Tegningen, naar jeg kan blive anbragt ved det, men det er naturligvis ikke let at finde paa, paa Landet har man jo ikke Brug for den Slags, og I har ikke Lyst til at holde en Datter til i Kbnhavn, Døtre ere dyre – især naar de blive sat i en By – men som sagt, om I kan finde mig en Beskæftigelse hvor man tjener Penge, saa skal jeg nok tage godt fat og slide godt i det, bruge mine Kræfter og gøre jer Ære. – 
+Vi ere netop komne trætte og udasede hjem fra en lang, lang Tur, vi har været rundt inde i Byen, forbi Børsen netop som de kom ud derfra, sikken en Mylder, så har vi været henne Hotel d’Europe, hvor vi vare til Bal, gaaet langs med Alsteren, du kan tro der er smukt. Her har vi haft Vinter de sidste Dage, Alsteren var tillagt og der ligger c 1 Fod Sne i Dag er det Tø og et gruligt Søle. – Det er næsten hver Dag vi gaar saa lange Ture, en Dag gik vi ud paa Lykke og fromme og kom saa forbi Zoologisk Have og ud gennem Botanisk Have, hvor der er ganske henrivende smukt og jeg fandt mig nogle nydelige Motiver. Her bliver mange Steder omkring i Anlægene, hvor jeg kan tegne. I de sidste Dage har jeg malet fra Vinduerne. Der er en Have ud for Køkkenvinduerne med nogle store Bygninger bag ved. – 
+En anden Dag begav vi os ud og skulde gaa en rigtig lang Tur, men vi forvildede os i et stort Anlæg og fandt pludselig os selv i Frucht Allé ved Sct Petrikirke, som er 5 Min. Gang herfra. – Saa opdagede vi at Kirkedøren stod aaben og der stod nogle Drenge. Vi tænkte, der maatte være noget løs og gik derind. Der var et stort Bryllup, som vi overværede i al Højtidelighed, Talen forstod vi ikke, men der var saadan en dejlig Musik og 2 stemmig Sang, det var det bedste af det. – I Aftes vare vi i Cirkus Busch og morede os aldeles storartet, Leth kom og tog os med – det var brilliant – Wasserpantomine, det samme som Tante Minni og Onkel Syberg saa i Kbh i Sommer, kun var det vist mere storartet her. Du kan tænke dig, der blev sluppen Ænder Svaner og Sælhunde ud i Vandet, Ludvig d. 14 sejlede omkring i en lille Baad og spillede paa Luth, hvert Øjeblik plaskede der Herrer, Damer og Heste omkring – det var Gru at se. – Vi har haft et lille "Party" her en Aften. – Vi havde bedt den unge Pige henne hos Jakobsens, samt en svensk Kaptajn Lønner, som vi ogsaa har set derhenne, - Fru Jakobsen kom uventet med og Hr Jakobsen kom og [”kom og” indsat over linien] hentede hende Klk c 8. Vi havde det meget gemytligt, drak allesammen hver en Snaps til Aftensmaden, og Cognactoddy om Aftenen. Jeg blev den Aften som altid meget indtrængende bedt om at spille men jeg holder slet ikke af det, for Sludderen gaar aldrig saa lystig som naar jeg spiller forte, saa bliver der bare talt lidt højere, og jeg ved ikke noget mere irriterende. – Paa Torsdag Aften er vi bedt hen til Grohmanns, Fru Grohmann var var her en lille Visit i Gaar Form. og inviterede os. - -
+Madlavningen gaar det kun saa som saa med – vi har lavet Melboller, dog ikke efter den nye Kartoffelmelopskrift, men efter Kogebogen og som vi gør det hjemme, men de vil ikke lykkes, og vi ere nu saa kede af dem, saa vi kun kan se dem. En Gang bleve de saa haarde som Sten, en anden Gang syntes vi da at de vare brillant, men da Kaptajnen smagte dem erklærede, han at de vare slet ikke kogte, vi kom i saadan en Latter over vores spildte Møje, at Kaptajnen var lige ved at blive gal. – Æbleskiver og Pandekager faae vi tit, jeg laver dem altid, og har næsten naaet Virtuonstitel i det Stykke. – 
+Jeg strikkede i Gaar min Uldtrøje færdig og skal nu til mit Tørklæde, jeg var i Dag inde i en Garnbutik, men kunde ikke faa Garn der, jeg haaber jeg kan faa det et andet Sted. – Bufetdugen som jeg syede for Fru Havemann blev rigtig pæn, jeg har ogsaa broderet 2 Navne for hende - (af mig selv) - Fru H. har nemlig stor Respect for hvem der kan sy pænt, og saa vilde jeg selvfølgelig se at indlægge mig lidt Ære der. - Vor Pige Gretchen har vi ingen Glæde af, hun gaar ud hver Fredag og hver 3dj Søndag men er endnu ikke kommen hjem til rigtig Tid, saa kan [resten af brevet mangler] 
+[Skrevet på tværs øverst s1:]
+Husk endelig at skrive om Tante P.</t>
+  </si>
+  <si>
     <t>1891-04-21</t>
   </si>
   <si>
     <t>Helgolandsgade 8 København</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 I P Jacobsen
 Johanne  Larsen
 Svend -, Okel
 Fanny Schaffalitzky de Muckadell
 A Smidt</t>
   </si>
   <si>
     <t>Blaa var formodentlig hushjælp eller selskabsdame hos Fanny S.d.M.
 Hans Chr. Caspersen, som boede eller havde butik i Kvæsthusgade foreslog i foråret Alhed Larsen at købe noget råsilke til 1,20 Øre pr. Alen. Han kan muligvis have været en slægtning til Niels Christian Caspersen, som var gift med Esther Johanne f. Brandstrup, en søster til Alhed Larsens mor. N.C. Caspersen var fra Nørrebro. Det er uklart, om det er Hans Chr. Caspersen m.fl., som Alhed Larsen besøgte i Kvæsthusgade. 
 "Forhus og Baghus", skuespil i fire akter af Hermann Sudermann. Oprindelig titel: "Die Ehre" (Dansk Forfatterleksikon, internettet, juli 2020. Opslag: Forhus og baghus). 
 Alhed Larsen var i 1891 ansat ved Den Kongelige Porcelainsfabrik.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2100</t>
   </si>
   <si>
     <t>Alhed har været syg med feber. Hun er ked af, at hun derfor ikke har kunnet besøge Blaa, som har været syg længe.
 Da Alhed Larsen besøgte beboerne i Kvæsthusgade, inviterede de på middag og teatertur. Teaterstykket var ikke ret godt. 
@@ -2666,50 +2720,96 @@
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1969</t>
   </si>
   <si>
     <t>Forældrene er ikke hjemme og "børnene" har det sjovt. Går lange ture og til te på Gelskov. Der har været indbrud i Thopedeaborg. Muligvis er det en af Muks "præstekammerater".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ftB0</t>
   </si>
   <si>
     <t>[Skrevet på tværs, side 1:] Du maa endelig blive længe borte, det er sjovt at være alene hjemme! Elle foreslår at vi skal se at faa Hansen herhen nogle Dage, Du vil jo gerne have, at vi skal more os!!
 !!!!!!!!!!!!!!!!!!!! !
 Onsdag
 Kæreste Mor.
 Det var ikke ret meget af et Brev, Du fik i Gaar med Kjolen. Vi fik pludselig saa frygtelig travlt, da det blev bestemt, at Muk skulde af Sted med 2½ Toget og hædre Rimse med sin Nærværelse i Gaar Eftermiddag. Studenten vilde have haft os andre [overstreget: der] til at spadsere derhen, men vi viste Standhaftighed og blev hjemme. Med Muk var det derimod en anden Sag, mente vi. Hun skulde jo ellers af Sted med det første Tog i Dag, og da vi alligevel skulde have Bud derned med Din Kjole, mente vi, at det passende kunde ordnes paa den Maade.
 [Skrevet langs kanten:] Tak for Dit Brev der kom nu mens vi skrev
 – Turen ud til Gammelskov var prægtig. For Resten mest, inden vi naade Gammelskov, vi gik i Straalende Vejr herfra ved 9½ Tiden med Mellemmad i en Taske. Da vi var kommen lidt forbi Sandholt slog vi ind paa Markerne og paa den Maade gik vi lige til Haastrup uden at følge Vej eller Sti. Vi tog det med Ro ude i Bankerne, de [overstreget: r] vare dejlige, saa vi naade først Haastrup ved 1 Tiden. Th. Jørgensens blev meget glade ved os. Kunstneren traf vi der. Der var en Masse dejlige Malerier baade af hans og af P Hansens. – Ved 3 Tiden gik vi derfra – vi slog øjeblikkelig ind paa Markerne og styrede lige i Retning af Gammelskov, [overstreget: og] igen uden at tænke på Vej eller Sti. Vi kom igennem en Skov og over Masser af Gærder, som særlig jeg viste stor Behændighed ved at overstige; jeg opnaaede da ogsaa at rive min Kjole (Oste) i Stykker. Vi holdt Retningen saa godt, at vi kom [overstreget: ud] ud mellem Longhuset og Kistrup Skole, ligeved Opgangen til Bankerne, hvor vi skulle møde de andre. Vi gik derop og krigshylede saa det stod efter, men ingen svarede. Vi laa en lang Tid og ventede – plukke kunde vi ikke, da vi ingen Kurv havde. Saa gennemstrejfede vi Skoven ogsaa den Afdeling, hvor Skovfoged Rasmussen have, men uden Resultat. Tilsidst var der ikke andet at gøre end at gaa tilbage til Longhuset, hvor vi skulde træffe H. Jørgen. Der var de saa kommen. De havde ogsaa rendt rundt i Skoven og ledt efter os men det værste var, at de ingen Brombær havde faaet. Strax, da de var begyndt at plukke, var der kommen en Skovfoged og havde sagt, at de maatte ikke plukke før om en 14 Dages Tid, Greven skulde først have et Par Lispund. Saa hvad Brombærrene angaar, var det jo en uheldig Expedition. Longhusmanden sagde, at han havde en hel Masse paa sin Mark, som vi maatte plukke, og at de var bedre end Grevens. Naar vi vilde komme om 5-6 Dage, ville de være udmærkede.
 [Skrevet langs kanten: Det er dejligt I morer Eder saa godt. – Vi godtede os i Gaar, da Far skrev til Pal at han skulde til Tannhaüser. Hils alle Fyrene særlig lille [ Th?]
 Hvad skal vi nu gøre_?? S.u._ tage derud om 5-6 Dage (han ville sørge for at ingen andre plukkede dem) eller vente de 14 Dage? - - - Da vi kom kom hjem gik vi til Gelskov. Elle, Studenten og jeg til The, de andre (Molle og Muk) bagefter. – Men det var ingen morsom Tur, de var alt andet end elskværdige, navnlig mod Studenten, kaldte ham Kandidat Balslev, nok halvt i Spøg men alligevel paa en uartig Maade. Navnlig Tante Mimi var ikke rar, hun var egentlig ikke i daarligt Humeur, men hun var spids og skarp hele Aftenen.
 [Skrevet rundt i kanten:] Hils [ulæseligt ord] at jeg længes efter hans ”sjø”. Frygtelig Sjov alt sammen.
 Studenten lagde Mærke til det og talte om det baade da vi gik hjem og Dagen efter. Jeg lod det gaa paa Onkel Sybergs Sygdom, men han troede det vist ikke rigtig. – Jeg er rigtig vred paa Sybergs, det er en stor Skam af dem. – I Gaar Formiddags tilbragte vi omme i Pølen, Elle og jeg tegnede hver et Landskab, vi have faaet Malerlyst af at se alle de Malerier. - -
 Det er sandt, lad mig dog ikke glemme den Vigtigste af alle Begivenhederne. – Det er Mux Præstekammerat Mine, der har taget det paa Thopedeaborg. Det er opdaget under Haanden og for gl. Jens Ølsted (hendes Bedstefaders) Skyld lader de det falde med Politiet. Hun kom i Gaar Morges med det hele i et Tørklæde. Dis undersøgte forretningsmæssigt Sagerne og paatalte at Hængelaasen manglede; hun nægtede at have den, men det er nok ikke sandt. Hun skal være en styg Pige. Mux holdt Tale for hende, da de gik til Præst i Gaar, men hun viser ikke særlig Anger. – Gl. Jens er derimod fortvivlet. - - Dis skal have dette med hun gaar til Doktor, de var i Karret i Aftes. Jeg naar ikke at skrive til Christine i Dag, hvad jeg ellers havde villet tak hende foreløbig for Billederne, jeg vælger Profil det er godt det er godt. Alt gaar godt. Hanne er kolossalt elskværdig, Karen ligeså samt Ungerne. – Men Gamle kan kun gaa an. Hun sendte Bud efter mere Steg i Aftes, Hanne mente ikke, hun skulde have haft det, men vi er saa skikkelige med hende, ogsaa Palam og Molle. Hm! – Høgen har taget 3 af de store Kyllinger, Hanne mente, Du skulde have det at vide. – Vi fik brunet Hvidkaalsuppe og Prinsessebudding i Gaar, spiste halv 1 for Mux og Studentens Skyld.
 Hils dem alle Masser af Gange. Din Alhed.
 Greven kom i Gaar. Pal var paa Sandholt. Elle og jeg snakkede med ham, han var meget elskværdig. Jeg fortalte at Du boede hos Chr., han spurgte til Dit Hoved, og jeg sagde at du tog det med Ro derinde hvad Fornøjelser angik og var mest hos Chr. og de gamle i alt Fald de første Dage. Han spurgte ogsaa til mig og jeg fortalte, at jeg blev hjemme i [overstreget: Som] Vinter.</t>
+  </si>
+  <si>
+    <t>1893-10-07</t>
+  </si>
+  <si>
+    <t>Nislevgaard</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Alhed Larsen
+Emilie -, pige i huset på Nislevgaard 1893</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var pige i huset på Nislevgaard nær Otterup. 
+Bredsdorff kan være flere forskellige personer. Riise, Chr. Edvard og Jørgen Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1381</t>
+  </si>
+  <si>
+    <t>Beboerne på Nislevgaard går tidligt i seng, så Johanne C. Larsen har god tid til sig selv. 
+Johanne mødte nogle damer i toget, da hun sammen med Rigmor/Rimse Balslev var i Odense. Johanne købte diverse i byen.
+Det er mærkeligt, at man på Bogensebanen ikke får en kvittering for sin bagage.
+Da Johanne ankom til Otterup, øsregnede det, og vognen var forsinket.
+Johannes værelse på Nislevgaard er hyggeligt, og Fru Berthelsen er sød. Emilie syr en dug i fødselsdagsgave til Fru Berthelsen, og Johanne vil også sy en. Fru Berthelsen vil gerne have, at Johanne spiller klaver om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HwZi</t>
+  </si>
+  <si>
+    <t>Nislevgaard Lørdag Aften d. 7nde Okt. 93.
+Kære Mor!
+Nu vil I vel nok høre lidt om, hvordan det gaar mig i min nye højtbetroede Stilling, og nu, da vi er gaaede i Seng benytter jeg Lejligheden. Til min store Glæde går de i Seng Kl 9 her, saa jeg har et Par Timer for mig selv om Aftenen, da jeg naturligvis ikke er den, der lægger mig Kl 9. Det var jo skrækkeligt med alt det, jeg glemte, nu haaber jeg, Be havde min Kjole med derud, og Fru Berthelsen og Emilie skal til Odense en af Dagene, saa kan jeg faa dem til at hente den for mig. Fru B. havde købt Bøger, saa vi var ikke i Odense alligevel. - - Paa Vejen til Odense rejste jeg sammen med nogle Damer, der sad og snakkede. Da jeg hørte dem nævne Navnet Bredsdorff og Riise tænkte jeg paa om den ene ikke skulde være Chr. Edvards Mor, hun var sortklædt og meget svær, og det var det ganske rigtigt. Rimse hilste paa hende i Odense; nu fortryder jeg, at jeg ikke indledte Bekendtskabet med hende [”med hende” indsat over linien] i Kupeen. Rimse var altsaa i Odense og gik med mig hele Tiden; jeg købte saa et Forklæde, som du jo skylder mig, og et Par Galosjer; begge Dele tog jeg paa Kontrabog, derimod købte jeg nogle andre Ting, som jeg dydigen betalte. – Er det dog ikke en kunstig Indretning her paa Bogensebanen, at man ikke faar sit Tøj garanteret; heldigvis var jeg da saa fornuftig i Otterup at gå hen og sige, at jeg havde en Kuffert, der skulde ud; ellers var den sikkert gleden med til Bogense. – Min Forfærdelse, da jeg stod der i Otterup med min Kuffert i øsende, pjaskende Regnvejr og der ingen Vogn var! Men inden jeg fik mig lavet i Stand til at gaa, ankom den heldigvis og i styrtende Ragn, holdt jeg saa mit Indtog paa Nislevgaard. – Her var lagt i Kakkelovnen paa mit Værelse og yndig hyggeligt var det hele; jeg synes i det hele taget udmærket godt om det alt sammen her. Fru Berthelsen er sød og livlig, og saavidt jeg kan mærke, bliver hun ingen Rapkilerfrue og jeg skal nok ikke gaa det store i Huset, saavidt jeg kan mærke, får i det hele taget god Tid til at spille og læse og sy. Det er Fru Bs Fødselsdag i Nov, Emilie syr en Anretterdug og en anden (jeg ved ikke hvem) en Buffetdug med samme Mønster; hun ved nok, at hun skal have dem og begyndte i Går paa en Dug til den anden Buffet for at have det ens: Saa spurgte jeg, om jeg saa ikke maatte forære hende at sy den til Fødselsdagen, det bruger man jo at give Fruen ogsaa til Fødselsdag, ikke sandt? Saa det mente jeg kunde passe naar hun lægger Tøj og Garn til, det er ikke saa lille et Arbejde. Her bliver god Lejlighed til at spille; Fru B. vil gerne have, at jeg skal øve mig og beder mig om at spille om Aftenen og hun er ikke saa musikalsk, at jeg er bange for det, jeg tænker nok, jeg skal blive dygtig til Musik hernede. – 
+[Resten af brevet mangler].
+[På tværs øverst på s. 1 er skrevet følgende liste:]
+1) Erikshåb
+2) V-Hæsinge
+3) Ø- --
+4) Faaborg
+5) Ryslinge
+6) Jørg. Pets.
+7) T. –
+8) Tandlæge.</t>
   </si>
   <si>
     <t>1893-10-29</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Thorvald Balslev
 Carl Berthelsen
 Ove Berthelsen
 Agnes Berthelsen, Nislevgaard
 Leonard Holst
 - Jensen, Frøken, Erikshaab
 - Kiær, Klintebjerg
 Alhed Larsen
 Christine  Mackie
 - Poulsen, Frøken
 Ellen  Sawyer
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
   </si>
   <si>
     <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
@@ -3005,53 +3105,50 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:] 
 No. 3 
 Frøken Alhed Warberg 
 R.V. Consolato di Danimarca 
 “Bella scuardo” 
 Firenze 
 Italia 
 Kære Be! 
 Du har min Agtelse i allerhøjeste Grad, baade fordi du har forholdsvis hurtigt sendt Tegninger og for deres Smukhed; jeg synes, det er aldeles nydeligt, men er jo pokkers svært at sy; man må jo egentlig betragte det halvt som Kunstsyning, eftersom Blomsterne er så levende tegnede; det værste er, at det er så aldeles rasende sent, det går nemlig ikke an at sy det med store flotte, dristige Sting, saa kommer det ikke til at ligne efter noget, man må netop sidde og pille med det; jeg tvivler på, det bliver færdigt til Sølvbrylluppet, det gjorde jeg straks, da jeg så Tegningen, men jeg syntes alligevel – hellere ikke få dette færdigt [fortsætter s. 2] 
 [skrevet lodret øverst på siden:] 
 Endnu en Gang min Kompliment for Tæppet – jeg havde ikke tænkt mig det nær så kønt og fordi du overkom at få det lavet. – Hils Onkel Lud - og Emil, når han kommer.
 Og så til Slut en varm Lykønskning fra din S. 
 J. 
 [S. 2:] 
 end at vælge noget ikke nær saa smukt i en eller anden Retning, selv om det blev færdigt; synes du ikke ogsaa. Fru Berthelsen syntes så absolut, at jeg ikke skulde tage de inderste Blomster med, altså slette alt, hvad der skulde paa Bordpladen, både fordi det blev hurtigere og fordi hun mente det andet var for bepakket; jeg var nær ved at lade mig forlede af denne Daarskab af Magelighedshensyn, men heldigvis greb jeg mig selv i Nakken i sidste Øjeblik, så det er kommen på altsammen. Jeg syr al den Tid det er mig muligt og det er ikke saa lidt, men det bli’r ikke noget videre. Jeg fik Sendingen om Torsdagen og gik straks på Timen til Odense med det for at få det tegnet på og lede Farver ud, gik herfra Kl. 1, endte Ærinder derude gik Hjem igen og var her Kl. 7 - flinkt Berthelsen var ved at tabe Næse og Mund over mig Saa fik jeg det om Mandagen og fangede straks an; jeg har syet den ene af Smørblomsterne og er nu ved den højrøde Frugtblomst, Det er jo en Pyrus Japonika? og vi har en her i
 Haven; det er storartet, at jeg har den at se efter. For Resten synes jeg [”jeg” indsat over linjen] ikke, der er Forskel (i Tegningen) på dem og så Æbleblomsterne, er det din Mening, at den ene af Grenene er en rigtig Æblegren S.u , saa er det ikke helt korrekt, da Blomsterne jo egentl. skulde sidde i Klumper, men skit – det var jo også umuligt at sy så. Tak for Forklaringerne i Brevet, dem har jeg stor Nytte af. Dem du kalder Begonier, er det dem, der ligner Tullipaner? S.u [”S.u” indsat over linjen] Sendte du ikke en af dem til Chr. Jeg synes der var sådan en blandt hendes, og de var altså lysehøjrøde, de bliver svære, da jeg ikke har Anelse om dem. Og Farven på deres Blade, er den ikke grågrøn noget lign. Tulipanblade? Mon du svarer på disse Par Ting - du gider vel ikke skrive til mig f[ulæseligt]sene, men kan du ikke til Elle i en af Mors Breve, så kan hun sende mig din Forklaring, når hun skriver til mig. – Anemonerne bliver vist svære, jeg maa se at få nogle i Odense hos en Gartner; jeg behøver ikke at lægge blaa og røde Tråde sammen til lilla (det vilde desuden blive grimt, man kan jo faa lilla Silke. Det var en lang Forklaring om Tæppet, men det er jo også et vigtigt Spørgsmaal. Jeg skal hjem i Morgen, saa tager jeg det med og viser dem det, samt faar Råd om et og andet. Chr. &amp;amp; Thomas kommer jo hjem; de Vrøvlehoveder, først får jeg Brev, de kommer første Søndag, så at Chr havde skrevet fejl, det var først næste – så Atter, at de alligevel kom første Lørdag Nu læser jeg tidligt med Ane og gaar til Odense, så jeg kan nå at komme med Eftermiddagstoget, altså sammen med Th. og Chr. Det glæder jeg mig vældigt til; jeg fik jo set saa lidt til dem derinde de var jo på Falster. Jeg morede mig ellers glimrende derinde i Påsken, Th. var jo fuldstændig frit gående de sidste Dage, jeg var der – Du ved vel, at han havde brækket sit Ben. Han, Bran og jeg dangderede den af sammen, hyggelige Aftener på den nye Kafé o.s.v. - Straks blev jeg lidt skuffet over den, men den kan jo for Resten heller ikke være hyggelig, når man kommer træt hjem Kl. [ulæseligt tal] om Natten og der er koldt, hvad der bidrog til Uhyggen var, at vores Døren [”en” sidst i ordet overstreget] til Lejligheden smækkede nok så lystigt, da vi kom, vi stod angstfulde nede på 4de Sal, men vi måtte jo tilsidst vove os derop; uheldigvis havde vi ingen Svovlstikker, så vi måtte rode Lejligheden igennem, inden de fandtes – først så blev vi klare på, at den var kemisk ren for Tyve og Bøller, det var kun Chr, der tilfældigvis havde glemt at lukke Dören, da hun gik. 
 Fredag Middag, 
 Ah! nu føler jeg tilfulde, at du nok ikke naar at faa dette paa din Fødselsdag, men du faar vel en Del paa selve Dagen, så du er glad nok ved at faa et lidt senere. Ja, maa jeg saa gratulere dig, lille Be – gid du må blive et helt Aar dernede endnu, det er et smukt Ønske, synes jeg. Længes du hjem? Næ, det gør du vel ikke, det er heller ikke noget at spilde Tiden med det; tænk hellere på, at du skal til Rom, det er anderledes Sjov. – Du skælder mig ud fordi jeg ikke skriver noget om Studimse, den Møgtoer; men jeg ved ikke en Kvidder om ham; han går på sit Rødkilde og passer fuldstændig sig selv, der er ikke Spor at bemærke. Men han kommer vel sagtens hjem mellem de to Hold eller Afdelinger – mellem Karle- og Pigeskolen mener jeg – for Pokker. Saa ser jeg ham vel i Tarup, saa skal jeg berette om ham – eller rettere berette Rimses eventuelle Beretninger om ham – jeg har ikke Tid til mere; jeg er saa optaget i denne Tid både af det Sytøj og af min Musik, som jeg hænger godt i med. Jeg staar op om Morgenen tidligt og øver mig, i Gaar var jeg nede Kl 6: stolt. 
 Vær nu ikke gal over at dette baade kommer for sent og er saa kort, naar jeg kommer hjem skal jeg stjæle nogle Frimærker, så skal du faa en Gang Brev til: jeg kan jo nok tænke mig, at du gouterer dem, når du er saa langt væk. ----- 
 Kan du ikke, når [”når” overstreget] hvis du skriver til mig, købe en hel Del Frimærker af lille Værdi og sætte på Brevet, så der kommer flere forskellige Slags, Carl samler på udenlandske Frim. og har næsten ingen italienske. Husk det! Du kan jo også gøre det hjem til så kan de sende mig dem. 
 [Skrevet lodret under selve brevet:] April 1894.</t>
   </si>
   <si>
     <t>1894-05-07</t>
-  </si>
-[...1 lines deleted...]
-    <t>Nislevgaard</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0195</t>
   </si>
   <si>
@@ -5128,50 +5225,97 @@
   <si>
     <t>Feden, Kerteminde</t>
   </si>
   <si>
     <t>Christian Andersen
 Jeppe Andreas Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Skitserne af Christian Andersen resulterede i maleriet Christian Andersen lader patroner.
 Feden er området syd for Langebro i Kerteminde. I.A. Larsen, Johannes Larsens far, havde en del af sin virksomhed på Feden.</t>
   </si>
   <si>
     <t>Johannes Larsen vil gerne vide, hvornår Alhed kommer om lørdagen. Han har lavet tegninger af Christian Andersen, men de er dårlige.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ymgC</t>
   </si>
   <si>
     <t>Kjerteminde 24 Novbr. 1897
 Kæreste Alhed!
 Du kommer altsaa paa Lørdag, men paa hvad Maade og hvad Tid? Og hvor langt skal Du cykle? Dette kunde Du gerne lade mig vide for at jeg eventuelt kunde gaa ud og tage imod Dig. Jeg skød en Andrik i Søndags Aftes saa du kan alligevel faa Andesteg naar Du kommer. Jeg har lavet en Del Pennetegninger af Chr Andersens Hoved men de er saa mærkelig daarlige alle sammen men det bliver vel bedre efter Haanden. Du faar ikke mere denne Gang, da jeg nu skal af Sted ned paa Feden for at hjælpe Fader. Jeg skal hilse Dig fra Moder. Mange Hilsner fra Din Kæreste som glæder sig meget til paa Lørdag. Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
+Din trofaste Moder</t>
+  </si>
+  <si>
     <t>marts eller april 1898</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Johanne Christine Brandstrup
 Ludvig Brandstrup, billedhugger
 Christian Kampmann
 Johanne Kampmann
 Ellen  Sawyer
 - Winther, Fru</t>
   </si>
   <si>
     <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
 Johannes Larsen udstillede på Den Frie 1898.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
   </si>
   <si>
     <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
 Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CdkH</t>
   </si>
@@ -5645,53 +5789,50 @@
   </si>
   <si>
     <t>Om Den Frie Udstilling: Bl.a. Gottschalk er ikke inviteret til at udstille, og Peter Hansen samt Johannes Larsen overvejer at melde sig ud. De vil høre, om Fritz Syberg gør det samme.
 Pan var et tysk kunsttidsskrift.
 Arbejde på fabrikken: Alhed har mulighed for at arbejde på Den kongelige Porcelainsfabrik (igen).
 Domkirken: Johannes Larsen har tidligere fået en henvendelse fra Joakim Skovgaard om at assistere med at male kalkmalerier i Viborg Domkirke.</t>
   </si>
   <si>
     <t>Johannes Larsen skal skrive til Baronen om Den Frie Udstilling (iflg. tidligere brev at bl.a. Gottschalk ikke er inviteret til at udstille).
 Maleren Willumsen har skrevet og bedt om tegninger til det tyske tidsskrift Pan.
 Det er godt, hvis Alhed kan få arbejde på Porcelænsfabrikken og Johannes Larsen selv på Viborg Domkirke.
 Peter Hansen er på herregården Scheelenborg for at tegne heste til en plakat med kentaurer (se tidligere brev).
 Larsen-familien har spist vildt, som Peter Hansen og Agraren har skudt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/os86</t>
   </si>
   <si>
     <t>Kjerteminde 23 F 
 Min egen Kæreste!
 Tusind Tak for Dit Brev i Eftermiddag. Det var rigtignok godt at du alligevel kommer paa Lørdag. Du kan tro jeg skal nok være der med Vognen, Kane bliver der vist ikke noget af, i hvert Fald har der da endnu ikke været noget her der har lignet Kaneføre. Du maa undskylde at Du saa først faar det [noget af papiret mangler] Middagen, men i [noget af papiret mangler] jeg ikke i videre g[noget af papiret mangler] jeg har været nog[noget af papiret mangler] og jeg malede daar[noget af papiret mangler]dags og saa skulde jeg skrive til Baronen i Middags for at høre hvordan han stiller sig til den fri Udstilling. [noget af papiret mangler]middag gik det lidt bedre med at male skønt det var meget mørkt i Vejret. Jeg har saa meget i disse Dage saa jeg er bleven en Del nervøs. I Morges var der Brev fra Willumsen, han bad mig sende nogle Tegninger, da han havde faaet i Kommission fra et Tidsskrift ”Pan” i Berlin at [noget af papiret mangler]m yngre dansk [noget af papiret mangler]is de tage nogle [noget af papiret mangler]de en Helsides Illu-[noget af papiret mangler]ed fra 150-200 M. og mindre Billeder fra 30-50 Mark. Jeg skal have sendt nogle Stykker i Morgen da han skulde have [noget af papiret mangler] den 25, saa det er [noget af papiret mangler]. Det er ikke saa galt hvis Du kan faa noget arbejde paa Fabrikken til Vinter, især hvis det saa bliver til noget med Domkirken, for saa skal jeg jo ogsaa derover og tegne Kartoner. Peter er taget til Schelenborg i Eftermiddag for at tegne brogede Heste, til Centauren paa [noget af papiret mangler] han gør en Mas[noget af papiret mangler]der til den. Du [noget af papiret mangler]ligvis velkommen [noget af papiret mangler]dag, jeg har best[noget af papiret mangler] Heste af Fader til at hente Dig med. I Gaar spiste vi den Agerhøne til Middag [noget af papiret mangler]d forrige Søndag [noget af papiret mangler]der var jo i Odense og vi fik den sammen med 2 Raadyr og en Due som Peter og Agraren havde skudt. Peter og jeg delte Hønen og Klaks og Fru Storm Duen og saa fik vi hver en halv Krage som Peter var meget begejstret for, han lovede at han aldrig skulde kaste Krager bort mere [noget af papiret mangler] de allerkærligste[noget af papiret mangler]a din Kæreste, [noget af papiret mangler]er sig umaadelig [noget af papiret mangler] paa Lørdag [noget af papiret mangler]dt at Du kommer. Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1898-02-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>Thrine -
 Kristina Eckardt
 Peter Hansen
 Lars Johansen
 Marie Kjellmann
 Adolph Larsen
 Alhed Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Elisabeth Storm
 Fritz Syberg
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Christine Swane boede en tid hos Anna og Fritz Syberg og fulgte Sybergs timer på Teknisk Skole i Faaborg samt hjalp til i hjemmet.
 Adolph Larsen sad til hest model for Peter Hansen til en plakat, der skulle reklamere for Den Fri Udstilling. Plakaten er omtalt i andre breve.
 Sophus og Sophie Meyer boede til leje i Kerteminde i et hus ejet af Vilhelmine og I.A. Larsen. Det er formodentlig dette hus, som i februar 1898 blev solgt som led i Larsen-parrets gradvise konkurs.
 Godforvalteren er Albrecht Warberg. 
 Det er med stor sikkerhed Laura Warberg Petersen, som har skrevet tilføjelsen i margen på første side.</t>
   </si>
   <si>
     <t>Kerteminde Byhistoriske Arkiv</t>
@@ -7599,50 +7740,90 @@
   </si>
   <si>
     <t>Peer -
 Alhed Larsen
 Johannes Larsen
 Hanne - -, malkepige hos Larsen i Kerteminde
 Jens Ferdinand Willumsen</t>
   </si>
   <si>
     <t>Christine Swane bor på Værnehjemmet Bethania.</t>
   </si>
   <si>
     <t>Johannes Larsen synes det er en god ide, at Christine Swane kan begynde hos Willumsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/d4vt</t>
   </si>
   <si>
     <t>Kjerteminde den 4de/2 1900
 Kjære Christine
 Du maa undskylde mig at jeg ikke skriver et langt Brev men min ene Haand er ikke god at skrive med. Johannes og Alhed var her igaar med dit Brev iaftes kunde jeg ikke faa det afsted men her sender vi dig nu de andre 10. Du maa endelig skrive naar Du har faaet dem
 Johannes synes godt om at Du kunde tegne hos Willumsen skaf os at vide hvad det koster og om Du kan komme med det er noget Gigt jeg har i den højre Haand det er meget bedre nu og bliver nok helt godt i morgen
 Dette Brev kom ikke afsted alligevel for der kom nogen andre der fik den; men nu kan Johannes give Dig de 10 Kr
 Hanne har faaet en Søn og Peer sidder der borte og pusler hende, for Barnet døde igaar
 Her en Kone der malker for hende og saa gaar den vel til hun kommer op, det [ulæselige ord]</t>
+  </si>
+  <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
   </si>
   <si>
     <t>1900-4</t>
   </si>
   <si>
     <t>Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Anna Madsen
 Theodor Philipsen
 Christine Swane
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
 Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
 Det er uvist, hvem greven på Langeland er.</t>
   </si>
   <si>
     <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J2KL</t>
@@ -9263,50 +9444,114 @@
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Gamle Kirsten bor på Brandåsen i nærheden af Høljeryd. Muligvis også gamle Johanne.</t>
   </si>
   <si>
     <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Beretning om julen på Høljeryd. Johannes Larsen kan forvente besøg af Muus, som vil have ham med på jagt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HLAx</t>
   </si>
   <si>
     <t>Høljeryd Juledag [1903-12-25]
 Kjæreste Johannes – Tillykke paa Fødselsdagen og alt godt vil vi ønske dig i det kommende Aar; du naar ikke at faa Brevet om Søndagen for det maa komme med Kirkefolk imorgen og først afsted fra Landeryd med Aftentoget, men det bliver velkomment alligevel.
 Saamange Tak for Julegaverne som rigtig skal smage os i disse Helligdage, fortæl dog dine søde smaa Drenge at Figen og Dadlerne rigtig glædede mig men jeg vilde helst have smagt de Pebernødder lille Puf sad og trillede og skar
 Jeg saa det alt sammen saa tydeligt, ja kunde I dog ikke mærke jeg var omkring Eder, Tak kjære Las og B at I havde de 3 andre Børn ovre hos Eder Juleaften, det var godt Vilhelm kom hjem. Hils ham og de andre mange Gange de skal faa Brev til Nytaar fortæl Alhed, at jeg har pyntet mig med det nye smukke Forklæde. Nu skal du høre lidt om vores Juleaften Uglen og Faer drog ud for at lede efter en Julegran endelig mødte de en paa Brandaasen som faldt i hendes Smag. Igaar Formiddags gik hun med Eckmann op, imedens han fældede Træet gik hun til gamle Kirsten med Julegave. Hvedemel Kaffe og Sukker gamle Johanne fik ligedan, saa herhjem at sætte den i Foden imedens jeg lavede Maden pyntede hun Træet, det blev meget smukt Æbler Glimmer og Næt og Hjærter kun i to Farver gult og hvidt Kreppapir med Lys seer det saa japansk ud; Ja I har Ret det er godt at Uglen er her ellers troer jeg det havde bleven meget svært for mig nu gik det, vi fik Haresteg og Grød, og vi levnede saameget at vi spiste i dag til Middag og [Knasengrød] det var saa dejlig nemt
 Det var da morsomt for Eder at Skous kom de var saa glade i Fjor – hils dem fra mig. Her sidder Fader med en Bog og Uglen med en Bog, saa er her saa god Lejlighed til at lade Pennen fare afsted her er bleven forandret noget i Kontoret hvor vi holder mest af at sidde; de 2 halve [runde] Borde der stod i Gangen har hun sat ind foran Sofaen til Spisebord og Spillebordet staar under Vinduet med alle mine Blomster, Juletræet staar for Enden af Skriverbordet, nyt Tapet kommer her paa Væggene; det glæder jeg mig til, for dette er forfærdeligt grimt, det bliver nu efter Jul, I skal nok faa en Prøve sendt over, naar der bliver en Stump.
 Vejret her er tykt, men ikke megen Frost. Akslen til Saven er kommen til Landeryd, saa bliver det ikke mere Vinter end det er nu kan der vel begyndes efter Nytaar, at der kan blive rent i Dammen
 I kan vente Muus op hos Eder naar han kommer ned til Byen, 3 Juledag skulde han til Østergaard paa Rævejagt, han vil vist ud til Fynshoved paa Strandjagt, der vilde han vist have dig med; han var glad ved at rejse hjem; men jeg er ogsaa glad ved at komme igjen Fru Larsen, han trives godt i Smaaland.
 Hils nu alle de andre fra os jeg levnede denne lille Plads til Faer, men han saarer mig nu, hils ham og ønsk ham tillykke fra mig, han veed jo at jeg sender ham alt Godt hils og [kys] dine Kjære fra gamle Farmor som er ligesaa meget hjemme som her.
 Sig til Vilhelm at hans Brev kom Juleaften saa vi havde Jer allesammen. Hils tilligemed Adolphs og Maries og Eders</t>
   </si>
   <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
     <t>1904-10-25</t>
   </si>
   <si>
     <t>København
 Rosenvej 2</t>
   </si>
   <si>
     <t>USA
 Mass.
 54 Coolidge Str.</t>
   </si>
   <si>
     <t>Drucker &amp; Søn
 Alfred Goldschmidt
 Henriette Goldschmidt
 Herman Levin
 William Mackie
 Carl Salomonsen
 Ellen  Sawyer
 Laura Warberg
 Mary Ward</t>
   </si>
   <si>
     <t>Det kan ikke med sikkerhed afgøres, hvem Gustav Philipsen, Pontoppidan, Dr. Ussing og Jens Bush var. Det vides ikke, hvorfor der står "Coppel" i en af tilføjelserne. 
 BISSEN lampen er en danskdesignet og -produceret lampe, der er håndlavet efter gamle, klassiske, danske håndværkstraditioner. Lampen er fra 1970erne designet af Asger Bay Christiansen – kendt som asger bc – og er et produkt af høj kvalitet (Kilde: Danskligthning.dk).</t>
@@ -13683,50 +13928,102 @@
 Du har Ret vi har for lidt af simpel Sammenværen. Alligevel har jeg havt saa megen Glæde af at kende Dig og Else i de forløbne 7 Aar, saa jeg vil ønske at Du om andre 7 Aar maa have [”have” overstreget] kunne gøre den samme Beklagelse gældende, - (og ikke den modsatte) - . Jeg har læst Din Bog og føler Lyst til at sige Dig at jeg staar m. H. til det skrevne Ord hvor Du staar naar Talen er om Kunst ”jeg kunde duellere for det”. Det interesserer mig at Du sætter Din Kunstform Myter paa den Plads Du gør Jeg har ligesiden jeg læste ”Darwin og Fuglen” og ”Lærker” ”(Bræens Slutning)[”] syntes at jeg havde Dig meget konsentreret i Myten. Det var jeg klar over allerede for 8-9 Aar siden. Den Paralel Du trækker mellem Dig og H.C. Andersen har jeg ogsaa længe været [”været” overstreget] havt Øje for Rigtigheden af. Det er mindst fem Aar siden jeg har sagt det (det var til Anna). 
 Marie er her paa Pilegaarden i disse Dage, Børnene [”Børnene” overstreget] Rabbe har været Sy [”Sy” overstreget] syg i ca 14 Dage Vi sender Jer de bedste Hilsener og Ønsker for det nye Aar
 Eders Hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1917-05-27</t>
   </si>
   <si>
     <t>Heinrich Heine
 Else Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Vejret er smukt, kirsebærtræerne blomstrer, og fuglene synger. Fritz Syberg føler sig alligevel trist og udenfor. Han graver og vander have og ville ønske, at han var en plante. Syberg kan ikke male; når han prøver, bliver det elendigt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0QX8</t>
   </si>
   <si>
     <t>Pilegaarden Pinsedag 1917
 Kære Ven.
 Sikken et Pinsevejr, det er næsten bespotteligt at tale om Gigt, Influenza og Nervøsitet og det er dog det, den staar paa her. Jeg vaagner flere Gange om Natten og kigger ud af Vinduet, og det Syn der møder En er vidunderligt som et Digt af Heine. Blomstrende Kirsebærtræer, blaanende Marker og rosenfarvet Himmel; tæt ved Vinduet sidder en Drossel og synger halvt i Søvne, og hele Rummet derude er fyldt med [”med” overstreget] af Fuglesang, ja det er rigtignok ”wunderschönen Monat Mai.[”] Selv staar jeg træt melankolsk, som En der er sat udenfor det hele, paa Vej bort fra det altsammen. Om Dagen vander planter og graver jeg lidt i Haven, et Par Timer Formiddag og Eftermiddag (Resten af Tiden tilbringer jeg i Sengen) og Dagen er endnu vidunderligere end Natten. Gud ved om det, at blive Plante, et Par Aars Tid ikke kunde kurere En for Søvnløshed. Men at behandler sig selv som Plante er svært og faa Andre til at gøre det samme [”samme” overstreget] er umuligt. Et maa jeg imidlertid renonsere paa, at male, det lykkes mig kun at konstatere hver Gang, jeg faar et Tilbagefald til Penslen, hvor elendig jeg er. Skal det blive til noget maa jeg have et større Fond af Kræfter samlet sammen. ”Krop skal til” som Græshoppen sagde. Ha’et nu godt alle sammen, hils Børnene og Else mange Gange og vær selv hilset fra
 Din hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
   </si>
   <si>
     <t>1917-09-27</t>
   </si>
   <si>
     <t>Victor Bøttern
 Christian  Ernlund
 - Frandsen
 Matthias Hansen
 - Knudsen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Elisabeth Mackie
 Christian Møller, maler
 Carl Petersen, arkitekt
 A P Rasmussen
 H Schriver
 Ville Sejde
 Johan Skomager
 Ove Smed
 - Trautner
 Hans Christian Tvedskov
 Kristian Taaning
 - Vangberg
@@ -17710,51 +18007,51 @@
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -18239,51 +18536,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -18722,50 +19019,143 @@
 Lindøgaard
 Dræby
 Fyen
 [Skrevet med kuglepen:]
 27-5-03.
 [Med blyant:]
 Margrethe Benzon. Død
 [Håndskrevet på kuvertens bagside:]
 Warberg Larsen 
 Hareskov
 [I brevet:]
 Hareskov, Tirsdag Morgen 2/8 – 38
 Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
 Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
 2)
 Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
 Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
 Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
 Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
 Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
 Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
 [Indsat i venstre margen på sidste side:]
 Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-29</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Elise Hansen
 Jens Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter</t>
   </si>
   <si>
     <t>Den nyfødte pige, Alhed Maria, var Elena og Johan Larsens tredje barn. Elena opholdt sig udover på fødeklinikken hos sin mor i København. Moderen passede storebror Jens. Faderen og den ældste dreng, Peter, var på gården Båxhult i Småland.</t>
   </si>
   <si>
     <t>Elena Larsen har født en lille pige. Hun var de første par dage blårød over hele kroppen. Elena er stadig på fødeklinikken, og hun læser Den Lange Rejse. Hun beder Johan Larsen sende deres vielsesattest, som skal bruges, når fødslen bliver anmeldt. 
 Elena minder Johan om at vande hendes blomster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UmiQ</t>
   </si>
   <si>
     <t>Tirsdag 29/11 38
 Kære lille Lyse Larsen!
 Det er nu alligevel en sød lille Pige du har faaet dig, hun var saa blaarød over det hele de 1ste to Døgn men det har nu fortaget sig; og saa er hun begyndt at lukke Glukkerne op, saa at jeg har kunnet konstatere Øjenfarven: blaa. Jesse har lige været inde og se hende og er vist tilfreds, Mor siger ihvertfald at han snakkede meget og med yndig Stemme om "min lille Søster." Strax da de ringede her fra Kliniken og Jens ved Telefonen havde hørt dem tale om en lille Pige var han styrtet ud til Entrédøren og rusket i den, han vilde se sin lille Søster. - Der maa forøvrigt ikke komme Børn herind saa jeg ser desværre ikke mere til ham førend jeg kommer hjem. Jeg ligger ellers og befinder mig vel, jeg er ved at læse den lange Rejse og er snart færdig med Bræen. I Gaar skrev jeg til Farfar og meddelte ham Resultatet. - Det er sandt, vil du med første Post sende mig vores Vielsesattest, den skal bruges ved hendes Anmeldelse til Fødselsregistret som skal ske med det samme. Send den her til Fødeklinikken Jagtvej 111. Kbhvn N. - Husker I mine Blomster? Der staar ogsaa en lille Urt i den grønne Stue, det var den der havde de mange lilla Blomster og som du skar ned til et Minimum.
 Petermanden er rigtignok flink til Skriveriet, Bes sendte ham vist en Trøst- og Opmuntringspræmie for hans Tand i Gaar. Jeg sendte en Flaske D[ulæseligt] inden i Aviserne, den var vel ikke gledet ud? - Nu har jeg ikke Tid længere, Tøsen hyler som en stukken Gris, hun er sulten og skal have Mad. Ellers er hun meget stilfærdig.
@@ -18792,50 +19182,108 @@
   </si>
   <si>
     <t>Andreas/Puf Larsen sender et forsinket fødselsdagsbrev. 
 Else og Andreas Larsens datter fik navnet Ane Kathrine Alhed. Hendes lillesøster blev døbt Thora.
 Andreas tabte sin pibe på brevpapiret; deraf den brændte plet. 
 Schuscniggs tale har været bragt, og Andreas Larsen forstod noget af den.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1485</t>
   </si>
   <si>
     <t>[Fortrykt øverst på arkene:]
 ANDREAS LARSEN
 KJERTEMINDE
 [Håndskrevet i brevet:]
 27/2 - 39.
 Kære Lysse.
 Vi er nok kommet skidt efter det, hvad angaar at huske Din Fødselsdag iaar. Da det den 22/2 var Magisterens 60-aars, syntes jeg at det var for tidligt at skrive til Dig, og saa gik Tiden til jeg, da jeg vaagnede imorges regnede ud, at nu var det for sent, for nu var det den 26. Da jeg saa Politiken viste det sig imidlertid at det var den 27. Far er det jo paa en Maade gaaet knap saa slemt, han skrev jo forleden for at gratulere Dig til Din nye Værdighed som Aktionær. Nu haaber vi, at det Brev har naaet Dig til idag; selvom det ikke var et Fødselsdagsbrev, saa var det jo en Hilsen og en glædelig Overraskelse. - Har I faaet Jeres Datter døbt? Vores kom alligevel ikke til at hedde Alhed. Sagen er at Ane hedder (lille Søster faldt ud af Vuggen, mens jeg var ved at tænde Piben, derfor Brandpletten) Ane Kathrine Alhed, og at vi tilsidst fik Samvittighedsnag overfor hende, saa kom den lille til at hedde Thora. - Med Brygningen gaar det saa smaat fremad, jeg er begyndt at tænke paa Udstyret og vedlægger et Par Udkast til en Etikette. Jeg tænker mig den er færdig iden jeg kommer derover. - Jeg skal hilse og gratulere fra Marie Meyer, som har hjulpet os med Hummerne. - Nu hørte jeg en Del af Schussniggs Tale, hvor meget jeg forstod af den er en anden Snak, men naar I læser dette har vi vel begge læst Referaterne. Men det synes jeg, jeg forstod, at han fik betydelig mere Bifald naar han talte om Østrig end om Tyskland, ogsaa Venskabet med England og Frankrig syntes at vække Begejstring. - Naa nu er det Tiden at Brevene skal ned saa nu maa jeg slutte. - Else maa nøjes med at sende en Hilsen og Lykønskning herigennem, hun har jo maattet underholde Marie Meyer.
 Godt aar!
 Hilsen til Jer alle
 fra Puf. 
 [Indsat øverst på s. 1; på tværs:]
 Hilsner og Ønsker om et godt Aar fra os alle her. Thora Jeppe Ane Else Puf og Farfar
 [Indsat øverst s. 1 omkranset af streger:]
 Det er Elses Fødselsdag den 28/4, hvornaar er det nu at det er Bimses?</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
   </si>
   <si>
     <t>1940-02-25</t>
   </si>
   <si>
     <t>Elena Larsen
 Jens Larsen
 Peter Andreas Larsen
 Peter Magnussen
 Alhed  Møhl, Lysses datter
 - Spies, Frøknerne
 Ane Talbot
 Viggo Winkel</t>
   </si>
   <si>
     <t>Det er frostvejr, og der er mange fugle i en våge ved Langebro. Larsen maler akvareller blandt andet fra vågen set fra Frøknerne Spies' vindue.
 Salget Winkel &amp;amp; Magnussens auktion var ikke ret godt, men en del af billederne var også uden fugle. 
 Der er lunt og godt på Møllebakken, men man har måttet slukke fyret i Værkstedet, da det var for dyrt, og der er rationering.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qlFP</t>
   </si>
   <si>
     <t>Kjerteminde Søndag 25 Febr. 1940.
 Kære Lysse!
@@ -18917,54 +19365,50 @@
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv. Chrisitne Swane Breve, kasse 1, kuvert 2, 2002/61, A8, lb 11.</t>
   </si>
   <si>
     <t>VL sendte en julehilsen og en check til CS. VL havde haft en del ekstra arbejde med elektricitetsværket, hvor han sad i bestyrelsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0kQ9</t>
   </si>
   <si>
     <t>21’ – 12’ – 40.
 Kære Vense! Tak for Dit Kort forleden. Vi har jo nu faaet Søster hjem, der fortæller om hvor travlt Du har og hvor godt der er gaaet med Din sidste Brænding. Det var min Mening, jeg ville have skrevet et ordentligt Brev, men nu er Julen alligevel kommet bag paa mig, saa det bliver til Hastværk med Skriveriet.
 Med Helbredet gaar det meget godt nu,- jeg har siden Lægen gav mig Ordre til det, taget 7 pund paa i Vægt, og Folk siger ogsaa jeg ser raskere ud, men det vigtigste er jo, at jeg ikke saa hurtigt føler mig træt.
 Jeg har paa Grund af Forholdene haft en hel Del ekstra Arbejde med Elektricitetsværket, bl.a. med Rejsen til Kbhn., men naar vi naar juni, skal jeg paa Valg og saa træder jeg ud af Bestyrelsen, - i disse Tider har jeg nok om Ørerne foruden. Det meste af Udvisnigen i Skoven fik jeg fra Haanden i Sommer, da jeg vidste at min Køretilladelse hørte op til 15’ Juli, og de kortere Distancer, som til Tybrind og Granskoven, gaar det meget godt for mig at cycle. – 
 Indlagt sender jeg en Check til en Julegave.
 Med mange Hilsner og Ønsket om glædelig Jul og et godt Nytaar for Dig og Lasse.
 Din hengivne 
 Klaks</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -19361,50 +19805,108 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1943-08-27</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Holger Lund, Christa Knuths bror</t>
   </si>
   <si>
     <t>Stavreshoved er den sydøstlige halvø af Hindsholm på Nordøstfyn i Kerteminde Kommune. Langs den otte kilometer lange kyst rundt om Stavreshoved øst for Hverringe Gods blev i alt 330 hektar landbrugsjord, skov og uopdyrkede arealer (moser og enge) fredet i 1955 (Wikipedia marts 2024). 
 Af det forrige brev fra Johannes Larsen til Christa Knut fremgår det, at hun købte en af Larsens akvareller til sin bror.</t>
   </si>
   <si>
     <t>Johannes Larsen takker for pengene, brevet og fotografierne. Han har været ved Stavreshoved for at male, men nåede ikke meget, og nu er vejret dårligt, så han ved ikke, hvordan han skal nå det hele. Christas bror har skrevet, at han kunne lide akvarellen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HoVy</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
@@ -21130,59 +21632,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0MC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId577" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId578" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId579" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId580" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId581" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId582" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId583" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId584" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId585" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M571"/>
+  <dimension ref="A1:M580"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -22304,24495 +22806,24896 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>190</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>195</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>196</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>198</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>199</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>200</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
         <v>203</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>204</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>205</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>206</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>208</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="D29" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>203</v>
+        <v>125</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>16</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E31" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>203</v>
+        <v>125</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="s">
-        <v>239</v>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>240</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>241</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>242</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>243</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>244</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>246</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E34" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>247</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>203</v>
-[...9 lines deleted...]
-        </is>
+        <v>211</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>211</v>
+      </c>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>262</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>263</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>264</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>265</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>266</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>268</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>125</v>
+        <v>211</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>203</v>
+        <v>125</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E38" s="5" t="s">
-        <v>276</v>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
         <v>277</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>278</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>279</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>280</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>281</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>283</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-      <c r="G39" s="5" t="s">
         <v>284</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>285</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>286</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>40</v>
+        <v>287</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>125</v>
-[...14 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>293</v>
+        <v>40</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>298</v>
+        <v>211</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E41" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="K41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>125</v>
+        <v>306</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>37</v>
+        <v>307</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>203</v>
+        <v>125</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>34</v>
+        <v>211</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>16</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>40</v>
+        <v>324</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>203</v>
+        <v>34</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>329</v>
+        <v>40</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>134</v>
+        <v>211</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E46" s="5" t="s">
-        <v>334</v>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>335</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>336</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>337</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>338</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>339</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>341</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>342</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>343</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>344</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>345</v>
       </c>
       <c r="K47" s="5" t="s">
         <v>346</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>347</v>
       </c>
       <c r="M47" s="5" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
         <v>349</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>350</v>
+        <v>125</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E48" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>351</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>352</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>353</v>
       </c>
       <c r="K48" s="5" t="s">
         <v>354</v>
       </c>
       <c r="L48" s="6" t="s">
         <v>355</v>
       </c>
       <c r="M48" s="5" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
         <v>357</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>125</v>
+        <v>358</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D53" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E54" s="5" t="s">
-        <v>334</v>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>400</v>
+        <v>342</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>402</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>403</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>350</v>
+        <v>125</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>261</v>
-[...6 lines deleted...]
-      <c r="F56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="s">
         <v>409</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>410</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>411</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>412</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>413</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>414</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>125</v>
+        <v>358</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>269</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G57" s="5" t="s">
         <v>417</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>418</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>419</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>420</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>421</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>422</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>424</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>350</v>
+        <v>125</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E58" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E58" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>425</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>426</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>427</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>431</v>
-[...5 lines deleted...]
-        <v>432</v>
+        <v>433</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>203</v>
+        <v>358</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>440</v>
+        <v>16</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="I60" s="5"/>
+      <c r="J60" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>444</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>203</v>
+        <v>125</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E61" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E61" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>125</v>
+        <v>211</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>125</v>
+        <v>211</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E63" s="5" t="s">
-        <v>431</v>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>350</v>
+        <v>125</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>125</v>
+        <v>471</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F64" s="5" t="s">
-        <v>470</v>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>478</v>
+        <v>447</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>479</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>480</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>481</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>482</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>483</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>485</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="5" t="s">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>486</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
         <v>487</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>488</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>489</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>490</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>491</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>493</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D67" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E67" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="F67" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>498</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>16</v>
+        <v>456</v>
       </c>
       <c r="E68" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="F68" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>506</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>509</v>
+        <v>508</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E69" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="F69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="G69" s="5" t="s">
+      <c r="J69" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="H69" s="5" t="s">
+      <c r="K69" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>514</v>
       </c>
-      <c r="J69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>515</v>
-      </c>
-[...4 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>517</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="I70" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>522</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E71" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="F71" s="5" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G71" s="5" t="s">
         <v>527</v>
       </c>
       <c r="H71" s="5" t="s">
         <v>528</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>529</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>530</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>531</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>533</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E72" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="F72" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H72" s="5" t="s">
+      <c r="I72" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="J72" s="5" t="s">
         <v>536</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="K72" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="K72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>538</v>
       </c>
-      <c r="L72" s="6" t="s">
+      <c r="M72" s="5" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>431</v>
+        <v>541</v>
       </c>
       <c r="F73" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G73" s="5" t="s">
         <v>542</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J73" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>545</v>
       </c>
-      <c r="K73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>546</v>
       </c>
-      <c r="L73" s="6" t="s">
+      <c r="M73" s="5" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>550</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D74" s="5" t="s">
-        <v>16</v>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E74" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="F74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>552</v>
       </c>
-      <c r="H74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="I74" s="5"/>
-      <c r="J74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>554</v>
       </c>
-      <c r="K74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>555</v>
-      </c>
-[...4 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G75" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="I75" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="H75" s="5" t="s">
+      <c r="J75" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="I75" s="5" t="s">
+      <c r="K75" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="J75" s="5" t="s">
+      <c r="L75" s="6" t="s">
         <v>562</v>
       </c>
-      <c r="K75" s="5" t="s">
+      <c r="M75" s="5" t="s">
         <v>563</v>
-      </c>
-[...4 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>565</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E76" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E76" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>567</v>
       </c>
       <c r="H76" s="5" t="s">
-        <v>567</v>
-[...1 lines deleted...]
-      <c r="I76" s="5" t="s">
         <v>568</v>
       </c>
+      <c r="I76" s="5"/>
       <c r="J76" s="5" t="s">
         <v>569</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>570</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>571</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>572</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>573</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>431</v>
+        <v>447</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G77" s="5" t="s">
         <v>574</v>
       </c>
       <c r="H77" s="5" t="s">
         <v>575</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>576</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>435</v>
+        <v>577</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E78" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G78" s="5" t="s">
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
         <v>582</v>
       </c>
-      <c r="H78" s="5" t="s">
+      <c r="I78" s="5" t="s">
         <v>583</v>
       </c>
-      <c r="I78" s="5" t="s">
+      <c r="J78" s="5" t="s">
         <v>584</v>
       </c>
-      <c r="J78" s="5" t="s">
+      <c r="K78" s="5" t="s">
         <v>585</v>
       </c>
-      <c r="K78" s="5" t="s">
+      <c r="L78" s="6" t="s">
         <v>586</v>
       </c>
-      <c r="L78" s="6" t="s">
+      <c r="M78" s="5" t="s">
         <v>587</v>
-      </c>
-[...1 lines deleted...]
-        <v>588</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>589</v>
+        <v>588</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D79" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E79" s="5" t="s">
+        <v>447</v>
       </c>
       <c r="F79" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="H79" s="5" t="s">
         <v>590</v>
       </c>
-      <c r="G79" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H79" s="5" t="s">
+      <c r="I79" s="5" t="s">
         <v>591</v>
       </c>
-      <c r="I79" s="5" t="s">
+      <c r="J79" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K79" s="5" t="s">
         <v>592</v>
       </c>
-      <c r="J79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>593</v>
       </c>
-      <c r="K79" s="5" t="s">
+      <c r="M79" s="5" t="s">
         <v>594</v>
-      </c>
-[...4 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>478</v>
+        <v>596</v>
       </c>
       <c r="F80" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="H80" s="5" t="s">
         <v>598</v>
       </c>
-      <c r="G80" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="I80" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="J80" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="K80" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="K80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>602</v>
       </c>
-      <c r="L80" s="6" t="s">
+      <c r="M80" s="5" t="s">
         <v>603</v>
-      </c>
-[...1 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>605</v>
+        <v>604</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>607</v>
       </c>
-      <c r="F81" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="H81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>610</v>
       </c>
-      <c r="J81" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K81" s="5" t="s">
+      <c r="M81" s="5" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>614</v>
+        <v>612</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>433</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>613</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="I82" s="5" t="s">
         <v>615</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>617</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>618</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>620</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>35</v>
+        <v>621</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="E83" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F83" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F83" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G83" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="s">
-        <v>628</v>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D85" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E85" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G85" s="5" t="s">
+        <v>636</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D86" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G86" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G86" s="5" t="s">
+        <v>643</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>641</v>
+        <v>644</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>647</v>
-[...1 lines deleted...]
-      <c r="I87" s="5"/>
+        <v>650</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>651</v>
+      </c>
       <c r="J87" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>652</v>
+        <v>35</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>655</v>
+        <v>40</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>35</v>
+        <v>667</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="I90" s="5"/>
+        <v>668</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>669</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>40</v>
+        <v>670</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D91" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D91" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E91" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="I91" s="5"/>
       <c r="J91" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>607</v>
+        <v>36</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>676</v>
-[...3 lines deleted...]
-      </c>
+        <v>680</v>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>682</v>
+        <v>35</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>685</v>
+        <v>40</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E94" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="s">
-        <v>690</v>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>691</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>692</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>693</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>694</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>696</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-      <c r="G95" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="s">
         <v>697</v>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>698</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>699</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>40</v>
+        <v>700</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D96" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D96" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G96" s="5" t="s">
+        <v>705</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>704</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>706</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>707</v>
+      </c>
       <c r="J96" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>707</v>
+        <v>710</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>708</v>
+        <v>711</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="s">
-        <v>709</v>
+        <v>712</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="s">
-        <v>716</v>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="I98" s="5"/>
       <c r="J98" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>718</v>
+        <v>720</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>25</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G99" s="5" t="s">
+        <v>724</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="I99" s="5"/>
+        <v>725</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>726</v>
+      </c>
       <c r="J99" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>542</v>
+        <v>36</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G100" s="5" t="s">
+        <v>731</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>727</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="I100" s="5"/>
       <c r="J100" s="5" t="s">
-        <v>729</v>
+        <v>40</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>35</v>
+        <v>269</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>25</v>
+        <v>557</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="s">
-        <v>739</v>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>40</v>
+        <v>744</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>743</v>
+        <v>746</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>744</v>
+        <v>747</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>745</v>
+        <v>748</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D103" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>746</v>
+        <v>749</v>
       </c>
       <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>747</v>
+        <v>750</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>748</v>
+        <v>751</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>749</v>
+        <v>752</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E104" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="s">
-        <v>751</v>
+        <v>754</v>
       </c>
       <c r="H104" s="5" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="I104" s="5"/>
+        <v>755</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>756</v>
+      </c>
       <c r="J104" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F105" s="5" t="s">
-        <v>37</v>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>757</v>
-[...3 lines deleted...]
-      </c>
+        <v>761</v>
+      </c>
+      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>760</v>
+        <v>763</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>761</v>
+        <v>764</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D106" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E106" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G106" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D107" s="5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E107" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F107" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>768</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>772</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>773</v>
+      </c>
       <c r="J107" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>778</v>
-[...3 lines deleted...]
-      </c>
+        <v>783</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="I110" s="5"/>
-      <c r="J110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J110" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D111" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="s">
-        <v>789</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>796</v>
+        <v>799</v>
       </c>
       <c r="I112" s="5"/>
-      <c r="J112" s="5" t="s">
-        <v>40</v>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K112" s="5" t="s">
-        <v>797</v>
+        <v>800</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>798</v>
+        <v>801</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D113" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E113" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="J113" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>806</v>
+        <v>809</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>807</v>
+        <v>810</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>808</v>
-[...3 lines deleted...]
-      </c>
+        <v>811</v>
+      </c>
+      <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G115" s="5" t="s">
+        <v>816</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="I115" s="5"/>
+        <v>817</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>818</v>
+      </c>
       <c r="J115" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>824</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>825</v>
+        <v>680</v>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E118" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
-        <v>830</v>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>833</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>834</v>
+      </c>
       <c r="J118" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>834</v>
+        <v>837</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>835</v>
+        <v>838</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="s">
-        <v>836</v>
+        <v>839</v>
       </c>
       <c r="H119" s="5" t="s">
-        <v>837</v>
-[...3 lines deleted...]
-      </c>
+        <v>840</v>
+      </c>
+      <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G120" s="5" t="s">
+        <v>845</v>
       </c>
       <c r="H120" s="5" t="s">
-        <v>843</v>
-[...3 lines deleted...]
-      </c>
+        <v>846</v>
+      </c>
+      <c r="I120" s="5"/>
       <c r="J120" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-        <v>856</v>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D123" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D123" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E123" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>864</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>865</v>
+        <v>40</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D124" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="s">
         <v>871</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="H124" s="5" t="s">
         <v>872</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>873</v>
       </c>
       <c r="J124" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K124" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>875</v>
       </c>
-      <c r="L124" s="6" t="s">
+      <c r="M124" s="5" t="s">
         <v>876</v>
-      </c>
-[...1 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>878</v>
+        <v>877</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>878</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
         <v>879</v>
       </c>
       <c r="I125" s="5" t="s">
         <v>880</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>40</v>
+        <v>881</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>35</v>
-[...10 lines deleted...]
-        <v>885</v>
+        <v>16</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H126" s="5" t="s">
         <v>886</v>
       </c>
       <c r="I126" s="5" t="s">
         <v>887</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>40</v>
+        <v>888</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>35</v>
+        <v>894</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>37</v>
+        <v>526</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-        <v>892</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>40</v>
+        <v>897</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F128" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>899</v>
+      <c r="F128" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D129" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D129" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E129" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F129" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>908</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D131" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G131" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G131" s="5" t="s">
+        <v>922</v>
       </c>
       <c r="H131" s="5" t="s">
-        <v>919</v>
-[...1 lines deleted...]
-      <c r="I131" s="5"/>
+        <v>923</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>924</v>
+      </c>
       <c r="J131" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D132" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E132" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F132" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F132" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>924</v>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="J132" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D133" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E133" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F133" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G133" s="5" t="s">
+        <v>935</v>
       </c>
       <c r="H133" s="5" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D134" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D134" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E134" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="s">
-        <v>937</v>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>938</v>
-[...3 lines deleted...]
-      </c>
+        <v>942</v>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>940</v>
+        <v>943</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D135" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E135" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="s">
-        <v>944</v>
+        <v>947</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>946</v>
+        <v>949</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>947</v>
+        <v>950</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E136" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F136" s="5" t="s">
         <v>37</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>951</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>954</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>955</v>
+      </c>
       <c r="J136" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D137" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D137" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E137" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F137" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="s">
+        <v>960</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>962</v>
+        <v>35</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>967</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>965</v>
+        <v>40</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D139" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D139" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E139" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>970</v>
-[...3 lines deleted...]
-      </c>
+        <v>974</v>
+      </c>
+      <c r="I139" s="5"/>
       <c r="J139" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F140" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="I140" s="5" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>980</v>
+        <v>983</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>981</v>
+        <v>984</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E141" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F141" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F141" s="5" t="s">
+        <v>636</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>734</v>
+        <v>985</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>40</v>
+        <v>987</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>986</v>
+        <v>991</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E142" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>987</v>
-[...1 lines deleted...]
-      <c r="I142" s="5"/>
+        <v>992</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>993</v>
+      </c>
       <c r="J142" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D143" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D143" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E143" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G143" s="5" t="s">
-        <v>992</v>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D144" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D144" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E144" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>999</v>
+        <v>749</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>261</v>
+        <v>35</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>1005</v>
+        <v>125</v>
+      </c>
+      <c r="E145" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1006</v>
-[...3 lines deleted...]
-      </c>
+        <v>1009</v>
+      </c>
+      <c r="I145" s="5"/>
       <c r="J145" s="5" t="s">
-        <v>1008</v>
+        <v>40</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D146" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G146" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G146" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1015</v>
+        <v>1017</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1016</v>
+        <v>1018</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1012</v>
+        <v>1020</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E147" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="s">
-        <v>1018</v>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1022</v>
+        <v>1024</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1023</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>125</v>
+        <v>269</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F148" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1025</v>
+      <c r="F148" s="5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="G148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1026</v>
-[...1 lines deleted...]
-      <c r="I148" s="5"/>
+        <v>1028</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1029</v>
+      </c>
       <c r="J148" s="5" t="s">
-        <v>40</v>
+        <v>1030</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1024</v>
+        <v>1034</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>1035</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>1036</v>
+      </c>
       <c r="J149" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1031</v>
+        <v>1037</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1032</v>
+        <v>1038</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1034</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
       <c r="J150" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D151" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D151" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G151" s="5" t="s">
+        <v>1047</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
         <v>1046</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="s">
-        <v>1047</v>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D153" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D153" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="J153" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1064</v>
+      </c>
+      <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E155" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G155" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>1070</v>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D156" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D156" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E156" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G156" s="5" t="s">
+        <v>1075</v>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1072</v>
+        <v>1077</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1073</v>
+        <v>1078</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1074</v>
+        <v>1079</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1075</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1076</v>
+        <v>1081</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-        <v>1077</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1078</v>
-[...1 lines deleted...]
-      <c r="I157" s="5"/>
+        <v>1082</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>1083</v>
+      </c>
       <c r="J157" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1079</v>
+        <v>1084</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D158" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D158" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E158" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
-        <v>1083</v>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1084</v>
+        <v>894</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D159" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1090</v>
-[...1 lines deleted...]
-      <c r="I159" s="5"/>
+        <v>1093</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>1094</v>
+      </c>
       <c r="J159" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>1099</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1095</v>
-[...3 lines deleted...]
-      </c>
+        <v>1100</v>
+      </c>
+      <c r="I160" s="5"/>
       <c r="J160" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D161" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D161" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G161" s="5" t="s">
+        <v>1105</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1105</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1112</v>
+      </c>
+      <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>36</v>
+      </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="J165" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D166" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D166" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E166" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F166" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="F166" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1130</v>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="J166" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D167" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D167" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E167" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="I168" s="5"/>
+        <v>1147</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1148</v>
+      </c>
       <c r="J168" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
         <v>1146</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D169" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D169" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G169" s="5" t="s">
+        <v>1152</v>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
       <c r="J169" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="s">
-        <v>1153</v>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1154</v>
-[...1 lines deleted...]
-      <c r="I170" s="5"/>
+        <v>1159</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1160</v>
+      </c>
       <c r="J170" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
         <v>1158</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D171" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E171" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1159</v>
+        <v>1164</v>
       </c>
       <c r="I171" s="5"/>
       <c r="J171" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>1164</v>
+        <v>35</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>1165</v>
+        <v>36</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>1168</v>
+        <v>40</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="s">
+        <v>1175</v>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1173</v>
-[...3 lines deleted...]
-      </c>
+        <v>1176</v>
+      </c>
+      <c r="I173" s="5"/>
       <c r="J173" s="5" t="s">
-        <v>1175</v>
+        <v>40</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D174" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D174" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E174" s="5" t="s">
-        <v>1180</v>
-[...4 lines deleted...]
-      <c r="G174" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H174" s="5" t="s">
         <v>1181</v>
       </c>
-      <c r="H174" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I174" s="5" t="s">
+      <c r="I174" s="5"/>
+      <c r="J174" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K174" s="5" t="s">
         <v>1182</v>
       </c>
-      <c r="J174" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K174" s="5" t="s">
+      <c r="L174" s="6" t="s">
         <v>1183</v>
       </c>
-      <c r="L174" s="6" t="s">
+      <c r="M174" s="5" t="s">
         <v>1184</v>
-      </c>
-[...1 lines deleted...]
-        <v>1185</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1186</v>
+        <v>1185</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>125</v>
+        <v>1186</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>431</v>
-[...4 lines deleted...]
-      <c r="G175" s="5" t="s">
         <v>1187</v>
+      </c>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H175" s="5" t="s">
         <v>1188</v>
       </c>
-      <c r="I175" s="5"/>
+      <c r="I175" s="5" t="s">
+        <v>1189</v>
+      </c>
       <c r="J175" s="5" t="s">
-        <v>435</v>
+        <v>1190</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E177" s="5" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F177" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G177" s="5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H177" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D177" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I177" s="5" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>36</v>
+        <v>447</v>
       </c>
       <c r="F178" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>1209</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1210</v>
+      </c>
+      <c r="I178" s="5"/>
       <c r="J178" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>16</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G179" s="5" t="s">
-        <v>1212</v>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="J179" s="5" t="s">
-        <v>40</v>
+        <v>1217</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="J180" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1224</v>
+        <v>1227</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D181" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D181" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E181" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F181" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F181" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1225</v>
+        <v>1228</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="J181" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D182" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E182" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G182" s="5" t="s">
+        <v>1234</v>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="J182" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F183" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G183" s="5" t="s">
-        <v>1237</v>
+      <c r="F183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1238</v>
+        <v>1241</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1239</v>
+        <v>1242</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1240</v>
+        <v>1243</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1241</v>
+        <v>1244</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1242</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1243</v>
+        <v>1246</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>1244</v>
+        <v>35</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>962</v>
+        <v>125</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F184" s="5" t="s">
         <v>37</v>
       </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1247</v>
+        <v>40</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>172</v>
+        <v>125</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>621</v>
+        <v>37</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1252</v>
-[...1 lines deleted...]
-      <c r="I185" s="5"/>
+        <v>1253</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1254</v>
+      </c>
       <c r="J185" s="5" t="s">
-        <v>1253</v>
+        <v>40</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>621</v>
-[...9 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F186" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G186" s="5" t="s">
+        <v>1259</v>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="I186" s="5"/>
+        <v>1260</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1261</v>
+      </c>
       <c r="J186" s="5" t="s">
-        <v>1253</v>
+        <v>40</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>34</v>
+        <v>1266</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>962</v>
+        <v>878</v>
       </c>
       <c r="E187" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>37</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1247</v>
+        <v>1269</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>37</v>
+        <v>636</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-      </c>
+        <v>1274</v>
+      </c>
+      <c r="I188" s="5"/>
       <c r="J188" s="5" t="s">
-        <v>40</v>
+        <v>1275</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1271</v>
+        <v>1276</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1272</v>
+        <v>1277</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1273</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>36</v>
+        <v>636</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I189" s="5"/>
+      <c r="J189" s="5" t="s">
         <v>1275</v>
       </c>
-      <c r="I189" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K189" s="5" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>35</v>
+        <v>878</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F190" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="I190" s="5" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="J190" s="5" t="s">
-        <v>40</v>
+        <v>1269</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D191" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="J191" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D192" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>621</v>
+        <v>36</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="J192" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E193" s="5" t="s">
-        <v>1299</v>
-[...2 lines deleted...]
-        <v>1300</v>
+        <v>25</v>
+      </c>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>1303</v>
+        <v>40</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>1300</v>
+        <v>125</v>
+      </c>
+      <c r="E194" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>1310</v>
+        <v>40</v>
       </c>
       <c r="K194" s="5" t="s">
         <v>1311</v>
       </c>
       <c r="L194" s="6" t="s">
         <v>1312</v>
       </c>
       <c r="M194" s="5" t="s">
         <v>1313</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
         <v>1314</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D195" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D195" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E195" s="5" t="s">
+        <v>636</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
         <v>1315</v>
       </c>
       <c r="I195" s="5" t="s">
         <v>1316</v>
       </c>
       <c r="J195" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K195" s="5" t="s">
         <v>1317</v>
       </c>
       <c r="L195" s="6" t="s">
         <v>1318</v>
       </c>
       <c r="M195" s="5" t="s">
         <v>1319</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
         <v>1320</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>34</v>
+        <v>269</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>962</v>
+        <v>16</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>36</v>
+        <v>1321</v>
       </c>
       <c r="F196" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>1321</v>
+        <v>1322</v>
+      </c>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>435</v>
+        <v>1325</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="s">
-        <v>37</v>
+        <v>1322</v>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>435</v>
+        <v>1332</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D198" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E198" s="5" t="s">
-        <v>36</v>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1334</v>
+        <v>1337</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1335</v>
+        <v>1338</v>
       </c>
       <c r="J198" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1336</v>
+        <v>1339</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1337</v>
+        <v>1340</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1338</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1339</v>
+        <v>1342</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E199" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F199" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F199" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G199" s="5" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1343</v>
+        <v>1346</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1344</v>
+        <v>1347</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1345</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>35</v>
-[...12 lines deleted...]
-        <v>1347</v>
+        <v>878</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1352</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G201" s="5" t="s">
-        <v>1354</v>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>40</v>
+        <v>1358</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1357</v>
+        <v>1359</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1358</v>
+        <v>1360</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E202" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="J202" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G203" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G203" s="5" t="s">
+        <v>1369</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1368</v>
+        <v>1371</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>1369</v>
+        <v>40</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F204" s="5" t="s">
-        <v>1374</v>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G204" s="5" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>1378</v>
+        <v>40</v>
       </c>
       <c r="K204" s="5" t="s">
         <v>1379</v>
       </c>
       <c r="L204" s="6" t="s">
         <v>1380</v>
       </c>
       <c r="M204" s="5" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
         <v>1382</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F205" s="5" t="s">
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="s">
         <v>1383</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H205" s="5" t="s">
         <v>1384</v>
       </c>
       <c r="I205" s="5" t="s">
         <v>1385</v>
       </c>
       <c r="J205" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K205" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="K205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1387</v>
       </c>
-      <c r="L205" s="6" t="s">
+      <c r="M205" s="5" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E206" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
         <v>1390</v>
       </c>
-      <c r="B206" s="5" t="s">
+      <c r="I206" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="C206" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H206" s="5" t="s">
+      <c r="J206" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K206" s="5" t="s">
         <v>1392</v>
       </c>
-      <c r="I206" s="5"/>
-[...5 lines deleted...]
-      <c r="K206" s="5" t="s">
+      <c r="L206" s="6" t="s">
         <v>1393</v>
       </c>
-      <c r="L206" s="6" t="s">
+      <c r="M206" s="5" t="s">
         <v>1394</v>
       </c>
-      <c r="M206" s="5"/>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
         <v>1395</v>
       </c>
       <c r="B207" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>870</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="s">
         <v>1396</v>
       </c>
-      <c r="I207" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I207" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J207" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="K207" s="5" t="s">
+        <v>1399</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1397</v>
-[...1 lines deleted...]
-      <c r="M207" s="5"/>
+        <v>1400</v>
+      </c>
+      <c r="M207" s="5" t="s">
+        <v>1401</v>
+      </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F208" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>1403</v>
+      </c>
+      <c r="G208" s="5" t="s">
+        <v>1404</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>40</v>
+        <v>1407</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1402</v>
+        <v>1409</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1403</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F209" s="5" t="s">
-        <v>1383</v>
+        <v>1412</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="B210" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>893</v>
+      </c>
+      <c r="D210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1412</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>1421</v>
+      </c>
+      <c r="I210" s="5"/>
+      <c r="J210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1415</v>
-[...3 lines deleted...]
-      </c>
+        <v>1423</v>
+      </c>
+      <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>1418</v>
+        <v>893</v>
+      </c>
+      <c r="D211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1419</v>
-[...8 lines deleted...]
-        <v>1421</v>
+        <v>1425</v>
+      </c>
+      <c r="I211" s="5"/>
+      <c r="J211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1422</v>
-[...3 lines deleted...]
-      </c>
+        <v>1426</v>
+      </c>
+      <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1424</v>
+        <v>1427</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D212" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D212" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E212" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1425</v>
+        <v>1428</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1426</v>
+        <v>1429</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1427</v>
+        <v>1430</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1428</v>
+        <v>1431</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="B213" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>870</v>
+        <v>16</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1432</v>
+        <v>893</v>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F213" s="5" t="s">
-        <v>1433</v>
+        <v>1412</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
         <v>1434</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>1435</v>
       </c>
       <c r="J213" s="5" t="s">
         <v>1436</v>
       </c>
-      <c r="K213" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K213" s="5" t="s">
+        <v>1437</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D214" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D214" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E214" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="J214" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G215" s="5" t="s">
-        <v>1447</v>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H215" s="5" t="s">
         <v>1448</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>1449</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>40</v>
+        <v>1275</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>1450</v>
       </c>
       <c r="L215" s="6" t="s">
         <v>1451</v>
       </c>
       <c r="M215" s="5" t="s">
         <v>1452</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
         <v>1453</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D216" s="5" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
         <v>1454</v>
       </c>
-      <c r="I216" s="5"/>
+      <c r="I216" s="5" t="s">
+        <v>1455</v>
+      </c>
       <c r="J216" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>14</v>
+        <v>1460</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        <v>1459</v>
+        <v>1461</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1461</v>
+        <v>1464</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>1462</v>
+        <v>1465</v>
+      </c>
+      <c r="K217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1463</v>
+        <v>1466</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1464</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1465</v>
+        <v>1468</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D218" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D218" s="5" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G218" s="5" t="s">
-        <v>1466</v>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1467</v>
-[...1 lines deleted...]
-      <c r="I218" s="5"/>
+        <v>1469</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>1470</v>
+      </c>
       <c r="J218" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1468</v>
+        <v>1471</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1469</v>
+        <v>1472</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1470</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1471</v>
+        <v>1474</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>962</v>
+        <v>125</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        </is>
+        <v>1475</v>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G219" s="5" t="s">
+        <v>1476</v>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1473</v>
+        <v>1477</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1474</v>
+        <v>1478</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1475</v>
+        <v>40</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1480</v>
+        <v>35</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1481</v>
+        <v>125</v>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1482</v>
-[...1 lines deleted...]
-      <c r="I220" s="5" t="s">
         <v>1483</v>
       </c>
+      <c r="I220" s="5"/>
       <c r="J220" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K220" s="5" t="s">
         <v>1484</v>
       </c>
-      <c r="K220" s="5" t="s">
+      <c r="L220" s="6" t="s">
         <v>1485</v>
       </c>
-      <c r="L220" s="6" t="s">
+      <c r="M220" s="5" t="s">
         <v>1486</v>
-      </c>
-[...1 lines deleted...]
-        <v>1487</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1488</v>
+        <v>1487</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G221" s="5" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H221" s="5" t="s">
         <v>1489</v>
       </c>
-      <c r="D221" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H221" s="5" t="s">
+      <c r="I221" s="5" t="s">
         <v>1490</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K221" s="5" t="s">
         <v>1491</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1492</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="M221" s="5" t="s">
         <v>1493</v>
-      </c>
-[...4 lines deleted...]
-        <v>1495</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G222" s="5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="H222" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="I222" s="5"/>
+      <c r="J222" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K222" s="5" t="s">
         <v>1497</v>
       </c>
-      <c r="D222" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="5" t="s">
+      <c r="L222" s="6" t="s">
         <v>1498</v>
       </c>
-      <c r="F222" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H222" s="5" t="s">
+      <c r="M222" s="5" t="s">
         <v>1499</v>
-      </c>
-[...13 lines deleted...]
-        <v>1504</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1505</v>
+        <v>1500</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>962</v>
+        <v>878</v>
       </c>
       <c r="E223" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F223" s="5" t="s">
-        <v>37</v>
+        <v>1501</v>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J223" s="5" t="s">
+        <v>1504</v>
+      </c>
+      <c r="K223" s="5" t="s">
+        <v>1505</v>
+      </c>
+      <c r="L223" s="6" t="s">
         <v>1506</v>
       </c>
-      <c r="I223" s="5" t="s">
+      <c r="M223" s="5" t="s">
         <v>1507</v>
-      </c>
-[...10 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="D224" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E224" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H224" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="J224" s="5" t="s">
         <v>1513</v>
       </c>
-      <c r="F224" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H224" s="5" t="s">
+      <c r="K224" s="5" t="s">
         <v>1514</v>
       </c>
-      <c r="I224" s="5"/>
-      <c r="J224" s="5" t="s">
+      <c r="L224" s="6" t="s">
         <v>1515</v>
       </c>
-      <c r="K224" s="5" t="s">
+      <c r="M224" s="5" t="s">
         <v>1516</v>
-      </c>
-[...4 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>173</v>
+        <v>1518</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1446</v>
+        <v>16</v>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="I225" s="5" t="s">
         <v>1520</v>
       </c>
-      <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>1253</v>
+        <v>1521</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>34</v>
+        <v>1526</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>606</v>
+        <v>16</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>607</v>
+        <v>1527</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="I226" s="5" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="J226" s="5" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="227">
-      <c r="A227" s="5" t="n">
-        <v>1903</v>
+      <c r="A227" s="5" t="s">
+        <v>1534</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>962</v>
+        <v>878</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F227" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F227" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1531</v>
-[...1 lines deleted...]
-      <c r="I227" s="5"/>
+        <v>1535</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1536</v>
+      </c>
       <c r="J227" s="5" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1533</v>
+        <v>1538</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1534</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1535</v>
+        <v>1540</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1536</v>
+        <v>1541</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>962</v>
+        <v>16</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>1542</v>
+      </c>
+      <c r="F228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1537</v>
-[...3 lines deleted...]
-      </c>
+        <v>1543</v>
+      </c>
+      <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>435</v>
+        <v>1544</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1541</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1542</v>
+        <v>1548</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1475</v>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1543</v>
-[...3 lines deleted...]
-      </c>
+        <v>1549</v>
+      </c>
+      <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>1545</v>
+        <v>1275</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1546</v>
+        <v>1550</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1547</v>
+        <v>1551</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1548</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>621</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1550</v>
+        <v>1554</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1551</v>
+        <v>1555</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1552</v>
+        <v>1556</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1553</v>
+        <v>1557</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="231">
-      <c r="A231" s="5" t="s">
-        <v>1556</v>
+      <c r="A231" s="5" t="n">
+        <v>1903</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-        </is>
+        <v>878</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>1558</v>
+        <v>451</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>35</v>
+        <v>1565</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>1466</v>
-[...7 lines deleted...]
-        <v>1563</v>
+        <v>36</v>
+      </c>
+      <c r="F232" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1566</v>
+        <v>1568</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1567</v>
+        <v>1569</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1562</v>
+        <v>1571</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F233" s="5" t="s">
-[...3 lines deleted...]
-        <v>1569</v>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1570</v>
+        <v>1572</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1571</v>
+        <v>1573</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>40</v>
+        <v>1574</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>40</v>
+        <v>1581</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1579</v>
+        <v>1583</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1580</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1581</v>
+        <v>1585</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>172</v>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1582</v>
-[...3 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>40</v>
+        <v>1587</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1584</v>
+        <v>1588</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1587</v>
+        <v>1591</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D236" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D236" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E236" s="5" t="s">
+        <v>1495</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="s">
-        <v>1588</v>
+        <v>1592</v>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1589</v>
+        <v>1593</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="J236" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1594</v>
+        <v>1591</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="s">
-        <v>1595</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="G237" s="5" t="s">
+        <v>1598</v>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1598</v>
+        <v>40</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D238" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E238" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="J238" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>1609</v>
-[...2 lines deleted...]
-        <v>1610</v>
+        <v>37</v>
+      </c>
+      <c r="F239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
         <v>1611</v>
       </c>
       <c r="I239" s="5" t="s">
         <v>1612</v>
       </c>
       <c r="J239" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K239" s="5" t="s">
         <v>1613</v>
       </c>
-      <c r="K239" s="5" t="s">
+      <c r="L239" s="6" t="s">
         <v>1614</v>
       </c>
-      <c r="L239" s="6" t="s">
+      <c r="M239" s="5" t="s">
         <v>1615</v>
-      </c>
-[...1 lines deleted...]
-        <v>1616</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="E240" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G240" s="5" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H240" s="5" t="s">
         <v>1618</v>
       </c>
-      <c r="F240" s="5" t="s">
+      <c r="I240" s="5" t="s">
         <v>1619</v>
       </c>
-      <c r="G240" s="5" t="s">
+      <c r="J240" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K240" s="5" t="s">
         <v>1620</v>
       </c>
-      <c r="H240" s="5" t="s">
+      <c r="L240" s="6" t="s">
         <v>1621</v>
       </c>
-      <c r="I240" s="5" t="s">
+      <c r="M240" s="5" t="s">
         <v>1622</v>
-      </c>
-[...10 lines deleted...]
-        <v>1626</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>870</v>
+        <v>134</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E241" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H241" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J241" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="K241" s="5" t="s">
         <v>1628</v>
       </c>
-      <c r="F241" s="5" t="s">
+      <c r="L241" s="6" t="s">
         <v>1629</v>
       </c>
-      <c r="G241" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H241" s="5" t="s">
+      <c r="M241" s="5" t="s">
         <v>1630</v>
-      </c>
-[...13 lines deleted...]
-        <v>1635</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1636</v>
+        <v>1631</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>606</v>
+        <v>34</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>962</v>
+        <v>35</v>
       </c>
       <c r="E242" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F242" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F242" s="5" t="s">
+      <c r="G242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H242" s="5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="J242" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K242" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="L242" s="6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="5" t="s">
         <v>1637</v>
-      </c>
-[...26 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>173</v>
+        <v>1638</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1639</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="J243" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="K243" s="5" t="s">
         <v>1643</v>
       </c>
-      <c r="I243" s="5"/>
-      <c r="J243" s="5" t="s">
+      <c r="L243" s="6" t="s">
         <v>1644</v>
       </c>
-      <c r="K243" s="5" t="s">
+      <c r="M243" s="5" t="s">
         <v>1645</v>
       </c>
-      <c r="L243" s="6" t="s">
+    </row>
+    <row r="244">
+      <c r="A244" s="5" t="s">
         <v>1646</v>
-      </c>
-[...6 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>172</v>
+        <v>134</v>
       </c>
       <c r="E244" s="5" t="s">
+        <v>1647</v>
+      </c>
+      <c r="F244" s="5" t="s">
         <v>1648</v>
       </c>
-      <c r="F244" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1643</v>
-[...1 lines deleted...]
-      <c r="I244" s="5"/>
+        <v>1649</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>1650</v>
+      </c>
       <c r="J244" s="5" t="s">
-        <v>1253</v>
+        <v>1651</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1647</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="F245" s="5" t="s">
-        <v>1653</v>
-[...4 lines deleted...]
-        </is>
+        <v>1657</v>
+      </c>
+      <c r="G245" s="5" t="s">
+        <v>1658</v>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1654</v>
+        <v>1659</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1656</v>
+        <v>1661</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1658</v>
+        <v>1663</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="D246" s="5" t="s">
         <v>134</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="F246" s="5" t="s">
-        <v>1653</v>
+        <v>1667</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>1662</v>
+        <v>1668</v>
       </c>
       <c r="I246" s="5" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="J246" s="5" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1667</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1668</v>
+        <v>1674</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>172</v>
+        <v>621</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>173</v>
+        <v>878</v>
       </c>
       <c r="E247" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F247" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F247" s="5" t="s">
+        <v>1675</v>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1669</v>
+        <v>1676</v>
       </c>
       <c r="I247" s="5" t="s">
-        <v>1670</v>
+        <v>1677</v>
       </c>
       <c r="J247" s="5" t="s">
-        <v>1644</v>
+        <v>451</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1671</v>
+        <v>1678</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1672</v>
+        <v>1679</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1673</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="248">
-      <c r="A248" s="5" t="s">
-        <v>1674</v>
+      <c r="A248" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>1676</v>
+        <v>172</v>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>1677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1681</v>
+      </c>
+      <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="249">
-      <c r="A249" s="5" t="s">
-        <v>1683</v>
+      <c r="A249" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>870</v>
+        <v>173</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>1684</v>
-[...2 lines deleted...]
-        <v>1653</v>
+        <v>1686</v>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I249" s="5"/>
+      <c r="J249" s="5" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K249" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="L249" s="6" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M249" s="5" t="s">
         <v>1685</v>
-      </c>
-[...13 lines deleted...]
-        <v>1690</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="E250" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F250" s="5" t="s">
+        <v>1691</v>
+      </c>
+      <c r="G250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H250" s="5" t="s">
         <v>1692</v>
       </c>
-      <c r="D250" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E250" s="5" t="s">
+      <c r="I250" s="5" t="s">
         <v>1693</v>
       </c>
-      <c r="F250" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H250" s="5" t="s">
+      <c r="J250" s="5" t="s">
         <v>1694</v>
       </c>
-      <c r="I250" s="5" t="s">
+      <c r="K250" s="5" t="s">
         <v>1695</v>
       </c>
-      <c r="J250" s="5" t="s">
+      <c r="L250" s="6" t="s">
         <v>1696</v>
       </c>
-      <c r="K250" s="5" t="s">
+      <c r="M250" s="5" t="s">
         <v>1697</v>
       </c>
-      <c r="L250" s="6" t="s">
+    </row>
+    <row r="251">
+      <c r="A251" s="5" t="s">
         <v>1698</v>
-      </c>
-[...6 lines deleted...]
-        <v>1906</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F251" s="5" t="s">
+        <v>1691</v>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
         <v>1700</v>
       </c>
       <c r="I251" s="5" t="s">
         <v>1701</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>40</v>
+        <v>1702</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>134</v>
+        <v>172</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>1708</v>
+        <v>1682</v>
       </c>
       <c r="K252" s="5" t="s">
         <v>1709</v>
       </c>
       <c r="L252" s="6" t="s">
         <v>1710</v>
       </c>
       <c r="M252" s="5" t="s">
         <v>1711</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
         <v>1712</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>36</v>
-[...6 lines deleted...]
-      <c r="G253" s="5" t="s">
         <v>1713</v>
       </c>
+      <c r="F253" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="G253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H253" s="5" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>40</v>
+        <v>1717</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1716</v>
+        <v>1718</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1718</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1719</v>
+        <v>1721</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>36</v>
+        <v>1722</v>
       </c>
       <c r="F254" s="5" t="s">
-        <v>1661</v>
+        <v>1691</v>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>40</v>
+        <v>1725</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>35</v>
+        <v>1730</v>
       </c>
       <c r="D255" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E255" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1726</v>
+        <v>1731</v>
+      </c>
+      <c r="F255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="I255" s="5" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="J255" s="5" t="s">
-        <v>40</v>
+        <v>1734</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1730</v>
+        <v>1736</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1731</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="256">
-      <c r="A256" s="5" t="s">
-        <v>1732</v>
+      <c r="A256" s="5" t="n">
+        <v>1906</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>125</v>
+        <v>35</v>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1733</v>
+        <v>1738</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1734</v>
+        <v>1739</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1735</v>
+        <v>40</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>125</v>
-[...8 lines deleted...]
-        <v>1742</v>
+        <v>16</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>40</v>
+        <v>1746</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1745</v>
+        <v>1747</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D258" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D258" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E258" s="5" t="s">
-        <v>1741</v>
-[...7 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G258" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
       <c r="J258" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D259" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D259" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E259" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F259" s="5" t="s">
-        <v>37</v>
+        <v>1699</v>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="J259" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1759</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1760</v>
+        <v>1763</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1761</v>
-[...9 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>1699</v>
       </c>
       <c r="G260" s="5" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1763</v>
+        <v>1765</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1764</v>
+        <v>1766</v>
       </c>
       <c r="J260" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1765</v>
+        <v>1767</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1766</v>
+        <v>1768</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1767</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1760</v>
+        <v>1770</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>1053</v>
+        <v>125</v>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>203</v>
-[...14 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>1778</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>1779</v>
+      </c>
+      <c r="G262" s="5" t="s">
+        <v>1780</v>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="J262" s="5" t="s">
-        <v>1777</v>
+        <v>40</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>870</v>
+        <v>125</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E263" s="5" t="s">
-        <v>1782</v>
+        <v>1779</v>
       </c>
       <c r="F263" s="5" t="s">
-        <v>1783</v>
+        <v>1778</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1784</v>
+        <v>1787</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1785</v>
+        <v>1788</v>
       </c>
       <c r="J263" s="5" t="s">
-        <v>1786</v>
+        <v>40</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1787</v>
+        <v>1789</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1788</v>
+        <v>1790</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1789</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1790</v>
+        <v>1792</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D264" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D264" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="5" t="s">
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F264" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F264" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1791</v>
-[...1 lines deleted...]
-      <c r="I264" s="5"/>
+        <v>1793</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>1794</v>
+      </c>
       <c r="J264" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>1466</v>
+        <v>1799</v>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G265" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G265" s="5" t="s">
+        <v>1800</v>
       </c>
       <c r="H265" s="5" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="I265" s="5" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>203</v>
+        <v>893</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1802</v>
+        <v>1779</v>
       </c>
       <c r="F266" s="5" t="s">
-        <v>1803</v>
+        <v>1075</v>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1804</v>
+        <v>1806</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1805</v>
+        <v>1807</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1806</v>
+        <v>1808</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1807</v>
+        <v>1809</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1808</v>
+        <v>1810</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1809</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1810</v>
+        <v>1812</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>350</v>
-[...2 lines deleted...]
-        <v>1811</v>
+        <v>211</v>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>1761</v>
+        <v>16</v>
       </c>
       <c r="E268" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        <v>1819</v>
+        <v>1820</v>
+      </c>
+      <c r="F268" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="G268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>435</v>
+        <v>1824</v>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
       <c r="M268" s="5" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D269" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D269" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E269" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1826</v>
-[...3 lines deleted...]
-      </c>
+        <v>1829</v>
+      </c>
+      <c r="I269" s="5"/>
       <c r="J269" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="270">
-      <c r="A270" s="5" t="n">
-        <v>1910</v>
+      <c r="A270" s="5" t="s">
+        <v>1833</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>1761</v>
+        <v>125</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>36</v>
+        <v>1495</v>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G270" s="5" t="s">
-        <v>1831</v>
+      <c r="G270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="I270" s="5" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>125</v>
+        <v>211</v>
       </c>
       <c r="E271" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>1840</v>
+      </c>
+      <c r="F271" s="5" t="s">
+        <v>1841</v>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>40</v>
+        <v>1844</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1842</v>
+        <v>1847</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1843</v>
+        <v>1848</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>35</v>
+        <v>358</v>
       </c>
       <c r="E272" s="5" t="s">
-        <v>37</v>
+        <v>1849</v>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G272" s="5" t="s">
-        <v>1844</v>
+      <c r="G272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>40</v>
+        <v>1852</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1847</v>
+        <v>1853</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1848</v>
+        <v>1854</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1849</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1851</v>
+        <v>1799</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>1852</v>
+        <v>36</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G273" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G273" s="5" t="s">
+        <v>1857</v>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="I273" s="5" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="J273" s="5" t="s">
-        <v>1855</v>
+        <v>451</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>172</v>
+        <v>125</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>1761</v>
+        <v>35</v>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G274" s="5" t="s">
-        <v>1860</v>
+      <c r="G274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1861</v>
+        <v>1864</v>
       </c>
       <c r="I274" s="5" t="s">
-        <v>1862</v>
+        <v>1865</v>
       </c>
       <c r="J274" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1865</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="275">
-      <c r="A275" s="5" t="s">
-        <v>1866</v>
+      <c r="A275" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1799</v>
+      </c>
+      <c r="E275" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G275" s="5" t="s">
+        <v>1869</v>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1867</v>
+        <v>1870</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1868</v>
+        <v>1871</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1873</v>
+        <v>125</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1446</v>
+        <v>36</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1874</v>
+        <v>1876</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1875</v>
+        <v>1877</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>1876</v>
+        <v>40</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>1881</v>
+        <v>125</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1873</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G277" s="5" t="s">
+        <v>1882</v>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1882</v>
-[...1 lines deleted...]
-      <c r="I277" s="5"/>
+        <v>1883</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>1884</v>
+      </c>
       <c r="J277" s="5" t="s">
-        <v>1883</v>
+        <v>40</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>1888</v>
+        <v>173</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>962</v>
+        <v>1889</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>174</v>
-[...5 lines deleted...]
-        <v>1889</v>
+        <v>1890</v>
+      </c>
+      <c r="F278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I278" s="5"/>
+        <v>1891</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>1892</v>
+      </c>
       <c r="J278" s="5" t="s">
-        <v>1890</v>
+        <v>1893</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1893</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1894</v>
+        <v>1897</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1761</v>
+        <v>1799</v>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G279" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G279" s="5" t="s">
+        <v>1898</v>
       </c>
       <c r="H279" s="5" t="s">
-        <v>173</v>
+        <v>1899</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1895</v>
+        <v>1900</v>
       </c>
       <c r="J279" s="5" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1896</v>
+        <v>1901</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1897</v>
+        <v>1902</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1898</v>
+        <v>1903</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1899</v>
+        <v>1904</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>1900</v>
+        <v>125</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>1873</v>
+        <v>35</v>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G280" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I280" s="5"/>
+      <c r="G280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H280" s="5" t="s">
+        <v>1905</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>1906</v>
+      </c>
       <c r="J280" s="5" t="s">
-        <v>1883</v>
+        <v>40</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1902</v>
+        <v>1907</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1903</v>
+        <v>1908</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1904</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1905</v>
+        <v>1910</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>1900</v>
+        <v>173</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1873</v>
-[...4 lines deleted...]
-        </is>
+        <v>1911</v>
+      </c>
+      <c r="E281" s="5" t="s">
+        <v>1475</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I281" s="5"/>
+      <c r="H281" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>1913</v>
+      </c>
       <c r="J281" s="5" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>1873</v>
+        <v>1919</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>1900</v>
+        <v>1911</v>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1911</v>
+        <v>1920</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>1883</v>
+        <v>1921</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1912</v>
+        <v>1922</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1913</v>
+        <v>1923</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1914</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1915</v>
+        <v>1925</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>173</v>
+        <v>1926</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1916</v>
+        <v>878</v>
       </c>
       <c r="E283" s="5" t="s">
-        <v>1917</v>
-[...9 lines deleted...]
-        </is>
+        <v>174</v>
+      </c>
+      <c r="F283" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G283" s="5" t="s">
+        <v>1927</v>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1918</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I283" s="5"/>
       <c r="J283" s="5" t="s">
-        <v>1855</v>
+        <v>1928</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1920</v>
+        <v>1929</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1921</v>
+        <v>1930</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1922</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1923</v>
+        <v>1932</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>1676</v>
+        <v>1799</v>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1925</v>
+        <v>173</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1926</v>
+        <v>1933</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>1927</v>
+        <v>451</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1928</v>
+        <v>1934</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1929</v>
+        <v>1935</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1930</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1931</v>
+        <v>1937</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>16</v>
+        <v>1938</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>870</v>
-[...17 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G285" s="5" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I285" s="5"/>
       <c r="J285" s="5" t="s">
-        <v>1934</v>
+        <v>1921</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1935</v>
+        <v>1940</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1936</v>
+        <v>1941</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1937</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1938</v>
+        <v>1943</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1851</v>
+        <v>1938</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>1939</v>
+        <v>1911</v>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="s">
-        <v>1853</v>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1939</v>
+        <v>1911</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1916</v>
-[...2 lines deleted...]
-        <v>1945</v>
+        <v>1938</v>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1946</v>
-[...3 lines deleted...]
-      </c>
+        <v>1949</v>
+      </c>
+      <c r="I287" s="5"/>
       <c r="J287" s="5" t="s">
-        <v>1855</v>
+        <v>1921</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1949</v>
+        <v>1951</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1951</v>
+        <v>1953</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>1851</v>
+        <v>173</v>
       </c>
       <c r="D288" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>1954</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>1955</v>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1952</v>
-[...1 lines deleted...]
-      <c r="I288" s="5"/>
+        <v>1956</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>1957</v>
+      </c>
       <c r="J288" s="5" t="s">
-        <v>1940</v>
+        <v>1893</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1953</v>
+        <v>1958</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1954</v>
+        <v>1959</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>1957</v>
+        <v>16</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1958</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F289" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1959</v>
-[...1 lines deleted...]
-      <c r="I289" s="5"/>
+        <v>1963</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>1964</v>
+      </c>
       <c r="J289" s="5" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>1916</v>
+        <v>893</v>
       </c>
       <c r="E290" s="5" t="s">
-        <v>1965</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F290" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>1855</v>
+        <v>1972</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1969</v>
+        <v>1974</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1971</v>
+        <v>1976</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>173</v>
+        <v>1889</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1916</v>
-[...2 lines deleted...]
-        <v>1965</v>
+        <v>1977</v>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1972</v>
-[...3 lines deleted...]
-      </c>
+        <v>1891</v>
+      </c>
+      <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
-        <v>40</v>
+        <v>1978</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1974</v>
+        <v>1979</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1975</v>
+        <v>1980</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1976</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1977</v>
+        <v>1982</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>35</v>
+        <v>1977</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1873</v>
+        <v>1954</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>36</v>
+        <v>1983</v>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1978</v>
-[...1 lines deleted...]
-      <c r="I292" s="5"/>
+        <v>1984</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>1985</v>
+      </c>
       <c r="J292" s="5" t="s">
-        <v>1979</v>
+        <v>1893</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1980</v>
+        <v>1986</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1981</v>
+        <v>1987</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1982</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1983</v>
+        <v>1989</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1873</v>
+        <v>1889</v>
       </c>
       <c r="D293" s="5" t="s">
         <v>173</v>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1984</v>
-[...3 lines deleted...]
-      </c>
+        <v>1990</v>
+      </c>
+      <c r="I293" s="5"/>
       <c r="J293" s="5" t="s">
-        <v>1979</v>
+        <v>1978</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1987</v>
+        <v>1992</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1988</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1989</v>
+        <v>1994</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>550</v>
+        <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1939</v>
+        <v>1995</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1916</v>
-[...5 lines deleted...]
-        <v>1991</v>
+        <v>1996</v>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1992</v>
-[...3 lines deleted...]
-      </c>
+        <v>1997</v>
+      </c>
+      <c r="I294" s="5"/>
       <c r="J294" s="5" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>1851</v>
+        <v>173</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>1954</v>
+      </c>
+      <c r="E295" s="5" t="s">
+        <v>2003</v>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1853</v>
-[...1 lines deleted...]
-      <c r="I295" s="5"/>
+        <v>2004</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>2005</v>
+      </c>
       <c r="J295" s="5" t="s">
-        <v>1940</v>
+        <v>1893</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1999</v>
+        <v>2006</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2001</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2002</v>
+        <v>2009</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>870</v>
+        <v>1954</v>
       </c>
       <c r="E296" s="5" t="s">
         <v>2003</v>
       </c>
-      <c r="F296" s="5" t="s">
-        <v>1676</v>
+      <c r="F296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2006</v>
+        <v>40</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>2011</v>
+        <v>35</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1911</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>2012</v>
-[...3 lines deleted...]
-      </c>
+        <v>2016</v>
+      </c>
+      <c r="I297" s="5"/>
       <c r="J297" s="5" t="s">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>1853</v>
+        <v>1911</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1939</v>
+        <v>173</v>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2019</v>
-[...1 lines deleted...]
-      <c r="I298" s="5"/>
+        <v>2022</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>2023</v>
+      </c>
       <c r="J298" s="5" t="s">
-        <v>1940</v>
+        <v>2017</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>14</v>
+        <v>565</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>16</v>
+        <v>1977</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>870</v>
+        <v>1954</v>
       </c>
       <c r="E299" s="5" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="F299" s="5" t="s">
-        <v>1676</v>
+        <v>2029</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2028</v>
+        <v>2033</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2031</v>
+        <v>2036</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>35</v>
+        <v>1889</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>2032</v>
+        <v>173</v>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G300" s="5" t="s">
-        <v>1844</v>
+      <c r="G300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2033</v>
+        <v>1891</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="s">
-        <v>40</v>
+        <v>1978</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1916</v>
+        <v>893</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>2038</v>
-[...4 lines deleted...]
-        </is>
+        <v>2041</v>
+      </c>
+      <c r="F301" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2039</v>
+        <v>2042</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="J301" s="5" t="s">
-        <v>1855</v>
+        <v>2044</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>35</v>
+        <v>2049</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>2032</v>
+        <v>16</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G302" s="5" t="s">
-        <v>1844</v>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>40</v>
+        <v>2052</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>261</v>
+        <v>1891</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>870</v>
+        <v>1977</v>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F303" s="5" t="s">
-        <v>2051</v>
+      <c r="F303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2052</v>
-[...3 lines deleted...]
-      </c>
+        <v>2057</v>
+      </c>
+      <c r="I303" s="5"/>
       <c r="J303" s="5" t="s">
-        <v>2054</v>
+        <v>1978</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2055</v>
+        <v>2058</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2056</v>
+        <v>2059</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2057</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="304">
-      <c r="A304" s="5" t="n">
-        <v>1912</v>
+      <c r="A304" s="5" t="s">
+        <v>2061</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>1761</v>
+        <v>893</v>
       </c>
       <c r="E304" s="5" t="s">
-        <v>1965</v>
-[...7 lines deleted...]
-        <v>2058</v>
+        <v>2062</v>
+      </c>
+      <c r="F304" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>435</v>
+        <v>2065</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2063</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2064</v>
+        <v>2069</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>870</v>
-[...12 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E305" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G305" s="5" t="s">
+        <v>1882</v>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2066</v>
-[...3 lines deleted...]
-      </c>
+        <v>2071</v>
+      </c>
+      <c r="I305" s="5"/>
       <c r="J305" s="5" t="s">
-        <v>2068</v>
+        <v>40</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2070</v>
+        <v>2073</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>1761</v>
+        <v>1954</v>
       </c>
       <c r="E306" s="5" t="s">
-        <v>1965</v>
+        <v>2076</v>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G306" s="5" t="s">
-        <v>2073</v>
+      <c r="G306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>435</v>
+        <v>1893</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2076</v>
+        <v>2079</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2072</v>
+        <v>2082</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>870</v>
-[...12 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="F307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G307" s="5" t="s">
+        <v>1882</v>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>2082</v>
+        <v>40</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2083</v>
+        <v>2085</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2084</v>
+        <v>2086</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>125</v>
+        <v>269</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F308" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F308" s="5" t="s">
+        <v>2089</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>40</v>
+        <v>2092</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="309">
-      <c r="A309" s="5" t="s">
-        <v>2092</v>
+      <c r="A309" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>870</v>
+        <v>1799</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>2093</v>
-[...7 lines deleted...]
-        </is>
+        <v>2003</v>
+      </c>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>2096</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>2096</v>
+        <v>451</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>1939</v>
+        <v>16</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1916</v>
-[...7 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>2103</v>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2103</v>
+        <v>2105</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>1855</v>
+        <v>2106</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>16</v>
+        <v>172</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>870</v>
+        <v>1799</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>1803</v>
-[...7 lines deleted...]
-        </is>
+        <v>2003</v>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G311" s="5" t="s">
+        <v>2111</v>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>2111</v>
+        <v>451</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2113</v>
+        <v>2115</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2114</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2115</v>
+        <v>2110</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>870</v>
+        <v>16</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>16</v>
+        <v>893</v>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F312" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F312" s="5" t="s">
+        <v>2117</v>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2117</v>
+        <v>2119</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2118</v>
+        <v>2120</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2119</v>
+        <v>2121</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>1851</v>
+        <v>125</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>1939</v>
+        <v>35</v>
       </c>
       <c r="E313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>1853</v>
-[...1 lines deleted...]
-      <c r="I313" s="5"/>
+        <v>2125</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>2126</v>
+      </c>
       <c r="J313" s="5" t="s">
-        <v>1940</v>
+        <v>40</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>173</v>
+        <v>16</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>1851</v>
+        <v>893</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>2127</v>
-[...4 lines deleted...]
-        </is>
+        <v>2131</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>1855</v>
+        <v>2134</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>2011</v>
+        <v>1977</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>16</v>
+        <v>1954</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>36</v>
+        <v>2139</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>2136</v>
+        <v>1893</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>2141</v>
+        <v>16</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1900</v>
-[...4 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1841</v>
       </c>
       <c r="F316" s="5" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I316" s="5"/>
+        <v>2147</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>2148</v>
+      </c>
       <c r="J316" s="5" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>1853</v>
+        <v>893</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>1939</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>16</v>
+      </c>
+      <c r="E317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>2148</v>
-[...1 lines deleted...]
-      <c r="I317" s="5"/>
+        <v>2154</v>
+      </c>
+      <c r="I317" s="5" t="s">
+        <v>2155</v>
+      </c>
       <c r="J317" s="5" t="s">
-        <v>1940</v>
+        <v>2156</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="B318" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>2153</v>
+        <v>1889</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>2154</v>
-[...5 lines deleted...]
-        <v>2156</v>
+        <v>1977</v>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H318" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H318" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I318" s="5"/>
       <c r="J318" s="5" t="s">
-        <v>2158</v>
+        <v>1978</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>1916</v>
+        <v>173</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>1939</v>
-[...4 lines deleted...]
-        </is>
+        <v>1889</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>2165</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2153</v>
-[...1 lines deleted...]
-      <c r="I319" s="5"/>
+        <v>2166</v>
+      </c>
+      <c r="I319" s="5" t="s">
+        <v>2167</v>
+      </c>
       <c r="J319" s="5" t="s">
-        <v>1940</v>
+        <v>1893</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2163</v>
+        <v>2168</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2164</v>
+        <v>2169</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2165</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2166</v>
+        <v>2171</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>1851</v>
+        <v>2049</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>1939</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E320" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H320" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I320" s="5"/>
+      <c r="H320" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>2173</v>
+      </c>
       <c r="J320" s="5" t="s">
-        <v>1940</v>
+        <v>2174</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>1853</v>
+        <v>2179</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1939</v>
-[...7 lines deleted...]
-        </is>
+        <v>1938</v>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F321" s="5" t="s">
+        <v>2180</v>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H321" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="I321" s="5"/>
       <c r="J321" s="5" t="s">
-        <v>1940</v>
+        <v>2181</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2172</v>
+        <v>2182</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2173</v>
+        <v>2183</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2174</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2175</v>
+        <v>2185</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>35</v>
+        <v>1891</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>125</v>
+        <v>1977</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>2176</v>
+        <v>37</v>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G322" s="5" t="s">
-        <v>2176</v>
+      <c r="G322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2177</v>
-[...3 lines deleted...]
-      </c>
+        <v>2186</v>
+      </c>
+      <c r="I322" s="5"/>
       <c r="J322" s="5" t="s">
-        <v>40</v>
+        <v>1978</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>14</v>
+        <v>1460</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>1873</v>
-[...9 lines deleted...]
-        </is>
+        <v>2192</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F323" s="5" t="s">
+        <v>2194</v>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I323" s="5"/>
+      <c r="H323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>2195</v>
+      </c>
       <c r="J323" s="5" t="s">
-        <v>2185</v>
+        <v>2196</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2186</v>
+        <v>2197</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2187</v>
+        <v>2198</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2188</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2189</v>
+        <v>2200</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1916</v>
+        <v>1954</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>1939</v>
+        <v>1977</v>
       </c>
       <c r="E324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H324" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H324" s="5" t="s">
+        <v>2191</v>
       </c>
       <c r="I324" s="5"/>
       <c r="J324" s="5" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2190</v>
+        <v>2201</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2191</v>
+        <v>2202</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2192</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2193</v>
+        <v>2204</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>1851</v>
+        <v>1889</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>173</v>
+        <v>1977</v>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H325" s="5" t="s">
-        <v>2194</v>
+      <c r="H325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="s">
-        <v>1940</v>
+        <v>1978</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2195</v>
+        <v>2205</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2196</v>
+        <v>2206</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2197</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2198</v>
+        <v>2208</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>870</v>
+        <v>1891</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>16</v>
+        <v>1977</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>1661</v>
-[...2 lines deleted...]
-        <v>2199</v>
+        <v>2209</v>
+      </c>
+      <c r="F326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H326" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I326" s="5"/>
       <c r="J326" s="5" t="s">
-        <v>2202</v>
+        <v>1978</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2203</v>
+        <v>2210</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2204</v>
+        <v>2211</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2205</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2206</v>
+        <v>2213</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>2011</v>
+        <v>125</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        </is>
+        <v>2214</v>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G327" s="5" t="s">
+        <v>2214</v>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2208</v>
+        <v>2215</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2209</v>
+        <v>2216</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2210</v>
+        <v>40</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>134</v>
+        <v>2221</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>870</v>
+        <v>1911</v>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F328" s="5" t="s">
-        <v>1676</v>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2215</v>
-[...3 lines deleted...]
-      </c>
+        <v>2222</v>
+      </c>
+      <c r="I328" s="5"/>
       <c r="J328" s="5" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2221</v>
+        <v>2227</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>16</v>
+        <v>1954</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>1676</v>
+        <v>1977</v>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H329" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I329" s="5"/>
       <c r="J329" s="5" t="s">
-        <v>2225</v>
+        <v>1978</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2226</v>
+        <v>2228</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2227</v>
+        <v>2229</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>125</v>
+        <v>1889</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F330" s="5" t="s">
-[...3 lines deleted...]
-        <v>2231</v>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H330" s="5" t="s">
         <v>2232</v>
       </c>
-      <c r="I330" s="5" t="s">
+      <c r="I330" s="5"/>
+      <c r="J330" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K330" s="5" t="s">
         <v>2233</v>
       </c>
-      <c r="J330" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K330" s="5" t="s">
+      <c r="L330" s="6" t="s">
         <v>2234</v>
       </c>
-      <c r="L330" s="6" t="s">
+      <c r="M330" s="5" t="s">
         <v>2235</v>
-      </c>
-[...1 lines deleted...]
-        <v>2236</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2237</v>
+        <v>2236</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D331" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D331" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E331" s="5" t="s">
+        <v>1699</v>
       </c>
       <c r="F331" s="5" t="s">
-        <v>1676</v>
+        <v>2237</v>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
         <v>2238</v>
       </c>
       <c r="I331" s="5" t="s">
         <v>2239</v>
       </c>
       <c r="J331" s="5" t="s">
         <v>2240</v>
       </c>
       <c r="K331" s="5" t="s">
         <v>2241</v>
       </c>
       <c r="L331" s="6" t="s">
         <v>2242</v>
       </c>
       <c r="M331" s="5" t="s">
         <v>2243</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
         <v>2244</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>2049</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F332" s="5" t="s">
-        <v>1676</v>
+        <v>2245</v>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2245</v>
+        <v>2246</v>
       </c>
       <c r="I332" s="5" t="s">
-        <v>2246</v>
+        <v>2247</v>
       </c>
       <c r="J332" s="5" t="s">
-        <v>2247</v>
+        <v>2248</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2251</v>
+        <v>2252</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>2183</v>
+        <v>134</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>1873</v>
-[...7 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F333" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>2252</v>
-[...1 lines deleted...]
-      <c r="I333" s="5"/>
+        <v>2253</v>
+      </c>
+      <c r="I333" s="5" t="s">
+        <v>2254</v>
+      </c>
       <c r="J333" s="5" t="s">
-        <v>2253</v>
+        <v>2255</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2254</v>
+        <v>2256</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2255</v>
+        <v>2257</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>2256</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2257</v>
+        <v>2259</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>2011</v>
+        <v>893</v>
       </c>
       <c r="E334" s="5" t="s">
-        <v>36</v>
+        <v>2260</v>
       </c>
       <c r="F334" s="5" t="s">
-        <v>2207</v>
+        <v>1714</v>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="I334" s="5" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="J334" s="5" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="M334" s="5" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D335" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D335" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F335" s="5" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G335" s="5" t="s">
+        <v>2269</v>
       </c>
       <c r="H335" s="5" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="I335" s="5" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="J335" s="5" t="s">
-        <v>2268</v>
+        <v>40</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="M335" s="5" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>2011</v>
+        <v>893</v>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F336" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F336" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="I336" s="5" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="J336" s="5" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>1958</v>
+        <v>16</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>1873</v>
-[...7 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F337" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="s">
-        <v>2280</v>
-[...1 lines deleted...]
-      <c r="I337" s="5"/>
+        <v>2283</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>2284</v>
+      </c>
       <c r="J337" s="5" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>2183</v>
+        <v>2221</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>1873</v>
-[...4 lines deleted...]
-        </is>
+        <v>1911</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>2290</v>
       </c>
       <c r="I338" s="5"/>
       <c r="J338" s="5" t="s">
-        <v>2281</v>
+        <v>2291</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2286</v>
+        <v>2292</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2287</v>
+        <v>2293</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2288</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2289</v>
+        <v>2295</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>2290</v>
+        <v>16</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>2291</v>
+        <v>2049</v>
       </c>
       <c r="E339" s="5" t="s">
-        <v>2292</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F339" s="5" t="s">
+        <v>2245</v>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>134</v>
+        <v>2303</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>2300</v>
+        <v>37</v>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
-        <v>2308</v>
+        <v>16</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>1958</v>
+        <v>2049</v>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2309</v>
-[...1 lines deleted...]
-      <c r="I341" s="5"/>
+        <v>2311</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>2312</v>
+      </c>
       <c r="J341" s="5" t="s">
-        <v>1960</v>
+        <v>2313</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2311</v>
+        <v>2315</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>16</v>
+        <v>1996</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>2011</v>
+        <v>1911</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2314</v>
+        <v>174</v>
+      </c>
+      <c r="F342" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2315</v>
-[...3 lines deleted...]
-      </c>
+        <v>2318</v>
+      </c>
+      <c r="I342" s="5"/>
       <c r="J342" s="5" t="s">
-        <v>2317</v>
+        <v>2319</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2318</v>
+        <v>2320</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2319</v>
+        <v>2321</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2320</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2321</v>
+        <v>2323</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>134</v>
+        <v>2221</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>870</v>
+        <v>1911</v>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H343" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I343" s="5"/>
       <c r="J343" s="5" t="s">
+        <v>2319</v>
+      </c>
+      <c r="K343" s="5" t="s">
         <v>2324</v>
       </c>
-      <c r="K343" s="5" t="s">
+      <c r="L343" s="6" t="s">
         <v>2325</v>
       </c>
-      <c r="L343" s="6" t="s">
+      <c r="M343" s="5" t="s">
         <v>2326</v>
-      </c>
-[...1 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2328</v>
+        <v>2327</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>173</v>
+        <v>2328</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>1851</v>
+        <v>2329</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>2329</v>
+        <v>2330</v>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2330</v>
+        <v>2331</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2331</v>
+        <v>2332</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>1855</v>
+        <v>2333</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>1851</v>
+        <v>134</v>
       </c>
       <c r="E345" s="5" t="s">
-        <v>2329</v>
+        <v>2338</v>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2336</v>
-[...1 lines deleted...]
-      <c r="I345" s="5"/>
+        <v>2339</v>
+      </c>
+      <c r="I345" s="5" t="s">
+        <v>2340</v>
+      </c>
       <c r="J345" s="5" t="s">
-        <v>1855</v>
+        <v>2341</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2337</v>
+        <v>2342</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2340</v>
+        <v>2345</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>35</v>
+        <v>2346</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1996</v>
+      </c>
+      <c r="E346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
-        <v>2341</v>
-[...3 lines deleted...]
-      </c>
+        <v>2347</v>
+      </c>
+      <c r="I346" s="5"/>
       <c r="J346" s="5" t="s">
-        <v>2343</v>
+        <v>1998</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>2011</v>
+        <v>2049</v>
       </c>
       <c r="E347" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F347" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F347" s="5" t="s">
+        <v>2352</v>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H347" s="5" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>2349</v>
+        <v>2354</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2352</v>
+        <v>2357</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>2353</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2354</v>
+        <v>2359</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>893</v>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2355</v>
+        <v>2360</v>
       </c>
       <c r="I348" s="5" t="s">
-        <v>2356</v>
+        <v>2361</v>
       </c>
       <c r="J348" s="5" t="s">
-        <v>2357</v>
+        <v>2362</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2358</v>
+        <v>2363</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2359</v>
+        <v>2364</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>2360</v>
+        <v>2365</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2361</v>
+        <v>2366</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>2362</v>
-[...4 lines deleted...]
-        </is>
+        <v>1889</v>
+      </c>
+      <c r="E349" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2363</v>
+        <v>2368</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>2364</v>
+        <v>2369</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>435</v>
+        <v>1893</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2365</v>
+        <v>2370</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2366</v>
+        <v>2371</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2367</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2368</v>
+        <v>2373</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>2369</v>
+        <v>1889</v>
       </c>
       <c r="E350" s="5" t="s">
-        <v>431</v>
+        <v>2367</v>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2370</v>
-[...3 lines deleted...]
-      </c>
+        <v>2374</v>
+      </c>
+      <c r="I350" s="5"/>
       <c r="J350" s="5" t="s">
-        <v>2372</v>
+        <v>1893</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2373</v>
+        <v>2375</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>2362</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E351" s="5" t="s">
+        <v>2379</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>1412</v>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2377</v>
+        <v>2380</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2378</v>
+        <v>2381</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>435</v>
+        <v>2382</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="352">
-      <c r="A352" s="5" t="n">
-        <v>1919</v>
+      <c r="A352" s="5" t="s">
+        <v>2386</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D352" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D352" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E352" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2382</v>
+        <v>2387</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2383</v>
+        <v>2388</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>435</v>
+        <v>2389</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2384</v>
+        <v>2390</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2385</v>
+        <v>2391</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2386</v>
+        <v>2392</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2387</v>
+        <v>2393</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>2362</v>
-[...4 lines deleted...]
-        </is>
+        <v>2049</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2388</v>
+        <v>2394</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2389</v>
+        <v>2395</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>435</v>
+        <v>2396</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2390</v>
+        <v>2397</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2391</v>
+        <v>2398</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2392</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2393</v>
+        <v>2400</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>2394</v>
+        <v>16</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>2011</v>
-[...7 lines deleted...]
-        <v>1053</v>
+        <v>2049</v>
+      </c>
+      <c r="E354" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2395</v>
+        <v>2401</v>
       </c>
       <c r="I354" s="5" t="s">
-        <v>2396</v>
+        <v>2402</v>
       </c>
       <c r="J354" s="5" t="s">
-        <v>2397</v>
+        <v>2403</v>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2398</v>
+        <v>2404</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2399</v>
+        <v>2405</v>
       </c>
       <c r="M354" s="5" t="s">
-        <v>2400</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2401</v>
+        <v>2407</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D355" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2408</v>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2402</v>
+        <v>2409</v>
       </c>
       <c r="I355" s="5" t="s">
-        <v>2403</v>
+        <v>2410</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2404</v>
+        <v>2411</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2406</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2407</v>
+        <v>2414</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>125</v>
+        <v>2415</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>36</v>
+        <v>447</v>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>2408</v>
+        <v>2416</v>
       </c>
       <c r="I356" s="5" t="s">
-        <v>2409</v>
+        <v>2417</v>
       </c>
       <c r="J356" s="5" t="s">
-        <v>40</v>
+        <v>2418</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2410</v>
+        <v>2419</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2411</v>
+        <v>2420</v>
       </c>
       <c r="M356" s="5" t="s">
-        <v>2412</v>
+        <v>2421</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2413</v>
+        <v>2422</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2408</v>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2414</v>
+        <v>2423</v>
       </c>
       <c r="I357" s="5" t="s">
-        <v>2415</v>
+        <v>2424</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>2416</v>
-[...4 lines deleted...]
-        </is>
+        <v>451</v>
+      </c>
+      <c r="K357" s="5" t="s">
+        <v>2425</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2417</v>
+        <v>2426</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2418</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="358">
-      <c r="A358" s="5" t="s">
-        <v>2419</v>
+      <c r="A358" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>2011</v>
-[...5 lines deleted...]
-        <v>2420</v>
+        <v>2408</v>
+      </c>
+      <c r="E358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F358" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2421</v>
+        <v>2428</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>2422</v>
+        <v>2429</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>2423</v>
+        <v>451</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2424</v>
+        <v>2430</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2425</v>
+        <v>2431</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>2426</v>
+        <v>2432</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2427</v>
+        <v>2433</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>125</v>
-[...8 lines deleted...]
-        <v>2429</v>
+        <v>2408</v>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="J359" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>14</v>
+        <v>1460</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>125</v>
+        <v>2440</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>35</v>
+        <v>2049</v>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F360" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F360" s="5" t="s">
+        <v>1075</v>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2436</v>
+        <v>2441</v>
       </c>
       <c r="I360" s="5" t="s">
-        <v>2437</v>
+        <v>2442</v>
       </c>
       <c r="J360" s="5" t="s">
-        <v>40</v>
+        <v>2443</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2438</v>
+        <v>2444</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>2440</v>
+        <v>2446</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2441</v>
+        <v>2447</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D361" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D361" s="5" t="s">
-[...8 lines deleted...]
-        <v>78</v>
+      <c r="E361" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2443</v>
-[...1 lines deleted...]
-      <c r="I361" s="5"/>
+        <v>2448</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>2449</v>
+      </c>
       <c r="J361" s="5" t="s">
-        <v>2444</v>
+        <v>40</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2445</v>
+        <v>2450</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2446</v>
+        <v>2451</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>2447</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2448</v>
+        <v>2453</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D362" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E362" s="5" t="s">
-        <v>2449</v>
+        <v>36</v>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>2452</v>
+        <v>40</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2453</v>
+        <v>2456</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>2457</v>
+        <v>16</v>
       </c>
       <c r="D363" s="5" t="s">
-        <v>16</v>
+        <v>2049</v>
       </c>
       <c r="E363" s="5" t="s">
-        <v>1466</v>
+        <v>36</v>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>2458</v>
+        <v>2460</v>
       </c>
       <c r="I363" s="5" t="s">
-        <v>2459</v>
+        <v>2461</v>
       </c>
       <c r="J363" s="5" t="s">
-        <v>2460</v>
-[...2 lines deleted...]
-        <v>2461</v>
+        <v>2462</v>
+      </c>
+      <c r="K363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2462</v>
+        <v>2463</v>
       </c>
       <c r="M363" s="5" t="s">
-        <v>2463</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2464</v>
+        <v>2465</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>35</v>
+        <v>269</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>1851</v>
+        <v>2049</v>
       </c>
       <c r="E364" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F364" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>2465</v>
+      <c r="F364" s="5" t="s">
+        <v>2466</v>
+      </c>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2466</v>
+        <v>2467</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>2467</v>
+        <v>2468</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>435</v>
+        <v>2469</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2468</v>
+        <v>2470</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2469</v>
+        <v>2471</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>2470</v>
+        <v>2472</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2471</v>
+        <v>2473</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>1851</v>
+        <v>125</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>2329</v>
-[...9 lines deleted...]
-        </is>
+        <v>2474</v>
+      </c>
+      <c r="F365" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G365" s="5" t="s">
+        <v>2475</v>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="J365" s="5" t="s">
-        <v>1855</v>
+        <v>40</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>2478</v>
+        <v>35</v>
+      </c>
+      <c r="E366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F366" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2479</v>
+        <v>2482</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>2480</v>
+        <v>2483</v>
       </c>
       <c r="J366" s="5" t="s">
-        <v>2481</v>
+        <v>40</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2482</v>
+        <v>2484</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2483</v>
+        <v>2485</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>2484</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2485</v>
+        <v>2487</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>125</v>
-[...10 lines deleted...]
-        <v>2487</v>
+        <v>2488</v>
+      </c>
+      <c r="E367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F367" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H367" s="5" t="s">
-        <v>2488</v>
-[...1 lines deleted...]
-      <c r="I367" s="5" t="s">
         <v>2489</v>
       </c>
+      <c r="I367" s="5"/>
       <c r="J367" s="5" t="s">
-        <v>40</v>
+        <v>2490</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2490</v>
+        <v>2491</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2491</v>
+        <v>2492</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>2492</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2493</v>
+        <v>2494</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>1888</v>
+        <v>893</v>
       </c>
       <c r="D368" s="5" t="s">
-        <v>962</v>
+        <v>16</v>
       </c>
       <c r="E368" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2495</v>
+      </c>
+      <c r="F368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>2494</v>
+        <v>2496</v>
       </c>
       <c r="I368" s="5" t="s">
-        <v>2495</v>
+        <v>2497</v>
       </c>
       <c r="J368" s="5" t="s">
-        <v>435</v>
+        <v>2498</v>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2496</v>
+        <v>2499</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="M368" s="5" t="s">
-        <v>2498</v>
+        <v>2501</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2499</v>
+        <v>2502</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>125</v>
+        <v>2503</v>
       </c>
       <c r="D369" s="5" t="s">
-        <v>2362</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1495</v>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="I369" s="5" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="J369" s="5" t="s">
-        <v>435</v>
+        <v>2506</v>
       </c>
       <c r="K369" s="5" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
       <c r="M369" s="5" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2505</v>
+        <v>2510</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>2506</v>
+        <v>35</v>
       </c>
       <c r="D370" s="5" t="s">
-        <v>962</v>
+        <v>1889</v>
       </c>
       <c r="E370" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>36</v>
+      </c>
+      <c r="F370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G370" s="5" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="I370" s="5" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="J370" s="5" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2511</v>
+        <v>2515</v>
       </c>
       <c r="M370" s="5" t="s">
-        <v>2512</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2513</v>
+        <v>2517</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>1888</v>
+        <v>173</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>962</v>
-[...7 lines deleted...]
-        <v>37</v>
+        <v>1889</v>
+      </c>
+      <c r="E371" s="5" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="s">
-        <v>2514</v>
+        <v>2518</v>
       </c>
       <c r="I371" s="5" t="s">
-        <v>2515</v>
+        <v>2519</v>
       </c>
       <c r="J371" s="5" t="s">
-        <v>2516</v>
+        <v>1893</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>2517</v>
+        <v>2520</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2518</v>
+        <v>2521</v>
       </c>
       <c r="M371" s="5" t="s">
-        <v>2519</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2520</v>
+        <v>2523</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>870</v>
+        <v>269</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>16</v>
+        <v>893</v>
       </c>
       <c r="E372" s="5" t="s">
-        <v>2521</v>
+        <v>36</v>
       </c>
       <c r="F372" s="5" t="s">
-        <v>1383</v>
+        <v>2524</v>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>2522</v>
+        <v>2525</v>
       </c>
       <c r="I372" s="5" t="s">
-        <v>2523</v>
+        <v>2526</v>
       </c>
       <c r="J372" s="5" t="s">
-        <v>2524</v>
+        <v>2527</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>2525</v>
+        <v>2528</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2526</v>
+        <v>2529</v>
       </c>
       <c r="M372" s="5" t="s">
-        <v>2527</v>
+        <v>2530</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2528</v>
+        <v>2531</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>1916</v>
+        <v>125</v>
       </c>
       <c r="E373" s="5" t="s">
-        <v>2329</v>
+        <v>2532</v>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G373" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G373" s="5" t="s">
+        <v>2533</v>
       </c>
       <c r="H373" s="5" t="s">
-        <v>2529</v>
+        <v>2534</v>
       </c>
       <c r="I373" s="5" t="s">
-        <v>2530</v>
+        <v>2535</v>
       </c>
       <c r="J373" s="5" t="s">
-        <v>1855</v>
+        <v>40</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>2531</v>
+        <v>2536</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2532</v>
+        <v>2537</v>
       </c>
       <c r="M373" s="5" t="s">
-        <v>2533</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2534</v>
+        <v>2539</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>35</v>
+        <v>1926</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E374" s="5" t="s">
-        <v>2535</v>
-[...7 lines deleted...]
-        <v>2536</v>
+        <v>37</v>
+      </c>
+      <c r="F374" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2537</v>
+        <v>2540</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>2538</v>
+        <v>2541</v>
       </c>
       <c r="J374" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2539</v>
+        <v>2542</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2540</v>
+        <v>2543</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>2541</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2542</v>
+        <v>2545</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="D375" s="5" t="s">
+        <v>2408</v>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2543</v>
-[...5 lines deleted...]
-        </is>
+        <v>2546</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>2547</v>
+      </c>
+      <c r="J375" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>2544</v>
+        <v>2548</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2545</v>
-[...1 lines deleted...]
-      <c r="M375" s="5"/>
+        <v>2549</v>
+      </c>
+      <c r="M375" s="5" t="s">
+        <v>2550</v>
+      </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2546</v>
+        <v>2551</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>1888</v>
+        <v>2552</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>962</v>
+        <v>878</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>2547</v>
+        <v>37</v>
       </c>
       <c r="F376" s="5" t="s">
         <v>37</v>
       </c>
       <c r="G376" s="5" t="s">
-        <v>2548</v>
+        <v>2553</v>
       </c>
       <c r="H376" s="5" t="s">
-        <v>2549</v>
+        <v>2554</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>2550</v>
+        <v>2555</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>2516</v>
+        <v>451</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2551</v>
+        <v>2556</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2552</v>
+        <v>2557</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2553</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2554</v>
+        <v>2559</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>1888</v>
+        <v>1926</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>962</v>
-[...2 lines deleted...]
-        <v>2547</v>
+        <v>878</v>
+      </c>
+      <c r="E377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F377" s="5" t="s">
         <v>37</v>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H377" s="5" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="I377" s="5" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="J377" s="5" t="s">
-        <v>435</v>
+        <v>2562</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2557</v>
+        <v>2563</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2558</v>
+        <v>2564</v>
       </c>
       <c r="M377" s="5" t="s">
-        <v>2559</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2560</v>
+        <v>2566</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D378" s="5" t="s">
-        <v>1851</v>
+        <v>16</v>
       </c>
       <c r="E378" s="5" t="s">
-        <v>2561</v>
-[...4 lines deleted...]
-        </is>
+        <v>2567</v>
+      </c>
+      <c r="F378" s="5" t="s">
+        <v>1412</v>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="s">
-        <v>2562</v>
+        <v>2568</v>
       </c>
       <c r="I378" s="5" t="s">
-        <v>2563</v>
+        <v>2569</v>
       </c>
       <c r="J378" s="5" t="s">
-        <v>1855</v>
+        <v>2570</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2564</v>
+        <v>2571</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2565</v>
+        <v>2572</v>
       </c>
       <c r="M378" s="5" t="s">
-        <v>2566</v>
+        <v>2573</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2567</v>
+        <v>2574</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D379" s="5" t="s">
-        <v>1851</v>
+        <v>1954</v>
       </c>
       <c r="E379" s="5" t="s">
-        <v>2329</v>
+        <v>2367</v>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2568</v>
+        <v>2575</v>
       </c>
       <c r="I379" s="5" t="s">
-        <v>2569</v>
+        <v>2576</v>
       </c>
       <c r="J379" s="5" t="s">
-        <v>1855</v>
+        <v>1893</v>
       </c>
       <c r="K379" s="5" t="s">
-        <v>2570</v>
+        <v>2577</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2571</v>
+        <v>2578</v>
       </c>
       <c r="M379" s="5" t="s">
-        <v>2572</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2573</v>
+        <v>2580</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C380" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D380" s="5" t="s">
-        <v>1851</v>
+        <v>125</v>
       </c>
       <c r="E380" s="5" t="s">
-        <v>36</v>
+        <v>2581</v>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G380" s="5" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="H380" s="5" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
       <c r="I380" s="5" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
       <c r="J380" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K380" s="5" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
       <c r="M380" s="5" t="s">
-        <v>2579</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2580</v>
+        <v>2588</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>2581</v>
+        <v>2589</v>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K381" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K381" s="5" t="s">
+        <v>2590</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2582</v>
+        <v>2591</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2583</v>
+        <v>2592</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>35</v>
+        <v>1926</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>2584</v>
-[...4 lines deleted...]
-        </is>
+        <v>2593</v>
+      </c>
+      <c r="F382" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G382" s="5" t="s">
-        <v>2585</v>
+        <v>2594</v>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2586</v>
+        <v>2595</v>
       </c>
       <c r="I382" s="5" t="s">
-        <v>2587</v>
+        <v>2596</v>
       </c>
       <c r="J382" s="5" t="s">
-        <v>40</v>
+        <v>2562</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2588</v>
+        <v>2597</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2589</v>
+        <v>2598</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2590</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2591</v>
+        <v>2600</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>35</v>
+        <v>1926</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E383" s="5" t="s">
-        <v>2592</v>
-[...6 lines deleted...]
-      <c r="G383" s="5" t="s">
         <v>2593</v>
       </c>
+      <c r="F383" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="H383" s="5" t="s">
-        <v>2594</v>
+        <v>2601</v>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2595</v>
+        <v>2602</v>
       </c>
       <c r="J383" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2596</v>
+        <v>2603</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2597</v>
+        <v>2604</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2598</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2599</v>
+        <v>2606</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>1888</v>
+        <v>173</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>962</v>
+        <v>1889</v>
       </c>
       <c r="E384" s="5" t="s">
-        <v>2600</v>
-[...5 lines deleted...]
-        <v>2602</v>
+        <v>2607</v>
+      </c>
+      <c r="F384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2603</v>
+        <v>2608</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2604</v>
+        <v>2609</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>435</v>
+        <v>1893</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2605</v>
+        <v>2610</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2606</v>
+        <v>2611</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>2607</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2608</v>
+        <v>2613</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D385" s="5" t="s">
-        <v>125</v>
+        <v>1889</v>
       </c>
       <c r="E385" s="5" t="s">
-        <v>36</v>
+        <v>2367</v>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G385" s="5" t="s">
-        <v>2609</v>
+      <c r="G385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H385" s="5" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="I385" s="5" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
       <c r="J385" s="5" t="s">
-        <v>40</v>
+        <v>1893</v>
       </c>
       <c r="K385" s="5" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2613</v>
+        <v>2617</v>
       </c>
       <c r="M385" s="5" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D386" s="5" t="s">
-        <v>125</v>
+        <v>1889</v>
       </c>
       <c r="E386" s="5" t="s">
-        <v>2616</v>
+        <v>36</v>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
       <c r="H386" s="5" t="s">
-        <v>2618</v>
-[...1 lines deleted...]
-      <c r="I386" s="5"/>
+        <v>2621</v>
+      </c>
+      <c r="I386" s="5" t="s">
+        <v>2622</v>
+      </c>
       <c r="J386" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K386" s="5" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2620</v>
+        <v>2624</v>
       </c>
       <c r="M386" s="5" t="s">
-        <v>2621</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2622</v>
+        <v>2626</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>2623</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>35</v>
+      </c>
+      <c r="D387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G387" s="5" t="s">
-        <v>2624</v>
+      <c r="G387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H387" s="5" t="s">
-        <v>2625</v>
+        <v>2627</v>
       </c>
       <c r="I387" s="5"/>
-      <c r="J387" s="5" t="s">
-[...3 lines deleted...]
-        <v>2627</v>
+      <c r="J387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L387" s="6" t="s">
         <v>2628</v>
       </c>
-      <c r="M387" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2630</v>
+        <v>2629</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>2623</v>
+        <v>35</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>2011</v>
+        <v>125</v>
       </c>
       <c r="E388" s="5" t="s">
-        <v>36</v>
+        <v>2630</v>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="s">
-        <v>2624</v>
+        <v>2631</v>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="J388" s="5" t="s">
-        <v>2626</v>
+        <v>40</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>2623</v>
+        <v>35</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>2011</v>
+        <v>125</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>36</v>
+        <v>2638</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="s">
-        <v>2624</v>
+        <v>2639</v>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2637</v>
+        <v>2640</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>2638</v>
+        <v>2641</v>
       </c>
       <c r="J389" s="5" t="s">
-        <v>2626</v>
+        <v>40</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2639</v>
+        <v>2642</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2640</v>
+        <v>2643</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>2623</v>
+        <v>1926</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>2011</v>
+        <v>878</v>
       </c>
       <c r="E390" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>2646</v>
+      </c>
+      <c r="F390" s="5" t="s">
+        <v>2647</v>
       </c>
       <c r="G390" s="5" t="s">
-        <v>2624</v>
+        <v>2648</v>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2643</v>
-[...1 lines deleted...]
-      <c r="I390" s="5"/>
+        <v>2649</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>2650</v>
+      </c>
       <c r="J390" s="5" t="s">
-        <v>2626</v>
+        <v>451</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2644</v>
+        <v>2651</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2645</v>
+        <v>2652</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>2646</v>
+        <v>2653</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2647</v>
+        <v>2654</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D391" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D391" s="5" t="s">
-[...8 lines deleted...]
-        <v>2230</v>
+      <c r="E391" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G391" s="5" t="s">
-        <v>2648</v>
+        <v>2655</v>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2649</v>
+        <v>2656</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2650</v>
+        <v>2657</v>
       </c>
       <c r="J391" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2651</v>
+        <v>2658</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2654</v>
+        <v>2661</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>1851</v>
+        <v>125</v>
       </c>
       <c r="E392" s="5" t="s">
-        <v>2329</v>
+        <v>2662</v>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G392" s="5" t="s">
+        <v>2663</v>
       </c>
       <c r="H392" s="5" t="s">
-        <v>2655</v>
-[...3 lines deleted...]
-      </c>
+        <v>2664</v>
+      </c>
+      <c r="I392" s="5"/>
       <c r="J392" s="5" t="s">
-        <v>1855</v>
+        <v>451</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2657</v>
+        <v>2665</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2658</v>
+        <v>2666</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>2659</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2660</v>
+        <v>2668</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
-        <v>125</v>
+        <v>2669</v>
       </c>
       <c r="D393" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>2049</v>
+      </c>
+      <c r="E393" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G393" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G393" s="5" t="s">
+        <v>2670</v>
       </c>
       <c r="H393" s="5" t="s">
-        <v>2661</v>
-[...3 lines deleted...]
-      </c>
+        <v>2671</v>
+      </c>
+      <c r="I393" s="5"/>
       <c r="J393" s="5" t="s">
-        <v>40</v>
+        <v>2672</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>2663</v>
+        <v>2673</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2664</v>
+        <v>2674</v>
       </c>
       <c r="M393" s="5" t="s">
-        <v>2665</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2666</v>
+        <v>2676</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>261</v>
+        <v>2669</v>
       </c>
       <c r="D394" s="5" t="s">
-        <v>125</v>
+        <v>2049</v>
       </c>
       <c r="E394" s="5" t="s">
-        <v>2667</v>
-[...2 lines deleted...]
-        <v>2668</v>
+        <v>36</v>
+      </c>
+      <c r="F394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G394" s="5" t="s">
-        <v>2667</v>
+        <v>2670</v>
       </c>
       <c r="H394" s="5" t="s">
-        <v>2669</v>
+        <v>2677</v>
       </c>
       <c r="I394" s="5" t="s">
-        <v>2670</v>
+        <v>2678</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>435</v>
+        <v>2672</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2671</v>
+        <v>2679</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2672</v>
+        <v>2680</v>
       </c>
       <c r="M394" s="5" t="s">
-        <v>2673</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2674</v>
+        <v>2682</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>2675</v>
+        <v>2669</v>
       </c>
       <c r="D395" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>2049</v>
+      </c>
+      <c r="E395" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G395" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G395" s="5" t="s">
+        <v>2670</v>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2676</v>
+        <v>2683</v>
       </c>
       <c r="I395" s="5" t="s">
-        <v>2677</v>
+        <v>2684</v>
       </c>
       <c r="J395" s="5" t="s">
-        <v>435</v>
+        <v>2672</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2678</v>
+        <v>2685</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2679</v>
+        <v>2686</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>2680</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2681</v>
+        <v>2688</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>35</v>
+        <v>2669</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>125</v>
+        <v>2049</v>
       </c>
       <c r="E396" s="5" t="s">
-        <v>2682</v>
+        <v>36</v>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="s">
-        <v>2683</v>
+        <v>2670</v>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>2689</v>
+      </c>
+      <c r="I396" s="5"/>
       <c r="J396" s="5" t="s">
-        <v>40</v>
+        <v>2672</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2686</v>
+        <v>2690</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2687</v>
+        <v>2691</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2688</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D397" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D397" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F397" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F397" s="5" t="s">
+        <v>2268</v>
+      </c>
+      <c r="G397" s="5" t="s">
+        <v>2694</v>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2690</v>
-[...10 lines deleted...]
-        </is>
+        <v>2695</v>
+      </c>
+      <c r="I397" s="5" t="s">
+        <v>2696</v>
+      </c>
+      <c r="J397" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K397" s="5" t="s">
+        <v>2697</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2691</v>
-[...1 lines deleted...]
-      <c r="M397" s="5"/>
+        <v>2698</v>
+      </c>
+      <c r="M397" s="5" t="s">
+        <v>2699</v>
+      </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="B398" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="D398" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E398" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2693</v>
-[...10 lines deleted...]
-        </is>
+        <v>2701</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>2702</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="K398" s="5" t="s">
+        <v>2703</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2694</v>
-[...1 lines deleted...]
-      <c r="M398" s="5"/>
+        <v>2704</v>
+      </c>
+      <c r="M398" s="5" t="s">
+        <v>2705</v>
+      </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2695</v>
+        <v>2706</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D399" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D399" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H399" s="5" t="s">
-        <v>2696</v>
-[...10 lines deleted...]
-        </is>
+        <v>2707</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>2708</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K399" s="5" t="s">
+        <v>2709</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2697</v>
-[...1 lines deleted...]
-      <c r="M399" s="5"/>
+        <v>2710</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>2711</v>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2698</v>
+        <v>2712</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>35</v>
-[...19 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E400" s="5" t="s">
+        <v>2713</v>
+      </c>
+      <c r="F400" s="5" t="s">
+        <v>2714</v>
+      </c>
+      <c r="G400" s="5" t="s">
+        <v>2713</v>
       </c>
       <c r="H400" s="5" t="s">
-        <v>2699</v>
-[...10 lines deleted...]
-        </is>
+        <v>2715</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2716</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K400" s="5" t="s">
+        <v>2717</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2700</v>
-[...1 lines deleted...]
-      <c r="M400" s="5"/>
+        <v>2718</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>2719</v>
+      </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2701</v>
+        <v>2720</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C401" s="5" t="s">
+        <v>2721</v>
+      </c>
+      <c r="D401" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D401" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2702</v>
-[...10 lines deleted...]
-        </is>
+        <v>2722</v>
+      </c>
+      <c r="I401" s="5" t="s">
+        <v>2723</v>
+      </c>
+      <c r="J401" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K401" s="5" t="s">
+        <v>2724</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2703</v>
-[...1 lines deleted...]
-      <c r="M401" s="5"/>
+        <v>2725</v>
+      </c>
+      <c r="M401" s="5" t="s">
+        <v>2726</v>
+      </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2704</v>
+        <v>2727</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>2537</v>
+        <v>35</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>2442</v>
+        <v>125</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>36</v>
+        <v>2728</v>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G402" s="5" t="s">
-        <v>2705</v>
+        <v>2729</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2706</v>
+        <v>2730</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2707</v>
+        <v>2731</v>
       </c>
       <c r="J402" s="5" t="s">
-        <v>435</v>
+        <v>40</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2708</v>
+        <v>2732</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2709</v>
+        <v>2733</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2710</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2711</v>
+        <v>2735</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>35</v>
+      </c>
+      <c r="D403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2712</v>
-[...8 lines deleted...]
-        <v>2715</v>
+        <v>2736</v>
+      </c>
+      <c r="I403" s="5"/>
+      <c r="J403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2716</v>
-[...3 lines deleted...]
-      </c>
+        <v>2737</v>
+      </c>
+      <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2718</v>
+        <v>2738</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>2329</v>
+        <v>35</v>
+      </c>
+      <c r="D404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="s">
-        <v>2719</v>
-[...8 lines deleted...]
-        <v>2721</v>
+        <v>2739</v>
+      </c>
+      <c r="I404" s="5"/>
+      <c r="J404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2722</v>
-[...3 lines deleted...]
-      </c>
+        <v>2740</v>
+      </c>
+      <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2724</v>
+        <v>2741</v>
       </c>
       <c r="B405" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C405" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D405" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="D405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G405" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2726</v>
-[...8 lines deleted...]
-        <v>2728</v>
+        <v>2742</v>
+      </c>
+      <c r="I405" s="5"/>
+      <c r="J405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2729</v>
-[...3 lines deleted...]
-      </c>
+        <v>2743</v>
+      </c>
+      <c r="M405" s="5"/>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2731</v>
+        <v>2744</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>35</v>
+      </c>
+      <c r="D406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F406" s="5" t="s">
-        <v>2732</v>
+      <c r="F406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H406" s="5" t="s">
-        <v>2733</v>
-[...8 lines deleted...]
-        <v>2736</v>
+        <v>2745</v>
+      </c>
+      <c r="I406" s="5"/>
+      <c r="J406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2737</v>
-[...3 lines deleted...]
-      </c>
+        <v>2746</v>
+      </c>
+      <c r="M406" s="5"/>
     </row>
     <row r="407">
-      <c r="A407" s="5" t="n">
-        <v>1927</v>
+      <c r="A407" s="5" t="s">
+        <v>2747</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C407" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2739</v>
-[...8 lines deleted...]
-        <v>2742</v>
+        <v>2748</v>
+      </c>
+      <c r="I407" s="5"/>
+      <c r="J407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2743</v>
-[...3 lines deleted...]
-      </c>
+        <v>2749</v>
+      </c>
+      <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>35</v>
+        <v>2583</v>
       </c>
       <c r="D408" s="5" t="s">
-        <v>125</v>
+        <v>2488</v>
       </c>
       <c r="E408" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G408" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G408" s="5" t="s">
+        <v>2751</v>
       </c>
       <c r="H408" s="5" t="s">
-        <v>2746</v>
-[...1 lines deleted...]
-      <c r="I408" s="5"/>
+        <v>2752</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>2753</v>
+      </c>
       <c r="J408" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2747</v>
+        <v>2754</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2748</v>
+        <v>2755</v>
       </c>
       <c r="M408" s="5" t="s">
-        <v>2749</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2750</v>
+        <v>2757</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>35</v>
+        <v>269</v>
       </c>
       <c r="D409" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2049</v>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G409" s="5" t="s">
-        <v>2751</v>
+      <c r="G409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H409" s="5" t="s">
-        <v>2752</v>
-[...1 lines deleted...]
-      <c r="I409" s="5"/>
+        <v>2758</v>
+      </c>
+      <c r="I409" s="5" t="s">
+        <v>2759</v>
+      </c>
       <c r="J409" s="5" t="s">
-        <v>40</v>
+        <v>2760</v>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2753</v>
+        <v>2761</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2754</v>
+        <v>2762</v>
       </c>
       <c r="M409" s="5" t="s">
-        <v>2755</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2756</v>
+        <v>2764</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>870</v>
+        <v>1889</v>
       </c>
       <c r="E410" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>2757</v>
+        <v>2367</v>
+      </c>
+      <c r="F410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="s">
-        <v>2758</v>
-[...1 lines deleted...]
-      <c r="I410" s="5"/>
+        <v>2765</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>2766</v>
+      </c>
       <c r="J410" s="5" t="s">
-        <v>2759</v>
+        <v>1893</v>
       </c>
       <c r="K410" s="5" t="s">
-        <v>2760</v>
+        <v>2767</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2761</v>
+        <v>2768</v>
       </c>
       <c r="M410" s="5" t="s">
-        <v>2762</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2763</v>
+        <v>2770</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D411" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D411" s="5" t="s">
+        <v>2771</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H411" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H411" s="5" t="s">
+        <v>2772</v>
+      </c>
+      <c r="I411" s="5" t="s">
+        <v>2773</v>
+      </c>
+      <c r="J411" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="K411" s="5" t="s">
-        <v>2764</v>
+        <v>2774</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2765</v>
-[...1 lines deleted...]
-      <c r="M411" s="5"/>
+        <v>2775</v>
+      </c>
+      <c r="M411" s="5" t="s">
+        <v>2776</v>
+      </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2766</v>
+        <v>2777</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>269</v>
+      </c>
+      <c r="D412" s="5" t="s">
+        <v>2049</v>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F412" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F412" s="5" t="s">
+        <v>2778</v>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H412" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H412" s="5" t="s">
+        <v>2779</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>2780</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>2781</v>
       </c>
       <c r="K412" s="5" t="s">
-        <v>2764</v>
+        <v>2782</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2767</v>
-[...1 lines deleted...]
-      <c r="M412" s="5"/>
+        <v>2783</v>
+      </c>
+      <c r="M412" s="5" t="s">
+        <v>2784</v>
+      </c>
     </row>
     <row r="413">
-      <c r="A413" s="5" t="s">
-        <v>2768</v>
+      <c r="A413" s="5" t="n">
+        <v>1927</v>
       </c>
       <c r="B413" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H413" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H413" s="5" t="s">
+        <v>2785</v>
+      </c>
+      <c r="I413" s="5" t="s">
+        <v>2786</v>
+      </c>
+      <c r="J413" s="5" t="s">
+        <v>2787</v>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2764</v>
+        <v>2788</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2769</v>
-[...1 lines deleted...]
-      <c r="M413" s="5"/>
+        <v>2789</v>
+      </c>
+      <c r="M413" s="5" t="s">
+        <v>2790</v>
+      </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2770</v>
+        <v>2791</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D414" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D414" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E414" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H414" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H414" s="5" t="s">
+        <v>2792</v>
       </c>
       <c r="I414" s="5"/>
-      <c r="J414" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J414" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2764</v>
+        <v>2793</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2771</v>
-[...1 lines deleted...]
-      <c r="M414" s="5"/>
+        <v>2794</v>
+      </c>
+      <c r="M414" s="5" t="s">
+        <v>2795</v>
+      </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2772</v>
+        <v>2796</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D415" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D415" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E415" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G415" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G415" s="5" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H415" s="5" t="s">
+        <v>2798</v>
       </c>
       <c r="I415" s="5"/>
-      <c r="J415" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J415" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2764</v>
+        <v>2799</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2773</v>
-[...1 lines deleted...]
-      <c r="M415" s="5"/>
+        <v>2800</v>
+      </c>
+      <c r="M415" s="5" t="s">
+        <v>2801</v>
+      </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2774</v>
+        <v>2802</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="D416" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E416" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>2803</v>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2775</v>
+        <v>2804</v>
       </c>
       <c r="I416" s="5"/>
-      <c r="J416" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J416" s="5" t="s">
+        <v>2805</v>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2764</v>
+        <v>2806</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2776</v>
-[...1 lines deleted...]
-      <c r="M416" s="5"/>
+        <v>2807</v>
+      </c>
+      <c r="M416" s="5" t="s">
+        <v>2808</v>
+      </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2777</v>
+        <v>2809</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H417" s="5" t="s">
-        <v>2778</v>
+      <c r="H417" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I417" s="5"/>
       <c r="J417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2779</v>
+        <v>2811</v>
       </c>
       <c r="M417" s="5"/>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2780</v>
+        <v>2812</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H418" s="5" t="s">
-        <v>2781</v>
+      <c r="H418" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2782</v>
+        <v>2813</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2783</v>
+        <v>2814</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2784</v>
+        <v>2815</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2785</v>
+        <v>2816</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2786</v>
+        <v>2817</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2787</v>
+        <v>2818</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C421" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H421" s="5" t="s">
-        <v>2788</v>
+      <c r="H421" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2789</v>
+        <v>2819</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2790</v>
+        <v>2820</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2788</v>
+        <v>2821</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2791</v>
+        <v>2822</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2792</v>
+        <v>2823</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>1391</v>
-[...4 lines deleted...]
-        </is>
+        <v>1420</v>
+      </c>
+      <c r="C423" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H423" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H423" s="5" t="s">
+        <v>2824</v>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2793</v>
+        <v>2825</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2794</v>
+        <v>2826</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H424" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H424" s="5" t="s">
+        <v>2827</v>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2795</v>
+        <v>2828</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2796</v>
+        <v>2829</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C425" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2797</v>
+        <v>2830</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2798</v>
+        <v>2831</v>
       </c>
       <c r="B426" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C426" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H426" s="5" t="s">
-        <v>2799</v>
+      <c r="H426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2800</v>
+        <v>2832</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2801</v>
+        <v>2833</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C427" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H427" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H427" s="5" t="s">
+        <v>2834</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2802</v>
+        <v>2835</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2803</v>
+        <v>2836</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C428" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H428" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H428" s="5" t="s">
+        <v>2834</v>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2804</v>
+        <v>2837</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2805</v>
+        <v>2838</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>1391</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>1420</v>
+      </c>
+      <c r="C429" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2806</v>
+        <v>2839</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2807</v>
+        <v>2840</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C430" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I430" s="5"/>
       <c r="J430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2808</v>
+        <v>2841</v>
       </c>
       <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2809</v>
+        <v>2842</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C431" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H431" s="5" t="s">
-        <v>2788</v>
+      <c r="H431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I431" s="5"/>
       <c r="J431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2810</v>
+        <v>2843</v>
       </c>
       <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2811</v>
+        <v>2844</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2812</v>
+        <v>2845</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2813</v>
+        <v>2846</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2814</v>
+        <v>2847</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H433" s="5" t="s">
-        <v>2815</v>
+      <c r="H433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2816</v>
+        <v>2848</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2817</v>
+        <v>2849</v>
       </c>
       <c r="B434" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C434" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2818</v>
+        <v>2850</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2819</v>
+        <v>2851</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2820</v>
+        <v>2852</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2821</v>
+        <v>2853</v>
       </c>
       <c r="B436" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C436" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2822</v>
+        <v>2854</v>
       </c>
       <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2823</v>
+        <v>2855</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C437" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H437" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H437" s="5" t="s">
+        <v>2834</v>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2824</v>
+        <v>2856</v>
       </c>
       <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2825</v>
+        <v>2857</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2826</v>
+        <v>2858</v>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2827</v>
+        <v>2859</v>
       </c>
       <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2828</v>
+        <v>2860</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C439" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="s">
-        <v>2829</v>
+        <v>2861</v>
       </c>
       <c r="I439" s="5"/>
       <c r="J439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2830</v>
+        <v>2862</v>
       </c>
       <c r="M439" s="5"/>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2831</v>
+        <v>2863</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H440" s="5" t="s">
-        <v>2832</v>
+      <c r="H440" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I440" s="5"/>
       <c r="J440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2833</v>
+        <v>2864</v>
       </c>
       <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2834</v>
+        <v>2865</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C441" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H441" s="5" t="s">
-        <v>2835</v>
+      <c r="H441" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2836</v>
+        <v>2866</v>
       </c>
       <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2837</v>
+        <v>2867</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C442" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H442" s="5" t="s">
-        <v>2838</v>
+      <c r="H442" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2839</v>
+        <v>2868</v>
       </c>
       <c r="M442" s="5"/>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2840</v>
+        <v>2869</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I443" s="5"/>
       <c r="J443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2841</v>
+        <v>2870</v>
       </c>
       <c r="M443" s="5"/>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2842</v>
+        <v>2871</v>
       </c>
       <c r="B444" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C444" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2843</v>
+        <v>2872</v>
       </c>
       <c r="I444" s="5"/>
       <c r="J444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2844</v>
+        <v>2873</v>
       </c>
       <c r="M444" s="5"/>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2845</v>
+        <v>2874</v>
       </c>
       <c r="B445" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C445" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2846</v>
+        <v>2875</v>
       </c>
       <c r="I445" s="5"/>
       <c r="J445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2847</v>
+        <v>2876</v>
       </c>
       <c r="M445" s="5"/>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2848</v>
+        <v>2877</v>
       </c>
       <c r="B446" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C446" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2849</v>
+        <v>2878</v>
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2850</v>
+        <v>2879</v>
       </c>
       <c r="M446" s="5"/>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2851</v>
+        <v>2880</v>
       </c>
       <c r="B447" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C447" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2829</v>
+        <v>2881</v>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2852</v>
+        <v>2882</v>
       </c>
       <c r="M447" s="5"/>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2853</v>
+        <v>2883</v>
       </c>
       <c r="B448" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C448" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H448" s="5" t="s">
-        <v>2854</v>
+        <v>2884</v>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2855</v>
+        <v>2885</v>
       </c>
       <c r="M448" s="5"/>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2856</v>
+        <v>2886</v>
       </c>
       <c r="B449" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I449" s="5"/>
       <c r="J449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2857</v>
+        <v>2887</v>
       </c>
       <c r="M449" s="5"/>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2858</v>
+        <v>2888</v>
       </c>
       <c r="B450" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2859</v>
+        <v>2889</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2860</v>
+        <v>2890</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2861</v>
+        <v>2891</v>
       </c>
       <c r="B451" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C451" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2859</v>
+        <v>2892</v>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2862</v>
+        <v>2893</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2863</v>
+        <v>2894</v>
       </c>
       <c r="B452" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2859</v>
+        <v>2895</v>
       </c>
       <c r="I452" s="5"/>
       <c r="J452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2864</v>
+        <v>2896</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2865</v>
+        <v>2897</v>
       </c>
       <c r="B453" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2859</v>
+        <v>2875</v>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2866</v>
+        <v>2898</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2867</v>
+        <v>2899</v>
       </c>
       <c r="B454" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>2442</v>
+        <v>35</v>
       </c>
       <c r="D454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H454" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H454" s="5" t="s">
+        <v>2900</v>
       </c>
       <c r="I454" s="5"/>
       <c r="J454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2868</v>
+        <v>2901</v>
       </c>
       <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2869</v>
+        <v>2902</v>
       </c>
       <c r="B455" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C455" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H455" s="5" t="s">
-        <v>2859</v>
+      <c r="H455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2870</v>
+        <v>2903</v>
       </c>
       <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2871</v>
+        <v>2904</v>
       </c>
       <c r="B456" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C456" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2859</v>
+        <v>2905</v>
       </c>
       <c r="I456" s="5"/>
       <c r="J456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2764</v>
+        <v>2810</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2872</v>
+        <v>2906</v>
       </c>
       <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2873</v>
+        <v>2907</v>
       </c>
       <c r="B457" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C457" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2874</v>
+        <v>2905</v>
       </c>
       <c r="I457" s="5"/>
       <c r="J457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2876</v>
+        <v>2908</v>
       </c>
       <c r="M457" s="5"/>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2877</v>
+        <v>2909</v>
       </c>
       <c r="B458" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C458" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2878</v>
+        <v>2905</v>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2879</v>
+        <v>2910</v>
       </c>
       <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2880</v>
+        <v>2911</v>
       </c>
       <c r="B459" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C459" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H459" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H459" s="5" t="s">
+        <v>2905</v>
       </c>
       <c r="I459" s="5"/>
       <c r="J459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2881</v>
+        <v>2912</v>
       </c>
       <c r="M459" s="5"/>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2882</v>
+        <v>2913</v>
       </c>
       <c r="B460" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>35</v>
+        <v>2488</v>
       </c>
       <c r="D460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I460" s="5"/>
       <c r="J460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2883</v>
+        <v>2914</v>
       </c>
       <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2884</v>
+        <v>2915</v>
       </c>
       <c r="B461" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C461" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2885</v>
+        <v>2905</v>
       </c>
       <c r="I461" s="5"/>
       <c r="J461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2886</v>
+        <v>2916</v>
       </c>
       <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2887</v>
+        <v>2917</v>
       </c>
       <c r="B462" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2888</v>
+        <v>2905</v>
       </c>
       <c r="I462" s="5"/>
       <c r="J462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2875</v>
+        <v>2810</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2889</v>
+        <v>2918</v>
       </c>
       <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2890</v>
+        <v>2919</v>
       </c>
       <c r="B463" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2888</v>
+        <v>2920</v>
       </c>
       <c r="I463" s="5"/>
       <c r="J463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2891</v>
+        <v>2922</v>
       </c>
       <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2892</v>
+        <v>2923</v>
       </c>
       <c r="B464" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H464" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H464" s="5" t="s">
+        <v>2924</v>
       </c>
       <c r="I464" s="5"/>
       <c r="J464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2893</v>
+        <v>2925</v>
       </c>
       <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2894</v>
+        <v>2926</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C465" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I465" s="5"/>
       <c r="J465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2895</v>
+        <v>2927</v>
       </c>
       <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2896</v>
+        <v>2928</v>
       </c>
       <c r="B466" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I466" s="5"/>
       <c r="J466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2897</v>
+        <v>2929</v>
       </c>
       <c r="M466" s="5"/>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2898</v>
+        <v>2930</v>
       </c>
       <c r="B467" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C467" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2859</v>
+        <v>2931</v>
       </c>
       <c r="I467" s="5"/>
       <c r="J467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2899</v>
+        <v>2932</v>
       </c>
       <c r="M467" s="5"/>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2900</v>
+        <v>2933</v>
       </c>
       <c r="B468" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>35</v>
+      </c>
+      <c r="D468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2901</v>
-[...5 lines deleted...]
-        <v>2903</v>
+        <v>2934</v>
+      </c>
+      <c r="I468" s="5"/>
+      <c r="J468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2904</v>
+        <v>2921</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2905</v>
-[...3 lines deleted...]
-      </c>
+        <v>2935</v>
+      </c>
+      <c r="M468" s="5"/>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2907</v>
+        <v>2936</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C469" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2859</v>
+        <v>2934</v>
       </c>
       <c r="I469" s="5"/>
       <c r="J469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2908</v>
+        <v>2937</v>
       </c>
       <c r="M469" s="5"/>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2909</v>
+        <v>2938</v>
       </c>
       <c r="B470" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C470" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H470" s="5" t="s">
-        <v>2859</v>
+      <c r="H470" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I470" s="5"/>
       <c r="J470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2910</v>
+        <v>2939</v>
       </c>
       <c r="M470" s="5"/>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2911</v>
+        <v>2940</v>
       </c>
       <c r="B471" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I471" s="5"/>
       <c r="J471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2912</v>
+        <v>2941</v>
       </c>
       <c r="M471" s="5"/>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2913</v>
+        <v>2942</v>
       </c>
       <c r="B472" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C472" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H472" s="5" t="s">
-        <v>2859</v>
+      <c r="H472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I472" s="5"/>
       <c r="J472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2914</v>
+        <v>2943</v>
       </c>
       <c r="M472" s="5"/>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2915</v>
+        <v>2944</v>
       </c>
       <c r="B473" s="5" t="s">
-        <v>1391</v>
-[...4 lines deleted...]
-        </is>
+        <v>1420</v>
+      </c>
+      <c r="C473" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2859</v>
+        <v>2905</v>
       </c>
       <c r="I473" s="5"/>
       <c r="J473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2916</v>
+        <v>2945</v>
       </c>
       <c r="M473" s="5"/>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2917</v>
+        <v>2946</v>
       </c>
       <c r="B474" s="5" t="s">
-        <v>1391</v>
+        <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="D474" s="5" t="s">
+        <v>358</v>
       </c>
       <c r="E474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2918</v>
-[...5 lines deleted...]
-        </is>
+        <v>2947</v>
+      </c>
+      <c r="I474" s="5" t="s">
+        <v>2948</v>
+      </c>
+      <c r="J474" s="5" t="s">
+        <v>2949</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2875</v>
+        <v>2950</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2919</v>
-[...1 lines deleted...]
-      <c r="M474" s="5"/>
+        <v>2951</v>
+      </c>
+      <c r="M474" s="5" t="s">
+        <v>2952</v>
+      </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2920</v>
+        <v>2953</v>
       </c>
       <c r="B475" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C475" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H475" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H475" s="5" t="s">
+        <v>2905</v>
       </c>
       <c r="I475" s="5"/>
       <c r="J475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2921</v>
+        <v>2954</v>
       </c>
       <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2922</v>
+        <v>2955</v>
       </c>
       <c r="B476" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C476" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2859</v>
+        <v>2905</v>
       </c>
       <c r="I476" s="5"/>
       <c r="J476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2923</v>
+        <v>2956</v>
       </c>
       <c r="M476" s="5"/>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2924</v>
+        <v>2957</v>
       </c>
       <c r="B477" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H477" s="5" t="s">
-        <v>2859</v>
+      <c r="H477" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2925</v>
+        <v>2958</v>
       </c>
       <c r="M477" s="5"/>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2926</v>
+        <v>2959</v>
       </c>
       <c r="B478" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H478" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H478" s="5" t="s">
+        <v>2905</v>
       </c>
       <c r="I478" s="5"/>
       <c r="J478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2927</v>
+        <v>2960</v>
       </c>
       <c r="M478" s="5"/>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2928</v>
+        <v>2961</v>
       </c>
       <c r="B479" s="5" t="s">
-        <v>1391</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>1420</v>
+      </c>
+      <c r="C479" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H479" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H479" s="5" t="s">
+        <v>2905</v>
       </c>
       <c r="I479" s="5"/>
       <c r="J479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2929</v>
+        <v>2962</v>
       </c>
       <c r="M479" s="5"/>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2930</v>
+        <v>2963</v>
       </c>
       <c r="B480" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2829</v>
+        <v>2964</v>
       </c>
       <c r="I480" s="5"/>
       <c r="J480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2931</v>
+        <v>2965</v>
       </c>
       <c r="M480" s="5"/>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2932</v>
+        <v>2966</v>
       </c>
       <c r="B481" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H481" s="5" t="s">
-        <v>2933</v>
+      <c r="H481" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I481" s="5"/>
       <c r="J481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2934</v>
+        <v>2967</v>
       </c>
       <c r="M481" s="5"/>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2935</v>
+        <v>2968</v>
       </c>
       <c r="B482" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C482" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2859</v>
+        <v>2905</v>
       </c>
       <c r="I482" s="5"/>
       <c r="J482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2936</v>
+        <v>2969</v>
       </c>
       <c r="M482" s="5"/>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2937</v>
+        <v>2970</v>
       </c>
       <c r="B483" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C483" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2859</v>
+        <v>2905</v>
       </c>
       <c r="I483" s="5"/>
       <c r="J483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2938</v>
+        <v>2971</v>
       </c>
       <c r="M483" s="5"/>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2939</v>
+        <v>2972</v>
       </c>
       <c r="B484" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C484" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I484" s="5"/>
       <c r="J484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2940</v>
+        <v>2973</v>
       </c>
       <c r="M484" s="5"/>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2941</v>
+        <v>2974</v>
       </c>
       <c r="B485" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H485" s="5" t="s">
-        <v>2888</v>
+      <c r="H485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I485" s="5"/>
       <c r="J485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2942</v>
+        <v>2975</v>
       </c>
       <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2943</v>
+        <v>2976</v>
       </c>
       <c r="B486" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="s">
-        <v>2944</v>
+        <v>2875</v>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2945</v>
+        <v>2977</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2946</v>
+        <v>2978</v>
       </c>
       <c r="B487" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C487" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H487" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H487" s="5" t="s">
+        <v>2979</v>
       </c>
       <c r="I487" s="5"/>
       <c r="J487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K487" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2947</v>
+        <v>2980</v>
       </c>
       <c r="M487" s="5"/>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2948</v>
+        <v>2981</v>
       </c>
       <c r="B488" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C488" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H488" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H488" s="5" t="s">
+        <v>2905</v>
       </c>
       <c r="I488" s="5"/>
       <c r="J488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2949</v>
+        <v>2982</v>
       </c>
       <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2950</v>
+        <v>2983</v>
       </c>
       <c r="B489" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C489" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>2442</v>
+        <v>2905</v>
       </c>
       <c r="I489" s="5"/>
       <c r="J489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2951</v>
+        <v>2984</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2952</v>
+        <v>2985</v>
       </c>
       <c r="B490" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C490" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I490" s="5"/>
       <c r="J490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2953</v>
+        <v>2986</v>
       </c>
       <c r="M490" s="5"/>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2954</v>
+        <v>2987</v>
       </c>
       <c r="B491" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C491" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="s">
-        <v>2442</v>
+        <v>2934</v>
       </c>
       <c r="I491" s="5"/>
       <c r="J491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2955</v>
+        <v>2988</v>
       </c>
       <c r="M491" s="5"/>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2956</v>
+        <v>2989</v>
       </c>
       <c r="B492" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>2442</v>
+        <v>2990</v>
       </c>
       <c r="I492" s="5"/>
       <c r="J492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K492" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2957</v>
+        <v>2991</v>
       </c>
       <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2958</v>
+        <v>2992</v>
       </c>
       <c r="B493" s="5" t="s">
-        <v>1391</v>
+        <v>1420</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H493" s="5" t="s">
-        <v>2362</v>
+      <c r="H493" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K493" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>2959</v>
+        <v>2993</v>
       </c>
       <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>2960</v>
+        <v>2994</v>
       </c>
       <c r="B494" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C494" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>870</v>
+        <v>35</v>
+      </c>
+      <c r="D494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F494" s="5" t="s">
-        <v>2961</v>
+      <c r="F494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H494" s="5" t="s">
-[...6 lines deleted...]
-        <v>2964</v>
+      <c r="H494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I494" s="5"/>
+      <c r="J494" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K494" s="5" t="s">
-        <v>2965</v>
+        <v>2921</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>2966</v>
-[...3 lines deleted...]
-      </c>
+        <v>2995</v>
+      </c>
+      <c r="M494" s="5"/>
     </row>
     <row r="495">
-      <c r="A495" s="5" t="n">
-        <v>1928</v>
+      <c r="A495" s="5" t="s">
+        <v>2996</v>
       </c>
       <c r="B495" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>2537</v>
-[...5 lines deleted...]
-        <v>2968</v>
+        <v>35</v>
+      </c>
+      <c r="D495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>1851</v>
-[...5 lines deleted...]
-        <v>2970</v>
+        <v>2488</v>
+      </c>
+      <c r="I495" s="5"/>
+      <c r="J495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K495" s="5" t="s">
-        <v>2971</v>
+        <v>2921</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>2972</v>
-[...3 lines deleted...]
-      </c>
+        <v>2997</v>
+      </c>
+      <c r="M495" s="5"/>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>2974</v>
+        <v>2998</v>
       </c>
       <c r="B496" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C496" s="5" t="s">
-        <v>2975</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>35</v>
+      </c>
+      <c r="D496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H496" s="5" t="s">
-[...6 lines deleted...]
-        <v>2979</v>
+      <c r="H496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I496" s="5"/>
+      <c r="J496" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2980</v>
+        <v>2921</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2981</v>
-[...3 lines deleted...]
-      </c>
+        <v>2999</v>
+      </c>
+      <c r="M496" s="5"/>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>2983</v>
+        <v>3000</v>
       </c>
       <c r="B497" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>2329</v>
+        <v>35</v>
+      </c>
+      <c r="D497" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E497" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>2984</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>2488</v>
+      </c>
+      <c r="I497" s="5"/>
+      <c r="J497" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K497" s="5" t="s">
-        <v>2986</v>
+        <v>2921</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>2987</v>
-[...3 lines deleted...]
-      </c>
+        <v>3001</v>
+      </c>
+      <c r="M497" s="5"/>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>2989</v>
+        <v>3002</v>
       </c>
       <c r="B498" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>35</v>
+      </c>
+      <c r="D498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="s">
-        <v>2990</v>
-[...5 lines deleted...]
-        <v>2992</v>
+        <v>2488</v>
+      </c>
+      <c r="I498" s="5"/>
+      <c r="J498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K498" s="5" t="s">
-        <v>2993</v>
+        <v>2921</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2994</v>
-[...3 lines deleted...]
-      </c>
+        <v>3003</v>
+      </c>
+      <c r="M498" s="5"/>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2996</v>
+        <v>3004</v>
       </c>
       <c r="B499" s="5" t="s">
-        <v>14</v>
+        <v>1420</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>261</v>
-[...2 lines deleted...]
-        <v>2011</v>
+        <v>35</v>
+      </c>
+      <c r="D499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="s">
-        <v>2997</v>
-[...5 lines deleted...]
-        <v>2999</v>
+        <v>2408</v>
+      </c>
+      <c r="I499" s="5"/>
+      <c r="J499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K499" s="5" t="s">
-        <v>3000</v>
+        <v>2921</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>3001</v>
-[...3 lines deleted...]
-      </c>
+        <v>3005</v>
+      </c>
+      <c r="M499" s="5"/>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>2011</v>
+        <v>893</v>
       </c>
       <c r="E500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F500" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F500" s="5" t="s">
+        <v>3007</v>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
     </row>
     <row r="501">
-      <c r="A501" s="5" t="s">
-        <v>3010</v>
+      <c r="A501" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>261</v>
+        <v>2583</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>2488</v>
+      </c>
+      <c r="E501" s="5" t="s">
+        <v>3014</v>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="s">
-        <v>3011</v>
+        <v>1889</v>
       </c>
       <c r="I501" s="5" t="s">
-        <v>3012</v>
+        <v>3015</v>
       </c>
       <c r="J501" s="5" t="s">
-        <v>3013</v>
+        <v>3016</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>3014</v>
+        <v>3017</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>3015</v>
+        <v>3018</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>3016</v>
+        <v>3019</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3017</v>
+        <v>3020</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>261</v>
+        <v>3021</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>3022</v>
+      </c>
+      <c r="E502" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="s">
-        <v>3018</v>
+        <v>3023</v>
       </c>
       <c r="I502" s="5" t="s">
-        <v>3019</v>
+        <v>3024</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>3021</v>
+        <v>3026</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>3022</v>
+        <v>3027</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>3023</v>
+        <v>3028</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>3024</v>
+        <v>3029</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>261</v>
+        <v>173</v>
       </c>
       <c r="D503" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>1954</v>
+      </c>
+      <c r="E503" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>3025</v>
+        <v>3030</v>
       </c>
       <c r="I503" s="5" t="s">
-        <v>3026</v>
+        <v>3031</v>
       </c>
       <c r="J503" s="5" t="s">
-        <v>3027</v>
+        <v>40</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>871</v>
+        <v>269</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>2442</v>
-[...2 lines deleted...]
-        <v>3032</v>
+        <v>2049</v>
+      </c>
+      <c r="E504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
-        <v>3033</v>
+        <v>3036</v>
       </c>
       <c r="I504" s="5" t="s">
-        <v>3034</v>
+        <v>3037</v>
       </c>
       <c r="J504" s="5" t="s">
-        <v>3035</v>
+        <v>3038</v>
       </c>
       <c r="K504" s="5" t="s">
-        <v>3036</v>
+        <v>3039</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>3037</v>
+        <v>3040</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>3038</v>
+        <v>3041</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3039</v>
+        <v>3042</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>2011</v>
+        <v>2049</v>
       </c>
       <c r="E505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
       <c r="I505" s="5" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
       <c r="J505" s="5" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3045</v>
+        <v>3048</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3046</v>
+        <v>3049</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>3047</v>
+        <v>269</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>1851</v>
-[...2 lines deleted...]
-        <v>2329</v>
+        <v>2049</v>
+      </c>
+      <c r="E506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
       <c r="I506" s="5" t="s">
-        <v>3049</v>
+        <v>3051</v>
       </c>
       <c r="J506" s="5" t="s">
-        <v>1855</v>
+        <v>3052</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3050</v>
+        <v>3053</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3051</v>
+        <v>3054</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3052</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3053</v>
+        <v>3056</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>1888</v>
+        <v>269</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>2442</v>
-[...2 lines deleted...]
-        <v>3054</v>
+        <v>2049</v>
+      </c>
+      <c r="E507" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3055</v>
-[...1 lines deleted...]
-      <c r="I507" s="5"/>
+        <v>3057</v>
+      </c>
+      <c r="I507" s="5" t="s">
+        <v>3058</v>
+      </c>
       <c r="J507" s="5" t="s">
-        <v>3056</v>
+        <v>3059</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>173</v>
+        <v>269</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>1916</v>
-[...2 lines deleted...]
-        <v>2329</v>
+        <v>2049</v>
+      </c>
+      <c r="E508" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G508" s="5" t="s">
-        <v>3061</v>
+      <c r="G508" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3062</v>
+        <v>3064</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3063</v>
+        <v>3065</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>1855</v>
+        <v>3066</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3066</v>
+        <v>3069</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3067</v>
+        <v>3070</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>134</v>
+        <v>269</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>3068</v>
+        <v>2049</v>
+      </c>
+      <c r="E509" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F509" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
-        <v>870</v>
+        <v>894</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>134</v>
+        <v>2488</v>
       </c>
       <c r="E510" s="5" t="s">
-        <v>3076</v>
-[...2 lines deleted...]
-        <v>3077</v>
+        <v>3078</v>
+      </c>
+      <c r="F510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
     </row>
     <row r="511">
-      <c r="A511" s="5" t="n">
-        <v>1934</v>
+      <c r="A511" s="5" t="s">
+        <v>3085</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>3084</v>
+        <v>269</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>3085</v>
+        <v>2049</v>
       </c>
       <c r="E511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
         <v>3086</v>
       </c>
       <c r="I511" s="5" t="s">
         <v>3087</v>
       </c>
       <c r="J511" s="5" t="s">
-        <v>2970</v>
+        <v>3088</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>3047</v>
+        <v>3093</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>1851</v>
+        <v>1889</v>
       </c>
       <c r="E512" s="5" t="s">
-        <v>2329</v>
+        <v>2367</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3092</v>
+        <v>3094</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3093</v>
+        <v>3095</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>40</v>
+        <v>1893</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3094</v>
+        <v>3096</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3095</v>
+        <v>3097</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3096</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3097</v>
+        <v>3099</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>173</v>
+        <v>1926</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>1916</v>
+        <v>2488</v>
       </c>
       <c r="E513" s="5" t="s">
-        <v>2329</v>
+        <v>3100</v>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G513" s="5" t="s">
-        <v>3098</v>
+      <c r="G513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3099</v>
-[...3 lines deleted...]
-      </c>
+        <v>3101</v>
+      </c>
+      <c r="I513" s="5"/>
       <c r="J513" s="5" t="s">
-        <v>1855</v>
+        <v>3102</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>1916</v>
+        <v>1954</v>
       </c>
       <c r="E514" s="5" t="s">
-        <v>2329</v>
+        <v>2367</v>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G514" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G514" s="5" t="s">
+        <v>3107</v>
       </c>
       <c r="H514" s="5" t="s">
-        <v>3105</v>
+        <v>3108</v>
       </c>
       <c r="I514" s="5" t="s">
-        <v>3106</v>
+        <v>3109</v>
       </c>
       <c r="J514" s="5" t="s">
-        <v>1855</v>
+        <v>1893</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3107</v>
+        <v>3110</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3108</v>
+        <v>3111</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3109</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>2442</v>
+        <v>893</v>
       </c>
       <c r="E515" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F515" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F515" s="5" t="s">
+        <v>3114</v>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3111</v>
-[...1 lines deleted...]
-      <c r="I515" s="5"/>
+        <v>3115</v>
+      </c>
+      <c r="I515" s="5" t="s">
+        <v>3116</v>
+      </c>
       <c r="J515" s="5" t="s">
-        <v>2970</v>
+        <v>3117</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3112</v>
+        <v>3118</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3113</v>
+        <v>3119</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3114</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3115</v>
+        <v>3121</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
-        <v>2308</v>
+        <v>893</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>3116</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E516" s="5" t="s">
+        <v>3122</v>
+      </c>
+      <c r="F516" s="5" t="s">
+        <v>3123</v>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>3117</v>
+        <v>3124</v>
       </c>
       <c r="I516" s="5" t="s">
-        <v>3118</v>
+        <v>3125</v>
       </c>
       <c r="J516" s="5" t="s">
-        <v>3035</v>
+        <v>3126</v>
       </c>
       <c r="K516" s="5" t="s">
-        <v>3119</v>
+        <v>3127</v>
       </c>
       <c r="L516" s="6" t="s">
-        <v>3120</v>
+        <v>3128</v>
       </c>
       <c r="M516" s="5" t="s">
-        <v>3121</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="517">
-      <c r="A517" s="5" t="s">
-        <v>3122</v>
+      <c r="A517" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
-        <v>173</v>
+        <v>3130</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>1851</v>
-[...2 lines deleted...]
-        <v>2329</v>
+        <v>3131</v>
+      </c>
+      <c r="E517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G517" s="5" t="s">
-        <v>3123</v>
+      <c r="G517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H517" s="5" t="s">
-        <v>3124</v>
+        <v>3132</v>
       </c>
       <c r="I517" s="5" t="s">
-        <v>3125</v>
+        <v>3133</v>
       </c>
       <c r="J517" s="5" t="s">
-        <v>1855</v>
+        <v>3016</v>
       </c>
       <c r="K517" s="5" t="s">
-        <v>3126</v>
+        <v>3134</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>3127</v>
+        <v>3135</v>
       </c>
       <c r="M517" s="5" t="s">
-        <v>3128</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>3129</v>
+        <v>3137</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>3130</v>
+        <v>3093</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>2442</v>
-[...4 lines deleted...]
-        </is>
+        <v>1889</v>
+      </c>
+      <c r="E518" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
-        <v>3131</v>
+        <v>3138</v>
       </c>
       <c r="I518" s="5" t="s">
-        <v>3132</v>
+        <v>3139</v>
       </c>
       <c r="J518" s="5" t="s">
-        <v>3035</v>
+        <v>40</v>
       </c>
       <c r="K518" s="5" t="s">
-        <v>3133</v>
+        <v>3140</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>3134</v>
+        <v>3141</v>
       </c>
       <c r="M518" s="5" t="s">
-        <v>3135</v>
+        <v>3142</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3136</v>
+        <v>3143</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>606</v>
+        <v>173</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>2442</v>
+        <v>1954</v>
       </c>
       <c r="E519" s="5" t="s">
-        <v>1053</v>
+        <v>2367</v>
       </c>
       <c r="F519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G519" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G519" s="5" t="s">
+        <v>3144</v>
       </c>
       <c r="H519" s="5" t="s">
-        <v>3137</v>
-[...1 lines deleted...]
-      <c r="I519" s="5"/>
+        <v>3145</v>
+      </c>
+      <c r="I519" s="5" t="s">
+        <v>3146</v>
+      </c>
       <c r="J519" s="5" t="s">
-        <v>3138</v>
+        <v>1893</v>
       </c>
       <c r="K519" s="5" t="s">
-        <v>3139</v>
+        <v>3147</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>3140</v>
+        <v>3148</v>
       </c>
       <c r="M519" s="5" t="s">
-        <v>3141</v>
+        <v>3149</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>3142</v>
+        <v>3150</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>3116</v>
+        <v>173</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>2442</v>
+        <v>1954</v>
       </c>
       <c r="E520" s="5" t="s">
-        <v>174</v>
+        <v>2367</v>
       </c>
       <c r="F520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3143</v>
+        <v>3151</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3144</v>
+        <v>3152</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>3035</v>
+        <v>1893</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3145</v>
+        <v>3153</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3146</v>
+        <v>3154</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3147</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3148</v>
+        <v>3156</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>870</v>
+        <v>35</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>3149</v>
+        <v>2488</v>
       </c>
       <c r="E521" s="5" t="s">
-        <v>3150</v>
-[...2 lines deleted...]
-        <v>3151</v>
+        <v>36</v>
+      </c>
+      <c r="F521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3152</v>
-[...3 lines deleted...]
-      </c>
+        <v>3157</v>
+      </c>
+      <c r="I521" s="5"/>
       <c r="J521" s="5" t="s">
-        <v>3154</v>
-[...4 lines deleted...]
-        </is>
+        <v>3016</v>
+      </c>
+      <c r="K521" s="5" t="s">
+        <v>3158</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3155</v>
+        <v>3159</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3156</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>3157</v>
+        <v>3161</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
-        <v>2537</v>
+        <v>2346</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>2442</v>
+        <v>3162</v>
       </c>
       <c r="E522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="s">
-        <v>3158</v>
+        <v>3163</v>
       </c>
       <c r="I522" s="5" t="s">
-        <v>3159</v>
+        <v>3164</v>
       </c>
       <c r="J522" s="5" t="s">
-        <v>3035</v>
+        <v>3081</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3160</v>
+        <v>3165</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3161</v>
+        <v>3166</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3162</v>
+        <v>3167</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3163</v>
+        <v>3168</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>870</v>
-[...4 lines deleted...]
-        </is>
+        <v>1889</v>
+      </c>
+      <c r="E523" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G523" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G523" s="5" t="s">
+        <v>3169</v>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3164</v>
+        <v>3170</v>
       </c>
       <c r="I523" s="5" t="s">
-        <v>3165</v>
+        <v>3171</v>
       </c>
       <c r="J523" s="5" t="s">
-        <v>3166</v>
+        <v>1893</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3167</v>
+        <v>3172</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3168</v>
+        <v>3173</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3169</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3170</v>
+        <v>3175</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>134</v>
+        <v>3176</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>3172</v>
+        <v>2488</v>
+      </c>
+      <c r="E524" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F524" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3173</v>
+        <v>3177</v>
       </c>
       <c r="I524" s="5" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
       <c r="J524" s="5" t="s">
-        <v>3175</v>
+        <v>3081</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>2011</v>
-[...4 lines deleted...]
-        </is>
+        <v>2488</v>
+      </c>
+      <c r="E525" s="5" t="s">
+        <v>1075</v>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3180</v>
-[...3 lines deleted...]
-      </c>
+        <v>3183</v>
+      </c>
+      <c r="I525" s="5"/>
       <c r="J525" s="5" t="s">
-        <v>3182</v>
+        <v>3184</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3183</v>
+        <v>3185</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3184</v>
+        <v>3186</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3185</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3186</v>
+        <v>3188</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>173</v>
+        <v>3162</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>3187</v>
+        <v>2488</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>2329</v>
+        <v>174</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>3188</v>
+        <v>3189</v>
       </c>
       <c r="I526" s="5" t="s">
-        <v>3189</v>
+        <v>3190</v>
       </c>
       <c r="J526" s="5" t="s">
-        <v>3190</v>
+        <v>3081</v>
       </c>
       <c r="K526" s="5" t="s">
         <v>3191</v>
       </c>
       <c r="L526" s="6" t="s">
         <v>3192</v>
       </c>
       <c r="M526" s="5" t="s">
         <v>3193</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
         <v>3194</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C527" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D527" s="5" t="s">
         <v>3195</v>
       </c>
-      <c r="D527" s="5" t="s">
+      <c r="E527" s="5" t="s">
         <v>3196</v>
       </c>
-      <c r="E527" s="5" t="s">
+      <c r="F527" s="5" t="s">
         <v>3197</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="s">
         <v>3198</v>
       </c>
       <c r="I527" s="5" t="s">
         <v>3199</v>
       </c>
       <c r="J527" s="5" t="s">
         <v>3200</v>
       </c>
-      <c r="K527" s="5" t="s">
+      <c r="K527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L527" s="6" t="s">
         <v>3201</v>
       </c>
-      <c r="L527" s="6" t="s">
+      <c r="M527" s="5" t="s">
         <v>3202</v>
-      </c>
-[...1 lines deleted...]
-        <v>3203</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>3204</v>
+        <v>3203</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D528" s="5" t="s">
+        <v>2488</v>
+      </c>
+      <c r="E528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G528" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H528" s="5" t="s">
+        <v>3204</v>
+      </c>
+      <c r="I528" s="5" t="s">
         <v>3205</v>
       </c>
-      <c r="D528" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E528" s="5" t="s">
+      <c r="J528" s="5" t="s">
+        <v>3081</v>
+      </c>
+      <c r="K528" s="5" t="s">
         <v>3206</v>
       </c>
-      <c r="F528" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H528" s="5" t="s">
+      <c r="L528" s="6" t="s">
         <v>3207</v>
       </c>
-      <c r="I528" s="5" t="s">
+      <c r="M528" s="5" t="s">
         <v>3208</v>
-      </c>
-[...10 lines deleted...]
-        <v>3212</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3213</v>
+        <v>3209</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>3116</v>
+        <v>134</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>2442</v>
+        <v>893</v>
       </c>
       <c r="E529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
+        <v>3210</v>
+      </c>
+      <c r="I529" s="5" t="s">
+        <v>3211</v>
+      </c>
+      <c r="J529" s="5" t="s">
+        <v>3212</v>
+      </c>
+      <c r="K529" s="5" t="s">
+        <v>3213</v>
+      </c>
+      <c r="L529" s="6" t="s">
         <v>3214</v>
       </c>
-      <c r="I529" s="5" t="s">
+      <c r="M529" s="5" t="s">
         <v>3215</v>
-      </c>
-[...10 lines deleted...]
-        <v>3218</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3219</v>
+        <v>3216</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>350</v>
+        <v>134</v>
       </c>
       <c r="D530" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E530" s="5" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F530" s="5" t="s">
+        <v>3218</v>
+      </c>
+      <c r="G530" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H530" s="5" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I530" s="5" t="s">
         <v>3220</v>
       </c>
-      <c r="F530" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H530" s="5" t="s">
+      <c r="J530" s="5" t="s">
         <v>3221</v>
       </c>
-      <c r="I530" s="5" t="s">
+      <c r="K530" s="5" t="s">
         <v>3222</v>
       </c>
-      <c r="J530" s="5" t="s">
+      <c r="L530" s="6" t="s">
         <v>3223</v>
       </c>
-      <c r="K530" s="5" t="s">
+      <c r="M530" s="5" t="s">
         <v>3224</v>
-      </c>
-[...4 lines deleted...]
-        <v>3226</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>3227</v>
+        <v>3225</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D531" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H531" s="5" t="s">
+        <v>3226</v>
+      </c>
+      <c r="I531" s="5" t="s">
+        <v>3227</v>
+      </c>
+      <c r="J531" s="5" t="s">
         <v>3228</v>
       </c>
-      <c r="D531" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F531" s="5" t="s">
+      <c r="K531" s="5" t="s">
         <v>3229</v>
       </c>
-      <c r="G531" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H531" s="5" t="s">
+      <c r="L531" s="6" t="s">
         <v>3230</v>
       </c>
-      <c r="I531" s="5" t="s">
+      <c r="M531" s="5" t="s">
         <v>3231</v>
-      </c>
-[...10 lines deleted...]
-        <v>3235</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3236</v>
+        <v>3232</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>3116</v>
+        <v>173</v>
       </c>
       <c r="D532" s="5" t="s">
-        <v>2442</v>
-[...4 lines deleted...]
-        </is>
+        <v>3233</v>
+      </c>
+      <c r="E532" s="5" t="s">
+        <v>2367</v>
       </c>
       <c r="F532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
+        <v>3234</v>
+      </c>
+      <c r="I532" s="5" t="s">
+        <v>3235</v>
+      </c>
+      <c r="J532" s="5" t="s">
+        <v>3236</v>
+      </c>
+      <c r="K532" s="5" t="s">
         <v>3237</v>
       </c>
-      <c r="I532" s="5" t="s">
+      <c r="L532" s="6" t="s">
         <v>3238</v>
       </c>
-      <c r="J532" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K532" s="5" t="s">
+      <c r="M532" s="5" t="s">
         <v>3239</v>
-      </c>
-[...4 lines deleted...]
-        <v>3241</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>3242</v>
+        <v>3240</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>2537</v>
+        <v>3241</v>
       </c>
       <c r="D533" s="5" t="s">
-        <v>2442</v>
+        <v>3242</v>
       </c>
       <c r="E533" s="5" t="s">
-        <v>36</v>
+        <v>3243</v>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
-        <v>3243</v>
+        <v>3244</v>
       </c>
       <c r="I533" s="5" t="s">
-        <v>3244</v>
+        <v>3245</v>
       </c>
       <c r="J533" s="5" t="s">
-        <v>3035</v>
+        <v>3246</v>
       </c>
       <c r="K533" s="5" t="s">
-        <v>3245</v>
+        <v>3247</v>
       </c>
       <c r="L533" s="6" t="s">
-        <v>3246</v>
+        <v>3248</v>
       </c>
       <c r="M533" s="5" t="s">
-        <v>3247</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3248</v>
+        <v>3250</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
-        <v>35</v>
+        <v>3251</v>
       </c>
       <c r="D534" s="5" t="s">
-        <v>2442</v>
+        <v>2049</v>
       </c>
       <c r="E534" s="5" t="s">
-        <v>36</v>
+        <v>3252</v>
       </c>
       <c r="F534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H534" s="5" t="s">
-        <v>3249</v>
-[...1 lines deleted...]
-      <c r="I534" s="5"/>
+        <v>3253</v>
+      </c>
+      <c r="I534" s="5" t="s">
+        <v>3254</v>
+      </c>
       <c r="J534" s="5" t="s">
-        <v>2970</v>
+        <v>3255</v>
       </c>
       <c r="K534" s="5" t="s">
-        <v>3250</v>
+        <v>3256</v>
       </c>
       <c r="L534" s="6" t="s">
-        <v>3251</v>
+        <v>3257</v>
       </c>
       <c r="M534" s="5" t="s">
-        <v>3252</v>
+        <v>3258</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>3253</v>
+        <v>3259</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>134</v>
+        <v>3162</v>
       </c>
       <c r="D535" s="5" t="s">
-        <v>870</v>
-[...5 lines deleted...]
-        <v>3254</v>
+        <v>2488</v>
+      </c>
+      <c r="E535" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F535" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="s">
-        <v>3255</v>
+        <v>3260</v>
       </c>
       <c r="I535" s="5" t="s">
-        <v>3256</v>
+        <v>3261</v>
       </c>
       <c r="J535" s="5" t="s">
-        <v>3257</v>
+        <v>3081</v>
       </c>
       <c r="K535" s="5" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="L535" s="6" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
       <c r="M535" s="5" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>3261</v>
+        <v>3265</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>871</v>
+        <v>358</v>
       </c>
       <c r="D536" s="5" t="s">
-        <v>962</v>
-[...4 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E536" s="5" t="s">
+        <v>3266</v>
       </c>
       <c r="F536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H536" s="5" t="s">
-        <v>3262</v>
+        <v>3267</v>
       </c>
       <c r="I536" s="5" t="s">
-        <v>3263</v>
+        <v>3268</v>
       </c>
       <c r="J536" s="5" t="s">
-        <v>3264</v>
+        <v>3269</v>
       </c>
       <c r="K536" s="5" t="s">
-        <v>3265</v>
+        <v>3270</v>
       </c>
       <c r="L536" s="6" t="s">
-        <v>3266</v>
+        <v>3271</v>
       </c>
       <c r="M536" s="5" t="s">
-        <v>3267</v>
+        <v>3272</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>3268</v>
+        <v>3273</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>870</v>
+        <v>3274</v>
       </c>
       <c r="D537" s="5" t="s">
         <v>134</v>
       </c>
       <c r="E537" s="5" t="s">
-        <v>3269</v>
+        <v>3122</v>
       </c>
       <c r="F537" s="5" t="s">
-        <v>3270</v>
+        <v>3275</v>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="s">
-        <v>3271</v>
+        <v>3276</v>
       </c>
       <c r="I537" s="5" t="s">
-        <v>3272</v>
+        <v>3277</v>
       </c>
       <c r="J537" s="5" t="s">
-        <v>3273</v>
+        <v>3278</v>
       </c>
       <c r="K537" s="5" t="s">
-        <v>3274</v>
+        <v>3279</v>
       </c>
       <c r="L537" s="6" t="s">
-        <v>3275</v>
+        <v>3280</v>
       </c>
       <c r="M537" s="5" t="s">
-        <v>3276</v>
+        <v>3281</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>3277</v>
+        <v>3282</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C538" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D538" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D538" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E538" s="5" t="s">
-        <v>3171</v>
+        <v>3122</v>
       </c>
       <c r="F538" s="5" t="s">
-        <v>3254</v>
+        <v>3283</v>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H538" s="5" t="s">
-        <v>3278</v>
+        <v>3284</v>
       </c>
       <c r="I538" s="5" t="s">
-        <v>3279</v>
+        <v>3285</v>
       </c>
       <c r="J538" s="5" t="s">
-        <v>3280</v>
+        <v>3286</v>
       </c>
       <c r="K538" s="5" t="s">
-        <v>3281</v>
+        <v>3287</v>
       </c>
       <c r="L538" s="6" t="s">
-        <v>3282</v>
+        <v>3288</v>
       </c>
       <c r="M538" s="5" t="s">
-        <v>3283</v>
+        <v>3289</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>3284</v>
+        <v>3290</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>35</v>
+        <v>3162</v>
       </c>
       <c r="D539" s="5" t="s">
-        <v>2442</v>
-[...5 lines deleted...]
-        <v>3286</v>
+        <v>2488</v>
+      </c>
+      <c r="E539" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F539" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
-        <v>3287</v>
+        <v>3291</v>
       </c>
       <c r="I539" s="5" t="s">
-        <v>3288</v>
+        <v>3292</v>
       </c>
       <c r="J539" s="5" t="s">
-        <v>2970</v>
+        <v>3081</v>
       </c>
       <c r="K539" s="5" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
       <c r="L539" s="6" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
       <c r="M539" s="5" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>870</v>
+        <v>2583</v>
       </c>
       <c r="D540" s="5" t="s">
-        <v>134</v>
+        <v>2488</v>
       </c>
       <c r="E540" s="5" t="s">
-        <v>3076</v>
-[...2 lines deleted...]
-        <v>3171</v>
+        <v>36</v>
+      </c>
+      <c r="F540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
       <c r="I540" s="5" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
       <c r="J540" s="5" t="s">
-        <v>3295</v>
+        <v>3081</v>
       </c>
       <c r="K540" s="5" t="s">
-        <v>3296</v>
+        <v>3299</v>
       </c>
       <c r="L540" s="6" t="s">
-        <v>3297</v>
+        <v>3300</v>
       </c>
       <c r="M540" s="5" t="s">
-        <v>3298</v>
+        <v>3301</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>3299</v>
+        <v>3302</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D541" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D541" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E541" s="5" t="s">
-        <v>3220</v>
-[...4 lines deleted...]
-        </is>
+        <v>3303</v>
+      </c>
+      <c r="F541" s="5" t="s">
+        <v>3304</v>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H541" s="5" t="s">
-        <v>3300</v>
+        <v>3305</v>
       </c>
       <c r="I541" s="5" t="s">
-        <v>3301</v>
+        <v>3306</v>
       </c>
       <c r="J541" s="5" t="s">
-        <v>3302</v>
+        <v>3307</v>
       </c>
       <c r="K541" s="5" t="s">
-        <v>3303</v>
+        <v>3308</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>3304</v>
+        <v>3309</v>
       </c>
       <c r="M541" s="5" t="s">
-        <v>3305</v>
+        <v>3310</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>3306</v>
+        <v>3311</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C542" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>870</v>
+        <v>2488</v>
       </c>
       <c r="E542" s="5" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3254</v>
+        <v>36</v>
+      </c>
+      <c r="F542" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="s">
-        <v>3307</v>
-[...3 lines deleted...]
-      </c>
+        <v>3312</v>
+      </c>
+      <c r="I542" s="5"/>
       <c r="J542" s="5" t="s">
-        <v>3309</v>
+        <v>3016</v>
       </c>
       <c r="K542" s="5" t="s">
-        <v>3310</v>
+        <v>3313</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>3311</v>
+        <v>3314</v>
       </c>
       <c r="M542" s="5" t="s">
-        <v>3312</v>
+        <v>3315</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C543" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D543" s="5" t="s">
-        <v>3314</v>
+        <v>893</v>
       </c>
       <c r="E543" s="5" t="s">
-        <v>36</v>
+        <v>3217</v>
       </c>
       <c r="F543" s="5" t="s">
-        <v>3315</v>
+        <v>3317</v>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="s">
-        <v>3316</v>
+        <v>3318</v>
       </c>
       <c r="I543" s="5" t="s">
-        <v>3317</v>
+        <v>3319</v>
       </c>
       <c r="J543" s="5" t="s">
-        <v>3035</v>
+        <v>3320</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>3318</v>
+        <v>3321</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>3319</v>
+        <v>3322</v>
       </c>
       <c r="M543" s="5" t="s">
-        <v>3320</v>
+        <v>3323</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>3321</v>
+        <v>3324</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="5" t="s">
-        <v>203</v>
+        <v>894</v>
       </c>
       <c r="D544" s="5" t="s">
-        <v>2442</v>
+        <v>878</v>
       </c>
       <c r="E544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="I544" s="5" t="s">
-        <v>3323</v>
+        <v>3326</v>
       </c>
       <c r="J544" s="5" t="s">
-        <v>3035</v>
+        <v>3327</v>
       </c>
       <c r="K544" s="5" t="s">
-        <v>3324</v>
+        <v>3328</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>3325</v>
+        <v>3329</v>
       </c>
       <c r="M544" s="5" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
       <c r="B545" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>606</v>
+        <v>893</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>962</v>
+        <v>134</v>
       </c>
       <c r="E545" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3332</v>
+      </c>
+      <c r="F545" s="5" t="s">
+        <v>3283</v>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="s">
-        <v>3328</v>
+        <v>3333</v>
       </c>
       <c r="I545" s="5" t="s">
-        <v>3329</v>
+        <v>3334</v>
       </c>
       <c r="J545" s="5" t="s">
-        <v>3330</v>
+        <v>3335</v>
       </c>
       <c r="K545" s="5" t="s">
-        <v>3331</v>
+        <v>3336</v>
       </c>
       <c r="L545" s="6" t="s">
-        <v>3332</v>
+        <v>3337</v>
       </c>
       <c r="M545" s="5" t="s">
-        <v>3333</v>
+        <v>3338</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
-        <v>3334</v>
+        <v>3339</v>
       </c>
       <c r="B546" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C546" s="5" t="s">
-        <v>606</v>
+        <v>134</v>
       </c>
       <c r="D546" s="5" t="s">
-        <v>962</v>
+        <v>893</v>
       </c>
       <c r="E546" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3217</v>
+      </c>
+      <c r="F546" s="5" t="s">
+        <v>3317</v>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="s">
-        <v>3335</v>
+        <v>3340</v>
       </c>
       <c r="I546" s="5" t="s">
-        <v>3336</v>
+        <v>3341</v>
       </c>
       <c r="J546" s="5" t="s">
-        <v>3337</v>
+        <v>3342</v>
       </c>
       <c r="K546" s="5" t="s">
-        <v>3338</v>
+        <v>3343</v>
       </c>
       <c r="L546" s="6" t="s">
-        <v>3339</v>
+        <v>3344</v>
       </c>
       <c r="M546" s="5" t="s">
-        <v>3340</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>3341</v>
+        <v>3346</v>
       </c>
       <c r="B547" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C547" s="5" t="s">
-        <v>3342</v>
+        <v>35</v>
       </c>
       <c r="D547" s="5" t="s">
-        <v>665</v>
+        <v>2488</v>
       </c>
       <c r="E547" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3347</v>
+      </c>
+      <c r="F547" s="5" t="s">
+        <v>3348</v>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H547" s="5" t="s">
-        <v>3343</v>
+        <v>3349</v>
       </c>
       <c r="I547" s="5" t="s">
-        <v>3344</v>
+        <v>3350</v>
       </c>
       <c r="J547" s="5" t="s">
-        <v>3345</v>
+        <v>3016</v>
       </c>
       <c r="K547" s="5" t="s">
-        <v>3346</v>
+        <v>3351</v>
       </c>
       <c r="L547" s="6" t="s">
-        <v>3347</v>
+        <v>3352</v>
       </c>
       <c r="M547" s="5" t="s">
-        <v>3348</v>
+        <v>3353</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>3349</v>
+        <v>3354</v>
       </c>
       <c r="B548" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C548" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D548" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D548" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E548" s="5" t="s">
-        <v>3171</v>
+        <v>3122</v>
       </c>
       <c r="F548" s="5" t="s">
-        <v>3254</v>
+        <v>3217</v>
       </c>
       <c r="G548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H548" s="5" t="s">
-        <v>3350</v>
+        <v>3355</v>
       </c>
       <c r="I548" s="5" t="s">
-        <v>3351</v>
+        <v>3356</v>
       </c>
       <c r="J548" s="5" t="s">
-        <v>3352</v>
+        <v>3357</v>
       </c>
       <c r="K548" s="5" t="s">
-        <v>3353</v>
+        <v>3358</v>
       </c>
       <c r="L548" s="6" t="s">
-        <v>3354</v>
+        <v>3359</v>
       </c>
       <c r="M548" s="5" t="s">
-        <v>3355</v>
+        <v>3360</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
-        <v>3356</v>
+        <v>3361</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C549" s="5" t="s">
-        <v>261</v>
+        <v>134</v>
       </c>
       <c r="D549" s="5" t="s">
-        <v>870</v>
+        <v>3021</v>
       </c>
       <c r="E549" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>3269</v>
+        <v>3266</v>
+      </c>
+      <c r="F549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H549" s="5" t="s">
-        <v>3357</v>
+        <v>3362</v>
       </c>
       <c r="I549" s="5" t="s">
-        <v>3358</v>
+        <v>3363</v>
       </c>
       <c r="J549" s="5" t="s">
-        <v>3359</v>
+        <v>3364</v>
       </c>
       <c r="K549" s="5" t="s">
-        <v>3360</v>
+        <v>3365</v>
       </c>
       <c r="L549" s="6" t="s">
-        <v>3361</v>
+        <v>3366</v>
       </c>
       <c r="M549" s="5" t="s">
-        <v>3362</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
-        <v>3363</v>
+        <v>3368</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C550" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D550" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E550" s="5" t="s">
-        <v>3171</v>
+        <v>3217</v>
       </c>
       <c r="F550" s="5" t="s">
-        <v>3254</v>
+        <v>3317</v>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="s">
-        <v>3364</v>
+        <v>3369</v>
       </c>
       <c r="I550" s="5" t="s">
-        <v>3365</v>
+        <v>3370</v>
       </c>
       <c r="J550" s="5" t="s">
-        <v>3366</v>
+        <v>3371</v>
       </c>
       <c r="K550" s="5" t="s">
-        <v>3367</v>
+        <v>3372</v>
       </c>
       <c r="L550" s="6" t="s">
-        <v>3368</v>
+        <v>3373</v>
       </c>
       <c r="M550" s="5" t="s">
-        <v>3369</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="5" t="s">
-        <v>3370</v>
+        <v>3375</v>
       </c>
       <c r="B551" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C551" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="D551" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D551" s="5" t="s">
-[...3 lines deleted...]
-        <v>3171</v>
+      <c r="E551" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F551" s="5" t="s">
-        <v>3254</v>
+        <v>3376</v>
       </c>
       <c r="G551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H551" s="5" t="s">
-        <v>3371</v>
+        <v>3377</v>
       </c>
       <c r="I551" s="5" t="s">
-        <v>3372</v>
+        <v>3378</v>
       </c>
       <c r="J551" s="5" t="s">
-        <v>3373</v>
+        <v>3379</v>
       </c>
       <c r="K551" s="5" t="s">
-        <v>3374</v>
+        <v>3380</v>
       </c>
       <c r="L551" s="6" t="s">
-        <v>3375</v>
+        <v>3381</v>
       </c>
       <c r="M551" s="5" t="s">
-        <v>3376</v>
+        <v>3382</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="5" t="s">
-        <v>3377</v>
+        <v>3383</v>
       </c>
       <c r="B552" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C552" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D552" s="5" t="s">
-        <v>870</v>
+        <v>3384</v>
       </c>
       <c r="E552" s="5" t="s">
-        <v>3171</v>
+        <v>36</v>
       </c>
       <c r="F552" s="5" t="s">
-        <v>3254</v>
+        <v>3385</v>
       </c>
       <c r="G552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H552" s="5" t="s">
-        <v>3378</v>
+        <v>3386</v>
       </c>
       <c r="I552" s="5" t="s">
-        <v>3379</v>
+        <v>3387</v>
       </c>
       <c r="J552" s="5" t="s">
-        <v>3380</v>
+        <v>3081</v>
       </c>
       <c r="K552" s="5" t="s">
-        <v>3381</v>
+        <v>3388</v>
       </c>
       <c r="L552" s="6" t="s">
-        <v>3382</v>
+        <v>3389</v>
       </c>
       <c r="M552" s="5" t="s">
-        <v>3383</v>
+        <v>3390</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="5" t="s">
-        <v>3384</v>
+        <v>3391</v>
       </c>
       <c r="B553" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C553" s="5" t="s">
-        <v>3116</v>
+        <v>211</v>
       </c>
       <c r="D553" s="5" t="s">
-        <v>2442</v>
+        <v>2488</v>
       </c>
       <c r="E553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H553" s="5" t="s">
-        <v>3385</v>
+        <v>3392</v>
       </c>
       <c r="I553" s="5" t="s">
-        <v>3386</v>
+        <v>3393</v>
       </c>
       <c r="J553" s="5" t="s">
-        <v>3035</v>
+        <v>3081</v>
       </c>
       <c r="K553" s="5" t="s">
-        <v>3387</v>
+        <v>3394</v>
       </c>
       <c r="L553" s="6" t="s">
-        <v>3388</v>
+        <v>3395</v>
       </c>
       <c r="M553" s="5" t="s">
-        <v>3389</v>
+        <v>3396</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="5" t="s">
-        <v>3390</v>
+        <v>3397</v>
       </c>
       <c r="B554" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C554" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D554" s="5" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="E554" s="5" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3254</v>
+        <v>36</v>
+      </c>
+      <c r="F554" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H554" s="5" t="s">
-        <v>3391</v>
+        <v>3398</v>
       </c>
       <c r="I554" s="5" t="s">
-        <v>3392</v>
+        <v>3399</v>
       </c>
       <c r="J554" s="5" t="s">
-        <v>3393</v>
+        <v>3400</v>
       </c>
       <c r="K554" s="5" t="s">
-        <v>3394</v>
+        <v>3401</v>
       </c>
       <c r="L554" s="6" t="s">
-        <v>3395</v>
+        <v>3402</v>
       </c>
       <c r="M554" s="5" t="s">
-        <v>3396</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="5" t="s">
-        <v>3397</v>
+        <v>3404</v>
       </c>
       <c r="B555" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C555" s="5" t="s">
-        <v>350</v>
+        <v>621</v>
       </c>
       <c r="D555" s="5" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="E555" s="5" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3254</v>
+        <v>36</v>
+      </c>
+      <c r="F555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H555" s="5" t="s">
-        <v>3398</v>
+        <v>3405</v>
       </c>
       <c r="I555" s="5" t="s">
-        <v>3399</v>
+        <v>3406</v>
       </c>
       <c r="J555" s="5" t="s">
-        <v>3400</v>
+        <v>3407</v>
       </c>
       <c r="K555" s="5" t="s">
-        <v>3401</v>
+        <v>3408</v>
       </c>
       <c r="L555" s="6" t="s">
-        <v>3402</v>
+        <v>3409</v>
       </c>
       <c r="M555" s="5" t="s">
-        <v>3403</v>
+        <v>3410</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="5" t="s">
-        <v>3404</v>
+        <v>3411</v>
       </c>
       <c r="B556" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C556" s="5" t="s">
-        <v>606</v>
+        <v>3412</v>
       </c>
       <c r="D556" s="5" t="s">
-        <v>3405</v>
+        <v>680</v>
       </c>
       <c r="E556" s="5" t="s">
-        <v>3220</v>
+        <v>36</v>
       </c>
       <c r="F556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H556" s="5" t="s">
-        <v>3406</v>
+        <v>3413</v>
       </c>
       <c r="I556" s="5" t="s">
-        <v>3407</v>
+        <v>3414</v>
       </c>
       <c r="J556" s="5" t="s">
-        <v>3035</v>
+        <v>3415</v>
       </c>
       <c r="K556" s="5" t="s">
-        <v>3408</v>
+        <v>3416</v>
       </c>
       <c r="L556" s="6" t="s">
-        <v>3409</v>
+        <v>3417</v>
       </c>
       <c r="M556" s="5" t="s">
-        <v>3410</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="5" t="s">
-        <v>3411</v>
+        <v>3419</v>
       </c>
       <c r="B557" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C557" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D557" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E557" s="5" t="s">
-        <v>3171</v>
+        <v>3217</v>
       </c>
       <c r="F557" s="5" t="s">
-        <v>3412</v>
+        <v>3317</v>
       </c>
       <c r="G557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H557" s="5" t="s">
-        <v>3413</v>
-[...1 lines deleted...]
-      <c r="I557" s="5"/>
+        <v>3420</v>
+      </c>
+      <c r="I557" s="5" t="s">
+        <v>3421</v>
+      </c>
       <c r="J557" s="5" t="s">
-        <v>3414</v>
+        <v>3422</v>
       </c>
       <c r="K557" s="5" t="s">
-        <v>3415</v>
+        <v>3423</v>
       </c>
       <c r="L557" s="6" t="s">
-        <v>3416</v>
+        <v>3424</v>
       </c>
       <c r="M557" s="5" t="s">
-        <v>3417</v>
+        <v>3425</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="5" t="s">
-        <v>3418</v>
+        <v>3426</v>
       </c>
       <c r="B558" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C558" s="5" t="s">
-        <v>134</v>
+        <v>269</v>
       </c>
       <c r="D558" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E558" s="5" t="s">
-        <v>3171</v>
+        <v>36</v>
       </c>
       <c r="F558" s="5" t="s">
-        <v>3254</v>
+        <v>3332</v>
       </c>
       <c r="G558" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H558" s="5" t="s">
-        <v>3419</v>
+        <v>3427</v>
       </c>
       <c r="I558" s="5" t="s">
-        <v>3420</v>
+        <v>3428</v>
       </c>
       <c r="J558" s="5" t="s">
-        <v>3421</v>
+        <v>3429</v>
       </c>
       <c r="K558" s="5" t="s">
-        <v>3422</v>
+        <v>3430</v>
       </c>
       <c r="L558" s="6" t="s">
-        <v>3423</v>
+        <v>3431</v>
       </c>
       <c r="M558" s="5" t="s">
-        <v>3424</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="559">
-      <c r="A559" s="5" t="n">
-        <v>1948</v>
+      <c r="A559" s="5" t="s">
+        <v>3433</v>
       </c>
       <c r="B559" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C559" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D559" s="5" t="s">
-        <v>3314</v>
+        <v>893</v>
       </c>
       <c r="E559" s="5" t="s">
-        <v>3425</v>
+        <v>3217</v>
       </c>
       <c r="F559" s="5" t="s">
-        <v>3426</v>
+        <v>3317</v>
       </c>
       <c r="G559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H559" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H559" s="5" t="s">
+        <v>3434</v>
       </c>
       <c r="I559" s="5" t="s">
-        <v>3427</v>
+        <v>3435</v>
       </c>
       <c r="J559" s="5" t="s">
-        <v>3428</v>
+        <v>3436</v>
       </c>
       <c r="K559" s="5" t="s">
-        <v>3429</v>
+        <v>3437</v>
       </c>
       <c r="L559" s="6" t="s">
-        <v>3430</v>
+        <v>3438</v>
       </c>
       <c r="M559" s="5" t="s">
-        <v>3431</v>
+        <v>3439</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="5" t="s">
-        <v>3432</v>
+        <v>3440</v>
       </c>
       <c r="B560" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C560" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D560" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E560" s="5" t="s">
-        <v>3171</v>
+        <v>3217</v>
       </c>
       <c r="F560" s="5" t="s">
-        <v>3269</v>
+        <v>3317</v>
       </c>
       <c r="G560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H560" s="5" t="s">
-        <v>3433</v>
+        <v>3441</v>
       </c>
       <c r="I560" s="5" t="s">
-        <v>3434</v>
+        <v>3442</v>
       </c>
       <c r="J560" s="5" t="s">
-        <v>3435</v>
+        <v>3443</v>
       </c>
       <c r="K560" s="5" t="s">
-        <v>3436</v>
+        <v>3444</v>
       </c>
       <c r="L560" s="6" t="s">
-        <v>3437</v>
+        <v>3445</v>
       </c>
       <c r="M560" s="5" t="s">
-        <v>3438</v>
+        <v>3446</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="5" t="s">
-        <v>3439</v>
+        <v>3447</v>
       </c>
       <c r="B561" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C561" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D561" s="5" t="s">
-        <v>2442</v>
+        <v>893</v>
       </c>
       <c r="E561" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3217</v>
+      </c>
+      <c r="F561" s="5" t="s">
+        <v>3317</v>
       </c>
       <c r="G561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H561" s="5" t="s">
-        <v>3440</v>
+        <v>3448</v>
       </c>
       <c r="I561" s="5" t="s">
-        <v>3441</v>
+        <v>3449</v>
       </c>
       <c r="J561" s="5" t="s">
-        <v>2970</v>
+        <v>3450</v>
       </c>
       <c r="K561" s="5" t="s">
-        <v>3442</v>
+        <v>3451</v>
       </c>
       <c r="L561" s="6" t="s">
-        <v>3443</v>
+        <v>3452</v>
       </c>
       <c r="M561" s="5" t="s">
-        <v>3444</v>
+        <v>3453</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="5" t="s">
-        <v>3445</v>
+        <v>3454</v>
       </c>
       <c r="B562" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C562" s="5" t="s">
-        <v>35</v>
+        <v>3162</v>
       </c>
       <c r="D562" s="5" t="s">
-        <v>3314</v>
-[...5 lines deleted...]
-        <v>3446</v>
+        <v>2488</v>
+      </c>
+      <c r="E562" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F562" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H562" s="5" t="s">
-        <v>3447</v>
+        <v>3455</v>
       </c>
       <c r="I562" s="5" t="s">
-        <v>3448</v>
+        <v>3456</v>
       </c>
       <c r="J562" s="5" t="s">
-        <v>3035</v>
+        <v>3081</v>
       </c>
       <c r="K562" s="5" t="s">
-        <v>3449</v>
+        <v>3457</v>
       </c>
       <c r="L562" s="6" t="s">
-        <v>3450</v>
+        <v>3458</v>
       </c>
       <c r="M562" s="5" t="s">
-        <v>3451</v>
+        <v>3459</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="5" t="s">
-        <v>3452</v>
+        <v>3460</v>
       </c>
       <c r="B563" s="5" t="s">
-        <v>1431</v>
+        <v>14</v>
       </c>
       <c r="C563" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D563" s="5" t="s">
-        <v>3314</v>
+        <v>893</v>
       </c>
       <c r="E563" s="5" t="s">
-        <v>36</v>
+        <v>3217</v>
       </c>
       <c r="F563" s="5" t="s">
-        <v>3446</v>
+        <v>3317</v>
       </c>
       <c r="G563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H563" s="5" t="s">
-        <v>3453</v>
+        <v>3461</v>
       </c>
       <c r="I563" s="5" t="s">
-        <v>3454</v>
+        <v>3462</v>
       </c>
       <c r="J563" s="5" t="s">
-        <v>3035</v>
+        <v>3463</v>
       </c>
       <c r="K563" s="5" t="s">
-        <v>3455</v>
+        <v>3464</v>
       </c>
       <c r="L563" s="6" t="s">
-        <v>3456</v>
+        <v>3465</v>
       </c>
       <c r="M563" s="5" t="s">
-        <v>3457</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="5" t="s">
-        <v>3458</v>
+        <v>3467</v>
       </c>
       <c r="B564" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C564" s="5" t="s">
-        <v>35</v>
+        <v>358</v>
       </c>
       <c r="D564" s="5" t="s">
-        <v>3459</v>
+        <v>893</v>
       </c>
       <c r="E564" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3217</v>
+      </c>
+      <c r="F564" s="5" t="s">
+        <v>3317</v>
       </c>
       <c r="G564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H564" s="5" t="s">
-        <v>3460</v>
+        <v>3468</v>
       </c>
       <c r="I564" s="5" t="s">
-        <v>3461</v>
+        <v>3469</v>
       </c>
       <c r="J564" s="5" t="s">
-        <v>3462</v>
+        <v>3470</v>
       </c>
       <c r="K564" s="5" t="s">
-        <v>3463</v>
+        <v>3471</v>
       </c>
       <c r="L564" s="6" t="s">
-        <v>3464</v>
+        <v>3472</v>
       </c>
       <c r="M564" s="5" t="s">
-        <v>3465</v>
+        <v>3473</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="5" t="s">
-        <v>3466</v>
+        <v>3474</v>
       </c>
       <c r="B565" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C565" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D565" s="5" t="s">
-        <v>870</v>
+        <v>3475</v>
       </c>
       <c r="E565" s="5" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3412</v>
+        <v>3266</v>
+      </c>
+      <c r="F565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G565" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H565" s="5" t="s">
-        <v>3467</v>
+        <v>3476</v>
       </c>
       <c r="I565" s="5" t="s">
-        <v>3468</v>
+        <v>3477</v>
       </c>
       <c r="J565" s="5" t="s">
-        <v>3469</v>
+        <v>3081</v>
       </c>
       <c r="K565" s="5" t="s">
-        <v>3470</v>
+        <v>3478</v>
       </c>
       <c r="L565" s="6" t="s">
-        <v>3471</v>
+        <v>3479</v>
       </c>
       <c r="M565" s="5" t="s">
-        <v>3472</v>
+        <v>3480</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="5" t="s">
-        <v>3473</v>
+        <v>3481</v>
       </c>
       <c r="B566" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C566" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D566" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E566" s="5" t="s">
-        <v>3270</v>
+        <v>3217</v>
       </c>
       <c r="F566" s="5" t="s">
-        <v>3474</v>
+        <v>3482</v>
       </c>
       <c r="G566" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H566" s="5" t="s">
-        <v>3475</v>
-[...3 lines deleted...]
-      </c>
+        <v>3483</v>
+      </c>
+      <c r="I566" s="5"/>
       <c r="J566" s="5" t="s">
-        <v>3477</v>
+        <v>3484</v>
       </c>
       <c r="K566" s="5" t="s">
-        <v>3478</v>
+        <v>3485</v>
       </c>
       <c r="L566" s="6" t="s">
-        <v>3479</v>
+        <v>3486</v>
       </c>
       <c r="M566" s="5" t="s">
-        <v>3480</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="5" t="s">
-        <v>3481</v>
+        <v>3488</v>
       </c>
       <c r="B567" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C567" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D567" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E567" s="5" t="s">
-        <v>3171</v>
+        <v>3217</v>
       </c>
       <c r="F567" s="5" t="s">
-        <v>3474</v>
+        <v>3317</v>
       </c>
       <c r="G567" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H567" s="5" t="s">
-        <v>3482</v>
+        <v>3489</v>
       </c>
       <c r="I567" s="5" t="s">
-        <v>3483</v>
+        <v>3490</v>
       </c>
       <c r="J567" s="5" t="s">
-        <v>3484</v>
+        <v>3491</v>
       </c>
       <c r="K567" s="5" t="s">
-        <v>3485</v>
+        <v>3492</v>
       </c>
       <c r="L567" s="6" t="s">
-        <v>3486</v>
+        <v>3493</v>
       </c>
       <c r="M567" s="5" t="s">
-        <v>3487</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="568">
-      <c r="A568" s="5" t="s">
-        <v>3488</v>
+      <c r="A568" s="5" t="n">
+        <v>1948</v>
       </c>
       <c r="B568" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C568" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D568" s="5" t="s">
-        <v>2265</v>
+        <v>3384</v>
       </c>
       <c r="E568" s="5" t="s">
-        <v>36</v>
+        <v>3495</v>
       </c>
       <c r="F568" s="5" t="s">
-        <v>3489</v>
+        <v>3496</v>
       </c>
       <c r="G568" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H568" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I568" s="5" t="s">
-        <v>3490</v>
+        <v>3497</v>
       </c>
       <c r="J568" s="5" t="s">
-        <v>3491</v>
+        <v>3498</v>
       </c>
       <c r="K568" s="5" t="s">
-        <v>3492</v>
+        <v>3499</v>
       </c>
       <c r="L568" s="6" t="s">
-        <v>3493</v>
+        <v>3500</v>
       </c>
       <c r="M568" s="5" t="s">
-        <v>3494</v>
+        <v>3501</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="5" t="s">
-        <v>3495</v>
+        <v>3502</v>
       </c>
       <c r="B569" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C569" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D569" s="5" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="E569" s="5" t="s">
-        <v>3220</v>
+        <v>3217</v>
       </c>
       <c r="F569" s="5" t="s">
-        <v>3254</v>
+        <v>3332</v>
       </c>
       <c r="G569" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H569" s="5" t="s">
-        <v>3496</v>
+        <v>3503</v>
       </c>
       <c r="I569" s="5" t="s">
-        <v>3497</v>
+        <v>3504</v>
       </c>
       <c r="J569" s="5" t="s">
-        <v>3498</v>
+        <v>3505</v>
       </c>
       <c r="K569" s="5" t="s">
-        <v>3499</v>
+        <v>3506</v>
       </c>
       <c r="L569" s="6" t="s">
-        <v>3500</v>
+        <v>3507</v>
       </c>
       <c r="M569" s="5" t="s">
-        <v>3501</v>
+        <v>3508</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="5" t="s">
-        <v>3502</v>
+        <v>3509</v>
       </c>
       <c r="B570" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C570" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D570" s="5" t="s">
-        <v>870</v>
+        <v>2488</v>
       </c>
       <c r="E570" s="5" t="s">
-        <v>3171</v>
-[...2 lines deleted...]
-        <v>3254</v>
+        <v>36</v>
+      </c>
+      <c r="F570" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G570" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H570" s="5" t="s">
-        <v>3503</v>
+        <v>3510</v>
       </c>
       <c r="I570" s="5" t="s">
-        <v>3504</v>
+        <v>3511</v>
       </c>
       <c r="J570" s="5" t="s">
-        <v>3505</v>
+        <v>3016</v>
       </c>
       <c r="K570" s="5" t="s">
-        <v>3506</v>
+        <v>3512</v>
       </c>
       <c r="L570" s="6" t="s">
-        <v>3507</v>
+        <v>3513</v>
       </c>
       <c r="M570" s="5" t="s">
-        <v>3508</v>
+        <v>3514</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="5" t="s">
-        <v>3509</v>
+        <v>3515</v>
       </c>
       <c r="B571" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C571" s="5" t="s">
-        <v>3510</v>
+        <v>35</v>
       </c>
       <c r="D571" s="5" t="s">
-        <v>2011</v>
+        <v>3384</v>
       </c>
       <c r="E571" s="5" t="s">
-        <v>1165</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F571" s="5" t="s">
+        <v>3516</v>
       </c>
       <c r="G571" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H571" s="5" t="s">
-        <v>3511</v>
+        <v>3517</v>
       </c>
       <c r="I571" s="5" t="s">
-        <v>3512</v>
+        <v>3518</v>
       </c>
       <c r="J571" s="5" t="s">
-        <v>3513</v>
+        <v>3081</v>
       </c>
       <c r="K571" s="5" t="s">
-        <v>3514</v>
+        <v>3519</v>
       </c>
       <c r="L571" s="6" t="s">
-        <v>3515</v>
+        <v>3520</v>
       </c>
       <c r="M571" s="5" t="s">
+        <v>3521</v>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="5" t="s">
+        <v>3522</v>
+      </c>
+      <c r="B572" s="5" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C572" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D572" s="5" t="s">
+        <v>3384</v>
+      </c>
+      <c r="E572" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F572" s="5" t="s">
         <v>3516</v>
+      </c>
+      <c r="G572" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H572" s="5" t="s">
+        <v>3523</v>
+      </c>
+      <c r="I572" s="5" t="s">
+        <v>3524</v>
+      </c>
+      <c r="J572" s="5" t="s">
+        <v>3081</v>
+      </c>
+      <c r="K572" s="5" t="s">
+        <v>3525</v>
+      </c>
+      <c r="L572" s="6" t="s">
+        <v>3526</v>
+      </c>
+      <c r="M572" s="5" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="5" t="s">
+        <v>3528</v>
+      </c>
+      <c r="B573" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C573" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D573" s="5" t="s">
+        <v>3529</v>
+      </c>
+      <c r="E573" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F573" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G573" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H573" s="5" t="s">
+        <v>3530</v>
+      </c>
+      <c r="I573" s="5" t="s">
+        <v>3531</v>
+      </c>
+      <c r="J573" s="5" t="s">
+        <v>3532</v>
+      </c>
+      <c r="K573" s="5" t="s">
+        <v>3533</v>
+      </c>
+      <c r="L573" s="6" t="s">
+        <v>3534</v>
+      </c>
+      <c r="M573" s="5" t="s">
+        <v>3535</v>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="5" t="s">
+        <v>3536</v>
+      </c>
+      <c r="B574" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C574" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D574" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E574" s="5" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F574" s="5" t="s">
+        <v>3482</v>
+      </c>
+      <c r="G574" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H574" s="5" t="s">
+        <v>3537</v>
+      </c>
+      <c r="I574" s="5" t="s">
+        <v>3538</v>
+      </c>
+      <c r="J574" s="5" t="s">
+        <v>3539</v>
+      </c>
+      <c r="K574" s="5" t="s">
+        <v>3540</v>
+      </c>
+      <c r="L574" s="6" t="s">
+        <v>3541</v>
+      </c>
+      <c r="M574" s="5" t="s">
+        <v>3542</v>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="5" t="s">
+        <v>3543</v>
+      </c>
+      <c r="B575" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C575" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D575" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E575" s="5" t="s">
+        <v>3283</v>
+      </c>
+      <c r="F575" s="5" t="s">
+        <v>3544</v>
+      </c>
+      <c r="G575" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H575" s="5" t="s">
+        <v>3545</v>
+      </c>
+      <c r="I575" s="5" t="s">
+        <v>3546</v>
+      </c>
+      <c r="J575" s="5" t="s">
+        <v>3547</v>
+      </c>
+      <c r="K575" s="5" t="s">
+        <v>3548</v>
+      </c>
+      <c r="L575" s="6" t="s">
+        <v>3549</v>
+      </c>
+      <c r="M575" s="5" t="s">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="5" t="s">
+        <v>3551</v>
+      </c>
+      <c r="B576" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C576" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D576" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E576" s="5" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F576" s="5" t="s">
+        <v>3544</v>
+      </c>
+      <c r="G576" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H576" s="5" t="s">
+        <v>3552</v>
+      </c>
+      <c r="I576" s="5" t="s">
+        <v>3553</v>
+      </c>
+      <c r="J576" s="5" t="s">
+        <v>3554</v>
+      </c>
+      <c r="K576" s="5" t="s">
+        <v>3555</v>
+      </c>
+      <c r="L576" s="6" t="s">
+        <v>3556</v>
+      </c>
+      <c r="M576" s="5" t="s">
+        <v>3557</v>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="5" t="s">
+        <v>3558</v>
+      </c>
+      <c r="B577" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C577" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D577" s="5" t="s">
+        <v>2303</v>
+      </c>
+      <c r="E577" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F577" s="5" t="s">
+        <v>3559</v>
+      </c>
+      <c r="G577" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H577" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I577" s="5" t="s">
+        <v>3560</v>
+      </c>
+      <c r="J577" s="5" t="s">
+        <v>3561</v>
+      </c>
+      <c r="K577" s="5" t="s">
+        <v>3562</v>
+      </c>
+      <c r="L577" s="6" t="s">
+        <v>3563</v>
+      </c>
+      <c r="M577" s="5" t="s">
+        <v>3564</v>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="5" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B578" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C578" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D578" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E578" s="5" t="s">
+        <v>3266</v>
+      </c>
+      <c r="F578" s="5" t="s">
+        <v>3317</v>
+      </c>
+      <c r="G578" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H578" s="5" t="s">
+        <v>3566</v>
+      </c>
+      <c r="I578" s="5" t="s">
+        <v>3567</v>
+      </c>
+      <c r="J578" s="5" t="s">
+        <v>3568</v>
+      </c>
+      <c r="K578" s="5" t="s">
+        <v>3569</v>
+      </c>
+      <c r="L578" s="6" t="s">
+        <v>3570</v>
+      </c>
+      <c r="M578" s="5" t="s">
+        <v>3571</v>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="5" t="s">
+        <v>3572</v>
+      </c>
+      <c r="B579" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C579" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D579" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E579" s="5" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F579" s="5" t="s">
+        <v>3317</v>
+      </c>
+      <c r="G579" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H579" s="5" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I579" s="5" t="s">
+        <v>3574</v>
+      </c>
+      <c r="J579" s="5" t="s">
+        <v>3575</v>
+      </c>
+      <c r="K579" s="5" t="s">
+        <v>3576</v>
+      </c>
+      <c r="L579" s="6" t="s">
+        <v>3577</v>
+      </c>
+      <c r="M579" s="5" t="s">
+        <v>3578</v>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="5" t="s">
+        <v>3579</v>
+      </c>
+      <c r="B580" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C580" s="5" t="s">
+        <v>3580</v>
+      </c>
+      <c r="D580" s="5" t="s">
+        <v>2049</v>
+      </c>
+      <c r="E580" s="5" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F580" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G580" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H580" s="5" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I580" s="5" t="s">
+        <v>3582</v>
+      </c>
+      <c r="J580" s="5" t="s">
+        <v>3583</v>
+      </c>
+      <c r="K580" s="5" t="s">
+        <v>3584</v>
+      </c>
+      <c r="L580" s="6" t="s">
+        <v>3585</v>
+      </c>
+      <c r="M580" s="5" t="s">
+        <v>3586</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -47324,44 +48227,53 @@
     <hyperlink ref="M547" r:id="rId552"/>
     <hyperlink ref="M548" r:id="rId553"/>
     <hyperlink ref="M549" r:id="rId554"/>
     <hyperlink ref="M550" r:id="rId555"/>
     <hyperlink ref="M551" r:id="rId556"/>
     <hyperlink ref="M552" r:id="rId557"/>
     <hyperlink ref="M553" r:id="rId558"/>
     <hyperlink ref="M554" r:id="rId559"/>
     <hyperlink ref="M555" r:id="rId560"/>
     <hyperlink ref="M556" r:id="rId561"/>
     <hyperlink ref="M557" r:id="rId562"/>
     <hyperlink ref="M558" r:id="rId563"/>
     <hyperlink ref="M559" r:id="rId564"/>
     <hyperlink ref="M560" r:id="rId565"/>
     <hyperlink ref="M561" r:id="rId566"/>
     <hyperlink ref="M562" r:id="rId567"/>
     <hyperlink ref="M563" r:id="rId568"/>
     <hyperlink ref="M564" r:id="rId569"/>
     <hyperlink ref="M565" r:id="rId570"/>
     <hyperlink ref="M566" r:id="rId571"/>
     <hyperlink ref="M567" r:id="rId572"/>
     <hyperlink ref="M568" r:id="rId573"/>
     <hyperlink ref="M569" r:id="rId574"/>
     <hyperlink ref="M570" r:id="rId575"/>
     <hyperlink ref="M571" r:id="rId576"/>
+    <hyperlink ref="M572" r:id="rId577"/>
+    <hyperlink ref="M573" r:id="rId578"/>
+    <hyperlink ref="M574" r:id="rId579"/>
+    <hyperlink ref="M575" r:id="rId580"/>
+    <hyperlink ref="M576" r:id="rId581"/>
+    <hyperlink ref="M577" r:id="rId582"/>
+    <hyperlink ref="M578" r:id="rId583"/>
+    <hyperlink ref="M579" r:id="rId584"/>
+    <hyperlink ref="M580" r:id="rId585"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>