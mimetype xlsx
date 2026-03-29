--- v2 (2026-02-04)
+++ v3 (2026-03-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5885" uniqueCount="3587" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5938" uniqueCount="3624" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1160,104 +1160,50 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2166</t>
   </si>
   <si>
     <t>Alhed har haft besvær med noget, som hun skulle købe for sin mor. Hun gør ikke noget ved lillebroderens hue, før hun får nærmere besked. 
 Alhed har fået flere ting ud af ovnen. Hun er spændt på en stor vase. Nu skal hun til at male på en vase med myg eller myrer. Hun skal flytte den følgende dag, og det er koldt. Alhed beder sin mor om at sende diverse til det nye værelse. Hun kan ikke forstå, at der skulle være problemer hvad angår pengesagerne, og hun redegør for sit forbrug. Det eneste ekstravagante er, at hun har meldt sig til at høre Brandes' foredrag om Shakespeare. 
 Komtessen er vist ikke stødt over noget.
 Kejseren har været på besøg på Fabrikken. 
 Alhed har været på hotellet for at hente stråene, men de var væk. 
 Onkel Jonas mener, at Christine vil have gavn af hypnose.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wbrR</t>
   </si>
   <si>
     <t>Kæreste Moder!
 Det var jo kedeligt, at Kommissionerne ikke var efter Ønske. Imidlertid tror jeg nok, at det for en stor Del kom af, at Dit Brev var temmelig uklart affattet. Naar Du læser medfølgende Udklip igennem vil Du vist nok indrømme, at jeg ["jeg" overstreget] der skulde et skarpt Øje til at se, at det var Billeder der skulde købes; jeg opfattede det saa ["saa" overstreget] saaledes, at der ikke skulde saa mange Kabinetsrammer i Albummet, fordi han skulde have sine Forældre staaende fremme i de Rammer Du skriver om. - Dedes Hue er jeg endnu ikke paa det rene med. Du skriver: Huen skal være som denne gamle, - og saa sender Du den nye! - ja, mulig der er noget galt med min Forstand, men jeg kan allenfals ikke faa nogen rigtig Mening i det. - Huen tør jeg ikke gøre noget ved, før jeg faar nærmere Besked. - Der, hvor jeg havde købt Rammerne, kunde jeg ikke faa Billeder, og jeg havde den største Besvær med at finde noget passende; medfølgende er vist for Resten heldigt? - - Jeg savnede Fader meget især de første Par Dage; i Morgen skal jeg til Schmieg[ulæseligt] alene, jeg haaber, det bliver sidste Gang, det tager saa meget Tid fra Fabriken. Jeg har nu faaet 5 Ting færdig siden jeg kom hjem, og hidtil har jeg haft Held med Branden; paa Mandag faar jeg en stor Vase ud med Vandtidsler, den er jeg meget spændt paa, da jeg har experimenteret med Farverne, - stillet saa mange Farvetoner sammen, som jeg kunde faa skrabet sammen. I Morgen skal jeg begynde paa noget nyt; enten bliver det en [et overstreget bogstav] lille Vase, modelleret som en Grankogle eller ogsaa ["eller ogsaa" overstreget], foroven nogle forstørrede Myrer; eller ogsaa en, ["," overstreget] Vase med nogle forstørrede sorte Myg, danse mod en rød Aftenhimmel, mulig en lille Maane. - -
 Det er dog en knusende Kulde det er bleven, bare det ikke bliver saadan i Morgen Aften, naar jeg skal flytte. - Kan Du ikke sende mig en Klædebørste hvis I har en til overs, samt min Ske og Gaffel; ligeledes vilde jeg ogsaa gærne have sendt min Tamburin, mine 2 Malerier og hvad der ellers kan være af mit som kan pynte lidt op i Værelset der vist nok bliver lidt tomt i Begyndelsen, f Ex. en Stump Tæppe til Vinduesfordybningen; jeg kan ikke faa et Maal, da de gamle Lejere ikke ere flyttede ud endnu; Vinduet er temmelig bredt, men det gør jo ikke saa nøje. - - Hvad mine Pengeaffairer angaar, saa kan jeg ikke rigtig forstaa, hvor Du faar de 25 Kr. fra, jeg maatte jo strax ud med 72 til Frk Rosenørn, over ["over" indsat over linjen] 10 Kr kostede Rejsen med Overvægt Bybud og de Penge, jeg skyldte Leon. det var strax de 86 og jeg havde 90 med mine Feriepenge fra Fabr. - Nu har jeg (med i Morgen) de 40 Kr. sparet sammen til Fru Lautrup og er desuden 11 Kr i Forskud og det synes jeg er ganske godt klaret. Af Udgifter har jeg haft 35 Øre om Ugen til Fabriken, - vi har fælles Husholdning nu - samt noget til et Grundfond, for hvilket vi købte en ny Kaffekande og en Keddel; - endvidere Petroleum Skosværte, en Kniv og ellers saa godt som intet. - De 5 Kr af Faders har jeg extravagant svært med, idet jeg har taget et Kort til Brandes Forelæsninger om Shakespeare. Det var jo nok temmelig flot, men jeg kunde ikke modstaa det, og jeg tænker nok jeg kan komme ud af det alligevel. Jeg hører dem sammen med Frk Smidth - 
 Jeg tænker, jeg har nok i Trækpuden, naar den er ordenlig stor, ellers kan jeg jo faa en til med til Jul. Farverne var til 2,75, Husleje 2,50. - Komtessen var jeg hos i Onsdags, men hun var ikke hjemme; Fru Poulsen var alene, jeg sad temmelig længe og snakkede med hende. Hun var som sædvanlig, og jeg kan rigtignok heller ikke tænke mig, at Komtessen er stødt over noget. -
 Arkitekten har sagt, at det ikke [var] hans Skyld, at Kejseren ikke kom ind til os, han var lige uden for Døren med ham, men Kej. sagde, at han ikke havde Tid. - Jeg var samme Dag I rejse ["I rejste" indsat over linjen] oppe paa Hotellet efter Straaene, men de var sporløst forsvundne; men jeg haaber, de har funden dem, naar jeg igen hører derhen. - Jeg har en laant Natkj. her og en har jeg laant ud, det bliver 5, men den 6te ved jeg intet om Jeg traf Onkel Jonas forleden, han sagde at Hypnotisme burde forsøges med Chr. Han trode paa det og den intereserede ham ham ["ham" overstreget] meget. - Saa, nu suser jeg ned med dette Leon skriver jeg til i Morgen; jeg kan ikke naa det nu. -
 Mange Hilsner til Eder alle. Fra Din 
 Alhed.
 En lille Dug vilde jeg gærne have - samt Sæbe
 Joh ["Joh" overstreget]</t>
   </si>
   <si>
-    <t>1891-03-13</t>
-[...52 lines deleted...]
-  <si>
     <t>1891-04-21</t>
   </si>
   <si>
     <t>Helgolandsgade 8 København</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 I P Jacobsen
 Johanne  Larsen
 Svend -, Okel
 Fanny Schaffalitzky de Muckadell
 A Smidt</t>
   </si>
   <si>
     <t>Blaa var formodentlig hushjælp eller selskabsdame hos Fanny S.d.M.
 Hans Chr. Caspersen, som boede eller havde butik i Kvæsthusgade foreslog i foråret Alhed Larsen at købe noget råsilke til 1,20 Øre pr. Alen. Han kan muligvis have været en slægtning til Niels Christian Caspersen, som var gift med Esther Johanne f. Brandstrup, en søster til Alhed Larsens mor. N.C. Caspersen var fra Nørrebro. Det er uklart, om det er Hans Chr. Caspersen m.fl., som Alhed Larsen besøgte i Kvæsthusgade. 
 "Forhus og Baghus", skuespil i fire akter af Hermann Sudermann. Oprindelig titel: "Die Ehre" (Dansk Forfatterleksikon, internettet, juli 2020. Opslag: Forhus og baghus). 
 Alhed Larsen var i 1891 ansat ved Den Kongelige Porcelainsfabrik.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2100</t>
   </si>
   <si>
     <t>Alhed har været syg med feber. Hun er ked af, at hun derfor ikke har kunnet besøge Blaa, som har været syg længe.
 Da Alhed Larsen besøgte beboerne i Kvæsthusgade, inviterede de på middag og teatertur. Teaterstykket var ikke ret godt. 
@@ -1971,50 +1917,104 @@
 Conrad Warberg
 Else Warberg
 Karen Warberg
 Laura Warberg
 Marie Warberg</t>
   </si>
   <si>
     <t>Begyndelsen af året 1892 var ikke lykkelig for Laura og Albrecht Warberg, da de netop havde fået at vide, at deres ældste datter, Christine, var gravid med sin kæreste, Leonard Holst. Parret var ikke gift, og barnet blev bortadopteret. 
 Anna og Michael Anchers udstilling fandt sted i Kunstforeningen Gammel Strand 3. - 21. marts 1892.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2715</t>
   </si>
   <si>
     <t>Alhed Larsen ønsker tillykke med fødselsdagen og håber, at det nye år bliver lykkeligere end begyndelsen af 1892 har været. Moderens besøg var hyggeligt, skønt humøret var dårligt. Marie Hansen/Schou og Alhed Larsen skal besøge Anchers udstilling i Kunstforeningen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qup8</t>
   </si>
   <si>
     <t>Kære Fader!
 Herved sender jeg Dig en rigtig hjærtelig Lykønskning til Din Fødselsdag i Morgen! Gid det nye Aar maa blive mere lykkeligt for Dig end Slutningen af det gamle har været, det var jo en Sorg for os alle at miste Leonard, men det var vist alligevel bedst saadan. Jeg har egentlig slet ikke noget nyt og interessant at fortælle, da jeg ikke har oplevet noget eller været nogen Steder henne, siden Mor rejste hjem; det var forfærdelig hyggeligt og morsomt at være sammen med hende, skønt Humeuret jo ikke var af det allerbedste. - I Formiddag skal Marie Hansen og jeg hen i Kunstforeningen og se en Udstilling af Michael Ancker og hans Kones Malerier, den skal være så¨udmærket god.
 Vil Du hilse Onkel Conne, og ["og" overstreget] Tante Else og Titte mange Gange fra mig. De kærligste Hilsner til Dig selv fra Din 
 A ["A" overstreget] Be.
 København 6te Marts 92</t>
+  </si>
+  <si>
+    <t>1892-03-13</t>
+  </si>
+  <si>
+    <t>Hamburg
+2</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Frédéric Chopin
+Frantisch Dusek
+Henrik Havemann
+Rebecca Havemann
+Pauline Hirschsprung
+Felix Mendelssohn
+Wolfgang Mozart
+Adelheyde Syberg
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, f. Warberg, var en kort tid i huset hos Havemanns i Hamburg. Hun blev sendt hjem, da ægteparret ikke fandt hende dygtig nok til husarbejdet. 
+Munter var en hund. 
+Spleis, Jakobsens og deres unge pige, Lønner, Grohmann og Gretchen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1581</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fik 12 tykke breve til sin fødselsdag. De mødte om aftenen Leth, og han spillede fløjte sammen med Ellen på klaver. Ellen er glad for sin klaverlærer, men han giver mange lektier.
+Laura Warberg har skrevet til Ellen, at hun skal finde noget arbejde, når hun kommer hjem. Ellen vil helst have tegneundervisning, men hun ved godt, at forældrene ikke har råd til at have flere døtre boende i København. 
+Ellen m.fl. har været på en lang gåtur i sneen langs Alster. En dag var de forbi Zoo og igennem Botanisk Have. Ellen vil gerne tegne på disse lokaliteter. En anden dag kom Ellen forbi Sct. Petri Kirke, hvor der var bryllup og dejlig musik. Aftenen før var Ellen til Wasserpantomime i Cirkus Busch. 
+Om aftenen er der tit gæster hos Havemanns, og de vil gerne have, at Ellen spiller for dem. Hun bryder sig ikke om det, fordi de snakker imens og hæver stemmerne, når hun spiller forte. 
+Det går ikke godt med madlavningen. For eksempel kan Ellen ikke finde ud af at lave melboller. 
+Ellen har strikket en uldtrøje og syet en buffetdug til Fru Havemann. 
+Den unge pige i huset, Gretchen, er ikke meget værd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0MC</t>
+  </si>
+  <si>
+    <t>Eppendorferweg 15 II
+Mandag 13de Marts -91
+Kære Mor! 
+Nu burde jeg jo have en hel Masse at skrive til dig om, men jeg ved egentlig ikke, hvad det skal være vi ere nemlig meget stilfærdige i denne Tid, Kaptajnen er væk, - vi ”bomler” ikke saa meget, men Tiden er alligevel fuldt optaget, vi kan knap faa den til at slaa til. – 
+Tak for dit Brev til min Fødselsdag, og vil du takke Fader mange Gange for hans Brev – opførte Munter saa en "lille Formiddagstudekoncert?" – Jeg fik 12 lange tykke Breve til min Fødselsdag, bl.a. et langt et fra Spleis, med indlagt Portræt, glimrende, af ham selv. – Vil du takke Tante Minni mange Gange for hendes Brev. – 
+Jeg blev hædret med fin Middagsmad og god Rødvin. – Om Aftenen havde vi tænkt at gaa i Kirke, men da vi gik ned af Trappen, mødte vi Leth, sammen med med sin Fløjte, saa vendte vi om og, og spillede sammen i samfulde 2½ Time, det gik rigtig pænt, og naar vi har øvet os lidt, vil det blive storartet, tror jeg – d.v.s. der er ”Skidt i Fløjten”, den spiller falsk men han skal med det første have en ny. – Jeg er mere og mere tilfreds med min Spillelærer, han kommer i Morgen og vil da bringe med en Vals af Chopin og Frühling Lied af Mendelsohn – om 6 Uger skal jeg spille Maaneskinssonaten af Bethoven – har han sagt. – Han er vist meget dygtig, men han giver mig en Masse for – til i Morgen har jeg f. Eks. 11 Scalaer, Etuder, et Utal af Øvelser, en Sonate af Bethoven en af Mozart, en af Dusek, saa du kan tænke jeg har travlt i de 2 Timer, jeg øver mig om Dagen. – Jeg er uhyre tilfreds med de 12 Timer, og tænkte nok det maatte være en Misforstaaelse med 24 – det er jo allerede en farlig Masse Penge til det. Du skriver, at naar jeg kommer hjem, skal jeg vel til at tage fat paa noget at arbejde med af en eller anden Slags. Ja det er du Ret i, og jeg skal nok hænge dygtig i, saafremt det bliver noget. Jeg kan og har Ævne til, jeg vil naturligvis helst til Tegningen, naar jeg kan blive anbragt ved det, men det er naturligvis ikke let at finde paa, paa Landet har man jo ikke Brug for den Slags, og I har ikke Lyst til at holde en Datter til i Kbnhavn, Døtre ere dyre – især naar de blive sat i en By – men som sagt, om I kan finde mig en Beskæftigelse hvor man tjener Penge, saa skal jeg nok tage godt fat og slide godt i det, bruge mine Kræfter og gøre jer Ære. – 
+Vi ere netop komne trætte og udasede hjem fra en lang, lang Tur, vi har været rundt inde i Byen, forbi Børsen netop som de kom ud derfra, sikken en Mylder, så har vi været henne Hotel d’Europe, hvor vi vare til Bal, gaaet langs med Alsteren, du kan tro der er smukt. Her har vi haft Vinter de sidste Dage, Alsteren var tillagt og der ligger c 1 Fod Sne i Dag er det Tø og et gruligt Søle. – Det er næsten hver Dag vi gaar saa lange Ture, en Dag gik vi ud paa Lykke og fromme og kom saa forbi Zoologisk Have og ud gennem Botanisk Have, hvor der er ganske henrivende smukt og jeg fandt mig nogle nydelige Motiver. Her bliver mange Steder omkring i Anlægene, hvor jeg kan tegne. I de sidste Dage har jeg malet fra Vinduerne. Der er en Have ud for Køkkenvinduerne med nogle store Bygninger bag ved. – 
+En anden Dag begav vi os ud og skulde gaa en rigtig lang Tur, men vi forvildede os i et stort Anlæg og fandt pludselig os selv i Frucht Allé ved Sct Petrikirke, som er 5 Min. Gang herfra. – Saa opdagede vi at Kirkedøren stod aaben og der stod nogle Drenge. Vi tænkte, der maatte være noget løs og gik derind. Der var et stort Bryllup, som vi overværede i al Højtidelighed, Talen forstod vi ikke, men der var saadan en dejlig Musik og 2 stemmig Sang, det var det bedste af det. – I Aftes vare vi i Cirkus Busch og morede os aldeles storartet, Leth kom og tog os med – det var brilliant – Wasserpantomine, det samme som Tante Minni og Onkel Syberg saa i Kbh i Sommer, kun var det vist mere storartet her. Du kan tænke dig, der blev sluppen Ænder Svaner og Sælhunde ud i Vandet, Ludvig d. 14 sejlede omkring i en lille Baad og spillede paa Luth, hvert Øjeblik plaskede der Herrer, Damer og Heste omkring – det var Gru at se. – Vi har haft et lille "Party" her en Aften. – Vi havde bedt den unge Pige henne hos Jakobsens, samt en svensk Kaptajn Lønner, som vi ogsaa har set derhenne, - Fru Jakobsen kom uventet med og Hr Jakobsen kom og [”kom og” indsat over linien] hentede hende Klk c 8. Vi havde det meget gemytligt, drak allesammen hver en Snaps til Aftensmaden, og Cognactoddy om Aftenen. Jeg blev den Aften som altid meget indtrængende bedt om at spille men jeg holder slet ikke af det, for Sludderen gaar aldrig saa lystig som naar jeg spiller forte, saa bliver der bare talt lidt højere, og jeg ved ikke noget mere irriterende. – Paa Torsdag Aften er vi bedt hen til Grohmanns, Fru Grohmann var var her en lille Visit i Gaar Form. og inviterede os. - -
+Madlavningen gaar det kun saa som saa med – vi har lavet Melboller, dog ikke efter den nye Kartoffelmelopskrift, men efter Kogebogen og som vi gør det hjemme, men de vil ikke lykkes, og vi ere nu saa kede af dem, saa vi kun kan se dem. En Gang bleve de saa haarde som Sten, en anden Gang syntes vi da at de vare brillant, men da Kaptajnen smagte dem erklærede, han at de vare slet ikke kogte, vi kom i saadan en Latter over vores spildte Møje, at Kaptajnen var lige ved at blive gal. – Æbleskiver og Pandekager faae vi tit, jeg laver dem altid, og har næsten naaet Virtuonstitel i det Stykke. – 
+Jeg strikkede i Gaar min Uldtrøje færdig og skal nu til mit Tørklæde, jeg var i Dag inde i en Garnbutik, men kunde ikke faa Garn der, jeg haaber jeg kan faa det et andet Sted. – Bufetdugen som jeg syede for Fru Havemann blev rigtig pæn, jeg har ogsaa broderet 2 Navne for hende - (af mig selv) - Fru H. har nemlig stor Respect for hvem der kan sy pænt, og saa vilde jeg selvfølgelig se at indlægge mig lidt Ære der. - Vor Pige Gretchen har vi ingen Glæde af, hun gaar ud hver Fredag og hver 3dj Søndag men er endnu ikke kommen hjem til rigtig Tid, saa kan [resten af brevet mangler] 
+[Skrevet på tværs øverst s1:]
+Husk endelig at skrive om Tante P.</t>
   </si>
   <si>
     <t>1892-04-01</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Julie Brandt
 Christian Caspersen
 - Hansen
 Malin   Holmström-Ingers
 Leonard Holst
 Alhed Larsen
 Adelheyde Syberg
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Christine Mackie og Leonard Holst fik som ugift par en datter sammen. Christine tilbragte de sidste par måneder af graviditeten på diskret ophold hos en familie i Århus, og hun fødte på Fødselsstiftelsen i København, som kunne varetage bortadoptionen. 
 Det vides ikke, hvem "læredatteren" var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2713</t>
   </si>
   <si>
     <t>Den lille pige er blevet døbt i ammestuen. Papirerne kom i orden i sidste øjeblik.
@@ -4025,63 +4025,63 @@
     <t>Alhed Warberg brugte ordet "interesse" under Johannes Larsens sidste besøg hos hende, og han synes, det er et ækelt ord.
 Larsen vil gerne sende Alhed Warberg nogle bøger, men hun må svare på, om hun vil have det.
 Johannes Larsen havde rygvind på den sidste tur hjem fra Alhed, men hunden peb meget undervejs.
 Larsen har travlt med hundedressur, Teknisk Skole, andejagt og akvareller. Han og andre Zahrtmann-elever åbner udstilling 1. december. 
 Karl Madsen m.fl. har sat en bortlodning til fordel for Syberg i gang. Det er en hemmelighed, men den vil nok skaffe Syberg 1500 kr.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QZR3</t>
   </si>
   <si>
     <t>Kjerteminde 17/11 1895.
 Kære Alhed!
 Af et Brev, jeg i Gaar fik fra Syberg, ser jeg at De er syg endnu, og jeg vil derfor ikke nægte mig den Fornøjelse at skrive til Dem, selv om De muligvis ikke kan k[ulæseligt]nogen ”Interesse” at jeg gør det. Jeg ved ikke om De husker at De benyttede det Ord ”Interesse” sidste Gang jeg besøgte Dem. Det var lige før jeg skulde ned at spise og jeg blev gal og vilde have skældt Dem ud hvis De havde været alene da jeg kom derop igjen, men da De ikke var det, holdt jeg min Mund. Synes De ikke at det er et ækelt fedtet Ord, det har formodentlig latinsk eller fransk Oprindelse, det ved jeg ikke, men det burde efter min Mening være hebræisk og saavidt muligt kun benyttes af Jøder. Det gør mig ondt at De stadig er syg og jeg vilde være glad, hvis jeg maatte bidrage til at underholde Dem, ved f. Ex. at sende Dem Caldecots Billedbøger eller Karl Madsens ny Bog om Lundby hvis De ikke har set den, det er en rar Bog med mange gode Billeder i. Men hvordan skal jeg faa at vide om jeg maa sende dem naar De ikke vil skrive til mig før til min Fødselsdag? Vil De ikke nok gøre en Undtagelse nu da det er et Svar? Jeg vil med det samme takke Dem og Deres Familie for de Gange jeg har været paa Erikshaab i Sommer, vil De hilse. Sidste Gang kom jeg hertil omtrent en Time tidligere end jeg havde beregnet, nemlig 10 M. over 11, men jeg havde jo ogsaa Vinden paa Ryggen hele Vejen. Hunden var ikke saa glad ved Touren især under et Par Regnbyger vi fik, han løb og peb og vilde ind i næsten alle de Huse vi kom forbi. Jeg dresserer lidt paa ham hver Dag og han er nu saa dygtig at han kan apportere. Jeg er svært optaget for Tiden, jeg dresserer Hund og gaar paa Andetræk hver Aften og paa teknisk 3 Aftener om Ugen [ordet ”Ugen” indsat over linjen] og tegner eller maler Aqaurel i al min Fritid. Vi skal altsaa alligevel have en Udstilling, som skal aabnes 1 December og vare til Midten af næste Maaned, den kommer vist til at bestaa af bar gamle Billeder, i hvert Tilfælde for vi ældre Elevers vedkommende. Peter er ved at faa bygget sig en Kano som skal være færdig til Jul, den bliver vist bygget i Nærheden af Svanninge, for Baronen er sat til at passe paa at den bliver lavet efter Tegningen. Jeg vil slutte med at fortælle Dem en Hemmelighed, men De skal ske en Ulykke hvis De fortæller det: Peter skriver at Karl Madsen og Vilhelm Hansen har foranstaltet en Bortlodning, til Fordel for Syberg, af en hel Del Billeder af berømte Kunstnere og der forventes et Udbytte af mindst 1500 Kr som han skal have inden Jul, som en Overraskelse.
 God Bedring!
 Ærb. Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1895-12-25</t>
   </si>
   <si>
     <t>Harald Balslev
 Berta Brandstrup
 Julie Brandt
@@ -4456,61 +4456,62 @@
   <si>
     <t>Albert Gottschalk</t>
   </si>
   <si>
     <t>Alhed Warberg skal mødes med Johannes Larsen om søndagen. Lørdag arbejder han på Teknisk Skole.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LG3i</t>
   </si>
   <si>
     <t>Kjerteminde 28 October 1896.
 Kæreste Alhed!
 Jeg skriver et Par Ord i Hast for at takke Dem for Brevet og bede om Forladelse fordi jeg havde ventet saa længe med at skrive til Dem. Det var egentlig ikke gaaet op for mig at der var gaaet saa lang Tid, før jeg læste det i Brevet; jeg synes Tiden gaar saa forfærdelig hurtig saa jeg ved knap hvor Dagene bliver af, men da jeg glæder mig til at se Dem paa Søndag kan jeg ikke ærgre mig over den Fart i Øjeblikket. Jeg blev glad ved at se at De har regnet ud at det er ved den Tid jeg er i teknisk Skole om Lørdagen, for det saa jo ud som om De selv kunde bestemme hvad Dag det blev. Jeg har nemlig opdaget at jeg desværre er saa meget Pligtmenneske eller som Gottschalk siger ”Slapsvans” at det vilde ærgre mig at forsømme Skolen naar det kunde undgaas, eller at jeg i hvert [Fald] vil have meget mere Fornøjelse af Turen hvis det bliver om Søndagen. Jeg haaber at De vil skrive hvad Dag det bliver og at det bliver paa Søndag.
 Mange kærlige Hilsner
 Deres heng. Johannes Larsen
 P.S.
 Jeg ser nu at Kl. er over 4, saa faar De vel ikke Brevet før Fredag men naar de svarer strax kan det vel naa sig alligevel.</t>
   </si>
   <si>
     <t>1896-11-19</t>
   </si>
   <si>
     <t>Tårup Vestergyde, Mesinge</t>
   </si>
   <si>
-    <t>Adis -
-Petrine -
+    <t>Petrine -
 Johanne Christine Larsen
 Otto Emil  Paludan
 Nicoline  von Sperling
 Maria von Sperling. g. Balslev
 Albrecht  Warberg
-Laura Warberg</t>
-[...2 lines deleted...]
-    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter.</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den afdøde pige eller hendes familie har muligvis været ansat ved Erikshaab, siden Alheds familie samt pigerne på gården deltager i begravelsen, samt står for middagen derefter. 
+Adis var et af Astrid Warberg-Goldschmidts kælenavne.</t>
   </si>
   <si>
     <t>En ung pige, der boede nær Alhed, er død, og Alhed med familie har været til begravelse. Alhed har dårlig samvittighed over, at hun ikke tog sig nok af den unge pige, Petrine.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K2OR</t>
   </si>
   <si>
     <t>Erikshaab 19/Nov.
 Tirsdag Aften
 Kære Las!
 Skønt Kl. er næsten 11 ½ skal jeg alligevel have sendt Dem en lille, men bare ganske lille Hilsen i Aften, jeg er noget træt og søvnig. – Jeg savner Dem meget, og jeg har længtes efter Dem hele Eftermiddagen, lige siden De rejste. Og jeg synes knap, jeg fik sagt rigtig ”Farvel” til Dem. Hvis De var her endnu, tror jeg bestemt, jeg gik ind og sagde vældig pænt Godnat til Dem. – Vi plukkede en hel Del røde Bær paa Vejen hjem, samt hvide Rølliker til en Krans. Da jeg kom ned til Husene, stod der en hel Del udenfor, der aabenbart ventede sig noget af mig, saa maatte jeg samle alt mit moralske Mod sammen og gaa ind at se den døde Pige. Men jeg fortrød det for Resten ikke, hun var saa smuk og saa ud aldeles som om hun sov. Det var slet ikke uhyggeligt. – I Aften har jeg bunden 2 Kranse og et Kors, hvoraf jeg er bleven saa træt, at jeg nu er nødt til at skynde mig at gaa i Seng. Derfor Godnat min egen kære Las, gid De var her endnu. –
 Torsdag Morgen.
 I Gaar fik jeg slet ikke Tid til at skrive. Om Formiddagen var Far, Palaen, Adis og jeg til Begravelse, Johanne var forkølet. Præsten fulgte med herned og De kan stole paa vi fik travlt med at lave ”pæn” Middagsmad, som Mor siger, da Pigerne ogsaa var til begravelse. – Der var saa kønt oppe paa Kirkegaarden, den ligger temmelig højt og har der ud over noget der hedder ”Kirkelunget”, som jeg ikke aner, hvordan staves eller hvad betyder men det kan ligne lidt efter Torbystranden; der var ikke saa faa Mennesker der fulgte Petrine, ”Afholdsforeningen”, ved hvis Baller hun vist har faaet sin meste Sygdom fulgte hende med en stor Fane. - - 
 Jeg haaber, jeg snart faar Brev fra Dem, det er dem, der skal skrive først denne Gang, De skylder mig Brev. Det er egentlig frækt, at jeg skriver til Dem i stedet for til København, jeg har slet ikke skrevet, siden jeg rejste derindefra i Mandags for 8 Dage siden. Jeg kan da fortælle Dem, at jeg ikke skal have Overhaling af Frk Sperling paa Søndag. Da Far i Tirsdags sagde til hende, at han var ærgerlig over, at jeg havde fortalt Marie Sperling den Sludrehistorie, tog hun mig oven i Købet i Forsvar og sagde, at det var der ikke noget forkert ved. Kammerater skulde have Lov at sige saadan noget til hinanden. Det er meget demoraliserende for mig, at jeg altid slipper godt fra saadan noget, som jeg skulde have haft en ordentlig Røffel for. Mine Bedrifter komme i Reglen til at tage sig bedre ud i Folks Øjne, end de er mente i Virkeligheden. Som nu ogsaa med Petrine; Folk tror, at jeg har været saa god ved hende, mens jeg i Virkeligheden har forsømt hende paa det skrækkeligste, og naar jeg protesterer, tager de det for Beskedenhed, saa jeg bare stiger endnu højere. Jeg ved virkelig slet ikke, hvad jeg skal gøre med en rasende ond Samvittighed. – Nu Farvel for denne Gang. Skriv snart. 1000 Hilsner fra Deres Alhed</t>
   </si>
   <si>
     <t>1896-11-25</t>
   </si>
   <si>
     <t>Vestergade 11B, 5540 Ullerslev, Danmark
 Romsø, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Christian Andersen
@@ -6335,50 +6336,91 @@
 Marie Schou
 Anna Syberg
 Fritz Syberg
 Andreas Warberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>"Rhea" er et af Johannes Larsens forældres fragtskibe. Det er gået på grund. Forældrene er i store, økonomiske vanskeligheder og har i den sidste tid solgt et andet skib samt en af deres skovgårde i Sverige. 
 Dede (Alheds lillebror) blev konfirmeret på denne dag.</t>
   </si>
   <si>
     <t>Johannes Larsen har været til frokost hos Wilhelm Hansen sammen med Anna og Fritz Syberg, Peter Hansen, Viggo Johansens kone m.fl. Bagefter var Peter Hansen, fru Neckelmann og han på Charlottenborg.
 Karl Schou har fået brev fra Zahrtmann med tak for fødselsdagshilsen.
 Johannes Larsen er meget bekymret for sine forældre, fordi deres skib Rhea står på grund, og de er i svære økonomiske problemer. Han vil hjælpe dem med de penge, som han har fået ind for salget af et billede. Larsen har ikke kunnet fortælle Alhed om dette, mens hun var i København, fordi han var meget berørt af sagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/E70E</t>
   </si>
   <si>
     <t>Kjøbenhavn Søndag 3 April 1898.
 Min egen Kæreste!
 Her sidder jeg nu og skriver mens Schous sidder og spiser inde i den anden Stue, men jeg maa vel hellere begynde med i Morges. Da Du var rejst gik jeg med Johanne og Pang hen paa en Beværtning og drak en Bayer, mens de andre fik Kaffe og derefter fulgtes vi ad hen ad Boulevarden og jeg gik saa op til Lützhøffts og fulgtes med Hønset og Baronen ud til Wilhelm Hansen, hvor vi traf Peter og senere kom Fru Johansen og Ellen. Vi fik en meget fin Frokost. Høns i champignons og koldt Bord og 6 Slags udmærket Vin, først Rødvin, saa [noget af papiret mangler]nel Steinwein fra 60er[noget af papiret mangler] der lugtede [noget af papiret mangler] henrivende, saa en lig[e saa] gammel [noget af papiret mangler]a udmærket, Bourgogne gammel Madeira og Champagne og bagefter Kaffe og Likører og Cognak og Cigarer. Paa Tirsdag skal vi ud til Fru Johansen og spise Frokost. Da vi gik var jeg med Peter henne efter fru Neckelmann og saa paa Charlottenborg hvor Peter og jeg, Fru N gik tidligere, gik alle Billederne igennem efter Katalogen, d.v.s. vi blev smidt ud inden vi var færdige hvad der vist var heldigt da jeg allerede var begyndt at faa Hovedpine. Der var et Billede af Krøyer, et Portræt af en lille Pige med en Dukke, som jeg syntes var kønt, jeg ved ikke om Du kan huske det det hænger i den sidste af Midtersalene, men ellers synes jeg ikke jeg opdagede noget videre af Betydning. Derfra gik jeg med Peter hen og spiste til Middag i Theater-Kaféen for en Krone og kørte saa i Omnibus Peter til Halmtorvet han er i Dagmartheatret til ”Brand” og jeg herud. Schou har faaet et Brev fra Zahrtmann, hvori han takker os for Blomsterne og Besøget, han kendte ikke vi andres Adr. men nævnede os alle sammen og var meget glad over at vi havde husket ham paa Fødselsdagen, det gør godt naar man er 55 Aar at blive husket af de unge skriver han. Det forstyrrer mig at Schou og Marie sidder og læser op af Charlottenborg Katalogen og stadig [vil have] at vide hvordan Billederne ser ud [noget af papiret mangler]g maa nok hellere vente til i Morgen, Du faar jo alligevel ikke Brevet før Du kommer til Erikshaab. God Nat.
 Næste Dag – Tusind tak for Dit Brev. Du kan tro jeg blev glad ved at faa det jeg havde ikke ventet at Du vilde skrive før Du kom hjem. Det var nu slet ikke fordi Du ikke havde været god ved mig at jeg var ked af det, Du har været god nok og jeg elsker Dig, men jeg var ked af det fordi jeg ikke fik talt ordentlig med Dig, og jeg kunde jo godt have gjort det før i Stedet for at opsætte det til sidste Dag, men jeg havde gjort Regning paa at komme til at tale med Dig naar jeg fulgte Dig paa Banen, det var altsaa min egen Skyld. Det jeg vilde have talt med Dig om, var det Du sagde forleden om at Du vilde have de Penge jeg fik for Billedet og at Du ikke vilde have giftet Dig med mig hvis Du ikke fik Pengene, og det blev jeg saa bedrøvet over, fordi (nu skal jeg med Schous i Zoologisk Have) (Nu er jeg her igen det er en kedelig Masse Afbrydelser og det bliver vist et frygteligt Sludrebrev) jeg tænker mig at Fader rimeligvis vil faa ondt ved at skaffe ”Rhea” af Grunden, og jeg holder saa meget af Fader at jeg vilde anse mig for en Slubbert hvis vi havde Penge liggende eller i Sparekassen naar han manglede og maaske blev nødt til at lade Skibet ligge dernede. Det er jo saadan, at vi siden Mohr &amp;amp; Kjærs fallit i [noget af papiret mangler] haft store Vanskeligheder at kæmpe [med] for at betale enhver sit samtidig [med at] Forretningen er bleven mindre og mindre fordi Fader ikke har haft tilstrækkelig Driftskapital og ikke vilde have fremmed Hjælp. Der var vist henved 30 Handelshuse som stod i Forbindelse med Mohr &amp;amp; Kjær og som enten gik fallit samtidig eller gik paa Akkord, med Undtagelse af Fader og en til, derfor beundrer jeg ham og han har aldrig nægtet mig Penge naar han har haft nogle. Du kan tro han har haft mange Ydmygelser i de Aar og Du kan vel forstaa at jeg vil nødig gøre ham ondt, men alt det kunde jeg naturligvis meget bedre fortælle Dig mundtlig især da jeg næsten ikke kan faa Lov til at skrive i Fred, saa det bliver vist et Vrøvlebrev, men jeg vil lade være at læse det igennem. Jeg holder forfærdelig meget af Dig og jeg synes ikke her er videre rart at være siden Du rejste. Det vilde vist ellers være fornuftigt af mig hvis jeg blev i nogle Dage og gik ud og tegnede i Zoologisk Have, men jeg ved ikke om jeg gør det. Der var saa mange nydelige Ænder derude. Det var sært nok at jeg ikke kunde sige det til Dig i Gaar Morges, jeg ved ikke hvad der gik af mig, men jeg kunde ikke uden at jeg var kommen til at græde og jeg kunde da ikke gaa og skabe mig saadan i mellem alle de Mennesker for det var galt nok endda [noget af papiret mangler] Kone jeg købte Violerne af hun [noget af papiret mangler]er saa optaget af at fri til Dig at [noget af papiret mangler] have stukket af med Kronen uden at give tilbage, ”De rendte jo Deres Vej”, sagde hun og grinede fedtet, da hun gav mig 50 Øre igen. Ja nu bliver der jo ikke stort mere til Dig i Dag og Gud om Du faar Brev i Morgen, for jeg synes det er saa svært at komme til at skrive herovre, jeg har ikke en Gang skreven hjem siden vi skrev inde paa Posthuset den Dag, men jeg tror jeg skal skrive et lille Brev nu. Mange Tusind af de allerkærligste Hilsner. Jeg elsker Dig. Din hengivne
 Johannes Larsen. 
 Du har vel husket at hilse fra mig og ønske Dede til Lykke. Kan Du nu skrive til mig hver Dag jeg skal nok skrive naar jeg rejser herfra. Jeg elsker Dig.</t>
+  </si>
+  <si>
+    <t>1898-04-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Christian  Brandstrup
+Eline  Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Heinrich Hirschsprung
+Pauline Hirschsprung
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Tante Mis er Wilhelmine Berg. 
+"Vi har to tomme Værelser": Wilhelmine Berg havde et pensionat i København. 
+Det vides ikke, hvem frøken Moltke var.
+Både Erik og Hirschsprung kan være flere forskellige personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1435</t>
+  </si>
+  <si>
+    <t>Dåben er udsat otte dage for Christian Brandstrups skyld. Wilhelmine Berg/Tante Mis vil gerne have, at Laura Warberg kommer. Barnet skal hedde Daisy. Louise Brønsted finder navnet frygteligt. Den lille pige er ikke køn, men hun er sød og muligvis også musikalsk.
+EllenSawyer har været forkølet. Lauritz Brandstrup/Bedstefar har det godt, men han græder, når han tænker på sin sygdom og på Johanne Brandstrup/Bedstemor. Han kan ikke kende sine børnebørn. 
+Rudolph Tegner har bestilt Christian Brandstrup til at tegne et atelier
+Der er to ledige værelser på pensionatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jkHX</t>
+  </si>
+  <si>
+    <t>d. 19-4-98.
+Kære Mor!
+Jeg opdager med Forbavselse, at det snart er otte Dage siden jeg rejste, saa I er vel snart noget utaalmodige efter at høre lidt fra os. – Hvad Daaben angaar, saa er den udsat 8 Dage for Onkel Christians Skyld og bliver altsaa paa Søndag 8 Dage; der skal nok være en lille Festlighed bagefter, og Tante Mis vil meget gerne have Dig med; forresten tror jeg, hun selv skriver til Dig om det. Vi ved nu med temmelig stor Sikkerhed, at den lille Pige skal hedde Daisy; det er frygteligt synes jeg. Som Tillægsnavne skal hun (hedde) have Johanne og Sofie, det er jo nogle rigtig pæne Navne, blot de vilde kalde hende et af disse i Stedet. Forresten trives hun udmærket, men som Skønhed er hun noget i Dekadence, saa Du maa ikke gøre Dig for store Forventninger i den Retning, hvis Du kommer herind; men alligevel er hun vældig sød, og jeg tror, hun bliver meget musikalsk: hun kan være saa sulten, det skal være; naar man bare synger for hende, holder hun op med at skraale øjeblikkelig og ligger og hører opmærksomt efter. Fra Elle skal jeg hilse; hun har været noget daarlig af Forkølelse de sidste Dage, men er bedre i Dag. I Aftes, mens vi havde Fremmed – Erik - sad hun hele Tiden med en Plaid over sig og slynede. Det samme paa Plaiden nær gjorde hun ogsaa oppe hos Hirschsprung forleden Aften. – I Søndags var vi ude hos Bedstefader; han havde det rigtig godt og var meget vel tilpas, undtagen naar han kom til at tænke paa sin Sygdom og Bedstemoder; saa græd han lidt, men vi fik ham hurtig trøstet; naturligvis skulde vi fremvises Frøknerne, som passer ham og Frøken Moltke, men heldigvis for os var den sidste ikke hjemme. Han var meget glad ved Besøget og forærede os en Appelsin, men kendte ingen af os, ikke engang Elle. Vi har også været ude hos Onkel Chr. og Tante Eline; vi var sendt derud i et Ærinde for Tante Mis om Eftermiddagen, og blev der saa paa Opfordring om Aftenen og mored os godt. Mens vi var der fik Onkel Chr. Bestilling paa et Atelier til en ung Billedhugger ved Navn Tejner; det lader til, han er efterspurgt nu, Jeg skriver snart til Far, men for Øjeblikket er der ikke noget af Interesse at fortælle om. Vi har to Værelser tomme for Tiden, men forhaabentlig vil det ikke vare længe, før vi faar denne lejet ud. – Vil Du ikke med Elles Kuffert sende hendes graa Sommertrøje: Undskyld, hvis det sidste er blevet noget utydeligt, det er halvmørkt.</t>
   </si>
   <si>
     <t>1898-04-28</t>
   </si>
   <si>
     <t>Johannes Larsen malede foråret 1897 på guldregnebilledet, men måtte stille det væk, da træet tabte blomsterne.
 "Skiven med Kronprinsen" er bestilt af en fugleskydningsmand.</t>
   </si>
   <si>
     <t>Johannes Larsen håber at komme til at male på billedet af guldregnen. Han vil gerne have Christine til at fotografere enten hunden eller et billede af hunden.
 Larsen er usikker på, hvordan han skal male skiven med kronprinsen (til Fugleskydningsmanden).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MYqq</t>
   </si>
   <si>
     <t>Kjerteminde 28 April [noget af papiret mangler]
 Min egen Kæreste!
 Jeg har egentlig ikke ret meget at fortælle Dig i Dag, men Du skal alligevel have et lille Brev i Dag skønt jeg ingen fik i Morges. Jeg har nu faaet Guldregntræet sat paa Blendramme og skal saa til at male paa det, m[en det] er Graavejr, efter den [noget af papiret mangler]set jeg har af det, pa[a en] Maade tænker jeg at [noget af papiret mangler] kan komme saa vidt med det at jeg kan naa at faa det malet færdigt naar det er sprunget ud, jeg har ogsaa set paa Hunden i Dag og tegnet en lille i en noget [ande]n Stilling en den jeg fandt i Gaar, og saa er jeg kommen i Tanker om at det maaske ikke var saa galt at faa den fotograferet, saa hvis Du vilde være saa sød at skrive saasnart Du har faaet dette, og sende Brevet til Højrup med det samme, vil jeg (det skal indeholde Christines Adr. i Odense) skrive til hende om det ikke var muligt at hun kunde komme her paa Lørdag Aften eller Søndag Morgen med sine Apparater, eller det var maaske endnu mere durkdrevent om Du skrev til hende og bad hende skrive til mig om hun kan komme og ved hvilken Tid hun vil hentes i Ullerslev, kan Du det? for hvis Du først skal skrive til mig og jeg til hende kan hun vel ikke naa at svare mig. Skiven til Kronprinsen har jeg faaet og begyndte at tegne ham op med Kul, men jeg er for Øjeblikket helt i Vildrede med hvordan det skal være. I Eftermiddag har Klaks og jeg arbejdet i Haven og været i [noget af papiret mangler] men nu rejser jo Kla[ks i] Morgen saa naar jeg [er] alene gider jeg vel ikke hver Dag. For Øjeblikket sidder Klaks og tegner Kortet over Haverne. Kan Du nu være sød og skrive snart. Jeg elsker Dig. Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
     <t>1898-05-01</t>
   </si>
   <si>
@@ -7592,50 +7634,146 @@
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
   </si>
   <si>
+    <t>1899-08-01</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+August Andreas Jerndorff
+Harris Sawyer
+- Sawyer, Harris' far
+William Henry Schofield
+- Taylor</t>
+  </si>
+  <si>
+    <t>George Vhitehouse og Dr. Tailors kendes ikke. Det vides ikke, hvad Harris Sawyers mor og bedstemor hed. 
+Drachmann, Holger: Troldtøj: folkesagn i nutidsliv, 1890 (bibliografi.dk: international forfatterbibliografi). Udgiver: Bojesen. Illustratorer: Joachim Skovgaard, Aug. Jerndorff, Th. Bindesbøll.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1540</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har måtte holde sig hjemme for at passe den gamle. Det var dejligt, at Harris Sawyers mor ikke var der, for man bliver melankolsk af at være sammen med hende. Hun blander sig desuden i alt, og da Harris en dag bad hende passe sig selv, blev hun vred og sagde, at det var hendes hus. Ellen og Harris står tidligt op blandt andet for at spise morgemad før moderen. Harris er morgfenmenneske. Han og Ellen går så også tidligt i seng. 
+En dag drillede Ellen og Harris de gamle ved først at stille urene to timer frem og derefter tilbage. 
+Universitetsbiblioteket er ved at grundlægge en samling af skandinavisk litteratur. Ellen har lånt Drachmanns Troldtøj. Harris har på engelsk læst om Kong Erik. 
+Ellen og Harris skal på en rejse af to ugers varighed. De har haft gæster til god mad, og dagen efter kommer en professor fra Harvard. 
+Man kan få god frugt i USA - bl.a. nogle dejlige meloner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hUFS</t>
+  </si>
+  <si>
+    <t>d. 1ste Aug. 99.
+Kære Mor! 
+Tak for dit Ekstrabrev og for Brevkortet idag. 
+Min Uge, siden jeg skrev sidst har ikke været synderlig indholdsrig. Jeg har måttet holde mig hjemme for at passe på den gamle som aldrig tør være alene i Huset, men forresten har jeg nydt at være alene om Styret. (Jeg ved ikke hvad det er med Harris’ Moder, - man bliver så bundmelankolsk ved at være sammen med hende. Jeg tror det smitter. Jeg har været som et andet Menneske i denne Uge, skønt Guderne skal vide, at den gl. Bedstemoder ikke er opmuntrende. Hun grumler og gnaver altid og er ret utålelig. En Dag fik vi hende alvorlig gal i Hovedet, men jeg tror da hun har glemt det nu: Hun blander sig altid i vore Anliggender og Harris kom derfor en Dag til at bede hende passe sig selv, hvorpå hun blev i høj Grad stødt og erklærede at dette var hendes Hus og hun havde Lov til at sige hvad hun vilde o.s.v. Det er hver Morgen vort Maal at komme op før hende så vi kan spise vor Morgenmad i Fred og Ro, derfor ["derfor" overstreget] men skønt vi ere nede Klk 6½ kan det næsten ikke lykkes. Harris er den værste Morgenmand; jeg har kendt; Klk 5½ begynder han at sukke ynkeligt og vil op, men ved min energiske Protest har jeg fået det trukken ud til Klk 6, men det er også det seneste. Her ere Dagene ikke så korte om Vinteren, det er altid højlys Dag Klk 6, så Folk her ere i Vane med at stå tidligt op. Men så går vi rigtignok også i Seng 9½. Igår besluttede vi at holde de ["de" overstreget] lidt Sjov med de gamle: Vi stillede Urene 2 Timer frem før hun kom ned om Morgenen. Hun var midt i Beretningen om en søvnløs, gennemvåget Nat, da hun så at Klk var over 10. ”Hun måtte så alligevel have blundet lidt på Morgenstunden”. Så i Løbet af Morgenstunden stillede vi Urene rigtig igen, og den gamle mente, at hun måtte være skrækkelig syg, så langsom den Formiddag gik. Har ej fortalt, at jeg er kommet i med at få danske Bøger fra Universitetsbiblioteket. De, - med Dr. Schofield i Spidsen – ere i Færd med at lave en stor Samling af nyere skandinaviske Bøger. Jeg tror, jeg er deres eneste Læser for Tiden – i det mindste ere alle de Bøger jeg hidtil lånt aldeles som nye. I Lørdags fik vi èn til at være hos den gamle, medens vi tog til Cambridge efter Bøger. Man finder i Katalogerne hvad man vil have, skriver No. på små Sedler, indleverer dem og får sine Bøger lidt efter. Jeg havde bl.a. forlangt Troldtøj af Drachmann og du kan tænke dig min Forfærdelse, da de kom slæbende med et rødt Pragteksemplar så stort som din ”Danmark” Det var en stor illustreret Udgave med Tegninger af J. Skovgård og Jerndorff. Den var jo tung at slæbe hjem, men jeg havde forresten megen Glæde af den. Jeg fik også en engelsk [”engelsk” indsat over linjen] Oversættelse af ”Kong Erik og de Fredløse” til Harry. Han læste den hele igår med stor Interesse. Han havde sit Københavnerkort ved Siden og fandt mange af de Steder der omtales. Jeg har aldrig i mit Liv set nogen læse så hurtigt som han: Vi var et Tur på 3 Timer i Franklin Park, han lavede Aftensmaden alene, hjalp mig med Middagsmaden, spillede og snakkede og fik alligevel Tid til at læse de tre Bind igennem. Jeg må se at finde nogle flere danske hist. Romaner. Han får da noget Danmarkshistorie på en nem Måde.
+På Fredag rejser vi og glæder os meget. Vi skal gøre Turen rigtig langsomt, - være to Dage om den og se os om på Vejen, og så skal vi tilbringe to pragtfulde Uger mest i de store Skove og se Bjærgene og rigtig blive fyldt med frisk Luft. Harry trænger meget til en Ferie. – Jeg har forresten meget travet i disse Dage, der er jo altid en Del Småberedelser før en Rejse, - her kommer et par fremmede Herrer i Aften og på Tirsdag Aften til Aftensmad, - vi må vadske Onsdag og så ”det daglige”, så jeg er da beskæftiget. Jeg vil imidlertid kun vadske det nødvendigste, så Konen kan nå at stryge det også samme Dag. Harry husker og hjælper med alt, og det går det så meget lettere. 
+Næste Dag.
+Vi havde en morsom Aften i Aftes. Det er forfærdelig morsomt at have Fremmede når vi ere ene om at være Vært + Værtinde. Gæsternes Antal var ikke stort, til Aften kun George Vhitehouse, en af Harris’ ældste og bedste Venner som gav os den store fine Krystalskål. Vi havde Roastbeef m. Kartofler og ”surt” og Meloner med Æggehvidekage til. Bajersk Øl og et Glas Sherry til Melonerne. Senere kom Dr. Tailors ind. Vi vilde gærne også traktere dem med noget, men havde ikke andet end Øl 3 Stk. syltet Ingefær og nogle Oliven, - som de gladelig fortærede alt sammen. 
+Imorgen er det en Professor fra Harvard, - han er imidlertid en yngre Mand og ikke skrækindjagende. Jeg har tiltænkt ham Skinke og Grønærter, Tomater og Kartofler og en ”Lagt-ned-Æblekage” m. Flødeskum. – Skinken køber vi kogt og det hele og der er ikke meget at forberede. De har glimrende Frugt her i Amerika. Fersken!!!! Og nogle delikate små Meloner, som man skærer midt over og spiser af, Skalden som et blødkogt Æg. H. og jeg deler èn hver Morgen på fastende Hjærte. – 
+Hvordan er Frugten hjemme iår, - bærer de små Træer noget! De lykkelige Unger som nu [ulæseligt] Rejsen. ----
+[S. 1 langs venstre margen indsat tekst, der er ulæselig, da blækket er flydt ud)
+[Øverst s. 1:] (ulæseligt] hørte sig til. Skal til Cambridge i Dag for at blive forsynet med Bøger til Ferien
+[Skrevet langs venstre margen s. 8:]
+bliver flot Bjærgene.
+[Skrevet langs venstre margen s. 7:]
+1000 Hilsner til alle fra Harry og Elle.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
+  </si>
+  <si>
     <t>1899-10-22</t>
   </si>
   <si>
     <t>Louise Amstrup
 Julie Brandt
 Viggo Bredsdorff
 Louise Brønsted
 Carl Neiiendam
 Gandenz Neiiendam
 Ellen  Sawyer
 Johan Wessel</t>
   </si>
   <si>
     <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
 Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
 Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
 Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
 Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
   </si>
   <si>
     <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
 Louise har været syg.
@@ -7643,50 +7781,90 @@
 Carl Neiiendam behandler Johanne nedladende og uhøfligt.
 Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V9wD</t>
   </si>
   <si>
     <t>Fru Laura Warberg
 Erikshaab
 Højrup St.
 Fyen
 [I brevet:]
 Søndag
 Kære Mor!
 Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
 Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
 Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
 Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
 Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
 Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
 Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
 I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
 Farvel
 Nu skal Brevet af Sted
 Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1899-12-01</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Harris Sawyer
+- Taylor</t>
+  </si>
+  <si>
+    <t>Fabriksejeren og dennes hustru kendes ikke; ej heller den indfødte amerikaner, der havde flettet æsken. 
+Det vides ikke, hvad "Gamle Eastmans" hustru, mor, bror og svigerinde hed.
+Ellen Sawyer var - hvorfor vides ikke - som gravid overbevist om, at hun fik en dreng. Hendes datter blev født 16. januar 1901.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1531</t>
+  </si>
+  <si>
+    <t>Amerikanerne er ikke gode til at holde jul. De mangler sans for traditioner og hjemlig hygge. Deres hjem er heller ikke hyggeligt indrettet. Ellen Sawyer vil aldrig have et sitting room.
+Thanksgiving den foregående dag blev dog alligevel hyggelig. Harris Eastman Sawyer kom hjem fra forretningsrejse den dag, og han medbragte som gave til Ellen en æske flettet af strå. Hun vil bruge den som toilettaske til det barn, som hun venter. Harris var inviteret til sor middag til ære for finansministeren. Dagen efter var han på en togrejse af 26 timers varighed. Man fik kalkun og to slags is til thanksgiving-middagen, og bordet var pænt dækket. 
+Ellen og Harris har fået en rørende bryllupsgave fra Harris' farmor. Hun havde syet et sengetæppe af hundredevis af små stoflapper med sløjfer på. Harris' farbror og dennes hustru sendte kvædegelé og kartofler. 
+Ellen har travlt med at lave tøj til det barn, hun venter. Hun beder moderen om en strikkeopskrift. Ellens svigermor vil sømme bleerne på maskine. Den lille seng står klar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zbbk</t>
+  </si>
+  <si>
+    <t>Dec. 1 99
+Kære Mor!
+Det er rent utroligt, som Tiden løber her, - at vi allerede har December. Vi har endnu slet ikke haft Sne eller stadig Kulde, så det forekommer slet ikke som Vinter. Det bliver underligt for mig, når Julen nærmer sig, - jeg må se så vidt mulig at glemme at det er Jul. Her lægger de knap Mærke til den, - kun én Helligdag, og den helligholdes mindre end en almindelig Helligdag ["Helligdag" overstreget]. Søndag. – ”Feststemning” er noget, der ikke ligger for Amerikanerne, - som f. Eks. i går ”thanksgivingsday”, den største Helligdag i Aaret, - og man mærker den knap. Hvad de mangler, er Traditioner, - Respekt for de gode gamle, nedarvede Skikke, - samt Begreb om hjemlig Hygge. Jeg tager ganske sikkert ikke Fejl i, at dette er fælles for den alle ["den" overstreget; ”alle" indsat over lilnjen] typiske Amerikaner. Man kan se denne Mangel på Hyggesans med et halvt Øje på den Måde, de indretter deres Huse: Et ”parlor”, som er forbeholdt Fremmede, og som svarer til vore Bønders Stadsstue i Uhygge og Ubeboethed med lyse Tapeter hvide Gardiner o.s.v. – Familjen opholder sig i deres ”sitting-room”, som i de allerflesteTilfælde er nærmest en Systue. Så godt som alle kan Skræddersyning. – 
+Men ingen skal nogensinde få mig til at etablere et ”sittingroom”, - må jeg bede om at være ved mine Malerier Bøger o.s.v. – Heldigvis er der [”der" indsat over linjen] da heller ikke Grund til andet, da Møblerne her i den lille Stue er solide og Gulvtæppet mørkt, så det kan tåle Brug. 
+Trods alt var der noget festligt ved ”thanksgiving” igår. Det øgedes derved at Harry kom hjem fra sin Udenlandsrejse om Morgenen, - rask og frisk og synlig oplivet af sin Tur. Han er nok værd at sende ud, - han har så meget at fortælle, når han kommer hjem. Han sluttede varmt Venskab med Ejeren af den Fabrik, som han inspicerede, - - han blev så intim med dem, at Konen sendte Present hjem til mig - en Stråæske flettet af en Indianer, - den er bestemt til at være den lilles Toiletæske, - hans Sikkerhedsnåle, Børste o.s.v. 
+Harry nød al den Hæder der tilkommer ham, - var bl.a. bedt med til en stor Middag til Ære for Finansministeren, Mr. Fielding. (”Nova Scotia er i Canada og således under gamle Victorias Regimente). Der var 120 Gæster, et Utal af Retter (men ingen Vin, og Taler til Klk 5 Morgen. East betakkedes sig imidlertid Klk 2 da hans Tog gik Klk 6. – Efter 26 Timers uafbrudt Jærnbanekørsel var han hjemme, - og en hel Svækling er han da ikke, når han kunde være på Benene hele Dagen efter det uden at være videre forvirret. – Der er ikke Tvivl om, at hans Helbred har forbedret sig betydeligt det sidste Aar. – 
+Jeg dækkede Bordet med vort Sølvtøj og vore fine Ting og en Blomst på Bordet og der var virkelig lidt ”Swing” i Kalkunmiddagen, med to Slags Is til Dessert. – Vi spiste allesammen for meget, men det hører sig til på den Dag, - så vi sad her og pustede Resten af Eft. Om Aftenen kom Dr. Tailors ind, men de havde også spist for meget, så vi faldt lidt efter lidt mere og mindre i Søvn. – 
+I Lørdags fik vi en sidste og ikke mindre ["ikke mindre" overstreget] rørende Brudegave nemlig [”nemlig” indsat over linjen] fra gl. Eastmans Moder som lever i New Hamptshire hos gl. E’s Broder, som er Landsbypræst der et Sted. Den gamle 90 årige Moder havde syet et Sengetæppe af Hundrede små kulørte Klude og en lille Trådsløjfe på hver Klud. Det er ligesom dem, du en Gang lavede, kun at det er større og Kludene ere mindre. Der var tillige tre Krukker Kvædegelé fra Svigerdatteren og en Pose Kartofler fra deres Have. Gl. East var så stolt som om det var ham der havde lavet Sengetæppet. – 
+Jeg har meget travlt med Drengens Tøj. Trods al min Flid har jeg endnu kun syet 5 hvide Kjoler, - men de ere også nydelige, samt 3 kulørte Flonelsnatkjoler og to små søde broderede Trøjer. – Imorgen skal jeg begynde på hans Flonels Underkjoler. Bleerne vil Svigermoder sømme på Maskinen. Hans Uldskjorter købes færdige. – Hans lille Seng står hen som et åbent Spørgsmål. De fleste lader dem straks komme i en Slags Tremmeseng, og det bestemmer jeg mig vist også til. Jeg tænker han kan bruge mine Kniplingspudevår. 
+Vil du ikke sende mig en nøjagtig Opskrift på hvordan jeg skal strikke hans Strømper. Hvis jeg får Tid vil jeg strikke ham et Par. – 
+Jeg er selv raskere end nogensinde, - kan trave omkring og ude ”gående” så godt som nogensinde før ["nogensinde" overstreget; ”før” indsat over linien]. – 
+Det er bælgmørkt. 
+Bunker af Hilsner til alle fra Pelle</t>
   </si>
   <si>
     <t>Maj eller juni 1900</t>
   </si>
   <si>
     <t>Andreas Larsen
 Vilhelm Larsen
 Christine  Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen og hendes barn er på Erikshaab (hendes barndomshjem).</t>
   </si>
   <si>
     <t>Der er dejligt (på Erikshaab), og naturen er anderledes end hjemme. Nattergalen synger. Barnet har været sød på rejsen og sover godt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Qtzo</t>
   </si>
   <si>
     <t>Elskede lille Lavsi!
 [Vi] har det saa dejligt, men [jeg] ønsker bare, at Du var her [og]saa. Vejret er bedaarende og alting er saa grønt og yppigt, det er nu alligevel en hel anden Slags Natur her. I Aftes var Johanne og jeg omme paa Gelskov, Nattergalen sang saa dejlig i Haven. Baba har det storartet, var forfærdelig sød paa Rejsen i Gaar, sov glimrende i Nat og har nu sovet længe til Middag, Klax er her, vi har det sjov, Christine synger. – Hvis Du ikke hører nærmere, kommer vi Tirsdag 6,24. – 1000 kærlige Hilsner! Din egen
 Alhed
 Søndag.</t>
   </si>
   <si>
@@ -8232,51 +8410,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-02-28</t>
   </si>
   <si>
     <t>Erik Henrichsen
@@ -11944,53 +12122,50 @@
 Andreas/Puf Larsen går i skole, og han kan ikke lide sangtimerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IPz0</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Villa Be – Søndag Morgen 7½.
 Kære Astrid! Et lille Kvæk skal Du have om Planerne! Jeg tager med 11 Toget til Esbjerg og haaber at de kommer i Aften eller vel snarere i Morgen sent dertil. Vi vil saa overnatte der, hilser paa Syberg de to Timer i Odense og er her med 6.20 Toget, hvor Alhed vil have Agrarens’ og Christine til Spisning. Jeg tager Brevkort med Udskrift til Dig og Lugge med mig og I faaer et Par Ord med Blyant sendt samme Aften, de kommer. Jeg tænker vi bliver kun faa Dage her vist til Lørdag d: 2_den_. Muk har arrangeret alt, hun vil have, jeg skal ligge i Junges Værelse og denne i Jærnseng paa Loftet. Du har altsaa Sofaen; jeg tager Lagner og Haandklæde [”og Haandklæde” indsat over linjen] med det skulde Du ogsaa. De har vadsket i denne Uge; Anna kom i Søndags: Ja, Du kan faae hendes Brev! – Vejret er grimt og koldt i Dag, men jeg tager 2 Kl. saa kan det alligevel blive en hyggelig Tur. Jeg vil boe paa Højskolehjem eller lignende. Johanne har faaet en Pige til November fra nu af. Marie Kærbj. er sagt op af Fru Grosse, der ikke mere kan holde hende ud. Swanes rejser fra Byen mest for hendes Skyld, saa nu er vi bange for, Marie vil prøve at faae en Plads i Kbh., saa har de hende igen. Johanne tænker en Smule paa at faae Marie til November, det kan jo maaske gaae i Vinter. 
 Ikke Tid til mere, skal have Bad o s v. Vil føje til, hvis der skulde komme noget fra Elle med Posten –
 Kærlige Hilsener!
 Glæder mig til at see Dig lille Putte! Puf gaaer nu i Skole, kun Sangtimer plager ham.
 Kys til Ungerne!
 Bedstemor</t>
   </si>
   <si>
     <t>1911-08-21</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Anna, pige i huset hos Brønsted
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Ellen  Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
 Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
 Det vides ikke, hvem Fru Gj. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
   </si>
   <si>
     <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
 Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXBg</t>
   </si>
   <si>
@@ -15301,50 +15476,94 @@
   </si>
   <si>
     <t>1923-01-16</t>
   </si>
   <si>
     <t>Else Jensen
 Emmerik Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Johannes V. Jensen udgav 1922-1923 bladet Forum. Han fyldte 50 år i 1923.</t>
   </si>
   <si>
     <t>Syberg takker for Forum. Han er ikke rask, så han kommer ikke til Johannes V. Jensens fødselsdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tRLT</t>
   </si>
   <si>
     <t>Pilegaarden 16-1-23
 Kære Ven!
 Tak for Forum med det smukke Digt og i det hele Dit muntre Livssyn, det gør mig godt uden at jeg dog formaar at svinge mig op til det. Maaske er Skylden at jeg stadig ikke er rask, det er [i] hvert Fald Grunden til at jeg alligevel ikke kommer over og er med at feste for Dig skønt jeg gærne vilde.
 Hils Else og Børn
 Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>København
+Rolfsvej 14</t>
+  </si>
+  <si>
+    <t>Adelheyde Syberg
+Christine Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt renskrev tilsyneladende LouiseAmstrups/Tante Visses håndskrevne erindringer og slægtshistorie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1405</t>
+  </si>
+  <si>
+    <t>Louise Amstrup/Tante Visse takker Astrid Warberg/Stiser for maskinskrivning. Louise har nu skrevet mere om sin barndom, der ikke var lykkelig. Hverken moderen eller søster Adelheide/Mimi var rare ved hende. Som voksen blev Mimi dog et udmærket menneske. Moderen var ikke børnevenlig, og hun havde et svært sind. Mimi gik aldrig i skole, men moderen læste med hende, og husjomfruen lærte hende lidt udfra sine mangelfulde kundskaber. På dette grundlag skulle Mimi fungere som lærerinde for Louise, og Mimi forlangte for meget og slog dagligt. Skolebøgerne var desuden forældede. Når Louise kom i seng, susede der trolde, slanger og hekse forbi hendes lukkede øjne. Louise hadede Mimi, men hun elskede sin far.
+Astrid må skrive, hvad hun har lagt ud for papir mm. 
+Det har været ækelt for Louise at skrive dette brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/30GW</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+25 Jan 1925 [kryds over "1925."]
+Fru Astrid Warberg
+Rolfsvej 14
+Kjøbenhavn F
+[På kuvertens bagside:]
+Afs Amstrup Ølstedgaard Staaby
+Du kunde gerne sige mig Tak for den flotte Julegave jeg sendte dig i Tanken kærlig Hilsen Niels
+[I brevet:]
+Kd. 23 - 1 23
+Kære Stiser!
+Nu endelig, dages det da med mig, jeg bliver magelig paa mine gl. Dage. Tak for den venlige Julehilsen der midt i at min Travlhed til mig og for din fine Opmærksomhed med at maskinskrive mit lille, i høj Grad mangelfulde Vers; man burde aldrig begive sig ud paa Diletantismens farlige Veje. Nu har jeg saa igen da faaet et Par Ark malet op og er saa da endelig kommen bort fra [ulæseligt] og hvad dertil hører og saa skrider jeg til at fortælle om Ensomhed og det er maaske sidste Afsnit. [Ulæseligt] vil se, men - ja her ligger den egentlige Grund hvorfor jeg altid har nægtet at skrive, - min Barndom var ikke lykkelig, Moder og Mimi var ikke gode imod mig, for ikke at sige det modsatte. Jeg vilde nødigt sige noget der kunde kaste en Skygge over Moder - hun var dog min Moder og alligevel et retsindigt og godt Menneske - og Mimi, der udviklede sig til at blive det elskelige og udmærkede Menneske som vi alle saa op til, hun var jo, da jeg blev ene, som en Moder for mig! Moder havde et i høj Grad utilgængeligt Sind, hendes Speciale var at skænde, det kunde hun da blive ved med og Mini slog - hver Dag - ingen af dem var det man kalder Børneven og ingen af dem gjorde sig den Ulejlighed at sætte sig ind i hvordan et saa kraftigt og livligt Pigebarn, som jeg var, skulde omgaaes. Mimi har aldrig havt det man kalder Skolegang, Fader læste lidt med hende om Aftnen og om Eftermiddagen skulde Husjomfruen saa fodre paa at bibringe hende nogle af sine højst mangelfulde Kundskaber, saa jeg formoder hun selv har arbejdet sig frem til det hun kunde. Og paa dette Grundlag blev hun min Lærerinde uden Begreb om hvad man kunde forlange af et Barn, hun forlangte langt mere end jeg kunde overkomme og hver Aften naar jeg kom i Seng, saa suste det forbi mine lukkede Øjne med Trolde, Slanger og Hekse, ja at jeg holdt til det! jeg vilde gerne lære og var alt andet end doven. Aldrig et venligt eller opmuntrende Ord, men Slag i Slag. Jeg hadede hende derfor så intensivt, som det var muligt for et Barn at hade. Stine Niels Morten der en Gang i de senere Aar spurgt mig om det var sandt, at jeg fik saa mange Bank, en af hendes Piger der havde tjent hjemme som Stuepige, havde fortalt hvor slemt det havde været for hende at være Vidne dertil. 
+Ja saadan var min Barndom, hvordan kan jeg komme uden om alt det? Forholdet mellem Moder og mig blev aldrig godt, men det var min Skyld, for jeg var bleven haard og en styg en rigtig Egoist. Fader derimod elskede jeg. Og saa de forældede Skolebøger der blev brugt. Sikken Danmarkshistorie, som jo slet ikke er ["er" indsat over linjen] for Børn og en Regnebog med Penning, som jo forlængst var gaaet af Brug - o.s.f. Dette er jo ellers noget jeg nødigt kommer ind paa, man maa helst lade de mørke Stunder ligge saa langt tilbage i Erindringen, som vel muligt, men udslettes kan de jo ikke. Men, lille Stiser, du har brugt med Papir o.a. til de smaa Hefter, du maa sige mig hvad du lægger ud, som kan betales med Frimærker. 
+[Indsat side 3 i venstee marge; lodret:] Apostrofferne over e maa du ikke forandre, det er aldeles korrect è é
+[Indsat s. 1; øverst; på tværs:] Naa Stiser, dette var rigtig et ækelt Brev at skrive og ikke lysteligt for dig, at læse - men det var en Redegørelse der maatte med.
+Godt Nytaar Stiser vi er ikke ude ["ude" indsat over linjen] af den første Maaned endnu. Tante Visse</t>
   </si>
   <si>
     <t>1923-01-24</t>
   </si>
   <si>
     <t>London
 Paris</t>
   </si>
   <si>
     <t>George Bryan "Beau" Brummell
 Else Jensen
 Emmerik Jensen
 Jens Jensen
 Villum Jensen
 Carl Salomonsen</t>
   </si>
   <si>
     <t>Professoren er bakteriologen Carl Julius Salomonsen, som i 1919 holdt et foredrag om "dysmorfismen", et delvist hjemmelavet ord, der dækkede en smitsom sindslidelse blandt kunstnere. Denne fik dem til at dyrke det hæslige og vanskabte i stedet for skønheden. Johs. V. Jensen tilsluttede sig Salomonsens ord og kaldte ham i tidsskriftet Forum "en udmærket Mand". Den debat, der opstod efter Salomonsens foredrag og skriverier, kaldes Dysmorfisme-debatten. Johannes Larsens brev til Johannes V. Jensen indeholdt også en tegning af Jensen, som bliver trukket rundt i manegen af et dyr. Denne tegning var ikke med i de scanninger, som Johannes Larsen Museet modtog fra Det kongelige Bibliotek til databaseprojektet. Museet havde i forvejen et scan, som er indsat. 
 "Sønner af de Slagne" osv. er citat fra et af Johannes V Jensens digte. 
 Tøjjon er synonym for en laps.
 Litteratur om dysmorfismen findes bl.a.i "Du Danske sommer - Fynbomalerne og de jyske forfattere i samklang." Heri: Malene Linell Ipsen: Dysmorfisme-debatten s. 105-107. Johannes Larsen Museet 2007</t>
   </si>
   <si>
     <t>Johannes Larsen er meget begejstret for Johannes V. Jensens digte Gærdesmutten og Lærken.
 Johannes og Alhed Larsen har moret sig vældigt til en fest hos Johs. V. Jensen og frue.
@@ -21632,59 +21851,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0MC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId577" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId578" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId579" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId580" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId581" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId582" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId583" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId584" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId585" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kI6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DyOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3PWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3Gb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8T9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EAPU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MTee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lhp8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsQP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wbrR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHBj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KITS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d1jj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AWGP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfYF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Izlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvDO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YLsm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0MC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SWEt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5q3n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0tW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zYdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rROM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NEOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gYAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ubbn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HwZi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgDb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZR3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6pOE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2eZp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfHS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LG3i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K2OR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1hUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rTXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2oUi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XiYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NAP2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o7Pu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uiU5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBEg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UnQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F3av" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Ogf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GHTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FGPr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ymgC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UU3l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YUhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fwv9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DJhm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GnSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xM5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/os86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qmm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hs1x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ux5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E70E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jkHX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R68i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QWFu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zvaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u64H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/meHK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jt1w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ziqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZzKc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MnQg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xjgs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5IeZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iLp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lm45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WorR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YqJo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hUFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zbbk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4vt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uRbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ycQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1s50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HVTd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gMgE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nh1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0gE2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pL81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b0FQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wlEV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZrb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2WTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zLiU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K1YV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKfQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k5X4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GzLp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EI9S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RZIr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z98b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rdnk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1FK1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0pFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yJIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fzl4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hBOz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mxUk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y4I7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lyZ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OCBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OZkc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cxe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tv9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CXmZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d3Gx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QB0A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/muAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/myx5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gtk3gsNP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JvdR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRLT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/30GW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkg3nWI5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LJ0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DFV9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w2L6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IP4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u0GX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l4U3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5zTA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I03iokaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/riqz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/En6N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoSd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vLbV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8DOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fXo1bxJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NpraMUm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RdNDbfWc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CaEjJSLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMzv4SUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4kielGcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1dvy3zWa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dqisTYLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oZjYH6Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NIgd2Szi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BbGn7Mcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTKtrXOs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kjkNri04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IOqM8G5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LYg1m9x4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LUwVCFiX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tOw5hYmx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pvviWR4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SEk0aCM6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X7a9kwp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l7YVbvji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/C1RiZDMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aW87Yrjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PSrWsqTe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7IYzq9qL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mEccw8Ik" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xkcfKvk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Rxz2IC2h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FnJs9Yal" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/v2zqXnnp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lvbKPgqF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9dsDRCxO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/waggHZp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OsmP7sqe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rLmP5szV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XYy1v1rg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28mgc6CZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KgRdR10G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YEWXAwlC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bWayMslC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VvKsbSvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0oh0l6UX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBdw3FXI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ar9lYs1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/24lQOPIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AggotlTJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kB6GXhc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f2Zv1Z0q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BXIdASSl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/78nBKvC2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/c4gBtApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OLNiX33z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xw5xLNUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Of8Mkdk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Dku3q7Dh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VMhoFPMQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1axcCmRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/i1tKhB8V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/80D8s7eX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qptRqaZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JPsQQDp5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7pxLnlSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vBl99Kqf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9tWbPe9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/r0wWCf2R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NsVulzVx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tbXelNFn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lC3QeZq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7A7kBMO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VbpS0T6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9alh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I9Hj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SxL0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MFKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qlFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0kQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId571" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId572" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId573" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId574" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId575" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId576" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId577" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId578" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId579" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId580" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId581" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q5Q7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId582" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId583" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId584" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId585" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId586" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId587" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId588" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId589" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId590" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M580"/>
+  <dimension ref="A1:M585"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -22806,830 +23025,830 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>189</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>190</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>194</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>195</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>196</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="J27" s="5" t="s">
         <v>198</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>199</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>200</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>202</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...3 lines deleted...]
-        <v>203</v>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>204</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>205</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>206</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>208</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="J29" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="K29" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D30" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E30" s="5" t="s">
+        <v>217</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>222</v>
       </c>
-      <c r="L30" s="6" t="s">
+      <c r="M30" s="5" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E31" s="5" t="s">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="J31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>229</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="5" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>211</v>
+        <v>125</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>236</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F33" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>240</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>241</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>242</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>243</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>244</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>246</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E34" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F34" s="5" t="s">
+      <c r="E34" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="J34" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="K34" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="K34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="L34" s="6" t="s">
+      <c r="M34" s="5" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>211</v>
-[...5 lines deleted...]
-        <v>225</v>
+        <v>203</v>
+      </c>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="J35" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="J35" s="5" t="s">
+      <c r="K35" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>211</v>
-[...4 lines deleted...]
-        </is>
+        <v>203</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>261</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
         <v>262</v>
       </c>
       <c r="I36" s="5" t="s">
         <v>263</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>264</v>
       </c>
       <c r="K36" s="5" t="s">
         <v>265</v>
       </c>
       <c r="L36" s="6" t="s">
         <v>266</v>
       </c>
       <c r="M36" s="5" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
         <v>268</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>211</v>
+        <v>125</v>
       </c>
       <c r="D37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="E37" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>125</v>
+        <v>203</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E38" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E38" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
         <v>277</v>
       </c>
       <c r="I38" s="5" t="s">
         <v>278</v>
       </c>
       <c r="J38" s="5" t="s">
         <v>279</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>280</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>281</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>283</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>211</v>
+        <v>34</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E39" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G39" s="5" t="s">
         <v>284</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>285</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>286</v>
       </c>
       <c r="J39" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K39" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="K39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="5" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>34</v>
+        <v>203</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-      <c r="G40" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="I40" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="H40" s="5" t="s">
+      <c r="J40" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="K40" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="J40" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="L40" s="6" t="s">
+      <c r="M40" s="5" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>211</v>
+        <v>298</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>299</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>306</v>
+        <v>125</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E42" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>37</v>
+        <v>314</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>315</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>316</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>317</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>318</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>319</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>321</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>322</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>323</v>
       </c>
@@ -23675,51 +23894,51 @@
       </c>
       <c r="I45" s="5" t="s">
         <v>330</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>331</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>332</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>334</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>335</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>336</v>
       </c>
@@ -24185,51 +24404,51 @@
       </c>
       <c r="J56" s="5" t="s">
         <v>412</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>413</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>414</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>416</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>358</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="s">
         <v>417</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>418</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>419</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>420</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>421</v>
@@ -24399,98 +24618,98 @@
       </c>
       <c r="I61" s="5" t="s">
         <v>450</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>452</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>453</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>455</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>456</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>457</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>458</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>459</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>460</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>461</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>463</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
         <v>464</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>465</v>
       </c>
@@ -25237,51 +25456,51 @@
       </c>
       <c r="J80" s="5" t="s">
         <v>600</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>601</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>602</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>604</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F81" s="5" t="s">
         <v>605</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>606</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>607</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>608</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>609</v>
@@ -26156,51 +26375,51 @@
       <c r="I101" s="5"/>
       <c r="J101" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K101" s="5" t="s">
         <v>738</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>739</v>
       </c>
       <c r="M101" s="5" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
         <v>741</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>557</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>742</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>743</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>744</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>745</v>
@@ -28151,51 +28370,51 @@
       </c>
       <c r="I147" s="5" t="s">
         <v>1022</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K147" s="5" t="s">
         <v>1023</v>
       </c>
       <c r="L147" s="6" t="s">
         <v>1024</v>
       </c>
       <c r="M147" s="5" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
         <v>1026</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="s">
         <v>1027</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
         <v>1028</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>1030</v>
@@ -28589,19113 +28808,19342 @@
       </c>
       <c r="I157" s="5" t="s">
         <v>1083</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K157" s="5" t="s">
         <v>1084</v>
       </c>
       <c r="L157" s="6" t="s">
         <v>1085</v>
       </c>
       <c r="M157" s="5" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
         <v>1087</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>35</v>
+        <v>1088</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>894</v>
+        <v>1089</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>40</v>
+        <v>1091</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D159" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1093</v>
+        <v>894</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="J159" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D160" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D160" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="s">
-        <v>1099</v>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1100</v>
-[...1 lines deleted...]
-      <c r="I160" s="5"/>
+        <v>1101</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>1102</v>
+      </c>
       <c r="J160" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D161" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D161" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E161" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1106</v>
-[...3 lines deleted...]
-      </c>
+        <v>1108</v>
+      </c>
+      <c r="I161" s="5"/>
       <c r="J161" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D162" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D162" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G162" s="5" t="s">
+        <v>1113</v>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1112</v>
-[...1 lines deleted...]
-      <c r="I162" s="5"/>
+        <v>1114</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>1115</v>
+      </c>
       <c r="J162" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D163" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E163" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1117</v>
-[...3 lines deleted...]
-      </c>
+        <v>1120</v>
+      </c>
+      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E164" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="J165" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D166" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E166" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F166" s="5" t="s">
-        <v>25</v>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="J166" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E168" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="J168" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1146</v>
+        <v>1154</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D169" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D169" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G169" s="5" t="s">
-        <v>1152</v>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="J169" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1157</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1158</v>
+        <v>1154</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D170" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E170" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G170" s="5" t="s">
+        <v>1160</v>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="I170" s="5" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="J170" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1158</v>
+        <v>1166</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D171" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D171" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1164</v>
-[...1 lines deleted...]
-      <c r="I171" s="5"/>
+        <v>1167</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1168</v>
+      </c>
       <c r="J171" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D172" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E172" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1169</v>
-[...3 lines deleted...]
-      </c>
+        <v>1172</v>
+      </c>
+      <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1173</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1174</v>
+        <v>1176</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D173" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D173" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E173" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G173" s="5" t="s">
-        <v>1175</v>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="I173" s="5"/>
+        <v>1177</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>1178</v>
+      </c>
       <c r="J173" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D174" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D174" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G174" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G174" s="5" t="s">
+        <v>1183</v>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>1186</v>
+        <v>35</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1187</v>
+        <v>36</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1188</v>
-[...1 lines deleted...]
-      <c r="I175" s="5" t="s">
         <v>1189</v>
       </c>
+      <c r="I175" s="5"/>
       <c r="J175" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K175" s="5" t="s">
         <v>1190</v>
       </c>
-      <c r="K175" s="5" t="s">
+      <c r="L175" s="6" t="s">
         <v>1191</v>
       </c>
-      <c r="L175" s="6" t="s">
+      <c r="M175" s="5" t="s">
         <v>1192</v>
-      </c>
-[...1 lines deleted...]
-        <v>1193</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1194</v>
+        <v>1193</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>16</v>
+        <v>1194</v>
       </c>
       <c r="D176" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E176" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>1195</v>
+      </c>
+      <c r="F176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="J176" s="5" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1202</v>
+        <v>25</v>
       </c>
       <c r="F177" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="G177" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H177" s="5" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1204</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>451</v>
+        <v>1205</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>447</v>
+        <v>1210</v>
       </c>
       <c r="F178" s="5" t="s">
         <v>25</v>
       </c>
       <c r="G178" s="5" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1210</v>
-[...1 lines deleted...]
-      <c r="I178" s="5"/>
+        <v>35</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1212</v>
+      </c>
       <c r="J178" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E179" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E179" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="G179" s="5" t="s">
+        <v>1217</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1215</v>
-[...3 lines deleted...]
-      </c>
+        <v>1218</v>
+      </c>
+      <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>1217</v>
+        <v>451</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>40</v>
+        <v>1225</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F181" s="5" t="s">
-        <v>37</v>
+      <c r="F181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="J181" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D182" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D182" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F182" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F182" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1234</v>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H182" s="5" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="I182" s="5" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="J182" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E183" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G183" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G183" s="5" t="s">
+        <v>1242</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="J184" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D185" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E185" s="5" t="s">
         <v>37</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="J185" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F186" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G186" s="5" t="s">
-        <v>1259</v>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="I186" s="5" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="J186" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>1266</v>
+        <v>34</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>878</v>
+        <v>35</v>
       </c>
       <c r="E187" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F187" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="G187" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G187" s="5" t="s">
+        <v>1267</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1269</v>
+        <v>40</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>1270</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>1271</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>1272</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
         <v>1273</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>173</v>
+        <v>1274</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>172</v>
+        <v>878</v>
       </c>
       <c r="E188" s="5" t="s">
-        <v>636</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="I188" s="5"/>
+        <v>1275</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1276</v>
+      </c>
       <c r="J188" s="5" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D189" s="5" t="s">
         <v>172</v>
       </c>
       <c r="E189" s="5" t="s">
         <v>636</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="I189" s="5"/>
       <c r="J189" s="5" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>34</v>
+        <v>173</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>878</v>
+        <v>172</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>636</v>
+      </c>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1285</v>
-[...3 lines deleted...]
-      </c>
+        <v>1288</v>
+      </c>
+      <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>1269</v>
+        <v>1283</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E191" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F191" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F191" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>40</v>
+        <v>1277</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D192" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E192" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="I192" s="5" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="J192" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D193" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D193" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E193" s="5" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="I193" s="5" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="J193" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D194" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D194" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E194" s="5" t="s">
-        <v>36</v>
+        <v>25</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="J194" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D195" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>636</v>
+        <v>36</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="J195" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>269</v>
+        <v>35</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>1322</v>
+        <v>636</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
         <v>1323</v>
       </c>
       <c r="I196" s="5" t="s">
         <v>1324</v>
       </c>
       <c r="J196" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K196" s="5" t="s">
         <v>1325</v>
       </c>
-      <c r="K196" s="5" t="s">
+      <c r="L196" s="6" t="s">
         <v>1326</v>
       </c>
-      <c r="L196" s="6" t="s">
+      <c r="M196" s="5" t="s">
         <v>1327</v>
-      </c>
-[...1 lines deleted...]
-        <v>1328</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1329</v>
+        <v>1328</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="D197" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E197" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E197" s="5" t="s">
+        <v>1329</v>
       </c>
       <c r="F197" s="5" t="s">
-        <v>1322</v>
+        <v>1330</v>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="I197" s="5" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="J197" s="5" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>125</v>
+        <v>261</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>40</v>
+        <v>1340</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1341</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>34</v>
+        <v>261</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>878</v>
+        <v>16</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>1343</v>
+        <v>1345</v>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H199" s="5" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="I199" s="5" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>451</v>
+        <v>1348</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1346</v>
+        <v>1349</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1347</v>
+        <v>1350</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1348</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1349</v>
+        <v>1352</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>34</v>
+        <v>134</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="s">
-        <v>37</v>
+        <v>1330</v>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1350</v>
+        <v>1353</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1351</v>
+        <v>1354</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>451</v>
+        <v>1355</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1354</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1355</v>
+        <v>1359</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>893</v>
+        <v>261</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1356</v>
+        <v>1360</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1357</v>
+        <v>1361</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1358</v>
+        <v>1362</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D202" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E202" s="5" t="s">
-        <v>36</v>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="J202" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>1365</v>
+        <v>1369</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1366</v>
+        <v>1370</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1367</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1368</v>
+        <v>1372</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E203" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F203" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F203" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G203" s="5" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1370</v>
+        <v>1374</v>
       </c>
       <c r="I203" s="5" t="s">
-        <v>1371</v>
+        <v>1375</v>
       </c>
       <c r="J203" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1372</v>
+        <v>1376</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1373</v>
+        <v>1377</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1374</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1375</v>
+        <v>1379</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>35</v>
-[...12 lines deleted...]
-        <v>1376</v>
+        <v>878</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1377</v>
+        <v>1380</v>
       </c>
       <c r="I204" s="5" t="s">
-        <v>1378</v>
+        <v>1381</v>
       </c>
       <c r="J204" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1379</v>
+        <v>1382</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1381</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1382</v>
+        <v>1385</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G205" s="5" t="s">
-        <v>1383</v>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="I205" s="5" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="J205" s="5" t="s">
-        <v>40</v>
+        <v>1388</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>1386</v>
+        <v>1389</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>125</v>
+        <v>34</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>35</v>
       </c>
       <c r="E206" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1390</v>
+        <v>1393</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1391</v>
+        <v>1394</v>
       </c>
       <c r="J206" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1392</v>
+        <v>1395</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1393</v>
+        <v>1396</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1394</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1395</v>
+        <v>1398</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>893</v>
+        <v>35</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G207" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G207" s="5" t="s">
+        <v>1399</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1398</v>
+        <v>40</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1399</v>
+        <v>1402</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1400</v>
+        <v>1403</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F208" s="5" t="s">
-        <v>1403</v>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1405</v>
+        <v>1407</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1406</v>
+        <v>1408</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1407</v>
+        <v>40</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>893</v>
+        <v>35</v>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F209" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="s">
+        <v>1413</v>
       </c>
       <c r="H209" s="5" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1415</v>
+        <v>40</v>
       </c>
       <c r="K209" s="5" t="s">
         <v>1416</v>
       </c>
       <c r="L209" s="6" t="s">
         <v>1417</v>
       </c>
       <c r="M209" s="5" t="s">
         <v>1418</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
         <v>1419</v>
       </c>
       <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D210" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H210" s="5" t="s">
         <v>1420</v>
       </c>
-      <c r="C210" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H210" s="5" t="s">
+      <c r="I210" s="5" t="s">
         <v>1421</v>
       </c>
-      <c r="I210" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J210" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K210" s="5" t="s">
         <v>1422</v>
       </c>
       <c r="L210" s="6" t="s">
         <v>1423</v>
       </c>
-      <c r="M210" s="5"/>
+      <c r="M210" s="5" t="s">
+        <v>1424</v>
+      </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="D211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D211" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E211" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1425</v>
-[...10 lines deleted...]
-        </is>
+        <v>1426</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J211" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K211" s="5" t="s">
+        <v>1429</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1426</v>
-[...1 lines deleted...]
-      <c r="M211" s="5"/>
+        <v>1430</v>
+      </c>
+      <c r="M211" s="5" t="s">
+        <v>1431</v>
+      </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1427</v>
+        <v>1432</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>16</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>1433</v>
+      </c>
+      <c r="G212" s="5" t="s">
+        <v>1434</v>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1428</v>
+        <v>1435</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1429</v>
+        <v>1436</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>40</v>
+        <v>1437</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D213" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F213" s="5" t="s">
-        <v>1412</v>
+        <v>1442</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1434</v>
+        <v>1443</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1435</v>
+        <v>1444</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1436</v>
+        <v>1445</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1437</v>
+        <v>1446</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1438</v>
+        <v>1447</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1439</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1440</v>
+        <v>1449</v>
       </c>
       <c r="B214" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>893</v>
+      </c>
+      <c r="D214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1441</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>1451</v>
+      </c>
+      <c r="I214" s="5"/>
+      <c r="J214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1443</v>
+        <v>1452</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1444</v>
-[...3 lines deleted...]
-      </c>
+        <v>1453</v>
+      </c>
+      <c r="M214" s="5"/>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="B215" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>1447</v>
+        <v>893</v>
+      </c>
+      <c r="D215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
-        <v>1448</v>
-[...8 lines deleted...]
-        <v>1450</v>
+        <v>1455</v>
+      </c>
+      <c r="I215" s="5"/>
+      <c r="J215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1451</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="M215" s="5"/>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D216" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D216" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E216" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1457</v>
+        <v>1461</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1458</v>
+        <v>1462</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1459</v>
+        <v>1463</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>1460</v>
+        <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D217" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="D217" s="5" t="s">
-[...3 lines deleted...]
-        <v>1461</v>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F217" s="5" t="s">
-        <v>1462</v>
+        <v>1442</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>1465</v>
-[...4 lines deleted...]
-        </is>
+        <v>1466</v>
+      </c>
+      <c r="K217" s="5" t="s">
+        <v>1467</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D218" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D218" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E218" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G219" s="5" t="s">
-        <v>1476</v>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>40</v>
+        <v>1283</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D220" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D220" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1483</v>
-[...1 lines deleted...]
-      <c r="I220" s="5"/>
+        <v>1484</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1485</v>
+      </c>
       <c r="J220" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>14</v>
+        <v>1490</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E221" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        <v>1488</v>
+        <v>1491</v>
+      </c>
+      <c r="F221" s="5" t="s">
+        <v>1492</v>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="I221" s="5" t="s">
-        <v>1490</v>
+        <v>1494</v>
       </c>
       <c r="J221" s="5" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>1491</v>
+        <v>1495</v>
+      </c>
+      <c r="K221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="M221" s="5" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C222" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D222" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D222" s="5" t="s">
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G222" s="5" t="s">
-        <v>1495</v>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1496</v>
-[...1 lines deleted...]
-      <c r="I222" s="5"/>
+        <v>1499</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1500</v>
+      </c>
       <c r="J222" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>878</v>
+        <v>125</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        </is>
+        <v>1505</v>
+      </c>
+      <c r="F223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G223" s="5" t="s">
+        <v>1506</v>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="I223" s="5" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1504</v>
+        <v>40</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1505</v>
+        <v>1509</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1506</v>
+        <v>1510</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1507</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1508</v>
+        <v>1512</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>1509</v>
+        <v>35</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1510</v>
+        <v>125</v>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1511</v>
-[...3 lines deleted...]
-      </c>
+        <v>1513</v>
+      </c>
+      <c r="I224" s="5"/>
       <c r="J224" s="5" t="s">
-        <v>1513</v>
+        <v>40</v>
       </c>
       <c r="K224" s="5" t="s">
         <v>1514</v>
       </c>
       <c r="L224" s="6" t="s">
         <v>1515</v>
       </c>
       <c r="M224" s="5" t="s">
         <v>1516</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
         <v>1517</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D225" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G225" s="5" t="s">
         <v>1518</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="H225" s="5" t="s">
         <v>1519</v>
       </c>
       <c r="I225" s="5" t="s">
         <v>1520</v>
       </c>
       <c r="J225" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K225" s="5" t="s">
         <v>1521</v>
       </c>
-      <c r="K225" s="5" t="s">
+      <c r="L225" s="6" t="s">
         <v>1522</v>
       </c>
-      <c r="L225" s="6" t="s">
+      <c r="M225" s="5" t="s">
         <v>1523</v>
-      </c>
-[...1 lines deleted...]
-        <v>1524</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1525</v>
+        <v>1524</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G226" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H226" s="5" t="s">
         <v>1526</v>
       </c>
-      <c r="D226" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E226" s="5" t="s">
+      <c r="I226" s="5"/>
+      <c r="J226" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K226" s="5" t="s">
         <v>1527</v>
       </c>
-      <c r="F226" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H226" s="5" t="s">
+      <c r="L226" s="6" t="s">
         <v>1528</v>
       </c>
-      <c r="I226" s="5" t="s">
+      <c r="M226" s="5" t="s">
         <v>1529</v>
-      </c>
-[...10 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D227" s="5" t="s">
         <v>878</v>
       </c>
       <c r="E227" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F227" s="5" t="s">
-        <v>37</v>
+        <v>1531</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="J227" s="5" t="s">
+        <v>1534</v>
+      </c>
+      <c r="K227" s="5" t="s">
         <v>1535</v>
       </c>
-      <c r="I227" s="5" t="s">
+      <c r="L227" s="6" t="s">
         <v>1536</v>
       </c>
-      <c r="J227" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K227" s="5" t="s">
+      <c r="M227" s="5" t="s">
         <v>1537</v>
-      </c>
-[...4 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="D228" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E228" s="5" t="s">
+        <v>1540</v>
+      </c>
+      <c r="F228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H228" s="5" t="s">
+        <v>1541</v>
+      </c>
+      <c r="I228" s="5" t="s">
         <v>1542</v>
       </c>
-      <c r="F228" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H228" s="5" t="s">
+      <c r="J228" s="5" t="s">
         <v>1543</v>
       </c>
-      <c r="I228" s="5"/>
-      <c r="J228" s="5" t="s">
+      <c r="K228" s="5" t="s">
         <v>1544</v>
       </c>
-      <c r="K228" s="5" t="s">
+      <c r="L228" s="6" t="s">
         <v>1545</v>
       </c>
-      <c r="L228" s="6" t="s">
+      <c r="M228" s="5" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1548</v>
+        <v>1547</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>173</v>
+        <v>1548</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>1475</v>
+        <v>16</v>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
         <v>1549</v>
       </c>
-      <c r="I229" s="5"/>
+      <c r="I229" s="5" t="s">
+        <v>1550</v>
+      </c>
       <c r="J229" s="5" t="s">
-        <v>1275</v>
+        <v>1551</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>34</v>
+        <v>1556</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>621</v>
+        <v>16</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>622</v>
+        <v>1557</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="I230" s="5" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="J230" s="5" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="231">
-      <c r="A231" s="5" t="n">
-        <v>1903</v>
+      <c r="A231" s="5" t="s">
+        <v>1564</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D231" s="5" t="s">
         <v>878</v>
       </c>
       <c r="E231" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F231" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F231" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1560</v>
-[...1 lines deleted...]
-      <c r="I231" s="5"/>
+        <v>1565</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>1566</v>
+      </c>
       <c r="J231" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1562</v>
+        <v>1568</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1563</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1564</v>
+        <v>1570</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1565</v>
+        <v>1571</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>878</v>
+        <v>16</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>1572</v>
+      </c>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1566</v>
-[...3 lines deleted...]
-      </c>
+        <v>1573</v>
+      </c>
+      <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
-        <v>451</v>
+        <v>1574</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1568</v>
+        <v>1575</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1569</v>
+        <v>1576</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1570</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1571</v>
+        <v>1578</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>893</v>
-[...4 lines deleted...]
-        </is>
+        <v>172</v>
+      </c>
+      <c r="E233" s="5" t="s">
+        <v>1505</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1579</v>
+      </c>
+      <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
-        <v>1574</v>
+        <v>1283</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1575</v>
+        <v>1580</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1576</v>
+        <v>1581</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1577</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1578</v>
+        <v>1583</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>893</v>
-[...4 lines deleted...]
-        </is>
+        <v>621</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1580</v>
+        <v>1585</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1581</v>
+        <v>1586</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1582</v>
+        <v>1587</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1583</v>
+        <v>1588</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1584</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="235">
-      <c r="A235" s="5" t="s">
-        <v>1585</v>
+      <c r="A235" s="5" t="n">
+        <v>1903</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>173</v>
+        <v>34</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>172</v>
-[...4 lines deleted...]
-        </is>
+        <v>878</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1586</v>
+        <v>1590</v>
       </c>
       <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>1587</v>
+        <v>451</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1588</v>
+        <v>1591</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1589</v>
+        <v>1592</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1590</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>35</v>
+        <v>1595</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1495</v>
-[...7 lines deleted...]
-        <v>1592</v>
+        <v>36</v>
+      </c>
+      <c r="F236" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="G236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1597</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F237" s="5" t="s">
-[...3 lines deleted...]
-        <v>1598</v>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1599</v>
+        <v>1602</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1600</v>
+        <v>1603</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>40</v>
+        <v>1604</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>40</v>
+        <v>1611</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1607</v>
+        <v>1612</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1608</v>
+        <v>1613</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1609</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1610</v>
+        <v>1615</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>172</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1611</v>
-[...3 lines deleted...]
-      </c>
+        <v>1616</v>
+      </c>
+      <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>40</v>
+        <v>1617</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1613</v>
+        <v>1618</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1614</v>
+        <v>1619</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1615</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1616</v>
+        <v>1621</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D240" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D240" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E240" s="5" t="s">
+        <v>1525</v>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="s">
-        <v>1617</v>
+        <v>1622</v>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1618</v>
+        <v>1623</v>
       </c>
       <c r="I240" s="5" t="s">
-        <v>1619</v>
+        <v>1624</v>
       </c>
       <c r="J240" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1620</v>
+        <v>1625</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1621</v>
+        <v>1626</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1622</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>134</v>
+        <v>125</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>893</v>
+        <v>35</v>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="s">
-        <v>1624</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="G241" s="5" t="s">
+        <v>1628</v>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="I241" s="5" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="J241" s="5" t="s">
-        <v>1627</v>
+        <v>40</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1628</v>
+        <v>1631</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
       <c r="B242" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>34</v>
+        <v>125</v>
       </c>
       <c r="D242" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E242" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="I242" s="5" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="J242" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1634</v>
+        <v>1637</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1635</v>
+        <v>1638</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1636</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>1638</v>
+        <v>35</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E243" s="5" t="s">
-        <v>1639</v>
+        <v>37</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="I243" s="5" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="J243" s="5" t="s">
-        <v>1642</v>
+        <v>40</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>1643</v>
       </c>
       <c r="L243" s="6" t="s">
         <v>1644</v>
       </c>
       <c r="M243" s="5" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
         <v>1646</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>893</v>
+        <v>125</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="E244" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G244" s="5" t="s">
         <v>1647</v>
       </c>
-      <c r="F244" s="5" t="s">
+      <c r="H244" s="5" t="s">
         <v>1648</v>
       </c>
-      <c r="G244" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H244" s="5" t="s">
+      <c r="I244" s="5" t="s">
         <v>1649</v>
       </c>
-      <c r="I244" s="5" t="s">
+      <c r="J244" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K244" s="5" t="s">
         <v>1650</v>
       </c>
-      <c r="J244" s="5" t="s">
+      <c r="L244" s="6" t="s">
         <v>1651</v>
       </c>
-      <c r="K244" s="5" t="s">
+      <c r="M244" s="5" t="s">
         <v>1652</v>
-      </c>
-[...4 lines deleted...]
-        <v>1654</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D245" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="D245" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E245" s="5" t="s">
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>1654</v>
+      </c>
+      <c r="G245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H245" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="I245" s="5" t="s">
         <v>1656</v>
       </c>
-      <c r="F245" s="5" t="s">
+      <c r="J245" s="5" t="s">
         <v>1657</v>
       </c>
-      <c r="G245" s="5" t="s">
+      <c r="K245" s="5" t="s">
         <v>1658</v>
       </c>
-      <c r="H245" s="5" t="s">
+      <c r="L245" s="6" t="s">
         <v>1659</v>
       </c>
-      <c r="I245" s="5" t="s">
+      <c r="M245" s="5" t="s">
         <v>1660</v>
-      </c>
-[...10 lines deleted...]
-        <v>1664</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>893</v>
+        <v>34</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="E246" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H246" s="5" t="s">
+        <v>1662</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="J246" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K246" s="5" t="s">
+        <v>1664</v>
+      </c>
+      <c r="L246" s="6" t="s">
+        <v>1665</v>
+      </c>
+      <c r="M246" s="5" t="s">
         <v>1666</v>
-      </c>
-[...24 lines deleted...]
-        <v>1673</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1674</v>
+        <v>1667</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>621</v>
+        <v>1668</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>878</v>
+        <v>16</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F247" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H247" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="J247" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="K247" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L247" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="M247" s="5" t="s">
         <v>1675</v>
       </c>
-      <c r="G247" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H247" s="5" t="s">
+    </row>
+    <row r="248">
+      <c r="A248" s="5" t="s">
         <v>1676</v>
-      </c>
-[...18 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>172</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E248" s="5" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F248" s="5" t="s">
+        <v>1678</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>1680</v>
+      </c>
+      <c r="J248" s="5" t="s">
         <v>1681</v>
       </c>
-      <c r="I248" s="5"/>
-      <c r="J248" s="5" t="s">
+      <c r="K248" s="5" t="s">
         <v>1682</v>
       </c>
-      <c r="K248" s="5" t="s">
+      <c r="L248" s="6" t="s">
         <v>1683</v>
       </c>
-      <c r="L248" s="6" t="s">
+      <c r="M248" s="5" t="s">
         <v>1684</v>
       </c>
-      <c r="M248" s="5" t="s">
+    </row>
+    <row r="249">
+      <c r="A249" s="5" t="s">
         <v>1685</v>
-      </c>
-[...3 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>172</v>
+        <v>358</v>
       </c>
       <c r="E249" s="5" t="s">
         <v>1686</v>
       </c>
-      <c r="F249" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F249" s="5" t="s">
+        <v>1687</v>
+      </c>
+      <c r="G249" s="5" t="s">
+        <v>1688</v>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="I249" s="5"/>
+        <v>1689</v>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>1690</v>
+      </c>
       <c r="J249" s="5" t="s">
-        <v>1275</v>
+        <v>1691</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1687</v>
+        <v>1692</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1688</v>
+        <v>1693</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1685</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1689</v>
+        <v>1695</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
         <v>893</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>358</v>
+        <v>134</v>
       </c>
       <c r="E250" s="5" t="s">
-        <v>1690</v>
+        <v>1696</v>
       </c>
       <c r="F250" s="5" t="s">
-        <v>1691</v>
+        <v>1697</v>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1692</v>
+        <v>1698</v>
       </c>
       <c r="I250" s="5" t="s">
-        <v>1693</v>
+        <v>1699</v>
       </c>
       <c r="J250" s="5" t="s">
-        <v>1694</v>
+        <v>1700</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1695</v>
+        <v>1701</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1696</v>
+        <v>1702</v>
       </c>
       <c r="M250" s="5" t="s">
-        <v>1697</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1698</v>
+        <v>1704</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>893</v>
+        <v>621</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>134</v>
+        <v>878</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>1699</v>
+        <v>36</v>
       </c>
       <c r="F251" s="5" t="s">
-        <v>1691</v>
+        <v>1705</v>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1700</v>
+        <v>1706</v>
       </c>
       <c r="I251" s="5" t="s">
-        <v>1701</v>
+        <v>1707</v>
       </c>
       <c r="J251" s="5" t="s">
-        <v>1702</v>
+        <v>451</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="M251" s="5" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="252">
-      <c r="A252" s="5" t="s">
-        <v>1706</v>
+      <c r="A252" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D252" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="D252" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1707</v>
-[...3 lines deleted...]
-      </c>
+        <v>1711</v>
+      </c>
+      <c r="I252" s="5"/>
       <c r="J252" s="5" t="s">
-        <v>1682</v>
+        <v>1712</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="253">
-      <c r="A253" s="5" t="s">
-        <v>1712</v>
+      <c r="A253" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>893</v>
+        <v>172</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1713</v>
-[...2 lines deleted...]
-        <v>1714</v>
+        <v>1716</v>
+      </c>
+      <c r="F253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="I253" s="5"/>
+      <c r="J253" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K253" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="L253" s="6" t="s">
+        <v>1718</v>
+      </c>
+      <c r="M253" s="5" t="s">
         <v>1715</v>
-      </c>
-[...13 lines deleted...]
-        <v>1720</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>893</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>134</v>
+        <v>358</v>
       </c>
       <c r="E254" s="5" t="s">
+        <v>1720</v>
+      </c>
+      <c r="F254" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H254" s="5" t="s">
         <v>1722</v>
       </c>
-      <c r="F254" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H254" s="5" t="s">
+      <c r="I254" s="5" t="s">
         <v>1723</v>
       </c>
-      <c r="I254" s="5" t="s">
+      <c r="J254" s="5" t="s">
         <v>1724</v>
       </c>
-      <c r="J254" s="5" t="s">
+      <c r="K254" s="5" t="s">
         <v>1725</v>
       </c>
-      <c r="K254" s="5" t="s">
+      <c r="L254" s="6" t="s">
         <v>1726</v>
       </c>
-      <c r="L254" s="6" t="s">
+      <c r="M254" s="5" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E255" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="F255" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H255" s="5" t="s">
         <v>1730</v>
       </c>
-      <c r="D255" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E255" s="5" t="s">
+      <c r="I255" s="5" t="s">
         <v>1731</v>
       </c>
-      <c r="F255" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H255" s="5" t="s">
+      <c r="J255" s="5" t="s">
         <v>1732</v>
       </c>
-      <c r="I255" s="5" t="s">
+      <c r="K255" s="5" t="s">
         <v>1733</v>
       </c>
-      <c r="J255" s="5" t="s">
+      <c r="L255" s="6" t="s">
         <v>1734</v>
       </c>
-      <c r="K255" s="5" t="s">
+      <c r="M255" s="5" t="s">
         <v>1735</v>
       </c>
-      <c r="L255" s="6" t="s">
+    </row>
+    <row r="256">
+      <c r="A256" s="5" t="s">
         <v>1736</v>
-      </c>
-[...6 lines deleted...]
-        <v>1906</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="I256" s="5" t="s">
         <v>1738</v>
       </c>
-      <c r="I256" s="5" t="s">
+      <c r="J256" s="5" t="s">
+        <v>1712</v>
+      </c>
+      <c r="K256" s="5" t="s">
         <v>1739</v>
       </c>
-      <c r="J256" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K256" s="5" t="s">
+      <c r="L256" s="6" t="s">
         <v>1740</v>
       </c>
-      <c r="L256" s="6" t="s">
+      <c r="M256" s="5" t="s">
         <v>1741</v>
-      </c>
-[...1 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1743</v>
+        <v>1742</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E257" s="5" t="s">
+        <v>1743</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1749</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        <v>1751</v>
+        <v>1752</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="G258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1753</v>
+        <v>1754</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>40</v>
+        <v>1755</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1755</v>
+        <v>1757</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>35</v>
+        <v>1760</v>
       </c>
       <c r="D259" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>1699</v>
+        <v>1761</v>
+      </c>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>40</v>
+        <v>1764</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="260">
-      <c r="A260" s="5" t="s">
-        <v>1763</v>
+      <c r="A260" s="5" t="n">
+        <v>1906</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D260" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D260" s="5" t="s">
-[...9 lines deleted...]
-        <v>1764</v>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="I260" s="5" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="J260" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1767</v>
+        <v>1770</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1768</v>
+        <v>1771</v>
       </c>
       <c r="M260" s="5" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D261" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D261" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1772</v>
+        <v>1775</v>
       </c>
       <c r="J261" s="5" t="s">
-        <v>1773</v>
+        <v>1776</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1774</v>
+        <v>1777</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1775</v>
+        <v>1778</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1776</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1777</v>
+        <v>1780</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D262" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E262" s="5" t="s">
-        <v>1778</v>
-[...2 lines deleted...]
-        <v>1779</v>
+        <v>36</v>
+      </c>
+      <c r="F262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G262" s="5" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="I262" s="5" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="J262" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D263" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D263" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E263" s="5" t="s">
-        <v>1779</v>
+        <v>36</v>
       </c>
       <c r="F263" s="5" t="s">
-        <v>1778</v>
+        <v>1729</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="I263" s="5" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="J263" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="M263" s="5" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D264" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D264" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E264" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F264" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>1729</v>
+      </c>
+      <c r="G264" s="5" t="s">
+        <v>1794</v>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1793</v>
+        <v>1795</v>
       </c>
       <c r="I264" s="5" t="s">
-        <v>1794</v>
+        <v>1796</v>
       </c>
       <c r="J264" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1795</v>
+        <v>1797</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1796</v>
+        <v>1798</v>
       </c>
       <c r="M264" s="5" t="s">
-        <v>1797</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1798</v>
+        <v>1800</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1799</v>
+        <v>125</v>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G265" s="5" t="s">
-        <v>1800</v>
+      <c r="G265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H265" s="5" t="s">
         <v>1801</v>
       </c>
       <c r="I265" s="5" t="s">
         <v>1802</v>
       </c>
       <c r="J265" s="5" t="s">
-        <v>451</v>
+        <v>1803</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="M265" s="5" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1798</v>
+        <v>1807</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>893</v>
+        <v>125</v>
       </c>
       <c r="E266" s="5" t="s">
-        <v>1779</v>
+        <v>1808</v>
       </c>
       <c r="F266" s="5" t="s">
-        <v>1075</v>
-[...4 lines deleted...]
-        </is>
+        <v>1809</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>1810</v>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1807</v>
+        <v>1812</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1808</v>
+        <v>40</v>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="M266" s="5" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>211</v>
-[...9 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F267" s="5" t="s">
+        <v>1808</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="I267" s="5" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1815</v>
+        <v>40</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1817</v>
+        <v>1820</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1818</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>893</v>
+        <v>125</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>1820</v>
+        <v>35</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F268" s="5" t="s">
-        <v>1821</v>
+        <v>37</v>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="I268" s="5" t="s">
-        <v>1823</v>
+        <v>1824</v>
       </c>
       <c r="J268" s="5" t="s">
-        <v>1824</v>
+        <v>40</v>
       </c>
       <c r="K268" s="5" t="s">
         <v>1825</v>
       </c>
       <c r="L268" s="6" t="s">
         <v>1826</v>
       </c>
       <c r="M268" s="5" t="s">
         <v>1827</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
         <v>1828</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>1829</v>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G269" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G269" s="5" t="s">
+        <v>1830</v>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1829</v>
-[...1 lines deleted...]
-      <c r="I269" s="5"/>
+        <v>1831</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>1832</v>
+      </c>
       <c r="J269" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1830</v>
+        <v>1833</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1831</v>
+        <v>1834</v>
       </c>
       <c r="M269" s="5" t="s">
-        <v>1832</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1833</v>
+        <v>1828</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="E270" s="5" t="s">
-        <v>1495</v>
-[...4 lines deleted...]
-        </is>
+        <v>1809</v>
+      </c>
+      <c r="F270" s="5" t="s">
+        <v>1075</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="I270" s="5" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>40</v>
+        <v>1838</v>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1836</v>
+        <v>1839</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1837</v>
+        <v>1840</v>
       </c>
       <c r="M270" s="5" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>211</v>
-[...5 lines deleted...]
-        <v>1841</v>
+        <v>203</v>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1842</v>
+        <v>1843</v>
       </c>
       <c r="I271" s="5" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="J271" s="5" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="M271" s="5" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D272" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D272" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E272" s="5" t="s">
-        <v>1849</v>
-[...4 lines deleted...]
-        </is>
+        <v>1850</v>
+      </c>
+      <c r="F272" s="5" t="s">
+        <v>1851</v>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="I272" s="5" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="J272" s="5" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1799</v>
+        <v>125</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G273" s="5" t="s">
-        <v>1857</v>
+      <c r="G273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1858</v>
-[...1 lines deleted...]
-      <c r="I273" s="5" t="s">
         <v>1859</v>
       </c>
+      <c r="I273" s="5"/>
       <c r="J273" s="5" t="s">
-        <v>451</v>
+        <v>40</v>
       </c>
       <c r="K273" s="5" t="s">
         <v>1860</v>
       </c>
       <c r="L273" s="6" t="s">
         <v>1861</v>
       </c>
       <c r="M273" s="5" t="s">
         <v>1862</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
         <v>1863</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D274" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D274" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E274" s="5" t="s">
+        <v>1525</v>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
         <v>1864</v>
       </c>
       <c r="I274" s="5" t="s">
         <v>1865</v>
       </c>
       <c r="J274" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K274" s="5" t="s">
         <v>1866</v>
       </c>
       <c r="L274" s="6" t="s">
         <v>1867</v>
       </c>
       <c r="M274" s="5" t="s">
         <v>1868</v>
       </c>
     </row>
     <row r="275">
-      <c r="A275" s="5" t="n">
-        <v>1910</v>
+      <c r="A275" s="5" t="s">
+        <v>1869</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>172</v>
+        <v>16</v>
       </c>
       <c r="D275" s="5" t="s">
-        <v>1799</v>
+        <v>203</v>
       </c>
       <c r="E275" s="5" t="s">
-        <v>36</v>
-[...7 lines deleted...]
-        <v>1869</v>
+        <v>1870</v>
+      </c>
+      <c r="F275" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="G275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1870</v>
+        <v>1872</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1871</v>
+        <v>1873</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>451</v>
+        <v>1874</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1872</v>
+        <v>1875</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1875</v>
+        <v>1878</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>125</v>
+        <v>358</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>36</v>
+        <v>1879</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
       <c r="I276" s="5" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="J276" s="5" t="s">
-        <v>40</v>
+        <v>1882</v>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1878</v>
+        <v>1883</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1879</v>
+        <v>1884</v>
       </c>
       <c r="M276" s="5" t="s">
-        <v>1880</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1881</v>
+        <v>1886</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>35</v>
+        <v>1829</v>
       </c>
       <c r="E277" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="s">
-        <v>1882</v>
+        <v>1887</v>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1883</v>
+        <v>1888</v>
       </c>
       <c r="I277" s="5" t="s">
-        <v>1884</v>
+        <v>1889</v>
       </c>
       <c r="J277" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1885</v>
+        <v>1890</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1886</v>
+        <v>1891</v>
       </c>
       <c r="M277" s="5" t="s">
-        <v>1887</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1888</v>
+        <v>1893</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D278" s="5" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>1890</v>
+        <v>35</v>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1891</v>
+        <v>1894</v>
       </c>
       <c r="I278" s="5" t="s">
-        <v>1892</v>
+        <v>1895</v>
       </c>
       <c r="J278" s="5" t="s">
-        <v>1893</v>
+        <v>40</v>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="M278" s="5" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
     </row>
     <row r="279">
-      <c r="A279" s="5" t="s">
-        <v>1897</v>
+      <c r="A279" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>1799</v>
-[...4 lines deleted...]
-        </is>
+        <v>1829</v>
+      </c>
+      <c r="E279" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="I279" s="5" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="J279" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="M279" s="5" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D280" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D280" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E280" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="I280" s="5" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="J280" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D281" s="5" t="s">
-        <v>1911</v>
+        <v>35</v>
       </c>
       <c r="E281" s="5" t="s">
-        <v>1475</v>
+        <v>37</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G281" s="5" t="s">
+        <v>1912</v>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>1914</v>
+        <v>40</v>
       </c>
       <c r="K281" s="5" t="s">
         <v>1915</v>
       </c>
       <c r="L281" s="6" t="s">
         <v>1916</v>
       </c>
       <c r="M281" s="5" t="s">
         <v>1917</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
         <v>1918</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D282" s="5" t="s">
         <v>1919</v>
       </c>
-      <c r="D282" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E282" s="5" t="s">
+        <v>1920</v>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1920</v>
-[...1 lines deleted...]
-      <c r="I282" s="5"/>
+        <v>1921</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>1922</v>
+      </c>
       <c r="J282" s="5" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>1926</v>
+        <v>172</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>878</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>1829</v>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G283" s="5" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="H283" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="I283" s="5"/>
+        <v>1929</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>1930</v>
+      </c>
       <c r="J283" s="5" t="s">
-        <v>1928</v>
+        <v>451</v>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1930</v>
+        <v>1932</v>
       </c>
       <c r="M283" s="5" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1932</v>
+        <v>1934</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>172</v>
+        <v>125</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>1799</v>
+        <v>35</v>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>173</v>
+        <v>1935</v>
       </c>
       <c r="I284" s="5" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="J284" s="5" t="s">
-        <v>451</v>
+        <v>40</v>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
       <c r="M284" s="5" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1937</v>
+        <v>1940</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>1938</v>
+        <v>173</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1911</v>
-[...4 lines deleted...]
-        </is>
+        <v>1941</v>
+      </c>
+      <c r="E285" s="5" t="s">
+        <v>1505</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G285" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I285" s="5"/>
+      <c r="G285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H285" s="5" t="s">
+        <v>1942</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>1943</v>
+      </c>
       <c r="J285" s="5" t="s">
-        <v>1921</v>
+        <v>1944</v>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1940</v>
+        <v>1945</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1941</v>
+        <v>1946</v>
       </c>
       <c r="M285" s="5" t="s">
-        <v>1942</v>
+        <v>1947</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1943</v>
+        <v>1948</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1938</v>
+        <v>1949</v>
       </c>
       <c r="D286" s="5" t="s">
-        <v>1911</v>
+        <v>1941</v>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H286" s="5" t="s">
+        <v>1950</v>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="s">
-        <v>1944</v>
+        <v>1951</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1945</v>
+        <v>1952</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1946</v>
+        <v>1953</v>
       </c>
       <c r="M286" s="5" t="s">
-        <v>1947</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1948</v>
+        <v>1955</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1911</v>
+        <v>1956</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>1938</v>
-[...14 lines deleted...]
-        </is>
+        <v>878</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F287" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="G287" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1949</v>
+        <v>34</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="s">
-        <v>1921</v>
+        <v>1958</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1950</v>
+        <v>1959</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1951</v>
+        <v>1960</v>
       </c>
       <c r="M287" s="5" t="s">
-        <v>1952</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1953</v>
+        <v>1962</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="D288" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="I288" s="5" t="s">
-        <v>1957</v>
+        <v>1963</v>
       </c>
       <c r="J288" s="5" t="s">
-        <v>1893</v>
+        <v>451</v>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1959</v>
+        <v>1965</v>
       </c>
       <c r="M288" s="5" t="s">
-        <v>1960</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1961</v>
+        <v>1967</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>16</v>
+        <v>1968</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>893</v>
-[...17 lines deleted...]
-      </c>
+        <v>1941</v>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G289" s="5" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
-        <v>1965</v>
+        <v>1951</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>16</v>
+        <v>1968</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>893</v>
-[...5 lines deleted...]
-        <v>1714</v>
+        <v>1941</v>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H290" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I290" s="5"/>
       <c r="J290" s="5" t="s">
-        <v>1972</v>
+        <v>1974</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1973</v>
+        <v>1975</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1974</v>
+        <v>1976</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>1975</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1976</v>
+        <v>1978</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>1889</v>
+        <v>1941</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1977</v>
+        <v>1968</v>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1891</v>
+        <v>1979</v>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="s">
-        <v>1978</v>
+        <v>1951</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>1977</v>
+        <v>173</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="E292" s="5" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1893</v>
+        <v>1923</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1986</v>
+        <v>1988</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1987</v>
+        <v>1989</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1988</v>
+        <v>1990</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1989</v>
+        <v>1991</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1889</v>
+        <v>16</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>173</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1990</v>
-[...1 lines deleted...]
-      <c r="I293" s="5"/>
+        <v>1993</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>1994</v>
+      </c>
       <c r="J293" s="5" t="s">
-        <v>1978</v>
+        <v>1995</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1991</v>
+        <v>1996</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1992</v>
+        <v>1997</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1993</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1995</v>
+        <v>16</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>1996</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E294" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F294" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1997</v>
-[...1 lines deleted...]
-      <c r="I294" s="5"/>
+        <v>2000</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>2001</v>
+      </c>
       <c r="J294" s="5" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>173</v>
+        <v>1919</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-        <v>2003</v>
+        <v>2007</v>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>2004</v>
-[...3 lines deleted...]
-      </c>
+        <v>1921</v>
+      </c>
+      <c r="I295" s="5"/>
       <c r="J295" s="5" t="s">
-        <v>1893</v>
+        <v>2008</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>2008</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>2009</v>
+        <v>2012</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>173</v>
+        <v>2007</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="E296" s="5" t="s">
-        <v>2003</v>
+        <v>2013</v>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>40</v>
+        <v>1923</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>35</v>
+        <v>1919</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>1911</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>173</v>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="s">
-        <v>2017</v>
+        <v>2008</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>1911</v>
+        <v>2025</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>173</v>
+        <v>2026</v>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>2022</v>
-[...3 lines deleted...]
-      </c>
+        <v>2027</v>
+      </c>
+      <c r="I298" s="5"/>
       <c r="J298" s="5" t="s">
-        <v>2017</v>
+        <v>2028</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2024</v>
+        <v>2029</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2025</v>
+        <v>2030</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2026</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2027</v>
+        <v>2032</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>565</v>
+        <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>1977</v>
+        <v>173</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="E299" s="5" t="s">
-        <v>2028</v>
-[...2 lines deleted...]
-        <v>2029</v>
+        <v>2033</v>
+      </c>
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>2032</v>
+        <v>1923</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2033</v>
+        <v>2036</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2034</v>
+        <v>2037</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2035</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>1889</v>
+        <v>173</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>1984</v>
+      </c>
+      <c r="E300" s="5" t="s">
+        <v>2033</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1891</v>
-[...1 lines deleted...]
-      <c r="I300" s="5"/>
+        <v>2040</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>2041</v>
+      </c>
       <c r="J300" s="5" t="s">
-        <v>1978</v>
+        <v>40</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2037</v>
+        <v>2042</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>893</v>
+        <v>1941</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>2041</v>
-[...2 lines deleted...]
-        <v>1714</v>
+        <v>36</v>
+      </c>
+      <c r="F301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2042</v>
-[...3 lines deleted...]
-      </c>
+        <v>2046</v>
+      </c>
+      <c r="I301" s="5"/>
       <c r="J301" s="5" t="s">
-        <v>2044</v>
+        <v>2047</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2045</v>
+        <v>2048</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2046</v>
+        <v>2049</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2047</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2048</v>
+        <v>2051</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>2049</v>
+        <v>1941</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="I302" s="5" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="J302" s="5" t="s">
-        <v>2052</v>
+        <v>2047</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>14</v>
+        <v>565</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>1891</v>
+        <v>2007</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>1977</v>
-[...9 lines deleted...]
-        </is>
+        <v>1984</v>
+      </c>
+      <c r="E303" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="F303" s="5" t="s">
+        <v>2059</v>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2057</v>
-[...1 lines deleted...]
-      <c r="I303" s="5"/>
+        <v>2060</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>2061</v>
+      </c>
       <c r="J303" s="5" t="s">
-        <v>1978</v>
+        <v>2062</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>16</v>
+        <v>1919</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>893</v>
-[...5 lines deleted...]
-        <v>1714</v>
+        <v>173</v>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2063</v>
-[...3 lines deleted...]
-      </c>
+        <v>1921</v>
+      </c>
+      <c r="I304" s="5"/>
       <c r="J304" s="5" t="s">
-        <v>2065</v>
+        <v>2008</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>2070</v>
-[...7 lines deleted...]
-        <v>1882</v>
+        <v>2071</v>
+      </c>
+      <c r="F305" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2071</v>
-[...1 lines deleted...]
-      <c r="I305" s="5"/>
+        <v>2072</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>2073</v>
+      </c>
       <c r="J305" s="5" t="s">
-        <v>40</v>
+        <v>2074</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2074</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2075</v>
+        <v>2078</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>173</v>
+        <v>1088</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-        <v>2076</v>
+        <v>16</v>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>1893</v>
+        <v>2081</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>35</v>
+        <v>1921</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>2070</v>
+        <v>2007</v>
+      </c>
+      <c r="E307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G307" s="5" t="s">
-        <v>1882</v>
+      <c r="G307" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2083</v>
-[...3 lines deleted...]
-      </c>
+        <v>2086</v>
+      </c>
+      <c r="I307" s="5"/>
       <c r="J307" s="5" t="s">
-        <v>40</v>
+        <v>2008</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2085</v>
+        <v>2087</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>269</v>
+        <v>16</v>
       </c>
       <c r="D308" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="E308" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E308" s="5" t="s">
+        <v>2091</v>
       </c>
       <c r="F308" s="5" t="s">
-        <v>2089</v>
+        <v>1744</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
     </row>
     <row r="309">
-      <c r="A309" s="5" t="n">
-        <v>1912</v>
+      <c r="A309" s="5" t="s">
+        <v>2098</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>1799</v>
+        <v>125</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>2003</v>
+        <v>2099</v>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="s">
-        <v>2096</v>
+        <v>1912</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2097</v>
-[...3 lines deleted...]
-      </c>
+        <v>2100</v>
+      </c>
+      <c r="I309" s="5"/>
       <c r="J309" s="5" t="s">
-        <v>451</v>
+        <v>40</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2099</v>
+        <v>2101</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2100</v>
+        <v>2102</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>893</v>
-[...7 lines deleted...]
-        <v>2103</v>
+        <v>1984</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>2105</v>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2104</v>
+        <v>2106</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>2106</v>
+        <v>1923</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2108</v>
+        <v>2109</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2109</v>
+        <v>2110</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2110</v>
+        <v>2111</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>172</v>
+        <v>35</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1799</v>
+        <v>125</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>2003</v>
+        <v>2099</v>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="s">
-        <v>2111</v>
+        <v>1912</v>
       </c>
       <c r="H311" s="5" t="s">
         <v>2112</v>
       </c>
       <c r="I311" s="5" t="s">
         <v>2113</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>451</v>
+        <v>40</v>
       </c>
       <c r="K311" s="5" t="s">
         <v>2114</v>
       </c>
       <c r="L311" s="6" t="s">
         <v>2115</v>
       </c>
       <c r="M311" s="5" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2110</v>
+        <v>2117</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>16</v>
+        <v>261</v>
       </c>
       <c r="D312" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F312" s="5" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2118</v>
+        <v>2119</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2119</v>
+        <v>2120</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>2120</v>
+        <v>2121</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="313">
-      <c r="A313" s="5" t="s">
-        <v>2124</v>
+      <c r="A313" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1829</v>
+      </c>
+      <c r="E313" s="5" t="s">
+        <v>2033</v>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G313" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G313" s="5" t="s">
+        <v>2125</v>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2129</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2130</v>
+        <v>2131</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D314" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="E314" s="5" t="s">
-        <v>2131</v>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="s">
-        <v>1714</v>
+        <v>2132</v>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>1977</v>
+        <v>172</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>1954</v>
+        <v>1829</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>2139</v>
+        <v>2033</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G315" s="5" t="s">
+        <v>2140</v>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2141</v>
+        <v>2142</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>1893</v>
+        <v>451</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2142</v>
+        <v>2143</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2143</v>
+        <v>2144</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2144</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2145</v>
+        <v>2139</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D316" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="E316" s="5" t="s">
-        <v>1841</v>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F316" s="5" t="s">
         <v>2146</v>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
         <v>2147</v>
       </c>
       <c r="I316" s="5" t="s">
         <v>2148</v>
       </c>
       <c r="J316" s="5" t="s">
         <v>2149</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>2150</v>
       </c>
       <c r="L316" s="6" t="s">
         <v>2151</v>
       </c>
       <c r="M316" s="5" t="s">
         <v>2152</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
         <v>2153</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>893</v>
+        <v>125</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
         <v>2154</v>
       </c>
       <c r="I317" s="5" t="s">
         <v>2155</v>
       </c>
       <c r="J317" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K317" s="5" t="s">
         <v>2156</v>
       </c>
-      <c r="K317" s="5" t="s">
+      <c r="L317" s="6" t="s">
         <v>2157</v>
       </c>
-      <c r="L317" s="6" t="s">
+      <c r="M317" s="5" t="s">
         <v>2158</v>
-      </c>
-[...1 lines deleted...]
-        <v>2159</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2160</v>
+        <v>2159</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>1889</v>
+        <v>16</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>1977</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F318" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1891</v>
-[...1 lines deleted...]
-      <c r="I318" s="5"/>
+        <v>2161</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>2162</v>
+      </c>
       <c r="J318" s="5" t="s">
-        <v>1978</v>
+        <v>2163</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2161</v>
+        <v>2164</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2162</v>
+        <v>2165</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2163</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2164</v>
+        <v>2167</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>173</v>
+        <v>2007</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>1889</v>
+        <v>1984</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>2165</v>
+        <v>2168</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2166</v>
+        <v>2169</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2167</v>
+        <v>2170</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>1893</v>
+        <v>1923</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2168</v>
+        <v>2171</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2169</v>
+        <v>2172</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2170</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>2049</v>
+        <v>16</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>16</v>
+        <v>893</v>
       </c>
       <c r="E320" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>1871</v>
+      </c>
+      <c r="F320" s="5" t="s">
+        <v>2175</v>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>2179</v>
+        <v>893</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1938</v>
+        <v>16</v>
       </c>
       <c r="E321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F321" s="5" t="s">
-        <v>2180</v>
+      <c r="F321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="I321" s="5"/>
+        <v>2183</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>2184</v>
+      </c>
       <c r="J321" s="5" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>1891</v>
+        <v>1919</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>1977</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>2007</v>
+      </c>
+      <c r="E322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2186</v>
+        <v>1921</v>
       </c>
       <c r="I322" s="5"/>
       <c r="J322" s="5" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2187</v>
+        <v>2190</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2188</v>
+        <v>2191</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2189</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2190</v>
+        <v>2193</v>
       </c>
       <c r="B323" s="5" t="s">
-        <v>1460</v>
+        <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>2191</v>
+        <v>173</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>2192</v>
+        <v>1919</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>2193</v>
-[...1 lines deleted...]
-      <c r="F323" s="5" t="s">
         <v>2194</v>
       </c>
+      <c r="F323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H323" s="5" t="s">
+        <v>2195</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2195</v>
+        <v>2196</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>2196</v>
+        <v>1923</v>
       </c>
       <c r="K323" s="5" t="s">
         <v>2197</v>
       </c>
       <c r="L323" s="6" t="s">
         <v>2198</v>
       </c>
       <c r="M323" s="5" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
         <v>2200</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>1954</v>
+        <v>1088</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>1977</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2191</v>
-[...1 lines deleted...]
-      <c r="I324" s="5"/>
+        <v>2201</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>2202</v>
+      </c>
       <c r="J324" s="5" t="s">
-        <v>1978</v>
+        <v>2203</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2201</v>
+        <v>2204</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2202</v>
+        <v>2205</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2203</v>
+        <v>2206</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>1889</v>
+        <v>2208</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>1977</v>
+        <v>1968</v>
       </c>
       <c r="E325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F325" s="5" t="s">
+        <v>2209</v>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H325" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="I325" s="5"/>
       <c r="J325" s="5" t="s">
-        <v>1978</v>
+        <v>2210</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>1891</v>
+        <v>1921</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>1977</v>
+        <v>2007</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>2209</v>
+        <v>37</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H326" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H326" s="5" t="s">
+        <v>2215</v>
       </c>
       <c r="I326" s="5"/>
       <c r="J326" s="5" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>14</v>
+        <v>1490</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>35</v>
+        <v>2220</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>125</v>
+        <v>2221</v>
       </c>
       <c r="E327" s="5" t="s">
-        <v>2214</v>
-[...10 lines deleted...]
-        <v>2215</v>
+        <v>2222</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>2223</v>
+      </c>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>40</v>
+        <v>2225</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2217</v>
+        <v>2226</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2218</v>
+        <v>2227</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2219</v>
+        <v>2228</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2220</v>
+        <v>2229</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>2221</v>
+        <v>1984</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>1911</v>
+        <v>2007</v>
       </c>
       <c r="E328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>2222</v>
+        <v>2220</v>
       </c>
       <c r="I328" s="5"/>
       <c r="J328" s="5" t="s">
-        <v>2223</v>
+        <v>2008</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2224</v>
+        <v>2230</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2225</v>
+        <v>2231</v>
       </c>
       <c r="M328" s="5" t="s">
-        <v>2226</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2227</v>
+        <v>2233</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>1954</v>
+        <v>1919</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>1977</v>
+        <v>2007</v>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I329" s="5"/>
       <c r="J329" s="5" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2228</v>
+        <v>2234</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2229</v>
+        <v>2235</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2230</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>1889</v>
+        <v>1921</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>2007</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>2238</v>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H330" s="5" t="s">
-        <v>2232</v>
+      <c r="H330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I330" s="5"/>
       <c r="J330" s="5" t="s">
-        <v>1978</v>
+        <v>2008</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2236</v>
+        <v>2242</v>
       </c>
       <c r="B331" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>893</v>
+        <v>35</v>
       </c>
       <c r="D331" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="E331" s="5" t="s">
-        <v>1699</v>
-[...7 lines deleted...]
-        </is>
+        <v>2243</v>
+      </c>
+      <c r="F331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G331" s="5" t="s">
+        <v>2243</v>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2238</v>
+        <v>2244</v>
       </c>
       <c r="I331" s="5" t="s">
-        <v>2239</v>
+        <v>2245</v>
       </c>
       <c r="J331" s="5" t="s">
-        <v>2240</v>
+        <v>40</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2241</v>
+        <v>2246</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2242</v>
+        <v>2247</v>
       </c>
       <c r="M331" s="5" t="s">
-        <v>2243</v>
+        <v>2248</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2244</v>
+        <v>2249</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>16</v>
+        <v>2250</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>2049</v>
-[...5 lines deleted...]
-        <v>2245</v>
+        <v>1941</v>
+      </c>
+      <c r="E332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2246</v>
-[...3 lines deleted...]
-      </c>
+        <v>2251</v>
+      </c>
+      <c r="I332" s="5"/>
       <c r="J332" s="5" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2249</v>
+        <v>2253</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>134</v>
+        <v>1984</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>893</v>
+        <v>2007</v>
       </c>
       <c r="E333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F333" s="5" t="s">
-        <v>1714</v>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G333" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H333" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I333" s="5"/>
       <c r="J333" s="5" t="s">
-        <v>2255</v>
+        <v>2008</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2256</v>
+        <v>2257</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2257</v>
+        <v>2258</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>2258</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2259</v>
+        <v>2260</v>
       </c>
       <c r="B334" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>16</v>
+        <v>1919</v>
       </c>
       <c r="D334" s="5" t="s">
-        <v>893</v>
-[...5 lines deleted...]
-        <v>1714</v>
+        <v>173</v>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
         <v>2261</v>
       </c>
-      <c r="I334" s="5" t="s">
+      <c r="I334" s="5"/>
+      <c r="J334" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="K334" s="5" t="s">
         <v>2262</v>
       </c>
-      <c r="J334" s="5" t="s">
+      <c r="L334" s="6" t="s">
         <v>2263</v>
       </c>
-      <c r="K334" s="5" t="s">
+      <c r="M334" s="5" t="s">
         <v>2264</v>
-      </c>
-[...4 lines deleted...]
-        <v>2266</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2267</v>
+        <v>2265</v>
       </c>
       <c r="B335" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D335" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>1729</v>
       </c>
       <c r="F335" s="5" t="s">
+        <v>2266</v>
+      </c>
+      <c r="G335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H335" s="5" t="s">
+        <v>2267</v>
+      </c>
+      <c r="I335" s="5" t="s">
         <v>2268</v>
       </c>
-      <c r="G335" s="5" t="s">
+      <c r="J335" s="5" t="s">
         <v>2269</v>
       </c>
-      <c r="H335" s="5" t="s">
+      <c r="K335" s="5" t="s">
         <v>2270</v>
       </c>
-      <c r="I335" s="5" t="s">
+      <c r="L335" s="6" t="s">
         <v>2271</v>
       </c>
-      <c r="J335" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K335" s="5" t="s">
+      <c r="M335" s="5" t="s">
         <v>2272</v>
-      </c>
-[...4 lines deleted...]
-        <v>2274</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2275</v>
+        <v>2273</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>893</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E336" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F336" s="5" t="s">
-        <v>1714</v>
+        <v>2274</v>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
+        <v>2275</v>
+      </c>
+      <c r="I336" s="5" t="s">
         <v>2276</v>
       </c>
-      <c r="I336" s="5" t="s">
+      <c r="J336" s="5" t="s">
         <v>2277</v>
       </c>
-      <c r="J336" s="5" t="s">
+      <c r="K336" s="5" t="s">
         <v>2278</v>
       </c>
-      <c r="K336" s="5" t="s">
+      <c r="L336" s="6" t="s">
         <v>2279</v>
       </c>
-      <c r="L336" s="6" t="s">
+      <c r="M336" s="5" t="s">
         <v>2280</v>
-      </c>
-[...1 lines deleted...]
-        <v>2281</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2282</v>
+        <v>2281</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>16</v>
+        <v>134</v>
       </c>
       <c r="D337" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="s">
-        <v>1714</v>
+        <v>1744</v>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H337" s="5" t="s">
+        <v>2282</v>
+      </c>
+      <c r="I337" s="5" t="s">
         <v>2283</v>
       </c>
-      <c r="I337" s="5" t="s">
+      <c r="J337" s="5" t="s">
         <v>2284</v>
       </c>
-      <c r="J337" s="5" t="s">
+      <c r="K337" s="5" t="s">
         <v>2285</v>
       </c>
-      <c r="K337" s="5" t="s">
+      <c r="L337" s="6" t="s">
         <v>2286</v>
       </c>
-      <c r="L337" s="6" t="s">
+      <c r="M337" s="5" t="s">
         <v>2287</v>
-      </c>
-[...1 lines deleted...]
-        <v>2288</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2289</v>
+        <v>2288</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
-        <v>2221</v>
+        <v>16</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>1911</v>
+        <v>893</v>
       </c>
       <c r="E338" s="5" t="s">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>2289</v>
+      </c>
+      <c r="F338" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H338" s="5" t="s">
         <v>2290</v>
       </c>
-      <c r="I338" s="5"/>
+      <c r="I338" s="5" t="s">
+        <v>2291</v>
+      </c>
       <c r="J338" s="5" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2292</v>
+        <v>2293</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2293</v>
+        <v>2294</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>2294</v>
+        <v>2295</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2295</v>
+        <v>2296</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>35</v>
+      </c>
+      <c r="E339" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F339" s="5" t="s">
-        <v>2245</v>
-[...4 lines deleted...]
-        </is>
+        <v>2297</v>
+      </c>
+      <c r="G339" s="5" t="s">
+        <v>2298</v>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="I339" s="5" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="J339" s="5" t="s">
-        <v>2298</v>
+        <v>40</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2299</v>
+        <v>2301</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2300</v>
+        <v>2302</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>2303</v>
-[...7 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F340" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2304</v>
+        <v>2305</v>
       </c>
       <c r="I340" s="5" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="J340" s="5" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>2309</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2310</v>
+        <v>2311</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>2049</v>
+        <v>893</v>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F341" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F341" s="5" t="s">
+        <v>1744</v>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>2311</v>
+        <v>2312</v>
       </c>
       <c r="I341" s="5" t="s">
-        <v>2312</v>
+        <v>2313</v>
       </c>
       <c r="J341" s="5" t="s">
-        <v>2313</v>
+        <v>2314</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2314</v>
+        <v>2315</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2315</v>
+        <v>2316</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>2316</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2317</v>
+        <v>2318</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>1996</v>
+        <v>2250</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>1911</v>
+        <v>1941</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>174</v>
+        <v>37</v>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H342" s="5" t="s">
-        <v>2318</v>
+        <v>2319</v>
       </c>
       <c r="I342" s="5"/>
       <c r="J342" s="5" t="s">
-        <v>2319</v>
+        <v>2320</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2320</v>
+        <v>2321</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2321</v>
+        <v>2322</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>2322</v>
+        <v>2323</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2323</v>
+        <v>2324</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>2221</v>
+        <v>16</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>1911</v>
-[...9 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E343" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F343" s="5" t="s">
+        <v>2274</v>
       </c>
       <c r="G343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H343" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I343" s="5"/>
+      <c r="H343" s="5" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>2326</v>
+      </c>
       <c r="J343" s="5" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
-        <v>2328</v>
+        <v>35</v>
       </c>
       <c r="D344" s="5" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="E344" s="5" t="s">
-        <v>2330</v>
+        <v>37</v>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H344" s="5" t="s">
-        <v>2331</v>
+        <v>2333</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>2332</v>
+        <v>2334</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>2333</v>
+        <v>2335</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2334</v>
+        <v>2336</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2335</v>
+        <v>2337</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>2336</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2337</v>
+        <v>2339</v>
       </c>
       <c r="B345" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>893</v>
+        <v>16</v>
       </c>
       <c r="D345" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>2338</v>
+        <v>1088</v>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2339</v>
+        <v>2340</v>
       </c>
       <c r="I345" s="5" t="s">
-        <v>2340</v>
+        <v>2341</v>
       </c>
       <c r="J345" s="5" t="s">
-        <v>2341</v>
+        <v>2342</v>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2342</v>
+        <v>2343</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2343</v>
+        <v>2344</v>
       </c>
       <c r="M345" s="5" t="s">
-        <v>2344</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2345</v>
+        <v>2346</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>2346</v>
+        <v>2026</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>1996</v>
-[...4 lines deleted...]
-        </is>
+        <v>1941</v>
+      </c>
+      <c r="E346" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H346" s="5" t="s">
         <v>2347</v>
       </c>
       <c r="I346" s="5"/>
       <c r="J346" s="5" t="s">
-        <v>1998</v>
+        <v>2348</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2348</v>
+        <v>2349</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2349</v>
+        <v>2350</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>2350</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2351</v>
+        <v>2352</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>16</v>
+        <v>2250</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>2049</v>
-[...5 lines deleted...]
-        <v>2352</v>
+        <v>1941</v>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H347" s="5" t="s">
+      <c r="H347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I347" s="5"/>
+      <c r="J347" s="5" t="s">
+        <v>2348</v>
+      </c>
+      <c r="K347" s="5" t="s">
         <v>2353</v>
       </c>
-      <c r="I347" s="5" t="s">
+      <c r="L347" s="6" t="s">
         <v>2354</v>
       </c>
-      <c r="J347" s="5" t="s">
+      <c r="M347" s="5" t="s">
         <v>2355</v>
-      </c>
-[...7 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2359</v>
+        <v>2356</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>134</v>
+        <v>2357</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>893</v>
-[...4 lines deleted...]
-        </is>
+        <v>2358</v>
+      </c>
+      <c r="E348" s="5" t="s">
+        <v>2359</v>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
         <v>2360</v>
       </c>
       <c r="I348" s="5" t="s">
         <v>2361</v>
       </c>
       <c r="J348" s="5" t="s">
         <v>2362</v>
       </c>
       <c r="K348" s="5" t="s">
         <v>2363</v>
       </c>
       <c r="L348" s="6" t="s">
         <v>2364</v>
       </c>
       <c r="M348" s="5" t="s">
         <v>2365</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
         <v>2366</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>1889</v>
+        <v>134</v>
       </c>
       <c r="E349" s="5" t="s">
         <v>2367</v>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H349" s="5" t="s">
         <v>2368</v>
       </c>
       <c r="I349" s="5" t="s">
         <v>2369</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>1893</v>
+        <v>2370</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="B350" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>173</v>
+        <v>2375</v>
       </c>
       <c r="D350" s="5" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>2367</v>
+        <v>2026</v>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>2374</v>
+        <v>2376</v>
       </c>
       <c r="I350" s="5"/>
       <c r="J350" s="5" t="s">
-        <v>1893</v>
+        <v>2028</v>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2376</v>
+        <v>2378</v>
       </c>
       <c r="M350" s="5" t="s">
-        <v>2377</v>
+        <v>2379</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2378</v>
+        <v>2380</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>893</v>
+        <v>16</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>134</v>
+        <v>1088</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>2379</v>
+        <v>36</v>
       </c>
       <c r="F351" s="5" t="s">
-        <v>1412</v>
+        <v>2381</v>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H351" s="5" t="s">
-        <v>2380</v>
+        <v>2382</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>2381</v>
+        <v>2383</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>2382</v>
+        <v>2384</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2383</v>
+        <v>2385</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2384</v>
+        <v>2386</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>2385</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2386</v>
+        <v>2388</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>893</v>
+      </c>
+      <c r="E352" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2387</v>
+        <v>2389</v>
       </c>
       <c r="I352" s="5" t="s">
-        <v>2388</v>
+        <v>2390</v>
       </c>
       <c r="J352" s="5" t="s">
-        <v>2389</v>
+        <v>2391</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2390</v>
+        <v>2392</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2391</v>
+        <v>2393</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>2392</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2393</v>
+        <v>2395</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>2049</v>
+        <v>1919</v>
       </c>
       <c r="E353" s="5" t="s">
-        <v>36</v>
+        <v>2396</v>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>2396</v>
+        <v>1923</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2397</v>
+        <v>2399</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2398</v>
+        <v>2400</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>2399</v>
+        <v>2401</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2400</v>
+        <v>2402</v>
       </c>
       <c r="B354" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="D354" s="5" t="s">
-        <v>2049</v>
+        <v>1919</v>
       </c>
       <c r="E354" s="5" t="s">
-        <v>36</v>
+        <v>2396</v>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2401</v>
-[...3 lines deleted...]
-      </c>
+        <v>2403</v>
+      </c>
+      <c r="I354" s="5"/>
       <c r="J354" s="5" t="s">
-        <v>2403</v>
+        <v>1923</v>
       </c>
       <c r="K354" s="5" t="s">
         <v>2404</v>
       </c>
       <c r="L354" s="6" t="s">
         <v>2405</v>
       </c>
       <c r="M354" s="5" t="s">
         <v>2406</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
         <v>2407</v>
       </c>
       <c r="B355" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>125</v>
+        <v>893</v>
       </c>
       <c r="D355" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E355" s="5" t="s">
         <v>2408</v>
       </c>
-      <c r="E355" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F355" s="5" t="s">
+        <v>1442</v>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
         <v>2409</v>
       </c>
       <c r="I355" s="5" t="s">
         <v>2410</v>
       </c>
       <c r="J355" s="5" t="s">
-        <v>451</v>
+        <v>2411</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2411</v>
+        <v>2412</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2412</v>
+        <v>2413</v>
       </c>
       <c r="M355" s="5" t="s">
-        <v>2413</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2414</v>
+        <v>2415</v>
       </c>
       <c r="B356" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D356" s="5" t="s">
-        <v>2415</v>
+        <v>125</v>
       </c>
       <c r="E356" s="5" t="s">
-        <v>447</v>
+        <v>36</v>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H356" s="5" t="s">
         <v>2416</v>
       </c>
       <c r="I356" s="5" t="s">
         <v>2417</v>
       </c>
       <c r="J356" s="5" t="s">
         <v>2418</v>
       </c>
       <c r="K356" s="5" t="s">
         <v>2419</v>
       </c>
       <c r="L356" s="6" t="s">
         <v>2420</v>
       </c>
       <c r="M356" s="5" t="s">
         <v>2421</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
         <v>2422</v>
       </c>
       <c r="B357" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D357" s="5" t="s">
-        <v>2408</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
         <v>2423</v>
       </c>
       <c r="I357" s="5" t="s">
         <v>2424</v>
       </c>
       <c r="J357" s="5" t="s">
-        <v>451</v>
+        <v>2425</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2425</v>
+        <v>2426</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2426</v>
+        <v>2427</v>
       </c>
       <c r="M357" s="5" t="s">
-        <v>2427</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="358">
-      <c r="A358" s="5" t="n">
-        <v>1919</v>
+      <c r="A358" s="5" t="s">
+        <v>2429</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>2408</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H358" s="5" t="s">
-        <v>2428</v>
+        <v>2430</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>2429</v>
+        <v>2431</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>451</v>
+        <v>2432</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2430</v>
+        <v>2433</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2431</v>
+        <v>2434</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>2432</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2433</v>
+        <v>2436</v>
       </c>
       <c r="B359" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D359" s="5" t="s">
-        <v>2408</v>
+        <v>2437</v>
       </c>
       <c r="E359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H359" s="5" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="I359" s="5" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="J359" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="M359" s="5" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>1460</v>
+        <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>2440</v>
+        <v>35</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>2049</v>
-[...7 lines deleted...]
-        <v>1075</v>
+        <v>2444</v>
+      </c>
+      <c r="E360" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="F360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
       <c r="I360" s="5" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="J360" s="5" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D361" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2437</v>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="I361" s="5" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
       <c r="J361" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="362">
-      <c r="A362" s="5" t="s">
-        <v>2453</v>
+      <c r="A362" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>35</v>
+        <v>125</v>
       </c>
       <c r="D362" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2437</v>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>2454</v>
+        <v>2457</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>2455</v>
+        <v>2458</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2456</v>
+        <v>2459</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2457</v>
+        <v>2460</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>16</v>
+        <v>125</v>
       </c>
       <c r="D363" s="5" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2437</v>
+      </c>
+      <c r="E363" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="I363" s="5" t="s">
-        <v>2461</v>
+        <v>2464</v>
       </c>
       <c r="J363" s="5" t="s">
-        <v>2462</v>
-[...4 lines deleted...]
-        </is>
+        <v>451</v>
+      </c>
+      <c r="K363" s="5" t="s">
+        <v>2465</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2463</v>
+        <v>2466</v>
       </c>
       <c r="M363" s="5" t="s">
-        <v>2464</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2465</v>
+        <v>2468</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>14</v>
+        <v>1490</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>269</v>
+        <v>2469</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>2049</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1088</v>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F364" s="5" t="s">
-        <v>2466</v>
+        <v>1075</v>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2467</v>
+        <v>2470</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>2468</v>
+        <v>2471</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>2469</v>
+        <v>2472</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2470</v>
+        <v>2473</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2471</v>
+        <v>2474</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>2472</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2473</v>
+        <v>2476</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D365" s="5" t="s">
         <v>125</v>
       </c>
       <c r="E365" s="5" t="s">
-        <v>2474</v>
-[...5 lines deleted...]
-        <v>2475</v>
+        <v>36</v>
+      </c>
+      <c r="F365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>2476</v>
+        <v>2477</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>2477</v>
+        <v>2478</v>
       </c>
       <c r="J365" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2478</v>
+        <v>2479</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2479</v>
+        <v>2480</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>2480</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2481</v>
+        <v>2482</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D366" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D366" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E366" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>2482</v>
+        <v>2483</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>2483</v>
+        <v>2484</v>
       </c>
       <c r="J366" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2484</v>
+        <v>2485</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2485</v>
+        <v>2486</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>2486</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2487</v>
+        <v>2488</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>2488</v>
-[...7 lines deleted...]
-        <v>78</v>
+        <v>1088</v>
+      </c>
+      <c r="E367" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H367" s="5" t="s">
         <v>2489</v>
       </c>
-      <c r="I367" s="5"/>
+      <c r="I367" s="5" t="s">
+        <v>2490</v>
+      </c>
       <c r="J367" s="5" t="s">
-        <v>2490</v>
-[...1 lines deleted...]
-      <c r="K367" s="5" t="s">
         <v>2491</v>
+      </c>
+      <c r="K367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L367" s="6" t="s">
         <v>2492</v>
       </c>
       <c r="M367" s="5" t="s">
         <v>2493</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
         <v>2494</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>893</v>
+        <v>261</v>
       </c>
       <c r="D368" s="5" t="s">
-        <v>16</v>
+        <v>1088</v>
       </c>
       <c r="E368" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F368" s="5" t="s">
         <v>2495</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H368" s="5" t="s">
         <v>2496</v>
       </c>
       <c r="I368" s="5" t="s">
         <v>2497</v>
       </c>
       <c r="J368" s="5" t="s">
         <v>2498</v>
       </c>
       <c r="K368" s="5" t="s">
         <v>2499</v>
       </c>
       <c r="L368" s="6" t="s">
         <v>2500</v>
       </c>
       <c r="M368" s="5" t="s">
         <v>2501</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
         <v>2502</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D369" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E369" s="5" t="s">
         <v>2503</v>
       </c>
-      <c r="D369" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="F369" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G369" s="5" t="s">
+        <v>2504</v>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2504</v>
+        <v>2505</v>
       </c>
       <c r="I369" s="5" t="s">
-        <v>2505</v>
+        <v>2506</v>
       </c>
       <c r="J369" s="5" t="s">
-        <v>2506</v>
+        <v>40</v>
       </c>
       <c r="K369" s="5" t="s">
         <v>2507</v>
       </c>
       <c r="L369" s="6" t="s">
         <v>2508</v>
       </c>
       <c r="M369" s="5" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
         <v>2510</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D370" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D370" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="E370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G370" s="5" t="s">
+      <c r="G370" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H370" s="5" t="s">
         <v>2511</v>
       </c>
-      <c r="H370" s="5" t="s">
+      <c r="I370" s="5" t="s">
         <v>2512</v>
       </c>
-      <c r="I370" s="5" t="s">
+      <c r="J370" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K370" s="5" t="s">
         <v>2513</v>
       </c>
-      <c r="J370" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K370" s="5" t="s">
+      <c r="L370" s="6" t="s">
         <v>2514</v>
       </c>
-      <c r="L370" s="6" t="s">
+      <c r="M370" s="5" t="s">
         <v>2515</v>
-      </c>
-[...1 lines deleted...]
-        <v>2516</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2517</v>
+        <v>2516</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>1889</v>
-[...7 lines deleted...]
-        </is>
+        <v>2517</v>
+      </c>
+      <c r="E371" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F371" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="s">
         <v>2518</v>
       </c>
-      <c r="I371" s="5" t="s">
+      <c r="I371" s="5"/>
+      <c r="J371" s="5" t="s">
         <v>2519</v>
-      </c>
-[...1 lines deleted...]
-        <v>1893</v>
       </c>
       <c r="K371" s="5" t="s">
         <v>2520</v>
       </c>
       <c r="L371" s="6" t="s">
         <v>2521</v>
       </c>
       <c r="M371" s="5" t="s">
         <v>2522</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
         <v>2523</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>269</v>
+        <v>893</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>893</v>
+        <v>16</v>
       </c>
       <c r="E372" s="5" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="F372" s="5" t="s">
         <v>2524</v>
+      </c>
+      <c r="F372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H372" s="5" t="s">
         <v>2525</v>
       </c>
       <c r="I372" s="5" t="s">
         <v>2526</v>
       </c>
       <c r="J372" s="5" t="s">
         <v>2527</v>
       </c>
       <c r="K372" s="5" t="s">
         <v>2528</v>
       </c>
       <c r="L372" s="6" t="s">
         <v>2529</v>
       </c>
       <c r="M372" s="5" t="s">
         <v>2530</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
         <v>2531</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>35</v>
+        <v>2532</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="E373" s="5" t="s">
-        <v>2532</v>
+        <v>1525</v>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G373" s="5" t="s">
+      <c r="G373" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H373" s="5" t="s">
         <v>2533</v>
       </c>
-      <c r="H373" s="5" t="s">
+      <c r="I373" s="5" t="s">
         <v>2534</v>
       </c>
-      <c r="I373" s="5" t="s">
+      <c r="J373" s="5" t="s">
         <v>2535</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K373" s="5" t="s">
         <v>2536</v>
       </c>
       <c r="L373" s="6" t="s">
         <v>2537</v>
       </c>
       <c r="M373" s="5" t="s">
         <v>2538</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
         <v>2539</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>1926</v>
+        <v>35</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>878</v>
+        <v>1919</v>
       </c>
       <c r="E374" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="F374" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G374" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G374" s="5" t="s">
+        <v>2540</v>
       </c>
       <c r="H374" s="5" t="s">
-        <v>2540</v>
+        <v>2541</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>2541</v>
+        <v>2542</v>
       </c>
       <c r="J374" s="5" t="s">
         <v>451</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2542</v>
+        <v>2543</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2543</v>
+        <v>2544</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>2544</v>
+        <v>2545</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2545</v>
+        <v>2546</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>125</v>
+        <v>173</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>2408</v>
-[...4 lines deleted...]
-        </is>
+        <v>1919</v>
+      </c>
+      <c r="E375" s="5" t="s">
+        <v>2396</v>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="s">
-        <v>2546</v>
+        <v>2547</v>
       </c>
       <c r="I375" s="5" t="s">
-        <v>2547</v>
+        <v>2548</v>
       </c>
       <c r="J375" s="5" t="s">
-        <v>451</v>
+        <v>1923</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>2548</v>
+        <v>2549</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2549</v>
+        <v>2550</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>2550</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2551</v>
+        <v>2552</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>2552</v>
+        <v>261</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F376" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="G376" s="5" t="s">
         <v>2553</v>
+      </c>
+      <c r="G376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H376" s="5" t="s">
         <v>2554</v>
       </c>
       <c r="I376" s="5" t="s">
         <v>2555</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>451</v>
+        <v>2556</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2556</v>
+        <v>2557</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2557</v>
+        <v>2558</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2558</v>
+        <v>2559</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2559</v>
+        <v>2560</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>1926</v>
+        <v>35</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>878</v>
-[...12 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G377" s="5" t="s">
+        <v>2562</v>
       </c>
       <c r="H377" s="5" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="I377" s="5" t="s">
-        <v>2561</v>
+        <v>2564</v>
       </c>
       <c r="J377" s="5" t="s">
-        <v>2562</v>
+        <v>40</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2563</v>
+        <v>2565</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2564</v>
+        <v>2566</v>
       </c>
       <c r="M377" s="5" t="s">
-        <v>2565</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2566</v>
+        <v>2568</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
-        <v>893</v>
+        <v>1956</v>
       </c>
       <c r="D378" s="5" t="s">
-        <v>16</v>
+        <v>878</v>
       </c>
       <c r="E378" s="5" t="s">
-        <v>2567</v>
+        <v>37</v>
       </c>
       <c r="F378" s="5" t="s">
-        <v>1412</v>
+        <v>36</v>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H378" s="5" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="I378" s="5" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="J378" s="5" t="s">
-        <v>2570</v>
+        <v>451</v>
       </c>
       <c r="K378" s="5" t="s">
         <v>2571</v>
       </c>
       <c r="L378" s="6" t="s">
         <v>2572</v>
       </c>
       <c r="M378" s="5" t="s">
         <v>2573</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
         <v>2574</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D379" s="5" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-        <v>2367</v>
+        <v>2437</v>
+      </c>
+      <c r="E379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
         <v>2575</v>
       </c>
       <c r="I379" s="5" t="s">
         <v>2576</v>
       </c>
       <c r="J379" s="5" t="s">
-        <v>1893</v>
+        <v>451</v>
       </c>
       <c r="K379" s="5" t="s">
         <v>2577</v>
       </c>
       <c r="L379" s="6" t="s">
         <v>2578</v>
       </c>
       <c r="M379" s="5" t="s">
         <v>2579</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
         <v>2580</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C380" s="5" t="s">
-        <v>35</v>
+        <v>2581</v>
       </c>
       <c r="D380" s="5" t="s">
-        <v>125</v>
+        <v>878</v>
       </c>
       <c r="E380" s="5" t="s">
-        <v>2581</v>
-[...4 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="F380" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G380" s="5" t="s">
         <v>2582</v>
       </c>
       <c r="H380" s="5" t="s">
         <v>2583</v>
       </c>
       <c r="I380" s="5" t="s">
         <v>2584</v>
       </c>
       <c r="J380" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K380" s="5" t="s">
         <v>2585</v>
       </c>
       <c r="L380" s="6" t="s">
         <v>2586</v>
       </c>
       <c r="M380" s="5" t="s">
         <v>2587</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
         <v>2588</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C381" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1956</v>
+      </c>
+      <c r="D381" s="5" t="s">
+        <v>878</v>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F381" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F381" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
         <v>2589</v>
       </c>
-      <c r="I381" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I381" s="5" t="s">
+        <v>2590</v>
+      </c>
+      <c r="J381" s="5" t="s">
+        <v>2591</v>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2590</v>
+        <v>2592</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2591</v>
-[...1 lines deleted...]
-      <c r="M381" s="5"/>
+        <v>2593</v>
+      </c>
+      <c r="M381" s="5" t="s">
+        <v>2594</v>
+      </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2592</v>
+        <v>2595</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>1926</v>
+        <v>893</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>878</v>
+        <v>16</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>2593</v>
+        <v>2596</v>
       </c>
       <c r="F382" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>2594</v>
+        <v>1442</v>
+      </c>
+      <c r="G382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2595</v>
+        <v>2597</v>
       </c>
       <c r="I382" s="5" t="s">
-        <v>2596</v>
+        <v>2598</v>
       </c>
       <c r="J382" s="5" t="s">
-        <v>2562</v>
+        <v>2599</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2597</v>
+        <v>2600</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2598</v>
+        <v>2601</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2599</v>
+        <v>2602</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2600</v>
+        <v>2603</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>1926</v>
+        <v>173</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>878</v>
+        <v>1984</v>
       </c>
       <c r="E383" s="5" t="s">
-        <v>2593</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>2396</v>
+      </c>
+      <c r="F383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H383" s="5" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2602</v>
+        <v>2605</v>
       </c>
       <c r="J383" s="5" t="s">
-        <v>451</v>
+        <v>1923</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2603</v>
+        <v>2606</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2604</v>
+        <v>2607</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2605</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2606</v>
+        <v>2609</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>173</v>
+        <v>35</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>1889</v>
+        <v>125</v>
       </c>
       <c r="E384" s="5" t="s">
-        <v>2607</v>
+        <v>2610</v>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G384" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G384" s="5" t="s">
+        <v>2611</v>
       </c>
       <c r="H384" s="5" t="s">
-        <v>2608</v>
+        <v>2612</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2609</v>
+        <v>2613</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>1893</v>
+        <v>40</v>
       </c>
       <c r="K384" s="5" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
       <c r="M384" s="5" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2613</v>
+        <v>2617</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>2367</v>
+        <v>35</v>
+      </c>
+      <c r="D385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="s">
-        <v>2614</v>
-[...5 lines deleted...]
-        <v>1893</v>
+        <v>2618</v>
+      </c>
+      <c r="I385" s="5"/>
+      <c r="J385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K385" s="5" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2617</v>
-[...3 lines deleted...]
-      </c>
+        <v>2620</v>
+      </c>
+      <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2619</v>
+        <v>2621</v>
       </c>
       <c r="B386" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C386" s="5" t="s">
-        <v>35</v>
+        <v>1956</v>
       </c>
       <c r="D386" s="5" t="s">
-        <v>1889</v>
+        <v>878</v>
       </c>
       <c r="E386" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>2622</v>
+      </c>
+      <c r="F386" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G386" s="5" t="s">
-        <v>2620</v>
+        <v>2623</v>
       </c>
       <c r="H386" s="5" t="s">
-        <v>2621</v>
+        <v>2624</v>
       </c>
       <c r="I386" s="5" t="s">
-        <v>2622</v>
+        <v>2625</v>
       </c>
       <c r="J386" s="5" t="s">
-        <v>40</v>
+        <v>2591</v>
       </c>
       <c r="K386" s="5" t="s">
-        <v>2623</v>
+        <v>2626</v>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2624</v>
+        <v>2627</v>
       </c>
       <c r="M386" s="5" t="s">
-        <v>2625</v>
+        <v>2628</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2626</v>
+        <v>2629</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>1956</v>
+      </c>
+      <c r="D387" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="E387" s="5" t="s">
+        <v>2622</v>
+      </c>
+      <c r="F387" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="s">
-        <v>2627</v>
-[...10 lines deleted...]
-        </is>
+        <v>2630</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>2631</v>
+      </c>
+      <c r="J387" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K387" s="5" t="s">
+        <v>2632</v>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2628</v>
-[...1 lines deleted...]
-      <c r="M387" s="5"/>
+        <v>2633</v>
+      </c>
+      <c r="M387" s="5" t="s">
+        <v>2634</v>
+      </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>125</v>
+        <v>1919</v>
       </c>
       <c r="E388" s="5" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G388" s="5" t="s">
-        <v>2631</v>
+      <c r="G388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2632</v>
+        <v>2637</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>2633</v>
+        <v>2638</v>
       </c>
       <c r="J388" s="5" t="s">
-        <v>40</v>
+        <v>1923</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2634</v>
+        <v>2639</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2635</v>
+        <v>2640</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>2636</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2637</v>
+        <v>2642</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>125</v>
+        <v>1919</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>2638</v>
+        <v>2396</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G389" s="5" t="s">
-        <v>2639</v>
+      <c r="G389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2640</v>
+        <v>2643</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>2641</v>
+        <v>2644</v>
       </c>
       <c r="J389" s="5" t="s">
-        <v>40</v>
+        <v>1923</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2642</v>
+        <v>2645</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2643</v>
+        <v>2646</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2644</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2645</v>
+        <v>2648</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>1926</v>
+        <v>1194</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="E390" s="5" t="s">
-        <v>2646</v>
+        <v>1195</v>
       </c>
       <c r="F390" s="5" t="s">
-        <v>2647</v>
-[...2 lines deleted...]
-        <v>2648</v>
+        <v>2649</v>
+      </c>
+      <c r="G390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H390" s="5" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="I390" s="5" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="J390" s="5" t="s">
-        <v>451</v>
+        <v>2652</v>
       </c>
       <c r="K390" s="5" t="s">
-        <v>2651</v>
+        <v>2653</v>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2652</v>
+        <v>2654</v>
       </c>
       <c r="M390" s="5" t="s">
-        <v>2653</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2654</v>
+        <v>2656</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>125</v>
+        <v>1919</v>
       </c>
       <c r="E391" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="s">
-        <v>2655</v>
+        <v>2657</v>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2656</v>
+        <v>2658</v>
       </c>
       <c r="I391" s="5" t="s">
-        <v>2657</v>
+        <v>2659</v>
       </c>
       <c r="J391" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2658</v>
+        <v>2660</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2659</v>
+        <v>2661</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2660</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
-        <v>2661</v>
+        <v>2663</v>
       </c>
       <c r="B392" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C392" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D392" s="5" t="s">
-[...3 lines deleted...]
-        <v>2662</v>
+      <c r="D392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="s">
-        <v>2663</v>
+      <c r="G392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H392" s="5" t="s">
         <v>2664</v>
       </c>
       <c r="I392" s="5"/>
-      <c r="J392" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K392" s="5" t="s">
+      <c r="J392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L392" s="6" t="s">
         <v>2665</v>
       </c>
-      <c r="L392" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M392" s="5"/>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2668</v>
+        <v>2666</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D393" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E393" s="5" t="s">
+        <v>2667</v>
+      </c>
+      <c r="F393" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G393" s="5" t="s">
+        <v>2668</v>
+      </c>
+      <c r="H393" s="5" t="s">
         <v>2669</v>
       </c>
-      <c r="D393" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G393" s="5" t="s">
+      <c r="I393" s="5" t="s">
         <v>2670</v>
       </c>
-      <c r="H393" s="5" t="s">
+      <c r="J393" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K393" s="5" t="s">
         <v>2671</v>
       </c>
-      <c r="I393" s="5"/>
-      <c r="J393" s="5" t="s">
+      <c r="L393" s="6" t="s">
         <v>2672</v>
       </c>
-      <c r="K393" s="5" t="s">
+      <c r="M393" s="5" t="s">
         <v>2673</v>
-      </c>
-[...4 lines deleted...]
-        <v>2675</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2676</v>
+        <v>2674</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>2669</v>
+        <v>35</v>
       </c>
       <c r="D394" s="5" t="s">
-        <v>2049</v>
+        <v>125</v>
       </c>
       <c r="E394" s="5" t="s">
-        <v>36</v>
+        <v>2675</v>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="s">
-        <v>2670</v>
+        <v>2676</v>
       </c>
       <c r="H394" s="5" t="s">
         <v>2677</v>
       </c>
       <c r="I394" s="5" t="s">
         <v>2678</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>2672</v>
+        <v>40</v>
       </c>
       <c r="K394" s="5" t="s">
         <v>2679</v>
       </c>
       <c r="L394" s="6" t="s">
         <v>2680</v>
       </c>
       <c r="M394" s="5" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
         <v>2682</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>2669</v>
+        <v>1956</v>
       </c>
       <c r="D395" s="5" t="s">
-        <v>2049</v>
+        <v>878</v>
       </c>
       <c r="E395" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>2683</v>
+      </c>
+      <c r="F395" s="5" t="s">
+        <v>2684</v>
       </c>
       <c r="G395" s="5" t="s">
-        <v>2670</v>
+        <v>2685</v>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2683</v>
+        <v>2686</v>
       </c>
       <c r="I395" s="5" t="s">
-        <v>2684</v>
+        <v>2687</v>
       </c>
       <c r="J395" s="5" t="s">
-        <v>2672</v>
+        <v>451</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2685</v>
+        <v>2688</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2686</v>
+        <v>2689</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>2687</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2688</v>
+        <v>2691</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>2669</v>
+        <v>35</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>2049</v>
+        <v>125</v>
       </c>
       <c r="E396" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G396" s="5" t="s">
-        <v>2670</v>
+        <v>2692</v>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2689</v>
-[...1 lines deleted...]
-      <c r="I396" s="5"/>
+        <v>2693</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>2694</v>
+      </c>
       <c r="J396" s="5" t="s">
-        <v>2672</v>
+        <v>40</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2690</v>
+        <v>2695</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D397" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D397" s="5" t="s">
-[...8 lines deleted...]
-        <v>2268</v>
+      <c r="E397" s="5" t="s">
+        <v>2699</v>
+      </c>
+      <c r="F397" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G397" s="5" t="s">
-        <v>2694</v>
+        <v>2700</v>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2695</v>
-[...3 lines deleted...]
-      </c>
+        <v>2701</v>
+      </c>
+      <c r="I397" s="5"/>
       <c r="J397" s="5" t="s">
-        <v>40</v>
+        <v>451</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2697</v>
+        <v>2702</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2698</v>
+        <v>2703</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>2699</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2700</v>
+        <v>2705</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>173</v>
+        <v>2706</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>1889</v>
+        <v>1088</v>
       </c>
       <c r="E398" s="5" t="s">
-        <v>2367</v>
+        <v>36</v>
       </c>
       <c r="F398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G398" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G398" s="5" t="s">
+        <v>2707</v>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2701</v>
-[...3 lines deleted...]
-      </c>
+        <v>2708</v>
+      </c>
+      <c r="I398" s="5"/>
       <c r="J398" s="5" t="s">
-        <v>1893</v>
+        <v>2709</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2703</v>
+        <v>2710</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2704</v>
+        <v>2711</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2705</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>125</v>
+        <v>2706</v>
       </c>
       <c r="D399" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G399" s="5" t="s">
+        <v>2707</v>
       </c>
       <c r="H399" s="5" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="I399" s="5" t="s">
-        <v>2708</v>
+        <v>2715</v>
       </c>
       <c r="J399" s="5" t="s">
-        <v>40</v>
+        <v>2709</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2709</v>
+        <v>2716</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2710</v>
+        <v>2717</v>
       </c>
       <c r="M399" s="5" t="s">
-        <v>2711</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2712</v>
+        <v>2719</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>269</v>
+        <v>2706</v>
       </c>
       <c r="D400" s="5" t="s">
-        <v>125</v>
+        <v>1088</v>
       </c>
       <c r="E400" s="5" t="s">
-        <v>2713</v>
-[...2 lines deleted...]
-        <v>2714</v>
+        <v>36</v>
+      </c>
+      <c r="F400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G400" s="5" t="s">
-        <v>2713</v>
+        <v>2707</v>
       </c>
       <c r="H400" s="5" t="s">
-        <v>2715</v>
+        <v>2720</v>
       </c>
       <c r="I400" s="5" t="s">
-        <v>2716</v>
+        <v>2721</v>
       </c>
       <c r="J400" s="5" t="s">
-        <v>451</v>
+        <v>2709</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2717</v>
+        <v>2722</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2718</v>
+        <v>2723</v>
       </c>
       <c r="M400" s="5" t="s">
-        <v>2719</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2720</v>
+        <v>2725</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>2721</v>
+        <v>2706</v>
       </c>
       <c r="D401" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E401" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G401" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G401" s="5" t="s">
+        <v>2707</v>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2722</v>
-[...3 lines deleted...]
-      </c>
+        <v>2726</v>
+      </c>
+      <c r="I401" s="5"/>
       <c r="J401" s="5" t="s">
-        <v>451</v>
+        <v>2709</v>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2724</v>
+        <v>2727</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2725</v>
+        <v>2728</v>
       </c>
       <c r="M401" s="5" t="s">
-        <v>2726</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2727</v>
+        <v>2730</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D402" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D402" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="E402" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F402" s="5" t="s">
+        <v>2297</v>
       </c>
       <c r="G402" s="5" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2730</v>
+        <v>2732</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="J402" s="5" t="s">
         <v>40</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>173</v>
+      </c>
+      <c r="D403" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E403" s="5" t="s">
+        <v>2396</v>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H403" s="5" t="s">
-        <v>2736</v>
-[...10 lines deleted...]
-        </is>
+        <v>2738</v>
+      </c>
+      <c r="I403" s="5" t="s">
+        <v>2739</v>
+      </c>
+      <c r="J403" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="K403" s="5" t="s">
+        <v>2740</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2737</v>
-[...1 lines deleted...]
-      <c r="M403" s="5"/>
+        <v>2741</v>
+      </c>
+      <c r="M403" s="5" t="s">
+        <v>2742</v>
+      </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2738</v>
+        <v>2743</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D404" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D404" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="s">
-        <v>2739</v>
-[...10 lines deleted...]
-        </is>
+        <v>2744</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>2745</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K404" s="5" t="s">
+        <v>2746</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2740</v>
-[...1 lines deleted...]
-      <c r="M404" s="5"/>
+        <v>2747</v>
+      </c>
+      <c r="M404" s="5" t="s">
+        <v>2748</v>
+      </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2741</v>
+        <v>2749</v>
       </c>
       <c r="B405" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>35</v>
-[...19 lines deleted...]
-        </is>
+        <v>261</v>
+      </c>
+      <c r="D405" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E405" s="5" t="s">
+        <v>2750</v>
+      </c>
+      <c r="F405" s="5" t="s">
+        <v>2751</v>
+      </c>
+      <c r="G405" s="5" t="s">
+        <v>2750</v>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2742</v>
-[...10 lines deleted...]
-        </is>
+        <v>2752</v>
+      </c>
+      <c r="I405" s="5" t="s">
+        <v>2753</v>
+      </c>
+      <c r="J405" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K405" s="5" t="s">
+        <v>2754</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2743</v>
-[...1 lines deleted...]
-      <c r="M405" s="5"/>
+        <v>2755</v>
+      </c>
+      <c r="M405" s="5" t="s">
+        <v>2756</v>
+      </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2744</v>
+        <v>2757</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
+        <v>2758</v>
+      </c>
+      <c r="D406" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D406" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H406" s="5" t="s">
-        <v>2745</v>
-[...10 lines deleted...]
-        </is>
+        <v>2759</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>2760</v>
+      </c>
+      <c r="J406" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="K406" s="5" t="s">
+        <v>2761</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2746</v>
-[...1 lines deleted...]
-      <c r="M406" s="5"/>
+        <v>2762</v>
+      </c>
+      <c r="M406" s="5" t="s">
+        <v>2763</v>
+      </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2747</v>
+        <v>2764</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C407" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D407" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D407" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E407" s="5" t="s">
+        <v>2765</v>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G407" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G407" s="5" t="s">
+        <v>2766</v>
       </c>
       <c r="H407" s="5" t="s">
-        <v>2748</v>
-[...10 lines deleted...]
-        </is>
+        <v>2767</v>
+      </c>
+      <c r="I407" s="5" t="s">
+        <v>2768</v>
+      </c>
+      <c r="J407" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="K407" s="5" t="s">
+        <v>2769</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2749</v>
-[...1 lines deleted...]
-      <c r="M407" s="5"/>
+        <v>2770</v>
+      </c>
+      <c r="M407" s="5" t="s">
+        <v>2771</v>
+      </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2750</v>
+        <v>2772</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>2583</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>35</v>
+      </c>
+      <c r="D408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G408" s="5" t="s">
-        <v>2751</v>
+      <c r="G408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H408" s="5" t="s">
-        <v>2752</v>
-[...8 lines deleted...]
-        <v>2754</v>
+        <v>2773</v>
+      </c>
+      <c r="I408" s="5"/>
+      <c r="J408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2755</v>
-[...3 lines deleted...]
-      </c>
+        <v>2774</v>
+      </c>
+      <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2757</v>
+        <v>2775</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>2049</v>
+        <v>35</v>
+      </c>
+      <c r="D409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="s">
-        <v>2758</v>
-[...8 lines deleted...]
-        <v>2761</v>
+        <v>2776</v>
+      </c>
+      <c r="I409" s="5"/>
+      <c r="J409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2762</v>
-[...3 lines deleted...]
-      </c>
+        <v>2777</v>
+      </c>
+      <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2764</v>
+        <v>2778</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C410" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>2367</v>
+        <v>35</v>
+      </c>
+      <c r="D410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="s">
-        <v>2765</v>
-[...8 lines deleted...]
-        <v>2767</v>
+        <v>2779</v>
+      </c>
+      <c r="I410" s="5"/>
+      <c r="J410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2768</v>
-[...3 lines deleted...]
-      </c>
+        <v>2780</v>
+      </c>
+      <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2770</v>
+        <v>2781</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C411" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D411" s="5" t="s">
-[...3 lines deleted...]
-        <v>36</v>
+      <c r="D411" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E411" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2772</v>
-[...8 lines deleted...]
-        <v>2774</v>
+        <v>2782</v>
+      </c>
+      <c r="I411" s="5"/>
+      <c r="J411" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K411" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2775</v>
-[...3 lines deleted...]
-      </c>
+        <v>2783</v>
+      </c>
+      <c r="M411" s="5"/>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2777</v>
+        <v>2784</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>2049</v>
+        <v>35</v>
+      </c>
+      <c r="D412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F412" s="5" t="s">
-        <v>2778</v>
+      <c r="F412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2779</v>
-[...8 lines deleted...]
-        <v>2782</v>
+        <v>2785</v>
+      </c>
+      <c r="I412" s="5"/>
+      <c r="J412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K412" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2783</v>
-[...3 lines deleted...]
-      </c>
+        <v>2786</v>
+      </c>
+      <c r="M412" s="5"/>
     </row>
     <row r="413">
-      <c r="A413" s="5" t="n">
-        <v>1927</v>
+      <c r="A413" s="5" t="s">
+        <v>2787</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>35</v>
-[...9 lines deleted...]
-        </is>
+        <v>2612</v>
+      </c>
+      <c r="D413" s="5" t="s">
+        <v>2517</v>
+      </c>
+      <c r="E413" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G413" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G413" s="5" t="s">
+        <v>2788</v>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2785</v>
+        <v>2789</v>
       </c>
       <c r="I413" s="5" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="J413" s="5" t="s">
-        <v>2787</v>
+        <v>451</v>
       </c>
       <c r="K413" s="5" t="s">
-        <v>2788</v>
+        <v>2791</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2789</v>
+        <v>2792</v>
       </c>
       <c r="M413" s="5" t="s">
-        <v>2790</v>
+        <v>2793</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2791</v>
+        <v>2794</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>35</v>
+        <v>261</v>
       </c>
       <c r="D414" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>1088</v>
+      </c>
+      <c r="E414" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2792</v>
-[...1 lines deleted...]
-      <c r="I414" s="5"/>
+        <v>2795</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2796</v>
+      </c>
       <c r="J414" s="5" t="s">
-        <v>40</v>
+        <v>2797</v>
       </c>
       <c r="K414" s="5" t="s">
-        <v>2793</v>
+        <v>2798</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2794</v>
+        <v>2799</v>
       </c>
       <c r="M414" s="5" t="s">
-        <v>2795</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2796</v>
+        <v>2801</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>35</v>
+        <v>173</v>
       </c>
       <c r="D415" s="5" t="s">
-        <v>125</v>
+        <v>1919</v>
       </c>
       <c r="E415" s="5" t="s">
-        <v>36</v>
+        <v>2396</v>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G415" s="5" t="s">
-        <v>2797</v>
+      <c r="G415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2798</v>
-[...1 lines deleted...]
-      <c r="I415" s="5"/>
+        <v>2802</v>
+      </c>
+      <c r="I415" s="5" t="s">
+        <v>2803</v>
+      </c>
       <c r="J415" s="5" t="s">
-        <v>40</v>
+        <v>1923</v>
       </c>
       <c r="K415" s="5" t="s">
-        <v>2799</v>
+        <v>2804</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2800</v>
+        <v>2805</v>
       </c>
       <c r="M415" s="5" t="s">
-        <v>2801</v>
+        <v>2806</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2802</v>
+        <v>2807</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D416" s="5" t="s">
-        <v>893</v>
+        <v>2808</v>
       </c>
       <c r="E416" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F416" s="5" t="s">
-        <v>2803</v>
+      <c r="F416" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2804</v>
-[...1 lines deleted...]
-      <c r="I416" s="5"/>
+        <v>2809</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>2810</v>
+      </c>
       <c r="J416" s="5" t="s">
-        <v>2805</v>
+        <v>451</v>
       </c>
       <c r="K416" s="5" t="s">
-        <v>2806</v>
+        <v>2811</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2807</v>
+        <v>2812</v>
       </c>
       <c r="M416" s="5" t="s">
-        <v>2808</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2809</v>
+        <v>2814</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>261</v>
+      </c>
+      <c r="D417" s="5" t="s">
+        <v>1088</v>
       </c>
       <c r="E417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F417" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F417" s="5" t="s">
+        <v>2815</v>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H417" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H417" s="5" t="s">
+        <v>2816</v>
+      </c>
+      <c r="I417" s="5" t="s">
+        <v>2817</v>
+      </c>
+      <c r="J417" s="5" t="s">
+        <v>2818</v>
       </c>
       <c r="K417" s="5" t="s">
-        <v>2810</v>
+        <v>2819</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2811</v>
-[...1 lines deleted...]
-      <c r="M417" s="5"/>
+        <v>2820</v>
+      </c>
+      <c r="M417" s="5" t="s">
+        <v>2821</v>
+      </c>
     </row>
     <row r="418">
-      <c r="A418" s="5" t="s">
-        <v>2812</v>
+      <c r="A418" s="5" t="n">
+        <v>1927</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H418" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H418" s="5" t="s">
+        <v>2822</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>2823</v>
+      </c>
+      <c r="J418" s="5" t="s">
+        <v>2824</v>
       </c>
       <c r="K418" s="5" t="s">
-        <v>2810</v>
+        <v>2825</v>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2813</v>
-[...1 lines deleted...]
-      <c r="M418" s="5"/>
+        <v>2826</v>
+      </c>
+      <c r="M418" s="5" t="s">
+        <v>2827</v>
+      </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2814</v>
+        <v>2828</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D419" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D419" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E419" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H419" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H419" s="5" t="s">
+        <v>2829</v>
       </c>
       <c r="I419" s="5"/>
-      <c r="J419" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J419" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K419" s="5" t="s">
-        <v>2810</v>
+        <v>2830</v>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2815</v>
-[...1 lines deleted...]
-      <c r="M419" s="5"/>
+        <v>2831</v>
+      </c>
+      <c r="M419" s="5" t="s">
+        <v>2832</v>
+      </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2816</v>
+        <v>2833</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D420" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D420" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="E420" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G420" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G420" s="5" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H420" s="5" t="s">
+        <v>2835</v>
       </c>
       <c r="I420" s="5"/>
-      <c r="J420" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J420" s="5" t="s">
+        <v>40</v>
       </c>
       <c r="K420" s="5" t="s">
-        <v>2810</v>
+        <v>2836</v>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2817</v>
-[...1 lines deleted...]
-      <c r="M420" s="5"/>
+        <v>2837</v>
+      </c>
+      <c r="M420" s="5" t="s">
+        <v>2838</v>
+      </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2818</v>
+        <v>2839</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>1420</v>
+        <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="D421" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E421" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F421" s="5" t="s">
+        <v>2840</v>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H421" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H421" s="5" t="s">
+        <v>2841</v>
       </c>
       <c r="I421" s="5"/>
-      <c r="J421" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J421" s="5" t="s">
+        <v>2842</v>
       </c>
       <c r="K421" s="5" t="s">
-        <v>2810</v>
+        <v>2843</v>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2819</v>
-[...1 lines deleted...]
-      <c r="M421" s="5"/>
+        <v>2844</v>
+      </c>
+      <c r="M421" s="5" t="s">
+        <v>2845</v>
+      </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2820</v>
+        <v>2846</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H422" s="5" t="s">
-        <v>2821</v>
+      <c r="H422" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2822</v>
+        <v>2848</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2823</v>
+        <v>2849</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C423" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H423" s="5" t="s">
-        <v>2824</v>
+      <c r="H423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2825</v>
+        <v>2850</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2826</v>
+        <v>2851</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H424" s="5" t="s">
-        <v>2827</v>
+      <c r="H424" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2828</v>
+        <v>2852</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2829</v>
+        <v>2853</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C425" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I425" s="5"/>
       <c r="J425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K425" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2830</v>
+        <v>2854</v>
       </c>
       <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2831</v>
+        <v>2855</v>
       </c>
       <c r="B426" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C426" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2832</v>
+        <v>2856</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2833</v>
+        <v>2857</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C427" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2834</v>
+        <v>2858</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2835</v>
+        <v>2859</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2836</v>
+        <v>2860</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C428" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2834</v>
+        <v>2861</v>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2837</v>
+        <v>2862</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2838</v>
+        <v>2863</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>1420</v>
-[...4 lines deleted...]
-        </is>
+        <v>1450</v>
+      </c>
+      <c r="C429" s="5" t="s">
+        <v>35</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H429" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H429" s="5" t="s">
+        <v>2864</v>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2839</v>
+        <v>2865</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2840</v>
+        <v>2866</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C430" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I430" s="5"/>
       <c r="J430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K430" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2841</v>
+        <v>2867</v>
       </c>
       <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2842</v>
+        <v>2868</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C431" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I431" s="5"/>
       <c r="J431" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K431" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2843</v>
+        <v>2869</v>
       </c>
       <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2844</v>
+        <v>2870</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2845</v>
+        <v>2871</v>
       </c>
       <c r="I432" s="5"/>
       <c r="J432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K432" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2846</v>
+        <v>2872</v>
       </c>
       <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2847</v>
+        <v>2873</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H433" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H433" s="5" t="s">
+        <v>2871</v>
       </c>
       <c r="I433" s="5"/>
       <c r="J433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K433" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2848</v>
+        <v>2874</v>
       </c>
       <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2849</v>
+        <v>2875</v>
       </c>
       <c r="B434" s="5" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>1450</v>
+      </c>
+      <c r="C434" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I434" s="5"/>
       <c r="J434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2850</v>
+        <v>2876</v>
       </c>
       <c r="M434" s="5"/>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2851</v>
+        <v>2877</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I435" s="5"/>
       <c r="J435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K435" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2852</v>
+        <v>2878</v>
       </c>
       <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2853</v>
+        <v>2879</v>
       </c>
       <c r="B436" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C436" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I436" s="5"/>
       <c r="J436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K436" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2854</v>
+        <v>2880</v>
       </c>
       <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2855</v>
+        <v>2881</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C437" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H437" s="5" t="s">
-        <v>2834</v>
+        <v>2882</v>
       </c>
       <c r="I437" s="5"/>
       <c r="J437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K437" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2856</v>
+        <v>2883</v>
       </c>
       <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2857</v>
+        <v>2884</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H438" s="5" t="s">
-        <v>2858</v>
+      <c r="H438" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K438" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2859</v>
+        <v>2885</v>
       </c>
       <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2860</v>
+        <v>2886</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C439" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H439" s="5" t="s">
-        <v>2861</v>
+      <c r="H439" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I439" s="5"/>
       <c r="J439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2862</v>
+        <v>2887</v>
       </c>
       <c r="M439" s="5"/>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2863</v>
+        <v>2888</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C440" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I440" s="5"/>
       <c r="J440" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2864</v>
+        <v>2889</v>
       </c>
       <c r="M440" s="5"/>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2865</v>
+        <v>2890</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C441" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I441" s="5"/>
       <c r="J441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2866</v>
+        <v>2891</v>
       </c>
       <c r="M441" s="5"/>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2867</v>
+        <v>2892</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C442" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H442" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H442" s="5" t="s">
+        <v>2871</v>
       </c>
       <c r="I442" s="5"/>
       <c r="J442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2868</v>
+        <v>2893</v>
       </c>
       <c r="M442" s="5"/>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2869</v>
+        <v>2894</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H443" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H443" s="5" t="s">
+        <v>2895</v>
       </c>
       <c r="I443" s="5"/>
       <c r="J443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2870</v>
+        <v>2896</v>
       </c>
       <c r="M443" s="5"/>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2871</v>
+        <v>2897</v>
       </c>
       <c r="B444" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C444" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2872</v>
+        <v>2898</v>
       </c>
       <c r="I444" s="5"/>
       <c r="J444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2873</v>
+        <v>2899</v>
       </c>
       <c r="M444" s="5"/>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2874</v>
+        <v>2900</v>
       </c>
       <c r="B445" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C445" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H445" s="5" t="s">
-        <v>2875</v>
+      <c r="H445" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I445" s="5"/>
       <c r="J445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2876</v>
+        <v>2901</v>
       </c>
       <c r="M445" s="5"/>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2877</v>
+        <v>2902</v>
       </c>
       <c r="B446" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C446" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H446" s="5" t="s">
-        <v>2878</v>
+      <c r="H446" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I446" s="5"/>
       <c r="J446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2879</v>
+        <v>2903</v>
       </c>
       <c r="M446" s="5"/>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2880</v>
+        <v>2904</v>
       </c>
       <c r="B447" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C447" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H447" s="5" t="s">
-        <v>2881</v>
+      <c r="H447" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I447" s="5"/>
       <c r="J447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2882</v>
+        <v>2905</v>
       </c>
       <c r="M447" s="5"/>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2883</v>
+        <v>2906</v>
       </c>
       <c r="B448" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C448" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H448" s="5" t="s">
-        <v>2884</v>
+      <c r="H448" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I448" s="5"/>
       <c r="J448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2885</v>
+        <v>2907</v>
       </c>
       <c r="M448" s="5"/>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2886</v>
+        <v>2908</v>
       </c>
       <c r="B449" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C449" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H449" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H449" s="5" t="s">
+        <v>2909</v>
       </c>
       <c r="I449" s="5"/>
       <c r="J449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2887</v>
+        <v>2910</v>
       </c>
       <c r="M449" s="5"/>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2888</v>
+        <v>2911</v>
       </c>
       <c r="B450" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2889</v>
+        <v>2912</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2890</v>
+        <v>2913</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2891</v>
+        <v>2914</v>
       </c>
       <c r="B451" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C451" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H451" s="5" t="s">
-        <v>2892</v>
+        <v>2915</v>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2893</v>
+        <v>2916</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2894</v>
+        <v>2917</v>
       </c>
       <c r="B452" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2895</v>
+        <v>2918</v>
       </c>
       <c r="I452" s="5"/>
       <c r="J452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2896</v>
+        <v>2919</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2897</v>
+        <v>2920</v>
       </c>
       <c r="B453" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H453" s="5" t="s">
-        <v>2875</v>
+        <v>2921</v>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2898</v>
+        <v>2922</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2899</v>
+        <v>2923</v>
       </c>
       <c r="B454" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C454" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H454" s="5" t="s">
-        <v>2900</v>
+      <c r="H454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I454" s="5"/>
       <c r="J454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2901</v>
+        <v>2924</v>
       </c>
       <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2902</v>
+        <v>2925</v>
       </c>
       <c r="B455" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C455" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H455" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H455" s="5" t="s">
+        <v>2926</v>
       </c>
       <c r="I455" s="5"/>
       <c r="J455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2903</v>
+        <v>2927</v>
       </c>
       <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2904</v>
+        <v>2928</v>
       </c>
       <c r="B456" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C456" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2905</v>
+        <v>2929</v>
       </c>
       <c r="I456" s="5"/>
       <c r="J456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2906</v>
+        <v>2930</v>
       </c>
       <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2907</v>
+        <v>2931</v>
       </c>
       <c r="B457" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C457" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2905</v>
+        <v>2932</v>
       </c>
       <c r="I457" s="5"/>
       <c r="J457" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2908</v>
+        <v>2933</v>
       </c>
       <c r="M457" s="5"/>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2909</v>
+        <v>2934</v>
       </c>
       <c r="B458" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C458" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2905</v>
+        <v>2912</v>
       </c>
       <c r="I458" s="5"/>
       <c r="J458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2910</v>
+        <v>2935</v>
       </c>
       <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2911</v>
+        <v>2936</v>
       </c>
       <c r="B459" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C459" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2905</v>
+        <v>2937</v>
       </c>
       <c r="I459" s="5"/>
       <c r="J459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2912</v>
+        <v>2938</v>
       </c>
       <c r="M459" s="5"/>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2913</v>
+        <v>2939</v>
       </c>
       <c r="B460" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>2488</v>
+        <v>35</v>
       </c>
       <c r="D460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I460" s="5"/>
       <c r="J460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2914</v>
+        <v>2940</v>
       </c>
       <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2915</v>
+        <v>2941</v>
       </c>
       <c r="B461" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C461" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2905</v>
+        <v>2942</v>
       </c>
       <c r="I461" s="5"/>
       <c r="J461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2916</v>
+        <v>2943</v>
       </c>
       <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2917</v>
+        <v>2944</v>
       </c>
       <c r="B462" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2905</v>
+        <v>2942</v>
       </c>
       <c r="I462" s="5"/>
       <c r="J462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2810</v>
+        <v>2847</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2918</v>
+        <v>2945</v>
       </c>
       <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2919</v>
+        <v>2946</v>
       </c>
       <c r="B463" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2920</v>
+        <v>2942</v>
       </c>
       <c r="I463" s="5"/>
       <c r="J463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2921</v>
+        <v>2847</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2922</v>
+        <v>2947</v>
       </c>
       <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2923</v>
+        <v>2948</v>
       </c>
       <c r="B464" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2924</v>
+        <v>2942</v>
       </c>
       <c r="I464" s="5"/>
       <c r="J464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2921</v>
+        <v>2847</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2925</v>
+        <v>2949</v>
       </c>
       <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2926</v>
+        <v>2950</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C465" s="5" t="s">
-        <v>35</v>
+        <v>2517</v>
       </c>
       <c r="D465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I465" s="5"/>
       <c r="J465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2921</v>
+        <v>2847</v>
       </c>
       <c r="L465" s="6" t="s">
-        <v>2927</v>
+        <v>2951</v>
       </c>
       <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2928</v>
+        <v>2952</v>
       </c>
       <c r="B466" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C466" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H466" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H466" s="5" t="s">
+        <v>2942</v>
       </c>
       <c r="I466" s="5"/>
       <c r="J466" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K466" s="5" t="s">
-        <v>2921</v>
+        <v>2847</v>
       </c>
       <c r="L466" s="6" t="s">
-        <v>2929</v>
+        <v>2953</v>
       </c>
       <c r="M466" s="5"/>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2930</v>
+        <v>2954</v>
       </c>
       <c r="B467" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C467" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2931</v>
+        <v>2942</v>
       </c>
       <c r="I467" s="5"/>
       <c r="J467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2921</v>
+        <v>2847</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2932</v>
+        <v>2955</v>
       </c>
       <c r="M467" s="5"/>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2933</v>
+        <v>2956</v>
       </c>
       <c r="B468" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C468" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2934</v>
+        <v>2957</v>
       </c>
       <c r="I468" s="5"/>
       <c r="J468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2935</v>
+        <v>2959</v>
       </c>
       <c r="M468" s="5"/>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2936</v>
+        <v>2960</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C469" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2934</v>
+        <v>2961</v>
       </c>
       <c r="I469" s="5"/>
       <c r="J469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2937</v>
+        <v>2962</v>
       </c>
       <c r="M469" s="5"/>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2938</v>
+        <v>2963</v>
       </c>
       <c r="B470" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C470" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I470" s="5"/>
       <c r="J470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2939</v>
+        <v>2964</v>
       </c>
       <c r="M470" s="5"/>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2940</v>
+        <v>2965</v>
       </c>
       <c r="B471" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C471" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I471" s="5"/>
       <c r="J471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2941</v>
+        <v>2966</v>
       </c>
       <c r="M471" s="5"/>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2942</v>
+        <v>2967</v>
       </c>
       <c r="B472" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C472" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H472" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H472" s="5" t="s">
+        <v>2968</v>
       </c>
       <c r="I472" s="5"/>
       <c r="J472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2943</v>
+        <v>2969</v>
       </c>
       <c r="M472" s="5"/>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2944</v>
+        <v>2970</v>
       </c>
       <c r="B473" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C473" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2905</v>
+        <v>2971</v>
       </c>
       <c r="I473" s="5"/>
       <c r="J473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2945</v>
+        <v>2972</v>
       </c>
       <c r="M473" s="5"/>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2946</v>
+        <v>2973</v>
       </c>
       <c r="B474" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>35</v>
+      </c>
+      <c r="D474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2947</v>
-[...5 lines deleted...]
-        <v>2949</v>
+        <v>2971</v>
+      </c>
+      <c r="I474" s="5"/>
+      <c r="J474" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2950</v>
+        <v>2958</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2951</v>
-[...3 lines deleted...]
-      </c>
+        <v>2974</v>
+      </c>
+      <c r="M474" s="5"/>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2953</v>
+        <v>2975</v>
       </c>
       <c r="B475" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C475" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H475" s="5" t="s">
-        <v>2905</v>
+      <c r="H475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I475" s="5"/>
       <c r="J475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2954</v>
+        <v>2976</v>
       </c>
       <c r="M475" s="5"/>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2955</v>
+        <v>2977</v>
       </c>
       <c r="B476" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C476" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H476" s="5" t="s">
-        <v>2905</v>
+      <c r="H476" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I476" s="5"/>
       <c r="J476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2956</v>
+        <v>2978</v>
       </c>
       <c r="M476" s="5"/>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2957</v>
+        <v>2979</v>
       </c>
       <c r="B477" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I477" s="5"/>
       <c r="J477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2958</v>
+        <v>2980</v>
       </c>
       <c r="M477" s="5"/>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2959</v>
+        <v>2981</v>
       </c>
       <c r="B478" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C478" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2905</v>
+        <v>2942</v>
       </c>
       <c r="I478" s="5"/>
       <c r="J478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2960</v>
+        <v>2982</v>
       </c>
       <c r="M478" s="5"/>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2961</v>
+        <v>2983</v>
       </c>
       <c r="B479" s="5" t="s">
-        <v>1420</v>
-[...9 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C479" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D479" s="5" t="s">
+        <v>358</v>
       </c>
       <c r="E479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2905</v>
-[...5 lines deleted...]
-        </is>
+        <v>2984</v>
+      </c>
+      <c r="I479" s="5" t="s">
+        <v>2985</v>
+      </c>
+      <c r="J479" s="5" t="s">
+        <v>2986</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2921</v>
+        <v>2987</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2962</v>
-[...1 lines deleted...]
-      <c r="M479" s="5"/>
+        <v>2988</v>
+      </c>
+      <c r="M479" s="5" t="s">
+        <v>2989</v>
+      </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2963</v>
+        <v>2990</v>
       </c>
       <c r="B480" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2964</v>
+        <v>2942</v>
       </c>
       <c r="I480" s="5"/>
       <c r="J480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2965</v>
+        <v>2991</v>
       </c>
       <c r="M480" s="5"/>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2966</v>
+        <v>2992</v>
       </c>
       <c r="B481" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C481" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H481" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H481" s="5" t="s">
+        <v>2942</v>
       </c>
       <c r="I481" s="5"/>
       <c r="J481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2967</v>
+        <v>2993</v>
       </c>
       <c r="M481" s="5"/>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2968</v>
+        <v>2994</v>
       </c>
       <c r="B482" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C482" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H482" s="5" t="s">
-        <v>2905</v>
+      <c r="H482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I482" s="5"/>
       <c r="J482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2969</v>
+        <v>2995</v>
       </c>
       <c r="M482" s="5"/>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2970</v>
+        <v>2996</v>
       </c>
       <c r="B483" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C483" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2905</v>
+        <v>2942</v>
       </c>
       <c r="I483" s="5"/>
       <c r="J483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2971</v>
+        <v>2997</v>
       </c>
       <c r="M483" s="5"/>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2972</v>
+        <v>2998</v>
       </c>
       <c r="B484" s="5" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>1450</v>
+      </c>
+      <c r="C484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H484" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H484" s="5" t="s">
+        <v>2942</v>
       </c>
       <c r="I484" s="5"/>
       <c r="J484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2973</v>
+        <v>2999</v>
       </c>
       <c r="M484" s="5"/>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2974</v>
+        <v>3000</v>
       </c>
       <c r="B485" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C485" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H485" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H485" s="5" t="s">
+        <v>3001</v>
       </c>
       <c r="I485" s="5"/>
       <c r="J485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2975</v>
+        <v>3002</v>
       </c>
       <c r="M485" s="5"/>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2976</v>
+        <v>3003</v>
       </c>
       <c r="B486" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H486" s="5" t="s">
-        <v>2875</v>
+      <c r="H486" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I486" s="5"/>
       <c r="J486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2977</v>
+        <v>3004</v>
       </c>
       <c r="M486" s="5"/>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2978</v>
+        <v>3005</v>
       </c>
       <c r="B487" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C487" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H487" s="5" t="s">
-        <v>2979</v>
+        <v>2942</v>
       </c>
       <c r="I487" s="5"/>
       <c r="J487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K487" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2980</v>
+        <v>3006</v>
       </c>
       <c r="M487" s="5"/>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2981</v>
+        <v>3007</v>
       </c>
       <c r="B488" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C488" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>2905</v>
+        <v>2942</v>
       </c>
       <c r="I488" s="5"/>
       <c r="J488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2982</v>
+        <v>3008</v>
       </c>
       <c r="M488" s="5"/>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2983</v>
+        <v>3009</v>
       </c>
       <c r="B489" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C489" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H489" s="5" t="s">
-        <v>2905</v>
+      <c r="H489" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I489" s="5"/>
       <c r="J489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2984</v>
+        <v>3010</v>
       </c>
       <c r="M489" s="5"/>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2985</v>
+        <v>3011</v>
       </c>
       <c r="B490" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C490" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I490" s="5"/>
       <c r="J490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2986</v>
+        <v>3012</v>
       </c>
       <c r="M490" s="5"/>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2987</v>
+        <v>3013</v>
       </c>
       <c r="B491" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C491" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="s">
-        <v>2934</v>
+        <v>2912</v>
       </c>
       <c r="I491" s="5"/>
       <c r="J491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2988</v>
+        <v>3014</v>
       </c>
       <c r="M491" s="5"/>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2989</v>
+        <v>3015</v>
       </c>
       <c r="B492" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>2990</v>
+        <v>3016</v>
       </c>
       <c r="I492" s="5"/>
       <c r="J492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K492" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2991</v>
+        <v>3017</v>
       </c>
       <c r="M492" s="5"/>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2992</v>
+        <v>3018</v>
       </c>
       <c r="B493" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H493" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H493" s="5" t="s">
+        <v>2942</v>
       </c>
       <c r="I493" s="5"/>
       <c r="J493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K493" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>2993</v>
+        <v>3019</v>
       </c>
       <c r="M493" s="5"/>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>2994</v>
+        <v>3020</v>
       </c>
       <c r="B494" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C494" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H494" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H494" s="5" t="s">
+        <v>2942</v>
       </c>
       <c r="I494" s="5"/>
       <c r="J494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K494" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>2995</v>
+        <v>3021</v>
       </c>
       <c r="M494" s="5"/>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>2996</v>
+        <v>3022</v>
       </c>
       <c r="B495" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C495" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H495" s="5" t="s">
-        <v>2488</v>
+      <c r="H495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I495" s="5"/>
       <c r="J495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K495" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>2997</v>
+        <v>3023</v>
       </c>
       <c r="M495" s="5"/>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>2998</v>
+        <v>3024</v>
       </c>
       <c r="B496" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C496" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H496" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H496" s="5" t="s">
+        <v>2971</v>
       </c>
       <c r="I496" s="5"/>
       <c r="J496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2999</v>
+        <v>3025</v>
       </c>
       <c r="M496" s="5"/>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>3000</v>
+        <v>3026</v>
       </c>
       <c r="B497" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C497" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>2488</v>
+        <v>3027</v>
       </c>
       <c r="I497" s="5"/>
       <c r="J497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K497" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>3001</v>
+        <v>3028</v>
       </c>
       <c r="M497" s="5"/>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>3002</v>
+        <v>3029</v>
       </c>
       <c r="B498" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C498" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H498" s="5" t="s">
-        <v>2488</v>
+      <c r="H498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I498" s="5"/>
       <c r="J498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K498" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>3003</v>
+        <v>3030</v>
       </c>
       <c r="M498" s="5"/>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>3004</v>
+        <v>3031</v>
       </c>
       <c r="B499" s="5" t="s">
-        <v>1420</v>
+        <v>1450</v>
       </c>
       <c r="C499" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H499" s="5" t="s">
-        <v>2408</v>
+      <c r="H499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I499" s="5"/>
       <c r="J499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K499" s="5" t="s">
-        <v>2921</v>
+        <v>2958</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>3005</v>
+        <v>3032</v>
       </c>
       <c r="M499" s="5"/>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>3006</v>
+        <v>3033</v>
       </c>
       <c r="B500" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>134</v>
-[...2 lines deleted...]
-        <v>893</v>
+        <v>35</v>
+      </c>
+      <c r="D500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F500" s="5" t="s">
-        <v>3007</v>
+      <c r="F500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>3008</v>
-[...5 lines deleted...]
-        <v>3010</v>
+        <v>2517</v>
+      </c>
+      <c r="I500" s="5"/>
+      <c r="J500" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K500" s="5" t="s">
-        <v>3011</v>
+        <v>2958</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>3012</v>
-[...3 lines deleted...]
-      </c>
+        <v>3034</v>
+      </c>
+      <c r="M500" s="5"/>
     </row>
     <row r="501">
-      <c r="A501" s="5" t="n">
-        <v>1928</v>
+      <c r="A501" s="5" t="s">
+        <v>3035</v>
       </c>
       <c r="B501" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>2583</v>
-[...5 lines deleted...]
-        <v>3014</v>
+        <v>35</v>
+      </c>
+      <c r="D501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H501" s="5" t="s">
-[...6 lines deleted...]
-        <v>3016</v>
+      <c r="H501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I501" s="5"/>
+      <c r="J501" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K501" s="5" t="s">
-        <v>3017</v>
+        <v>2958</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>3018</v>
-[...3 lines deleted...]
-      </c>
+        <v>3036</v>
+      </c>
+      <c r="M501" s="5"/>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>3020</v>
+        <v>3037</v>
       </c>
       <c r="B502" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>3021</v>
-[...5 lines deleted...]
-        <v>37</v>
+        <v>35</v>
+      </c>
+      <c r="D502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="s">
-        <v>3023</v>
-[...5 lines deleted...]
-        <v>3025</v>
+        <v>2517</v>
+      </c>
+      <c r="I502" s="5"/>
+      <c r="J502" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K502" s="5" t="s">
-        <v>3026</v>
+        <v>2958</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>3027</v>
-[...3 lines deleted...]
-      </c>
+        <v>3038</v>
+      </c>
+      <c r="M502" s="5"/>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>3029</v>
+        <v>3039</v>
       </c>
       <c r="B503" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>173</v>
-[...5 lines deleted...]
-        <v>2367</v>
+        <v>35</v>
+      </c>
+      <c r="D503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>3030</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>2517</v>
+      </c>
+      <c r="I503" s="5"/>
+      <c r="J503" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K503" s="5" t="s">
-        <v>3032</v>
+        <v>2958</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>3033</v>
-[...3 lines deleted...]
-      </c>
+        <v>3040</v>
+      </c>
+      <c r="M503" s="5"/>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>3035</v>
+        <v>3041</v>
       </c>
       <c r="B504" s="5" t="s">
-        <v>14</v>
+        <v>1450</v>
       </c>
       <c r="C504" s="5" t="s">
-        <v>269</v>
-[...2 lines deleted...]
-        <v>2049</v>
+        <v>35</v>
+      </c>
+      <c r="D504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H504" s="5" t="s">
-        <v>3036</v>
-[...5 lines deleted...]
-        <v>3038</v>
+        <v>2437</v>
+      </c>
+      <c r="I504" s="5"/>
+      <c r="J504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K504" s="5" t="s">
-        <v>3039</v>
+        <v>2958</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>3040</v>
-[...3 lines deleted...]
-      </c>
+        <v>3042</v>
+      </c>
+      <c r="M504" s="5"/>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>269</v>
+        <v>134</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>2049</v>
+        <v>893</v>
       </c>
       <c r="E505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F505" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F505" s="5" t="s">
+        <v>3044</v>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>3043</v>
+        <v>3045</v>
       </c>
       <c r="I505" s="5" t="s">
-        <v>3044</v>
+        <v>3046</v>
       </c>
       <c r="J505" s="5" t="s">
-        <v>3045</v>
+        <v>3047</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>3046</v>
+        <v>3048</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>3047</v>
+        <v>3049</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3048</v>
+        <v>3050</v>
       </c>
     </row>
     <row r="506">
-      <c r="A506" s="5" t="s">
-        <v>3049</v>
+      <c r="A506" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
-        <v>269</v>
+        <v>2612</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>2049</v>
-[...4 lines deleted...]
-        </is>
+        <v>2517</v>
+      </c>
+      <c r="E506" s="5" t="s">
+        <v>3051</v>
       </c>
       <c r="F506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3050</v>
+        <v>1919</v>
       </c>
       <c r="I506" s="5" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="J506" s="5" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>269</v>
+        <v>3058</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>2049</v>
-[...4 lines deleted...]
-        </is>
+        <v>3059</v>
+      </c>
+      <c r="E507" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3057</v>
+        <v>3060</v>
       </c>
       <c r="I507" s="5" t="s">
-        <v>3058</v>
+        <v>3061</v>
       </c>
       <c r="J507" s="5" t="s">
-        <v>3059</v>
+        <v>3062</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3060</v>
+        <v>3063</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3061</v>
+        <v>3064</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3062</v>
+        <v>3065</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3063</v>
+        <v>3066</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>269</v>
+        <v>173</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>2049</v>
-[...4 lines deleted...]
-        </is>
+        <v>1984</v>
+      </c>
+      <c r="E508" s="5" t="s">
+        <v>2396</v>
       </c>
       <c r="F508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3064</v>
+        <v>3067</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3065</v>
+        <v>3068</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>3066</v>
+        <v>40</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3067</v>
+        <v>3069</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3068</v>
+        <v>3070</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3069</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3070</v>
+        <v>3072</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>2049</v>
+        <v>1088</v>
       </c>
       <c r="E509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H509" s="5" t="s">
-        <v>3071</v>
+        <v>3073</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3072</v>
+        <v>3074</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>3073</v>
+        <v>3075</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3074</v>
+        <v>3076</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3075</v>
+        <v>3077</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3076</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3077</v>
+        <v>3079</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
-        <v>894</v>
+        <v>261</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>2488</v>
-[...2 lines deleted...]
-        <v>3078</v>
+        <v>1088</v>
+      </c>
+      <c r="E510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="I510" s="5" t="s">
-        <v>3080</v>
+        <v>3081</v>
       </c>
       <c r="J510" s="5" t="s">
-        <v>3081</v>
+        <v>3082</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3082</v>
+        <v>3083</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3083</v>
+        <v>3084</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3084</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>3085</v>
+        <v>3086</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
-        <v>269</v>
+        <v>261</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>2049</v>
+        <v>1088</v>
       </c>
       <c r="E511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3086</v>
+        <v>3087</v>
       </c>
       <c r="I511" s="5" t="s">
-        <v>3087</v>
+        <v>3088</v>
       </c>
       <c r="J511" s="5" t="s">
-        <v>3088</v>
+        <v>3089</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3089</v>
+        <v>3090</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3090</v>
+        <v>3091</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3091</v>
+        <v>3092</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3092</v>
+        <v>3093</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>3093</v>
+        <v>261</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>1889</v>
-[...2 lines deleted...]
-        <v>2367</v>
+        <v>1088</v>
+      </c>
+      <c r="E512" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
         <v>3094</v>
       </c>
       <c r="I512" s="5" t="s">
         <v>3095</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>1893</v>
+        <v>3096</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3096</v>
+        <v>3097</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3097</v>
+        <v>3098</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3098</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3099</v>
+        <v>3100</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>1926</v>
+        <v>261</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>2488</v>
-[...2 lines deleted...]
-        <v>3100</v>
+        <v>1088</v>
+      </c>
+      <c r="E513" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="s">
         <v>3101</v>
       </c>
-      <c r="I513" s="5"/>
+      <c r="I513" s="5" t="s">
+        <v>3102</v>
+      </c>
       <c r="J513" s="5" t="s">
-        <v>3102</v>
+        <v>3103</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3103</v>
+        <v>3104</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3104</v>
+        <v>3105</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3105</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3106</v>
+        <v>3107</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>173</v>
+        <v>261</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>1954</v>
-[...2 lines deleted...]
-        <v>2367</v>
+        <v>1088</v>
+      </c>
+      <c r="E514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G514" s="5" t="s">
-        <v>3107</v>
+      <c r="G514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H514" s="5" t="s">
         <v>3108</v>
       </c>
       <c r="I514" s="5" t="s">
         <v>3109</v>
       </c>
       <c r="J514" s="5" t="s">
-        <v>1893</v>
+        <v>3110</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3110</v>
+        <v>3111</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3111</v>
+        <v>3112</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3112</v>
+        <v>3113</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3113</v>
+        <v>3114</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>134</v>
+        <v>894</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>893</v>
+        <v>2517</v>
       </c>
       <c r="E515" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>3114</v>
+        <v>3115</v>
+      </c>
+      <c r="F515" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3115</v>
+        <v>3116</v>
       </c>
       <c r="I515" s="5" t="s">
-        <v>3116</v>
+        <v>3117</v>
       </c>
       <c r="J515" s="5" t="s">
-        <v>3117</v>
+        <v>3118</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3118</v>
+        <v>3119</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3119</v>
+        <v>3120</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3120</v>
+        <v>3121</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3121</v>
+        <v>3122</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
-        <v>893</v>
+        <v>261</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>134</v>
-[...4 lines deleted...]
-      <c r="F516" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G516" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H516" s="5" t="s">
         <v>3123</v>
       </c>
-      <c r="G516" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H516" s="5" t="s">
+      <c r="I516" s="5" t="s">
         <v>3124</v>
       </c>
-      <c r="I516" s="5" t="s">
+      <c r="J516" s="5" t="s">
         <v>3125</v>
       </c>
-      <c r="J516" s="5" t="s">
+      <c r="K516" s="5" t="s">
         <v>3126</v>
       </c>
-      <c r="K516" s="5" t="s">
+      <c r="L516" s="6" t="s">
         <v>3127</v>
       </c>
-      <c r="L516" s="6" t="s">
+      <c r="M516" s="5" t="s">
         <v>3128</v>
       </c>
-      <c r="M516" s="5" t="s">
+    </row>
+    <row r="517">
+      <c r="A517" s="5" t="s">
         <v>3129</v>
-      </c>
-[...3 lines deleted...]
-        <v>1934</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
         <v>3130</v>
       </c>
       <c r="D517" s="5" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E517" s="5" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H517" s="5" t="s">
         <v>3131</v>
       </c>
-      <c r="E517" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H517" s="5" t="s">
+      <c r="I517" s="5" t="s">
         <v>3132</v>
       </c>
-      <c r="I517" s="5" t="s">
+      <c r="J517" s="5" t="s">
+        <v>1923</v>
+      </c>
+      <c r="K517" s="5" t="s">
         <v>3133</v>
       </c>
-      <c r="J517" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K517" s="5" t="s">
+      <c r="L517" s="6" t="s">
         <v>3134</v>
       </c>
-      <c r="L517" s="6" t="s">
+      <c r="M517" s="5" t="s">
         <v>3135</v>
-      </c>
-[...1 lines deleted...]
-        <v>3136</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>3137</v>
+        <v>3136</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>3093</v>
+        <v>1956</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>1889</v>
+        <v>2517</v>
       </c>
       <c r="E518" s="5" t="s">
-        <v>2367</v>
+        <v>3137</v>
       </c>
       <c r="F518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
         <v>3138</v>
       </c>
-      <c r="I518" s="5" t="s">
+      <c r="I518" s="5"/>
+      <c r="J518" s="5" t="s">
         <v>3139</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="K518" s="5" t="s">
         <v>3140</v>
       </c>
       <c r="L518" s="6" t="s">
         <v>3141</v>
       </c>
       <c r="M518" s="5" t="s">
         <v>3142</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
         <v>3143</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
         <v>173</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>1954</v>
+        <v>1984</v>
       </c>
       <c r="E519" s="5" t="s">
-        <v>2367</v>
+        <v>2396</v>
       </c>
       <c r="F519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G519" s="5" t="s">
         <v>3144</v>
       </c>
       <c r="H519" s="5" t="s">
         <v>3145</v>
       </c>
       <c r="I519" s="5" t="s">
         <v>3146</v>
       </c>
       <c r="J519" s="5" t="s">
-        <v>1893</v>
+        <v>1923</v>
       </c>
       <c r="K519" s="5" t="s">
         <v>3147</v>
       </c>
       <c r="L519" s="6" t="s">
         <v>3148</v>
       </c>
       <c r="M519" s="5" t="s">
         <v>3149</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
         <v>3150</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>173</v>
+        <v>134</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>1954</v>
+        <v>893</v>
       </c>
       <c r="E520" s="5" t="s">
-        <v>2367</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="F520" s="5" t="s">
+        <v>3151</v>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3151</v>
+        <v>3152</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3152</v>
+        <v>3153</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>1893</v>
+        <v>3154</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3153</v>
+        <v>3155</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3154</v>
+        <v>3156</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3155</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3156</v>
+        <v>3158</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>35</v>
+        <v>893</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>2488</v>
+        <v>134</v>
       </c>
       <c r="E521" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3159</v>
+      </c>
+      <c r="F521" s="5" t="s">
+        <v>3160</v>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3157</v>
-[...1 lines deleted...]
-      <c r="I521" s="5"/>
+        <v>3161</v>
+      </c>
+      <c r="I521" s="5" t="s">
+        <v>3162</v>
+      </c>
       <c r="J521" s="5" t="s">
-        <v>3016</v>
+        <v>3163</v>
       </c>
       <c r="K521" s="5" t="s">
-        <v>3158</v>
+        <v>3164</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3159</v>
+        <v>3165</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3160</v>
+        <v>3166</v>
       </c>
     </row>
     <row r="522">
-      <c r="A522" s="5" t="s">
-        <v>3161</v>
+      <c r="A522" s="5" t="n">
+        <v>1934</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
-        <v>2346</v>
+        <v>3167</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>3162</v>
+        <v>3168</v>
       </c>
       <c r="E522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H522" s="5" t="s">
-        <v>3163</v>
+        <v>3169</v>
       </c>
       <c r="I522" s="5" t="s">
-        <v>3164</v>
+        <v>3170</v>
       </c>
       <c r="J522" s="5" t="s">
-        <v>3081</v>
+        <v>3053</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3165</v>
+        <v>3171</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3166</v>
+        <v>3172</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3167</v>
+        <v>3173</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3168</v>
+        <v>3174</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>173</v>
+        <v>3130</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>1889</v>
+        <v>1919</v>
       </c>
       <c r="E523" s="5" t="s">
-        <v>2367</v>
+        <v>2396</v>
       </c>
       <c r="F523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G523" s="5" t="s">
-        <v>3169</v>
+      <c r="G523" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3170</v>
+        <v>3175</v>
       </c>
       <c r="I523" s="5" t="s">
-        <v>3171</v>
+        <v>3176</v>
       </c>
       <c r="J523" s="5" t="s">
-        <v>1893</v>
+        <v>40</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3172</v>
+        <v>3177</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3173</v>
+        <v>3178</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3174</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3175</v>
+        <v>3180</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
-        <v>3176</v>
+        <v>173</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>2488</v>
-[...4 lines deleted...]
-        </is>
+        <v>1984</v>
+      </c>
+      <c r="E524" s="5" t="s">
+        <v>2396</v>
       </c>
       <c r="F524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G524" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G524" s="5" t="s">
+        <v>3181</v>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3177</v>
+        <v>3182</v>
       </c>
       <c r="I524" s="5" t="s">
-        <v>3178</v>
+        <v>3183</v>
       </c>
       <c r="J524" s="5" t="s">
-        <v>3081</v>
+        <v>1923</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3179</v>
+        <v>3184</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3180</v>
+        <v>3185</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3181</v>
+        <v>3186</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3182</v>
+        <v>3187</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>621</v>
+        <v>173</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>2488</v>
+        <v>1984</v>
       </c>
       <c r="E525" s="5" t="s">
-        <v>1075</v>
+        <v>2396</v>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3183</v>
-[...1 lines deleted...]
-      <c r="I525" s="5"/>
+        <v>3188</v>
+      </c>
+      <c r="I525" s="5" t="s">
+        <v>3189</v>
+      </c>
       <c r="J525" s="5" t="s">
-        <v>3184</v>
+        <v>1923</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3185</v>
+        <v>3190</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3186</v>
+        <v>3191</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3187</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3188</v>
+        <v>3193</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>3162</v>
+        <v>35</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>2488</v>
+        <v>2517</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>174</v>
+        <v>36</v>
       </c>
       <c r="F526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>3189</v>
-[...3 lines deleted...]
-      </c>
+        <v>3194</v>
+      </c>
+      <c r="I526" s="5"/>
       <c r="J526" s="5" t="s">
-        <v>3081</v>
+        <v>3053</v>
       </c>
       <c r="K526" s="5" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
       <c r="L526" s="6" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
       <c r="M526" s="5" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C527" s="5" t="s">
-        <v>893</v>
+        <v>2375</v>
       </c>
       <c r="D527" s="5" t="s">
-        <v>3195</v>
-[...5 lines deleted...]
-        <v>3197</v>
+        <v>3199</v>
+      </c>
+      <c r="E527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H527" s="5" t="s">
-        <v>3198</v>
+        <v>3200</v>
       </c>
       <c r="I527" s="5" t="s">
-        <v>3199</v>
+        <v>3201</v>
       </c>
       <c r="J527" s="5" t="s">
-        <v>3200</v>
-[...4 lines deleted...]
-        </is>
+        <v>3118</v>
+      </c>
+      <c r="K527" s="5" t="s">
+        <v>3202</v>
       </c>
       <c r="L527" s="6" t="s">
-        <v>3201</v>
+        <v>3203</v>
       </c>
       <c r="M527" s="5" t="s">
-        <v>3202</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>3203</v>
+        <v>3205</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>2583</v>
+        <v>173</v>
       </c>
       <c r="D528" s="5" t="s">
-        <v>2488</v>
-[...4 lines deleted...]
-        </is>
+        <v>1919</v>
+      </c>
+      <c r="E528" s="5" t="s">
+        <v>2396</v>
       </c>
       <c r="F528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G528" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G528" s="5" t="s">
+        <v>3206</v>
       </c>
       <c r="H528" s="5" t="s">
-        <v>3204</v>
+        <v>3207</v>
       </c>
       <c r="I528" s="5" t="s">
-        <v>3205</v>
+        <v>3208</v>
       </c>
       <c r="J528" s="5" t="s">
-        <v>3081</v>
+        <v>1923</v>
       </c>
       <c r="K528" s="5" t="s">
-        <v>3206</v>
+        <v>3209</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>3207</v>
+        <v>3210</v>
       </c>
       <c r="M528" s="5" t="s">
-        <v>3208</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3209</v>
+        <v>3212</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
-        <v>134</v>
+        <v>3213</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>893</v>
+        <v>2517</v>
       </c>
       <c r="E529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="I529" s="5" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="J529" s="5" t="s">
-        <v>3212</v>
+        <v>3118</v>
       </c>
       <c r="K529" s="5" t="s">
-        <v>3213</v>
+        <v>3216</v>
       </c>
       <c r="L529" s="6" t="s">
-        <v>3214</v>
+        <v>3217</v>
       </c>
       <c r="M529" s="5" t="s">
-        <v>3215</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3216</v>
+        <v>3219</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D530" s="5" t="s">
-        <v>893</v>
+        <v>2517</v>
       </c>
       <c r="E530" s="5" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-        <v>3218</v>
+        <v>1075</v>
+      </c>
+      <c r="F530" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="s">
-        <v>3219</v>
-[...1 lines deleted...]
-      <c r="I530" s="5" t="s">
         <v>3220</v>
       </c>
+      <c r="I530" s="5"/>
       <c r="J530" s="5" t="s">
         <v>3221</v>
       </c>
       <c r="K530" s="5" t="s">
         <v>3222</v>
       </c>
       <c r="L530" s="6" t="s">
         <v>3223</v>
       </c>
       <c r="M530" s="5" t="s">
         <v>3224</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
         <v>3225</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>134</v>
+        <v>3199</v>
       </c>
       <c r="D531" s="5" t="s">
-        <v>2049</v>
-[...4 lines deleted...]
-        </is>
+        <v>2517</v>
+      </c>
+      <c r="E531" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="F531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
         <v>3226</v>
       </c>
       <c r="I531" s="5" t="s">
         <v>3227</v>
       </c>
       <c r="J531" s="5" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K531" s="5" t="s">
         <v>3228</v>
       </c>
-      <c r="K531" s="5" t="s">
+      <c r="L531" s="6" t="s">
         <v>3229</v>
       </c>
-      <c r="L531" s="6" t="s">
+      <c r="M531" s="5" t="s">
         <v>3230</v>
-      </c>
-[...1 lines deleted...]
-        <v>3231</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3232</v>
+        <v>3231</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
-        <v>173</v>
+        <v>893</v>
       </c>
       <c r="D532" s="5" t="s">
+        <v>3232</v>
+      </c>
+      <c r="E532" s="5" t="s">
         <v>3233</v>
       </c>
-      <c r="E532" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F532" s="5" t="s">
+        <v>3234</v>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
       <c r="I532" s="5" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="J532" s="5" t="s">
-        <v>3236</v>
-[...1 lines deleted...]
-      <c r="K532" s="5" t="s">
         <v>3237</v>
+      </c>
+      <c r="K532" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L532" s="6" t="s">
         <v>3238</v>
       </c>
       <c r="M532" s="5" t="s">
         <v>3239</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
         <v>3240</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
+        <v>2612</v>
+      </c>
+      <c r="D533" s="5" t="s">
+        <v>2517</v>
+      </c>
+      <c r="E533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G533" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H533" s="5" t="s">
         <v>3241</v>
       </c>
-      <c r="D533" s="5" t="s">
+      <c r="I533" s="5" t="s">
         <v>3242</v>
       </c>
-      <c r="E533" s="5" t="s">
+      <c r="J533" s="5" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K533" s="5" t="s">
         <v>3243</v>
       </c>
-      <c r="F533" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H533" s="5" t="s">
+      <c r="L533" s="6" t="s">
         <v>3244</v>
       </c>
-      <c r="I533" s="5" t="s">
+      <c r="M533" s="5" t="s">
         <v>3245</v>
-      </c>
-[...10 lines deleted...]
-        <v>3249</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3250</v>
+        <v>3246</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D534" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G534" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H534" s="5" t="s">
+        <v>3247</v>
+      </c>
+      <c r="I534" s="5" t="s">
+        <v>3248</v>
+      </c>
+      <c r="J534" s="5" t="s">
+        <v>3249</v>
+      </c>
+      <c r="K534" s="5" t="s">
+        <v>3250</v>
+      </c>
+      <c r="L534" s="6" t="s">
         <v>3251</v>
       </c>
-      <c r="D534" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E534" s="5" t="s">
+      <c r="M534" s="5" t="s">
         <v>3252</v>
-      </c>
-[...26 lines deleted...]
-        <v>3258</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>3259</v>
+        <v>3253</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="5" t="s">
-        <v>3162</v>
+        <v>134</v>
       </c>
       <c r="D535" s="5" t="s">
-        <v>2488</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E535" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F535" s="5" t="s">
+        <v>3255</v>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="s">
+        <v>3256</v>
+      </c>
+      <c r="I535" s="5" t="s">
+        <v>3257</v>
+      </c>
+      <c r="J535" s="5" t="s">
+        <v>3258</v>
+      </c>
+      <c r="K535" s="5" t="s">
+        <v>3259</v>
+      </c>
+      <c r="L535" s="6" t="s">
         <v>3260</v>
       </c>
-      <c r="I535" s="5" t="s">
+      <c r="M535" s="5" t="s">
         <v>3261</v>
-      </c>
-[...10 lines deleted...]
-        <v>3264</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>3265</v>
+        <v>3262</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>358</v>
+        <v>134</v>
       </c>
       <c r="D536" s="5" t="s">
-        <v>893</v>
-[...1 lines deleted...]
-      <c r="E536" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G536" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H536" s="5" t="s">
+        <v>3263</v>
+      </c>
+      <c r="I536" s="5" t="s">
+        <v>3264</v>
+      </c>
+      <c r="J536" s="5" t="s">
+        <v>3265</v>
+      </c>
+      <c r="K536" s="5" t="s">
         <v>3266</v>
       </c>
-      <c r="F536" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H536" s="5" t="s">
+      <c r="L536" s="6" t="s">
         <v>3267</v>
       </c>
-      <c r="I536" s="5" t="s">
+      <c r="M536" s="5" t="s">
         <v>3268</v>
-      </c>
-[...10 lines deleted...]
-        <v>3272</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>3273</v>
+        <v>3269</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C537" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="D537" s="5" t="s">
+        <v>3270</v>
+      </c>
+      <c r="E537" s="5" t="s">
+        <v>2396</v>
+      </c>
+      <c r="F537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G537" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H537" s="5" t="s">
+        <v>3271</v>
+      </c>
+      <c r="I537" s="5" t="s">
+        <v>3272</v>
+      </c>
+      <c r="J537" s="5" t="s">
+        <v>3273</v>
+      </c>
+      <c r="K537" s="5" t="s">
         <v>3274</v>
       </c>
-      <c r="D537" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F537" s="5" t="s">
+      <c r="L537" s="6" t="s">
         <v>3275</v>
       </c>
-      <c r="G537" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H537" s="5" t="s">
+      <c r="M537" s="5" t="s">
         <v>3276</v>
-      </c>
-[...13 lines deleted...]
-        <v>3281</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>3282</v>
+        <v>3277</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>893</v>
+        <v>3278</v>
       </c>
       <c r="D538" s="5" t="s">
-        <v>134</v>
+        <v>3279</v>
       </c>
       <c r="E538" s="5" t="s">
-        <v>3122</v>
-[...1 lines deleted...]
-      <c r="F538" s="5" t="s">
+        <v>3280</v>
+      </c>
+      <c r="F538" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G538" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H538" s="5" t="s">
+        <v>3281</v>
+      </c>
+      <c r="I538" s="5" t="s">
+        <v>3282</v>
+      </c>
+      <c r="J538" s="5" t="s">
         <v>3283</v>
       </c>
-      <c r="G538" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H538" s="5" t="s">
+      <c r="K538" s="5" t="s">
         <v>3284</v>
       </c>
-      <c r="I538" s="5" t="s">
+      <c r="L538" s="6" t="s">
         <v>3285</v>
       </c>
-      <c r="J538" s="5" t="s">
+      <c r="M538" s="5" t="s">
         <v>3286</v>
-      </c>
-[...7 lines deleted...]
-        <v>3289</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>3290</v>
+        <v>3287</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>3162</v>
+        <v>3288</v>
       </c>
       <c r="D539" s="5" t="s">
-        <v>2488</v>
-[...4 lines deleted...]
-        </is>
+        <v>1088</v>
+      </c>
+      <c r="E539" s="5" t="s">
+        <v>3289</v>
       </c>
       <c r="F539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
+        <v>3290</v>
+      </c>
+      <c r="I539" s="5" t="s">
         <v>3291</v>
       </c>
-      <c r="I539" s="5" t="s">
+      <c r="J539" s="5" t="s">
         <v>3292</v>
-      </c>
-[...1 lines deleted...]
-        <v>3081</v>
       </c>
       <c r="K539" s="5" t="s">
         <v>3293</v>
       </c>
       <c r="L539" s="6" t="s">
         <v>3294</v>
       </c>
       <c r="M539" s="5" t="s">
         <v>3295</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
         <v>3296</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>2583</v>
+        <v>3199</v>
       </c>
       <c r="D540" s="5" t="s">
-        <v>2488</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>2517</v>
+      </c>
+      <c r="E540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
         <v>3297</v>
       </c>
       <c r="I540" s="5" t="s">
         <v>3298</v>
       </c>
       <c r="J540" s="5" t="s">
-        <v>3081</v>
+        <v>3118</v>
       </c>
       <c r="K540" s="5" t="s">
         <v>3299</v>
       </c>
       <c r="L540" s="6" t="s">
         <v>3300</v>
       </c>
       <c r="M540" s="5" t="s">
         <v>3301</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
         <v>3302</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="5" t="s">
-        <v>2049</v>
+        <v>358</v>
       </c>
       <c r="D541" s="5" t="s">
-        <v>134</v>
+        <v>893</v>
       </c>
       <c r="E541" s="5" t="s">
         <v>3303</v>
       </c>
-      <c r="F541" s="5" t="s">
+      <c r="F541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H541" s="5" t="s">
         <v>3304</v>
       </c>
-      <c r="G541" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H541" s="5" t="s">
+      <c r="I541" s="5" t="s">
         <v>3305</v>
       </c>
-      <c r="I541" s="5" t="s">
+      <c r="J541" s="5" t="s">
         <v>3306</v>
       </c>
-      <c r="J541" s="5" t="s">
+      <c r="K541" s="5" t="s">
         <v>3307</v>
       </c>
-      <c r="K541" s="5" t="s">
+      <c r="L541" s="6" t="s">
         <v>3308</v>
       </c>
-      <c r="L541" s="6" t="s">
+      <c r="M541" s="5" t="s">
         <v>3309</v>
-      </c>
-[...1 lines deleted...]
-        <v>3310</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>3311</v>
+        <v>3310</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C542" s="5" t="s">
-        <v>35</v>
+        <v>3311</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>2488</v>
+        <v>134</v>
       </c>
       <c r="E542" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3159</v>
+      </c>
+      <c r="F542" s="5" t="s">
+        <v>3312</v>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="s">
-        <v>3312</v>
-[...1 lines deleted...]
-      <c r="I542" s="5"/>
+        <v>3313</v>
+      </c>
+      <c r="I542" s="5" t="s">
+        <v>3314</v>
+      </c>
       <c r="J542" s="5" t="s">
-        <v>3016</v>
+        <v>3315</v>
       </c>
       <c r="K542" s="5" t="s">
-        <v>3313</v>
+        <v>3316</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>3314</v>
+        <v>3317</v>
       </c>
       <c r="M542" s="5" t="s">
-        <v>3315</v>
+        <v>3318</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>3316</v>
+        <v>3319</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C543" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D543" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D543" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E543" s="5" t="s">
-        <v>3217</v>
+        <v>3159</v>
       </c>
       <c r="F543" s="5" t="s">
-        <v>3317</v>
+        <v>3320</v>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="s">
-        <v>3318</v>
+        <v>3321</v>
       </c>
       <c r="I543" s="5" t="s">
-        <v>3319</v>
+        <v>3322</v>
       </c>
       <c r="J543" s="5" t="s">
-        <v>3320</v>
+        <v>3323</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>3321</v>
+        <v>3324</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>3322</v>
+        <v>3325</v>
       </c>
       <c r="M543" s="5" t="s">
-        <v>3323</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>3324</v>
+        <v>3327</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="5" t="s">
-        <v>894</v>
+        <v>3199</v>
       </c>
       <c r="D544" s="5" t="s">
-        <v>878</v>
+        <v>2517</v>
       </c>
       <c r="E544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G544" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H544" s="5" t="s">
-        <v>3325</v>
+        <v>3328</v>
       </c>
       <c r="I544" s="5" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
       <c r="J544" s="5" t="s">
-        <v>3327</v>
+        <v>3118</v>
       </c>
       <c r="K544" s="5" t="s">
-        <v>3328</v>
+        <v>3330</v>
       </c>
       <c r="L544" s="6" t="s">
-        <v>3329</v>
+        <v>3331</v>
       </c>
       <c r="M544" s="5" t="s">
-        <v>3330</v>
+        <v>3332</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="5" t="s">
-        <v>3331</v>
+        <v>3333</v>
       </c>
       <c r="B545" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C545" s="5" t="s">
-        <v>893</v>
+        <v>2612</v>
       </c>
       <c r="D545" s="5" t="s">
-        <v>134</v>
+        <v>2517</v>
       </c>
       <c r="E545" s="5" t="s">
-        <v>3332</v>
-[...2 lines deleted...]
-        <v>3283</v>
+        <v>36</v>
+      </c>
+      <c r="F545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G545" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H545" s="5" t="s">
-        <v>3333</v>
+        <v>3334</v>
       </c>
       <c r="I545" s="5" t="s">
-        <v>3334</v>
+        <v>3335</v>
       </c>
       <c r="J545" s="5" t="s">
-        <v>3335</v>
+        <v>3118</v>
       </c>
       <c r="K545" s="5" t="s">
         <v>3336</v>
       </c>
       <c r="L545" s="6" t="s">
         <v>3337</v>
       </c>
       <c r="M545" s="5" t="s">
         <v>3338</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="5" t="s">
         <v>3339</v>
       </c>
       <c r="B546" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C546" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D546" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D546" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E546" s="5" t="s">
-        <v>3217</v>
+        <v>3340</v>
       </c>
       <c r="F546" s="5" t="s">
-        <v>3317</v>
+        <v>3341</v>
       </c>
       <c r="G546" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H546" s="5" t="s">
-        <v>3340</v>
+        <v>3342</v>
       </c>
       <c r="I546" s="5" t="s">
-        <v>3341</v>
+        <v>3343</v>
       </c>
       <c r="J546" s="5" t="s">
-        <v>3342</v>
+        <v>3344</v>
       </c>
       <c r="K546" s="5" t="s">
-        <v>3343</v>
+        <v>3345</v>
       </c>
       <c r="L546" s="6" t="s">
-        <v>3344</v>
+        <v>3346</v>
       </c>
       <c r="M546" s="5" t="s">
-        <v>3345</v>
+        <v>3347</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="5" t="s">
-        <v>3346</v>
+        <v>3348</v>
       </c>
       <c r="B547" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C547" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D547" s="5" t="s">
-        <v>2488</v>
+        <v>2517</v>
       </c>
       <c r="E547" s="5" t="s">
-        <v>3347</v>
-[...2 lines deleted...]
-        <v>3348</v>
+        <v>36</v>
+      </c>
+      <c r="F547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G547" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H547" s="5" t="s">
         <v>3349</v>
       </c>
-      <c r="I547" s="5" t="s">
+      <c r="I547" s="5"/>
+      <c r="J547" s="5" t="s">
+        <v>3053</v>
+      </c>
+      <c r="K547" s="5" t="s">
         <v>3350</v>
       </c>
-      <c r="J547" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K547" s="5" t="s">
+      <c r="L547" s="6" t="s">
         <v>3351</v>
       </c>
-      <c r="L547" s="6" t="s">
+      <c r="M547" s="5" t="s">
         <v>3352</v>
-      </c>
-[...1 lines deleted...]
-        <v>3353</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="5" t="s">
-        <v>3354</v>
+        <v>3353</v>
       </c>
       <c r="B548" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C548" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D548" s="5" t="s">
         <v>893</v>
       </c>
-      <c r="D548" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E548" s="5" t="s">
-        <v>3122</v>
+        <v>3254</v>
       </c>
       <c r="F548" s="5" t="s">
-        <v>3217</v>
+        <v>3354</v>
       </c>
       <c r="G548" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H548" s="5" t="s">
         <v>3355</v>
       </c>
       <c r="I548" s="5" t="s">
         <v>3356</v>
       </c>
       <c r="J548" s="5" t="s">
         <v>3357</v>
       </c>
       <c r="K548" s="5" t="s">
         <v>3358</v>
       </c>
       <c r="L548" s="6" t="s">
         <v>3359</v>
       </c>
       <c r="M548" s="5" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="5" t="s">
         <v>3361</v>
       </c>
       <c r="B549" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C549" s="5" t="s">
-        <v>134</v>
+        <v>894</v>
       </c>
       <c r="D549" s="5" t="s">
-        <v>3021</v>
-[...2 lines deleted...]
-        <v>3266</v>
+        <v>878</v>
+      </c>
+      <c r="E549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G549" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H549" s="5" t="s">
         <v>3362</v>
       </c>
       <c r="I549" s="5" t="s">
         <v>3363</v>
       </c>
       <c r="J549" s="5" t="s">
         <v>3364</v>
       </c>
       <c r="K549" s="5" t="s">
         <v>3365</v>
       </c>
       <c r="L549" s="6" t="s">
         <v>3366</v>
       </c>
       <c r="M549" s="5" t="s">
         <v>3367</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="5" t="s">
         <v>3368</v>
       </c>
       <c r="B550" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C550" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="D550" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="D550" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E550" s="5" t="s">
-        <v>3217</v>
+        <v>3369</v>
       </c>
       <c r="F550" s="5" t="s">
-        <v>3317</v>
+        <v>3320</v>
       </c>
       <c r="G550" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H550" s="5" t="s">
-        <v>3369</v>
+        <v>3370</v>
       </c>
       <c r="I550" s="5" t="s">
-        <v>3370</v>
+        <v>3371</v>
       </c>
       <c r="J550" s="5" t="s">
-        <v>3371</v>
+        <v>3372</v>
       </c>
       <c r="K550" s="5" t="s">
-        <v>3372</v>
+        <v>3373</v>
       </c>
       <c r="L550" s="6" t="s">
-        <v>3373</v>
+        <v>3374</v>
       </c>
       <c r="M550" s="5" t="s">
-        <v>3374</v>
+        <v>3375</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="5" t="s">
-        <v>3375</v>
+        <v>3376</v>
       </c>
       <c r="B551" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C551" s="5" t="s">
-        <v>2049</v>
+        <v>134</v>
       </c>
       <c r="D551" s="5" t="s">
-        <v>134</v>
-[...4 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E551" s="5" t="s">
+        <v>3254</v>
       </c>
       <c r="F551" s="5" t="s">
-        <v>3376</v>
+        <v>3354</v>
       </c>
       <c r="G551" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H551" s="5" t="s">
         <v>3377</v>
       </c>
       <c r="I551" s="5" t="s">
         <v>3378</v>
       </c>
       <c r="J551" s="5" t="s">
         <v>3379</v>
       </c>
       <c r="K551" s="5" t="s">
         <v>3380</v>
       </c>
       <c r="L551" s="6" t="s">
         <v>3381</v>
       </c>
       <c r="M551" s="5" t="s">
         <v>3382</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="5" t="s">
         <v>3383</v>
       </c>
       <c r="B552" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C552" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D552" s="5" t="s">
+        <v>2517</v>
+      </c>
+      <c r="E552" s="5" t="s">
         <v>3384</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="F552" s="5" t="s">
         <v>3385</v>
       </c>
       <c r="G552" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H552" s="5" t="s">
         <v>3386</v>
       </c>
       <c r="I552" s="5" t="s">
         <v>3387</v>
       </c>
       <c r="J552" s="5" t="s">
-        <v>3081</v>
+        <v>3053</v>
       </c>
       <c r="K552" s="5" t="s">
         <v>3388</v>
       </c>
       <c r="L552" s="6" t="s">
         <v>3389</v>
       </c>
       <c r="M552" s="5" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="5" t="s">
         <v>3391</v>
       </c>
       <c r="B553" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C553" s="5" t="s">
-        <v>211</v>
+        <v>893</v>
       </c>
       <c r="D553" s="5" t="s">
-        <v>2488</v>
-[...9 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E553" s="5" t="s">
+        <v>3159</v>
+      </c>
+      <c r="F553" s="5" t="s">
+        <v>3254</v>
       </c>
       <c r="G553" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H553" s="5" t="s">
         <v>3392</v>
       </c>
       <c r="I553" s="5" t="s">
         <v>3393</v>
       </c>
       <c r="J553" s="5" t="s">
-        <v>3081</v>
+        <v>3394</v>
       </c>
       <c r="K553" s="5" t="s">
-        <v>3394</v>
+        <v>3395</v>
       </c>
       <c r="L553" s="6" t="s">
-        <v>3395</v>
+        <v>3396</v>
       </c>
       <c r="M553" s="5" t="s">
-        <v>3396</v>
+        <v>3397</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="5" t="s">
-        <v>3397</v>
+        <v>3398</v>
       </c>
       <c r="B554" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C554" s="5" t="s">
-        <v>621</v>
+        <v>134</v>
       </c>
       <c r="D554" s="5" t="s">
-        <v>878</v>
+        <v>3058</v>
       </c>
       <c r="E554" s="5" t="s">
-        <v>36</v>
+        <v>3303</v>
       </c>
       <c r="F554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G554" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H554" s="5" t="s">
-        <v>3398</v>
+        <v>3399</v>
       </c>
       <c r="I554" s="5" t="s">
-        <v>3399</v>
+        <v>3400</v>
       </c>
       <c r="J554" s="5" t="s">
-        <v>3400</v>
+        <v>3401</v>
       </c>
       <c r="K554" s="5" t="s">
-        <v>3401</v>
+        <v>3402</v>
       </c>
       <c r="L554" s="6" t="s">
-        <v>3402</v>
+        <v>3403</v>
       </c>
       <c r="M554" s="5" t="s">
-        <v>3403</v>
+        <v>3404</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="5" t="s">
-        <v>3404</v>
+        <v>3405</v>
       </c>
       <c r="B555" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C555" s="5" t="s">
-        <v>621</v>
+        <v>134</v>
       </c>
       <c r="D555" s="5" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="E555" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3254</v>
+      </c>
+      <c r="F555" s="5" t="s">
+        <v>3354</v>
       </c>
       <c r="G555" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H555" s="5" t="s">
-        <v>3405</v>
+        <v>3406</v>
       </c>
       <c r="I555" s="5" t="s">
-        <v>3406</v>
+        <v>3407</v>
       </c>
       <c r="J555" s="5" t="s">
-        <v>3407</v>
+        <v>3408</v>
       </c>
       <c r="K555" s="5" t="s">
-        <v>3408</v>
+        <v>3409</v>
       </c>
       <c r="L555" s="6" t="s">
-        <v>3409</v>
+        <v>3410</v>
       </c>
       <c r="M555" s="5" t="s">
-        <v>3410</v>
+        <v>3411</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="5" t="s">
-        <v>3411</v>
+        <v>3412</v>
       </c>
       <c r="B556" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C556" s="5" t="s">
-        <v>3412</v>
+        <v>1088</v>
       </c>
       <c r="D556" s="5" t="s">
-        <v>680</v>
-[...7 lines deleted...]
-        </is>
+        <v>134</v>
+      </c>
+      <c r="E556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F556" s="5" t="s">
+        <v>3413</v>
       </c>
       <c r="G556" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H556" s="5" t="s">
-        <v>3413</v>
+        <v>3414</v>
       </c>
       <c r="I556" s="5" t="s">
-        <v>3414</v>
+        <v>3415</v>
       </c>
       <c r="J556" s="5" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
       <c r="K556" s="5" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="L556" s="6" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="M556" s="5" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="5" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="B557" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C557" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D557" s="5" t="s">
-        <v>893</v>
+        <v>3421</v>
       </c>
       <c r="E557" s="5" t="s">
-        <v>3217</v>
+        <v>36</v>
       </c>
       <c r="F557" s="5" t="s">
-        <v>3317</v>
+        <v>3422</v>
       </c>
       <c r="G557" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H557" s="5" t="s">
-        <v>3420</v>
+        <v>3423</v>
       </c>
       <c r="I557" s="5" t="s">
-        <v>3421</v>
+        <v>3424</v>
       </c>
       <c r="J557" s="5" t="s">
-        <v>3422</v>
+        <v>3118</v>
       </c>
       <c r="K557" s="5" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="L557" s="6" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
       <c r="M557" s="5" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="5" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
       <c r="B558" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C558" s="5" t="s">
-        <v>269</v>
+        <v>203</v>
       </c>
       <c r="D558" s="5" t="s">
-        <v>893</v>
-[...5 lines deleted...]
-        <v>3332</v>
+        <v>2517</v>
+      </c>
+      <c r="E558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G558" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H558" s="5" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="I558" s="5" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
       <c r="J558" s="5" t="s">
-        <v>3429</v>
+        <v>3118</v>
       </c>
       <c r="K558" s="5" t="s">
-        <v>3430</v>
+        <v>3431</v>
       </c>
       <c r="L558" s="6" t="s">
-        <v>3431</v>
+        <v>3432</v>
       </c>
       <c r="M558" s="5" t="s">
-        <v>3432</v>
+        <v>3433</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="5" t="s">
-        <v>3433</v>
+        <v>3434</v>
       </c>
       <c r="B559" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C559" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D559" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="E559" s="5" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-        <v>3317</v>
+        <v>36</v>
+      </c>
+      <c r="F559" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G559" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H559" s="5" t="s">
-        <v>3434</v>
+        <v>3435</v>
       </c>
       <c r="I559" s="5" t="s">
-        <v>3435</v>
+        <v>3436</v>
       </c>
       <c r="J559" s="5" t="s">
-        <v>3436</v>
+        <v>3437</v>
       </c>
       <c r="K559" s="5" t="s">
-        <v>3437</v>
+        <v>3438</v>
       </c>
       <c r="L559" s="6" t="s">
-        <v>3438</v>
+        <v>3439</v>
       </c>
       <c r="M559" s="5" t="s">
-        <v>3439</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="5" t="s">
-        <v>3440</v>
+        <v>3441</v>
       </c>
       <c r="B560" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C560" s="5" t="s">
-        <v>134</v>
+        <v>621</v>
       </c>
       <c r="D560" s="5" t="s">
-        <v>893</v>
+        <v>878</v>
       </c>
       <c r="E560" s="5" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-        <v>3317</v>
+        <v>36</v>
+      </c>
+      <c r="F560" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G560" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H560" s="5" t="s">
-        <v>3441</v>
+        <v>3442</v>
       </c>
       <c r="I560" s="5" t="s">
-        <v>3442</v>
+        <v>3443</v>
       </c>
       <c r="J560" s="5" t="s">
-        <v>3443</v>
+        <v>3444</v>
       </c>
       <c r="K560" s="5" t="s">
-        <v>3444</v>
+        <v>3445</v>
       </c>
       <c r="L560" s="6" t="s">
-        <v>3445</v>
+        <v>3446</v>
       </c>
       <c r="M560" s="5" t="s">
-        <v>3446</v>
+        <v>3447</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="5" t="s">
-        <v>3447</v>
+        <v>3448</v>
       </c>
       <c r="B561" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C561" s="5" t="s">
-        <v>134</v>
+        <v>3449</v>
       </c>
       <c r="D561" s="5" t="s">
-        <v>893</v>
+        <v>680</v>
       </c>
       <c r="E561" s="5" t="s">
-        <v>3217</v>
-[...2 lines deleted...]
-        <v>3317</v>
+        <v>36</v>
+      </c>
+      <c r="F561" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G561" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H561" s="5" t="s">
-        <v>3448</v>
+        <v>3450</v>
       </c>
       <c r="I561" s="5" t="s">
-        <v>3449</v>
+        <v>3451</v>
       </c>
       <c r="J561" s="5" t="s">
-        <v>3450</v>
+        <v>3452</v>
       </c>
       <c r="K561" s="5" t="s">
-        <v>3451</v>
+        <v>3453</v>
       </c>
       <c r="L561" s="6" t="s">
-        <v>3452</v>
+        <v>3454</v>
       </c>
       <c r="M561" s="5" t="s">
-        <v>3453</v>
+        <v>3455</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="5" t="s">
-        <v>3454</v>
+        <v>3456</v>
       </c>
       <c r="B562" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C562" s="5" t="s">
-        <v>3162</v>
+        <v>134</v>
       </c>
       <c r="D562" s="5" t="s">
-        <v>2488</v>
-[...9 lines deleted...]
-        </is>
+        <v>893</v>
+      </c>
+      <c r="E562" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F562" s="5" t="s">
+        <v>3354</v>
       </c>
       <c r="G562" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H562" s="5" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="I562" s="5" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="J562" s="5" t="s">
-        <v>3081</v>
+        <v>3459</v>
       </c>
       <c r="K562" s="5" t="s">
-        <v>3457</v>
+        <v>3460</v>
       </c>
       <c r="L562" s="6" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
       <c r="M562" s="5" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="5" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
       <c r="B563" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C563" s="5" t="s">
-        <v>134</v>
+        <v>261</v>
       </c>
       <c r="D563" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E563" s="5" t="s">
-        <v>3217</v>
+        <v>36</v>
       </c>
       <c r="F563" s="5" t="s">
-        <v>3317</v>
+        <v>3369</v>
       </c>
       <c r="G563" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H563" s="5" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="I563" s="5" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="J563" s="5" t="s">
-        <v>3463</v>
+        <v>3466</v>
       </c>
       <c r="K563" s="5" t="s">
-        <v>3464</v>
+        <v>3467</v>
       </c>
       <c r="L563" s="6" t="s">
-        <v>3465</v>
+        <v>3468</v>
       </c>
       <c r="M563" s="5" t="s">
-        <v>3466</v>
+        <v>3469</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="5" t="s">
-        <v>3467</v>
+        <v>3470</v>
       </c>
       <c r="B564" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C564" s="5" t="s">
-        <v>358</v>
+        <v>134</v>
       </c>
       <c r="D564" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E564" s="5" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="F564" s="5" t="s">
-        <v>3317</v>
+        <v>3354</v>
       </c>
       <c r="G564" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H564" s="5" t="s">
-        <v>3468</v>
+        <v>3471</v>
       </c>
       <c r="I564" s="5" t="s">
-        <v>3469</v>
+        <v>3472</v>
       </c>
       <c r="J564" s="5" t="s">
-        <v>3470</v>
+        <v>3473</v>
       </c>
       <c r="K564" s="5" t="s">
-        <v>3471</v>
+        <v>3474</v>
       </c>
       <c r="L564" s="6" t="s">
-        <v>3472</v>
+        <v>3475</v>
       </c>
       <c r="M564" s="5" t="s">
-        <v>3473</v>
+        <v>3476</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="5" t="s">
-        <v>3474</v>
+        <v>3477</v>
       </c>
       <c r="B565" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C565" s="5" t="s">
-        <v>621</v>
+        <v>134</v>
       </c>
       <c r="D565" s="5" t="s">
-        <v>3475</v>
+        <v>893</v>
       </c>
       <c r="E565" s="5" t="s">
-        <v>3266</v>
-[...4 lines deleted...]
-        </is>
+        <v>3254</v>
+      </c>
+      <c r="F565" s="5" t="s">
+        <v>3354</v>
       </c>
       <c r="G565" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H565" s="5" t="s">
-        <v>3476</v>
+        <v>3478</v>
       </c>
       <c r="I565" s="5" t="s">
-        <v>3477</v>
+        <v>3479</v>
       </c>
       <c r="J565" s="5" t="s">
-        <v>3081</v>
+        <v>3480</v>
       </c>
       <c r="K565" s="5" t="s">
-        <v>3478</v>
+        <v>3481</v>
       </c>
       <c r="L565" s="6" t="s">
-        <v>3479</v>
+        <v>3482</v>
       </c>
       <c r="M565" s="5" t="s">
-        <v>3480</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="5" t="s">
-        <v>3481</v>
+        <v>3484</v>
       </c>
       <c r="B566" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C566" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D566" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E566" s="5" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="F566" s="5" t="s">
-        <v>3482</v>
+        <v>3354</v>
       </c>
       <c r="G566" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H566" s="5" t="s">
-        <v>3483</v>
-[...1 lines deleted...]
-      <c r="I566" s="5"/>
+        <v>3485</v>
+      </c>
+      <c r="I566" s="5" t="s">
+        <v>3486</v>
+      </c>
       <c r="J566" s="5" t="s">
-        <v>3484</v>
+        <v>3487</v>
       </c>
       <c r="K566" s="5" t="s">
-        <v>3485</v>
+        <v>3488</v>
       </c>
       <c r="L566" s="6" t="s">
-        <v>3486</v>
+        <v>3489</v>
       </c>
       <c r="M566" s="5" t="s">
-        <v>3487</v>
+        <v>3490</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="5" t="s">
-        <v>3488</v>
+        <v>3491</v>
       </c>
       <c r="B567" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C567" s="5" t="s">
-        <v>134</v>
+        <v>3199</v>
       </c>
       <c r="D567" s="5" t="s">
-        <v>893</v>
-[...5 lines deleted...]
-        <v>3317</v>
+        <v>2517</v>
+      </c>
+      <c r="E567" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F567" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G567" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H567" s="5" t="s">
-        <v>3489</v>
+        <v>3492</v>
       </c>
       <c r="I567" s="5" t="s">
-        <v>3490</v>
+        <v>3493</v>
       </c>
       <c r="J567" s="5" t="s">
-        <v>3491</v>
+        <v>3118</v>
       </c>
       <c r="K567" s="5" t="s">
-        <v>3492</v>
+        <v>3494</v>
       </c>
       <c r="L567" s="6" t="s">
-        <v>3493</v>
+        <v>3495</v>
       </c>
       <c r="M567" s="5" t="s">
-        <v>3494</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="568">
-      <c r="A568" s="5" t="n">
-        <v>1948</v>
+      <c r="A568" s="5" t="s">
+        <v>3497</v>
       </c>
       <c r="B568" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C568" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D568" s="5" t="s">
-        <v>3384</v>
+        <v>893</v>
       </c>
       <c r="E568" s="5" t="s">
-        <v>3495</v>
+        <v>3254</v>
       </c>
       <c r="F568" s="5" t="s">
-        <v>3496</v>
+        <v>3354</v>
       </c>
       <c r="G568" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H568" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H568" s="5" t="s">
+        <v>3498</v>
       </c>
       <c r="I568" s="5" t="s">
-        <v>3497</v>
+        <v>3499</v>
       </c>
       <c r="J568" s="5" t="s">
-        <v>3498</v>
+        <v>3500</v>
       </c>
       <c r="K568" s="5" t="s">
-        <v>3499</v>
+        <v>3501</v>
       </c>
       <c r="L568" s="6" t="s">
-        <v>3500</v>
+        <v>3502</v>
       </c>
       <c r="M568" s="5" t="s">
-        <v>3501</v>
+        <v>3503</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="5" t="s">
-        <v>3502</v>
+        <v>3504</v>
       </c>
       <c r="B569" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C569" s="5" t="s">
-        <v>134</v>
+        <v>358</v>
       </c>
       <c r="D569" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E569" s="5" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="F569" s="5" t="s">
-        <v>3332</v>
+        <v>3354</v>
       </c>
       <c r="G569" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H569" s="5" t="s">
-        <v>3503</v>
+        <v>3505</v>
       </c>
       <c r="I569" s="5" t="s">
-        <v>3504</v>
+        <v>3506</v>
       </c>
       <c r="J569" s="5" t="s">
-        <v>3505</v>
+        <v>3507</v>
       </c>
       <c r="K569" s="5" t="s">
-        <v>3506</v>
+        <v>3508</v>
       </c>
       <c r="L569" s="6" t="s">
-        <v>3507</v>
+        <v>3509</v>
       </c>
       <c r="M569" s="5" t="s">
-        <v>3508</v>
+        <v>3510</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="5" t="s">
-        <v>3509</v>
+        <v>3511</v>
       </c>
       <c r="B570" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C570" s="5" t="s">
-        <v>35</v>
+        <v>621</v>
       </c>
       <c r="D570" s="5" t="s">
-        <v>2488</v>
+        <v>3512</v>
       </c>
       <c r="E570" s="5" t="s">
-        <v>36</v>
+        <v>3303</v>
       </c>
       <c r="F570" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G570" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H570" s="5" t="s">
-        <v>3510</v>
+        <v>3513</v>
       </c>
       <c r="I570" s="5" t="s">
-        <v>3511</v>
+        <v>3514</v>
       </c>
       <c r="J570" s="5" t="s">
-        <v>3016</v>
+        <v>3118</v>
       </c>
       <c r="K570" s="5" t="s">
-        <v>3512</v>
+        <v>3515</v>
       </c>
       <c r="L570" s="6" t="s">
-        <v>3513</v>
+        <v>3516</v>
       </c>
       <c r="M570" s="5" t="s">
-        <v>3514</v>
+        <v>3517</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="5" t="s">
-        <v>3515</v>
+        <v>3518</v>
       </c>
       <c r="B571" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C571" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D571" s="5" t="s">
-        <v>3384</v>
+        <v>893</v>
       </c>
       <c r="E571" s="5" t="s">
-        <v>36</v>
+        <v>3254</v>
       </c>
       <c r="F571" s="5" t="s">
-        <v>3516</v>
+        <v>3519</v>
       </c>
       <c r="G571" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H571" s="5" t="s">
-        <v>3517</v>
-[...3 lines deleted...]
-      </c>
+        <v>3520</v>
+      </c>
+      <c r="I571" s="5"/>
       <c r="J571" s="5" t="s">
-        <v>3081</v>
+        <v>3521</v>
       </c>
       <c r="K571" s="5" t="s">
-        <v>3519</v>
+        <v>3522</v>
       </c>
       <c r="L571" s="6" t="s">
-        <v>3520</v>
+        <v>3523</v>
       </c>
       <c r="M571" s="5" t="s">
-        <v>3521</v>
+        <v>3524</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="5" t="s">
-        <v>3522</v>
+        <v>3525</v>
       </c>
       <c r="B572" s="5" t="s">
-        <v>1460</v>
+        <v>14</v>
       </c>
       <c r="C572" s="5" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="D572" s="5" t="s">
-        <v>3384</v>
+        <v>893</v>
       </c>
       <c r="E572" s="5" t="s">
-        <v>36</v>
+        <v>3254</v>
       </c>
       <c r="F572" s="5" t="s">
-        <v>3516</v>
+        <v>3354</v>
       </c>
       <c r="G572" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H572" s="5" t="s">
-        <v>3523</v>
+        <v>3526</v>
       </c>
       <c r="I572" s="5" t="s">
-        <v>3524</v>
+        <v>3527</v>
       </c>
       <c r="J572" s="5" t="s">
-        <v>3081</v>
+        <v>3528</v>
       </c>
       <c r="K572" s="5" t="s">
-        <v>3525</v>
+        <v>3529</v>
       </c>
       <c r="L572" s="6" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
       <c r="M572" s="5" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="573">
-      <c r="A573" s="5" t="s">
-        <v>3528</v>
+      <c r="A573" s="5" t="n">
+        <v>1948</v>
       </c>
       <c r="B573" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C573" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D573" s="5" t="s">
-        <v>3529</v>
+        <v>3421</v>
       </c>
       <c r="E573" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>3532</v>
+      </c>
+      <c r="F573" s="5" t="s">
+        <v>3533</v>
       </c>
       <c r="G573" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H573" s="5" t="s">
-        <v>3530</v>
+      <c r="H573" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I573" s="5" t="s">
-        <v>3531</v>
+        <v>3534</v>
       </c>
       <c r="J573" s="5" t="s">
-        <v>3532</v>
+        <v>3535</v>
       </c>
       <c r="K573" s="5" t="s">
-        <v>3533</v>
+        <v>3536</v>
       </c>
       <c r="L573" s="6" t="s">
-        <v>3534</v>
+        <v>3537</v>
       </c>
       <c r="M573" s="5" t="s">
-        <v>3535</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="5" t="s">
-        <v>3536</v>
+        <v>3539</v>
       </c>
       <c r="B574" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C574" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D574" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E574" s="5" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="F574" s="5" t="s">
-        <v>3482</v>
+        <v>3369</v>
       </c>
       <c r="G574" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H574" s="5" t="s">
-        <v>3537</v>
+        <v>3540</v>
       </c>
       <c r="I574" s="5" t="s">
-        <v>3538</v>
+        <v>3541</v>
       </c>
       <c r="J574" s="5" t="s">
-        <v>3539</v>
+        <v>3542</v>
       </c>
       <c r="K574" s="5" t="s">
-        <v>3540</v>
+        <v>3543</v>
       </c>
       <c r="L574" s="6" t="s">
-        <v>3541</v>
+        <v>3544</v>
       </c>
       <c r="M574" s="5" t="s">
-        <v>3542</v>
+        <v>3545</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="5" t="s">
-        <v>3543</v>
+        <v>3546</v>
       </c>
       <c r="B575" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C575" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D575" s="5" t="s">
-        <v>893</v>
+        <v>2517</v>
       </c>
       <c r="E575" s="5" t="s">
-        <v>3283</v>
-[...2 lines deleted...]
-        <v>3544</v>
+        <v>36</v>
+      </c>
+      <c r="F575" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G575" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H575" s="5" t="s">
-        <v>3545</v>
+        <v>3547</v>
       </c>
       <c r="I575" s="5" t="s">
-        <v>3546</v>
+        <v>3548</v>
       </c>
       <c r="J575" s="5" t="s">
-        <v>3547</v>
+        <v>3053</v>
       </c>
       <c r="K575" s="5" t="s">
-        <v>3548</v>
+        <v>3549</v>
       </c>
       <c r="L575" s="6" t="s">
-        <v>3549</v>
+        <v>3550</v>
       </c>
       <c r="M575" s="5" t="s">
-        <v>3550</v>
+        <v>3551</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="5" t="s">
-        <v>3551</v>
+        <v>3552</v>
       </c>
       <c r="B576" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C576" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D576" s="5" t="s">
-        <v>893</v>
+        <v>3421</v>
       </c>
       <c r="E576" s="5" t="s">
-        <v>3217</v>
+        <v>36</v>
       </c>
       <c r="F576" s="5" t="s">
-        <v>3544</v>
+        <v>3553</v>
       </c>
       <c r="G576" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H576" s="5" t="s">
-        <v>3552</v>
+        <v>3554</v>
       </c>
       <c r="I576" s="5" t="s">
-        <v>3553</v>
+        <v>3555</v>
       </c>
       <c r="J576" s="5" t="s">
-        <v>3554</v>
+        <v>3118</v>
       </c>
       <c r="K576" s="5" t="s">
-        <v>3555</v>
+        <v>3556</v>
       </c>
       <c r="L576" s="6" t="s">
-        <v>3556</v>
+        <v>3557</v>
       </c>
       <c r="M576" s="5" t="s">
-        <v>3557</v>
+        <v>3558</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="5" t="s">
-        <v>3558</v>
+        <v>3559</v>
       </c>
       <c r="B577" s="5" t="s">
-        <v>14</v>
+        <v>1490</v>
       </c>
       <c r="C577" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D577" s="5" t="s">
-        <v>2303</v>
+        <v>3421</v>
       </c>
       <c r="E577" s="5" t="s">
         <v>36</v>
       </c>
       <c r="F577" s="5" t="s">
-        <v>3559</v>
+        <v>3553</v>
       </c>
       <c r="G577" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H577" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H577" s="5" t="s">
+        <v>3560</v>
       </c>
       <c r="I577" s="5" t="s">
-        <v>3560</v>
+        <v>3561</v>
       </c>
       <c r="J577" s="5" t="s">
-        <v>3561</v>
+        <v>3118</v>
       </c>
       <c r="K577" s="5" t="s">
         <v>3562</v>
       </c>
       <c r="L577" s="6" t="s">
         <v>3563</v>
       </c>
       <c r="M577" s="5" t="s">
         <v>3564</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="5" t="s">
         <v>3565</v>
       </c>
       <c r="B578" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C578" s="5" t="s">
-        <v>134</v>
+        <v>35</v>
       </c>
       <c r="D578" s="5" t="s">
-        <v>893</v>
+        <v>3566</v>
       </c>
       <c r="E578" s="5" t="s">
-        <v>3266</v>
-[...2 lines deleted...]
-        <v>3317</v>
+        <v>36</v>
+      </c>
+      <c r="F578" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G578" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H578" s="5" t="s">
-        <v>3566</v>
+        <v>3567</v>
       </c>
       <c r="I578" s="5" t="s">
-        <v>3567</v>
+        <v>3568</v>
       </c>
       <c r="J578" s="5" t="s">
-        <v>3568</v>
+        <v>3569</v>
       </c>
       <c r="K578" s="5" t="s">
-        <v>3569</v>
+        <v>3570</v>
       </c>
       <c r="L578" s="6" t="s">
-        <v>3570</v>
+        <v>3571</v>
       </c>
       <c r="M578" s="5" t="s">
-        <v>3571</v>
+        <v>3572</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="5" t="s">
-        <v>3572</v>
+        <v>3573</v>
       </c>
       <c r="B579" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C579" s="5" t="s">
         <v>134</v>
       </c>
       <c r="D579" s="5" t="s">
         <v>893</v>
       </c>
       <c r="E579" s="5" t="s">
-        <v>3217</v>
+        <v>3254</v>
       </c>
       <c r="F579" s="5" t="s">
-        <v>3317</v>
+        <v>3519</v>
       </c>
       <c r="G579" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H579" s="5" t="s">
-        <v>3573</v>
+        <v>3574</v>
       </c>
       <c r="I579" s="5" t="s">
-        <v>3574</v>
+        <v>3575</v>
       </c>
       <c r="J579" s="5" t="s">
-        <v>3575</v>
+        <v>3576</v>
       </c>
       <c r="K579" s="5" t="s">
-        <v>3576</v>
+        <v>3577</v>
       </c>
       <c r="L579" s="6" t="s">
-        <v>3577</v>
+        <v>3578</v>
       </c>
       <c r="M579" s="5" t="s">
-        <v>3578</v>
+        <v>3579</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="5" t="s">
-        <v>3579</v>
+        <v>3580</v>
       </c>
       <c r="B580" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C580" s="5" t="s">
-        <v>3580</v>
+        <v>134</v>
       </c>
       <c r="D580" s="5" t="s">
-        <v>2049</v>
+        <v>893</v>
       </c>
       <c r="E580" s="5" t="s">
-        <v>1187</v>
-[...4 lines deleted...]
-        </is>
+        <v>3320</v>
+      </c>
+      <c r="F580" s="5" t="s">
+        <v>3581</v>
       </c>
       <c r="G580" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H580" s="5" t="s">
+        <v>3582</v>
+      </c>
+      <c r="I580" s="5" t="s">
+        <v>3583</v>
+      </c>
+      <c r="J580" s="5" t="s">
+        <v>3584</v>
+      </c>
+      <c r="K580" s="5" t="s">
+        <v>3585</v>
+      </c>
+      <c r="L580" s="6" t="s">
+        <v>3586</v>
+      </c>
+      <c r="M580" s="5" t="s">
+        <v>3587</v>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="5" t="s">
+        <v>3588</v>
+      </c>
+      <c r="B581" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C581" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D581" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E581" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F581" s="5" t="s">
         <v>3581</v>
       </c>
-      <c r="I580" s="5" t="s">
-[...12 lines deleted...]
-        <v>3586</v>
+      <c r="G581" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H581" s="5" t="s">
+        <v>3589</v>
+      </c>
+      <c r="I581" s="5" t="s">
+        <v>3590</v>
+      </c>
+      <c r="J581" s="5" t="s">
+        <v>3591</v>
+      </c>
+      <c r="K581" s="5" t="s">
+        <v>3592</v>
+      </c>
+      <c r="L581" s="6" t="s">
+        <v>3593</v>
+      </c>
+      <c r="M581" s="5" t="s">
+        <v>3594</v>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="5" t="s">
+        <v>3595</v>
+      </c>
+      <c r="B582" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C582" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D582" s="5" t="s">
+        <v>2332</v>
+      </c>
+      <c r="E582" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F582" s="5" t="s">
+        <v>3596</v>
+      </c>
+      <c r="G582" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H582" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I582" s="5" t="s">
+        <v>3597</v>
+      </c>
+      <c r="J582" s="5" t="s">
+        <v>3598</v>
+      </c>
+      <c r="K582" s="5" t="s">
+        <v>3599</v>
+      </c>
+      <c r="L582" s="6" t="s">
+        <v>3600</v>
+      </c>
+      <c r="M582" s="5" t="s">
+        <v>3601</v>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="5" t="s">
+        <v>3602</v>
+      </c>
+      <c r="B583" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C583" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D583" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E583" s="5" t="s">
+        <v>3303</v>
+      </c>
+      <c r="F583" s="5" t="s">
+        <v>3354</v>
+      </c>
+      <c r="G583" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H583" s="5" t="s">
+        <v>3603</v>
+      </c>
+      <c r="I583" s="5" t="s">
+        <v>3604</v>
+      </c>
+      <c r="J583" s="5" t="s">
+        <v>3605</v>
+      </c>
+      <c r="K583" s="5" t="s">
+        <v>3606</v>
+      </c>
+      <c r="L583" s="6" t="s">
+        <v>3607</v>
+      </c>
+      <c r="M583" s="5" t="s">
+        <v>3608</v>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="5" t="s">
+        <v>3609</v>
+      </c>
+      <c r="B584" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C584" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D584" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="E584" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="F584" s="5" t="s">
+        <v>3354</v>
+      </c>
+      <c r="G584" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H584" s="5" t="s">
+        <v>3610</v>
+      </c>
+      <c r="I584" s="5" t="s">
+        <v>3611</v>
+      </c>
+      <c r="J584" s="5" t="s">
+        <v>3612</v>
+      </c>
+      <c r="K584" s="5" t="s">
+        <v>3613</v>
+      </c>
+      <c r="L584" s="6" t="s">
+        <v>3614</v>
+      </c>
+      <c r="M584" s="5" t="s">
+        <v>3615</v>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="5" t="s">
+        <v>3616</v>
+      </c>
+      <c r="B585" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C585" s="5" t="s">
+        <v>3617</v>
+      </c>
+      <c r="D585" s="5" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E585" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F585" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G585" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H585" s="5" t="s">
+        <v>3618</v>
+      </c>
+      <c r="I585" s="5" t="s">
+        <v>3619</v>
+      </c>
+      <c r="J585" s="5" t="s">
+        <v>3620</v>
+      </c>
+      <c r="K585" s="5" t="s">
+        <v>3621</v>
+      </c>
+      <c r="L585" s="6" t="s">
+        <v>3622</v>
+      </c>
+      <c r="M585" s="5" t="s">
+        <v>3623</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -48236,44 +48684,49 @@
     <hyperlink ref="M556" r:id="rId561"/>
     <hyperlink ref="M557" r:id="rId562"/>
     <hyperlink ref="M558" r:id="rId563"/>
     <hyperlink ref="M559" r:id="rId564"/>
     <hyperlink ref="M560" r:id="rId565"/>
     <hyperlink ref="M561" r:id="rId566"/>
     <hyperlink ref="M562" r:id="rId567"/>
     <hyperlink ref="M563" r:id="rId568"/>
     <hyperlink ref="M564" r:id="rId569"/>
     <hyperlink ref="M565" r:id="rId570"/>
     <hyperlink ref="M566" r:id="rId571"/>
     <hyperlink ref="M567" r:id="rId572"/>
     <hyperlink ref="M568" r:id="rId573"/>
     <hyperlink ref="M569" r:id="rId574"/>
     <hyperlink ref="M570" r:id="rId575"/>
     <hyperlink ref="M571" r:id="rId576"/>
     <hyperlink ref="M572" r:id="rId577"/>
     <hyperlink ref="M573" r:id="rId578"/>
     <hyperlink ref="M574" r:id="rId579"/>
     <hyperlink ref="M575" r:id="rId580"/>
     <hyperlink ref="M576" r:id="rId581"/>
     <hyperlink ref="M577" r:id="rId582"/>
     <hyperlink ref="M578" r:id="rId583"/>
     <hyperlink ref="M579" r:id="rId584"/>
     <hyperlink ref="M580" r:id="rId585"/>
+    <hyperlink ref="M581" r:id="rId586"/>
+    <hyperlink ref="M582" r:id="rId587"/>
+    <hyperlink ref="M583" r:id="rId588"/>
+    <hyperlink ref="M584" r:id="rId589"/>
+    <hyperlink ref="M585" r:id="rId590"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>