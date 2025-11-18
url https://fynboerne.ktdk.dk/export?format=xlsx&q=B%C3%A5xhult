--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -3,197 +3,95 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1723" uniqueCount="1063" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1738" uniqueCount="1075" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1890-08-03</t>
+    <t>1897-08-20</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...100 lines deleted...]
-    <t>1897-08-20</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Båxhult</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Ane -
 Johanne Giersing
 Johannes Larsen
 Jørgen Schou
 Karl Schou
 Marie Schou
 Anna Syberg
 Fritz Syberg
 Hans  Syberg
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
@@ -225,502 +123,622 @@
 Jeppe Andreas Larsen
 Johannes Larsen
 Vilhelm Larsen
 Karl Schou
 Marie Schou
 Anna Syberg
 Hempel Syberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2130</t>
   </si>
   <si>
     <t>Alhed skal desværre snart hjem fra Båxhult. Karl Schou er ved at male et billede med Alhed, Hønset og Marie Schou. Det går ikke så godt med Johannes Larsens billede, han mangler solskin.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Du1z</t>
   </si>
   <si>
     <t>30 - 8 – 1897
 Kære Mor!
 Nu lakker det nok stærkt hen mod Hjemrejsen, og jeg kan jo ikke sige, at jeg glæder mig ret meget til at forlade dette herlige Sted, det undrer Du Dig vist ikke over; jeg kan ikke tænke paa at tage nogle Dage herfra og lægge til København, og jeg kan for Resten heller ikke ret godt, da jeg bliver malet paa et Billede sammen med Marie og Hønset af Schou, det ser for Resten nydeligt ud, men vi maa hænge svært i for at faa det færdigt. Jeg ville meget gærne have et lille Par Ord fra Dig snarest for at faa at vide om jeg i Nødstilfælde maatte komme Tirsdag i Stedet for Mandag. Jeg kan nemlig ikke rejse hjem paa én Dag og det er jo lidt kedeligt at rejse paa en Søndag. Men navnlig er det for Billedets Skyld, og saa fordi jeg da har lidt mere Haab om at faa Las med. Dette er nu for Resten meget usikkert, da hans Far, [overstreget: ikke] som han gerne skulde være sammen med her nogle Dage ikke er kommen endnu, og vi vide ikke, hvornaar han kommer; men hvis der er det allermindste i Vejen, med en paabegyndt Vadsk eller deslige, saa maa Du endelig skrive det, jeg synes, det er saa umaadelig liberalt, at jeg har faaet Lov at blive saa længe borte. Jeg haaber, I ville finde at jeg er bleven forfærdelig fed, her kunne de da alle se det. – Klax og Agraren kom i Tirsdags, men Klax rejser allerede i Dag igen. I Gaar var vi en Tur til Jellundsøen, en Familieskovtur, som vi kaldte det; det er ellers sjellent at vi ere samlede undtagen til Maaltiderne. Det var en dejlig Tur, [overstreget: at] vi slap for Regn, skønt det truede svært. Med Las’ Billede gaar det kun smaat i disse Dage, da Vejret ikke er godt, han skal have Solskin; det tegner ellers til at blive et smukt Billede. – Vil Du hilse mange Gange paa Gelskov, jeg haaber, at Onkel Syberg er bleven rask igen.
 Dette Brev bliver ikke saa langt, da vi jo nu ses inden ret længe. Tyttebærrene skal jeg nok skaffe. Nu kun 1000 kærlige Hilsner til Eder alle! – Din Alhed
 Jeg [overstreget: haar] har forlagt Dit Brev haaber ikke Du har spurgt om noget.</t>
   </si>
   <si>
-    <t>1897-09-07</t>
-[...238 lines deleted...]
-  <si>
     <t>1898-09-08</t>
   </si>
   <si>
     <t>Landeryd, Småland, Sverige</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Thomas Bredsdorff
 Alfred Dreyfuss
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Dette er første brev, der kendes til, fra Alhed Larsen efter brylluppet med Johannes Larsen. 
 Larsen-familien ejede to skovgårde i Sverige, Båxhult og Höljeryd.</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
     <t>Johannes, Alhed og Ludvig Brandstrup er på Båxhult. De går på jagt. Johannes Larsen maler flittigt, da vejret er fint. Bredsdorff vil gerne købe to akvareller.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ogv2</t>
   </si>
   <si>
     <t>8ende Sept
 Kære Moder!
 Lud og jeg sidde og venter paa Las, der er ude at male, og Middagsmaden (st. Urhøne og Brødkage) staar og venter ude i Køkkenet jeg vil forkorte Ventetiden ved at begynde paa et Brev til Dig. – Jeg haaber, at Du har hørt fra Christine (vel nærmest mundtlig) lidt om os heroppe og Grunden til vores lange Tavshed. Vi ejede i mange Dage ikke en Øre og kun 2 Frimærker, som vi ikke turde give fra os, da vi jo mulig kunde faa Breve, der skulde besvares strax. Der kom jo ogsaa Bertas og det andet Frimærke blev anvendt til Dig. – Tak for dit sidste Brev, jeg faar vist snart et til, Du vilde skrive naar Du kom hjem, skrev Dis. – Du kan tro det var yndig at have Christine her, jeg savner hende meget. Lut kom i Forgaars Aftes. Berta turde jo desværre ikke for den dårlige Vejs Skyld, det havde ellers været forfærdelig morsomt at have hende her ogsaa. Lut skød to Urhøns i Gaar han gaar rigtig og nyder Livet i det henrivende Vejr. Las maler flittig hver Dag, hans Billede gaar udmærket fremad. Hvis bare Vejret vil holde sig, saa kan han maaske faa det færdigt. – (Efter Middag) Las kom hjem med et Brev fra Elle, skreven d. 4de og i Dag er det den 8ende, det var da nogenlunde expedit. Ellers er det jo en skandaløs Postgang i Aar. Vi har faaet et Brev fra Kerteminde, der var afsendt Fredag Aften og vi havde det først Torsdag Aften, ligesaa længe havde Bertas været undervejs. Tilføjet: Om Aftenen. Denne Parentes er jeg sat til at skrive af Lud og Las, der begge sidde her og skrive og have begyndt hver sit Brev med ovenstaaende. – Vi have et henrivende Vejr i disse Dage komplet Sommer, men i Aften er det desværre som om der er Forandring i det. – Lud har en Riffel med, en lille elegant Bøsse, som han har givet mig Lov at skyde med. I Aften have vi alle 3 været paa [overstreget: J] Andetræk nede ved en Sø, men vi saa desværre ingen Ænder. – I Dag have vi faaet en Pakke Politiken fra Kerteminde, det er meget morsomt at se Aviser igen, naar lige at læse om Dreyfussagen. I maa endelig skrive, saa snart I faa noget at vide om Elles Bryllup. – Hvordan gik Johannes Jyllandsrejse? – Jeg skal hen at skrive et Par Ord til Elle til Svar paa hende Brev, eller jeg kan i Grunden ligesaa godt skrive det her. – Hvis Bredsdorff vil have 2 Akvareller saa findes der 2 [udstreget: da] saadanne i den fri Udstillingslokale, Cinerarie” [tilføjet over linjen: Blomst] og ”Gravgæs” 100 Kr. pr Stk, men han maa selv se at faa fat i den [tilføjet: hvis han gider], da Las jo er heroppe. Mange Hilsner til Alle fra Las og Eders Alhed
 Lud hilser</t>
   </si>
   <si>
-    <t>1899-08-30</t>
-[...57 lines deleted...]
-    <t>Louise Brønsted</t>
+    <t>1899-09-08</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...69 lines deleted...]
-    <t>1899-09-08</t>
   </si>
   <si>
     <t>Erikshaab pr. Højrup</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Louise Brønsted
 - Jensen, Erikshaab
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
 Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
   </si>
   <si>
     <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
 Hvis der er mange ribs på Erikshaab, kan man lave grød. 
 Hunden Tjalfe sover i Laura Warbergs værelse. 
 Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6mrV</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Erikshaab
 pr. Højrup
 Fyen
 Danmark
 [Håndskrevet med anden skrift på kuvertens forside:]
 Bedste (Laura) pt Båxhult.
 13-3-03
 [Håndskrevet i brevet:]
 Båxhult d. 8de. Aften
 Kære lille Putte!
 Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
 [Skrevet lodret i kanten på brevets sidste side:]
 Mange Hilsener fra Alhed, Las og Mor 
 [Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1902-03-13</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Johan Elmqvist
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Besøget på Båxhult skal muligvis ses, som en del af afviklingen af familien Larsens ejendomme/forretninger p.gr.a. økonomiske problemer.</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre er i Sverige. Skoven til naboejendommen Strømhult er blevet solgt. Man venter syn på fredag. Der er mangel på penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yWfG</t>
+  </si>
+  <si>
+    <t>1902-03-13
+Boxhult
+Kjære Christine!
+Godt kom vi herop og raske er vi trods den knagende Kulde det frøs 12 Grader den første Nat lidt Sne faldt der, men først igaar kom Snefaldet til Slædeføre vi skal til Strømhult i Eftermiddag i Kane for jeg vil ikke gaa og blive vaad om Fødderne, Dugen er paa Bordet hver Dag [sømmet] er den lille Dine jeg var i Baden den første Dag hvor jeg kjøbte Traad Fingerbøl Fejeskuffe og et Par nydelige Trætøfler med rød Kant saa jeg gaar med varme Fødder hver dag. Nu er jeg kommen tilbage fra Strømhult der var Glæde de havde solgt Skoven og faaet 10,000 Kroner meget mere end den er værd men Manden var selv Byder saa de havde kun at sige Tak. Børnene ere raske og Glæde er der ved Tanken om Besøget til Sommer af alle Børnene, der væves ny Sommergardiner til Matsalen, der er nydeligt oppe paa Gjæsteværelserne og over det hele hun er bestemt en dygtig lille Frue din Marie.
+Saa paa Fredag skal Synet være blot der nu maa blive Enighed og Afstaaelse jeg ønsker saa meget og beder dog vor Herre hjælpe os at vi kan blive fri for den Sag ved Rettergang vi har sammenhuset Udgifter nok endda.
+Inspektøren kom nu ned for at prate med Faer saa tager han Brevene med sig og sender dem med første Lejlighed.
+Du kan tro her er smukt nu med Sneen og den rene blaa Luft Solskin og Fuglene sad her i Træerne Musvitter Guulspurv og Skaden vil vist bygge her den fløj med Pinden i Næbet.
+Vi befinder os saa vel begge to god Appetit og god Søvn; jeg var saa heldig lille Dine at lave en Suppe af Skinkesuppe som Du lavede da Du var her for den hørte vi ofte om da Faer kom hjem
+Det var morsomt at høre ham prate med Inspektøren om Saag og Møllen havde vi dog nogle Penge saa han kunde faa virket og tjent noget igjen jeg lægger nu den Sag i vor Herres Haand han maa føre os vel frem igjennem al det
+Kunde jeg dog nu faa Tid til at se noget naar jeg kommer tilbage til Kjøbenhavn og faa talt lidt med Dig der er saa meget man ikke vil sige uden vi er ene jeg gad vide om Alhed og Johannes saa kommer afsted til Byen faar du noget at høre saa lad mig det vide – vi sidder og ønsker at være til stede allevegne men naar saa lidt. Gud velsigne og bevare Eder allesammen lille Børn det beder jeg tidlig og sildig.
+Thor blev sluppen løs for at hilse paa os han havde nær ødelagt mig han fulgte os herhjem og ligger her i Stuen nu bliver han her vel til vi rejser. Nu lev vel lille Dine hils Demant og Eckardts.
+Din Moder</t>
+  </si>
+  <si>
+    <t>1905-11-14</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Aron -
+Halfred -
+Sophie Eckardt
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Lisa Nisbeth
+Christine Swane</t>
+  </si>
+  <si>
+    <t>VL bliver trakteret med forskellige retter, som hører til svensk husmandskost:
+Duppe er en opbagt hvid sovs. (Opskrift er fundet på ømf.dk)
+Palt er, i det sydlige Sverige, en ret der består af bagt blod og groft mel. Oppe nordpå er det en ret med kartofler. (wikipedia)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv
+Christine Swanes brevarkiv, kasse 1, kuvert 1, 2002/61, A8, lb 11</t>
+  </si>
+  <si>
+    <t>I A Larsen og hustru Vilhelmine Larsen var på Båxhult i Sverige for bl.a. at sælge gammelt jern. 
+Der holdtes fødselsdagsfejring af VLs afdøde søster Sophie Eckardt. Man sørgede over tabet af VLs niece Marie Kjellmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6gU</t>
+  </si>
+  <si>
+    <t>Boschult den 14/ 11 morgen
+Kjære Marie!
+Her har ingen Kjøren været, nu kommer Aron i dag, han tager Brevet med, det trækker ud med Savningen, og Ville i Dane kommer først i Morgen med Besked, om han kan kjøbe det gamle Jern, om ikke de kommer tilrette om Prisen, nej for Faer maa dog ned til Landeryd og forsøger anden Kjøber, saa er det vor Mening at rejse herfra Onsdag. I skal nok høre fra os fra Kjøbenhavn, medens jeg husker det lille Marie sørg for at faa varmet godt op i Sovekammeret og Sengene dampede godt ud, for nu er vi jo vænnede til al den Varme herovre, Brasen i Kaminen baade lyser og varmer,- vi fik brændt Bønner tilmorgen og drukket en udmærket kop Kaffe, og vi har saameget god Mad, at I ikke skal ynkes over os hverken for det ene eller andet, og saa er vi saa raske at det er en Lyst, Faer gaar de lange Veje og mærker aldeles ingen Træthed i Benet nu i de sidste Dage. Tak for dine 2 sidste Breve, de kom ganske rigtig om Tirsdagen, saa du kan se Faer har Ret. Oh saa er jeg saa glad, naar vi hører fra Eder, og hører Alt er vel, jeg fik samtidig Brev fra Uglen, lad hende høre om dette; naar vi kommer for jeg naaer ikke at skrive andet end dit, hils dem Alle, og du med de søde smaa Drenge har de gjort Rejsen til Kjærbyhus, og Kalvene, det var herligt at det gik godt og Besætningen er rask, det kan jeg lide at høre, at du giver Kalvene om Middagen, saa er der Forslag i Arbejdstiden for Agraren, Gud velsigne det ganske Hus medens vi er borte.
+Igaar det var den 16. kom Aron og Halfred og hentede mig de vilde havt Faer med, men det stod ikke til at faa ham fra Huset, det var jo Moster Sofies Fødselsdag og der var sat Blomster ved hendes Portræt, de havde faaet et Billede af Marie forstørret, det hængte over Sofaen
+Augusta var dog oppe; men sad paa sit Rum. Lisa havde travlt med at gjøre det saa godt for mig, Kaffe og Duppe da jeg kom Smørgaas før [ ulæseligt ord ] Kød Potatis Grynsuppe; Pelter ovenpaa Kaffe med Duppe inden jeg rejste ja det var saa godt for mig at see hvor glade de bleve ved mit Besøg, og saa alle de dejlige Blomster der stod en Nillike fra en Stikling af hendes Gravkrandse den havde paa Maries Fødselsdag 15 Blomster, og nu igaar stod den med 2, samme Farve som vores den lyse. Alle Børn var friske, Bernhardt havde i Sommer hjulpet saa godt med Sletten, saa Aron havde skjænket ham en Harmonika, den spillede de paa for mig, alle, om det saa var lille Syssan, saa sad hun paa Papas Knæ og spillede en frisk March det var en meget fornøjelig Besøg for mig Trods al den Vemod det rummer ved savnet af Marie. Jeg skal hilse fra alle Johannes kunde gjerne glæde os med et Par Ord fortæl naar vi kommer maaske vi dog saa dem paa Banegaarden om de dog maa sælge noget, ja ja hvor jeg beder og noget gaar der jo nok, saa meget skal der til, kommer de hjem snart eller bliver Johannes der længere. Nej nu maa jeg holde op for begynder jeg først at spørge saa løber det hele rundt for mig. Hilsen og Kys til alle 3. Moer</t>
+  </si>
+  <si>
+    <t>1916-06-10</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Halmstad, Sverige
+Landeryd, Sverige
+Holmsjö, Sverige</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+- Foss
+Andreas Larsen
+Johan Larsen
+- Skyds</t>
+  </si>
+  <si>
+    <t>Båxhult er en skovgård ejet af Larsen-familien. 
+Tjäderhønen er på dansk en tjur (hun).
+Holmsøen på dansk, Holmsjö er det svenske stednavn.
+Det er ikke muligt at læse navnet på den person sluttende på quist, som telefonerede til Halmstad.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes opholder sig på gården Båxhult i Sverige sammen med bl.a. Ludvig Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PGBi</t>
+  </si>
+  <si>
+    <t>Båxhult 10 Juni 1916.
+Kæreste Alhed!
+Det viser sig at der går Bud, og saa skriver jeg et Par Ord. Jeg kom herop med Skyds fra Landeryd i nogenlunde Tørvejr og en nogenlunde rask Hest. Fik tørre Strømper og mit gamle Tøj paa, spiste et Par Stykker Mad og gik med Lud paa Sneppetræk ved Syvbo, hvor vi saa 4-5 Stk, men fik ingen. I Dag har vi været en dejlig Tur Holmsøen rundt og Smørrebrød med. Paa Hjemvejen mødte vi en Tjäderhøne med nyfødte Kyllinger. Jeg tog en af dem i Haanden , mens Hønen sad ganske rolig i faa Meters Afstand. Det er Tørvejr i Dag. Den nye Foss og de 2 Smaapiger er meget søde. Jeg skal hilse mange Gange fra Lud. Der var ingen Øl paa Landeryd, men Ahnquist telefonerede til Halmstad og i Dag har jeg sendt Smeden ned efter det. Hvis Puf vilde give Svanen rent Vand til jeg kommer hjem bliver jeg glad. Lud og Pigebørnene rejser her fra Tirsdag og saa følger jeg vel med. Her ser storartede ud med undtagelse af Birk og Bøgen, dem er Løvet frosset af saa de ser ud som om Efteraaret. Mange kærlige Hilsner til jer alle tre.
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1926-08-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Wedellsborg
+Odense
+København
+Landeryd, Sweden
+Halmstad, Sweden</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Esben Hansen
+- Hecht-Petersen
+- Højlund
+Vagn Jacobsen
+Xenia Jacobsen
+Rigmor Klein
+Jørgen Hermann Kruuse
+Alhed Larsen
+Johan Larsen
+Johanne Christine Larsen
+Marie Larsen
+Johannes Madsen
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 16. august 1926 til Alhed, at han og Brygger Jacobsen rejste til Larsens skovgård, Båxhult, i Småland. Xenia Jacobsen blev hjemme, da hun havde det dårligt, men hun rejste nogle dage senere op for at følges med manden hjem. I samme brev fortalte Johannes Larsen, at han med Bryggeren byttede et billede for en hund ved navn Foch.
+Klingen var et tidsskrift omhandlende billedkunst og litteratur. Det blev udgivet på initiativ af blandt andre Axel Salto og Poul Uttenreitter. Johannes Larsen bidrog flere gange med illustrationer til bladet. 
+Det kan ikke afgøres, hvilken Thomsen det er, Alhed skriver om. Larsen-familien kendte flere af det navn. Frk. J. må være pige i huset hos familien.</t>
+  </si>
+  <si>
+    <t>Brev 1: Der er blevet fint på Båxhult. Det er ikke jagtvejr, men hunden Foch er god. Bryggeren og hans kone rejser i dag.
+Frk. Klein kan tage de billeder, som hun vil, til udstillingen. Madsen må sætte to af dem i ramme. Johannes larsen skriver priser. Andreas må finde litografisk kridt og pap og få det sendt til Sverige, for Larsen skal lave illustrationer til Klingen, og han kommer ikke hjem lige nu.
+Brev 2: Marie Larsen (Mareje/Ia) og Carl Andresen (Patronen) kommer, og Alhed glæder sig til at vise dem det nyistandsatte hus. Hun vil gerne have pasteller med på udstillingen, og hun skriver priser, som Andreas dog gerne må formindske. Fasanbilledet er dét fra Wedellsborg. 
+Alhed har det godt, tager ikke medicin og er ikke generet af hjertet. Mon Andreas kommer til Båxhult?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZj3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr. Gartner Andreas Larsen
+Kerteminde
+Danmark
+Express
+[På kuvertens bagside:]
+Forsøgt Afleveret Kl 720 Høj
+[Brev:]
+Båxhult 27 Aug 1926.
+Kære Puf.
+Tak for Dit Brev. Jeg kan ikke se hvornaar Du har skrevet det da det er udateret, men det kan forhaabentlig passe, at Du har talt med Esben umiddelbart før han har faaet den Check paa 1000 Kr som jeg sendte ham Dagen før jeg rejste fra Kjøbenhavn. Det var flinkt af Højlund at han saa hurtigt fik Svanerne anbragt. Her er bleven vældigt fint over det Hele. Desværre har vi haft daarligt Jagevejr men vi har da faaet nok at spise og Foch gaar fint. Bryggeren rejser i Dag, jeg tror nok de har nydt at være her. Lysse hentede Bryggeren og mig i Halmstad den 20. altsaa Fredag og om Tirsdagen kom Fru Jakobsen og blev hentet i Landeryd. I Dag er Vejret fint. Med hensyn til Billederne til Odense er det jo ikke nemt at give Besked herfra. Jeg aner jo ikke hvad Frk Klein mener med mange. Men lad hende tage saa mange hun vil, dog ikke af dem der hænger paa Væggene. Dersom Du kunde faa Madsen til at sætte Fasanen og Havebilledet, de staar vist rullet sammen i Roderummet fra Hechts Tourne i ramme, hvis det kan naas kan de jo gaa med lige saa et af Vandbillederne fra Bugten. Paa de Billeder fra i Foraaret er Priserne efter Størrelse 3500 Gæssene, 1500 for Brushønsene og ligesaa det med Kobbersnepper Præstekraver og Ryler. 1200 for de næste, saa 800 og 500 og for de mindste Urhanernes Størrelse 400 for ældre Billeder ligesaa efter størrelse. Kan Du sende mig en lille Papæske der staar uaabnet og indeholder lithografisk Tusch og Kridt sendt af Uttenreiter, muligvis ogsaa hans Brev, paa Bordet i Værkstedet, samt i en Paprulle noget af det Papir (ca 10 Ark) jeg laver Tavler paa, paa Bordet mellem Sofaen og Vaskerummet, det kan Du lade Madsen gøre. Jeg skal nemlig lave 4 Lithografier til Klingen, havde tænkt det kunde naas naar jeg kom hjem, men Din Moder har det saa godt her oppe og vil gerne blive her noget længere. Vi har faaet et fint Flag, som vi flagede med da Fru J. kom. Og det skal op naar Patronen og Marie kommer. 
+Mange kærlige Hilsner Din Far.
+Kære søde Gamle!
+Vi har det dejligt. Du kan ikke tænke Dig, hvor Bryggerens har været søde at have, nu rejser de desværre i Dag, men saa har vi jo Mareje og Patronen til gode, jeg glæder mig meget til at vise Ia Båxhult i ny forskønnet Skikkelse. Jeg vil gærne have nogle Pasteller med paa den Udstilling: den store med [ulæseligt]æbletræet og Gaarden (400 Kr.) det blomstrende Æbletræ med de to Svaner (300) Kallaerne (300) Tøj til Tørring (200) og Drudes [ordet ”Drudes” overstreget] den store Blomsterbuket, der hænger hos Drude – 3-400) men Du maa godt forandre i Priserne, hvis i synes, de er for høje og ogsaa skyde ud, hvis der er for mange. –
+Jeg har det ganske udmærket, har Medicin med, men ikke rørt den, da jeg ikke har haft en Fornemmelse i Hjærtet heroppe. Jeg taaler som sædvanlig glimrende at gaa heroppe, og vi gaar enten Vejret er saadan eller saadan. Mon Du dog ikke nok kører herop og ser til os? Har Du faaet mine Kort? Skriver Du ikke lidt til mig en Dag. Fasanen Din Far skriver om er det store med Hanfasanen fra Wedellsborg, det var rart om det kom med, Kruuse har været varm paa det, jeg tror det maa have forputtet sig i Roderummet (Fuglestuen) eller det brandfri. Nu skal tante Junge have et Par Ord til Fødselsdagen. – 1000 Hilsner Din Mor.
+Lysse har skudt 9 Ænder. De har skudt 10 Tjurer og Urhøns, Ly de fleste.
+Fredag
+Jeg beder Esben sende Penge til Thomsen og 100 Kr. til Løn til Frk. J. og 50 til diverse Husholdn de sendes til Dig.</t>
+  </si>
+  <si>
+    <t>1926-09-10</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Landeryd, Småland
+Ottawa
+Sjöbo, Sweden</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Gården Båxhult nær Landeryd i Småland ejedes af Johannes Larsen og er stadig i familiens eje (2018).
+Det vides ikke, hvilken udstilling i Ottawa, der er tale om. Muligvis blev den ikke realiseret. 
+Gifvato må være en lokalitet nær Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
+Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Civm</t>
+  </si>
+  <si>
+    <t>Båxhult 10 Septbr. 1926.
+Kære Lysse!
+Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
+D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
+Siden Du rejste har jeg kun skudt en Hare.
+Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
+Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1926-09-20</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Viggo Jastrau
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult er navnet på Larsen-familiens skovgård ved Långaryd i Sverige</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholder sig på familiens gård Båxhult i Sverige og sender herfra en besked til Achton Friis fra Jastrau i Kunstforeningen på Gammel Strand, at dato for aftale passer JL fint, og at AF skal svare Jastrau snarest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PBAI</t>
+  </si>
+  <si>
+    <t>Båxhult - Långaryd. Sverige
+20 Septbr. 1926.
+Kære Achton Friis
+Hermed Besked fra Kunstforeningen. Jeg har skrevet til Jastrau at Tiden passer mig godt, og stillet ham i Udsigt at han snart vil høre fra Dem. Mange Hilsner fra min Kone og mig til Deres Kone, Claus og Dem selv.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-04-29</t>
+  </si>
+  <si>
+    <t>Båxhult, Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>Martha Friis
+Asta Krohn
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult er Larsen-familiens svenske skovgård. 
+Tjäder er det svenske navn for en tjur.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen befinder sig på gården i Båxhult i Sverige. Vejret er ikke godt, og det forhindrer ham i at høre tjurens skogren. Han bakser med nogle vignetters placering i bøgerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mIt6</t>
+  </si>
+  <si>
+    <t>Båxhult 29 April 1927.
+Kære Achton Friis
+Hermed nogle Blade med Vignetter som jeg haaber De kan bruge nogle af. Jeg har haft en Del Mas med at ramme den rigtige Størrelse og er ikke sikker paa om ikke nogle af dem maa sættes lidt ned. Egentlig burde man jo have Korrektur med Pladsen aaben til Vignetterne paa det rigtige Papir saa at man kunne tegne dem direkte sammen med Texten, det bliver for tilfældigt paa denne Maade, men det kan vel ikke være anderledes. Men Resultatet bliver altid at jeg synes mine Vignetter ser temmelig forbandede ud i Bøger. Der er et Par Vipstjerter jeg vakler imellem, den med x mener jeg er den bedste Fugl, men maaske vil den anden virke bedre, det maa De om. Noget lignende har jeg bemærket paa Bladet med Natravnene. Her er et forbandet Vejr fra vi kom herop her det frosset hver Nat, men tillige har det forværret sig hver Dag indtil det i Gaar kulminerede med Snestorm hele Dagen. Ellers Vinden omkring NV og afvexlende Regn, Hagl, Sne og Solskin. Jeg kom herop for at høre Tjæderen skogre, men endnu har jeg ikke opdaget at de bestiller noget, skønt jeg har været ude tidligt et Par Mrgn. Maaske kommer det, men den Tid der er gaaet kommer jo ikke igen, og ingen Ting faar jeg bestilt. 
+Ellers er her hyggeligt og rart. Vi fraadser med Ild i Spisestuen og Kakkelovn. Fru Krohn der har besøgt os en Tid, tager dette med, da jeg mangler Indpakningsmateriale og Adr.Kort. Mange Hilsner til hele Familien fra os begge.
+Deres hengivne
+Johannes Larsen.
+P.S.
+Jeg haaber De ved Hjælp af Underskrifterne kan finde ud af hvad det forestiller.
+JL.
+P.P.S.
+Det aller vigtigste. Tak for [ulæselig] som jeg har læst 2 Gange og glæder mig til at læse 3die Gang naar Hæfterne kommer.
+JL.</t>
+  </si>
+  <si>
+    <t>Albert Repholtz</t>
+  </si>
+  <si>
+    <t>Der eksisterer tre udkast til dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, som blev bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5cBm</t>
+  </si>
+  <si>
+    <t>Kære Hr. Albert Repholtz!
+Det gør mig ondt, at Selskabets Bestyrelse ikke synes om det Træsnit, de har bestilt hos mig. Jeg kan af gode Grunde ikke indlade mig paa at omarbejde en, efter min Mening, saa godt som færdig Ting, for at tilfredsstille et Publikum, hvis Syn og Smag jeg paa ingen Maade deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Deres hengivne Johannes Larsen.
+P.S.
+Med "Publikum" mener jeg naturligvis Bestyrelsen, hvis Syn paa mit Arbejde De saa klart fremstiller i Deres Brev.
+JL</t>
+  </si>
+  <si>
+    <t>Der findes tre udgaver af dette brev.
+Skovgården Båxhult er beliggende i Småland i Sverige.
+Refusere: afvise.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Repholtz, Selskabet for Grafisk Kunst, at han er stærkt utilfreds med, at træsnit, bestilt af selskabet, afvises af bestyrelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qBAQ</t>
+  </si>
+  <si>
+    <t>Båxhult 29 April 1927.
+Kære Hr. Albert Repholtz!
+Det gør mig ondt at Selskabets Bestyrelse ikke synes om det Træsnit, som De har bestilt hos mig og kan af gode Grunde ikke indlade mig paa at omarbejde et, efter min Mening, saa godt som færdigt Arbejde for at tilfredsstille et Publikum, i dette Tilfælde Bestyrelsen, hvis Syn og Smag jeg aabenbart ikke deler, og følgelig mangler enhver Forudsætning for at kunde tilfredsstille.
+Forøvrigt takker jeg Dem for Deres Oprigtighed og gaar ud fra, at De ogsaa ønsker at høre min Hjærtens Mening, og det er uden Omsvøb den, at jeg vil føle mig nederdrægtigt slet behandlet, hvis Selskabet, hvilket synes at fremgaa af Deres Brev, har i Sinde at refusere mit Arbejde og løbe fra sine Forpligtigelser overfor mig.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-05-02</t>
+  </si>
+  <si>
+    <t>Båxhult, Landeryd, Sverige
+Æbelø
+Vorsø, Horsens Fjord
+4945 Femø
+Hjelm
+Nordby, Samsø</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Asta Krohn
+Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt vignetter med Fru Krohn. Har har fået dagbøgerne fra bla Vorsø og spørger, om Achton Friis kan bruge dem.
+Larsen bestræber sig på at holde lav profil i forhold til redaktionen af billedstoffet i bogværket, men har dog i dette brev et ønske om, at man vil medtage en bestemt tegning fra øen Hjelm.
+Efter megen kulde er vejret ved at blive bedre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A8wI</t>
+  </si>
+  <si>
+    <t>Båxhult 2 Maj 1927
+(c. 27)
+Kære Achton Friis.
+Undskyld, men i Øjeblikket er jeg Idiot, jeg kan ikke blive paa Rene med om Bogstaverne i Deres Navn er i rigtig Orden her eller paa Konvolutten, det er altsaa det forkerte jeg beder om Forladelse for. Da jeg havde sendt Vignetterne med Fru Krohn fik jeg fra Puf, Dagbogen fra Vorsø Æbelø Femø o.s.v. Der var kun fire Tegninger; her er de maaske i Tush. Nu kan De jo se om de er brugeligere end de andre. Jeg er ogsaa en Idiot til at skrive Breve. Da jeg sidst skrev glemte jeg et Par Ting, som jeg hele Tiden havde haft til Hensigt at bemærke. Den ene angaaende Samsø: kunde De ikke bruge nogle af de pæneste af alle de Fløje i Nordby, som jeg har tegnet i den Hensigt? Mangler der Plads kan De jo skyde ud af dem jeg sendte, der er vist adskillige som ikke er for kønne til det og Fløjene, tror jeg vil se pæne ud og give Afvexling. Det andet drejer sig om en Tegning jeg lavede paa Hjelm. Den forestiller vist den flade V. Del af Øen, altsaa mod Jylland og der er vist ikke meget paa den, men jeg kan selv godt lide det der er ["det der er" indsat over linjen] og mener at den er gjort i et lykkeligt Øjeblik. Jeg har jo hidtil ikke blandet mig meget i Redaktionen af Billedstoffet. Har jeg vel? Men denne er der altsaa bedt for. Vil De ikke nok se om De kan faa den med? 
+Vejret har nu forbedret sig. I Gaar var det første Gang siden Paaske at det ikke frøs om Natten. I Dag er det vældigt fint, men det har dog frosset saameget i Nat at Jorden var haard og der var Is paa alle Pytter da jeg gik ud i Mrgs.
+Min Kone og jeg hilser Dem alle Tre.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1927-05-17</t>
+  </si>
+  <si>
+    <t>Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholdt sig på gården Båxhult i Sverige.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Johannes Larsens Arkiv, Breve til familien Rasmussen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender Holger Rasmussen et tryk af "svanerne" og skriver om pengesager.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LwLS</t>
+  </si>
+  <si>
+    <t>Båxhult 17 Maj 1927.
+Kære Holger Rasmussen!
+Hermed et Tryk af "Svanerne". Dersom det passer Dem at sende os Pengene herop maa det helst være saa omgaaende som muligt, da vi nu nærmer os Tiden for Vor Hjemrejse. I saa Fald maa det ogsaa helst være i Sedler, da jeg ikke ved hvordan Banken her paa Landet stiller sig til danske Checks. Jeg nægter ikke at Forsendelsen vil være velkommen da vore Kontanter er ved at slippe op. Venlige Hilsener til Dem, Deres Kone og Barn fra os begge.
+Deres hengivne 
+Johannes Larsen [der er et kryds til venstre for navnet]</t>
+  </si>
+  <si>
+    <t>1938-08-14</t>
+  </si>
+  <si>
+    <t>Knud Hendriksen</t>
+  </si>
+  <si>
+    <t>Brevet er scannet fra en fotokopi. 
+Det vides ikke, hvad Knud Hendriksens kone hed.
+Den omtalte stok er til brug for det portræt af Frederik Hendriksen, som Johannes Larsens lavede i træsnit. Larsen bad i et brev 20. januar 1938 Knud Hendriksen trykke et fotografi af Frederik Hendriksen over på stokken.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Det var uheldigt, at Johannes Larsen ikke var hjemme, da Knud Hendriksen kom. Larsen har ikke taget stokken med til Sverige. Han hader at skrive, når han er i gang med en god maleperiode, og når han maler, kan han ikke skære træsnit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G7LF</t>
+  </si>
+  <si>
+    <t>Båxhult 14 Aug 1938.
+Kære Knud Hendriksen!
+Det var uheldig at jeg var borte da De og Deres Kone kom paa Besøg i Kjerteminde, men forhaabentlig kan det gaa bedre en anden Gang. Nej jeg har ikke taget Stokken, som jeg forøvrigt blev meget glad for, med herover. Jeg har en meget daarlig Samvittighed over ikke før at have ladet høre fra mig, men jeg føler naar jeg er i en Arbejdsperiode en næsten uovervindelig Afsky for at skrive, nu ligger her imidlertid 11 andre Breve de maa besvares, saa nu tager jeg Søndagen til at faa det overstaaet. Som nævnt er jeg i Gang med at male, og hvor længe det varer ved jeg ikke, men det ved jeg at saa længe jeg maler kan jeg ikke snitte Træsnit, saa jeg kan ikke nu love noget sikkert, men hvis jeg kan skal jeg nok.
+Med venlig Hilsen og Tak for Stokken.
+Deres hengivne Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-09-06</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig på Larsen-familiens gård Båxhult i Småland sammen med ASlhed og Johannes Larsen og deres lille søn september 1899. 
+Pillespejl: Højt, smalt spejl, der i 1700- og 1800-tallet i et rum anbragtes på vægpiller mellem vinduerne med et konsolbord nedenunder. De optræder som regel parvis og ofte kombineret med et par lysestager eller lampetter. Kilde: Lex.dk.
+Fjællegulv: Bræddegulv.
+Det vides ikke, hvem Fr. B. var. Der var formodentlig tale om en køkkenpige el.lign. på Warberg-familiens gård, Erikshaab. 
+Lauritz Brandstrup døde 6. marts 1900.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0033</t>
+  </si>
+  <si>
+    <t>Laura Warbergs rejse gik fint. Hun beskriver Båxhults indretning. Naturen er storslået. I København traf Laura W Ludvig og Berta Brandstrup, som var meget glade for deres ophold i Sverige. Ludvig havde gået på jagt og også bygget et flueskab. Han vaskede op og gjorde også rent, efter at Berta var rejst. 
+Christine må købe nogle abrikoser. Louise tager brevet med til København, når hun rejser. Astrid bliver bedt om at sende en masse ting og om at lave estragoneddike. 
+Lille Andreas er nem og sød. Johannes Larsen maler på sit billede af Tjalfe i lyngen. 
+Laura Warberg ankom sent til Landeryd og blev hentet i vogn. 
+Bedstefar (Laura Warbergs far) dør nok snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zjJ8</t>
+  </si>
+  <si>
+    <t>Båxhult Onsdag d: 6te
+Kære lille Putte!
+Jeg havde en rigtig dejlig Rejse herop, Vejret var smukt og meget varmt; her er dejligt allevegne og et nydeligt stort Hus, med mange Værelser. Muk og jeg bor sammen; jeg synes her er saa pænt møbleret, i vort Værelse er der en lang gammeldags Sofa med rødtærnet Betræk, et aflangt Bord foran, et stort en [over linjen skrevet ”en”] Slags Køkkenbord til Servante, Kommode, Seng, Stole, hvide lange Gardiner, herlig Udsigt til Skov allevegne. Den fineste Stue er med gammeldags Møbler med rødt Damask Betræk, Sofa Bord, Stole, lille Bord, Pillespejl m.m. Spisestuen med et stort rundt Bord, en vældig Sofa, saa lang som to almindl. et Spillebord, 2 smaa Borde ved Vinduerne, en Slags Buffet med rigelig af al Slags Porcelæn. Køkkenet er stort med Fjælegulv og ved Siden af et lille Rum, hvor Las piller Fugle og hvor alt grovere Roderi findes. Sovekammeret er stort lyst og kønt, 2 store og Gajens lille Seng, Skab, Kommode og et vældigt 4kantet Bord, som hun bruger at klæde ham paa; hvide Gardiner allevegne. Lud og Berta var saa begejstrede for alting heroppe, jeg traf dem i Kbh. Søndag Aften, da var Lud lige kommen herfra. Han havde gaaet meget paa Jagt, vi fik en Tjur til Middag i Gaar, og her ligger en Hare, begge har han skudt. Han var saa nyttig, lavede dem et lille Flueskab, lavede undertiden Morgenkaffe og hjalp at vaske op og skure Køkkengulv. gjorde selv fuldstændig sit Værelse ovenpaa rent, de andre kom der aldrig. Det var efter Berta var rejst. De havde Masser af Fødevarer med herop og 2 Kasser Bajere 30 i hver, fik de fra Halmstad. Nu drikker vi Mælk, den er saa ren og velsmagende. I Gaar var vi ude paa Brandaasen alle fire og med Barnevognen. Der er en storslaaet Natur allevegne, Skov og atter Skov og intet andet at see, ja selvfølgelig Bakker i det uendelige. Muk og jeg plukkede Tyttebær til et Par Gange Grød, her er ikke ret mange. Tænk Dig min Ærgrelse, da jeg saae at de 2 Ds tørre Blommer manglede! Jeg forstaar ikke, hvordan det er gaaet til. Der er hjemme en Pakke til Dig og en hertil. Las siger, det kan udmærket gaae at sende en Pakke hertil, vi kommer kun til at betale nogle Ører i Told paa Stationen her. Men vil Du saa ikke bede Christine om at købe 2 Pund Abrikoser paa Lørdag! Vi haaber sikkert, at dette Brev naaer Eder Fredag. Muk vil tage det med til Kbh. i Morgen og faae det afsted. Hun kommer der Kl. 6, skal gaae til Landeryd i Morgen tidlig Kl. 7½ og have sit Tøj med Lejlighed. Vil Du saa lille Putte! pakke i stærkt graat Papir følgende: Abrikoserne, Blommerne, 2 Daaser af de Fiskeboller, vi har, 1st Del af ”den sidste [ulæseligt ord]”, samt lidt Sennep af den gule i Daasen (Chr. kan jo faae ¼ P i løs Vægt, hvis vi ikke har rigeligt) samt 3 Par graa Sokker af de bedste (Las’s) de maa være i Alheds Kasse eller et andet Sted Christine kan jo spørge i Höljeryd, hvor meget Pakken maa veje og hvad den koster, jeg tænker mig den kan blive paa ca 10 [ulæseligt tegn]. Deres Tænder løber i Vand efter Blommerne, Sokkerne er meget vigtigt, Alhed glemte dem. Spørg i Höljeryd, om den skal lukkes. Saa kan Du nok faa den afsted Mandag, saa vi har den hen i Ugen. – Gajen er saa god og bliver næsten ikke passet, ligger meget paa sine Puder i den bløde Spisestuesofa eller i sin Vogn kører han saa 3 Timer i Gaar Form. Han kommer i Bad i en stor Kobberballe eller Gryde. Las gør Ild og vasker op om Morgenen fra hele forrige Dag. Han maler fra 9½ til 4 X [Skrevet på næstsidste side langs venstre margen:] Lyngbilledet med Tjalfe [indsættelse slut] og fra 6 om Aftenen paa et nyt her lige ved Gaarden. Her er aldeles dejligt i alle Retninger. Ved Siden af vort Værelse er Kontoret med et vældigt Bord, hvor vi skriver, Bogreol, Kaminer er her i alle Stuerne, hvide men med aabent Ildsted. Der hentes Vand af en aaben Brønd nede i Haven. Muk var i Landeryd med Smedens Vogn efter mig, de kom saa sent, saa vi var her først Kl. henad 9, Alhed havde været bange for os. Vi fik Kødsuppe med Æg og anden dejlig Aftensmad. – Bedstefar var meget svag og falder stærkt af nu, kendte os ikke. Han lever ikke ret længe. Nu ikke mere denne Gang lille Putte. Kan Du og Fr. B og maaske Fr. J. ikke nok pille Estragon, en 2 ["en" overstreget; "2" indsat over linjen] store Pægle Flasker halv fulde af Blade alene, saa fyldes med Eddike, staae i Køkkenvinduet en 14 Dage og rystes af og til. Der er 2 Planter nede i Haven, den ene ned Siden af Mistbænken, den anden paa Hjørnet ved Hindbærrene. Jeg havde det 
+[skrevet i venstre kant på sidste side:] skrevet paa min Huskeseddel, men glemte det.
+[skrevet i højre kant på sidste side:] Hilsen nu til Eder alle hver især fra Mor
+[Skrevet på næstsidste side langs højre margen:] Alhed vil gerne have en god Haandfuld Purløgs[ulæseligt] i en lille Papirpose samt en lille Tut hvidt Uldgarn til en Trøjesnor
+[Indlagt i ovenstående brev er skrevet følgende:]
+Vil Du ogsaa sende mig et Par brune Bomuldsstrømper, der ligger nogle enten i den næstnederste Skuffe i Børnekammeret, eller i Sovekammerskuffen, samt lidt Stoppegarn til dem i en Kasse i den 4de øverste Skuffe tilhøjre. Du maa helst sye en Pose af noget Viskestykketøj, som ligger i Kisten ved Syltetøj Skabet Sennep har Alhed faaet, saa det skal ikke med. Bind saa godt for Posen og en udførlig Adresse; Smaaland – Sverig – De glæder sig saa uhyre til Blommer og Abrikoser, saa det maa endelig sendes omhyggeligt. Båxhult – pr. Landeryd (Christine kunde jo være borte.)</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
   </si>
   <si>
     <t>Jens Theodor Berg
 Wilhelmine Berg
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Louise Brønsted
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Larsen-familien ejede gården Båxhult i Småland.
 Laura Warbergs søster kaldet Mis drev et pensionat på Gothersgade i København.
 Louise Brønsted f. Warberg må være rejst hjem fra Sverige før moderen, Laura Warberg. 
 Drengen er Alhed og Johannes Larsens førstefødte, Andreas/Puf.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0369</t>
   </si>
   <si>
     <t>Det er godt, at Louise/Muk er kommet i god tid til stationen. Laura Warberg har været i Boden at handle og også kørt tur med drengen. Hun savner aviser hjemmefra.
 Der er skønt i den storslåede natur, og de går ture, får mælk fra egne køer og spiser hare. Johannes Larsen maler et portræt af Alhed, hvorpå hun ser for gammel ud.</t>
   </si>
   <si>
@@ -821,51 +839,52 @@
     <t>[Fortrykt på brevkortets forside:]
 BREFKORT.
 (DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
 Till
 Bostad: 
 (om den kan uppgifvas.)
 Adressort:
 [Med håndskrift på kortets forside:]
 Danmark.
 Frøken Astrid Warberg
 Erikshaab
 Højrup Fyn
 [Håndskrevet på kortets anden side:]
 Båxhult d: 18de.
 I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
   </si>
   <si>
     <t>1899-09-28</t>
   </si>
   <si>
     <t>Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
-    <t>Christine Swane</t>
+    <t>Båxhult
+Kerteminde</t>
   </si>
   <si>
     <t>Dorthe -
 Ida -
 Jenny -
 Johanne -
 Line -
 Marius -
 Rasmine -
 Fr. Andersen
 Karoline Bless
 - Brakaer Hansen
 Ellen Bøttern
 Margrethe  Eckardt
 - Friis
 - Garell
 Marie Hansen, pige i huset hos Alhed og J. Larsen
 - Ibsen
 Karl Lange
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Peter Magnussen
@@ -896,150 +915,50 @@
     <t>https://fynboerne.ktdk.dk/d/4Dtr</t>
   </si>
   <si>
     <t>Onsdag Aften
 Kjære Christine!
 Hjertelig Tak fordi du skrev saa hurtig, det var da herligt at du fik et Eneværelse – der kan du se det hjalp jeg skrev – her er Brevene fra Marie og Johannes jeg har sendt Farverne og et langt Brev og fortalt dem om Oppermanns Besøg. I Søndags kom Pastor Fries og det var en Formiddags Visit jeg var ganske alene, havde sat Ris paa til Suppe, og da en brændt Lugt kom ind i Stuen styrtede jeg ud og kasserede den Ret, men jeg var glad ved at se ham og jævnede så Suppen med Æg – han blev en Times Tid og talte om Eder Alle og om sine egne Børn – Vores Laurits – som saadan vilde blive hjemme og forbedre sig har Fader jaget bort i Mandagsmorges, - han lagde sig syg i Halsen jeg fik Schondel hentet og der blev kjøbt Bacroynevand; men brugte det bare ikke, laa i Sengen om Dagen og gik ud om Natten om Søndagen forlangte Fader han skulde staa op og passe Hesten
 det gjorde han ogsaa om Formiddagen men da han kom og forlangte Penge sagde Far han havde bedst af at blive hjemme da han var syg og ellers blev han kun uduelig til Arbejde om Mandagen – trods – Forbudet saa mødte Faer ham i Friheden med en anden Bolde med et stort Knippe Rughalm gaa ind til Villads, han gik altsaa ud passede ikke Hestene og brak saa Lemmene af ved Mellemgadens Stald for at komme ind da han saa vilde i Arbejde om Morgenen sagde Faer nej den Historie er forbi; nu kommer du med ind på Kontoret og pakker dit Tøj medens jeg ser paa det og saa afsted -; Rasmine vilde rejse med og Dorthe brølede den ganske Dag men hun er da kommen igen, Rasmine.
 Vi har fået en Husmand fra Salby som vil blive i denne Maaned – og Adolph kom nu i Aften maa blive til Søndagaften for at hjælpe med Saaningen I morgen skal han paa Sesion saa lader jeg Brevet ligge for at du kan høre hvad de høje Herrer siger til Ham, de har ikke taget mange i Dag.
 Iaften er Gaverne til Asylet vurderede det foregaar hos Gellerups; jeg fik Ida til at gaa i mit Sted jeg fulgte med derover og indførte hende jeg fik hele Olsens Klædekurv fuld. Karl Lange gav mange smukke Ting. Fru Raarbing en nydelig Lysdug med Silke, lille Line Bless 3 Stk. Blonder med grønne Silkebaand om og 3 Dukker. Madam Ibsen 8 Vifter. Fru Bøttern en Taalejpude og en Flaconbakke og 4 som Vaser- og Nips, Julie Mohr Lommetørklædeholder og Fruen 2 Bakkeservietter, Johanne 4 Silkelugtepuder og Jenny 2 Porcelains Vaser – lille Marie Hansen en Børsteholder og Fru Andersen 2 pæne hvide Lommetørklæder og 1 Par hvide Strømper 1 Par lyseblaa Handsker et sort Armbaand og 2 Brystnaale. Margrethe lovede mig lidt hun maa ikke glemme det, Haandarbejder har vi saa lidt af, Ida kom i dag tilmorgen hun gik i mit Sted i aftes de holdt ud til 12. saa det var godt jeg blev hjemme Adolph blev saa Infanterist, Marius Fæstningsartillerist lille Brakaer Hansen Dragon, A. spiste Middag hos Fragtmandens og i Aften er der Selskab med de pur Unge – Marie skal med – saa i morgen skal vi begynde Arbejdet med Jorden; Husmanden her er er vi meget glade ved og han kan maaske skaffe os en Husmand til saa hjælper det paa Faders Humør, han har nu den Glæde at Stalden er i Orden de Gamle og de Smaa staar saa pænt nu, og saa skal Køerne ind om Natten 
 hils – Margrethe og sig jeg glæder mig meget over Forlovelsen i Kallundborg –
 Adolph havde gemt lidt godt til os af det Eckard Kone sendte ham til sin fødselsdag … smager udmærket
 Lev vel lille Christine og Gud bevare Dig
 Saadan et rigtig Brev faar jeg ikke Tid til at skrive før efter Bazaren.
 Båxhult Onsdag 27 Sept 99
 Kære Forældre!
 Om lidt kører Adolph med Fru Warberg og han venter saa dernede og tager Marie med hjem. Da jeg antager at Marie skriver et Par Ord til jer sender jeg dette og beder hende lægge det inden i.
 Vi ere alle raske og har det godt. Vi har givet Lina Brevet, hun krøllede det og Alhed maatte læse det op for hende, men vi har endnu ikke set noget Resultat, Østerberg derimod sagde forleden at den Tiende betaler han sit Arrende saa naar Du vilde sende Kvittering eller Fuldmagt kan vi jo faa det. Alhed har bedt Garell om en specificeret Regning og det viser sig at vi fra 19 August til i Forgaars har faaet Varer for 30 Kr. deraf for 12 Kr. Brød og Smør, Sukker og Petroleum er de næst største Poster. Vi har faaet Væge til Lampen og faaet det lille Komfur i Brug. Vi fik Suppe til Middag i Gaar. Ja jeg kan ikke naa at fortælle mere da han nu er der med Vognen. Husk at sende den Fuldmagt eller Kvittering omgaaende. Mange Hilsner Jeres Johannes Larsen 
 Båxhult d. 28-9 99
 Kære Fader!
 Alhed og jeg skal en Svip ned til Høljeryd og saa skriver jeg et Par Ord med det samme ; indlagte Brev fra Johannes havde Adolph med til mig i Gaar, men han gav mig det først da jeg havde skrevet på et Kort, derfor tog jeg det med hertil for at skrive lidt i Dag; desuden var der Brev til mig hvori han bad mig om at løse en Pakke som laa paa Stationen fra en Papirhandler i København, jeg maatte saa dertil bruge omtrent Resten af mine Penge, jeg har kun 55 Øre og nu bruger vi 20 til Frimærker Johannes har ogsaa skreven et Brev; der er ingen af de andre som ejer en rød Øre; Inspektøren betaler ingen Penge før d. 10ende October, det har han selv sagt til Johannes, de forfalder ikke før den Dag siger han, men saa skal vi ogsaa faa dem med det samme naar vi møder med Kvitteringen; som Du ser af Johannes Brev har Smedens faaet det Brev Du har sendt herop, men Lina gav Alhed en lang Forklaring om at de havde betalt forud saa de skyldte ingen Penge, Vil Du ikke med det samme Du sender Østerbergs kvittering give mig rigtig Besked om den Sag, for hvis de virkelig skylder, saa vil jeg bede dem om Penge, det er rædsomt at staa helt uden og nu har Johannes i dag skreven til Winkel og Magnussen om nogle Farver, da han mangler dem og i disse Dage maa tegne paa Grund deraf og det er jo sørgeligt da han har 3-4 billeder i Gang, naar de Farver kommer skal han jo af med nogle Penge, saa hvis vi ikke kan faa nogle herovre før den 10ende, maa vi bede Dig hvis Du kan at sende os lidt til den Tid; ja jeg er meget ked af at jeg straks skal plage dig for Penge kære Faer men det er jo galt at staa helt foruden. Fru Warberg rejste i Gaar Morges saa jeg fik hende slet ikke at se. Lad mig endelig faa at høre om I fik en Mand til og hvordan det gaar med Jorden det piner mig meget at tænke paa.
 Det er sandt vil Du bede Moder om straks at sende den Pakke Farver der ligger oppe paa Johannes værelse herover, dem skal han ogsaa bruge nu, de har sendt dem forkert. Hvis Uglen er hjemme endnu saa husk hende paa at Disen skal have ”Fru Marianne”.
 Jeg kan ikke naa at skrive mere, men I skal nok snart faa et ordentligt Brev. Drengen er yndig og der er dejligt herovre på Båxhult. De kærligste hilsener fra Jeres hengivne Datter Marie.
 P:S: Har Ø.Kvien kælvet?</t>
   </si>
   <si>
-    <t>1899-10-30</t>
-[...98 lines deleted...]
-  <si>
     <t>1899-11-25</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Lina -
 - Eckmann
 Johanne Giersing
 Niels Chr.  Jantzen
 Ellen Johansen
 Fru Jungberg
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Marie   Larsen, Georg Larsens datter
 Anna Syberg
 Fritz Syberg
 Hans  Syberg
@@ -1064,233 +983,50 @@
 Efter Nytaar vil hun saa til Sybergs hun kom fra Erikshaab der længes de ogsaa snart efter Alhed og Barnet Fru Varberg var helt ængstlig for dem, jeg tænker mig de kommer lige til Erikshaab til Juul og saa her senere i Vinterquarter paa Feden.
 Du skal sandelig ikke tage dig nær hvad Ellen Johansen finder for godt at komme med – er hun dygtig nok til at møde op med en saa afgjørende Kritik Jeg troer det ikke.
 Her sender jeg disse Breve fra Sverrig de kom i forgaars og Agraren fik de sidste nu skal du have disse.
 Jeg har ikke svaret endnu for det for det staar jo paa om jeg kan skrive vi kommer eller Marie skal rejse ene hjem nu paa Mandag skal Faer til Odense maaske der da bliver Udsigt til et bestemt Svar.
 Det var herligt du hørte Grig den gode Jensen det gjør saa godt paa mig at høre en saadan Venlighed hils hende fra mig.
 Gud ske Lov lille Dine jeg synes du er mere glad i Aar derovre i det store Kjøbenhavn nu paa Dagen kom jeg i Tanke om din Kaabe; men hvor er den? Jeg maa Opdagelse – saadan kan det gaa da jeg nu skulde paa Pulterkammer og se efter nogle Sengeklæder til Vilhelm der ligger en Bunke snavset Tøj og noget af dit saa jeg da imellem vi skal vaske paa Onsdag saa du maa endelig sende det saa hurtig du kan
 Nu lev vel 
 Vi ere alle raske
 Din trofaste Moder som altid har Eder i Tankerne Agraren er ogsaa rask han fik en stor Pose med Tøj Pølser og Fedtegrever.
 Georg har slagtet.
 Båxhult d. 17-11 1899
 Kære Moder!
 Tak for dit Brev; jeg var selv paa Høljeryd i Aftes og blev henrykt over at der var Brev; det andet Brev fik vi Mortensaften, jeg fik det med hjem da jeg var nede med det jeg havde skreven til Jer. Hvor det glæder mig at Du er glad ved den nye Pige og ligeledes at Karlene er flinke, bare det nu maa vare ved, saa kan vi jo faa det rart i Vinter. Jeg havde sikkert ventet at faa noget bestemt at vide om Jeres Rejse herop, men der stod jo kun det samme at I ikke helt havde opgivet den; kom dog endelig, alle hvem vi taler med spørger om I ikke snart kommer og vi svarer altid at vi haaber I kommer mens vi er her; Johannes kan vist ikke sige bestemt hvor længe de bliver her, Alhed mener at det maaske varer en Maanedstid endnu, de 2 Billeder med Alhed og Gaun har staaet stille en Tid paa Grund af at Johannes har malet et Billede ovre i Skoven, det er en Del Fyrre og Grantræer og da de rimeligvis bliver hugget i Vinter har han hængt svært i med det i den sidste Tid; nu kan han vist faa det færdigt paa et par Dage og saa tænker jeg han tager fat med Kraft paa de andre 2. Alhed længes efter at komme hjem og faa den lille Lejlighed indrettet, men det taler hun naturligvis ikke om for han maa jo have Ro til sine Arbejder.
 Nu vil jeg bede Dig om at sige bestemt i næste Brev om I kommer eller ikke, for jeg har tænkt, at hvis I kommer, saa kan jeg følges hjem med Jer, kommer I derimod ikke; saa er det vel bedst at jeg rejser hjem, nu da her er Pige kan de jo nok klare sig uden mig; Alhed og Las kunde jo saa leje sig paa Kost hos Sybergs. Vi har det for Resten saa udmærket sammen herovre, Sybergs Børn er søde og morsomme og vi kommer alle godt ud af det med hinanden; Sybergs har Sovekammer i Hjørneværelset, hvor jeg ellers har ligget og jeg har sat en Seng ind i Kontoret og residerer der. paa Mandag skal vi slagte Gris, Sybergs har købt en hos Smedens for at have noget til Vinterbrug, det helt grinagtigt at slagte herovre. Hønset og jeg var i Nyby i Onsdags, der var Torvedag og vi var der for at købe Suppeurter, Adolph kørte for os og Lina var ogsaa med, det var dejligt Vejr saa det var en yndig Tur; Vejret har været storartet i de sidste Dage, Hønset,Tukuk, Besse og jeg har været på Strømhult i dag, vi gik hjem i det dejligste Maaneskin; jeg tror det er Fuldmaane i Aften, saa jeg gik og ønskede at I vilde komme en af Dagene, men selv om det bliver lidt senere og I ikke vil køre herop om Aftenen, saa kunne I jo ligge over om Natten enten i Halmstad eller paa Landeryd. Vi var nærmest paa Strømhult, for at spørge om Sybergs ikke kunne faa noget Brænde derovre, for paa Høljeryd faar vi kun noget skrækkeligt vaadt noget og det skøndt Johannes selv havde været nede hos Østerberg og bedt om Smeden maatte faa noget godt tørt Ved, naar han kom derned, Karlene faar alt det tørre, det er lige haardt nok at vi ikke kan faa ordentlig Brænde, naar vi tænker paa de Bjerge vi havde paa Høljeryd da den hvemmelige Birds overtog Sagen han ventes herop i disse Dage, eller maaske han kun kommer til Landeryd.
 Saa kommer Klaks jo hjem om en 14 Dagestid det bliver morsomt en Gang igjen at faa ham hjem en Tid: Hør hvis I ikke kommer herover snart, saa kommer vi til at have nogle Penge sendt, vi ejer nu ikke en rød Øre mere, er der ikke flere som skal betale herovre? f.e.x. Anders oppe i Fru Jungbergs Hus eller Eckmann, saa kunne vi jo forsøge at faa dem, ellers maa I endelig sende os nogle; det er saa ubehageligt at være aldeles uden Penge. Nu er Du nok sød lille Moer og skriver saa snart Du faar dette Brev, baade om Rejsen og om dette sidste. Det er morsomt Agraren at synes om den nye Elev og at Uglen maaske snart bliver flyttet op. Hils alle derhjemme. 
 Mange kærlige Hilsner til Jer selv fra Jeres hengivne Marie.
 P.S. Hilsen fra Sybergs til Jer og lille Marie, har hun det stadig godt?
 Båxhult d. 18-11.
 Kære Forældre!
 Jeg vil kun tilføje at det nu er Tiden for Jer at komme, vi faar i den nærmeste Tid saa megen dejlig Mad i Huset; Baronen og Johannes købte i Morges en Raabuk, det var netop med Tanken paa Jer at den blev købt, Baronen ytrede, ”Vi vil dog ikke have Smalhans i Huset, naar Jeres Forældre kommer,” I kan se at vi alle venter Jer saa I kan da ikke nænne at skuffe os vel? Johannes er ovre i Skoven at male, saa han naar ikke at skrive, jeg gaar nemlig ned til Høljeryd nu og tager Brevet med.
 Hilsen fra os alle.
 Marie
 Her har været meget smukt i Dag, med Rimfrost paa alle Buske og Træer. Vi har det godt.</t>
   </si>
   <si>
-    <t>1900-01-18</t>
-[...181 lines deleted...]
-  <si>
     <t>1905-03-28</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Haslev</t>
   </si>
   <si>
     <t>Halmstad
 Landeryd Sverige
 Haslev
 Långaryd Sverige
 København
 Nyborg</t>
   </si>
   <si>
     <t>Samuel Andersen
 Christian Eckardt
 Ingeborg  Eckardt
 Margrethe  Eckardt
 - Eckmann
 Henriette Goldschmidt
@@ -1318,3326 +1054,604 @@
     <t>IA Larsen er i Sverige for at få ordnet forholdene omkring tømmer og Båxhult. Han vil høre om Johannes har solgt flere billeder. 
 Marie Larsen skriver om sygdom og død hos familien Eckardt/Kjellmann.
 Vilhelmine Larsen glæder sig over at Christine Swane snart skal udskrives og at hun har fået lov til at male.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A2oC</t>
   </si>
   <si>
     <t>Boxhult 28 Marts 1905
 Kjære Mine.
 I Kjøbenhavn var Margrethe og Christian og tog imod os, vi tog med dem hjem og spiste Frokost. I Halmstad fik vi Kaffe, og Smeden havde Pels og Kappe med, som hjalp godt paa Touren herop. I dag var vi hos Jakob Samuelsen og paa Veien derop, ve Holmsøen traf vi Samuel Andersen som fortalte os at han havde afsendt Brevet til mig og mens vi stod og talte med ham, kom Posten med dit Brev, den Sag maa jeg se at klare bedst mulig, der var ogsaa Brev fra Georg, med mange Elændigheder det gjør mig meget ondt for ham, jeg bliver helt forstørret, - bare jeg ikke kommer til at reise hjem førend Tiden, da jeg ikke forstaar hvordan jeg skal hjælpe ham herfra. – Jakob Samuelsen var ikke hjemme han var i Halmstad, men Propr.han kan ikke tage imod endnu, da hele Dammen ligger fuldt af Stokke til Ryds Bruk, saasnart jeg faar talt med ham, skal jeg skrive mere herom. Jeg kan see her at Johansson ikke har tænkt at blive paa Boxhult, her er ikke pløjet en eneste Fure, men da han ikke har kunnet faa noget andet lader han som Ingenting.
 Da Birch ikke har kunne faa solgt Höljeryd har han forsøgt at arrendere den ud, forleden Dag kom en Mand med Kone og 3 Børn fra Nyborg som skulde have have den i Forpagtning men da han havde været her i 2 Dage reiste han hjem igjen, han havde en Jernbanevogn Flyttegods med, saa det vilde koste ham 200 Kroner, men han sagte til Ekmann,at han hellere vilde tage det første Tab som det sidste. Saasnart jeg faar mig sat ind i Forholdene her, skal jeg igjen skrive til dig. Lad mig vide om Johannes har solgt flere Billeder.
 Kjærlig Hilsen til dig og Adolph, og lille Lyse,.
 I A Larsen
 Båxhult d. 28 – 3. 05.
 Kære Moer! Vi kom godt herop i Søndags, men det var en Skam at vi ikke fik skreven paa Landeryd, Smeden var der, men vi kunde ikke komme ind hos Elmquist og Faer havde Hast med at komme af Sted saa jeg maatte opgive det; Vejret var jo dejligt klart, saa det blev ikke helt mørkt, men det var en drøj Køretur, den varede i 3 Timer, det er en lang Tid at sidde stille naar det er koldt, det var da et Held at det var stille Vejr, omsider fik den da Ende og vi tog straks fat paa at fyre da vi kom herop, desværre kunde det ikke brænde inde i Sovekammeret, Røgen væltede ud i store Skyer, først tænkte vi at det var fordi der ikke havde været Ild saalænge men det blev værre og værre, saa maatte vi tage Ilden ud og bære ind i Salen og begyndte saa straks at dampe Sengeklæder af, de trængte ogsaa til det, der stod ligefrem en hel Røg op af dem, Faers Seng flyttede vi derind, nu har vi sat den i Førmakket og fyrer saa baade her i salen og inde hos mig naar saa Dørene staar aabne er der lunt over det hele. – I København fik vi at vide at den lille Astrid var død for en Ugestid siden de mente at hun blev begravet den Dag, men da vi kom herop fik vi at høre at hun endnu ikke var begravet, de havde hele Ugen ventet at lille Misse var gaaet bort, men hun lever endnu, skøndt hun er saa svag og afkræftet at hun kun kan hviske; den lille skal begraves paa Fredag; jeg var der ovre i Gaar og da Misse gerne vilde se mig var jeg lidt inde hos hende, det var frygteligt for mig som ikke har set hende siden hun var rask og glad, aa hvor ser hun elendig ud, hun er saa utrolig mager og saa sagde Ingeborg at endda ikke saa saa daarlig ud i Gaar som hun plejer fordi hun havde lidt Feber naar hun ikke har det er hun ligbleg; aa den Stakkel, hvor det maa være forfærdeligt, bare hun dog snart maa dø, hun ønsker det jo selv og Doktoren kan slet ikke forstaa at hun kan blive ved at leve; da jeg gik bad hun mig om at komme snart igen det var saa roligt at se mig og hun spurgte hvordan Du havde det og bad mig hilse Dig saa meget, saa smilte hun og nikkede saa kærligt til mig. – Ingeborg ser meget daarlig ud, hendes Hals er stadig ikke god og da hun forleden Dag var oppe hos Docktoren, undersøgte han hende rigtig og sagde at det var bedst hun rejste fra Strømhult, men hun sagde at det kunde hun ikke, der er jo ingen af de andre der kan passe Misse, saa snart Ingeborg gaar ud af Stuen spørger Misse hvor hun gaar hen; saa maatte hun love Docktoren at være yderst forsigtig og gaa en tur hver Dag. – Ekmann var her og spise til Aften. Aften og sad og snakkede til Kl. var henad 10, i Aften skal vi tidlig i Seng, vi var en lang Tur i Eftermiddag, helt oppe paa [Sjøgaarden]. Mange kærlige Hilsner til Jer begge fra Marie
 Kjærbyhus – Søndag
 Kjæreste Ugle!
 Det var det glædeligste Brev jeg har faaet i lange lange Tider, jeg vilde straks have svaret dig; men saa vilde jeg vente atfaa det fra Sverig med, jeg sendte dit til Klaks for, at han, naar han var bleven glad, skulde sende det Sverig, saa de kunde have det Tirsdag, samtidig faar de saa dette fra mig som jeg skriver nu, - vi er nemlig bedt ned at spise Middag hos Groseren og blive der i Aften Lyse er helt optaget af dette, han skal sidde imellem Agraren og Farmor til Middag – han er saa god og medgjørlig den lille Ven, at det er en Lyst – Hvor det glædede mig at Fru Goldschmidt huskede paa dig, hun er en Ven af de ægte.
 1000 Tak for blomsterne det lille Grønneglas blev helt fyldt; men dem jeg plantede har slaaet Rod og vilde der blot komme lidt Solskin saa skulde vi se der blev blaat
 Tænk, at vi nu er i den Maaned hvor du kommer hjem eller faar Lov at rejse ud – saa skal vi see Udstillingen og gode Venner, Tak dog Gud Fader der er saa god jeg ved knap hvordan jeg skal faa takket, nu kom jeg til at slaa denne store Klat og det betyder jo velkommen ved du Eckardts Husnummer saa sig mig det dog, jeg lovede at sende Maries lyse Kjole og Sko og Hat i en Jernbanepakke til hun kom tilbage saa skal hun jo ogsaa se sig om i Byen og vil jeg haabe de kan saa meget tilovers at hun kan se til Haslev paa Hjemvejen, husk det er Alheds Fødselsdag den 7 April; og lad mig med det samme sige dig, at om Vejret bliver saa han kan male paa Billedet saa skal Agraren sende Brevkort og han farer lige hjem, du faaer saa nøjes med Alhed og Puf som Gjæster; nu faar vi see hvordan det gaar 
 Jeg maa nok heller sige Farvel for det er længe siden Toget kom og jeg skal pyntes, jeg skal hilse fra Agraren han skriver med næste Gang han skal jo presse sit Tøj at vi kan gøre os saa pæne som muligt
 Din glade Moder</t>
   </si>
   <si>
-    <t>1905-04-07</t>
-[...196 lines deleted...]
-  <si>
     <t>1909-08-25</t>
   </si>
   <si>
     <t>Sverige
 Båxhult</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen</t>
   </si>
   <si>
     <t>Tjäder er det svenske ord for en tjur.</t>
   </si>
   <si>
     <t>Johannes Larsen sender nogle skudte fugle og beder Alhed give hans far et par af dem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M4HG</t>
   </si>
   <si>
     <t>Båxhult 25 Aug 1909.
 Kære Alhed
 Hermed et Knippe Fugle skudt i Gaar saa jeg haaber Du faar dem friske. Vil Du give Fader Tjäderen eller 2 Urhøns. Nu maa jeg slutte Birchs Vogn holder og venter paa at faa det med. Kan Du lugte Linnëaen
 Kærlige Hilsner
 JL.</t>
   </si>
   <si>
-    <t>25. aug. 1909</t>
-[...22 lines deleted...]
-Ludvig Brandstrup, billedhugger
+    <t>1949-09-28</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Maribo
+Refshalevej</t>
+  </si>
+  <si>
+    <t>Helge Bartholdy-Møller
+Elise Hansen
+Andreas Larsen
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa på Refshalevej i Maribo. 
+Båxhult er en skovgård i Småland. Elena/Bimse og Johan/Lysse Larsen boede på stedet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København. Han vil komme til Maribo for at male en akvarel til lægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/22Qb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde Chr. Knuth
+Refshalevej 
+Maribo
+Danmark
+[På kuvertens bagside:]
+Johannes Larsen
+Båxhult
+Långaryd
+Sverige
+[I brevet:]
+Båxhult 28 Septbr. 1949.
+Kære Grevinde!
+Tak for de fortsatte Forsendelser og Hilsener! Bimse skal en af Dagene til Kjøbenhavn og hente nogle Møbler, som hun har arvet efter sin Moder og saa kører jeg med. Dagen efter vil hun køre mig til Korsør og saa henter Puf mig i Nyborg. Jeg regner saa med at komme til Maribo en Gang i næste Uge for at male den Akvarel til Doktoren. Altsaa hvis det passer Dig. Jeg har da faaet malet en Del, skønt Vejret har drillet mig i den sidste Tid med at være graat naar jeg skulde have Solskin og omvendt. 
+Mange Hilsner ogsaa fra Lysse og Bimse.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1950-09-08</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Larsen maler akvareller, men det er svært at arbejde, fordi det hagler og tordner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bRdW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+Danmark.
+[På kuvertens bagside:]
+Johannes Larsen
+Båxhult
+Långaryd
+Sverige
+[I brevet:]
+Båxhult 8 Septbr. 1950.
+Kære Grevinde!
+Tak for ”Søndags B.T.” Jeg har nu faaet 3 Akvareller færdig og er i Gang med 2 men i Gaar og i Dag har det ikke været til at arbejde ude paa Grund af Storm og Regn og Hagel og Torden. Jeg skal hilse fra Bimse og Lysse og mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1950-10-09</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen kører Johannes Larsen til København fredag. Dårligt vejr har gjort det svært for Larsen at arbejde med akvarellerne. Desuden rådner kornet, og Johan/Lysse Larsen kan ikke få kartoflerne op.
+Larsen ved ikke, om han kan nå at komme til Maribo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nAje</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde Chr. Knuth
+Refshalevej
+Maribo
+Danmark. 
+[På kuvertens bagside:]
+Johannes Larsen
+Båxhult
+Långaryd
+Sverige. 
+[I brevet:]
+Båxhult 9 Octbr. 1950.
+Kære Grevinde
+Tak for Søndags B.T. Dersom Du sender den der kommer i Morgen bliver det den sidste, for Bimse har lovet at køre mig til Kjøbenhavn paa Fredag. Det har været et bedrøveligt Vejr, det har regnet hver Dag i de sidste 5 Dage, hvad der har forsinket mit Arbejde meget, jeg har kun faaet malet 9 Akvareller og havde planlagt 6-7 til. Det er jo heller ikke morsomt for Lysse at se Sæden staa og raadne paa Markerne og han kan heller ikke faa pløjet Kartoflerne op. Jeg har en Del jeg skal have gjort i Kjøbenhavn saa jeg ved ikke hvornaar jeg kan komme til Maribo og om jeg i det hele taget kan naa at komme der, men det kan vi jo tale om i Telefonen. Jeg tager ind paa la Cours Hotel, hvis jeg kan faa Plads. Mange Hilsener ogsaa fra Bimse og Lysse.
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-07-05</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Vilhelmine  Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Svanninge
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Rudolph -
+Christian Eckardt
+Jørgen -, Erikshaab
+Karl Jensen
+Formand  Jørgensen
+Anders Klinkby
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Martin Larsen
+- Madsen, Formand
+Sophus  Meyer
+Rasmus Nielsen Kerteminde
+Johan  Norden
+Christine Swane
+Anna Syberg
+Peter Thomsen, tømrermester
+Christiane - tjenestepige hos Larsen 1898</t>
+  </si>
+  <si>
+    <t>Der er tre forskellige breve, som Vilhelmine Larsen har sendt sammen til familien Larsens gård Båxhult i Sverige.
+Brev 1 fra Fritz Syberg til Christine Swane/ Vilhelmine Larsen. Brev 2 fra Vilhelmine Larsen i Kerteminde til mand og barn på Båxhult. Brev 3 fra Johannes Larsen til hans mor i Kerteminde.
+Johannes og Alhed Larsen opholder sig i Svanninge hos Sybergs. Christine Swane er taget til Båxhult sammen med sin far Jeppe Andreas Larsen (I.A.). Christine skal til optagelsesprøver på Akademiet bl. a. i perspektivtegning.
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge. Ikke så langt fra Svanninge.
+Feden er et område syd for Kerteminde, hvor I.A.Larsen bl. a. havde et kalkbrænderi.
+Gennemkøringen er muligvis udgravning til jernbanen Kerteminde - Dalby, som blev åbnet i 1900.</t>
+  </si>
+  <si>
+    <t>Christine Swane skal have Fritz Syberg til at hjælpe sig med en perspektivtegning. Syberg foreslår, at han kommer til Kerteminde, da der er mange mennesker i huset i Svanninge.
+Johannes Larsen, som er hos Sybergs i Svanninge, beder sin mor om at tage en hurtig beslutning i det spørgsmål. Det skal nås inden Christine tager til Sverige, ellers må hun kalde Christine hjem.
+Vilhelmine Larsen har haft travlt med at samle penge ind til betaling af en veksel.Hun har inviteret Fritz Syberg til at komme til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipxB</t>
+  </si>
+  <si>
+    <t>Svanninge 5 Juli 1898
+Kære Fru Larsen
+Det er egentlig til Christine jeg vilde skrive et Par Ord, men Johannes lod forleden en Formodning falde om at hun var i Sverig med Købmand[ papir mangler] derfor vil jeg plage Dem [papir mangler] dette Brev. Endelig er d[papir mangler] vil skrive om noget som, først og fremmest må vinde Deres Bifald for at kunne lade sig arangere: Christine skulde jo have lavet en Perspektivtegning til, og Bestemmelsen var at hun skulde komme herned, men dels er vi såmange Mennesker særlig Børn hernede så her er ikke megen Ro, dels venter vi nogle flere, nå – det lod sig jo endda nok arangere i Henhold til Ordsproget Hjærterum – Husrum; Men for det andet er jeg så ked af min egen Oliemaling, så jeg vilde være glad ved at se Kjerteminde, kunde det derfor ikke ordnes således at jeg kom ned [papir mangler] i den Tid det tager [papir mangler] Perspektiven færdig? Det vil vel vare en 14 Dages Tid. Må jeg så endvidere bede Dem svare mig et Par Ord om hvad De og Christine mener herom, så vil jeg gøre mig klar og komme en af de første Dage, da Tiden jo ikke kan trækkes meget længere ud. Er der Forhindringer, er Christine selvfølgelig velkommen her, om hun end får en noget kneben ”Lejlighed”. Min Hilsen til hele det Larsenske Hus og til Dem Frue fra Deres ærbødige Fritz Syberg.
+Hønset (min Kone) beder hilse.
+Svanninge 5 Juli 1898.
+Kære Moder!
+Baronen har sagt i Dag at han har skrevet til Dig om at komme til Kjerteminde og give Christine den sidste Undervisning der. Han er nu ved at være færdig med et Par Billeder og trænger vist til at komme lidt ud at lufte sig; hvis det paa nogen mulig Maade kan lade sig gøre saa svar strax ja. Kan du ikke rejse med Fader i Stedet. Er Christine rejst saa faa hende hjem hurtigst. Pas endelig godt paa Karl Jensens japanske Bøger.
+Hilsen fra alle hernede til Jer alle sammen. Svar endelig hurtigt. Og gør hvad Du kan for at faa det hele i Orden. Mange Hilsner Jeres hengivne
+Johannes Larsen
+P.S.
+Jeg har skrevet til Eckardts men jeg fik først Dit Brev med Pakken i Søndags Aftes da vi kom fra Erikshaab. Hvordan gaar det [udstreget: fra] med mit sorte Tøj?
+Onsdagaften
+Kjære Far og Dinemor
+Det er mig umuligt at lade være at skrive, jeg har faaet [Klinkby’s] Veksel her Kl 3. Nu vil jeg først fortælle Eder hvordan Dagen gik fra i morges tidlig. Adolph rev og de andre 3 gik til Høet, ved Frokosttid gik jeg over i Boutiken der kom Norden og meldte mig at nu førte de Slagene mod Laden, jeg gik straks derop og talte med Formanden, men han viste mig at de havde slaaet Væggene ud i Marken for ikke at skade Høet det er dog mærkeligt at deres Mand har ladet det gode Hø sidde der og spredes vi blev enige om at de kunde arbejde i Høet til Middag og saa hente Vogne – da jeg var saa langt vilde jeg dog se til Folkene vi aftalte saa at han skulde tage [Hestene] med hjem til Middag, da jeg kom herud bag Lodsens Huus mødte jeg Madsen vi slog Følge lidt og talte om Høet, de lovede engang Hr Madsen at naar Høet skulde flyttes – skulde de hjælpe at samle det spredte igjen; hvad siger De i dag, ja fru Larsen kommer De med en Vogn nu straks – skal jeg stille med en rask Mand til Hjælp, jeg ud i Marken igjen og [kommer] Jørgen og Christiane paa hver sin gamle Hest og hjem efter Vogn jeg kan ikke ride sagde Jørgen jeg er for gammel, saa bar han Hamlen og jeg Forkene over til Laden der glemte jeg at jeg blev stoppet af Gjennemkjøringen, men saa stod begge Formændene Madsen tog Forkene og og Madsen og Jørgensen gav mig hver sin Haand og halede mig op til Middag var begge Læssene herhjem men hvor var jeg hed og rød – saa efter Middag var jeg hos Farbroder og fik underskreven; men Penge ejede han ikke – saa gik jeg paa Feden og ved Losningen af Murstenene stødte jeg paa Rasmus Nielsen – hvilket Held jeg kaldte ham til en Side; men han havde ingen herude, ja saa kan de vel skaffe sagde jeg til Kl. 3 skal de være indbetalte i Banken, saa kommer jeg denne Vej tilbage, nej jeg skal nok komme op – og han kom, Resten fik jeg hos Mejers og Vekslen blev indbetalt; Klinkbys – nu skal vi arbejde i morgen Ingen Penge fik jeg hos de 2 Familier hende med de 22 skulde ikke betale endnu og de betalte ikke noget før Du gjorde Lejligheden det faldt ned fra Loftet saa hun maatte tørre Støv af hvert Øjeblik – de 6 Kroner [Navn] er Haandlanger hos Mejer saa de skulde komme Lørdag; men saa stod Rudolph og rodede i Plankerne jeg spurgte om de skulde have nogle ja Thomsen tog ud og noterede saa vilde Havnefogden give mig Seddel det blev vist en 17 Sl – saa faar vi Penge paa Lørdag Hurra han kom nu med de 11 Kr for Laan
+I ser nu af Brevene jeg skrev straks han er velkommen
+Vejret er godt og vi ere raske 
+Gud bevare Eder og [lede] Eder vel hjem</t>
+  </si>
+  <si>
+    <t>1941-06-04</t>
+  </si>
+  <si>
+    <t>Sandfær pr. Vind Station</t>
+  </si>
+  <si>
+    <t>Svea -
+Peder Brokholm
+Thora Cohn
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+- Toft</t>
+  </si>
+  <si>
+    <t>Vind Stationsby ligger på Ringkøbing – Ørnhøj - Holstebro-jernbanen, der eksisterede fra 1911 til 1961.
+Byen Stausø er omgivet at Blåbjerg Plantage, ikke Stausø Plantage. Hele Blåbjerg Plantage og den omkringliggende natur er desuden en del af Oksbøl Krondyrreservat.
+Portionsfisk: små fisk.
+I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Jylland for på bestilling at male et billede med skogrende urhaner. Han beskriver egnen og gården, som han opholder sig på. Konen har ingen pige i huset. En dieselmotor laver lys. Man har køer og heste. 
+Brokholm, som har bestilt billedet, har været på besøg, og de to har fisket sammen. Larsen har malet tre billeder, som han sender til Aalborg, så Brokholm kan se på dem. 
+Inden han rejste, fik Thora og Jeppe hvidtøl, og der var også sukker i glasset, hvilket gjorde Thora begejstret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QTkb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Båxhult
+Långaryd
+Sverige
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+p.T. Sandfær pr. Vind St.
+Danmark
+[I brevet:]
+Sandfær pr. Vind St. 4 Juni 1941.
+Kære Lysse!
+Som Du ser sidder jeg her i Vestjylland, men det er kun til i Morgen saa rejser jeg hjem igen. Jeg har været her for at male et Billede til en Grosserer Brokholm i Aalborg. Det skulde være med skogrende Urhaner, saa jeg har maattet staa op Kl. 3½ hver Morgen og trave en halv Mil ud i Landskabet med fuld Oppakning og male et Par Timer og saa hjem til Morgenkaffen. Det var mig lidt ubehageligt i Begyndelsen, men man kan jo vende sig til meget. Alligevel er jeg lettet over at det er overstaaet. Gaarden her er paa ca 500 Td.L. og ligger ved en Aa med lange Hedebakker paa hver Side, paa den anden Side Aaen er en stor Statsplantage, Stausø Pl. Der er en Del Kronvildt, en Morgen jeg gik ud stod der 4 i Rugen lige udenfor Gaarden og en Dag jeg gik en Tur i Plantagen saa jeg 2 X 2. En Del af Jorden her er Hede, en Del Plantage, en Del Eng ved Aaen og Resten Pløjeland eller rettere Sand. Her er 16 Malkekøer 8 store Kvier og 12 mindre og Kalve, men Manden siger at han i Fjor reducerede Bestanden med 1/3 paa Gr. af Forholdene. Brokholm har været her et Par Gange og jeg var med ham nede ved Aaen og fiske med Flue. Den første Gang fik han en mindre og en større Stalling paa 2 Pund og 3 Ørreder (Portionsfisk) desværre aad Kattene dem, altsaa de sidste de første spiste vi om Aftenen med en Snaps til. Her er mange Urhøns og mange Gøge. Jeg ved ikke om jeg har fortalt Jer, at kort efter jeg var kommen hjem fra Kjøbenhavn sad jeg en Dag og spiste mig en Sardel til en Snaps til Frokost. Jeppe og Thora sad der og da jeg havde drukket min Snaps fik de lov til at faa lidt Hvidtøl i Glasset. Jeppe fik først og forsvandt saa, men han maa have set sit Snit til at komme Sukker i, for lidt efter da Thora var kommen saa langt ned i Glasset at hun kunde se Bunden, hørte jeg et lille begejstret Udbrud: ” Oj! Oj! For Satan! Der er Sukker i s’gu.[”] Jeg har faaet malet 6 Billeder her. 
+3 Urhanebilleder, af hvilke Brokholm vist vælger det største til 2400 Kr. det var i hvert Fald det han syntes bedst om da han var her Pintsedag. Vi aftalte at jeg skulde sende dem alle 3 til Aalborg naar de blev færdige saa han kunde se dem sammen. Konen her Fru Toft er stillet ligesom Bimse hun har ingen Pige, til Gengæld har kun en Søn en Dreng paa 8 Aar, Manden har derimod 3 Karle, Køerne, sortbrogede bliver maskinmalkede og her er elektrisk Hegn. En Dieselmotor der maler og laver Lys. Jydske røde Heste, en Hoppe fik i Gaar et Hingstføl, og saa er der en lettere brun Hest der gaar for Jumpe, en Hannoveraner eller noget i den Retning. Naa nu faar I ikke mere denne Gang. Mange Hilsner til Jer allesammen fra 
+Din Far. 
+P.S. 
+Hvordan gaar den med Svea? Det forlyder at hun skal have en lille.
+JL.
+Johannes Larsen
+Kjerteminde
+p.T. Sandfær pr. Vind Station</t>
+  </si>
+  <si>
+    <t>1945-08-12</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Victor Bøttern
+Aksel Dydensborg
+Jens Hostrup-Schultz
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Christine  Mackie
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Christines datter, Agnete/Nete, boede med sin familie på Faldengaard, som ligger nær godset Krengerup ved Søllested på Fyn.</t>
+  </si>
+  <si>
+    <t>Larsen glædede sig over at høre om dammen.
+Han skal besøge Hostrup-Schulz i Kongsø samt videre til Kaas Hovedgaard. 
+Johannes Larsen har haft hold i ryggen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yoph</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Båxhult
+Långaryd
+Sverige.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+Danmark.
+[I brevet:]
+Kjerteminde 12 Aug 1945.
+Kære Lysse!
+Tak for Brevet, det morede eller rettere glædede mig at høre om Dammen o.s.v. Og jeg glæder mig til en Gang at komme op og se det Hele, naar det nu bliver overkommeligt at rejse igen. I Morgen kører jeg med Dydensborg op til Hostrup-Schultz i Kongsø og bliver der en Uges Tid og saa er jeg bedt op til Kaas Hovedgaard, paa ubegrænset Tid men det bliver nu ikke mere end til en Uges Tid. Jeg har ligget i godt 3 Uger af et væmmeligt Hold i Ryggen d.v.s. jeg har afbrudt Sengelejet et Par Gange, men maatte i Seng igen. Ellers har vi det godt alle sammen, for Tiden er Mornine her men rejser i Morgen til Faldengaard. Mange Hilsner til Jer allesammen ogsaa fra Mornine der sidder her. 
+Onkel Victor døde et Aar før Eric.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1946-11-06</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>2.
+Aaboulevard 80</t>
+  </si>
+  <si>
+    <t>Folmer -
+Bodild Branner
 Ebbe Branner
 Frits Branner
 Thora  Branner
-Wilhelm Branner
-[...3 lines deleted...]
-Johannes Nicolaus Brønsted
 Louise Brønsted
-Peter Oluf Brønsted
-[...10 lines deleted...]
-Adolph Larsen
+Thora Cohn
 Alhed Larsen
 Andreas Larsen
-Johan Larsen
-[...1311 lines deleted...]
-Adolph Larsen
 Elena Larsen
 Jens Larsen
-Johanne Christine Larsen
+Jeppe Larsen
 Johannes Larsen
+Jonas Larsen
 Peter Andreas Larsen
-Vilhelm Larsen
-[...560 lines deleted...]
-28-6-35.</t>
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen boede med sin kone, Else, og deres børn sammen med Johannes Larsen i dennes hus på Møllebakken i Kerteminde. 
+Thora Branners ene søn døde som ganske ung, så da hun selv døde, havde hun børnene Bodild og Fritz tilbage.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Mackie til Johan Larsen, 1946-11-06, 2396</t>
+  </si>
+  <si>
+    <t>Christine Mackie vil gerne nå at se Båxhult, inden hun dør. Hun husker engang, hvor hun og Alhed kom til at skræmme en gammel dame på egnen, fordi de vækkede hende.
+Ja, Andreas/Puf Larsen er enestående. Det er synd, at han ikke kan komme igang med at arbejde.
+Johannes Larsen har droppet sine 3-4 aftensnapse og er mere medgørlig. Det er sværest for børnene om vinteren, hvor han sidder i stuen meget af tiden, og de skal være stille. 
+Thora/Tutte Branner er død. Bodilds ægteskab knaser, og Fritz er ensom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7qPa</t>
+  </si>
+  <si>
+    <t>[Stemplet på kuvertens forside:]
+Fru C. Mackie
+Aaboulevard 80 II
+[Håndskrevet på kuvertens forside:]
+Hr. Patron Johan Larsen
+Båxhult
+Långaryd
+Småland
+Sverige. 
+[Håndskrevet i brevet:]
+6/11 - 46
+Kære lille Lysse!
+Det er jo lidt sent at takke dig for dit Fødselsdagsbrev til min Fødselsdag d. 10. Maj (er 8) hvor jeg fyldte ikke 74 men, desværre 76! Men her gør jeg det altså. Tak for Brevet! Det indeholdt jo både noget fornøjeligt og det modsatte; det var meget morsomt at høre om alle de Forbedringer i jeres dejlige gamle Hus! det er vel nok imponerende, hvad du beskriver! Med alle de moderne Installationer og Fliser i lange Baner! Hvor vilde jeg dog gærne engang besøge jer, inden jeg dør! Men det er vanskeligt på mange Måder. Jeg tænker tit på gamle Båxhult og den dejlige Egn - Broudåsen! Var det der, den gamle Kone boede? Alhed havde bagt en Kage til hende og vi gik op med den en Sommeraftenstund, lidt hen på Aftnen, så hun var gået i Seng; vi bankede på, jeg kan endnu høre hendes gamle forskrækkede Stemme: "å de' lefvande?" Dengang havde vi endnu det f. som I har sløjfet; for en halv Snes År siden havde jeg en ganske lille Korrespondance med en gammel Kontrakts[ulæseligt] på Orust, han stavede endnu på den gammeldags Manér, den kan jeg bedst lide!
+Det triste var, hvad du fortalte om dit Julebesøg i Kjerteminde, jeg tror nu, du ser for sort på det. Jeg var der i Sommer - hver Sommer bestemmer jeg at jeg vil skrive til dig derfra! - og jeg synes, det hele var forholdsvis harmonisk, det var meget sjældent at det skurrede. Ja, du har sandelig Ret i, at Puf er en ener - Mor sagde så tit "Puf er et herligt Menneske" - et ædelt Menneske, det er hjærteskærende at tænke på, at han skal være halv- eller helulykkelig. Men jeg er nu vis på, at hvis - når - Forholdene engang igen bliver sådan at han kan få fat på det Arbejde, som ligger parat og venter, så vil alt forandre sig derovre; det må jo være frygteligt at gå og vente, når man bare går og længes efter at få Lov at tage fat. Der var en lille Ting, som betød en stor Forbedring af den daglige Atmosfære. Las er holdt op med sin daglige Snaps til Aften (= 3-4 Snapse) og det har gjort, at han er langt mindre irritabel og besværlig end før. Det er jo noget vanskeligere om Vinteren, hvor Børnene er så meget inde, og Las altid sidder i Stuen, han tåler ikke det mindste Kny fra dem, de arme Unger! Men henimod Jul, når de tør begynde at fyre i Centralfyret, så hjælper det, så er de ovenpå med deres Leg og deres Skærmydsler. Jeg havde 3 vidunderlige Uger derovre.
+Vi er så bedrøvede i denne Tid, fordi Tutte ligger for Døden. Hun blev for et Par År siden opereret for Cancer mammæ, og nu er det gået i Lungerne og det er håbløst; det er vist kun Dage - eller Timer, hun har tilbage; hun ligger og døser i Morfinrus for at hindre Smerter og, navnlig Åndenød. Det er hårdt at miste Søskende, det er dog de Mennesker, der som oftest står en nærmest. Bimse ved det nok; og jeg savner da hver Dag din Mor. 
+[Skrevet lodret langs venstre margen side 2:] Folmer ringede forleden og spurgte mig, om du kom til jeres Studenterjubilæum det anede jeg jo intet om; han vilde selv skrive til dig, og da jeg sagde, at jeg havde et Brev på Stabelen, bad han mig styrke til at du kom! det synes jeg i Sandhed også, at du [skrevet side 1, øverst på arket, på tværs:] skal hvis du på nogen Måde kan rive dig Løs et Par Dage! Det måtte da være mægtig sjov at mødes med de gamle Skolekammerater.
+Nu må du hilse hele din søde Familie kærligt fra mig! De kærligste Hilsner til dig selv fra
+Mornine.
+Da jeg havde lukket Brevet, ringede Lugge, at Tutte var død i Nat Kl. 1/2 3. Hun sov stille hen. Hun vidste, at hun skulde dø og havde talt om det med Børnene. De to stakkels Børn vil savne hende bittert; man kan ikke se, hvordan de skal kunne undvære den kloge, stærke Mor. 
+Bodilds Ægteskab er jo ikke af de ideelle, og stakkels Fritz er så ensom og set skævt til af så mange, som ikke kender ham, det søde Menneske han er, men man ser kun hans sære Væsen.</t>
   </si>
   <si>
     <t>1935-09-14</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Långaryd
 Båxhult</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Marie Larsen
 Peter Andreas Larsen
 Christine Swane
 Lars Syberg</t>
   </si>
   <si>
     <t>Christine Swane og Marie Larsen fik bygget deres hus i Birkerød 1934-1935.
 Elise Hansen og hendes to døtre flyttede fra Enghavevej til Enghave Plads 1935. De flyttede ind i den nye lejlighed 15. september.</t>
   </si>
   <si>
     <t>Elena Larsen har besøgt Christine Swane/Uglen og Marie Larsen/Maraje i deres nybyggede hus. Det har vinduer fra gulv til loft, centralvarme, bad mm. Lars/Sakker Syberg har bygget ovnen. Christine Swane har møbleret. 
 Peter Larsen blev hos Christine Swane og Marie Larsen, da de voksne tog hjem, og han kom retur til dem belæsset med gaver.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nSVM</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Landmand
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Sverrig.
 [På kuvertens bagside:]
 Husk: Enghaveplads 20. III tv.
 [I brevet:]
 Torsd. i Birkerød
 Kære Gamling!
 Jeg skal hilse dig saa meget fra Uglen og Maraje, som jeg besøgte i deres nye Hus i Gaar; det er minsanten et storartet Hus Uglen har faaet sig der bygget af en ung lovende Arkitekt med alle Hensyn til Komfort. Det mest karakteristiske er de mægtige Vinduer fra Gulv til Loft i Opholdsstuen og Værkstedet. Sakker har bygget Ovnen, bare ikke Uglen skulde have gjort det selv. Der er selvfølgelig Centralfyr, Badeværelse og Spisekøkken og varmt Vand over det hele. Og saa er det jo Uglen der har møbleret det og hun har jo ["jo" overstreget] nu en særpræget Evne til at gøre det hyggeligt, morsomt og festligt. Vi blev ordentlig beværtede med Frokost og stor hjemmebagt Kage, som Maraje havde bagt fordi de nok tænkte at vi vilde besøge dem en af disse Dage. Da jeg gik vilde de absolut beholde Peter, de afleverede ham her om Aftenen belæsset med Legetøj, han var helt ude af sig selv af Henrykkelse. Gaverne havde inspireret ham til flgd. Udtalelse: Jeg bliver frygtelig forkælet hvor jeg kommer, Bes forkæler mig saadan at de bliver vrede paa hende og skælder hende rigtig ud for det. - I Morgen flytter vi ind igen. Jeg sender Aviser i Dag, men der mangler fra de Dage jeg har været her, for Lomme er tilbage med Avislæsningen, men det vigtigste: Historieemnerne er der da.
 Nu skal jeg tusse paa Posthuset, saa Farvel for denne Gang, du kære gamle. 1000 Hilsner
 Bimsepigen.</t>
   </si>
   <si>
-    <t>1935-10-26</t>
-[...532 lines deleted...]
-  <si>
     <t>1938-02-02</t>
   </si>
   <si>
     <t>Erna -
 Ludwig Beethoven
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Elise Hansen
 Frederik Hendriksen
 Elin Jensen
 Villum Jensen
 Jens Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Møllers Venus: En æblesort. Det oprindelige modertræ stod indtil 1897 i vognmand Møllers have i Holstebro. Træet menes at stamme fra omkring 1850 og det har sandsynligvis været et kærnetræ, som stod i vognmandens have. Omkring 1920 var sorten det 20. mest udbredte i Danmark (søgning på internettet).
 Johannes Larsens udstilling i februar 1938 blev vist hos Winkel &amp;amp; Magnussen. Han solgte for ca. 10.000 kr. på denne udstilling (1938-02-09, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB0597). 
 Chefen: Johannes Larsen. 
 Det vides ikke, hvem Laumont var.</t>
   </si>
   <si>
     <t>Det er noget sludder, når Johan Larsen siger, at Elena er køn. Nu vil hun få sit hår krøllet. 
 Elena har besøgt Johannes Larsens/Las' udstilling. Han var ikke tilstede, men skar træsnit af Hendriksen/Xylografen hos Brønsted. Der var fire Båxhult-billeder på udstillingen. Det bedste var billedet fra salen. 
 Elena nyder at gå ture i byen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7Xlg</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Båxhult
 Långaryd
 Småland
 Sverige.
 [I brevet:]
 2-2-38
 Kære Gamling!
 Jeg, nej det er sandt saadan maa man jo ikke begynde, altsaa: Det er gaaet op for mig hvad det er for noget forbandet Sludder du prøver paa at bilde mig ind om at jeg ser saa dejlig ud saa der ingen Ende er paa det, og jeg har derfor tænkt mig at tage Skeen i en noget anden Haand og gaa hen og lade mig krølle i hele Hovedet! Jeg haaber du vil tage vel i mod mig, selv om de ikke er gaaet ud til jeg vender hjem. Aprospos Skønhed, kan jeg fortælle dig at vi ikke skal fortryde paa at Møllers Venus var udsolgt fra Planteskolen for jeg smagte det forleden og der var ikke meget Grin ved hende, skønt hun saah dejlig ud. - Jeg var i Dag oppe paa Las' Udstilling som havde Premiére, desværre traf jeg ikke Cefen selv, han havde ikke været der og vilde heller ikke komme der igen i Dag. Derimod traf jeg Tante Lugge og Muddi, Las bor ude hos Magisteren, saa ved jeg da hvor jeg skal faa fat paa ham. Han var kommet i Gaar og var i Gang med at skære en Blok af Xylografen. 
 I Aften kan det dog ikke blive, for Mos og jeg skal til Concertpalæet og høre Laumont spille Beethoven. Paa Udstillingen var der 4 Båxhultbilleder, Tjurhanen, Billedet med de 2 Ballonaspe og det fra Salen og saa det fra i Fjor med Lagaarden der spejler sig i Dammen. Salsbilledet var et af de Billeder jeg syntes saa allerbedst ud paa hele Udstillingen, det har ogsaa en Hædersplads paa ["paa" overstreget] som Midtpunkt paa Væggen lige til venstre for Indgangen, det er altsaa ikke alene mig der synes om det. - I Dag har jeg ikke været hos Tandlæge, jeg reddede mig en Fridag paa Grund af Fernisseringen; derimod fik jeg min daglige Strøgtur og jeg nyder at drysse ind gennem Byen og sluge Butikkerne. Willum og Elin kommer her til Middag i Morgen og i Gaar var Erna her, saa du kan se at jeg ikke spilder Tiden. - Nu skal jeg til at læge Jensebassen i Seng.
 1000 Kys til Fasermand og Petermand
 fra Mosermand.
 P.S. Jeg har ogsaa tænkt paa at tage en Afmagringskur og en Ansigtsbehandling. - Bare inte nervøser. -</t>
-  </si>
-[...33 lines deleted...]
-Nissepigen</t>
   </si>
   <si>
     <t>1938-02-24</t>
   </si>
   <si>
     <t>Achton Friis
 Andreas Larsen
 Elena Larsen
 Kurt Schuschnigg</t>
   </si>
   <si>
     <t>Johannes Larsen kendte flere, der hed Christiansen.</t>
   </si>
   <si>
     <t>Johannes Larsen maler på et stort billede til Den Frie.
 Nogen har lagt en malemuk i Larsens køkkengang. En fisker har skudt en kongeedderfugl. Achton Friis har set en rødhovedet and.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ms74</t>
   </si>
   <si>
     <t>[På kuvertens forside:] 
 Hr. Johan K. Larsen
 Båxhult
 Långaryd
 Sverige
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 Tegning
 [I brevet:]
 Kjerteminde 24 Febr. 1938.
 Kære Lysse
 Puf siger jeg skal skrive i Aften for at Du kan faa det til Fødselsdagen.
 Til Lykke!
 Jeg har været forkølet siden Bimse rejste og ligget i Sengen men i Gaar stod jeg op og i Dag har da kunnet male lidt, hvad der er heldigt da jeg kun i Morgen til kan male paa det store Billede, da det skal sendes ind til den frie Udstilling paa Lørdag. Ellers er her ikke foregaaet noget. I Forgaars laa der en Malemuk, Fulmarus glaciales i Kjøkkengangen, jeg ved ikke hvem der har lagt den, Christiansen fortalte mig at en Fisker for en Tid siden skød en gl. ♂ Kongeederfugl og har faaet den udstoppet. Achton Friis havde set en Andrik af Rødhoved And i Søerne mellem Troldænderne. Puf er ovre at høre Schusnick i Radioen nu kan jeg ikke hitte paa mer. Mange Hilsner til Jer alle Fire
 Din Far.</t>
   </si>
   <si>
-    <t>1938-04-25</t>
-[...105 lines deleted...]
-  <si>
     <t>1938-11-25</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
   </si>
   <si>
     <t>Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Sverige
 Långaryd</t>
   </si>
   <si>
     <t>Jens Larsen
 Johan Larsen
 Elisabeth Neckelmann
 Christine Swane</t>
   </si>
   <si>
     <t>Zymar var et antibiotikaprodukt.</t>
   </si>
   <si>
     <t>Det var godt, at Peter Larsen slap af med den væmmelige tand. Nu skal Elise Hansen i parken og gynge med Jens Larsen. 
 Christine swane og Elisabeth Neckelmann pynter juleborde i Politikens Hus.
 Elise Hansen har sendt et indlæg ind til en konkurrence.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IOG6</t>
   </si>
   <si>
     <t>[Håndskrevet med pen på kuvertens forside:]
 25/4
 Peter Larsen
 Båxhult
 Långaryd
 Sverige.
 [Håndskrevet med blyant på kuvertens bagside:]
 Vester 1328V
 Sukker
 Tandpasta
 Gibs.
 [Håndskrevet i brevet med samme skrift som på kuvertens forside:]
 Fredag 25/11 38
 Käre Petermand!
 Jeg lå netop og tänkte på, hvordan det mon gik med din Tand af ["af" overstreget] og så kom dit Brev, det er rigtignok godt du slap af med det vämmelige Aperat, der har generet dig så länge. Nu slipper du nok ogsaa snart af med det ömme Tandköd. Jeg var glad ved at du skrev til mig med det samme. Her har vi det godt. Jes og jeg skal nu i Parken og have os en Gyngetur, måske det närmest bliver Jes, der gynger og mig der puffer. 
 Kan du sörge for at tage 20 lille Dråber 2 Gange om Dagen og dertil 4 Kalktabletter og de samme Retter kan du servere for Faseren, det kan han aldrig tage Skade af. - Har I tagDet var godt, at Peteret Georgineknoldene i Hus? Husk de tåler ikke Nattefrost, nu de ligger ovenpå Jorden. - Jeg skal hilse Jer fra Tante Ugle, jeg har ikke selv talt med hende, men Lisse pynter Juleborde sammen med hende inde i Politikens Hus. - I Går tror jeg nok jeg tjente 1000 Kr. Jeg skrev i hvert Fald et glimrende Indläg til en Zymar-Konkurrence, hvor 1ste Prämie er 1000 Kr. En Pakke Zymar får jeg vel i det mindste.
 Nu skal I begge 2 have en Masse Hilsner og et Smäkkys fra
 Mosseren.</t>
-  </si>
-[...272 lines deleted...]
-Jeres JL.</t>
   </si>
   <si>
     <t>1941-01-27</t>
   </si>
   <si>
     <t>København Ø
 stue 12. Strandboulevard 49</t>
   </si>
   <si>
     <t>Else Birgitte Brønsted
 Hans Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Brønsted
 Peter Oluf Brønsted
 Christian Eckardt
 Karl Isakson
 Alhed Larsen
 Elena Larsen
 Jens Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Nicolaus Lützhøft
 Alhed  Møhl, Lysses datter
 Ludvig Neckelmann
@@ -4681,164 +1695,2339 @@
 2 Eckardt
 3 Hansen
 4 Isakson
 5 Larsen Al
 6 Larsen An
 7 Larsen J
 8 Lützhøft
 9 Neckelman
 10 Swane
 11 Swane
 12 Syberg 
 [Nederst på kuverten:]
 Radiumstationen Afd. I
 Stue 12. 
 [I brevet:]
 Radiumstationen Afdeling I. Stue 12.
 Strandboulevard 49
 Kjøbenhavn Ø.
 Mandag 27-1-1941.
 Kære Lysse
 Tak for Brevet som jeg fik i Dag fra Puf. Som Du ser ligger jeg her. D.v.s. jeg ligger ikke men faar 3 Gange om Dagen Røntgenbehandling, i det Lægen i Odense mente at det var at foretrække frem for at snitte yderligere væk i Halsen. Jeg har det helt komfortabelt med Eneværelse og en Kasse med 50 Hof i Garderoben og Aquavit og Gordons dry Gin i Køleskabet. Jeg maa ogsaa nok ryge, men er advaret mod at overdrive det. Jeg er maalt, vejet og gradet og har faaet taget Blodprøver og Blodtryk og Urinprøve og har faaet at vide at det alt sammen er normalt med Undtagelse af Blodet der er fint. Jeg maa gerne gaa ud mellem Behandlingerne, men har ikke gidet hidtil før i Gaar. Jeg har nemlig fri om Søndagen. Jeg bestemte mig saa til at sætte mig i en Linje 3, der holder her udenfor, og køre ud til Enghaveplads for at høre lidt om Jeres Jul. Imidlertid var det saa koldt at jeg bestemte mig til at staa af hvis den holdt udenfor Magisteren og det gjorde den. Det var ─10⁰ i Solen udenfor deres Spisestuevinduer og der sad 8 Sidensvanser i Buskene og spiste U[ulæseligt]srønbær. Peder og Mudi var der med Børn. Færgerne var indstillede paa Gr. af Is Dagen efter jeg kom herover, saa Else der fulgte mig fik ordre fra Puf om hurtigst muligt at rejse hjem igen og hun slap ogsaa over næste Dag. Vi havde ellers en meget behagelig Rejse herover. Vi var eneste Passagerer i en af de store Færger, og vi fik ogsaa en Kupe for os selv, dog at der kom 2 Mennesker ind i Slagelse og gik ud i Ringsted. jeg skal op at se Grønningen en af Dagene. Jeg venter at det skal blive lidt mildere i Gaar Nat havde dansk Kulderekord ─ 30⁰ ved Kolindsund. Det er morsomt at I kommer herned i Februar, jeg er jo nok sluppen ud herfra til den Tid men vi maa jo se at komme herover paa en eller anden Maade Mange Hilsner til Jer allesammen 
 Fra Jeres JL.
 Johannes Larsen. p.T. Strandboulevard 49 Ø.</t>
   </si>
   <si>
-    <t>1941-06-04</t>
-[...6 lines deleted...]
-Peder Brokholm
+    <t>4. april - 21. maj 1927</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult 4. april - 21. maj 
+Spredte dagbogsnotater fra perioden
+Fugleobservationer 
+Desuden afskrift fra Islandske sagaer
+Gunnlaug ormstungu saga
+Forskellige beregninger af areal omkring Båkshult</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/RCdfidDt</t>
+  </si>
+  <si>
+    <t>1927-10-17</t>
+  </si>
+  <si>
+    <t>Landeryd Småland</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Gustav Carlsson
+- Kjellberg
+Alhed Larsen
+Andreas Larsen
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Båxhult er Johannes Larsens skovejendom nær Landeryd i Småland. 
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018). 
+Arrende var en form for husleje, som statare ("fæstebønder") i Sverige betalte for at dyrke jorden, når de boede på ufri grund/arrendetomt. 
+Skaffe Borgen = skaffe kaution.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Srkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået brev fra en Ebbe (muligvis Brandstrup), der gerne vil låne Larsen-familiens gård Båxhult i Sverige til en uges ferie.
+Larsen vil gerne have sønnen Andreas med på en køretur til Båxhult, da der er en del arbejde at ordne. Sønnen Andreas trænger desuden til at komme lidt hjemmefra efter moderens sygdom og død, mener JL.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/glJH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Octbr 1927.
+Kære Lysse!
+I Forgaars fik jeg brev fra Lud med Invitation til Langgaarden, men jeg kan ikke tage hjemme fra før jeg har lavet nogle Ting færdig som jeg er i Gang med, samtidig fik jeg Brev fra Ebbe der spørger om jeg har noget imod at han og Konen og eventuelt en Ven tager til Båxhult en Uges Tid i Slutningen af Maaneden, da han har faaet en uventet Ferie. Jeg har svaret at det har jeg ikke, men bedt ham om ikke at benytte Værelset i Frontespicien og henvende sig til Dig om Nøglerne og Oplysning om hvor de forskellige Ting befinder sig, samt meddelt ham at det ikke er udelukket at jeg kommer derop mens han selv er der, selv om der ikke er stor Sandsynlighed for det. Jeg maa jo derop i Anledning af den Flytning af Torpet. Desuden har jeg faaet Brev fra Kjellberg om at han gerne vil arrendere Bommen og kan skaffe Borgen fra flere Bønder paa at han vil betale sit Arrende og at Gustav Carlsson ikke har noget imod det. Endvidere er der kommet Brev fra Josua i Aker, at de har noget Tøj, Din Moder har bestilt, liggende, og at det koster 36 Kr. og hvad de skal gøre med det. Jeg har begyndt at virke med Puf for at faa ham til at køre mig derop. Baade fordi jeg gerne vil have ham med og fordi jeg er overbevist om at han trænger haardt til at blive luftet lidt. Han lader ikke til at være videre varm paa det men jeg har endnu ikke opgiver Haabet. Jeg solgte forleden et Billede, det fra i Foraaret med en flyvende Tjur, til Dyrlægen i Rynkeby for 900 Kr. Vi har haft Besøg af Putte fra Lørdag Aften til i Dag Frmdg. Mange Hilsner ogsaa fra Puf og Chr. Hils Magisterens og sig Tak for sidst, hvad jeg jo burde have gjort skriftlig for længst.
+Din
+Fader.</t>
+  </si>
+  <si>
+    <t>1926-08-07</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+Andreas Larsen
+Inga Nielsen
+Holger Rasmussen
+Ingeborg Rasmussen
+Mads Rasmussen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Gården Båxhult er familiens ejendom og beliggende nær Långaryd i Småland i Sverige. Gården er stadig i familiens eje.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har lavet et ny forside til bogværket De Danskes Øer i form af et træsnit. Fru Mads Rasmussen fra Faaborg Museum har været på besøg sammen er sønnen for at få et billlede som betaling for en kåbe. Båxhult har gennemgået en renovering, og JL glæder sig til at se resultatet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BvUR</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Aug 1926.
+Kæreste Alhed!
+Tak for Kortet. I Gaar og i Dag har jeg skejet ud og lavet et lille Træsnit til Forsiden af De Danskes Øer! D.v.s. jeg lavede forleden en Plakat og en Tegning men i Gaar Mrg fandt jeg paa at et Træsnit kunde være bedre. Enten det nu bliver brugt eller ej synes jeg det ser helt pænt ud. Jeg er saa træt i min Arm at jeg daarligt kan føre Pennen. Der var Brev fra Kemp i Dag at [ulæselig] har skrevet under, mod jeg slipper at vilde betale Restsummen med % Rente fra 6 Aug. hvilket jeg gør. Fru Mads Holger og Inga har været her i Eftm for at faa et Billede for Kaaben, der nu var stegen til 425 Kr. dog saaledes at hun overlader Dig den for 400 mod at faa et Billede til 1000 Kr. "Graagæssene fra Heden" hun betalte 200 contant og 400 senere. De fik Kaffe og Konditor Kager og Madeira, Inga drikker ikke Kaffe. Jeg glæder mig til at se Båxhult malet og tapetseret. Rille er vel kommen naar Du faar dette. Hun startede herfra i Gaar. Mange Hilsner fra Puf og din hengivne 
+JL.
+Mere i Mrg.</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1930-1935</t>
+  </si>
+  <si>
+    <t>Carl Berthelsen
+Johan Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kommer til Båxhult den 19. Andreas/Puf Larsen kører ham til Helsingør. Carl Berthelsen kommer med. Andreas Larsen beder Johan/Lysse Larsen om at købe jagtkort.
+Andreas Larsen skal hente et levende egern, der er blevet sendt til jernbanestationen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tNks</t>
+  </si>
+  <si>
+    <t>Kære Bimse og Lysse.
+Naar jeg skriver saa snart efter mit sidste Brev (af 27/2), er det for at sige ["sige" indsat over linjen] at Far kommer til Båxhult den 19. ds. Jeg kører ham til Helsingør, men kommer ikke selv op til Jer før senere for at hente Far. Derimod kommer Carl Bertelsen (Nislevgaard) med forat blive og gaa paa Jagt med Jer en 3-4 Dage.
+Vil Lysse sørge for Jagtkort?:
+Bertelsen 4 Dage
+Far 10 "
+Lysse 10 "
+Penge vil blive sendt herfra.
+Hvis jeg virkelig ikke har skrevet siden den 27/2, saa maa her staa, at vi drak Fødselsdagschokolade den 27/5. - Vi glæder os til at se Jer, Far glæder sig altsaa først. Alt vel her, d.v.s. de har lige ringet nede fra Jernbanen, at der er kommet et levende Egern til os fra Tisvilde, det skal jeg ned at hente nu.
+Mange Hilsner
+fra Puf
+Far Hilser.
+[Skrevet på side 2; nederst og på tværs:]
+Far 27/12 [ulæseligt]7 - Fr.o.m. 20.8
+10 Dage
+Lysse 27/2 [ulæseligt] 5 næste Sønd.
+Bertelsen 4 Dage fra o.m. 20
+30
+8 [de to tal overstreget]
+20. 23 30 6 13 20
+Jönkop
+15 30
+Tomell.</t>
+  </si>
+  <si>
+    <t>1890-08-03</t>
+  </si>
+  <si>
+    <t>Långaryd
+Hjørring
+Stockholm
+København</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Christian Eckardt
+- Grønning
+Johannes Klein
+Adolph Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen aftjener, på dette tidspunkt, sin værnepligt i København. Båxhult er en af familien Larsens gårde i Sverige. Giverbo er muligvis en lille gård i nærheden af Båxhult. "Fremtiden" er en forsørgelsesforening (stiftet 1865) for mænd og kvinder, hvis hovedbeskæftigelse er litteratur, undervisning, kunst og polyteknik. Hovedsagen er alderdomsforsørgelse og enkepension. Der gives også lån, husleje- og begravelseshjælp.(Wikipedia)
+Det er uvist, hvilken udstilling Klein har deltaget i.</t>
+  </si>
+  <si>
+    <t>Tre af Johannes Larsens søskende er på Båxhult i Sverige. Forældrene skal også derover, men når ikke at mødes med Johannes før på hjemrejsen. Chr. Eckardt har solgt et billede for 200 kr. og fået ødelagt et andet under transport.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aZbI</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 August 1890 [Skrevet på tværs ved datoen]
+Kjærlig Hilsen fra Alle – din Moder
+Kjære Johannes!
+Vi har ligenu modtaget Dit Brev og er glade at Du er rask det er Hovedsagen den Ømhed gaar nok over igjen jeg lider af det samme i disse Dage efter en ordentlig Reengjøring i Haven, men nu er den ogsaa smuk kan du tro i denne dejlige Sommerdag, nu i Ugen skal vi høste Rugen. Høet er altsammen stakket og uden Regn.
+Fra Sverrig er Brevene meget fornøjelige Klaks skyder fremdeles gik forleden Dag til Boxhult og mødte paa 10 Alens Afstand en Tjur men huskede saa paa at den ikke maatte skydes men møder jeg én en Gang til saa svarer jeg ikke for mig selv uden at jeg brænder paa
+Fiske gjør de jo hver Dag men smaa Fiske derfor skal vi nu have en Baad ud Søen ved Giverbo
+Christine er dog helt vel ved det nu der er jo heller ikke længe til vi sees
+Du skriver intet om Orlov det er vel umuligt. Jeg skal nok sørge for Sko med det første det er da godt du har Fritid lidt om Aftenen saa du kan gaa ud at trække lidt frisk Luft og besøge Bekjendte taler du med Herr Grønning Johannes?
+Algren seer jævnlig herind og hjælper med Graagjæssene nu er den lille fuldstændig rask men nu er Hannen daarlig ikke i Benene men afkræftet Algren mente den fik ikke Føde nok i Stranden saa de ere i dag stærkt i Arbejde med at fange Orm ind til den nu kom Adolph med bare Been saa skal jeg ud at høre hvordan den er tilpas i Aften – den var gaaet op ovre ved Sandrevlen og omlidt skal de ud at hente dem hjem for det er jo ikke værdt at den bliver ude om Natten ja der er Travlhed, faa ham til at skrive enten til Dig eller til Sverrig det er en [Umulighed?/ Unseelighed?]
+Sildefangsten er det smaat med iaften er de ikke gaaede ud nu ventes der paa en mørk Maane – om det saa maa lykkes.
+Fortæl hvad I spiser til Middag Johannes det vilde vi dog gjerne vide Eckardt har solgt et Billede op til Hjørring til 200 Kr men de gik til Afbetaling dog saa var det Hul lukket
+Han har ogsaa faaet Tilsagn fra Kunstforeningen eller Fremtiden jeg ved ikke hvilket om 100 Kr aarlig er det ikke herligt et Uheld havde han med et Billede der kom til Stokholm undervejs var der slaaet et Hul i Luften som var nu bleven udbedret men ikke til at udstille og maatte tilbagesendes – Udgiften 60-70 Kr – ja der er mange Besværligheder
+Marie er glad ved at være derovre i Sverrig hun vaagner hver Dag Kl 5 a 6 og laver saa Kaffe og spadserer i Forening i Skovene
+Jeg hørte igaar Johannes, at Klejn havde et Billede paa Udstillingen der har staaet saa rosende omtalt at det omtrænt var noget af det bedste paa Udstillingen naar det blot havde faaet en god Plads, sig mig om det er sandt og hvad Stykket forestillede?
+Vi skal nu vaske imorgen saa faar jeg travlt derfor skriver jeg iaften; vi rejser vist til Kjøbenhavn men vi faar dig vel slet ikke at se kommer vi med Aftentoget er du i Seng og kommer vi om Morgenen er du til Øvelse – det er jammerligt men saa paa Hjemtouren faar jeg blive der en Dagstid det er vistnok Tanken at jeg skal blive og følges med [Klaks?] til hans Ferie er udløben den 18
+Lev vel kjære Johannes og Gud befalet; Jeg sender med Skoene 2 Par Strømper her ligger til Dig
+er der ellers noget du ønsker?</t>
+  </si>
+  <si>
+    <t>1906-09-27</t>
+  </si>
+  <si>
+    <t>Bitra -
+Jacobine Becher
+Ludvig Brandstrup, billedhugger
+Adolph Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Christian Møller, maler
+R Petersen
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på gården Båxhult i Sverige sammen med Ludvig Brandstrup. De to er der formodentlig i forbindelse med, at de købte gården af I.A. Larsen, som jo også spørger til forsikring. 
+Frk. Becker vil ikke højere end 50 kr.: Johannes Larsen er ved at male et portræt af Frk. Becker (omtalt i andre breve).</t>
+  </si>
+  <si>
+    <t>Alhed har haft et rend af mennesker - bl.a. kom Bøttern med en røget haj - og hun og børnene skal spise hos Syberg (Baronen).
+Nogle drenge har fanget en and, som var helt smurt ind i tjære, og Alhed har renset den med fedt. Hun har nu sat ænderne ind i buret og givet dem mad. 
+I.A. Larsen spørger, om Båxhult er forsikret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GBTR</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det er et Løb med Forhindringer, - her har været et Rend hele Dagen, - Marie Mejer 3-4 Timer Bøttern, som fik Øl og sendte mig en røget Haj hen til Frokost, R. Petersen (Vexel) Maler Møller, Frk Becker (hun vil ikke højere end 50 Kr!) Junge, Uglen og nu sidder Bitra her og om ¼ skal jeg gaa hen til Baronens hvor jeg er bedt paa Kyllingesteg, Børnene med. –
+Nu skal Du høre. I Morges kom Maler Møller og spurgte om Ænderne var her, for Rakkerdrengene havde fanget en And nede ved Stranden. De var væk begge to (de var her i Gaar Efterm.) Jeg gik ned i Værkstedet (han havde nemlig faaet Anden fra Drengene) og der gik vores stakkels And ganske indbalsameret i Tjære. Jeg tog den hjem og rensede den saa godt jeg kunde med Fedt og satte den i Bur ved Ballen. Andrikken troede vi jo aldrig vi skulde se mere tænk, saa i Aften daler den pludselig ned ved siden af Buret. Du kan tro, jeg blev glad. Jeg prøvede paa at faa Andrikken ind i Buret, men saa løb Anden ud i Stedet. Saa fik jeg ganske vist Buret sat over dem, men Ballen kan jeg jo ikke faa der ind. Jeg har givet dem Opvaskefadet fuldt, kan de ikke nøjes med det til Du kommer? Jeg tør ikke lade dem gaa løse. Men nu vil jeg snakke med Agraren, han skal ned til Baronens.
+Tak for Dit Brev. Svigerfar spørger om Båxhult er assureret, tal endelig med Lud derom. Jeg gaar i Banken i Morgen og ser, om jeg kan klare den. –
+Nu kun de kærligste Hilsner, hav det rigtig godt. Din Alhed.
+Bitra hilser
+30te rejst
+Hils Lud.</t>
+  </si>
+  <si>
+    <t>1906-10-01</t>
+  </si>
+  <si>
+    <t>Jacobine Becher
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Holger Grønvold
+Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Hugo Luttemann
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på vej hjem fra Båxhult, og Alhed har besøgt Anna og Fritz Syberg (Hønset og Baronen). Larsen-parret mangler penge og har store udgifter til veksel, løn til Amanda mm. 
+Alhed har sat ænderne i bur. Den ene er stadig svinet til af tjære.
+Drengene sover på skift i Johannes Larsens seng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cLxs</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Jeg gad vide, om I saa er rejst fra Båxhult i Dag og altsaa i Aften er komne til Kjbn. I saa Fald maa jeg jo kunne begynde saa smaat at vente Dig i Morgen. Jeg skrev sidst i Søndags, kunde jo ikke skrive senere, naar I allerede vilde rejse derfra Onsdag. Søndag Aften var vi saa hos Baronens, der var ualmindelig hyggelig og rart, jeg har ikke set ham i saa godt Humør i umindelige Tider og Hønset var ogsaa saa sød. Om Mandagen var jeg saa nede i Banken, Vexlerne maatte nok ligge til Du kom hjem. Men det kan jo ikke skjules, at vi skal bruge en vældig Masse Penge, naar Du kommer hjem, c. 50 til Vexlerne 12 til Amanda og noget at leve for, vi har ikke en Øre, der er jo nok Frk. Becker, men Du maa jo dog være et Par Dage om Billedet og det er jo kun 50 desuden. Kan Du ikke faa Grønvolds Adr. opspurgt derinde? Fremtiden hører vi stadig ikke fra. – Uglen og jeg gikk [det sidste k overstreget] til Luttemanns Kvartet i Mandags. Vi sad paa Balkonen, 50 Øre! I Gaar og i Dag har Amanda og jeg vasket en vældig Storvask alene, i Morgen hænger vi op. Ænderne har det godt men kedeligt. Jeg satte dem begge i det Bur med den aabne Staaltraad, men Anden kan mærkelig nok gaa igennem, den har gjort det 2 Gange. Andrikken staar der alene, men jeg tænker det holder Anden til Stedet, den er lidt grim endnu af Tjæren. – Puf og Lysse har det udmærket, de skiftes til at ligge i din Seng. – I Morgen faar jeg vel brev fra Dig, hvis Du ikke kommer selv. Husk endelig at sige til Berta, at jeg vil være meget glad ved Støvlerne og faa dem med hjem. – Nu vil jeg slutte. Hils Lud og Berta mange Gange, flest Hilsner til Dig selv fra Din Alhed
+Onsdag.</t>
+  </si>
+  <si>
+    <t>22. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle, vejrlig og jagt under ophold på gården Båxhult i Sverige</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tzd4SO58</t>
+  </si>
+  <si>
+    <t>1944-05-14</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Georg Jacobsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Johan og Elena Larsen overtog endeligt gården Båxhult i Småland i 1945.</t>
+  </si>
+  <si>
+    <t>Johan/Lysse kan nu få skøde på Båxhult, og Andreas/Puf vil få ejendomme for et tilsvarende beløb. Johannes Larsen ønsker blot, at frontespisen bliver bevaret i hans livstid, og at de træer, som han har fredet, bliver stående.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UiCM</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Maj 1944.
+Kære Lysse!
+Efter at have virket med Sagen, siden Du udtalte Ønsket om at faa Skøde paa Båxhult, er jeg nu saadan stillet at det kan lade sig gøre. Da jeg i sin Tid talte med Bankdirektør Jacobsen om det, sagde han at jeg i saa Fald maatte give Puf et lignende Beløb. Du sagde, at Du regnede Båxhult, eller rettere min Part deraf til 30.000 Kr. Forudsat at Du gaar ind paa at jeg tilskøder Puf en tilsvarende Part af de herværende Ejendomme kan Du faa en Sagfører til at lave Dig et Dokument om Overdragelse og sende mig. Du skal saa faa det omgaaende i underskrevet Stand. Der bliver nogle Klausuler, men dem kan vi jo ordne mundtlig. F. Eks. at jeg forbeholder mig Frontespisen paa Livstid, at de Træer, jeg har fredet skal blive staaende, at Du vedligeholder min Jagt mod at jeg betaler Omkostningerne o.s.v. Det kommer vi nok ud af. Vi har det alle godt her og nu er det et dejligt Vejr med stille Varme. Mange Hilsner til Jer allesammen.
+Din 
+Far.
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1950-04-26</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elena Larsen
+Johan Larsen
+Jonas Larsen
+Marie Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Tjur er en fugl i gruppen af skovhøns. Den findes ikke længere i Danmark, men yngler i Skandinavien fra Skåne og nordpå – og videre mod øst gennem Finland og Rusland til området ved Lena-floden. Arten findes desuden i Skotland, Polen og Hviderusland (Wikipedia juli 2024). 
+Visingsø: En ø i søen Vättern. 
+Taberg: Et bjerg af jernmalm ca. 13 km. syd for Jönköping. 
+Husquarna staves i dag Huskvarna.
+Pax var en strandpavillon på Sydstranden i Kerteminde og ejet af Johannes Larsens venner Johanne og Johan Due Nielsen. Se deres biografier.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet hjem fra Båxhult, hvor han har været med sin søster, Marie. Han fik ingen tjur trods flere jagtture. Marie ville gerne se Taberg, og Elena/Bimse Larsen samt børnene kørte Johannes og Marie dertil. De spiste frokost og så på blå anemoner, og de gravede nogle op. Dagen efter kørte de til Birkerød, og Johannes Larsen tog hjem til Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Eao</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej.
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 April 1950.
+Kære Grevinde.
+Som Du ser er jeg nu hjemme igen. Jeg havde det som altid dejligt paa Båxhult, men det jeg var kommen derop for faldt ikke saa heldigt ud. Til Trods for at jeg var med Lysse ude ved 4 Tiden 6-7 Gange og selv en Morgen stod op Kl. 2 ¾ og sad paa et Sted i Skoven fra Kl. 3-4 og et andet Sted en halv Time kom jeg ikke Tjurene, nærmere end til et Par Gange at høre nogle fjerne Lyde. For øvrigt regnede det med Undtagelse af et Par Dage hele Tiden og frøs hver Nat. Den Aften vi havde bestemt til at tage hjem næste Dag, sagde min Søster at næste Gang hun kom derop vilde hun gerne til Smålands Taberg, hvorpaa Lysse sagde at det kunde hun komme i Morgen. Næste Dag var det straalende Solskin og næsten Stille. Bimse ringede til Skolen og bad Søster og Jonas fri og saa kørte hun og Marie og Børnene og jeg ad Nissastigen til Jönköping, hvor vi spiste Frokost i Alphyddan, en højt over Byen beliggende Beværtning med Udsigt over Byen og Vättern og Visingsø og Husquarna. Derefter kørte vi op paa Taberg, hvor der var masser af blaa Anemoner, som vi gravede nogle Stykker op af, deriblandt en smuk rød som Søster fandt. saa kørte vi ad Sagastigen hjem og var hjemme til Aftensmad. Dagen efter kørte Bimse mig os ["mig" overstreget; ”os” indsat over linien] til Birkerød hvor jeg overnattede og næste Dag kørte hun mig til Korsør og Puf hentede mig i Nyborg. Nu har jeg i et Par Dage ordnet den Post her laa og besvaret det nødtørftige og saa skulde jeg i Morgen se at faa begyndt at bestille noget. Paa Fredag Kl. 12 skal jeg til Indvielsen af det nybyggede Pax. Mange Hilsener ogsaa til Adam.
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1927-12-02</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Georg Jacobsen
+Johannes V. Jensen
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Hubert Paulsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen døde i sensommeren 1927. Derfor er Skifteretten nu på banen. Johan Larsen boede, mens han var studerende ved Landbohøjskolen, hos sin moster og dennes mand, Louise og Johannes Nicolaus Brønsted. Sidstnævnte blev i familien kaldt Magisteren. Det er formodentlig denne "Mag", der skal underskrive og fungere som vitterlighedsvidne for Johan Larsen. 
+Stella Polaris er navnet på det skib, som Johannes Larsen, sønnen Andreas og Else og Johannes V. Jensen tog på krydstogt med til bla. Italien og Madeira efter Alheds død.</t>
+  </si>
+  <si>
+    <t>Papirer i forbindelse med ændringer af jordarealerne på Båxhult sendes frem og tilbage, da der jo er sket ændringer af ejerskabet efter Alhed Larsens død i august 1927 (se også brev fra JL til Johan Larsen dateret 17-10-1927).
+Johannes V. Jensen planlægger en større udlandsrejse pr. skib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bf2P</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Decbr 1927.
+Kære Lysse!
+Forleden fik jeg Papirerne i Sverige i Hovedet igen fordi de manglede Din Moders Underskrift. Jeg sendte dem saa tilbage sammen med en Udskrift af Stiftretsprotokollen, og nu i Dag fik jeg dem igen med Anmodning om at lade dem forsyne med mine Sønners Underskrift da I i Følge Attesten er Medejere. Som Du ser har Puf underskrevet og Du bedes mobilisere Hubert og faa ham og Mag til at se paa at Du skriver under og bevidne det paa de 2 Stykker hvor jeg har skrevet med Blyant. Som Du endvidere ser af Brevet skal det sendes omgaaende da de vil have det inden d 5. ellers varer det maaske endnu et Aar inden Sagen gaar i Orden. Indlagt et Brev til Christine. Send altsaa Brevet omgaaende til Sverige efter Adr.
+Husk af det er begge Papirerne der skal underskrives. Jeg havde Brev fra Johs. V. i Gaar det er nu afgjort at han tager med "Stella Polaris". Puf og jeg var til Middag hos Bankdirektør Jacobsens i Forgaars. Hils dem alle sammen og mange Hilsner til Dig selv fra 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1931-08-24</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Tornevangsvej</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane takker for det dejlige ophold på Båxhult. Lasse var stolt over at blive betroet hestene. Christine håber, at vejret er bedre end i Birkerød, for her har man haft voldsomt tordenvejr. Lasse og hun glemte Lasses regnfrakke på Båxhult, og hun vil bede om, at Johannes Larsen og hans søn tager den med, når de kører derfra.
+Hjemrejsen gik godt. Marie kom i bil til Birkerød.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/njgK</t>
+  </si>
+  <si>
+    <t>Tornevangsvej 24-8-1931.
+[Skrevet øverst s. 1, på hovedet:]
+Kære Lysse og Bimse, mange Tak for sidst. Jeg lægger et Par Fotografier i og saa skal jeg snart sende Resten. Hils Onkel Las mange Gange. Hilsen fra Lasse.
+[Ikke på hovedet:]
+Kære Bimse og Lysse.
+Tusind Tak for den dejlige Tid Lasse og jeg tilbragte hos Jer, den vil vi tidt tænke tilbage til. Jeg var meget glad ved at se det altsammen der oppe en Gang igen og Lasse er meget begejstret for det Hele der oppe og føler sig sikkert stolt over at han kunde betros Hestene. Hvordan har lille Peter det, hvor er han dog yndig. Jeg vil håbe for Las og osse for Jer selvfølgelig at Vejret er noget bedre på Båxhult end her, først i går og i Dag har jeg kunnet begynde at gøre lidt ved min Have, i sidste Uge havde vi nogle skrækkelige Tordenbyger så det Hele svømmede, Lyn og Torden så Huset rystede. Jeg håber Kvien og Kalven har det godt, hvor meget Mælk mon Kvien nu malker? Lasse begyndte så sin Skole i Mandags, jeg var med derinde, både Rektor og Frue roste ham meget og var glade ved at han ["han" indsat over linjen] var så flink. Han cycler hver Morgen ved 7Tiden, desværre glemte vi jo hans Regnfrakke oppe hos Jer, vi opdagede det da vi var kommen ud af Båxhultskoven og da var det jo forsent. Jeg ber Puf om at tage den med når Las og han kører hjem, vil I være rare at huske ham på det, da Lasse savner den meget i dette urolige Vejr. Jeg vil sige dig Bimse at det var en storartet Ide af dig at give os Smør med , vi fik Brød på Landeryd og så var det helt svensk de følgende Dage. Vi havde en god og smuk Rejse, Kl. 11 var vi her i Birkerød, vi ventede en 20 Mint. på Toget som gik over Hillerød. Rie kom jo bilende herover med Las og Puf, jeg skal hilse meget fra hende. Lasses Fotografier blev nydelige, han lægger nok nogle i Brevet. Mange Hilsner til Jer begge og til lille Peter og endnu engang Tak Jeres hengivne
+Tante Ugle.
+P.S.
+Hils Las meget. U.</t>
+  </si>
+  <si>
+    <t>1932-07-24</t>
+  </si>
+  <si>
+    <t>Erna -
+Knud Faber
+Else Jensen
+Johannes V. Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Filmjølk er en form for ymer. 
+Doktor Faber behandlede Grete Jensen, f. Hansen, for nogle alvorlige sygdomme.
+Johannes V. Jensen og hans familie havde et sommerhus i Tibirke.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen takker for et dejligt ophold på Båxhult. Hjemrejsen gik godt. Man spiste billigt på Helsingborg station og købte jordbær og blåbær på et marked. På Sjælland regnede det. 
+Grete var hos Faber, men Elisa ved ikke, hvad han sagde. Derefter tog Grete til Tibirke.
+Elisa har med noget besvær overført penge til Johan/Lysse for blandt andet benzin. Hun fik en underskrift af Erna, som var kommet syg hjem fra Frankrig. 
+Den følgende dag skal Elisa til Tibirke og derefter til Kerteminde. Hun er spændt på at høre, hvordan kalven har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/62ab</t>
+  </si>
+  <si>
+    <t>Kære lille Banes 24-7-32.
+I skal rigtignok have Tak for den dejlige Tid, jeg har været hos jer og haft det saa ovenud hyggeligt og rart. Naar jeg vaagner om Morgenen, tror jeg, at jeg stadig er paa Båxhult, men der kommer ingen Peter og siger Godmorgen og ingen Bimse med Morgenkaffen, saa er den Fest forbi. Vi havde en dejlig Hjemtur; det varede saamænd ikke længe, før vi tog for os af den gode Mad, og Gete snød sig til at smage paa Pølsen og Osten. Jeg var misfornøjet med det svenske Rugbrød, men Vorherre bevare os for det danske, der er meget værre, det svenske er da ordentlig æltet og bagt, men bare for sødt, smager bedst uden Paalæg og dit fine Smør. Vi spiste paa Helsingborg Jernbanestation, der er enestaaende billigt. Gete fik Filmjølk og en Portion Grønstsager = 1 Kr, vi andre Smørgaas, Kotelet med Grøntsager, Kaffe = 1,50. Nu er vel nok Varerne billigere i Sverige end her; jeg betalte 1,15 for 1 Pund Smør, det faar du ikke for dit gode Produkt. Der var et dejligt Grønttorv i Laholm hvor vi købte Skovjordbær og Blaabær. Da vi kom over paa Sjælland begyndte det at regne, men Gete dækkede sig og vilde ikke forlade sit Hul. Hun laa her om Natten, og igaar var hun jo saa hos Faber, men tog lige derfra med Johs V's til Tibirke saa jeg har ikke hørt noget om hvad han sagde; men hun saa vældig rask ud og var saa glad for at være paa Båxhult og for den dejlige Mad. Jeg tror nok, det har regnet mere her end i Småland, men det volsomme Regnskyl, som Lysse fortalte om, er her ingen der kender noget til. Jeg satte mig straks i Bevægelse for at faa sendt de 400 Kr, men det bliver mere og mere kunstigt. Privatbanken skaffede mig 100 sv. Kr og Kylle sender 50; hun snakker noget om, at vi skylder Lysse for Benzin. Men nu maa der kun sendes 200 Kr og saa skal der to Underskrifter paa; de 100 kan Kylle sende fra et andet Postkontor, saa er der altsaa alt iberegnet 450 danske og svenske Sedler, saa er den klaret. Jeg gik over til Erna for at faa hende til at skrive paa. Hun laa i Sengen var kommet syg hjem, fra Montreux tror jeg det var. Hun havde ret høj Feber og maatte de sidste Dage tage Sovevogn. Hun havde en voldsom Snue, vadskede sine Lommetørklæder paa Toilettet og maatte tilsidst forgribe sig paa WC's Haandklæder. Det er vel nok Influeza; det har nu ikke været morsomt at rejse ene hjem paa den Facon, men nu laa hun jo og blev plejet og var kvik, undtagen naar hun talte om sit Tilfælde. I Morgen kører Kylle mig til Tibirke, hvorfra hun tager ud til Lis, og Onsdag rejser vi til Kjerteminde, derefter tilbage til Lis, og 12te Aug. begynder Kylles Skole. Jeg glæder mig til at faa en [blækklat; ulæseligt ord] Hilsen fra jer gennem Hans', jeg er nysgerrig efter at faa at vide, hvordan den lille Kalv har det, om det har regnet og alt muligt. Grisene interesserer mig ikke saa meget, kun som Handelsobjekt; nu inden du jo fyldte paa dem, saa de kan komme i Klasse 1 og give Penge i Kassen. Peter har vel stadig travlt, hvad [indsat s. 4 langs venstre margen; lodret:] mon han nu roder med, "kan du si' Läskdricka" sagde han til Kylle. [indsat nederst på s. 4; under en streg:] og det var hun svært med paa
+[Indsat s. 1, øverst, på hovedet:] Nu skal I alle 3 have saa møj manne Tak og Hilsner fra 
+Mos.</t>
+  </si>
+  <si>
+    <t>1934-07-13</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alfred Roepstorff</t>
+  </si>
+  <si>
+    <t>Hovrätten er en appeldomstol, der fungerer som anden instans mellem Byretten og Højesteret.
+Lagaskift: Lovændring.
+Höljeryd er Larsen-familiens ene skovgård i Småland.</t>
+  </si>
+  <si>
+    <t>Dokumenterne vedr. Båxhult og lovændringen er bortkommet, men man kan få nye for 2,50 kr. 
+Klaks/Vilhelm Larsens 60 års fødselsdag skal fejres to dage senere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0cU4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1934.
+Kære Lysse!
+Tak for Brevet. Puf siger ar alle Dokumenter vedrørende Båxhult er bleven borte sammen med Handlingerne vedrørende Lagaskiftet i Höljeryd 1845. Saa vi har altsaa ingen Expl. af Lagparten. Men i Forgaars talte jeg med en Hofrättsassessor der er Svigersøn af Dommer Roepstorff som jeg skal male, og han sagde, at vi kunde faa en ny formedels 2,50 Øre, saa det er jo ikke saa farligt. Nu fik vi 11 mm Regn, men det holdt hurtigt op igen. Ellers staar alt vel til. 
+Mange Hilsner fra os alle 3. Muus kom i Dag, vi skal til stor 60 Aars Fødselsdag hos Klaks i Overmorgen
+Din Far.</t>
+  </si>
+  <si>
+    <t>1937-08-30</t>
+  </si>
+  <si>
+    <t>Ib Andersen
+Bera Jensen
+Jens Jensen
+Lykke Jensen
+Villum Jensen
+- Juul, hushjælp hos Elisa Hansen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Marie Neckelmann
+Louise Schoubye
+Niels Erik Schoubye
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Jens Jensens forældre havde et fritidshus i Tibirke. 
+Det vides ikke, hvem Brix og Pil var. Louise Schoubye var mor til Gerda og Ellen.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen glæder sig til at se forandringerne på Båxhult. Man har vel der besøg fra Kerteminde og megen jagt og bærhøst.
+Elisa og datteren kører tur hver søndag. 
+Jens Jensen har været på besøg. Han har fået nyt job i Århus. Han vil gerne til Båxhult, men vil ikke køre turen alene. Jens Jensen og hans kone venter barn. 
+Louise har været til barnedåb og en runde omkring sine børn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wpLc</t>
+  </si>
+  <si>
+    <t>Kære Bams! Nu synes jeg, at Øjeblikket egner sig til en lille Snakop med Båxhult. Juul gaar og rumsterer og ferniserer, saa her er ikke til at være, endnu er her et tilgængeligt Sted ved mit Chatol og det maa jeg benytte, mens Tid er. Jeg kan godt tænke, at det er en storartet Forandring paa Værelserne, Kontoret og den grønne Stue og maaske kan jeg ikke styre min Nysgerrighed længere end til Oktoberferien. Nu har I vel Besøg af Las og Pufs og Jægerne skyder vel, saa I har vildt i Overflod ja og saa er der Bærfrugt, nu er Tyttebærrene nok modne; jeg har syltet 5 Pund, hvad der er rigeligt til mit Forbrug. I maa da have faaet alt Kornet ind, nu er Markerne tomme hernede, og saa har vi da faaet nogen Regn imellem, saa Græsset vokser. Der var en Tid hvor Varmen var trykkende, men nu er den lige tilpas. Vi kører en længere Tur hver Søndag og ligger og læser Aviser et el. andet fredeligt Sted, som iøvrigt bliver sværere og sværere at finde. Jeg synes ikke Kylle er helt tilfreds med Bilen, skønt den kører aldeles udmærket, men hun er nok bleven lidt nervøs efter den Historie i Sverige. Der var jo heller ikke noget i Vejen med den paa vor Tur i Sverige, ja den var virkelig helt rigtig. Naa saa Petermands Begejstring for Skolen er bleven lidt afsvalet, han kan jo ogsaa faa Tiden til at gaa uden den Beskæftigelse; men jeg længes da efter et af hans smaa Breve, saa nu maa jeg have sendt en lille Vareprøve over til ham. Igaar havde jeg Besøg af Jens. Han havde haft en længere Ferie og boet ude i Tibirke. Han havde megen Lyst til at tage en Tur til Båxhult, men hverken Villum el Ib Andersen kunde tage med og alene det indlader han sig ikke paa skønt han har den glimrende Bil. Til Oktober skal han til Aarhus, han har faaet en god Stilling, det er paa et Hospital ude ved Marselisborg, men det lød da ellers til, at han var glad for at være i Sønderborg. Han var saa sød og hyggelig og jeg var saa glad for at se ham. Fra N.E. har jeg hørt, at der ventes en Arving, og jeg tror, at for Jens vil det være en stor Lykke. Hos Brix har de haft Barnedaab i Søndags; Louise er i den Anledning herovre, og gør sin Runde hos alle sine Børn, hos N.E., Gerda, Pil og Ellen. Her er hun nu mindst begejstret for at komme. Vi var hos Pil til højt Smørrebrød og megen Sp[ulæseligt]. Hvad tager lille Jensen sig for, der er mange Farer paa hans Vej, jeg tænker tit paa, hvordan han nu klarer dem. Mange, mange Hilsener til jer alle fra
+Moa.
+30-8-37.</t>
+  </si>
+  <si>
+    <t>1937-09-13</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Boisen
 Thora Cohn
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Müller, Frk. 
+Christine Swane
+Ane Talbot
+Gunnar Tinesen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen opholdt sig i England, da hun modtog brevet. 
+Båxhult var en af Larsen-familiens skovgårde i Småland. 
+Det vides ikke, hvem Bent var, og det er uklart, hvem "de små", som nævnes i brevet, var. 
+Overskuddet fra ”Kvindernes Udstilling fra Fortid og Nutid” i 1895 gik til opførelsen af til en kvindernes bygning, som var verdens første større bygning af kvinder og for kvinder. Christine Swane solgte i 1937 maleriet "Udsigt i Tisvilde Hegn" til Ny Carlsbergfondet, som forærede det til Kvindernes Bygning. https://www.kvindernesbygning.dk/kvindernes-bygnings-historie-copy-3/</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0414</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Else Larsen har kørt Johannes Larsen/Las til Båxhult. 
+Marie Larsen har hjulpet med høst, tærskning og brænde. Frk. Müller har været på besøg.
+Erik/Tinge og Mary har fået indrettet en dejlig stue. 
+Christine Swane/Tante Ugle har for de penge hun fik for maleriet til "Kvindernes Bygning" købt en trekant jord, så haven er blevet udvidet. Hun sælger godt, og der kommer snart en kunsthandler på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9eus</t>
+  </si>
+  <si>
+    <t>[S. 2. S. 1 og 3 mangler]
+II
+vi hjem i et vidunderligt Måneskin. – 
+Tirsdag d:24, kørte Puf og Else mig herop, men måtte af Sted med det samme, de skulde næste Morgen køre til Båxhult med Las, de var kun deroppe en Dag sejle hjem over Gøteborg - Frederikshavn og havde haft en lang [”lang” overstreget] dejlig Tur, ikke ret lang, (de var kun borte i 5 Dage) men Puf havde travlt og de vilde heller ikke være saa længe borte fra Børnene; - 
+Jeg tog det med Ro i Kerteminde for jeg vidste jo at Gunnar var her og hjalp dem med Høsten, han rejste Dagen efter at jeg var kommen, så jeg kom ligetilpas til at hjælpe med de sidste Læs Korn og al Rivningen, en Dag har jeg ogsaa hjulpet Tinge med at tærske Rivning; så har Tinge og jeg også båret en vældig Stak Rubrænde i Hus, bagefter savede Tinge alle de tykke Stykker, jeg bar dem ind og bagefter gjorde vi rent i Gården så, den var så fin da Frk. Müller kom, vi har været nogle dejlige Ture mens hun var her, men det har Din Mor vel fortalt Dig om; Tante Ugle har jo været en Uge i Kertem. en Dag var hun her; hun rejste i Går jeg tog derud i Går Formiddags, egentlig skulde jeg have bleven der, men Frk Müller var jo lige rejst så de vilde nødig af med mig også, derfor tog jeg tilbage med 5 Bilen og tager så til Kertem. i Morgen og bliver et Par Dage inden jeg rejser til Birkerød; de små var med ned til Bilen, de var aldeles ens klædt på med hvide Bluser og lyseblaa tærnede Bukser med Remme op over Skuldrene og hen over Brystet, de var aldeles bedårende. – Tinge og Mary har fået en yndig Stue der er rigtignok også Billeder på Væggene, så det kan forslå og hvor er det dejligt, at Din Mor har så god Hjælp at hun kan tage den mere med Ro og ikke være så bunden, som nu da Frk. Müller var her og kunne gå alle de dejlige Ture og vide at der var en der tog sig af det herhjemme. -
+Tænk at I nu snart skal til at vende Næsen hjemefter søde Bibbe, hvor jeg glæder mig til at se Jer, men det bliver vel næppe før til Jul, men der er jo også kun 3 Måneder til, den Tid kan snart gå; bare I nu må få godt Vejr til Jeres Tur så kan det blive interessant og morsomt, mon vi ikke vi får et lille Kort en Gang, mens I er på Vandring?
+Mon Du har hørt at Tante Ugle købte den Trekant Jord bag ved Haven, da hun havde solgt det store Billede til ”Kvindernes Hus”, en Bestilling af Carlsbergfondet; Haven er bleven så dejlig og nu får vi ingen op ad os, selv om der med Tiden bliver solgt nogle Byggegrunde; er det dog ikke dejligt at Uglen nu sælger så godt; hun havde haft Brev fra en Jud [”Jud” overstreget] Kunsthandler i Jylland som før har købt af hende at han gerne vilde købe 4 Billeder, han vilde komme midt i Måneden, det bliver spændende hvilke han vælger, han skal naturligvis have dem billigt, men det må da blive adskillige 100 Kr. – Uglen fik malet 7 Billeder, og nogle Aqvareller ovre i x [Resten af brevet mangler]
+[Skrevet på hovedet øverst på s. 2:]
+d.13 – 9.
+Jeg har set Bent 2 Gange, han var i Kerteminde en Aften mens jeg var der og - Fredagsaften var han her - - I Nat og i Dag har det regnet dejligt 27 mm, det tiltrængtes hårdt så alle er glade, vi håber på mere. Rie.</t>
+  </si>
+  <si>
+    <t>1939-08-07</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Elena Larsen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Christine Rasmussen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Byggeriet af en skydepram er nævnt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen har ikke tid til at køre til Båxhult, da han skal tappe øl i bryggeriet. Hvis Johan Larsen kan komme til Kerteminde, kan de sammen se på skydeprammen og købe diverse til den. 
+Andreas m.fl. har været i Faaborg hos Christine Rasmussen/Etatsraadinden. 
+Peter Larsen skal have en kniv til sin fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/opAm</t>
+  </si>
+  <si>
+    <t>[Påtrykt øverst på hvert ark:]
+ANDREAS LARSEN
+KERTEMINDE
+[Håndskrevet i brevet:]
+7/8-39.
+Kære Lysse.
+Tak for Brevet. Det lyder meget tiltalende med et Besøg af Dig, men kan det ikke ordnes sadan at Du rejser herned og tager Laalandsbesøget enten paa Vejen herned eller paa Vejen hjem med Far? Jeg skal sige Dig jeg kan meget vanskeligt komme herfra nu; Bryggeriet er meldt til, og jeg venter at komme til at tappe Øl tilsalg i denne Maaned, og saa er der jo en Del at ordne forinden. Hvis jeg skulde køre Far op til Jer, saa blev det op den ene Dag og hjem den næste, saa der vilde jo ikke blive Tid til at bygge Pram. Hvis Du derimod kommer her, kan vi se paa Skydepramme (Manse har en, som jeg synes er bedre end de fleste) og Du kan faa gode Raad og Nitteværktøj hos mig, samt købe Nagler, hvis Du har svært ved at faa dem i Indlandet hvor Du bor. Du skal ikke begynde at samle Bord til den før Du har været her, for den skal vist ikke være af Egetræ og den skal _ikke_være 1/2 Tomme tyk i Bordene.
+- Far regner med at tage herfra den 21 Aug. saa vi haaber Du kommer lidt snart. - Vi var sammen med Fru P. og Kylle nede hos Etatsraadinden i Faaborg sidste Søndag. De kom jo oppe fra Jer, saa vi hørte jo lidt Nyt fra Båxhult; de var paa Vej til Jylland.
+Paa Gensyn!
+Mange Hilsner til Bimse, Digselv og de andre ogsaa Dot.
+[Indsat nederst på sidste side; lodret; venstre side af arket:]
+Vi har en fin Dolk til Peters 10-aars Fødselsdag, som vi aldrig har haft Mod til at sende
+[Indsat nederst på sidste side; lodret; højre side af arket:]
+Den kan du faa med</t>
+  </si>
+  <si>
+    <t>1943-12-22</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Else Larsen
+Johan Larsen
+Peter von Syberg
+Ulla Syberg
+Gitte Wilmann</t>
+  </si>
+  <si>
+    <t>Gitte Wilmann er muligvis kommet i huset hos familien Larsen på Båxhult.
+Ulla Syberg, som var jøde, og hendes søn, Peter, flygtede fra Danmark til Sverige i oktober 1943 og boede i begyndelsen på Båxhult.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve. Kasse 1, kuvert 4, 2002/61, A8 Lb11</t>
+  </si>
+  <si>
+    <t>Marie Larsen skriver til Christine Swane for at fortælle, at Gitte Wilmann er hos Elena/Bimse Larsen og Johan/Lysse Larsen på skovgården Båxhult i Småland.
+Ulla og Peter (Syberg) er rejst videre til Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DoLU</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 22-12-1943.-
+Kære Ugle!
+Den første Eftermiddag jeg var her skrev jeg et Brevkort til Dig, jeg vilde have gjort det paa Postkontoret, men der var lukket fra 12-14; ved 18-Tiden skulde Puf følge nogle af de Børn, som var her hjem og han tilbød at tage det med; nu cyclede han og Else til Lundsgaard med Julegaverne og da han tog sin Frakke paa halede han Kortet op af Lommen, han havde glemt at lægge det i Postkassen, men bad mig om alligevel at sende det af Sted og fortælle hvordan det var gaaet til.- 
+Jeg vilde nu alligevel skrive til Dig for jeg glemte i Gaar at fortælle Dig at Gitte Wilmann er ovre hos Bimse og Lysse, det tænker jeg Du bliver glad ved at høre; de har nylig hørt fra Lysse og han skriver at de er saa glade ved Gitte; det er rart at tænke paa at hun er der; Ulla og Peter har ogsaa været der en Tid men de er nu i Stockholm og det er Båxhulterne ikke kede af. – Dette lille Lommetørklæde kan Du vel nok bruge. – Hav det godt. Kærlig hilsen Rie.-</t>
+  </si>
+  <si>
+    <t>1946-03-09</t>
+  </si>
+  <si>
+    <t>Martin Larsen</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Leslie Howard
+Adolph Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Poul -, Martin Larsens kammerat
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Tull: Svensk for told
+Tjäder: Tjur</t>
+  </si>
+  <si>
+    <t>Martin/Manse Larsen og Poul takker for et dejligt ophold på Båxhult. 
+På hjemturen tog de på Café i Halmstad, hvor de vakte opsyn med deres baskerhuser. I tolden blev Martin lidt nervøs. Det hjalp med øl og snaps samt tjurhøne til middag på færgen.
+Martin tog hovedet af tjurhønen med, da han besøgte Johannes Larsen, og denne sagde, at der var tale om en ung høne. De spiste til middag hos Joannes Lasen og gik derefter i biografen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rzdS</t>
+  </si>
+  <si>
+    <t>”Lindøgaard”
+9-3-46
+Kære Lysse og Bimse og Allesammen!
++ 1 Forfatter
+Allerførst Tusind Tak for den dejlige Tid vi havde hos Jer det var virkelig en Oplevelse af de store, først og fremmest selvfølgelig det at lære Jer at kenne. Undskyld jeg siger det, men jeg kan knusende godt li’ Jer, haaber ikke I har noget imod det. Lad dog ikke Forfatteren høre dette, [”dette” indsat over linjen] saa ved jeg, han skal til at tørre Øjne, og jeg er ikke sikker paa han har noget rent Lommetørklæde. Vi er endnu helt opfyldt af Båxhult og har lidt svært ved at vænne os til den graa Hverdag som virkelig er mere graa end tilladeligt. 
+Efter dette som Forf. rimeligvis vil betegne som en Indledning – jeg ved jo hvor stilig han er – (det er ikke ment som nogen Fornærmelse) vil jeg gaa over til at fortælle lidt om Hjemturen. 
+I Halmstad trak vi straks Lysses [ulæseligt ord] frem og Hovedattraktionerne: Epa og Café Centrum fandt vi temmelig hurtigt og efter at have nydt den obligate ”Chocolade med vispgrädde” til gik vi ud paa Indkøb. De gode Svenskere er vist ikke vant til at se Baskerhuer, en Gang imellem puffede de til hinanden og mumlede noget om Englændere. Ganske vist var vi nybarberede og lignede Gentlemen, nej, det var vist forkert udtrykt, Larsener kan jo ikke ligne Gentlem. De er det jo. I Malmø fordrev vi saa Tiden med at fylde Kakao i Kaffeæsker og andet Pusleri til Ære for Tullemand. 
+Det gik ogsaa meget godt indtil Tullemand tog en af mine fine Kaffeæsker op til nærmere Beskuelse; om det nu var Æskens røde Farve der irriterede hans ærlige svenske Nazisjæl, ved jeg ikke, men jeg blev kendeligt blegere og kunde faktisk ha’ brugt et make-up. Efter denne Sindsbevægelse skyndte vi os ombord og fik en svensk Eksport der gjorde godt, og saa smagte den af Øl. For at faa det bekræftet fik vi to til og det var rigtigt nok. 
+Poul fik et extra Blink i Øjet og sagde ”Well feller” og det betyder at nu skal der ske noget. Paa Spisekortet stod der frisk Tjäder. Da vi antydede til Tjeneren at det maatte være frosset Tjäder det drejede sig om, fik han Komplekser og skyndte sig ud til Chefen. Lidt efter kom han ud igen, stolt som en Tjäderfyr og meldte at den var jaktbar paa Tiden. Da det er en god Regel at man ikke skal sige Tjeneren imod gjorde vi det heller ikke. Tjäderen smagte godt. Snapsene var [”var” indsat over linjen] store og der var mange af dem saa mit Indtryk af de danske Toldere er vagt og noget tagget.
+I Gaar var Poul og jeg oppe hos Onkel Las og vi fik en hyggelig Snak om Båxhult. Hovedet af Tjäderhønen havde vi med [”vi med” indsat over linjen] og til vores store Ærgrelse sagde Onkel Las strax at det var en ung Tjäderhøne. Han havde lige faaet Brev fra dig – Lysse – og fortalte at I havde været glade ved at ha’ os deroppe og det var jo lige noget vi kunde lide at høre.
+Pigen havde ikke fri og vi blev inviteret til Aftensmad hvor vi fortsatte med at snakke Båxhult. Bagefter var vi i Biografen og saa Pimpernel Smith med Leslie Howard. Knippelgodt. Det hele var gaaet fint herhjemme medens jeg havde været borte og baade Far og Mor er raske. Bibbe ligger derimod i Sengen med ondt i Halsen og de kære Patienter maa passe sig selv. De beder mig alle hilse men flest Hilsener er der fra Jeres hengivne Manse.
+Og forhaabentligt paa Gensyn inden alt for længe</t>
+  </si>
+  <si>
+    <t>1947-08-15</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Henning Larsen
+Jens Larsen
+Johanne Christine Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Kirsten Larsen, Elena Larsens veninde
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
+Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
+  </si>
+  <si>
+    <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
+På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
+Johanne/Junge Larsen har ikke mange kræfter.
+Marie håber at komme til Båxhult en anden gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjod</t>
+  </si>
+  <si>
+    <t>Lindøgaard d. 15-8-47.
+Kære Lysse og Bimse!
+Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
+Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
+Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
+I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
+Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
+Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
+Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
+Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
+Hilsen fra Alle her. -</t>
+  </si>
+  <si>
+    <t>1947-09-04</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Jens Larsen
+Jonas Larsen
+Alhed  Møhl, Lysses datter
+Marie Neckelmann
+Bo Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Carsten var.
+Ordene "Spillerne", "Fornyelsestiden" og "Sedlerne" refererer til, at Christine Mackie solgte lodder til Klasselotteriet.
+"Den ny Warberg" er formodentlig Bo Warberg, som blev født 10/7 som søn af Johanne, f. Svejstrup, og Torkil Warberg. Familien boede i Ålborg. Christine Mackie skulle efter alt at dømme deltage i barnedåben i Ålborg.</t>
+  </si>
+  <si>
+    <t>Christine Mackie takker for det dejlige ophold på Båxhult. Hun glæder sig over, at Elena og Johan Larsen kan leve så lykkeligt sammen efter så mange års slid og slæb. 
+Christine har besøgt Elise Hansen/Fru P, som er blevet gammel. Elise Hansen og datteren var bekymrede over, at tagstenene endnu ikke var lagt.
+Hjemrejsen var god, men Christine havde ikke svenske penge nok til mad. Da hun kom hjem, købte hun smørrebrød. 
+Christine sender bånd til Alheds fletninger. Hun syr hagesmæk som barselsgave til "den ny Warberg".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rNe8</t>
+  </si>
+  <si>
+    <t>4/9 - 47.
+Kære søde Bimse!
+Kære søde Lysse!
+Idag er det så en Uge siden jeg rejste hjem - jeg har siddet i Aften, hen efter Solnedgang, og længtes efter Båxhult og jer allesammen! Hvor skal I dog have Tak for den uforglemmelige Tid hos jer! Jeg nød hver Time og gik omkring i en permanent Lykkerus! jeg vil håbe, at jeg når at komme igen inden jeg dør! Bare det at se et Hjem som jeres er jo en stor Lykke - jeg har aldrig troet, at der fandtes noget så harmonisk og smukt. At tænke sig, at I har levet så mange År sammen og båret Slid og Slæb - vel tit egentlig over Ævne - og Fattigdom har I også båret - og I er stadig gode mod hinanden! Det er i Sandhed et Under, som gør én glad og taknemmelig.
+Jeg var i Aftes et hyggeligt Besøg hos Fru P. og Kylle med Hilsner fra jer; de var så søde begge to og vi sad og sludrede så fornøjeligt et Par Timer; de havde det godt; men jeg kunde nok se, hvad I mente med, at Fru P_s_ Alder mærkes mere, end da jeg sidst så hende, det er også nogle År siden; men hun var livlig og morsom at snakke med som før. Jeg blev fint trakteret med en dejlig Kop Kaffe, hjemmebagt Sandkage, en fin Likør fra Fødselsdagen - og 2 store Cigarer! Jeg vilde gærne ud til dem før jeg skrev til jer, og jeg skulde hilse. De var bekymrede, fordi Stenene ikke var kommen på Taget; det er vel tørt endnu hos jer som her, så I når det måske inden Regnen kommer - hvad den forhåbentlig gør; en af Spillerne udtalte idag, dystert, at han troede, Tørken kom af Atombomberne; ja, Fanden vide det!
+Min Rejse forløb glimrende. Jeg var alene til Laholm, så kom en ung Handelsrejsende ind; han var ikke smal og aflang, men kort og tykmavet. Jeg fik en lang Passiar med ham, til han stod ud i Båstad (eller er det omvendt? jeg kan ikke huske Ordenen i Stationerne.) I Hälsingborg ordnede jeg først med Billet og Bagage og gik så ud i Byen og besteg den høje Bakke med 128 Trappetrin op til Kärnan, hvor jeg drak en Kop Kaffe og røg en Cigar i den lange Veranda, hvor jeg var alene. Der var ingen Vrøvl i Tolden på nogen af Siderne, jeg sagde, hvad jeg havde købt, og det var all right. Kl. 8.12 var vi i Kbh. og jeg fik en Vogn hjem, så jeg fik Kufferten med. Sulten var jeg sgu! der var ikke svenske Penge nok til Smørgås i H-borg, jeg kom X [indsat øverst s. 2; på hovedet] X hjem med 6 sv. Øre, som ikke blev konfiskerede! Da jeg kom hjem, gik jeg hunting i Carstens Madskab, men fandt ikke Fugls Føde; så jeg gik over i en lille Restaurant på Hjørnet af Bülowsvej, hvor de var så rare at lade mig få 3 Stk Smørrebrød med hjem, dem nød jeg på Sengen til en Kande The - indviede den lille ny Kedel; Carsten synes, den er så sød, [det følgende indsat side 2 langs venstre margen; på højkant] at han ligefrem får Tårer i Øjnene, når han ser den! Næste Dag bagte jeg - trods Lotteritravlhed - en Kage med Rosiner og Sukat - ganske dejlig. Jeg har jo så haft travlt siden med Fornyelse, i Morgen er det sidste Dag, den varer fra 9-5, en lang Dag. 
+[Det følgende indsat side 1 øverst; på tværs og langs venstre margen:] Hermed de to Bånd til lille Alheds gule Fletning - de er desværre lidt beskidte; og de er vist også for lange, men det er der da gode Råd for. - Jeg har fået min Billet til Ålborg til på Onsdag Aften. Jeg kom i Tanker om, at jeg måtte have en lille Barselsgave til den ny Warberg; og jeg havde min Nød med at finde på, hvad det skulde være, det måtte ikke koste noget nævneværdigt! så fandt jeg et Stykke Lærred stort nok til en Hagesmæk, som jeg nu sidder og syer i Fornyelsestiden mellem Sedlerne; det er med de små bitte Korssting, som jeg ikke har syet i 6-7 År - men desværre giver det mig det rædsomste Tic! Nu skal det dog føres igennem til den bitre Ende - den bliver fortryllende sød, med Blomster og Fugle i lyseblåt og mat rosa. - Så sender jeg 1000 kærlige Hilsener til jer alle fem! og endnu engang Tak for den dejlige Tid! 
+Meme.</t>
+  </si>
+  <si>
+    <t>1948-04-16</t>
+  </si>
+  <si>
+    <t>Christa Knuth
+Andreas Larsen
+Elena Larsen
+Else Larsen, Else, Andreas Larsens kone
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Sidensvans: Svensk for silkehale.
+Brunelle: Jernspurv.
+Johannes Larsen og grevinde Christa Knuth besøgte i pinsen 1948 Elena og Johan Larsen på Båxhult.
+Andreas/Puf Larsen havde fået opført et bryggeri på Møllebakkegrunden.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for transport og ophold på Båxhult. Mon ikke Johan og Elena får forpagtningen af Höljeryd?
+Johannes Larsen har en mængde fugle i sin voliere. 
+Han og familien skal til Holger Rasmussen.
+Christa Knuth ligger i sengen med noget nerve-relateret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/biXe</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 April 1948.
+Kære Lysse!
+Tak for Brevet i Gaar. Det er jo forsmædeligt, at jeg skal faa Brev før jeg endnu har faaet samlet mig sammen til at skrive og takke Dig og Bimse for sidst, det gælder baade for Ophold og Befordring til og fra Båxhult. Det var dejligt at se hvor godt I har faaet al Ting indrettet. Nu er det jo spændende hvordan det vil gaa med Høljeryd, men det kan vel næsten ikke gaa anderledes end at I faar den Forpagtning. Her har jeg megen Fornøjelse af min Voliere. Jeg har en pæn Samling Fugle: 
+3 Par Dompapper, 3 Par Kanariefugle, 3 Par Grønsiskere. 3 Dværgvagtler. 3 Gulspurve (1 ♀ 2 ♂♂) 3 Korsnæb, et Par Graasiskener, 2 Kvækere ♂♂ et Par Stillitser, 2 Tornirisker ♂♂ ? et Par Svenskirisker, 1 Bomlærke ♂ 1 Sidensvans ♂ og en Brunelle? samt 8 Guldfisk. 
+Jeg er begyndt at male i Dag, det er meget svært at komme i Gang, naar man har været saa længe fra det. 
+Puf brygger i Dag. Paa Søndag skal vi alle ned til Holger Rasmussens i Faaborg. Jeg havde Brev fra Grevinden i Gaar. Hun har ligget i 3 Uger af Nerve – et eller andet og mener at hun skal ligge en Uge til. 
+Vi har i Gaar og i Dag haft delvis Havbleg og Solskin men det fryser lidt om Natten.jeg skal hilse mange Gange fra Else og Puf.
+Mange Hilsner og Tak fra 
+Jeres 
+JL.
+[noter langs venstre side 2]
+Sjuthis [svært læseligt]
+Lanthandelen</t>
+  </si>
+  <si>
+    <t>1948-09-02</t>
+  </si>
+  <si>
+    <t>Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Belåten (svensk): Tilfreds, glad 
+Hins (svensk): Den anden</t>
+  </si>
+  <si>
+    <t>Christine Mackie takker for 10 dejlige dage på Båxhult. Hjemrejsen var hård, for da hun kom til Malmø, gik færgen først den følgende morgen. En stationsforstander var sød og lod hende sove i en tom passagervogn. Han kom også med uldtæppe og pude til hende og vækkede hende næste morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8EAa</t>
+  </si>
+  <si>
+    <t>2/9-48.
+Hils Frøken Kylle og sig Tak for Lån! Jeg har et grundet Håb om at få fat på en svensk do.!
+Kære Lysse og Bimse!
+Inden jeg begynder Beretningen om min eventyrlige Hjemrejse, vil jeg sige jer så mange Tak for de 10 dejlige Dage! for Ro og Fred og Hvile og Opmuntring og god og forsvarlig Behandling i alle mulige Retninger! På det Område, hvor i År stod tilbage for ifjor, er I Sagesøse, det må Vorherre tage på sin Kappe når han er så hensynsløs at lade det regne over os retfærdige.
+Jeg kom så godt til Halmstad i jeres lille Tog, hvor det trak forbandet, hvor end jeg anbragte mig.
+I Halmstad fik jeg det første Chock, idet en Banemand sagde, at snälltoget til Malmø var gået for 2 Min. siden, men da det viste sig, at der gik et andet 1/2 Time efter, kom jeg hurtigt til mig selv. Jeg havde en meget rar Rejse til Malmø - når jeg sad på begge mine Ben i Sofaen, dér trak det næmlig også iskoldt om Fødderne. I Malmø gik jeg strax glad og tillidsfuld ud og fik min Kuffert udleveret, og skulde så have et Stadsbud til at bære den ud til Båden - hvad for en Båd? spurgte han ja, den til Kbh - - der var ingen før næste Morgen Kl. 1/2 7!! Det var en så barok Situation, at jeg brast i Grin! men det var jo i sig selv ikke særlig morsomt, da Pengene ikke rakte til Hotel og jeg ikke, som Statsbud-Formanden foreslog kunde tænke mig at gå på Gaden, når Stationen stängtes. Jeg anråbte dem om at anvise mig en overordnet, som kunde råde mig og foreholdt dem, at det var Liv eller Helbred om at gøre, men det sked de på; de var frække nok til at sige, at jeg måtte tage min koffert med, som stod på Skranken, men så blev jeg gal og tvang dem til at finde min Garantiseddel i det bortkastede Affald. Jeg gik så ud i Hallen og spejdede efter en Uniform, men fandt ingen; så kom jeg i Tanker om Garderoben, og dér var endelig et Medmenneske, og han viste mig Vejen til Stationsforstanderens Kontor - langt borte og for mine beskedne Åndsevner svært at finde, men det lykkedes da, og jeg udøste nu mit Hjærte for en smuk og sympatisk Herre i fin Uniform; han og hans ikke mindre tiltalende unge Assistent hørte med Deltagelse om mine Besværligheder og min Beretning om den dumme Hins i Landeryd; jeg spurgte, om der ikke var et Hul et Sted på Stationen, hvor jeg kunde få Lov at være om Natten! Jo, jeg skulde gå med ham, så skulde han vise mig til Rette; vi foretog så en Fodtur langt ud i Systemet, hvor der stod en ensom III Kl. Jernbanevogn med Påskrift, at den ikke måtte kobles til noget Tog; der gik vi ind og beså Lejligheden, som jo var helt tiltalende; jeg satte min Håndkuffert og fulgte med ham tilbage for at se, om der var åbent i Restauranten - det var der, i I Kl.s og der var lunt og rart, og jeg spiste to smörgåser og drak mindst en Liter The. Så gik jeg da de lukkede Kl. 11, ud og købte nogle Aviser mod Kulden - jeg bad om de tykkeste! det var svenska Dagbladet. Hermed vandrede jeg ud på Linjen og ind i mit bramfri Nattekvarter; men tænk, lidt efter kom Forstanderen bærende med en Pude og det største og tykkeste Uldtæppe, jeg har set! var det da ikke ualmindelig sødt! - Jeg stak Hovedet gennem en Avis, under Trøjen, så den holdt mig varm på Ryg og Bryst, og så gik jeg i Seng, godt vøvet ind i det dejlige Tæppe, som holdt mig fuldstændig varm; jeg faldt godt nok i Søvn, men vågnede senere ved en brutal Trampen i min Vogn og en Lygte i Ansigtet, to Mænd spurgte, om jeg havde Tilladelse til at ligge der - det havde jeg jo, og så forsvandt de, og jeg faldt igen i Søvn. Kl. 4 kom en Mand og vækkede mig, af Opmærksomhed, for hvis jeg skulde med Stockholmsexpressen, så gik den snart. Derefter turde jeg ikke lægge mig til at sove igen, men stod op Kl. 1/2 5 og spaserede op og ned ad Gulvet en Timestid, svøbt i Uldtæppet. Kl. 1/2 6 kom den Engel til Forstanderen for at se, at jeg ikke sov over mig! Jeg forklarede ham, at han havde reddet mit gamle Liv med Tæppet . hvilket sikkert var den rene Sandhed, og han smilede belålen, jeg var sgu lige ved at kysse ham. Jeg skrev et sødt Brev til ham, da jeg kom hjem og takkede ham med sort på hvidt. 
+Resten gik glat, og Morgenkaffen på Færgen var noget af det underfuldeste, jeg har nydt. Ingen aner vist, hvor man bliver sprælsk og lebendig efter en Nat i en enlig Jernbanevogn og meget lidt Søvn! Jeg blev det i den Grad, at jeg gav mig til at føre en spøgefuld Samtale på fransk med en Herre ved mit Bord! Med Kufferterne var der [det følgende skrevet s. 3; lodret i venstre margen:] ingen Besvær; jeg kom hjem Kl. 1/2 10 og burde være gået på Hovedet i Arbejde med mine Sedler - men jeg må dog indrømme, at jeg den Dag ikke hørte til de arbejdsvillige; næste Dag var jeg all right og er det fremdeles. Hermed slutter [det følgende skrevet s. 4; i venstre margen, lodret:] Beretningen om Tante Mornines store Udenlandsrejse. 1000 Hilsner til jer alle!</t>
+  </si>
+  <si>
+    <t>1899-9</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt deres lille søn opholdt sig på Larsen-familiens gård Båxhult i Småland i sensommeren 1899. Berta og Ludvig Brandstrup var hos dem en tid, og Laura Warberg samt flere af Alheds søstre også. 
+Signaturen på brevet er svært læselig, men der står formodentlig Louise. Laura Warberg nævnte i et brev, at Muk/Louise skulle gå til Landeryd Station uden sin bagage - hun ville få sit tøj på et senere tidspunkt - og dette passer med indholdet af dette brev.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0034</t>
+  </si>
+  <si>
+    <t>Louise skriver brev i et rystende tog mellem Halmstad og Helsingborg. Hun er gået til Landeryd uden sin bagage, og hun trak på vejen to små træer op ved rode. Louise er spændt på, om de vil gro derhjemme. Der var skønt på Båxhult, og Louise har været med Ludvig Brandstrup på jagt. Nu når hun til Hallandsåsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/roCY</t>
+  </si>
+  <si>
+    <t>Toget mellem Halmstad og Helsingborg.
+Kære Dis! Jeg har faaet dette Papir og en ubetydelig lille Blyant med at skrive til Dig i Toget, men det ryster saa meget, at det vist ikke bliver til stort. – Jeg er meget trist til mode over at være rejst fra Båxhult; der var saa storartet at være. Mor har nok fortalt udførligt om alt deroppe. Dit Brev laa der til mig den Aften, vi kom. Tak for det! [”Tak for det!" indsat over linjen] Jeg vilde egentlig nok have svaret, men Turen var jo saa fremrykket og Postgangen deroppe saa daarlig, at jeg ikke mente, jeg kunde naa det. Mor har fortalt om Dine og Mornines Anstrengelser med mit Tøj, - jeg blev meget rørt over det. Jeg gik til Landeryd i Dag; hele min Bagage var min Fladhat med mit Kammeetui og en stor Lyngguirland; desværre drysser den meget, saa den bliver vist ikke til meget, naar den naar København. Jeg rysted et lille Enebærtræ og et lille ditto Grantræ op med Rod paa Vejen til Landeryd; er meget spændt paa, om de vilde gro. – Det var morsomt at være sammen med Mor deroppe de to Dage; hun morer sig over alting deroppe. Hun og jeg var sammen ved Yällunden i Gaar. Sig Mornine, at jeg har været der 2 Gange og var meget begejstret, men næsten mere for Brandaasen og nogle andre Steder, jeg var med Onkel Lut paa Jagt. Her sidder nogle utaalelige Tyskere og gør uvist hvorfor Nar af mig og mit Brev paa Tysk. Nu kommer vist snart Hallands Aas; det er det dejligste i Verden, der skal jeg se ud, jeg var ude i Halmstad og drak Kaffe og spiste en Masse Masse Brød og Kager for 35 Øre
+Hilsen til alle Louise</t>
+  </si>
+  <si>
+    <t>1905-04-07</t>
+  </si>
+  <si>
+    <t>Långaryd
+København</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt med tuberkulose på sanatorie i Haslev.</t>
+  </si>
+  <si>
+    <t>Marie Larsen og IA Larsen er på vej til København og videre til Båxhult i Sverige. Det sner selvom foråret var godt i gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OhSR</t>
+  </si>
+  <si>
+    <t>Kjærbyhuus
+Kjære lille Ugle!
+Det bliver nok med Kniberi for jeg skulde i dag sende Maries Kjole, Hat og Sko til Kjøbenhavn. De kommer dertil i morgen Aften om de dog kunde faa Faer til at blive [ papir mangler] Kjøbenhavn den Nat og sove [ papir mangler ] og tale med Bør [papir mangler] til Banegaarden [papir mangler] lille Ugle [papir mangler] rnede og sendte [ papir mangler] mt at [ulæselige ord ] [papir mangler] og fuldstændig [Vinterlandskab], vi Lysse og jeg skulde have været ud at plukke en lille Boukjet til Alhed men Nej nu i dag sneer det igjen, og jeg som troede Foraaret var her lige ved Døren, hvordan mon det gaar min store Peon der allerede havde saamange Blade udfoldede. Vidste jeg dog nu om du er paa Mellemkost og kan vinde lidt i Vægt
+Marie lovede at skrive til dig fra Sverig det har hun vel nok holdt, saasnart Faer er kommen skal jeg nok skrive et langt Brev men det kan du ikke faa før Tirsdag hvis han først kommer hjem Søndag, det er d [ papir mangler] Glæde at dine Arbejder er b [papir mangler] Lokalet men de [papir mangler] hængt paa T [papir mangler] kom nu til [ papir mangler] nu kan jeg skri [ papir mangler] hende jeg s [ papir mangler] jeg skal holde [papir mangler] gjæld – men [ papir mangler ] skal over til Køerne. [ papir mangler] Kalve voxer godt – det er jo Olga Svend og Uglen
+100 kjærlige Kys min egen kjære Ven
+Din Moder</t>
+  </si>
+  <si>
+    <t>1930-06-04</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Johannes V. Jensen
+Aron Bernhard Kjellmann
+Elena Larsen
+Peter Andreas Larsen
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
+Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lE3T</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen 
+Boxhult
+pr. Landeryd
+Sverrig.
+[Fortrykt på kuvertens bagside:]
+WEDELLSBORG SKOVBRUG
+PR. EJBY
+[Håndskrevet i brevet:]
+Rørdam d. 4'-6'-30.
+Kære Lysse!
+Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
+Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
+Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
+  </si>
+  <si>
+    <t>1931-05-08</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Louise Brønsted
+Achton Friis
+Martha Friis
+Gunnar Helweg-Larsen
+Adolph Larsen
+Elena Larsen
+Johannes Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Brormands mors navn kendes ikke, og det vides ikke, hvem Doris var. 
+Larsen-familien havde i flere omgange tamme oddere. 
+Agraren (Adolf Larsen) er "flink for Tiden": Adolf Larsen var kvartalsdranker.</t>
+  </si>
+  <si>
+    <t>Brormands mor er død.
+Andreas og Johannes Larsen havde planer om at komme til Båxhult, men de opgav det. Nu er Johannes Larsen sammen med Achton Friis taget på en rejse rundt i Sønderjylland. Andreas Larsen kørte dem dertil, og de besøgte en mand, som havde en masse dyr - blandt andet en søster til den odder, som Larsen-familien engang havde. 
+Andreas og Adolf Larsen giver haven og husene på Møllebakken en ordentlig omgang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ePqx</t>
+  </si>
+  <si>
+    <t>8 Maj 1931
+Kære Lysse.
+Brormands Mor er død paa Rigshospitalet efter en Operation (en Svulst). Operationen var godt overstaaet, men saa fik hun Tilbagefald og inden Doris naaede at komme derind, var hun død. Jeg sendte en Krans fra os to. - Det lader til at trække ud med det Brev jeg vilde skrive til Jer efter Jul. Naar jeg ikke skrev lige efter Afsendelsen af Radrenserkatalogerne, er det tildels fordi Far i de Dage havde Planer om at vi skulde op og se til Jer. (vi): enten skulde Helweg-Larsen eller jeg køre Far derop. Det blev opgivet paa Grund af Vinter. Nu bliver der jo ikke Lejlighed til det, Far er igaar taget ud paa Jyllandstur med Achton Friis. Tante Lugge, (som har været her en 14 Dages Tid) Fru Achton Friis og jeg fulgte dem til Sønderjylland i Torden. Faaborg - Mommark - Sønderborg - Dybbøl - Aabenraa - Haderslev, hvor vi efterlod dem i Højskolehjemmet og fortsatte hjem over Snoghøj. I Sønderborg besøgte Far og jeg en Mand, som har Søsteren til den sidste Odder vi havde. Det var morsomt at se en igen, den var meget venlig og oplagt til Leg. Samme Mand havde ogsaa et Raadyr, (han har før haft 5) en Maar, en Skovskade eller maaske 2 og vistnok andre Dyr, som jeg ikke saa. Jeg kom nemlig senere end Far og jeg var mest optaget af Odderen. Vi har for Tiden fint Vejr, som vi benytter til Havearbejde. Agraren hjælper mig, han er flink for Tiden og Haven bliver meget fin, Plænerne tromles, Gange lægges om og gruses Træer beskæres, og det ser ud til, at vi naar at faa det hele i Orden til Pinse, hvor der ikke er nogen hjemme ["hjemme" indsat over linjen] til at se det! Lysthuset er blevet rødt og hele Huset skal hvidtes mod Gaarden ["mod Gaarden" indsat over linjen] og Vinduer og Døre males. -
+Du har vel travlt nu i Marken? Hvis du skulde faa Tid til en lille Beretning (Tractoren) var det jo morsomt.
+Mange Hilsner til Jer begge og til min Nevø!
+fra Puf.</t>
+  </si>
+  <si>
+    <t>1898-03-24</t>
+  </si>
+  <si>
+    <t>Lars, Höljeryd -
+Skomagerline -
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Anna  Eckardt, datter af Alfred Eckardt
+Peter Hansen
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Lisa Nisbeth
+Otto Emil  Paludan
+Joseph  Petterson
+Theodor Philipsen
+Niels Skovgaard
+Fritz Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Med "Trægården” menes haven (på svensk).
+Alhed Larsen opholdt sig i København, fordi hendes mormor var døende. Lille Warberg var hendes lillebror, Dedde, som skulle konfirmeres Palmesøndag i Odense Domkirke. Hempel Syberg afholdt festen, da ALs og Deddes far, Albrecht Warberg var syg. Få dage efter konfirmationen døde mormoderen.(Se evt. flere detaljer i Alhed Larsens biografi)
+Palm er højst sandsynligt Otto Emil Paludan kaldet "Pallam". 
+Missemor er barn af Marie og Aron Kjellman.
+Det er uvist, hvem Kristines mor var.
+Marie Larsen var i huset på Nedergaard ved Kolding. 
+Engelsens er muligvis en familie, som ejede en stor boghandel i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Vilhelmine og IA Larsen kom hjem til Kerteminde efter at have lavet forpagtningsaftaler vedr. Båxhult og Höljeryd.
+I København, på vejen hjem, besøgte de Den Frie Udstilling, hvor opsætningen endu ikke var helt færdig. Herefter var de på besøg hos Alfred Eckardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0BX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24/3 1898
+Kjære Marie!
+Just kom vi hjem i en stærk Nordøst Vind det var koldt kan du tro ovenpaa de varme Vogne; men vi befinder os helt vel i dag begge to. Af dit Brev der kom til Johannes i dag seer jeg at du troer vi kun beholder 1 Værelse på Boschult jo lille Ven vi beholder dem alle paa et nær som gamle Lisa Nisbeth skal bebo og det bliver Qvistværelset til Gaden over Verandaen, alle Værelser bliver malede og nyt Papir saa der bliver saa lyst og kjønt at du aldrig kan forestille dig Synet især naar Trægaarden kommer i Orden Smedens var begyndt at flytte ind inden vi rejste i Drengestuen paa Boschult og Skomagerline skal op hos Smedens og Lars i Kungsveka skal have det Jordbrug i Forpagtning for 150, Smeden 150 og Skatter og 10 Sjus for Boschult, og Petersen 600 for Holjeryd- du seer vi haar gjort vore Sager godt denne Gang nu kommer der en Tid hvor vi kun skal tage imod Penge derovre fra, det er godt hvad. Det kan jeg unde den kjære Fader – som har maattet punge ud med saameget – Vi synes udmærket godt om [ulæseligt ord]-Familien det er ganske bestemt dygtige Folk han kjørte for os igaar med den norske graa og en brun der der ligner Finga noget i Gangen vi kjørte derned paa 2 Timer i et nydeligt Sommervejr; lad mig bringe dig alle de mange hjertelige Hilsener fra dem alle derovre den snelle dygtige Marie Larsen fik mange Lovtaler kan du tro Kristines mor var ogsaa fremme at besøge mig der var saa mange mere til Kaffe at jeg kjøbte en Mængde Dappe hos Handeleren i Haljeryd der har en Søster som bager
+Hun bad os nu komme paa Hjemrejsen i Halmstad spiste vi Frokost paa et Hotel og der trakterede Fader mig med en Pilsner som gjorde mig saa tung i Hovedet at jeg fik flere gode Søvne paa Vejen 
+I Kjøbenhavn skal du blot høre hvor heldig jeg var. Vi kunde ikke sige bestemt naar vi kom saa der var ingen til at tage imod os. Fader gik et lille nødvendigt Ærinde og jeg sagde saa til ham du kan træffe mig ved den fri Udstilling for jeg vil hen at kigge ind af Døren for at have en Mening om den
+Der stod en Malersvend udenfor og børstede Søjlerne jeg gav mig i Snak med ham og spurgte om de kunde blive færdige jeg veed det knap Frue vi slider Nat med Dag for vi Malere kan jo ikke komme til før de andre Haandværkere ere færdige da jeg vender mig kommer Peder Hansen ud med 2 Herrer der bliver en Præsentation Johannes Larsens Moder – Hr Phillipsen; Hr Niels Skovgaard de blev ved send Johannes herover til Fredag men det vil han ikke derimod rejser han over et Par Dage og tager Alhed med hjem til Confirmationen med den lille Varberg i Odense Palmesøndag, Onkel Syberg er flyttet til Odense og gjør Gildet, Johannes er bedt med de bliver 44 Gjæster han har jo Vilhelms sorte Benklæder og Vest og laaner Palms Kjole – men nu tilbage til Udstillingen, saa kom Fader det er Johannes Larsens Fader – saa Afsked med Venner og saa ind med Peder at se paa Malerier – ja Marie hvor vi brugte det var jo Jag men endel kan jeg da huske som glædede mig meget Syberg er saa overordentligt smukt repræsenteret en hel Væg fylder du ved nok han har illustreret ” en Moder – og de hænger uden om hans Malerier ja begynde at beskrive dig dette kan jeg ikke overkomme men naar vi faar et Katalog saa skal du faa et sendt og saa skal jeg bemærke hvad jeg synes om hver især – Johannes’s Billeder var hængt saa smukt op men saa kom Brandvæsenet og skulde skjære en Dør til saa maatte de ned men Peder lovede at de skulde nok en god Plads
+Agrarbilledet tog sig udmærket ud derom ogsaa Blomsterne Roserne og Valmuerne saa er der de 3 Aquareller der var i Stokholm
+Saa gik vi til gamle Eckardt der var ingen hjemme derfra til Alfred der mødte vi Margrethe paa Gaden hun med tilbage Alfred var heldigvis hjemme og Musse maatte op af Sengen og vises frem saa rendte Margrethe hjem og hentede gamle Onkel der imidlertid havde været paa Aftentour der fik jeg høre at Fru Lorentzen kom til Byen men de mente ikke den lille Pige kom med – Margrethe skulde til The hos Engelsens Onkel fulgte os saa paa Banegaarden og Alfred gik [ulæseligt ord] det er et nydeligt Hjem de har og herligt uden Gjenboer
+Nu kniber det med Tiden lille Marie men du faar hørt vi er kommen vel hjem Saa skal jeg skrive mere i mit Søndagsbrev og der skal vi saa se et Billede af Marie Aron og alle Børnene hun er saa sød den lille Missemor i Virkeligheden hun er magrere men smukkere det glædede mig ogsaa hos [ulæseligt ord] at høre hvor glade de er ved dig paa Nedergaard
+Lev du kjære lille Marie og Hilsen fra os Alle sammen
+Johannes er paa Jagt</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1925-08-10</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Grønland</t>
+  </si>
+  <si>
+    <t>Långaryd, Sverige
+Helsingør
+Godthåb</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Finn Salomonsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Eiler Lehn Schiøler m.fl. er på Grønland for at lave forarbejde til bogværket danmarks Fugle. 
+Kirsten Rask er formodentlig et skib.</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Alhed Larsen og drengene tager til Helsingør med tog eller bil og videre derfra til Båxhult i Sverige.
+Brev 2:
+En kort hilsen, for Andreas skal til Odense med breve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dcei</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Dette bliver saa den sidste lille Hilsen. Bare Du nu har faaet alle de Breve jeg har skreven til Dig, jeg mener dette er mindst det 9ende. Samtidig med dette har jeg sendt et til Godthaab, l [bogstavet overstreget] med Beskrivelse over hvad der er foregaaet siden i Forgaars hvor jeg jo sendte Dig et med Gertrud rask. – Det var noget Kludder jeg skrev i Forgaars med at blive søsyg paa Vejen op til Helsingør, vi tager jo derop med Tog eller Bil. Finns Fader har foreslaaet at vi skal tage sammen derop. – Lørdag d. 15nde rejser vi alle til Kjbn. med 7 ½ Bilen, hvis vi kan fortsætte til Sverige samme Efterm. ellers Søndag Morgen. Jeg glæder mig voldsomt til Båxhult, Lysse skal jo hjem til 1ste Sept. Men Puf og jeg bliver der nok noget længere. Naa, saa er der kun tilbage at ønske Dig en rigtig god
+[resten af brevet mangler]
+Kære Far.
+Du faar kun denne Hilsen fra mig denne Gang jeg skal nemlig til Odense med Brevene nu og har ikke vidst om denne Postforbindelse før.
+Hav det godt og paa snarlig Gensyn Puf.
+[Skrevet på højkant]:
+Lysse hilser, han er her ikke i Øjeblikket, men han skulde skrive.</t>
+  </si>
+  <si>
+    <t>1930-06-30</t>
+  </si>
+  <si>
+    <t>- Brandt, bestyrelsesmedlem
+Esben Hansen
+Elena Larsen
+Johan Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>I flere breve omtales sagen om Vilhelm/Klaks Larsen, Brandts m.fl., som er blevet bedt om at se på de økonomiske fremtidsudsigter, skovdriften m.v. på gården Båxhult i Sverige. Se blandt andet 1930-06-23, Vilhelm Larsen til Johan Larsen.</t>
+  </si>
+  <si>
+    <t>Esben Hansen har bedt om, at Johan/Lysse Larsen sender Båxhults papirer. Andreas/Puf Larsen finder det for risikabelt at sende dette materiale, og Vilhelm/Klaks Larsen kan godt vente med at se det, til han ankommer. Andreas Larsen har forsøgt at få fat i Brandt for at høre hans mening.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z1SX</t>
+  </si>
+  <si>
+    <t>Mandag Aften.
+Send ikke Papirerne hvis du ["hvis du" overstreget] før du hører nærmere.
+Kære Lysse.
+Esben har ringet idag for at lade mig skrive til dig efter Kortene og Papirerne over Båxhult fordi Brandt og Onkel Klaks vil rejse op til Jer [et overstreget tegn] den 4de Juli. Da jeg synes det var risikabelt at sende Papirerne saa kort før de Herrers Afrejse, ringede jeg til Klaks, som sagde, at han for sit Vedkommende ikke brød sig om at se Papirerne før paa Båxhult, og desuden ["desuden" overstreget] heller ikke havde noget imod at opsætte Afrejsen et Par dage, hvis Brandt insisterede paa at faa Papirerne herned først, saa jeg maatte aftale med Brandt hvordan det skulde ordnes. Brandt har jeg saa ringet forgæves til iaften; derfor skriver jeg dette til dig, saa kan jeg sende et Telegram imorgen, naar jeg træffer Brandt. Esben sagde ogsaa, at de x gerne vilde træffe den svenske Konsulent, hvis det var muligt.
+I Hast mange Hilsner til Jer alle 3
+Puf.
+x Brandt og Klaks</t>
+  </si>
+  <si>
+    <t>1933-10-05</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Puf og Else knokler med frugten. Familien vil komme til Båxhult tirsdag eller onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zoil</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5/10 – 33.
+Kære Lysse og Bimse!
+I kan vel ikke begribe hvor vi bliver af? Jeg har ikke kunnet blive færdig med mit Arbejde før og Puf og Else slider med at bjærge noget af den overvældende Masse Frugt og lave Most af de nedfaldne Æbler. Men nu har vi tænkt at køre til Kjøbenhavn paa Søndag og saa set at komme til Båxhult Tirsdag eller Onsdag, næppe før Onsdag da jeg skal ende en Masse Ærinder i Kjøbenhavn først. 
+Mange Hilsner ogsaa til Peter
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>Sensommer 1935</t>
+  </si>
+  <si>
+    <t>Dot -
+Christian  Ernlund
+Jens Peter Jensen
+Elena Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Didrik Overgaard Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane og Marie Larsens nye hus i Birkerød stod færdigbygget i 1935. 
+Odinstrnet blev opført på Bolbro Bakke i Odense 1935. Det blev sprængt i luften i 1944. 
+Harald Jensen, der blev født i 1837, var kunstmaler og brændevinsbrænder, og i 1863 udviklede han den akvavit, som stadig (2025) bærer hans navn.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen ved endnu ikke, hvornår Johannes Larsen kommer til Båxhult for at gå på jagt. Johannes Larsen vil ikke tage stilling til, hvilken pige eller kvinde der tager med for at stå for husholdningen, men Andreas foreslår enten Dot eller Marie/Ia Larsen. Dot vil forinden øve sig i at stege vildt.
+Peter Larsen har været på Lindøgaard et par dage. Derefter var han med på en tur til Odinstårnet samt på restaurant og få omelet. Peter spiser sig ikke mæt ved aftensmåltidet, så nu har Andreas Larsen sagt, at han skal blive siddende, til alle er færdige.
+Johannes Larsen har haft Peter med på en tur til Romsø, hvor Larsen skulle tegne et egetræ. De spiste frokost hos fyrmesteren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7nsT</t>
+  </si>
+  <si>
+    <t>Onsdag
+Kære Bimse og Lysse.
+Tak for Jeres Brev forleden, det var rart beroligende. Om Fars Besøg ved jeg endnu ikke noget nærmere; han maler sikkert det Billede færdigt, som han nu har malet ca 1/3 snart Halvdelen af. ["ca 1/3" overstreget; "snart Halvdelen" indsat efter linjen med en streg hen til foran ordet "af"]
+Jeg spurge ham imorges om han havde tænkt nærmere over en Pige, som han kunde faa med derop, men jeg fik i en afgørende Tone at vide, at det kunde han ikke beskæftige sig med nu. Hvis han først vil tænke over Sagen naar han skal skynde sig afsted, kan det jo let være forsent, derfor vil jeg gerne have Jer til at meddele mig snarest om Bimse bliver deroppe under Jagten eller hun rejser inden den. Hvis Bimse er hjemme og kan lave Maden, kan I faa Dot med derop som Skruppepige. Hun er meget opsat paa at komme med og taler endogsaa om at lære at stege Vildt i Kerteminde (Hun vil øve sig paa vores mange Haner) men det har jeg nu sat mig imod, Vildtet skal behandles ordentligt!
+Hvis Bimse ikke er hjemme maa vi jo se at faa Ia med derop, synes jeg. Hun vil jo altid meget gerne til Båxhult, men det kommer jo an paa om hun kan nu de nylig er flyttet ind i deres nye Hus. Hvis Far er klar til at rejse om ca 8 Dage, er der jo ikke for meget Tid, saa lad mig vide hvordan I stiller Jer til disse Forslag eller om I selv har andre. - Peter har været paa Lindøgaard i 2 Dage sidste Uge ["sidste Uge" indsat over linjen], men da han skulde sættes af ved Munkebo Kro i Forgaars, vilde han hellere med til Odense, saa han maa jo ikke være saa utilfreds med os mere. Han var saa i Odinstaarnet, hvad der ikke syntes at more ham særligt, senere fik han Omelet i Bryggergaarden, men da han fik den erklærede han, at han ikke spiste Nymælspandekager! Saa det var tilsyneladende ikke nogen vellykket Udflugt for ham. heldigvis befinder han sig helt godt i Kerteminde, saa godt, at han [et overstreget bogstav] i nogle Dage
+2)
+ikke havde Tid til at spise sig mæt, men da det jo førte til at han skulde ind og have Mad naar han skulde i Seng (jeg kender jo kun Aftensmaaltiderne) saa har jeg nu sagt at han skal blive siddende til vi andre er færdige. Det gør han jo ikke uden Protest, men han faar vel saa Vane til at spise, saa han igen kan faa Lov at gaa lidt før. -
+I Søndags var han med Far paa Romsø. Far skulde tegne et Egetræ til Billedet. Fyrmesterens skulde netop rejse til Svaneke, saa de fik sig en bedre Frokost med Harald Jensen af Æggebægre. Iaften har Far inviteret Ernlund og Elses Far til Torsk i Kerteminde. 
+Peter fik Bimses Brev iaftes, skal se at faa skrevet.
+Skrevet udi gamle Odenses
+Raadhus
+med Hilsen fra Ernlund,
+Far og Puf.</t>
+  </si>
+  <si>
+    <t>1935-01-27</t>
+  </si>
+  <si>
+    <t>Erna -
+Ib Andersen
+Wilhelm Hansen
+Jens Jensen
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Knud Schoubye</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Egebjerg, dr. Polack, fru Bransager, fru Engeltoft og Carla Rasmussen var. 
+Sagen om skatteregnskabet og de solgte billeder hænger formodentlig sammen med, at Elisa Hansens man, maleren Peter Hansen, døde i 1928.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at de har fået en dam på Båxhult.
+Elisa Hansen spørger, om Elena Larsen laver appelsinmarmelade. Selv bruger Elisa en opskrift fra Pompeii.
+Jens Jensen er færdig med sin turnus og er nu på Frederiksberg Hospital. Grete Jensen laver lampeskærme, som hun prøver at sælge.
+Elisa Hansens skatteforhold er omsider på plads.
+Erna vil købe en byggegrund i Ordrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UYms</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Jeg synes, du skal have et lille Søndagsord og Tak for dit kærkomne Brev. Det var da godt, at Lysse kunde muntre Petermanden, da vi saa flot drog af Gaarde uden ham. Nu har vi igen Frost, dejlig stille Solskinsvejr er det idag. Saa kan det være Peter igen kan more sig paa Isen. Det er i mange Henseender en stor Gevinst, at I har faaet den lille Dam. Jeg talte med H[ulæseligt] i Telefonen, der foresvævede ham oget om, at den Pels blev i Lases Bil. Han har lovet at varsko mig, naar han engang tager til Båxhult, og tage noget med derop. Jeg maa se at faa købt dine Gramofonplader og have dem klar til Afgang. Har du faaet lavet Appelsinmarmelade? jeg er begyndt paa det efter den Methode, vi brugte i Pompej. Igaar var vi hos Lis sammen med Egebjergerne til henholdsvis Billard og Bridge. Anna E. som er lidt af en Doktor, sagde, at Levertran er et ypperligt Middel, men jeg ved rigtignok ikke hvilke Vitalimer det repræsenterer; jeg vilde ønske, at Lysse og Peter vilde tage en lille daglig Dosis. Jens er nu igen paa Frederiksberg Hospital hos sin Ven Dr Polack han er nu færdig med sin Turnus og er naaet op til den svimlende Gage af 200 Kr om Maaneden. Gete benytter den døde Tid til at lave Lampeskærme; jeg ved nu ikke, om det er en god Ide, og hun kan jo ikke selv anvende de usolgte Varer som du kunde med din Appelsinmarmelade, men heldigvis koster de ikke meget at fremstille, saa det er et Forsøg værd. Hun har en Udstilling af Ib Andersen, der er mange nydelige Ting imellem, men hun har ikke solgt noget, jeg ser dog, at han solgte en Del paa Grønningens Udstilling. I Aften skal vi ud til Fru Bransager, paa Torsdag til Fru Engeltoft og Carla Rasmussen, jeg maa snart til at tage mig sammen og faa nogen [ulæseligt ord] her, men det er svært at faa sig til det. Nu har jeg endelig faaet min Skattebillet i Orden, i Morgen kommer Knud, som skal sige mig hvordan det forholder sig med de solgte Billeder.
+Nu var Erna her, hun havde været ude for at se paa en Byggegrund i Ordrup nedenfor Wilh Hansens Villa, den var ret stor saa der skal være 2 Lejligheder hun selv vil bo paa 1ste Sal, jeg tænker, hun bestemmer sig for den. Hendes Moder var med hun er svært med paa, at Erna skal flytte derud. 
+Saa nu maa jeg til at tænke paa min Udsmykning og sender jer derfor Masser af Hilsener.
+Mos.
+27-1-35.</t>
+  </si>
+  <si>
+    <t>1897-11-02</t>
+  </si>
+  <si>
+    <t>Ullerslev</t>
+  </si>
+  <si>
+    <t>Christine Sverige -
+Lars, Höljeryd -
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>I.A. Larsen er i alvorlige økonomiske problemer og må derfor bortforpagte ejendomme mm.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre er kommet hjem fra Sverige. De har forpagtet Lille Höljeryd med tilhørende jord bort. Møblerne bliver flyttet til Båxhult. Jorden i Kongsveka og Båxhults jord er også bortforpagtet. Familien kan fortsat bo på Båxhult, når de er i Sverige. 
+Britta manglede mønster, så hun kunne ikke væve tøj til Larsen-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/znpL</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Nov. 1897
+Kæreste Alhed!
+[Noget af papiret mangler] Dag intet Brev! [Noget af papiret mangler] et sidste Brev fra [Noget af papiret mangler]ags 8 Dage, altsaa: [Noget af papiret mangler] – Mandag – Tirsdag – Onsdag – Torsdag – Fredag – Lørdag – Søndag – Mandag – Tirsdag – saa mange Dage har jeg ingen Breve faaet. Fader og Moder kom i Nat, Klaks og Agraren var henne i Ullerslev efter dem, jeg var ikke med da jeg havde faaet saadan en forfærdelig Snue i Aftes, [og det ha]r jeg naturligvis endnu. Fader har nu forpagtet lille Höljeryd og Jorden dertil bort. Møblerne skal saa flyttes til Båxhult. Fader solgte Klaveret til en Mand og [Noget af papiret mangler] for det, var det ikke [Noget af papiret mangler]ket Forretning? Forp[agteren] overtager Gaarden [Noget af papiret mangler] og skal betale Skat[Noget af papiret mangler] give 600 Kr. i Forpagtningsafgift. Lars i Kongsveka har forpagtet Jorden i vores Kongsveka for 150 Kr. om Aaret, og Båxhult Jord bliver vist forpagtet ud til Christines Fästman, hun har nemlig en saadan, saa der bliver vist omtrent en aarlig Indtægt af godt 1200 af det Hele, Torperne iberegnet, det er mere end jeg [havde] troet og ikke saa lidt bedre end at give Penge til og saa har vi jo Båxhult at bo paa naar vi kommer der [Noget af papiret mangler] som forpagter Jord [Noget af papiret mangler] skal nemlig bo i [Noget af papiret mangler]. Der var Brev [fra Chri]stine i Dag, hun [har] været henne at besøge Jer, og jeg ser der af at Du har det godt, saa nu faar jeg vel snart Brev fra Dig, men jeg længes ogsaa efter det kan Du tro. Mange kærlige Hilsner! Skriv nu snart til mig. Din hengivne
+Johannes Larsen.
+vend om! 
+P.S.
+Fru Østerberg betalte Moder 20 Kr hun havde faaet til Ulden til det Tøj Britta skulde væve. Prøven er [Noget af papiret mangler] bortkommen. Saa der[Noget af papiret mangler] skaffes Garn af de sa[Noget af papiret mangler] Farver og Britta k[unde] ikke væve naar hun ikke havde Mønstret at se efter, saa der bliver altsaa ikke noget Tøj denne Gang.</t>
+  </si>
+  <si>
+    <t>u.å. 1899</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Sverige</t>
+  </si>
+  <si>
+    <t>København
+Sverige</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Hanna -
+Vilhelm  Kaiser
+Aron Bernhard Kjellmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Olga Lau
+Fru Palm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Brevene er muligvis ikke fra samme periode.
+Det vides ikke hvem den syge kvinde er. Det vides ikke hvem Røde Ole er.</t>
+  </si>
+  <si>
+    <t>Kerteminde By- og egnshistoriske Museum</t>
+  </si>
+  <si>
+    <t>Brev 1: Vilhelmine Larsen passer en kvinde med voldsomme hosteanfald, muligvis på nabogård til Høljeryd. Christine Swane er på Høljeryd sammen med IA Larsen
+Brev 2: Johannes Larsen og Alhed er muligvis på Båxhult og venter på at forældrene skal komme derop. Det går godt for Christine Swane i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tGsC</t>
+  </si>
+  <si>
+    <t>Kjære Faer og Ugle
+Natten er gaaet bedre end vi ventede der var kun 2 Hosteanfald hun blev mere levende henad Aften og var dog saa glad og taknemlig fordi jeg var der som hun dog trykte min Haand og takkede for hver en Hjælp jeg ydede hende. I dag ligger hun mere stille hen men ængster sig mere, I gaar vel ikke fra mig
+Fru Palm rejste imorges og de har en stor Kjerning - saa faar jeg Bernhard afsted med Brevet naar han kommer op ellers var jeg gaaet hjem et Svip det er Graavejr saa jeg skulde være der hos Dig nu faar jeg [ulæseligt ord] Kjærlig Hilsen, det er [ulæseligt ord] dette her
+Eders trofaste Moer
+Kjære lille Dinemor!
+Det var rigtignok en stor Glæde for Dine Forældre at faa et saa livligt og tilfreds Brev fra dig – ja saadan skal det være gaa Du bare dristig fremad i god Tro til, naar du er flittig, saa vil vor Herre lægge sin Velsignelse til Udviklingen af de Evner han har betroet Dig. Her gik Rullen sønder forleden Dag Vilhelm Kaiser fik saa Tøjet med igaar men i Aftes blev jeg klog paa at det er Mortensaften i Aften saa det blev lidt trangt for mig at faa Dit Tøj strøget jeg tog nu hvad jeg i en Hurtighed kunde finde Resten stryger jeg i Morgen og saa skal det komme hurtigt, de blaa Pudevaar kan jeg slet ingen finde af saa det maa være til Marie kommer hjem engang og klarer de Ærter; naar mon de dog kommer – Faer siger de har det saa godt saa de bliver vel derovre – jeg troer nu de venter paa vi gamle men jeg har trukken den Tand ud og det vil jeg skrive til Dem i Aften for her kom et Brev fra den Frie, og det maa jo afsted. Du spørger til vores Karle ja den af røde Oles er en pæn Fyr
+Jyden var her i 3 Dage saa gled han ligesaa stille sin Vej med sin Vadsæk i Haanden ad Jylland til vi troede han var oppe at bundte Hø og opdagede det først om Aftenen da Dorthe kom farende jeg kan ikke finde Karlen nogen Steder og Alt hans Tøj er borte 
+Nu traf det sig saa heldig at Hanna havde sin Fæstemand med hertil Danmark og han tog Pladsen – en rigtig næt Karl men han skal hjem til Sverrig i Marts Maaned til Sesion og om han bliver taget ligge inde de 3 Sommermaaneder, men den Sag ordner sig maaske saadan at han kjøber sig fri det taler hun da om.
+Det er en overmaade flink Pige – jeg fritaget for mange Arbejder nu Dorthe rejste til Kjøbenhavn saa Du møder hende maaske engang hun havde ingen Plads men rejste med saa lyse Tanker om Fremtiden det bliver mig for vidtløftig at fortælle Afskeden, men skriv dog til Vilhelm han er meget [forlang] og bedrøvet fordi du er saa [hvas eller hæs] du ved da nok, at han holder saa meget af Dig. Agraren var hjemme forrige Søndag og var glad for sin Løn og Nordmanden men det har jeg vist fortalt dig han skal ogsaa have en Pakke i Aften
+Lev vel hils Olga som Du hilses fra din Moder</t>
+  </si>
+  <si>
+    <t>1927-09-20</t>
+  </si>
+  <si>
+    <t>Willemoesgade, København
+Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Michael Ancher
+Alhed Marie Brønsted
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Christine  Mackie
+Kjeld Tutein</t>
+  </si>
+  <si>
+    <t>Villa Svastika blev opført på Strandvejen nord for København i 1926 af brygger Vagn Jacobsen med Povl Baumann som arkitekt og med et prægtigt haveanlæg udført af G. N. Brandt. Byggeomkostningerne var dengang et uhørt stort beløb på 1 million kroner.
+Symbolet “Svastika” var den gamle brygger Carl Jacobsens lykketegn og endnu ikke tilsmudset af Hitler. I 1962 blev Svastika solgt for 200.000 kr. for at blive mondænt sommerhotel, Men planen blev aldrig udført. Efter en lang strid i Hørsholm Kommune, blev den prægtige villa revet ned i 1983, efter at en fredning af den kun 57 år gamle ejendom havde vist sig umulig.
+Maleren Michael Ancher døde 19. september 1927. 
+Alhed Larsen var død en lille måned før, at brevet er skrevet. 
+Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
+Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
+Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pqRh</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Andreas Larsen
+Møllebakken
+Kjerteminde
+Expres
+[På kuvertens bagside:]
+Joh. Larsen Willemoesgade Ø
+[I brevet:]
+20/9 – 27
+Kære Puf.
+Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
+Alle hilser!
+[Øverst på brevet og på hovedet:]
+Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>1930-06-23</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Elena Larsen
+Johannes Larsen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen, Johan/Lysse Larsens svigermor, må have lånt sin datter og svigersøn penge til etablering af land- og skovbrug på gården Båxhult i Småland - eller på anden måde skudt penge ind i foretagendet. Elena og Johan Larsen flyttede til gården i 1929. 
+Det vides ikke, hvem direktør Clausen var. 
+En brand ødelagde i 1930 østfløjen på Brandts Klædefabrik. Denne blev dog hurtigt genopbygget. (Brandts Klædefabriks hjemmeside feb. 2025).</t>
+  </si>
+  <si>
+    <t>Det er trist, hvis Johan/Lysse Larsens svigermors penge går tabt. Derfor har direktør Clausen bedt Brandt tage til Båxhult og se på sagerne. Vilhelm/Klaks Larsen tager efter Brandts ønske med og vurderer skovdriften. Det er ikke for deres fornøjelses skyld, at selskabet rejser til Småland. Landbrugskonsulenten må også være til stede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1k9a</t>
+  </si>
+  <si>
+    <t>Rørdam d. 23'-6'-30.
+Kære Lysse!
+Tak for Dit Brev. Jeg havde unægtelig ventet det længe og var netop ved at forberede mig paa at skrive mindre venligt til Dig. - Du tager dog vist Fejl, naar Du mener, at det ikke er for Din Svigermors Skyld, at Direktør Clausen ønsker en Udtalelse om Projektets Holdbarhed fra en Landmand han kender og har Tiltro til. - Las fortalte mig, at Direktør Jacobsen havde udtalt til ham, at det dog vilde være en meget slem Historie om Din Svigermors Penge skulde gaa tabt, hvorfor Clausen havde bedt Brandt tage derop og se paa Sagerne. Da det ogsaa drejer sig om Skovens Udbytte, havde Brandt ønsket at jeg skulde tage med. Naar Br. tager derop er det naturligvis kun for at gøre Direktør J. en Tjeneste og naar jeg tager med er det fordi Br. har stillet det som en Betingelse og navnlig fordi Din Far har bedt mig derom. Brandt ringede til mig for et Par Dage siden og meddelte mig, at han ikke kunde komme af Sted i denne Maaned, bl.a. fordi Brandts Klædefabrik i Odense er brændt, idet han er Medlem eller snarere Formand i Bestyrelsen. - I det hele taget forstaar Du jo nok, at det ikke er for vor Fornøjelses Skyld, at Br. og jeg foretager en forceret Rejset ["t" sidst i ordet overstreget] t. Boxhult! -
+Hvad Du skriver om de mærkede Trær ved Målarens Torp beroliger mig i nogen Grad, thi som Udhugning betragtet, var det meget misforstaaet. Alligevel har jeg vanskeligt ved at forstaa, at Udbyttet af Bestandsplejen har kunnet andrage saa meget ved Hugst der kun tager Hensyn til at forøge Tilvæksten paa Hovedbestanden. Nu ser det jo imidlertid ud til at vi skal derop først i Juli, Brandt vil ringe nærmere saa snart han kan bestemme Dagen og jeg lader Dig det straks vide, thi det skulde jo gærne ordnes saaledes, at Landbrugskonsulenten var til Stede, naar vi kom. -
+Med venlig Hilsen til Bimse og lille Peter
+Din hengivne
+Klaks.</t>
+  </si>
+  <si>
+    <t>1933-09-06</t>
+  </si>
+  <si>
+    <t>August Birch, Sverige
+Ludvig Brandstrup, billedhugger
+- Jeppsson
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Fjärdingsman var i Sverige længe en lokal tillidsopgave, men blev udviklet i slutningen af 1800-tallet til et lavere statsligt job, oftest på deltid. Fjærdingsmanden bistod kronolænmanden med inddrivning, politiaktivitet, vejtilsyn og andet. Kilde: Wikipedia jan 2022.
+Vandsyn: et periodisk eftersyn (ved dertil beskikkede personer) af alle offentlige vandløb. Kilde: Ordnet.dk
+Achton Friis: De jyders land, bind 1- 2 udkom 1932-1933.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været så optaget af sit store billede, at tiden er skredet frem til, at vandsynet skulle finde sted. Den største del af øen hører så åbenbart til Båxhult. Det er uheldigt at skødet eller papirerne er blevet væk, for der stod, at Birch ikke måtte opstemme Lillebruksdam.
+Puf/Andreas og Johannes Larsen er ikke gale på Lysse/Johan, men de er kede af ikke at have ladet høre fra sig.
+Puf er blevet gift. Dagen efter kørte Else og Puf Johannes Larsen til Vendsyssel, hvor han har tegnet til De Jyders Land.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E9DU</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6 Septbr 1933.
+Kære Lysse!
+Ja nu har Du vel faaet mit Brev med Jeppssons indlagte Svar. Det var jo kedeligt nok, men jeg skrev til ham samme Dag jeg fik Dit Brev og jeg havde ventet at høre fra ham saa jeg enten kunde naa at meddele ham Dig at han vilde paatage sig at være Ombudsmand eller at jeg kunde skrive til Fjärdingsmanden og saa samtidig meddele ham ["ham" overstreget] Dig at jeg havde skrevet. Jeg har været saa optaget af at male paa mit store Billede saa Tiden er løbet fra mig, saa jeg blev meget bestyrtet da jeg fik Jeppssons Brev og opdagede at det var samme Dag at Vandsynet skulde foregaa. Forøvrigt synes jeg at Du gerne kunde have forhørt Jeppsson om han havde hørt fra mig. Men det er der jo ikke noget at gøre ved nu. Jeg synes ikke det ser saa godt ud nu de har anerkendt at den tørste Del af Øen hører til Båxhult, for det maa jo betyde at der følger Vandrettigheder med. Det er kedeligt at de Papirer med Birchs Skøde, eller rettere mit og Brandstrups er bleven væk sammen med de gamle Handlinger, for øvrigt stod der at vi ikke maatte gøre Vrøvl hvis han stemmede for Lillebruks dam saa Vandet gik op i Båxhults ”såkallade Vattengata” men det kan vel kun gælde for den Tid Birch havde Höljeryd. Hverken Puf eller jeg kan regne ud hvad Du sigter til, naar mener vi er gale i Hovedet paa Dig. Vi har allerhøjst lidt daarlig Samvittighed over ikke at have ladet høre saa meget fra os. Forøvrigt mener jeg at Puf har underrettet Jer om at han er bleven gift. Ellers ved vi ikke af at her er foregaaet noget af Betydning, udover at de Dagen efter Brylluppet kørte mig op til Vendsyssel og at jeg har rejst rundt der og tegnet altsaa i Thy og Vendsyssel og nu er hjemme igen og færdig med at tegne til de Jyders Land. Jeg meddelte Dig vist forleden at vi tænker at besøge Jer sidst i denne Maaned og at vi skriver naar vi har faaet fastsat en Dag for Afrejsen
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1937-2</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Jens  Nielsen
+Ane Talbot
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Gnav eller gnavspil: Regler og foto af brikkerne kan ses ved opslag på Wikipedia 
+Martin/Manse Warberg Larsen opholdt sig 1936-1937 på Farmoor Farm nær London for at dygtiggøre sig indenfor landbrug. 
+Målarens Torp er også nævnt i Vilhelm Larsens brev til Johan Larsen 1930-06-23. 
+Carlslund må have været en af bygningerne, der hørte under gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen har fået drejet 42 træbrikker til et gnavspil til Johan Larsen. Andreas venter nu på, at Johannes Larsen laver tegninger til påsætning på brikkernes underside. 
+Johannes Larsen vil male på Båxhult en stor del af sommeren. Andreas og Else Larsen overvejer i samme periode at lukke huset i Kerteminde ned og opholde sig i Småland. Herved kan de spare en del penge, som måske kan bruges på at sætte Carlslund istand.
+Andreas sender fotografier og bøger. 
+Isen er næsten væk.
+Rasmus Petersen er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PV9y</t>
+  </si>
+  <si>
+    <t>Kære Lysse Tillykke!
+Tak for Jeres Breve igaar. Det er da godt du er rask igen. Jeres Plan med Tinge tror jeg desværre ikke der er megen Chance for at faa realiseret, Manse er jo i England, det har I vist ikke tænkt paa. Jeg skal imidlertid nok spørge Tinge om hans Mening herom, naar jeg ser ham en Dag. - Vi har i længere Tid forberedt en Fødselsdagsgave til dig, som du alligevel ikke naar at faa til Tiden. Det er et Gnav-Spil. Det bestaar af 42 Brikker af denne størrelse og Form: [Tegning]
+Ovenfra saadan: [Tegning]
+Nedenfra saadan: [Tegning]
+Op i den lidt hævede Bund klistres en Papirskive med et Romertal eller billede Altsaa saadan: [Tegning]
+Brikkerne puttes i en Læderpose, Gnavposen, hvor de rystes inden Spillet begynder.
+Jens Nielsen har drejet Brikkerne og de er nu ude
+2.)
+paa Kerteminde Bil-Duso-Lakereri for at blive sorte. Det det kniber mest med er at faa Far til at tegne Figurerne; han er begyndt at male, saa det maa vi jo tage som gyldig Undskyldning. Men ikke nok med disse to Jobsposter! Herfra maa meldes om noget af større Dimensioner som truer Jer. Far vil saavidt vi kan forstaa op til Jer for at male til Sommer. Else og jeg har saa talt om, hvis Far tager afsted først paa Sommeren, at lukke Huset her og flytte op i Målarens Torpshus med Børn og Hund et Par Maaneder. Men det bliver kun hvis Far rejser allerede i Juni, saa vi kan slippe herfra inden der kommer Sommergæster. Vi vil nemlig kun gøre det hvis vi kan spare saa meget ved at lukke Huset H ["H" overstreget] her, at vi kan tjene til at faa Carlslund gjort istand. Kan det reddes endnu -? Hvis du mener det kan, saa lad os vide hvad det vil koste, hvis du vil sætte nogen igang med Reparationerne. Maaske strander det hele paa, at vi ikke kan faa at vide af Far hvornaar han vil derop. Hvis vi ikke ved sikkert at vi kommer afsted i Juni, kan vi ikke skaffe Penge til Reparationen af Huset;
+3.)
+men det vilde være vældig sjov at være deroppe saa længe engang. - Naa det var jo en Række tvivlsomme Gaver; forat bøde lidt herpaa sender jeg nogle Fotografier, som velnok er dine i Forvejen, men som alligevel passende kan komme til Fødselsdagen. Endvidere et Par Bøger fra Far. Else har talt om noget Chokolade, jeg ved ikke om det bliver til noget, jeg skal spørge hende til Middag, hun vasker idag. Naa det bliver ikke til noget med Chokoladen, Far mener det bliver liggende i Tolden. - Nu er det forbi med Isen, der ligger kun et Par sammenskruede Bunker ved Kysten og noget endnu i Fjorden. Vi har dog stadig Kulde og iaftes sneede det saa her er lidt hvidt idag. Rasmus Petersen er død, vi var til hans Begravelse i Søndags. Han var ellers kommet sig nogenlunde efter sin Sygdom i Efteraaret, men for 14 Dage siden blev han syg igen og kom paa Kerteminde Sygehus, hvor han døde efter et Par Dages Forløb. - Det lyder godt med den Is i Ensilage-Beholderen. Saa kan man maaske blive bedt hen til en kold Snaps en Gang imellem! Nu maa jeg vist hellere slutte og se at faa de Bøger [det følgende indsat øverst på næstsidste side:] pakket ind, at jeg kan komme paa Posthuset. Mange Hilsner til Jer alle sammen fra Puf.</t>
+  </si>
+  <si>
+    <t>1938-01-20</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Jeppe Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Else Larsen har dagen før født en datter. De ligger på en klinik i Odense og har det godt.
+Andreas Larsen leder efter skødet til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gw5c</t>
+  </si>
+  <si>
+    <t>[Fortrykt på s. 1:] ANDREAS LARSEN
+KJERTEMINDE
+[Håndskrevet:]
+20 Jan
+Kære Lysse og Bimse.
+Else fik igaar en Datter og de har det begge godt. Hun vejer 7 [tegn for pund] og noget, som jeg ikke kan huske, har lange Negle og langt sort Haar. De ligger paa en Klinik i Odense; det er dyrt i Benzin, men ellers ikke.
+Far siger jeg skal skrive at vi er i fuld Gang med at lede efter Skødet til Båxhult. Naar vi har spist skal jeg gennemgaa Indholdet i Chatolskufferne. Dette kan ikke blive længere nu, jeg skal have det med i Byen inden 6. (c: 18). Jeg haaber I har det godt som vi har det ["som vi har det" indsat over linjen] og sender mange Hilsner ogsaa fra Else, Far og Ane og Jeppe
+Puf.</t>
+  </si>
+  <si>
+    <t>1938-02-16</t>
+  </si>
+  <si>
+    <t>Ida -, Elise Hansens veninde
+Elise Hansen
+Peter Hansen
+Frithiof Kemp
+Jens Larsen
+Johannes Larsen
+Peter Larsen
+Hubert Paulsen
+Monna Schoubye</t>
+  </si>
+  <si>
+    <t>Elena Larsen og hendes søn, Jens, opholdt sig i februar 1938 hos sin mor i København. Den ældste søn, Peter, var imens hjemme på gården Båxhult med faderen. 
+Peter Hansens udstilling i 1938 blev vist i kunstforeningen på Gammel Strand, som samme år udgav Karl Schous bog "Maleren Peter Hansen, 1868-1928". Udstillingen er ikke nævnt i Karl Schous bog. 
+Restaurant Wivex var en restaurant tilknyttet Tivoli i København. Den var oprettet 1880 under navnet Wivel og lå i Tivolis facadebygning Vesterbrogade 3 (Wikipedia, dec. 2024).</t>
+  </si>
+  <si>
+    <t>Elena Larsen og hendes mor skal tage billederne ned fra væggen, for Peter Hansens udstilling åbner søndag. Elena er glad for, at hun får denne at se. 
+Hubert Paulsen har muligvis ikke tid til at tage med til Båxhult. 
+Kemp har ferie, men hans "Dame" vil prøve at finde papirerne.
+Elena og Jens Larsen har været til koncert i Wivex. Jens insisterede på at trykke alle gæsterne i hånden, da de skulle gå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J84q</t>
+  </si>
+  <si>
+    <t>Tirsdag d 16-2-38.
+Kære Gamle!
+I Aften skal vi til at tage Billeder ned fra Væggen til Fars Udstilling som aabner paa Søndag. Jeg er meget glad ved at jeg faar den at se, for det er det er ["det er" overstreget] ikke godt at vide naar der igen tilbyder sig en Lejlighed til at se de gamle Billeder. Angaaende Hjemrejsen ringede jeg til Hubert i Morges, han havde faaet saa meget at lave, at han ikke vidste om det kan blive til noget med at rejse for hans Vedkommende, men da han hørte at det nu var udskudt til Midten af næste Uge, haabede han paa, at det gik. Det er selvfølgelig morsomt at følges med Arkitekten, men skulde han endelig ikke komme, saa kan vi jo nok holde Humøret oppe endda, vi to gamle Svingere. Saa har jeg ogsaa ringet til Kemp, eller rettere hans Dame, for det traf sig saa uheldigt at Kemp holdt Ferie og først kommer hjem d 1ste Marts. Men nu lovede Damen, at hun skulde se om hun kan finde Papirerne til i Morgenformiddag, saa ringer jeg inden jeg drager af med Jens og Farfar. - I Eftermiddags var Mor og Jens og jeg hos Wiwex og drikke Kaffe med Tante Ida for at høre Monna der optraadte til Eftermiddagskoncert; der var propfuldt i Lokalet saa vi fik et farligt Mas, da vi skulde gaa, for Jens vilde sige Farvel til alle Folk, det lykkedes ham at faa trykket de fleste af Tjenerne paa Næven. - Nu gaar den ikke længer for de snakker omkring mig som i en Jødeskole, det kan du maaske nok se af Brevet. Nu længes jeg snart en Kende for ["for" indsat over linjen] min kære Petermand og den gamle (det er dig).
+Godnat du kære, kære Ven.
+Nissepigen</t>
+  </si>
+  <si>
+    <t>1938-05-27</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket dokument der er tale om.
+Sällsnäsjagten er ligeledes et ukendt fænomen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender et dokument. Han er glad for, at Johan/Lysse har ordnet sagen med jagten.
+Larsen har malet en akvarel og skal nu til et oliebillede.
+Larsen kommer til Båxhult i juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AjCU</t>
+  </si>
+  <si>
+    <t>Kirkeby 27 Maj 1938.
+Kære Lysse
+Hermed Dokumentet med Underskrifter. Pengene skal jeg tage ned til Stationen med og se om jeg kan sende dem herfra. I modsat Fald maa Puf sende fra Kjerteminde. Jeg er vældig glad ved at Du har ordnet det med Sällsnäsjagten. Jeg er lige bleven færdig med Aquarel No 28 og nu skal jeg have malet et Oljebillede som jeg har Bestilling paa og saa har jeg bedt Puf hente mig paa Tirsdag. Jeg kan ikke huske om jeg har meddelt Jer at jeg tænker paa at rejse til Båxhult i Juni. Jeg glæder mig til at se alle Jeres Forbedringer Mange Hilsner
+Din 
+Far.</t>
+  </si>
+  <si>
+    <t>1943-03-19</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Gustav Carlsson
+Esben Hansen
+Georg Jacobsen
+- Jeppsson
+Frithiof Kemp
+Andreas Larsen
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
-- Toft</t>
-[...13 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/QTkb</t>
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Restaurant ”Hos Bang” eksisterede 1938-1978 og lå i Vestergade 40, Odense C. (Internettet marts 2022).
+Arrondering (fra fransk arrondir) er at samle jordtilliggender omkring en ejendom, i ældre tid typisk at en herregård søgte at samle sit fæstegods i nærheden af hovedgården eller omkring en ladegård. Arrondering kunne ske ved mageskifte eller køb. (Wikipedia juli 2022). På svensk bruges ordet arrendere om at forpagte. Gustav Carlsson var en tid forpagter af Båxhult.</t>
+  </si>
+  <si>
+    <t>Kemp har rådet Larsen til at give Johan skøde på gården. Jacobsen og Esben Hansen er inde på, at Andreas får en tilsvarende sum. 
+Johan må derfor skønne, hvad Båxhult er værd. I 1925 eller 1926 gav Larsen Ludvig Brandstrup 9000 kr. for halvparten. Efter at Johan har forbedret bygninger og jord, må gården være mere værd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Czhi</t>
+  </si>
+  <si>
+    <t>Kjerteminde 19 Marts 1943.
+Kære Lysse.
+Ja Du er vel efter Haanden noget utaalmodig efter at høre fra mig. Det første Brev fik jeg sendt til Kjøbenhavn og gik saa hen og viste Kemp det og talte med ham om sagen. Han syntes godt om Dit Brev og raadede mig til at lade Dig faa Skøde paa Gaarden. Da jeg kom hjem tog jeg ud til Odense og talte med Esben-Hansen og Jacobsen om det, Esben-Hansen syntes ogsaa det var rimeligt og Jacobsen sagde at saa maatte jeg sikre Puf en tilsvarende Sum. Han sagde at han kunde ikke læse saadan et langt Brev undtagen han var alene, og bad om at maatte beholde det til Dagen efter. Han skulde have Middag samme Dag og bad mig om at komme med hvorefter han satte Esben til at bestille et Værelse til mig paa Grand og sendte os hen til Bang til Frokost paa Bankens Regning. Da jeg næste Dag var hjemme fik jeg vedlagte Brev fra ham. Herefter kommer Du altsaa til at fortælle mig hvad Du anser Båxhult for at være værd. Til Orientering kan jeg meddele at jeg i sin Tid, det var vist 1925 eller 26 gav Brandstrup 9000 Kr for Halvparten, hvoraf jeg laante 7000 i Gaarden og betalte Resten contant. Fra da af til Du overtog den fik jeg fra 800 Kr til 1000 Kr om Aaret gennem Jepsson, mens Carlsson betalte Afgifterne og undlod at betale sit Aroende. Det jeg gerne vil er altsaa hvad Gaarden er værd i Handelen, den maa jo være en Del mere værd nu, Du har forbedret paa baade Bygningerne og Jorden. Puf ser naturligvis ogsaa gerne at han faar Værdier til samme Beløb, vi ser altsaa helst at Du sætter den saa højt som muligt. Og saa vil vi ogsaa gerne vide hvor store Prioriteterne er. Vi er raske og har det godt og jeg har meget at bestille i hvert Fald i det første halve Aar. Mange Hilsner til Jer allesammen. Jeg var meget imponeret af Peters Brev til Puf.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1943-05-26</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Knuthenborg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Frida Madsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Øtegningerne er Johannes Larsens tegninger fra Ryle-rejserne til De Danskes Øer. 
+Johan Larsens ønske med hensyn til Båxhult: Man arbejdede på at overdrage gården fra far til søn og på, at Andreas (Johans bror) fik et tilsvarende beløb. 
+At Johannes Larsen over for sit barnebarn kalder sig "Farbror Johannes" må være en tanketorsk.</t>
+  </si>
+  <si>
+    <t>Brevene er i privateje</t>
+  </si>
+  <si>
+    <t>Brev fra Johannes Larsen til Johan:
+Johannes Larsen maler på Knuthenborg, hvor der er mange fugle. Han har solgt tegningerne fra De Danskes Øer til Kobberstiksamlingen.
+Han skal nok arbejde på, at Johan får sine ønsker hvad angår Båxhult opfyldt.
+Brev fra Johannes Larsen til Peter:
+Johannes Larsen får meget god mad på Knuthenborg. Anden derhjemme har fået ællinger og hønen kyllinger. Den gamle ugle har revet Larsen i øret tre gange og også angrebet Andreas og Jeppe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UzWC</t>
+  </si>
+  <si>
+    <t>Knuthenborg 26 Maj 1943.
+Kære Lysse.
+Det er snart længe siden Du har hørt fra mig. Du maa ikke blive altfor utaalmodig. Jeg har haft meget travlt lige siden jeg kom hjem fra Kjøbenhavn og som Du ser er jeg nu her hvor jeg har drevet om nogle Dage og set paa Landskabet, men nu er jeg begyndt at male. Her er en Hejrekoloni og en 20-30 Graagæs og en umaadelig Mængde Nattergale der synger Døgnet rundt. Jeg har ogsaa hørt en Pirol. Jeg har solgt godt siden Nytaar, bl.a. hat jeg solgt Øtegningerne til Kobberstiksamlingen for 25.000 Kr. Jeg bliver nok her til midt i næste Maaned og naar jeg kommer hjem skal jeg nok virke for at Du kan faa Dit Ønske opfyldt med Hensyn til Båxhult. Mange Hilsner til Jer allesammen 
+Din Far.
+Johannes Larsen Kjerteminde
+p.T. Knuthenborg Bandholm. 
+20 [ulæseligt]
+St. Frida 22 Apr. 21 Maj 14 Juni
+L. Frida 16 Maj
+Knuthenborg 26 Maj 1943.
+Kære Peter!
+Puf fortæller mig at det snart er Din Fødselsdag. Til Lykke. Som Du ser er jeg her for Tiden og bliver her til omkring Midten af næste Maaned. Vi faar friskkogte Rejer og foruden andre Ting Aal paa forskellig Maade hver Dag til Frokost og til Middag for vi ny Kartofler og ny Gulerødder og Asparges til Forret og Jordbær til Dessert. Jeg havde Brev fra Puf i Gaar vores Graaand har faaet 10 Ællinger og vi har en Høne med 8 Kyllinger og en Blaamejse med 8 Æg, og en Ugle med en stor Unge. Den gamle Ugle har 3 Gange fløjet i Hovedet paa mig og revet mig i Øret og paa Halsen, den er ogsaa fløjet paa Puf og har revet Jeppe i Nakken. Jeg haaber Du maa faa en god Fødselsdag, men den er vel forbi naar Du faar dette. 
+Din hengivne Farbror Johannes.</t>
+  </si>
+  <si>
+    <t>1950-08-10</t>
+  </si>
+  <si>
+    <t>Oskar Bondo Svane
+Elisabeth Knuth
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Aage Marcus har hentet de tekster, som Johannes Larsen har skrevet. Larsen skal til museumsmøde i Faaborg og dagen efter til Båxhult. 
+Bondo Svane har sendt et avisudklip med et foto.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/p1L7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Johan Larsen
-[...15 lines deleted...]
-JL.
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo
+[På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
-p.T. Sandfær pr. Vind Station</t>
-[...9 lines deleted...]
-    <t>Brormand - 
+[I brevet:]
+Kjerteminde 10 August 1950.
+Kære Grevinde
+Nu har Aage Marcus været her og er draget af med det jeg har skrevet, og Dagen efter lavede jeg et Kort over Kjerteminde og sendte ham. Lørdag og Søndag skal jeg til Museumsmøde i Faaborg. Lysse ringede i Dag og tilbød at hente mig i Korsør, eventuelt komme helt her over. Vi aftalte at jeg skulde skrive eller telefonere naar jeg havde været i Faaborg Antagelig bliver det en Dag i Løbet af næste Uge at jeg kommer til Båxhult. Jeg kan ikke huske hvad Dag det var at Du og Elisabeth skulde rejse til Stockholm. Maaske er i allerede rejst og dette kommer for sent. Ellers staar alt vel til her. Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.
+P.S. Jeg fik i Dag et Brev fra H.R.S Bondo Swane med et Udklip fra en jysk Avis med et Billede af ham og mig fra Turen til Nakskov Inderfjord.</t>
+  </si>
+  <si>
+    <t>1914-05-03</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Eline  Brandstrup
+Jørgen Brandstrup
+Ludvig Brandstrup, billedhugger
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Jens Hinke
+Grethe Jungstedt
+Anders  Kragh
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ellen  Sawyer
+Ernst Syberg
+Franz Syberg
+Lars Syberg
+Minna Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Palle B var og heller ikke Thomsens.
+Alhed og Johannes Larsen fik i 1914 opført et hus til Alheds mor, Laura Warberg, på Strandvejen/i Strandgade, Kerteminde. Laura Warberg boede der nogle få år sammen med datteren Ellen Sawyer og barnebarnet Grethe Jungstedt, f. Sawyer. 
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter ved herregården Glorup. Laura Warberg besøgte ofte ham og hans familie dér. 
+Den store Opvisning var en gymnastikopvisning, som Astrid Warberg-Goldschmidt skulle deltage i.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2611</t>
+  </si>
+  <si>
+    <t>Børnene er til fødselsdag hos Syberg.
+Johanne/Junge Larsen og Laura Warberg har været til teaterforestilling.
+Ellen håber at få en engelskklasse på skolen. 
+Laura flytter ind i huset, selvom køkken, toilet og have ikke er i orden. Hun håber, at Astrid kommer på besøg. Mange andre familiemedlemmer kommer. Ellens og Grethes værelser er blevet hyggelige.
+Caspersen og Brandstrup er glade for deres nye lejligheder.
+Johan/Lysse og Andreas/Puf har været til eksamen, og det gik godt for især Johan. Grethes eksamen var også god. Nu skal Alhed og drengene besøge Johannes Larsen/Las ved Fiil Sø. 
+Ludvig Brandstrup skal til Det Kongelige Teater. Christian Brandstrup med familie tager til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMZY</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 3_de_ Maj.
+Kære Astrid!
+Det var ubesindigt af mig at love Dig Brev hen i Ugen; mere end et overkommer jeg nok ikke. Om Lørdagen skal det absolut med 3 Toget, for at Du kan faae det Søndag Morgen; det er bedre at have Søndag til Skrivedag. Jeg kommer lige fra Agrarens, en Kaffevisit med ham, Elle og mig. jeg havde Bagværk med der var hyggeligt og roligt, Børnene er til Fødselsdag hos Sybergs; Erik elsker og tilbeder de tre store Drenge der. Nu skulde Elle til sin lille Gerning i [ulæseligt]. – 5 Timer med kun èn fri ind imellem. Johanne og jeg var der i Aftes til et rigtig pænt og morsomt ”Guldhornene” sat i Scene af Palle B. Bagefter gik J. og jeg paa Hotel og drak Kaffe til Kl. 11, vi ser Johanne saa lidt, hun har jo altid travlt, har faaet 4 Elever lige den sidste Tid. Man skulde troe, hun kunde ikke overkomme det, men nogle gaaer jævnt herfra. Elle haaber paa at faa en Kl. i Skolen, Hr Kragh har spurgt om hun vilde prøve, han kan knap overkomme alt det Engelske; han er Inspektør. Paa Torsdag begynder jeg at flytte ind, venter at faa mine 3 Værelser i Orden inden St. Bededag d: 8:de. Men Køkkenregionerne bliver tidligst færdige til Indflytning paa Lørdag, takket være gl. Hinkes Langsomhed I Morgen venter vi Gartneren begynder at grave og planere Haven, vi faar kun Sommerplanter i Aar, og lidt Havesager bare den kan naae at blive lidt pæn til Pinse, saa vi kan holde Indvielse. Du maa da endelig see at komme et lille Svip, lille Putte, boe i vort Gæstekammer, jeg siger ganske sikkert Dede og Minna og Branners kommer, maaske Brønsteds, hvis de er paa Hjemvejen fra Tydskland saa tidligt; Lugge har da slaaet paa det. Du maa dog en Gang imellem see alle Dine egne; tænk hvor Alfred har sin Familie nær. Skal vi ikke foreløbig haabe det bliver af og lade Broderiet ligge saa længe? Nu kan jeg igen taale at sye en Smule, og læse lidt; to smaa Bøger nede paa Glorup Jeg tør knap skrive det, at jeg længe har haft det saa godt. – Mit sidste Brev var Hastværk, fordi jeg skulde til Alhed sammen med Thomsens. De var saa pæne og rare og Claus ligner sin Mor og hendes 17aarige Datter hende igen. Hun er saa nydelig af en godt omtalt lovende Skuespillerinde. Manden er koparret og med Fodring af ”Affäring”.
+W.C – er endnu ikke i Orden hos os selv, hvor Elle har nu har boet ca. 14 Dage, men om 3 Dage skulde Badeværelset være færdigt. Elles Stue er saa henrivende nu med Gardiner og Malerier; Grethes ogsaa, kun en vældig stor [ulæselig], rædsom Liggestol ødelægger det efter min Mening; de har den med fra Amerika. – Caspersens er nu flyttet ind og faaer en dejlig Lejlighed Aaaboulevard Hjørnet af Johannevej Christian og Eline er ogsaa meget glade ved deres paa Christianshavn. Jørgen er jo hjemme, men hans søger en Plads. Thomsen grim, men uhyre tiltalende, og ret intelligent og livlig. De var alle i Teatret om Aftenen og paa Hotel bagefter. Jeg turde ikke, men blev hos Drengene og læste Historie med Lysse, det var jo midt i Examen, han fik ug; i det hele en voldsom pæn Examen, saa han kommer sikkert meget op. Grethe glimrede med en Masse ug-er og bliver No 2 fra No [”No” indsat over linjen] 7. Puf knap saa god. I Onsdags Kl. 11 lige fra sidste Time rejste saa Alhed og Drengene op til Las’ ved Fiil Sø og ventes i Morgen. Chr. og Putte boer imens der mens, Elle og Grethe holder til der baade fortalte, at Ludvig skal til det Kgl. Teater, men i et Brev fra Broder Christian i Gaar stod der intet om det, jeg kan næsten ikke troe det. De vil alle boe paa Båxhult en 3 Uger sidst i Juli [”Juli” overstreget] Juni; har bedt Onkel Lut og Las om de maa. Jeg har ikke hørt om Dine Ferieplaner; I kan maaske ikke nænne at tage fra den festlige By. Skal hele Dit Hold med til den store Opvisning, eller er det kun Eder? smaa udvalgte?? Nu Farvel lille Putte! Kærlige Hilsner til Dig og de smaa fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1920-09-18</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Birgit Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Grethe Jungstedt
+Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede ind hos datteren Ellen i kirkemøllehuset på Møllebakken i Kerteminde i 1920.
+De fire børn, som Laura Warberg havde omkring sig må være Christine Mackie, Alhed Larsen, Ellen Sawyer og Johanne C. Larsen, som alle boede i eller nær Kerteminde i 1920. 
+Berta Brandstrup døde 18. sept. 1918. 
+Laura Warberg kendte flere personer ved navn Caspersen, så det kan ikke afgøres, hvem hun i 1920 var i selskab med.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, BB2650</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup var glad for Lauras brev. Han har også hørt fra Mogens Brandstrup, som er i Firenze, hvor han har været "biskoppens tjener" ved en procession. Mogens maler flittigt.
+Ludvig glæder sig over Lauras flytning og over, at hun er omgivet af fire af sine børn. Han kan ikke forstå, at det netop den dag, hvor han modtog Lauras brev, er to år siden, at han mistede Berta. 
+Ludvigs stuepige fra Båxhult har aldrig været udenfor Smålands skove. Hun er kvik, men meget uvidende om alt.
+Det er dejligt, at Grethe skal til Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O1lf</t>
+  </si>
+  <si>
+    <t>18/9 1920, Valby
+Kære Laura!
+Tak for Dit Brev som jeg lige har læst, og som jeg var meget glad ved.
+Jeg fik samtidig et Brev fra Mogens der antagelig i Dag er i Firenze igjen, Via degli artisti E. Jeg er bange at vore Breve, som ere sendte til det Sted Argenia, hvor han har boet, ikke naa ham. Der har været stor Kirkefest for en undergørende Madonna med Biskop i Laterancapellet fra Rom og Pragt og Processioner. Mogens var hædret med at Bønderne i Byen havde valgt ham til "camerione del vescovo" Biskoppens Tjener, en stor Ære ved Festen. Jeg gad vide i hvilke præstelige Ærinder han har forrettet denne Tjeneste.
+Han har nu i lange Tider kun set Italienere og taler Sproget godt. Jeg haaber at han gaar frem som Maler, i hvert Fald arbejder han flittigt tror jeg at kunne mærke.
+Det er store Nyheder du fortæller om Dig selv og Din Flytning. Jeg synes det er udmærket. Hils Elle og Las og P[ulæseligt] og Agrarens fra mig. Morsomt at Du har fire Børn og Caspersen om Dig. Ja Du kan tænke Dig hvor vemodig Dagen er for mig og sagtens ogsaa for Mogens. Jeg kan ikke forstaa at det er to Aar siden jeg mistede min elskede Berta og hver Krog i Huset hver Plante i Haven vinker til mig om hende. [Der mangler formodentlig en eller flere sider af brevet her]
+vi have alligevel ikke faaet Pigen. To havde jeg antaget og lovede mig meget af men de sagde fra den ene efter den anden. Naa der lader ikke til at være saa knap Tid paa dem og jeg faar nok en. Den lille Stuepige paa 17 Aar fra Båxhult er vældig flink og hurtig og flittig og meget sød. Hun har aldrig været uden for Skoven i Småland, og er utrolig uvidende om Verden og alt, men et godt Hoved. Det er morsomt at lære hende noget.
+Det er jo morsomt at Grethe skal til Italien i Vinter, saa træffe de nok Mogens, og han har godt af at faa en nordisk Kunstkammerat til Sammenligning.
+Birgit og Ebbe hilser Hils ogsaa Caspersen fra mig
+Din Lut.</t>
+  </si>
+  <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
+    <t>1930-12-09</t>
+  </si>
+  <si>
+    <t>Svend Aage Gammeltoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Drude Jørgensen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Niels Erik Schoubye
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Kimskog må være et skovområde, som Johan Larsen ønskede at købe. 
+Grete Jensen fik svangerskabsforgiftning og måtte gennemgå en provokeret abort. 
+Det vides ikke, hvem Tante Mimi var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen er glad for sin Smålandstidning. Hun er spændt på, om Johan/Lysse Larsen har købt Kimskog.
+Elena har talt i telefonen med Andreas Larsen om møllevinger. Andreas og Johannes Larsen kommer ikke til jul, da Johannes Larsen har travlt med malerier. 
+Grete Jensen er indlagt på Fødselsstiftelsen og er ved godt mod. Hun får som lægehustru særbehandling. 
+Peter er blevet undersøgt på kryds og tværs, og han er sund og rask.
+Leo Swane kommer ikke til jul. Tante Mimi tør slet ikke gå ud. 
+Elena glæder sig til at komme hjem til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xbl0</t>
+  </si>
+  <si>
+    <t>Tirsdag d. 9 - 12 - 30
+Kære Lysse!
+Jeg er meget tilfreds med den Smålandstidning jeg abonerer paa, og det er et yndigt Tidspunkt paa Dagen naar jeg nyder den paa Sengen til Morgenkaffen. Den holder mig glimrende ajour med de lokale Forhold paa Båxhult og nu er jeg meget spændt paa om du har købt Kimskog og til hvad Pris. Jeg vil skam ønske det er blevet til noget for jeg tror at vi tjener Penge som Skidt paa Skogshandel. Jeg ringede med Puf i Aften og han sagde at saa vidt han vidste, lavede de kun Vinger af Teaktræ og Lærk men Las sagde at det bare var fordi de ikke kunde faa tilstrækkelig store Dim. i Fyr her til Lands. Hvad Pufs Møllebyggers pekuniære Forhold angik saa behøvede du ikke at nære nogen Betænkning, for det var en i alle Henseender solid Mand. Las og Puf kommer nok ikke til Jul, Las har saa travlt, han har i den sidste Uge malet 2 Billeder til til Drude og det har sat ham tilbage. - Her hjemmefra.
+Grete har det nu godt og hun tager det meget roligt, hun skal selvfølgelig ligge i nogen Tid men er nok hun ["hun" overstreget] rask til Jul; Jens er ude paa Fødselstiftelsen i denne Maaned, det er jo vældig heldigt og der er sandelig ogsaa Forskel paa den Maade, hvorpaa Fru Dr. Jensen og Landarbejder Larsens Kone bliver behandlet. Bl.a. ligger hun alene paa en 2 sengsstue og Prof Gammeltoft kommer og tager Afsked naar han rejser paa Ferie! 
+Det er en ny Søn du har. Han fik i Gaar blaat Stempel af Niels Erik, som undersøgte ham fra Inderst til Yderst. Ingen Engelsk Syge, fine Lynd ["Lynd" overstreget] Lunger og Hjærte, ingen Blodmangel, Vægt og Højde som et 2aars Barn. Om Aftenen var vi inde hos ham alle sammen han har faaet en ny og dejlig Lejlighed paa St. Annæplads. Paa Vejen mødte vi den nye Musæumsdir. der tog med os og vi havde en svært hyggelig Aften. Kom først hjem Kl 1/2 2 Swane var meget glad ved at vi inviterede ham til Julen, men nu kommer han jo altsaa ikke. Jeg skal hilse mange Gange. Ligedan fra Tante Mimi som heller ikke kommer, da hun ikke tør rejse ud paa denne Aarstid; hun kan nu risikere at blive syg og blive liggende fast i længere Tid, naar hun tager ud. - Nu glæder jeg mig snart til at komme hjem igen, for det er jo nok dejligt i København men kun paa Baggrund af at man skal op til Båxhult igen - og snart. - Paa Lørdag kommer vi. Kommer du mon og henter os. Vi tager med 7. Toget herfra. - Mange Hilsner fra
+Bimsepigen til Lyssefarsen.</t>
+  </si>
+  <si>
+    <t>1931-08-29</t>
+  </si>
+  <si>
+    <t>Knud Faber
+Jens Jensen
+Grete Jensen, f. Hansen
+Frithiof Kemp
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Viggo Madsen
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Albumin: Æggehvide/sukkerstof. Grete Jensen, f. Hansen, havde netop måttet gennemgå en provokeret abort pga. svangerskabsforgiftning. 
+Amtslægen og Hans kendes ikke. 
+Overlæge Rønne, professor Lundsgaard og professor Knud Faber var muligvis tilknyttet Fødsels- og Plejestiftelsen, hvor Jens Jensen var i en stilling som læge i 1931. 
+Det vides ikke, hvem Hans og Søren Madsen var. Hanses lille Peter kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Gretes blodtryk og albuminindholdet i urinen går op og ned. Jens Jensen er glad for sit arbejde, og han istandgør sin og Gretes lejlighed. 
+Elisa og Marie/Kylle Neckelmann savner Peter. Det var hyggeligt at have ham om morgenen.
+Det er flot, at Elena har lært at kærne smør. 
+Man svælger nok i vildt og bær på Båxhult. Johan/Lysse er en dygtig jæger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eHK2</t>
+  </si>
+  <si>
+    <t>Kære Banes 29-8-31
+I Retning af Skriveri har vi vist ikke noget at lade hinanden høre, jeg synes selv, det er uterlig længe siden, jeg har haft fat ["fat" indsat over linjen] paa min Fyldepen. Men der er nu det at bemærke, at du har altid noget interessant og spændende at fortælle, her derimod sker der ikke noget. Det der optager mig mest, er jo Getes Sygdom. Hendes Blodtryk holder sig stadig højt, somme Tider er der ingen Albumin i Vandet, til andre Tider for Eks. nu, er der igen lidt. Men en Ting glæder mig, at Jenses Humør er meget bedre, og der er ellers et Barometer for Getes Befindende, saa i det hele taget har hun det jo nok bedre. Han var her i Forgaars og spiste til Middag sammen med H[ulæseligt] og Amtslægen, som rejser herfra d 1_ste_. Saa kom en af Jenses Venner og Hans og saa fik vi to gemytlige Kontraktbridger. Han er meget interesseret i sit Arbejde ude hos Elisabethsøstrene, og er meget vel anskrevet hos Overlæge Rønne, og da der siges, at han faar Prof Lundsgaards Stilling (han er nemlig meget syg, Kræft siges det) saa maa man jo sige at han har været særdeles heldig. I sine ledige Øjeblikke styrter han op i Nørregade og maler Køkkenet hvidt (det er lidt upraktisk) "der skal være fint, til Gretemand kommer hjem." Om et Par Dage kommer Prof Faber hjem igen, men vi faar jo aldrig noget at vide om, hvad han siger. 
+Det var morsomt, at Hans og Søren Madsen aflagde jer en Visit, og saa fik jeg jo en frisk Hilsen og fik at vide at Kvien havde faaet en Kalv og alt stod vel til, og de var meget imponerede af hele Bedriften. S.M aldeles indtaget i Petermand. Ak ja, vi savnede ham, da vi kom tilbage fra Faaborg, det er en Skam, at han er saa langt borte. Jeg saa ham om Morgenen kravle op paa Bordet, derfra ned paa en Stol og saa ring, ring ind til mig. Jeg havde altid en Pose Kiks ved Sengen, som han undersøgte, og naar Klokken ringede 7 "Bessa op." Saa gik vi ud for at se om Peters Mælk stod udenfor Døren og op ad Trappen for at se om Posen med Rundstykkerne var der og det var jo saa forbavsende, saa gnavede han lidt af hvert Brød og overlod os Resten. Kylle længes ogsaa efter ham, og jeg maa sige, at han havde glædet sig til at høre noget om kom paa sin Fødselsdag d 21_de_ han var megfet skuffet. Senere kunde han godt forstaa, at du kunde glemme Dagen i Betragtning af alt det, du har at gøre, det er virkelig ogsaa overvældende. 
+Det er da storartet, at du er kommen efter at kærne Smør, hvordan har du dog hittet ud af det. Jeg har frydet mig over det gode Vejr, vi har haft i denne Uge, jeg haaber, I har reddet Høst. Her sejlede Kornet paa Markerne, men Blæsten og Solen har nok tørret det, saa jeg tænker, at naar vi i Morgen kommer ud i Landskabet saa ser vi, at Markerne er tomme. Sikken en god Jægersmand Lysse dog er, var Las ikke lammet, nu maa han jo ogsaa [det følgende skrevet øverst s. 1; på hovedet:] præstere noget overordentligt, saa I svælger i Vildt, Tyttebær, Blaabær og Grøntsager. Vil du tænke dig, jeg fik sendt fra Ovsf Kemp 400 Kr som à conto Beløb fra Viggo Madsen, en komplet Foræringspresent! Hanses lille [det følgende skrevet s. 1; i venstre margen, lodret:]Peter begynder at trives, det er glædeligt, der var jo ikke saa god en Start! [Det følgende skrevet s. 4; langs venstre margen, lodret:] Masser af Hilsener. Mosser. Lille Barnes lad mig vide, hvad du [det følgende skrevet side 1, langs højre margen, lodret:] har cirka tænkt dig at jeg skal sende op mod Puf.</t>
+  </si>
+  <si>
+    <t>1932-01-21</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken destination Jens Jensen vendte hjem fra. Han var muligvis udsendt som læge.
+Hvem Bes var vides heller ikke. Bes kan muligvis være Ellen Brønsted.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen sender diverse. Hun savner Elena og Peter, efter at de er rejst. 
+Jens Jensen er kommet hjem med et skib, og karantænelægen fandt ingen syge ombord. Nu har han og Grete travlt. Elisabeth/Lise Neckelmann skal hjælpe dem. 
+Villum Jensen planlægger at tage til Båxhult efter sin eksamen. 
+Elisa sender chokoladekiks til Peter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RDPa</t>
+  </si>
+  <si>
+    <t>Kære Barns
+Her kommer Lysses Fyld og nogle Smaating, som jeg haaber gaar smærtefrit gennem Tolden, men den er jo uransagelig, saa jeg er altid nysgerrig efter at faa at vide, hvordan, det spænder af. Nu er det præcis en Uge siden I rejste, vi savner jer meget, her er saa stille og saa ordentligt, saa det er en Kedsommelighed, Petermand kunde rigtig sætte Fut i Fejem_øg_et. Men nu vil jeg ikke sørge alt for meget over jeres Fraværelse, thi der kan jo dog altsaa komme Overraskelser, og Foraaret anes. Jens er jo nok kommen hjem og ser rask og oplivet, om end lidt mager ud. Gete var her i Lørdags, og Skibet ventedes Kl 12, Hans vilde køre hende derned; Villum telefonerede i Øst og Vest var uhyre opfindsom, Karantænelægen sagde, han havde faaet Besked, at der var ingen syge om Bord, saa han vidste ikke, naar Skibet kom, men endelig fik vi at vide, det kom Kl 4 Nat. Det var jo en kedelig Tid til en festlig Modtagelse, saa kom der atter en Bulletin, det kom først Søndag Morgen Kl 8. Saa tog Gete hjem og saa paa Grund af Taage kom det Kl 1. Nu har de jo saa travlt, saa travlt med at styrte rundt til deres trofaste Menighed. Lise skal nu gaa ind og hjælpe Gete 2 Gg om Ugen, naar hun er færdig her, det bliver jo lidt billigere Hjælp 10 à 11 Kr om Maaneden, det gaar an. Jeg hørte, at Jens foreslog Villum at stikke til Båxhult, naar V. er færdig med sin Eksamen, det har vel nok en magnetisk Tiltrækningskraft deroppe, jeg kan jo godt forstaa det. Villum er trods sit Væsen en flink Fyr og sjov er han jo; han er vist heller ikke saa meget af en Labant som han har været.
+Mon ikke disse Underbuxer kommer paa et passende Sted oppe i Karlesengen traf jeg bare de herligste Rengøringsklude.
+De smaa Chokoladekiks er Petermands Privatejendom; bare der gik Bil derop, saa jeg kunde sende ham en Go[ulæseligt]. Hils ham fra Bes; "send snart Bes," siger jeg til mig selv og tag ud paa Rigshospitalet for at se til Jhs. V. som havde Fødselsdag igaar.
+Mange mange Hilsner til jer alle.
+fra
+Mos.
+21-1-32.</t>
+  </si>
+  <si>
+    <t>1935-06-13</t>
+  </si>
+  <si>
+    <t>Erna -
+Peter Hansen
+Grete Jensen, f. Hansen
+Carl  Knippel
+Peter Andreas Larsen
+Marie Neckelmann
+Christian Ottesen
+Harald Schoubye
+- Sjøgren</t>
+  </si>
+  <si>
+    <t>Laholm ligger i det sydlige Halland.
+Peter Hansen døde i 1928. Det er formodentlig nogle af hans skitser, som Elisa Hansen har solgt til orkidégartneren. 
+Det vides ikke sikkert, hvem Carls var. Muligvis Carl Knippel og hustru.</t>
+  </si>
+  <si>
+    <t>Erna har sendt Elena Larsen en pakke.
+Marie Neckelmann og Elisa Hansen har været i Faaborg, og der var smukt. Peter Hansens grav var også pæn med vedbend og orkideer. Elisa Hansen har solgt to skitser til en orkidégartner.
+Elisa håber, at Elenas vask er overstået. 
+Grete Jensen er optaget af sin forretning. Ottesen er syg af feber. 
+Harald skal giftes.
+Elisa Hansen vil køre på besøg i Jylland og videre derfra til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ39</t>
+  </si>
+  <si>
+    <t>Kære lille Bams.
+Jeg var glad for at høre, at du har det bedre nu; du har jo ogsaa to Medicinmænd til at sørge for dig, og naar du saa selv gør dig lidt Umage, saa haaber jeg at se dig i bedre Form end da jeg forlod dig. Nu kom Erna paa Visit - det er altid, naar vi skal til at spise. Hun havde afsendt en Pakke til dig fra Laholm, haaber du har faaet den. Hun var lidt sløj nu tager hun ud i et Sommerpensionat ved Bellevue. Kylle og jeg bilede til Faaborg Lørdag Morgen, og var der i Pinsedagene. Det var køligt nærmest koldt Vejr, men hvor var der smukt ja Sydfyn er virkelig en Have, med de mange blomstrende Syrenhegn og Tjørn helt hvide af Blomster. Haven var saamænd ogsaa yndig, hele Muren er omtrent dækket af Blaaregn fuld af lange lilla Blomsterklaser, men jeg tror næsten den har kvalt det lille Birketræ - det var Synd. Tirsdag Morgen efter en Nat med et meget effektfuldt Tordenvejr var der Varme saa vi kunde drikke Morgenkaffe under Pæretræet. Vi var inde hos Orkidegartneren i Odense, han fik to Skitser og jeg 200 Kr og mange Blomster og Planter. Ude paa Fassers Grav stod der en Buket Kallaer og Orkideer, som han sikkert har sendt. Vedbenden dækker nu godt, Graven saa smuk ud. Derimod saa Stenene ikke hyggelige ud, det er utroligt, som de Mennesker har kunnet faa svinet til; jeg faar ikke Fred i Sjælen, før jeg faar givet dem en fin Skose. Naa Petermand han har nok ordentlig holdt Fødselsdag; jeg saa godt, han saa lidt bleg ud, da han stod og vinkede til mig ved Toget, men jeg troede, det var Nervøsitet, han kan jo ikke lide det Tuderi. Nu glæder jeg mig til at se Båxhult igen; fire Traner, det er vel nok flot og alt det andet. Haaber at du har faaet din Vask overstaaet og saa skulde du faa det Loft vasket, hvor Tøjet laa; jeg haaber du kan faa Frk Sjøgren til Hjælp, der er jo Maade med, hvad du selv kan gøre i denne Tid. Gete er jo ikke tilfreds med, at vi nu snart stikker af igen. Hun er meget optaget af sin Forretning, og der kommer stadig mange Mennesker, selv om der ikke altid bliver en Handel ud af det. Hun var her i Aftes. O.T. laa i Sengen, han har været sløj i den sidste Tid og gaaet med Feber; det er uheldigt, da han i denne Tid har travlt og daarligt kan være fra sine Staalmøbler. Gete havde glædet sig til i Pinsedagene at gaa i Gaarden og reparere deres Bil, men det blev der altsaa ikke noget af, man kan nok se paa hende at hun har Stuekulør. Den 25de skal Harald giftes; han telefonerede Nyheden og sagde, at vi kunde godt besøge dem efter den 6te Juli, men jeg vil da ikke mase ind hos det nygifte Par, hun skal da ikke lige straks have Huset fyldt med gamle Tanter, men jeg er nysgerrig efter at høre noget om hende. De første Dage af Ferien tager vi til Faaborg hvor jeg endnu har forskelligt at ordne, saa skal vi over Lillebæltsbroen op gennem Jylland og besøge Carls et Par Dage; der skal vi være d 7_de_, saa tager vi over Gøteborg Frederikshavn [der er tegnet en streg over "Gøteborg Frederikshavn" og over "Gøteborg" skrevet "2" samt over "Frederikshavn" "1"] til og derefter til Båxhult, hvor vi nok holder vort Indtog d 12te eller der omkring. Peugeuten kører som en Racer, bare den holder til det. Men hvor om alting er, saa gaar jeg nu i Seng, god rolig Nat.
+Masser af Hilsner til jer alle 3.
+Mos.
+13-6-35.</t>
+  </si>
+  <si>
+    <t>1935-06-28</t>
+  </si>
+  <si>
+    <t>Den store begivenhed: Elena Larsen ventede barn nummer to. 
+"rico di ogni bene": Rigt på alt godt. Elena Italia Hansen var født i Italien. 
+Fortjenstmedaljen er formodentlig en vittighed og måske et lille smykke givet i anledning af, at Elena Larsen var gravid med barn nummer to.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen har fået en opsigelse hvad angår boiligen. Hun har en stor lejlighed på Enghave Plads i kikkerten og tror, at hun tager den.
+Harald er blevet gift.
+Den følgende dag kører Elisa m.fl. til Faaborg og videre derfra til Aalborg og Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BOKX</t>
+  </si>
+  <si>
+    <t>Kære Bamsebøsse.
+Til Lykke med Fødselsdagen, jeg haaber, at det nye Aar og den store Begivenhed, som indtræffer, maa blive saa vellykket, at det bliver et Standartaar, "rico di ogni bene," som det saa smukt hedder i dit Fødelands Sprog. Vi lever i stor Sindsbevægelse i disse Dage. Netop som vi fik Kældrene fyldt med Vinterens Brændselsforsyning, kom der en Opsigelse - Fraflytning til Oktober Flyttedag. Paa en Maade er det meget rart, thi Støjen nedefra, er begyndt at gaa mig paa Nerverne, men jeg tror saamænd ikke, at jeg kunde tage mig sammen til selv at sige op. Er det ikke ogsaa mærkeligt, at en Lejlighed paa Enghaveplads, som jeg tit har syntes kunde være ønskværdig, netop er ledig. Det er Huset ved Siden af Kirken, og der er frit baade for og bag, fire meget ordentlige ikke særlig spændende Værelser, lille Køkken, godt Badeværelse og Pigekammer, et stort pænt Pulterkammer, hvor jeg kan have Billeder og overflødigt Gods staaende. Saa kunde jeg faa 2 Værelser, Kylle et ret stort, Lis et mindre og i Pigeværelset kan jeg have Klædeskab og en Seng til dig og hvem der ellers har Lyst at sove der. Der er Sol og frisk Luft, jeg tror jeg tager den. Prisen er 1150 Kr og nu giver jeg 600, Kylle 300, saa det er jo til at overkomme, det maa kaldes billigt. Det er paa 3die Sal, øverste Etage, saa det er nemt at komme op paa Loftsværelset. Nu er Harald gift, han faar ikke det bedste Skudsmaal af Ida og Monna, som har deres Viden fra Knud, som ellers aldrig udtaler sig uforbeholdent, særlig ikke om Familieaffærer, saa jeg er bange for det er en Bus, nu faar vi se. Jeg tænker næsten, vi tager afsted i Morgen Lørdag over til Faaborg, hvor vi bliver et Par Dage, saa naturligvis over Lillebæltsbroen op gennem Jylland. Louise har bedt os meget om at komme til Aalborg paa et lille Besøg, saa kan vi tage fra Frederikshavn til Gøteborg og derfra den yndige Tur til Båxhult. Jeg tænker næsten, at vi omkring d 10 eller 12te Juli har faaet nok af at flakke rundt, og tænker med Glæde paa at falde til Ro paa Båxhult.
+Nu vil jeg da haabe, at Pakken naar dig paa Dagen, og vil du saa ikke gaa op og søge i Skuffen paa Medicinskabet, der vil du finde en Salt- og Peberfugl samt Fortjenstmedaille i Guld med Brillanter. Og saa sender jeg de kærligste Hilsener til jer alle tre.
+Din
+hengivne
+Mos
+28-6-35.</t>
+  </si>
+  <si>
+    <t>1938-12-11</t>
+  </si>
+  <si>
+    <t>Jean Borotra
+Christian Boussus
+Ellen Brønsted
+Peter Hansen
+- Hecht-Petersen
+Anker Jacobsen
+Frithiof Kemp
+Peter Andreas Larsen
+Marie Neckelmann
+Helge Plougmand
+Ada Tutein
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Elena Larsen opholdt sig hos sin mor i København, fordi hun netop havde født sit tredje barn, Alhed. Imens var Johan Larsen og den ældste søn, Peter, hjemme på gården Båxhult i Småland. 
+Viggo er muligvis Viggo Winkel.</t>
+  </si>
+  <si>
+    <t>Den lille pige ligger nu og kigger. 
+Elena Larsen har overværet nogle spændende tenniskampe. 
+Kemp har sendt Bes nogle penge, som hun havde tilgode. Elise Hansen har fået besked fra en sagfører om, at svindleren Hecht er kommet til penge og nu vil betale noget, som han skylder hende. Hecht solgte engang nogle billeder for Peter Hansen og beholdt selv pengene. 
+Elena beder Peter om, at tage nogle ting med fra Båxhult til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pUXH</t>
+  </si>
+  <si>
+    <t>11/12 38
+Kære Gamle!
+Tak for Brev, du er en rigtig Flinkenes til at skrive og jeg havde dog befrygtet, at Pettermandens Selskab vilde holde igen paa Skriveriet. Saa faar jeg tværtimod baade i Pose og Sæk, baade fra dig og Knægten. - I Dag har vi saa en sorts Fødselsdag, idet Søster jo egentlig burde have holdt sig tilbage indtil nu, hun fejrer Dagen ved at ligge og kigge sig om i Verden, tidligere har hun bare sovet saasnart hun var færdig med Maden. Hun er sød og ligner nu en lille kinesisk Dukke. Hun er meget skikkelig. 
+I Forgaars var jeg med Kylle ude i K.B. Hallen og se Plougmand - Boussus og Anker Jacobsen - Borotra. Det var mægtig spændende og sjovt at se Tennis praktiseret igen. Som du vel har hørt i Radioen vandt Danskerne begge Kampene. Desværre trak den 1ste Kamp saa længe ud at jeg maatte gaa hjem da jeg havde set 1ste Sæt af Anker J. - Borotra og det var den mest spændende og blændende Kamp. Han spiller fænomenalt, Anker J. baade ved Net og i Baggrunden. I Gaar tabte Danskerne i double og i Dag skal det saa afgøres hvem der gaar med koning Gustavs cup. Da en af Kampene staar mellem Boussus og Anker J. tror jeg danskerne gaar af med Sejren.
+I gaar og i Dag har jeg holdt mig lidt i Ro ovenpaa de foregaaende Dages Strabadser, ligget længe om Morgenen og sovet længe til Middag som en rigtig Divaneser. - I Morgen skal jeg til at ringe lidt fra Telefonen bl.a. til Fru Tutein. Apropos saa fik Bes forleden tilsendt de resterende 400 Kr af Viggos Gæld fra Kemp, han har som sædvanlig ikke ladet Lejligheden gaa fra sig. Men jeg har ikke meget Haab for Peter, der bliver bestemt ikke 400 Kr tilbage til ham. - Mos har i det hele taget haft meget ud af sine dubiøse Debitorer i denne Tid, hun fik pludselig Brev fra en Sagfører i Faaborg som for mer end 100 Aar siden havde i Kommision at faa presset nogle Penge ud af en Svindler Hecht som havde solgt en Mængde Billeder af Fars og derpaa brugt Pengene. Der var endnu en Gæld paa et Par tusind som Mos jo aldrig havde drømt om at se en Øre af. - Men saa kommer altsaa det Brev fra Sagføreren med Meddelelse om at Hecht var kommen til Penge og nu skulde han se at faa Restbeløbet ud. Foreløbig havde Hecht tilbudt 1000 Kr til Afvikling men Sagf. mente nok at han kunde presses noget mere. Det betaler sig altsaa til Tider at have med Svindlere at gøre. - Kan Pettermanden tage Kylles Fotografiapparat med, det laa paa det sorte Bord i Salen. Samt en Svinelædershandske, som han finder i en Skuffe i Soveværelset, vist den øverste i Skuffemøblet. - Masser af Hilsner til begge mine gamle Drenge fra Mossen.</t>
+  </si>
+  <si>
+    <t>1939-10-31</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Thora Cohn
+Carl Kyed
+Andreas Larsen
 Jens Larsen
-Jonas Larsen
+Jeppe Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
-Alhed  Møhl, Lysses datter</t>
-[...44 lines deleted...]
-Jeg er nok hjemme inden I faar dette.
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Andreas Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet Tamdrup Kirke til en kunde og spist middag hos ham.
+En kat har taget Larsens rørhøne, og han skød nogle dage efter katten.
+Larsen havde glemt sin bøsse hos Brønsted og savner nu en blikrulle og en kikkert. Han spørger, om han har glemt disse ting og sin frakke på Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7r0i</t>
+  </si>
+  <si>
+    <t>Kjerteminde 31 Octbr. 1939.
+Kære Lysse og Bimse!
+Tak for sidst! Ja det er snart længe siden. Jeg har været en Tur i Jylland og boet hos Dede og Minna mens jeg malede et Billede af Tamdrup Kirke til Folketingsmand Kyed. I Aftes var jeg ude paa hans Gaard paa Sletten og afleverede det. d.v.s. han hentede mig i Bil i Odense og vi fik en fin lille Middag sammen med Peter D[ulæseligt]sam, der var dækket med 5 Glas pr. Kuvert. Vores Rørhøne som efterhaanden var bleven ganske tam og gik omkring med Gæssene og Ænderne, blev forleden taget af en Kat, som derefter blev saa fræk at den jagede omkring i Haven efter Hønsene. Da den forleden Morgen sad og solede sig oppe paa Plænen kunde jeg ikke nære mig for at hente Bøssen og skyde den. A propos Bøssen saa havde jeg efterhaanden gjort mig fortrolig med at min var bleven hugget fra Vognen paa Færgen, men det er nu bleven opklaret at den var glemt hos Brønsteds og den kom i Gaar. Yderligere savnede jeg Blikrullen og Kikkerten, sidstnævnte er ogsaa hos Brønsted, men Rullen ikke. Endelig paastaar Else at jeg havde min Vinterfrakke med da vi kørte til Sverige, samt at den ikke findes her i Huset. Mon disse 2 Genstande skulde være bleven paa Båxhult. Jeg fik i Dag Brev fra Patronen med indlagt Billede fra Båxhult, det har I formodentlig ogsaa faaet. Jeg ser i Bladene her at Svenskerne har ordnet saadan at det svenske Landbrug kan faa al den Hjælp det behøver. Meget praktisk. Til Lykke! Vi har det godt allesammen og haaber det samme er Tilfældet hos Jer. Mange Hilsner fra os alle her til Jer allesammen.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1945-05-14</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Alfred Benzon
+Bøje Benzon
+Marius Christiansen
+Thora Cohn
+Gudmundur Kamban
+Andreas Larsen
 Elena Larsen
-Enghaveplads 20 III</t>
+Jeppe Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Det vides fra et andet brev, at den svigerinde, der deltog i fejringen af befrielsen var Ellen Sawyer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for stauderne. Han har delt dem med Marius Christiansen. Christiansen vil sende Christa Knuth nogle rugeæg. 
+Da Larsen hørte om kapitulationen, lavede han romtoddyer til Else, Ellen og sig selv. 
+Han spørger, om det er rigtigt, at Kamban er blevet skudt.
+Johan/Lysse og Elena Larsen ringede til Pufs fødselsdag. De vil komme på besøg, og Johannes Larsen vil tage med dem hjem til Båxhult, som han ikke har set i seks år. 
+Der er kommet både ællinger og gæslinger. Børnene fik en ælling, men Ane kom til at ligge den ihjel, da hun tog den med i seng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yXSz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[I brevet:]
+Kjerteminde 14 Maj 1945.
+Kære Grevinde!
+Tak for Dit Brev. Stauderne kom i Dag fra en Planteskole i Holmstrup og da jeg ikke kunde begribe hvordan det hang sammen ringede jeg op og fik at vide at det var en Gave fra Lensgrevinde Knuth. Det maa vel komme af at der ikke kan ske Forsendelser over Vandet, saa Gartneren har rekvireret dem derfra. Jeg ringede til Christiansen og vi delte saa Byttet og jeg har ny faaet min Andel plantet og takker for den. Jeg lovede Christiansen samtidig overbringe Dig hans Tak. Jeg fortalte ham om den mislykkede Rugning, og da han mente at det maatte være Hunnen der var mindre god som Avlsdyr, sagde han at han vilde sende et Kuld Rugeæg naar det kan lade sig gøre. Vi har jo ellers været højt oppe her, siden den Aften vi hørte om Kapitulationen. Ikke mindst fordi Puf var taget til Odense Dagen før for at melde sig som Frihedskæmper og bidrage til at jage Tyskerne ud af Landet, hvilket der altsaa ikke blev Brug for. Jeg hentede min Svigerinde og Else hun og jeg tog Hul paa en Flaske gl. St Croix Rom som jeg havde faet foræret af Bøje Benzon, og som hans Farfar gl. Alfred Benzon havde taget hjem fra St Croix i 1849. den holder 65,9 % og vi lavede os 3 Toddyer. Det er jo næsten umuligt at følge med og høre og læse alt det der staar i Bladene nu. Er det sandt at Kamban blev skudt den Dag der var saa megen Skydning i Kjøbenhavn? Jeg har naturligvis ikke faaet bestilt noget i al den Tid, men nu skal jeg i Gang igen i Mrg. I Forgaars var det Pufs Fødselsdag og vi blev ringet op fra Båxhult, det var helt underligt at høre deres Stemmer igen. Gæssene har 5 Gæslinger. De kom med 6 i Regnvejr paa Frihedsdagen og den ene var død næste Mrg. Anden fik kun 7 Ællinger og den ene der ikke kunde følge med fik Børnene og der var stor Glæde over den et Par Dage, men i Gaar Morges vaagnede jeg ved Graad, det var Ane der om Natten havde taget den op i Sengen og var falden i Søvn og havde ligget den ihjel. Lysse bebudede at de vilde komme herned i Løbet af en fjorten Dags Tid og dersom det til den Tid kan blive nogenlunde fremkommeligt tænker jeg paa at tage med dem hjem et Par Dage. Nu er det jo snart 6 Aars siden jeg sidst var deroppe, saa jeg glæder mig til at se hvordan Skoven har forandret sig og hvad de har lavet ved Haven og Markerne siden da! Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-07-29</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Hans Hvass
+Johannes V. Jensen
+Tage la Cour
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Aage Marcus</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru T var. Billederne til Aarhus var muligvis til en tidligere omtalt Hr. Kjær, som heller ikke kendes. 
+Hans Hvass; Sjældne danske fugle. Gyldendalske Boghandel 1947. Illustreret af Johannes Larsen.
+En Hilsen til Johannes Larsen paa 80-Aars Dagen. Gyldendalske Boghandel 1947. Tage la Cour og Aage Marcus (red.)
+Johannes V. Jensen: Aarstiderne. Gyldendal 1924 og 1947. Digte af Johannes V. Jensen, tegninger af Johannes Larsen
+Peter Larsen, Johannes Larsens barnebarn, voksede op på gården Båxhult i Småland</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har afsendt billeder og lavet tegninger til Johannes V. Jensens Aarstiderne. Han har også tegnet til Hans Hvass' bog. Nu vil han arbejde på søbilledet. 
+Tage la Cour og aage Marcus arbejder på et festskrift i anledning af Larsens 80års dag. De vil gerne trykke et selvportræt, og Larsen beder Christa Knuth sende hendes ind til Gyldendal til reproduktion.
+Peter har været på besøg. Han havde været på Båxhult og beretter derfra.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IRXy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 29 Juli 1947.
+Kære Grevinde.
+Ja nu begynder jeg altsaa at skrive. Udenfor regner det. Jeg var i Odense i Gaar og havde Fru Mackie og Christiansen med. Jeg har faaet afsendt de Billeder til Aarhus og en mindre Bestilling til en Fru T[ulæseligt] og har lavet et Par nye Tegninger til Johs V´s ”Aarstiderne” der skal komme i en ny Udgave og tegnet en 4-5 af de gamle Illustrationer om saa at det hele bliver mere ensartet. Til Hans Hvass nye Bog har jeg gjort de i Avisen færdige Tegninger klar til Bogen og tegnet en Del nye saa jeg nu kun mangler en 14-15 Stkr. Saa nu er jeg snart klar til at begynde paa det store Søbillede igen. Jeg fik i Gaar brev fra Tage la Cour, der redigerer, sammen med Aage Marcus, et Festskrift der skal udkomme hos Gyldendal i Anledning af min 80 Aars Fødselsdag. Han beder om at laane et af Selvportrætterne til Bogen. Jeg ved ikke selv hvilket der er det bedste, men formoder at Dit vil egne sig bedst til Reproduktion, desuden er jeg bange for at det skal give Anledning til Jalousi dersom jeg vælger et af dem her i Byen. Saa dersom Du gider have den Ulejlighed at sende Dit ind til Gyldendal til Reproduktion vil jeg være Dig taknemmelig. Jeg havde Besøg af Peter i Forgaars Aftes han havde været paa Båxhult hvor alt stod godt til, med Undtagelse af at han mente at alle Frugttræerne var gaaet ud paa 3 nær. De havde faaet sat grønne Fliser op i Badeværelset. Her gaar det ogsaa godt. Vi venter saa Puf og Else hjem d. 11 August. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1948-12-08</t>
+  </si>
+  <si>
+    <t>Helge Constantin Jensen
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Christa Knuth flyttede efter sin skilsmisse fra Knuthenborg til en villa i Maribo.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg med feber. Han skulle have været på jagt med Obert Helge Jensen på Rømø og Slien, men han måtte aflyse. De kom afsted en anden dag. En fisker har lovet Larsen en sejltur til Hatterrevet nord for Samsø, og Larsen har fået bestilling på et billede derfra. 
+Johannes Larsen kommer den 13. for at deltage i Christa Knuths fødselsdag.
+Peter fra Båxhult har været på besøg.
+Larsen spørger, om Christa Knuth fik byttet den villa, som hun havde købt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CaeP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 16.
+Maribo. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde 
+[Julemærke 1948]
+[I brevet:]
+Kjerteminde 8 Decbr. 1948.
+Kære Grevinde!
+Tak for Brevet I Dag. Jeg forstaar at det maa have været svært for Dig at sige Farvel t Knuthenborg. Jeg er lige staaet op efter at have ligget af Forkølelse en 14 Dages Tid og er lidt sløj endnu. Den Forkølelse kom mig meget ubelejligt, den 15tende skulde Puf have kørt mig til Kolding hvor Oberst Helge Jensen der er Kommandant i Tønder skulde hente mig. Jeg var inviteret til en Jagt den 26 og senere skulde vi paa en anden Jagt nede ved Slien, saa jeg skulde have Pas med, og saa skulde vi have været til Rømø og i det hele se os om i Omegnen. Det var en Tur jeg havde glædet mig vældigt til og saa fik jeg en voldsom Snue Dagen før og laa med Feber i nogle Dage. Men saa sagde Obersten i Telefonen at jeg kunde komme der ned, naar jeg blev rask, saa skulde jeg baade komme til Slien og til Rømø. Jeg har ogsaa aftalt en Tur med en herværende Fisker til Hatterevet, en tør Grund mellem det nordlige Samsø og Sejerø. Det skal være henunder Jul, en Dag med godt Vejr og helst Solskin. Det er en Heldagstur, herfra ved 8 Tiden, der oppe ved Middagstid og saa hjem igen. Sagen er at jeg har faaet Bestilling paa et Billede med Motiv derfra til 5000 Kr. som skal leveres omkring første Marts. Saa Du ser jeg har nok at gøre. Alligevel vil jeg gerne komme til Din Fødselsdag, dersom det kan lade sig gøre. Jeg skal vel i saa Fald komme den 13 og og saa rejse hjem igen d. 15. Vi havde Besøg af Peter fra Båxhult i Forgaars, han havde været et Par Dage paa Lundsgaard. Han er en sød Dreng og saa synes jeg han havde forskønnet sig meget siden jeg sidst saa ham. Her har vi det ellers godt og nu skal jeg til at gaa lidt ud og se at komme i Orden igen. Det er en væmmelig Fornemmelse at have spildt et Par Uger, naar man i Forvejen synes at man har altfor lidt Tid til sin Raadighed, men det er der jo desværre ikke noget at gøre ved. Du undskylder nok at der gik et Hjørne af Papiret da jeg rev det af, men jeg gad ikke begynde forfra. Jeg skal hilse fra Else og Puf. Fik Du saa byttet den Villa Du havde købt? eller er det den Du bor i? Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
@@ -4858,732 +4047,1427 @@
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
   </si>
   <si>
-    <t>1943-03-19</t>
-[...6 lines deleted...]
-- Jeppsson
+    <t>25. aug. 1909</t>
+  </si>
+  <si>
+    <t>August Birch, Sverige
+- Eckmann
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig under ophold i Sverige. Hjemrejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/bByyl7CW</t>
+  </si>
+  <si>
+    <t>19. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle, jagt og vejrlig fra ophold i Sverige med Ludvig Brandstrup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5hH9jw99</t>
+  </si>
+  <si>
+    <t>28. aug. 1925</t>
+  </si>
+  <si>
+    <t>Aage Bretting
+Erich Drygalsky
+Julius Galster
+Dan la Cour
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+Gustav Ljungdal
+Axel Malmquist
+John Møller
+Peder Petersen
+Morten Porsild
+Philip Rosendahl</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/T0xVO7qr</t>
+  </si>
+  <si>
+    <t>1927-06-01</t>
+  </si>
+  <si>
+    <t>Båxhult
+Island</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Johannes Larsens arkiv, Breve til familien Rasmussen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver til Holger Rasmussen angående nogle træsnit og betalingen herfor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Vu4Z</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Maj Juni 1927
+Kære Holger Rasmussen!
+Tak for Pengene og Deres Brev som jeg fik her lige som jeg var ved at rejse til Bogø for at lave nogle Tegninger til Friis´s Bog. Derfor hører De først nu fra mig. Jeg bildte mig ind at jeg i mit Brev fra Båxhult havde gjort Dem opmærksom paa at naar der var 2 af de smaa Træsnit, kom det af at jeg skulde skrive og bede min Søn trykke dem, og ikke kunde huske hvilket det drejede sig om, samt at det var min Mening, at De skulde have dem begge. Dette maa jeg altsaa ikke have gjort og der er 40 Kr for mange i det Beløb De sender. Jeg vil nu spørge om De vil have disse Penge igen, eller om De vil foretrække at faa sendt et Tryk af Sneppen som Vederlag?
+Jeg rejser til Island d. 8 Juni for at lave Tegninger til de Sagaoversættelser eller rettere til Indledning af dem. Venlig Hilsen ogsaa fra min Kone til Dem og Deres Kone.
+Deres hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1926-08-13</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Uraniavej, Frederiksberg
+Rungsted Badehotel
+Fiilsø
+Långaryd, Sverige</t>
+  </si>
+  <si>
+    <t>-  Clausen, køber
+- Højmark
+Vagn Jacobsen
+- Kappel
 Frithiof Kemp
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Hakon Spærck</t>
+  </si>
+  <si>
+    <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
+Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
+Bif og Peter er hunde.</t>
+  </si>
+  <si>
+    <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
+Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iqXt</t>
+  </si>
+  <si>
+    <t>Uraniavej 13 Aug 1926.
+Kæreste Alhed!
+Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
+fra
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1947-06-07</t>
+  </si>
+  <si>
+    <t>Christa Knuth
+Søren Krage
+Adolph Larsen
 Andreas Larsen
-Jens Larsen
 Jeppe Larsen
-Jonas Larsen
-Peter Andreas Larsen
+Johanne Christine Larsen
+Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
-Alhed  Møhl, Lysses datter
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for sidst. Christa Knuth og han fandt ikke Søren Krage, men tog så til Marie og Christine samt på kro. Larsen overnattede på Knuthenborg og tog derefter hjem. 
+Der er kommet en del fugleunger i volièren. 
+Larsen har haft stor familiemiddag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VdrO</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juni 1947.
+Kære Lysse og Bimse.
+Tusind Tak for den dejlige Tid paa Båxhult. Grevinden og jeg forsøgte at finde Søren Krages i Lillerød, det lykkedes os at finde deres Hus, men tomt, vi fik oplyst hos Naboen at de var rejst til Kjøbenhavn. Saa kørte vi til Birkerød og bestilte Kaffe hos Uglen og Marie og kørte saa hen til Kroen og spiste Aal i Karry og derfra hen til Uglen og Marie igen. Vi drak Sodavand ved Storstrømsbroen og kom til Knuthenborg Kl. 7,15. Jeg blev der næste Dag over og rejste saa hjem Torsdag hvor Puf og Else hentede mig i Svendborg. Det regnede godt den Dag, Torsdag altsaa, d.v.s. paa Lolland, paa Fyn var der kun kommen et Par mindre Tordenbyger. Her staar alt godt til. I Volieren var den ny Sidensvans helt kommen sig. Kanariefuglen havde 3 halvstore Unger og Dværgvagtlerne fik udligget i Gaar, men kun 3 Unger, 2 Æg var ubefrugtede og i det ene en død Unge. Dompapperme bygger, og Anden kom i Gaar med 2 Ællinger. Jeg ser det ser ud som 20 men Nullet hører til det ovenover befindtlige og altsaa 2 Ællinger. I Aftes havde vi Elle, Junge og Dis med Mænd til Middag. Første Klasses kogte Rødspætter, Tarteletter med Kød og Champignons og Islagkage. Jeppe ligger i Sengen med Feber, men i Dag har han det helt godt. Jeg skal hilse fra Puf og Else og Børnene. Endnu en Gang Tak for sidst
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1950-05-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
 Ane Talbot</t>
   </si>
   <si>
-    <t>Restaurant ”Hos Bang” eksisterede 1938-1978 og lå i Vestergade 40, Odense C. (Internettet marts 2022).
-[...19 lines deleted...]
-    <t>Andreas Larsen
+    <t>Pax var navnet på den strandrestaurant, som Johan og Dagmar (Nan og Tulle) Due Nielsen ejede i Kerteminde. De var nære venner af Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kom godt hjem, men han havde ventetid i Nyborg. Det har været koldt.
+Larsen har været til indvielsesfest i Pax.
+Den lille fugl, som johan talte om, må være en spurvehøg.
+Det er dejligt, at Johan og Elena har fundet Larsens fyldepen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/m6hV</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Maj 1950.
+Kære Lysse og Bimse!
+Tusind Tak for det dejlige Ophold paa Båxhult og for Jeres Befordring ud og hjem. Jeg kom godt hjem, men maatte vente en god Times Tid i Nyborg der var ingen Puf ved Færgen og det tog nogen Tid at faa Telefonforbindelse. Det viste sig at han fra Kjøbenhavn havde faaet at vide at jeg vilde tage over med en Automobilfærge og regnet ud at jeg ikke kunde komme før ved 9 Tiden. Tak for Brevet Lysse! Det lader jo altsaa til at det ikke har været forsent jeg var der oppe. Læg nu Mærke til hvor længe de bliver ved. Maaske kan jeg saa faa bedre Held næste Aar. Her har været væmmelig koldt i den sidste Tid indtil vi i Gaar naaede op til 19⁰ om Eftermiddagen og i Dag tegner det til at blive ligesaa varmt. Fredag var jeg til Indvielsesfrokost i ”Pax” ca 40 Mennesker, Haandværkerne, Byrødder og Politi og Presse. Det var meget festligt, men det tog jo Appetitten til Elses Fødselsdagsmiddag om Aftnen. Den lille Falk Du taler om kan ikke have været andet end en Han Spurvehøg, der er meget mindre end Hunnen og har rustgule Tværstriber paa Bukserne. 
+Det glæder mig at I har fundet min Fyldepen, jeg var saa sikker paa at jeg havde puttet den i Kufferten og troede den var falden ud. 
+Mange Hilsner fra Puf og Else og Børnene og 
+Jeres hengivne 
+JL.</t>
+  </si>
+  <si>
+    <t>September 1924</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej
+Landeryd, Sverige
+Paris, Frankrig</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Julius Hviid
+Else Jensen
+Johannes V. Jensen
+Kurt Jungstedt
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
+Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rMRi</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 15 III
+V.
+Onsdag Aften.
+Kære, søde Gamle!
+Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
+Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
+1000 Hilsner Mor.</t>
+  </si>
+  <si>
+    <t>1932-2</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Johanne Giersing
+Sven Havsteen-Mikkelsen
+Jens Villads Valdemar Hermansen
+Thomas Jensen
+Adolph Larsen
 Elena Larsen
 Jens Larsen
-Jonas Larsen
-Jørgen Larsen
+Johanne Christine Larsen
+Johannes Larsen
 Peter Andreas Larsen
+Vilhelm Larsen
+Bendt Rom
+Kirsten Rom
+Jørgen Schou
+Marie Schou
+Leo Swane
+Fritz Syberg
+Lars Syberg
+Odette Syberg
+Mark Twain</t>
+  </si>
+  <si>
+    <t>På Kærbyhus boede Johanne og Adolph/Beser Larsen. Sybergfamilien boede på Pilegården. 
+Det vides ikke, hvem frk. Jørgensen var. 
+Hermansens system er et meldesystem i bridge publiceret af oberstløjtmant Hermansen under titlen "Lynsystemet" i 1931, 2 udgave i 1933. Det var ikke ret fleksibelt og bruges ikke længere.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen har sendt Vilhelm/Klaks Larsens saddel og seletøj til Johan/Lysse Larsen. 
+Lørdag kommer Fritz Syberg/Baronen med familie på besøg for i radioen at høre en koncert med Thomas Jensen, som er Johanne/Besse Syberg/Giersings mand. Besse har stået model for sin far en tid. Andreas har været på besøg på Pilegården og spillet bridge.
+Kirsten og Bendt Rom har været hos Larsen nogle dage, og man har haft gode middage, overværet Bendt Roms lysbilledforedrag, hørt musik og i det hele taget holdt fest. De følgende dage kommer Bøtterns på besøg, og Andreas skal til Kærbyhus og spille bridge.
+Andreas og Johannes Larsen har været til boksekamp, og Andreas har været på køreture.
+Mark Twain-bogen bliver sendt til Elena/Bimse, når Johannes Larsen har læst den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5EC</t>
+  </si>
+  <si>
+    <t>Kære Lysse, Tillykke. 
+Som du ser af medfølgende Fragtbrevsduplikat har vi sendt en Sæk Seletøj (d.v.s. Klakses Saddel og Trense) til dig. Nu haaber jeg det maa Båxhult hurtigere og med mindre Besvær for dig end det islandske Ridetøj. Fragtbrevsduplikatet kan maaske gøre Nytte, som Bevis. De to Læderlapper, som dækker det øverste af Stigbøjleremmene gør du vel i at smøre med Tran paa Undersiden, saa vil de hurtigt blive bløde, saa de ikke gnaver Jeres Ben under Ridningen. Paa Lørdag Aften kommer Baronens herop forat høre en Koncert som Thomas Jensen, Besses Mand, skal
+2.)
+udsende i Radioen, vi vil saa fejre din Fødselsdag med Chokoladedrikning. Besse har været paa Pilegaarden nogen Tid forat staa Model for Baronen, jeg har saa været dernede et Par Gange til Bridge, Kontraktbr. efter Hermansen. (Ofdette, Sakker, Besse og undertegnede). Kirsten Rom har været her nogle Dage, mens Bendt Rom var paa Foredragsrejse i Jylland. Da han kom tilbage holdt han x) Lysbilledforedrag for os ovre i Værkstedet efter et vellykket Aftensbord: Baronen, Marie, Besse, Odette, Sakker, Kirsten og Bendt Rom og Mikkelsen, som kom uventet fra Korsør, 
+3.
+hvor han bor nu. Efter Lysbillederne spillede vi paa Grammofon og drak Øl m.m. ovre i Mors Stue; hele Huset var pyntet med Blomster af Kirsten Rom og der var Ild i Kaminen. Festen sluttede med at Far uddelte til Damerne af de Callaplanter, som stod i Trappestuen.
+Samme Dag bryggede vi, saa vi havde nok at gøre.
+Imorgen skal vi have Bøtterns til Muslinger og i Overmorgen skal Frk Sørensen og jeg til Bridge i Kærbyhus, Baser er begyndt at spille Bridge. (Vi skal over at indføre Hermansen). Naar du saa hører at Far ikke 
+4)
+havde tid ["tid" overstreget] Tid til at tage til England med Skriveswane, fordi vi skulde til Boksekamp i Kæmpehallen, og at vi har været til Middag i Faaborg og en Tur til Svanninge forleden og at jeg har været paa Ford-tur (!!!!) til Korsør-Roskilde ["Korsør-" indsat over linjen] med Buf og at dette kun er hvad jeg tilfældigvis husker i Øjeblikket, saa kan du forstaa at vi har det livligt for Tiden. - Du kan sige til Bimse at jeg har faaet den Mark Twain til hende, men Far vil læse den først, og M.T. skriver i Forordet, at kun en Idiot vil give sig til at læse saadan en Samling Smaahistorier paa 
+5.
+een Gang, man skal læse en en Gang imellem, hvis man vil kunne more sig over dem og da Far er en klog og forsigtig Mand, kan det vist vare længe endnu. Vi har en Ederfugl, men den har Far vel skrevet om, det sorterer jo nærmest under Ornithologien. - Den Grammofon jeg omtalte før, er vores gamle fra 1912, men der er kommet nyt Værk i den og en ny Lyddaase og nu samler vi paa Plads.
+Naa nu vil jeg ønske dig en god Fødselsdag.
+Hilsner til Jer alle 4 fra Puf.
+Tak for sidst. 
+[Indsat øverst s. 2:] x) Luftrejse: København - Holland - hollandsk Indien, Bali.</t>
+  </si>
+  <si>
+    <t>1934-11-14</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen</t>
+  </si>
+  <si>
+    <t>Frithiof Kemp
+- Kruuse
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Fotografierne fra mosen skulle formodentlig bruges i forbindelse med Johannes Larsens udsmykning af festsalen på Odense Rådhus. 
+Sandholt er en herregård i Sandholt Lyndelse, Faaborg-Midtfyns Kommune. Dens ejer, Nicoline von Sperling, var en nær ven af Warberg-familien. 
+Tybrind er en lille hovedgård under Wedellsborg Gods. Johannes Larsens bror, Vilhelm/Klaks, var ansat under dette gods i en lang årrække.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal bruge fotografierne fra mosen til sit arbejde. 
+Han har været på jagt hos Vilhelm/Klaks og til stor klapjagt på Sandholt. 
+Kemp har lagt penge ud for noget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LvkX</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Nov. 1934.
+Kære Lysse og Bimse
+Tusind Tak for den dejlige Tid jeg havde paa Båxhult. Jeg er nu saa smaat kommen i Gang med mit Arbejde og i den Anledning vil jeg minde om at jeg faar Brug for de Fotografier fra Mosen, som jeg altsaa imødeser med Længsel. Her staar det til som da Bimse var her. Vi var paa Jagt hos Klaks i Regnvejr, hvor Puf som sædvanlig skød en Ræv, Klaks havde i forvejen lovet Else den hvis han fik en. Vi fik en Del Harer og 2 Snepper og vist kun 3 Fasaner, da de ikke var til at drive op. Derimod var jeg i Torsdags til Klapjagt paa Sandholt med Petr. Kruuse hvor vi 138 Stk deraf 98 Fasaner Resten Harer. Den 21 skal jeg med Kemp paa Klapjagt paa Tybrind. Jeg skrev til Kemp om Fugamålet foreslog ham at lægge Pengene ud hvilket han har gjort. Jeg satte ham ind i Sagen, men da jeg ser han har sendt hele Beløbet, har han altsaa ikke anset det for opportunt at prutte. 
+Mange Hilsner ogsaa fra Puf og Else.
+Jeres 
+JL.</t>
+  </si>
+  <si>
+    <t>1935-02-08</t>
+  </si>
+  <si>
+    <t>Ib Andersen
+Marie Bregendahl
+Christian Engelstoft
+Jens Jensen
+Grete Jensen, f. Hansen
+Johan Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Jette Polle
+Helene Sachs
+Gustav Wied
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
+"om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
+Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
+Grete Jensen kan ikke finde ud af, om han er gift.
+Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
+Elisa Hansen har dyrket meget selskabelighed. 
+Elisabeth Neckelmann hænger op på Charlottenborg.
+Elisa sender Peter en brandbil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ARYY</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
+Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
+Masser af Hilsener til jer alle 3
+fra
+Mos.
+8-2-35</t>
+  </si>
+  <si>
+    <t>1937-09-29</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Villum Jensen
+Jens Larsen
+Johan Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Billederne er ude for at blive fotograferet: Fotografierne skulle sandsynligvis bruges til Karl Schous bog Peter Hansen 1868-1928, som udkom samme år.
+Frk. Hansen var formodentlig syerske.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen/Las har været på besøg, og han så godt ud. Han spiste risvandgrød med æblekompot og øl på. 
+Der er ikke hyggeligt i lejligheden, for en masse af billederne er ude for at blive fotograferet. 
+Elin og Villum Jensen kommer til middag. 
+Det er dejligt, at Elena har plukket så mange bær. Elisa vil gerne have lidt syltede champignons. 
+Elisa og datteren har kørt tur. De har ikke været heldige med bilen. 
+Det er spændende, hvordan salget af kreaturerne går.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BSno</t>
+  </si>
+  <si>
+    <t>Kære Bams! 29-9-37.
+Igaar fik vi Besøg af Las og jeg pressede ham jo for at fortælle nyt fra Båxhult. Han saa rask og godt ud, ikke til at ane at han fornylig har ["har" indsat over linjen] været saa forkølet. Det blev øsende Regn og saa fik jeg ham anbragt med Krydsord, mens jeg lavede Middagen. Jeg har endnu aldrig set nogen spise Risvandgrød med Æblekompot og bajersk Øl paa, men det gjorde han altsaa, og det smagte ham storartet. Her ser ikke rigtig hyggeligt ud da en hel Del af Billederne er ude for at blive fotograferet. Elin og Villum spiser til Middag her paa Fredag - det er heldigt at her er godt med Blomkaal og lign. Elin gaar nu ikke afvejen for noget Kødmad og det skal hun ogsaa faa. Det er jo kolossale Masser, du har faaet samlet af Bær, men det er jo ogsaa en vigtig Ting at være forsynet med til Vinteren. Jeg vilde meget gærne have et lille Glas Champignons i Eddike, her ser man aldrig en eneste, Folk er tidlig paa Jagt efter dem. I har nok faaet lidt mere Regn, end vi har, det er næsten altid Solskin og varmt Vejr. Vi kørte en Tur i Mandags, Kylle havde fri, og vi sad oppe paa Sandbjerg og spiste vor Frokost og kiggede paa Sverige og Hven, det var fuldstændig Sommervejr. Bilen kører godt, men jeg tror ikke Kylle har rigtig Tillid til den, jeg ved ikke om det er sandt el. uden Grund. Rigtig heldig har vi ikke været med den Bil, hverken hvad Pris el. Kvaliet angaar. 
+Frk Hansen kommer her Fredag og Lørdag i næste Uge, saa faar vi se, om hun kan faa noget skønt lavet til dig. Men hvis du blot senere kom herned, kunde hun jo nok rette eventuelle Fejl. 
+[Skrevet øverst s. 1; på hovedet:] Det bliver spændende at høre hvordan Auktionen paa Kreaturerne spænder af. Las fortalte mig, saa dygtig Peter er til at hjælpe til og nu er han jo [det følgende skrevet langs venstre margen s. 1:] heller ikke ked af Skolen. Jensekal han er en rigtig Røver, der saadan flaar Tapetet i Stk. Jeg glæder mig til at se [det følgende skrevet nederst s. 1; en streg tegnet over teksten:] de to Unger. Mange Hilsener til jer alle 4. Mos.</t>
+  </si>
+  <si>
+    <t>1948-09-22</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Dams Hotel
+Kai Grunth
+Sven Havsteen-Mikkelsen
+Hedvig Høst
+Oluf Høst
+Ville Jais Nielsen
+Johannes Jais-Nielsen
+Arne Larsen
+Jeppe Larsen
 Else Larsen, Else, Andreas Larsens kone
-Alhed  Møhl, Lysses datter</t>
-[...11 lines deleted...]
-    <t>Kjerteminde 30 Marts 1943.
+Bendt Rom
+Olaf Rude
+Finn Salomonsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Biæderen er ej sjælden træk- og ynglefugl i Danmark.
+Jordsvaler: Digesvaler
+Det vides ikke, hvad fyrmesteren på Christiansø og amtmanden i Rønne hed. 
+Oluf Høsts "større Gaard inde i Landet" hedder Bognemark, og han malede den utallige gange. 
+Mesinebryggeren kendes ikke, og det vides heller ikke, hvem der var pige i huset hos Larsen-familien i sept. 1948.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på Bornholm. På flyveturen dertil kunne han intet se pga. regn. Han tog ind på et hotel i Rønne, og her kom Arne Larsen og viste ham fotos af nogle biædere, som havde haft reder nord for Hasle. Dagen efter blev Larsen hentet af Olaf Rude, og de kørte ud og så biæderredehullerne. De næste dage besøgte de Hammershus og rundkirker samt flere byer og de var til middag med Oluf og Hedvig Høst samt Jais-Nielsen.
+Larsen var også en tur til Christiansø i dårligt vejr. Dagen efter spiste Larsen, Rude og Jais hos Høst i dennes dejlige hus, og Høst og Larsen var ved dennes gård (Bognemark). 
+I Rønne igen besøgte Larsen Amtmanden. Da Larsen kom frem til flyet, viste det sig, at der var overvægt, men en passager tilbød at vente til næste dag med at tage til København, og problemet blev derved løst. Udsigten fra flyet var denne dag fin.
+Larsen med familie har været i Odense og se et guldfund fra Midskov. De har også været på besøg hos Sven Havsteen-Mikkelsen på Taasinge, og han gav dem en skotsk hyrdehund fra et kuld hvalpe, som Johan/Puf tidligere havde set.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TrRn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Septbr 1948.
 Kære Lysse!
-Tak for Brevene til Puf og mig der kom paa Rekordtid, nemlig 6 Dage. Vi blev straks noget forbavsede over Indholdet da vi antog det for Svar paa mit sidste Brev og ikke kunde begribe at Du havde faaet det ud af det, men ved nærmere Granskning af Datoerne, gik det op for os at Du umuligt kunde have faaet mit Brev, inden Du skrev og at Indholdet af Pufs Brev maatte være noget Du havde fantaseret Dig til. Naar Du faar dette har Du vel for længst faaet det forrige og derved faaet et andet Syn paa Sagen. Forøvrigt synes jeg, at det er nogle udmærkede Planer Du har og det vil være mig en stor Skuffelse hvis de skulde opgives. Mange Hilsner, ogsaa fra Puf og Else til Bimse Børnene og Dig selv fra
-[...10 lines deleted...]
-    <t>Knuthenborg</t>
+Tak for Dit Brev. Skønt jeg havde glædet mig til den Tur gennem Jylland til Göteborg og videre til Båxhult, passer det mig i Grunden helt godt at den ikke bliver til noget til Aar. Jeg kan trøste Dig med at vi ikke var samtidig i Kjøbenhavn, da Du var der var jeg allerede hjemme. Vi havde Besøg af Bent Rom da jeg bestemte mig til Turen og han tilbød at jeg kunde overnatte i hans Lejlighed, hvad jeg saa gjorde og fløj Dagen efter til Bornholm. Flyveturen var en Skuffelse da det var saa Regntykt at jeg ikke en Gang kunde se Saltholm og overhovedet ingen Ting saa før vi kom til Bornholm, hvor jeg tog ind paa Dams Hotel i Rønne og ringede til Olaf Rude der sagde at han vilde hente mig næste Formiddag. Jeg gik saa ind og satte mig for at spise og saa kom der en Lektor Arne Larsen, som Rude havde sendt hen for at han kunde fortælle mig om Biæderne. Der er jo sket det mærkelige at 2 Par Biædere, en sydeuropæisk Fugl der tidligere er skudt nogle Gange her i Landet, men ikke vides at have ynglet N for Alperne i de sidste 100 Aar, havde ynglet i en Grusgrav paa en Mark ved Kysten lidt N for Hasle. Lektor Larsen viste mig nogle Billeder af dem. Der var baade Flugtfotografier og Fotografier af de gamle i Hullerne og af en Unge som en Kat havde haft fat i, og som senere døde. Redehullerne var anbragt i en Jordsvalekoloni. Dagen efter kørte jeg saa med Rude til Allinge hvor han bor, og paa Vejen stod vi af og var henne at se paa den omtalte Grusgrav, hvor Biæderne havde lavet 8 Redehuller. De var rejst om Fredagen før jeg om Tirsdagen kom derover. Om Eftermiddagen kørte vi op til Hammershus og næste Dag var vi igen deroppe og se paa Ruinerne og om Eftermiddagen til en af de 4 Rundkirker Olsker. Forøvrigt kørte Rude mig 2 Ture hver Dag og jeg fik 2 Festmaaltider daglig. Næste Dag var jeg med Rude og hans Kone paa en lang Tur gennem alle Byerne paa Ø Kysten til Dueodde og over Aakirkeby hjem gennem Ekkodalen. Vi var til stor Middag hos Grunther der har bygget sig et Hus ved Gudhjem, sammen med Jais Nielsen og hans Kone og Høst og hans Kone; Saa var jeg alene en Tur til Christiansø, men uheldig med Vejret. Jeg havde Mad med og fik en Pilsner en Bitter og en Kop Kaffe paa en Beværtning og gik saa ud
+2
+for at se paa Øen, men saa var det blevet Regnvejr og regnede mens jeg var der. Da jeg havde gaaet den store Ø rundt gik jeg ind til Fyrmesteren er den øverste Toldmyndighed og hilste ham fra Finn Salomonsen Vi sad saa og snakkede ved en Cigar og et Par Glas Portvin og saa gik jeg den lille Ø rundt i Regnvejr og satte mig ned i Kahytten. Det var blæst op og Vinden lige imod saa der var en hel Del søsyge. Rude og Høst stod og tog imod mig i Gudhjem og Rude kørte mig saa hjem. Næste Dag var Rudes og Jais, hans Kone var rejst til en fin Middag hos Høsts der har et dejligt Hus i Gudhjem, med Have op ad Klippen Bokul hvor der er en lille Lystskov med en stor Dam og paa den anden Side ligger den Gaard som Høst altid maler og hvor han har Atelier for uden et i haven og et i Huset. Jeg var med Høst oppe i Bondegaarden. Desuden ejer han en større Gaard inde i Landet og har bygget en stor fin Biograf til sin Søn. Saa var jeg nogle flere Ture med Rude, bl.a. paa Rytterknægten og i Bastemosen, og i den største Rundkirke Øster Larsker. Onsdag 1 Septbr kørte Rude og jeg til Rønne og besøgte Amtmanden hvor vi fik The og Kager og senere en Cocktail. Rude og Amtmanden skulde med Damperen om Aftenen, mens jeg havde faaet Billet til Flyvemaskinen. Amtmandens Chaufør kørte mig ud til Flyvepladsen. Der var 6 Passagerer som der var Plads til, men da vi blev vejede viste det sig at der var Overvægt, og vi fik den Besked at enten skulde en af Passagererne trække sig tilbage eller ogsaa skulde al Bagagen sendes med Damperen. Det saa jo ikke godt ud. Min Rejsetaske var ulaaset, og jeg kunde jo ikke komme til Kjøbenhavn uden Hotelplads og uden Nattøj, saa jeg var forberedt paa at returnere til Rønne, da heldigvis en af Passagererne erklærede at hans Hjem Rejse godt kunde vente til Dagen efter. Saa kom vi da af Sted og skønt det var lidt diset kunde jeg dog se Vandet hele Tiden og det var morsomt at flyve over Skaane, der laa i Soldis med nogle gulranede Skyer forude og en vældig Tordenbyge med Nedbør til højre for os og Skanør og Falsterbo til venstre. Vi fløj fra Bornholm Kl 6,15 en Time efter i Kastrup og jeg naaede at faa 3 Stk Mad og en Fadøl paa Banegaarden. Traf Mesingebryggeren paa Færgen 
+3
+og kørte med ham hjem og var her Kl. godt 12. I Forgaars var vi allesammen i Odense for at se et Guldfund fra Midskov. En Gaardmand derude ryddede en Busk og fandt 7 Guldkar af samme Slags som dem fra Lavindsgaard og dem fra Boeslunde, Du ved dem med Hankene. Disse havde 3 haft [Tegning] Hanke der var brækkede af, men der 2-3 smaa Guldplader der havde været nittede paa og en del af en Guldtraad. Hankene havde været [hul i papiret]viklet med. I Gaar var vi alle sammen )x nede hos Svend Mikkelsen der har købt et Hus paa Taasinge i Troense. Vi fik en sort og en hvid skotsk Hyrdehund med hjem som Puf havde været med til at udvælge af et Kuld Hvalpe da de var derovre i Fjor, det er en Hanhund der hedder ”Glen” Vi har haft meget uroligt Vejr i den sidste Tid og en Mængde Frugt er blæst ned og i Dag trækker der nogle store Byger med Regn og Hagl. 
+Mange Hilsner Jeres JL.
+)x Else var ikke med da hun er forkølet og i Dag ligger vores Pige med et daarligt Ben.
+P.S.
+I faar en af Dagene en Invitation til Anes Konfirmation i October, som jeg haaber at I kan komme til
+JL.</t>
+  </si>
+  <si>
+    <t>1939 eller derefter</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholdt sig hos sønnen, Johan/Lysse Larsen, på gården Båxhult i Sverige. 
+Scott var en hund. 
+Det vides ikke, hvem Smed Knudsen var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal hjem fra Sverige, og der er to planer for, hvordan transporten skal foregå. Måske kan Johan/Lysse Larsen komme med til Kerteminde, så Andreas/Puf Larsen kan vise ham bryggeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PcEp</t>
+  </si>
+  <si>
+    <t>Kære Far.
+Det var en Overraskelse for os, at du vil hjem saasnart. Vi har to Forslag at gøre Jer; det første gaar ud paa at lokke Lysse til at køre dig til København og fortsætte med Scott til Kerteminde, hvor vi saa kunde nyde godt af hans Selskab i et Par Dage indtil han, Else og jeg sammen kunde køre til København, han forat fortsætte Rejsen, vi forat tage dig med hjem x). Det er længe siden han har været her, og vi vilde blive meget glade for at se ham; det kunde særligt more mig at vise ham Bryggeriet. Det andet Forslag gaar ud paa at jeg ["jeg" overstreget] Else og jeg skulde køre rejse ["køre" overstreget; "rejse" indsat over linjen] til Båxhult den ene Dag og næste Dag køre hjem gennem København, hvor vi skulde se paa Gulvtæppe og sætte dig af, mens vi fortsatte til Kerteminde med Scott. Du skulde saa senere rejse hjem med Toget; det haaber jeg du ikke vil have noget imod, naar vi har taget Scott og Bøsse med os i Bilen. Jeg kan ikke godt bruge mere end et Par Dage til Turen, da Smed Knudsen om 8 Dage skal installere en Pumpe i Bryggeriet hvad jeg nødvendigvis maa være tilstede til.
+Lad os hurtigt vide hvilket Forslag I foretrækker, vi foretrækker langt det første.
+Mange Hilsner fra os alle
+Puf.
+Kan en Daglejer ikke erstatte Lysse i en 8 Dages Tid?
+[Indsat i venstre margen s. 1:] x/ og se paa Tæppe.
+[Indsat i venstre margen s. 2; på tværs:]
+55
+270
+260
+350
+180
+40
+40
+1195</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
+  </si>
+  <si>
+    <t>1933-12-21</t>
+  </si>
+  <si>
+    <t>Peter Andreas Larsen
+Peter Magnussen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Tjalfe og Foch var hunde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Puf og Else når ikke at komme til Sverige til jul. Larsen har bl.a. travlt med en udstilling. De har fået deres pelse. Puf, Else og Larsen sender gaver. Larsen minder om, at Lysse og Bimse skal have masser af god brændevin på lager, når han kommer. 
+Der har været flere fugle på besøg i haven.
+Larsen har købt en pointerhvalp. Dens forældre har vundet priser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WgEr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Dec. 1933.
+Kære Lysse og Bimse!
+Ja desværre lader det sig ikke gøre at komme op til Jer i Julen. Jeg har haft saa megen Forstyrrelse med et Par Kjøbenhavnrejser o.s.v i de sidste Par Maaneder saa jeg er kommen bagefter med al Ting. Desuden skal jeg have en Aquarel &amp;amp; Tegningudstilling hos W&amp;amp;M i Februar (lukker op d. 2) og jeg maa se at faa lavet noget mere end jeg har, da der gerne skulde være noget at sælge af. Jeg er først lige bleven færdig med den næstsidste af mine Bestillinger. Vi har faaet vore Pelse, Buntmageren var her med dem forleden, saa nu er vi godt kørende og glæder os til at køre til Båxhult efter endt Udstilling medio Febr. Det er der jo underligt ikke saa længe til. Tak for Brevet, vil I hilse Peter mange Gange fra mig. Jeg sender i Dag nogle Bøger og Puf og Else sender en anden Pakke i Morgen. Desuden sender jeg en Hundredkroneseddel, som jo formindskes betydeligt af Kursen, men jeg har ikke flere i Øjeblikket. I sørger jo nok for at have noget absolut rent Brännvin, til vi kommer at det ikke skal gaa som sidst. Jeg skal nok se at faa nogle flere Penge til den Tid, men I maa helst benytte jer af Tilfældet med Julen saa der kan være lagt en ordentlig Grund for Beholdningen. Vi har haft Sne og Frost en Tid og i Søndags havde vi Besøg af en Fasanhane en Rørhøne og en Graaand der spiste med Ænderne, Graaanden er bleven men Fasanen har jeg ikke set siden og Rørhønen ikke siden Mandag. Jeg ved ikke om jeg fortalte at jeg havde købt en Pointerhvalp, han bliver et halvt Aar 27 Dec. og har udviklet sig godt siden vi fik ham baade sjæleligt og legemligt. Jeg tror han kommer til at ligne Tjalfe mere end Foch. Hans Forældre er Brahesborgs Elis &amp;amp; Gyllerups Skot, sidstnævnte har vundet den svenske Guldpokal paa svensk Markprøve. Naa nu vil jeg ønske Jer alle 3 en glædelig Jul og et godt Nytaar I gør nok hvad I kan for at faa fat i Pakkerne, det er vist ikke for tidligt de kommer af Sted.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1935-06-16</t>
   </si>
   <si>
     <t>Andreas Larsen
-Elena Larsen
-[...2 lines deleted...]
-Jonas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken udstilling på Bellahøj der er tale om.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen m.fl. tager til København mandag eller tirsdag. Han spørger, om Johan/Lysse har lyst til at se udstillingen på Bellahøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vSvC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Juni 1935.
+Kære Lysse!
+Jeg gaar nu og venter paa Indførselstilladelser til Hund og Bøsse. Jeg tænker vi rejser til Kjøbenhavn Mandag eller Tirsdag. Puf er kommen i Tanker om at Du muligvis kunde ønske at bese Bellahøjudstillingen og saa køre med os til Båxhult det kunde ogsaa passe mig med et Par Dag i Kjøbenhavn saa jeg kunde faa lavet lidt i Orden paa mine Tænder. Lad os høre hvad Du mener om Foretagendet, altsaa saa omgaaende som muligt. Mange Hilsner til Jer alle
+Din Far.
+Pufs Scriptum:
+Hvis Du kan telefonere, kan Du regne med at vi hører efter hele Dagen paa Søndag. – Vi kan afrejse fra København Onsdag Middag eller Torsdag Middag, som det maatte passe Dig bedst.</t>
+  </si>
+  <si>
+    <t>1936-06-26</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Jens Larsen
 Peter Andreas Larsen
-Frida Madsen
-[...90 lines deleted...]
-Georg Jacobsen
+Harald Schoubye
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Elisa og Peter Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død. 
+Polygonum aubertii: Arkitektens trøst.
+Det vides ikke, hvem Pie og hendes søn var.
+Kolissalt er formodentlig en efterligning af et barns udtale af ordet.
+Det vides ikke, hvilken proces, Johan og Elena Larsen havde kørt</t>
+  </si>
+  <si>
+    <t>Alting gror godt denne sommer. Der er store høstakke og roser, hyld og kaprifolium i hegnene. Valmuerne i marken vilde Elena med Zahrtmanns ord juble af begejstring over.
+Elisa Hansen m.fl. er i Faaborg, hvor haven er meget smuk. Hun glæder sig til at se, hvad der er sket på Baåxhult.
+Jens vokser åbenbart godt, og Peter cykler.
+Elisa sender konfekt og fødselsdagslykønskning. Hun er glad for, at Elena og manden vandt processen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6iY9</t>
+  </si>
+  <si>
+    <t>Kære lille Bams!
+Til Lykke med Fødselsdagen og kan gode Ønsker hjælpe noget, saa vil det nye Aar blive ovenud godt. Og Tak for Brevet, som jeg fik igaar. Det var rigtignok interessant at høre om alt hvad der er sket paa Båxhult, alt sammen i stort Format. Det kan nok være, det kan gro i Aar. Aldrig har jeg set saa mange og store Høstakke som i Aar, det dufter af Hø, naar man kører paa Landevejene. Og Hegnene er fulde af Roser, Hyld og Kaprifolier, jeg har aldrig før set saadan en Vækst. Saa er der Marker fulde af højrøde Valmuer, det er jo ikke saa godt, hvis de da ikke er dyrkede til Medicin, men det ser jo dejligt ud. Jeg ønsker tit, du kunde køre en Tur med os, du vilde juble af Begejstring for at tale Zahrtmannsk. Vi har nu været her en Uge og bliver nok en Uges Tid endnu, men har ikke endnu nogen Plan for Resten af Ferien, men jeg tænker at vi kommer til Båxhult omkring d 15 Juli. Vi fik straks fat i en Rengøringskone, her trængtes til at luftes ud, al Ting bliver ødelagt af Fugt og Møl, naar det staar saadan i Fred og Ro. Ja du skulde se Haven, skønt Plantøren ser lidt til den imellem, saa kan han ikke kommandere den. Pæretræet naar helt op i Himlen og Slyngroserne paa Søjlerne, danner et uigennemtrængeligt Tag, som atter dækkes af en Polygonum, som jeg plantede ved en Søjle for 2 Aar siden. Man skal se det oppe fra Sovekammeret, naar Roser og Polygonum blomstrer. Haralds Rose i Gaarden stikker Blomsterne ind ad Vinduet, den rene Torneroseidyl. Hvor jeg glæder mig til at se Båxhult igen og alt det, der vokser, saa kolissalt. Ikke mindst Jensemand, han er da en Kraftkarl og han begynder at blive farlig for sine Omgivelser. Men at Peter kan cykle saa langt, det kan imponere os. Pie har stadig lidt Kludder med sin Dreng, han er jo ikke tilnærmelsesvis saa stor som lille Jensen, men munter og rolig, hun er vist for ængstelig. Jeg sender en Æske Konfekt, som jeg haaber kommer til Dagen, hvis før, maa jeg bede dig om at dy dig og ikke aabne den før Tiden 2 Par Strømper har jeg med til senere Levering.
+I kan rigtignok give Folk nogle Processer og vinde dem, de 400 var ikke saa værst og det er dejligt, at du faar lidt Hjælp. Vi tager nok herfra omkring d 6te, 7ende. En Masse Hilsener til jer alle og en specielt til Fødselsdagsgrisen.
+Jeres
+Mos.
+Faaborg 26-6-36.</t>
+  </si>
+  <si>
+    <t>1936-11-16</t>
+  </si>
+  <si>
+    <t>Frederik Ahlefeldt-Laurvig
+Johannes V. Jensen
+Peder Kruuse
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
-Jonas Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Lykke</t>
+  </si>
+  <si>
+    <t>Fjellebro: hovedgård og gods 6 km syd for Ringe på Fyn. Hovedbygningen er opført i 1622 og ombygget i 1726-1772-1885. Fjællebro Gods er på 177 hektar. Ejer 1927-1943 var Frederik Preben greve Ahlefeldt-Laurvig-Bille. (Wikipedia febr. 2022).
+Sandholt er en gammel hovedgård, som ligger i Sandholt Lyndelse Sogn, nu Faaborg-Midtfyn Kommune. Hovedbygningen er opført i 1516 og ombygget flere gange. Godset er på 441 hektar. (Wikipedia febr. 2022).</t>
+  </si>
+  <si>
+    <t>Larsen ønsker til lykke med Jens' fødselsdag. Jeppe kan nu gå, når man holder ham i hænderne.
+Johannes Larsen har været på jagt hos Vilhelm/Klaks. Johannes V. Jensen var med.
+Murerne arbejder på bryggeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vPi9</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Nov. 1936.
+Kære Lysse!
+Tak for Brevet. Det er en Skandale at vi glemte Jens’s Fødselsdag. Til Lykke med ham og alle hans Tænder og Færdigheder. I.A. Larsen er jo noget længere tilbage, han er vel nærmest paa samme Standpunkt som Jens var, da jeg rejste fra Båxhult, dog er han nærmere ved at kunde gaa, han gaar helt godt naar vi holder ham i Hænderne og forleden rejste han sig op uden at støtte sig til noget. Jeg har ligget nogle Dage af Forkølelse efter den Jagt hos Klaks forleden. Johs. V. var med, han havde været et Par Dage hos Grev Ahlefeldt paa Fjellebro for at se paa Bueskydning. Det regnede det meste af Dagen og der kom ikke megen Vildt for. der blev skudt 8 Harer og en Sneppe og 4 Fasaner hvoraf jeg skød de 3. Johannes V. kørte med os hjem om Aftnen men rejste allerede næste Middag til Kjøbenhavn. Jens og Lykke var her om Søndagen. Puf laa i Gaar af Forkølelse men er staaet op i Dag til Middag i Anledning af at Murerne er begyndt at mure hans Bryggeri og skal sætte Vinduer i i Eftermiddag. Else er i Byen, Nu kan jeg ikke hitte paa mere denne Gang. Det var Fandens at vi blev snydt for Bimse og Jens. Mange Hilsner til Jer alle sammen fra 
+Din Far. 
+P.S.
+Jeg skal til Klapjagt hos P. A. Kruuse paa Sandholt paa Onsdag.
+JL.</t>
+  </si>
+  <si>
+    <t>1937-04-21</t>
+  </si>
+  <si>
+    <t>Ragnhild -</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad der er sket med Ragnhild. Finansoperationerne er heller ikke kendt.
+Johannes Larsen var formand for bestyrelsen for det nystiftede Kerteminde Museum. Man indrettede blandt andet her en rekonstruktion af hans fars kontor. Briggen Hygæa tilhørte nogle år Johannes Larsens forældre.</t>
+  </si>
+  <si>
+    <t>Trist med Ragnhild.
+Alle på Møllebakken er forkølede.
+Larsen minder sønnen om at sende to fotografier af skibe samt maleriet af Hygæa.
+Han har håndværkere i Alheds værksted og i Laura Warbergs væreæse i sidehuset. Møblerne herfra er stablet op i Larsens værksted.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qoIf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 April 1937. 
+Kære Lysse!
+Tak for Brevet. Det var sørgeligt at høre om Ragnhild, jeg skriver høre for jeg fik jo Beretningen af Bimse en Uges Tid før Dit Brev skønt dette var skrevet før hun rejste fra Båxhult. Jeg synes Dine Finansoperationer lyder meget godt, saa Du maa gøre som det passer Dig. Vi er alle her forkølede og har været det i over 8 Dage. Jeg gaar med Snue paa 10ende Dag; det har jeg ikke oplevet før, det plejer at vare 2-3 Dage og saa fortsætte som ondt i Hals eller Hoste. Det er væmmeligt at have Hovedet fuld af Snot saa længe. Jeg har travlt med Museet, men jeg kan nu ikke komme videre før jeg faar de Billeder fra Dig. Hvis Du har glemt hvad det var for nogle saa er de her: 2 Fotografier af nybyggede Skibe i Havnen og Maleriet af ”Hygæa” paa Kjøbenhavns Red. Forøvrigt har vi Malere og Murere i Din Moders Stue ved Værkstedet og Din Mormoders Gavlværelse i Sidehuset; det sidsnævnte laves om til Børneværelse og det andet til Pufs Kontor. I Midlertid er alle Møbler fra disse Rum stablet op i Værkstedet, saa der ikke er til at være. Jeg har altsaa foruden min Snue en god Grund til ikke at bestille noget. 
+Se saa om Du kan faa de Billeder af Sted! 
+Podekviste er bedst i Maj. 
+For øvrigt har vi i Fjor eller Forfjor podet Medteaæbler paa unge Træer saa der er ingen Fare for de forsvinder.
+Mange Hilsner fra os alle til Jer alle sammen. Det var dejligt at se Bimse og Drengen her. 
+Din Far.</t>
+  </si>
+  <si>
+    <t>1938-11-29</t>
+  </si>
+  <si>
+    <t>Hans Beck Thomsen
+- Gedde
+Adolph Larsen
+Andreas Larsen
+Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter</t>
   </si>
   <si>
-    <t>Johan og Elena Larsen overtog endeligt gården Båxhult i Småland i 1945.</t>
-[...8 lines deleted...]
-    <t>Kjerteminde 14 Maj 1944.
+    <t>Pigen er Johan/Lysse og Elena/Bimses datter Alhed.</t>
+  </si>
+  <si>
+    <t>Larsen ønsker tillykke med pigen. 
+Han har været ved Fiilsø i stormvejr.
+Vinterhaven er skadet af stormen, så nu bliver den omdannet til volière med trådnet over. 
+Johannes Larsen har fået nogle fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/28Xv</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+29 Nov. 1938
 Kære Lysse!
-Efter at have virket med Sagen, siden Du udtalte Ønsket om at faa Skøde paa Båxhult, er jeg nu saadan stillet at det kan lade sig gøre. Da jeg i sin Tid talte med Bankdirektør Jacobsen om det, sagde han at jeg i saa Fald maatte give Puf et lignende Beløb. Du sagde, at Du regnede Båxhult, eller rettere min Part deraf til 30.000 Kr. Forudsat at Du gaar ind paa at jeg tilskøder Puf en tilsvarende Part af de herværende Ejendomme kan Du faa en Sagfører til at lave Dig et Dokument om Overdragelse og sende mig. Du skal saa faa det omgaaende i underskrevet Stand. Der bliver nogle Klausuler, men dem kan vi jo ordne mundtlig. F. Eks. at jeg forbeholder mig Frontespisen paa Livstid, at de Træer, jeg har fredet skal blive staaende, at Du vedligeholder min Jagt mod at jeg betaler Omkostningerne o.s.v. Det kommer vi nok ud af. Vi har det alle godt her og nu er det et dejligt Vejr med stille Varme. Mange Hilsner til Jer allesammen.
-[...1 lines deleted...]
-Far.
+Til Lykke med Pigen. Vi fik Brev fra Bimse i Morges og blev vældig glade. Det var nok noget før i havde ventet det men nu kan Du vel faa hele Familien samlet paa Båxhult i Julen. Puf havde ellers snakket om at tage op og holde Dig med Selskab i Din Ensomhed. Vi havde en vældig Storm i Natten til Torsdag. Jeg var paa Fiilsø og Puf kom Onsdag for at hente mig hjem. Torsdag Mrg var jeg paa Andetræk med Beck Th. som skød 3 Troldænder. Bag efter kørte vi ud og saa Havet i Oprør og saa hjem om Eftermdg. Vinterhaven var plukket i Gavlen og nu piller vi Glasset af Taget og lægger Staaltraadnet over og laver den om til Voliere. Odderne har det godt og vi har faaet Bestanden af Fjerkræ forøget med 2 Graaænder fra Agraren, en Hanederfugl fra Gedde og en Sædgaas fra Filsø. Alle vore andre Ænder var væk da jeg kom hjem. Jeg skal hilse fra Puf og Else og ønske til Lykke. Mange Hilsner til Dig og Peter fra Din Far. 
+[Fortrykt:]
 Johannes Larsen
-Kjerteminde
-[...6 lines deleted...]
-    <t>Jens Larsen
+Kierteminde
+[Håndskrevet:]
+P.S. 
+Tak for Brevet forleden Dag
+JL</t>
+  </si>
+  <si>
+    <t>1939-07-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Jeppe Larsen
+Johan Larsen
+Martin Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot
+Lasse Taaning
+Poul Valentin Jensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Lysses forslag til Tinge og Manse gik ud på. 
+Tipperne og Værnengene er en halvø i Vestjylland, beliggende ved sydenden af Ringkøbing Fjord og er en vigtig rasteplads for trækfugle. Det har været i statens eje siden sidste halvdel af 1700-tallet , og i 1898 blev der indført bestemmelser om fredning af det rige fugleliv i området. I 1928 blev der oprettet et fuglereservat, og der blev ansat en opsynsmand Valentin Jensen (Kilde: Wikipedia marts 2022).</t>
+  </si>
+  <si>
+    <t>Nationalmuseet i Stocholm har købt for 500 kr. træsnit, og Larsen beder Elena/Bimse sætte de 450 ind på hendes konto, men tage fra til fødselsdagsgave og brændevin.
+Det er tørke. Man venter tidlig høst på Lindøgaard.
+Andreas/Puf sejler i Odense Fjord med Lasse Taaning.
+Valentin Jensen har været på besøg for at filme odderne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F6m1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juli 1939.
+Kære Bimse!
+Det er forsmædeligt at jeg aldrig kan huske Din Fødselsdag. Foranlediget ved Lysses Brev fik vi jo fyret et Telegram af som jeg haaber Du har faaet i rette Tid. Jeg fik i Forgaars Brev fra Nationalmuseet i Stockholm at de havde købt for 500 Kr Træsnit, Jeg har bedt dem sende Pengene til Båxhult og naar de ankommer vil jeg bede Jer sætte dem ind i Jeres Bank i Landeryd, efter at have fradraget 50 Kr. til at købe Dig en Fødselsdagsgave for, saa at Resten kan være disponibel til jeg kommer en Gang i August. I kan jo ogsaa tage fra til et Par Liter saa der kan Brännevin i Huset naar jeg kommer. Jeg har ladet Lysses Forslag til Tinge eller Manse gaa videre gennem Bibbe, der dog ikke mente det kunde lade sig gøre, da de skulde tække om og ventede en tidlig Høst paa grund af Varme og Tørke. Her fik vi en 30 mm for en 14 Dages Tid siden og 20 i Gaar og i Nat. Puf sejlede i Morges med Lasse Taaning om i Odensefjorden, saa Else og jeg er alene med Børnene. Vi havde i Gaar Besøg af mag. Valentin Jensen, ham der passer Tipperne, han havde bedt om at maatte komme at filme Odderne, nu skal vi se hvad der kommer ud af det. Vi har det godt og haaber det er ligesaa hos Jer. Mange Hilsner fra Else til Jer allesammen og fra mig
+Din JL.</t>
+  </si>
+  <si>
+    <t>1949-06-30</t>
+  </si>
+  <si>
+    <t>Christa Knuth
+Johannes Larsen
+Gerda Rasmussen</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen var født 12. maj 1899 og Elena/Bimse Larsen 1. juli 1899.</t>
+  </si>
+  <si>
+    <t>Christa Knuth har ringet til Johannes Larsen og sagt, at Johan/Lysse Larsen havde fødselsdag to dage senere, og derfor har Johannes Larsen skrevet til Johan. Johannes Larsen mente, at hans to sønner var født samme år, og at Johan derfor fyldte 50. 
+Andreas/Puf Larsen ønsker tillykke og beklager, at han ikke har sendt en gave til den "runde" fødselsdag.
+Larsen-familien skal til middag hos Gerda Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fzA4</t>
+  </si>
+  <si>
+    <t>30-6-49.
+Kære Bimse.
+Skønt Far har skrevet til Dig iformiddags griber vi nu ogsaa pennen for at gratulere Dig. Sagen har sin forklaring: Christa ringede igår til Far og fortalte ham bl.a. at det vilde blive Din fødselsdag iovermorgen; derfor Fars brev. Siden han skrev det iformiddags, er han imidlertid kommet til at tænke på at Du og jeg (Puf) er blev ["er" overstreget; "blev" indsat over linjen] født i samme år, så at Du altså må være 50 imorgen, hvis tiden da er gået med samme fart for Dig [et overstreget bogstav] som for mig, hvilket vi altså ["altså" overstreget] tillader os at gå ud fra. Altså tillykke! Vi burde selvfølgelig have sendt en gave og burde ["burde" indsat over linjen] have sendt den i tide, men nu må du altså ["altså" overstreget] nøjes med dette for sene brev og have gaven tilgode til Far kommer op til Båxhult.
+Idag er det Fru Holger Rasmussens fødselsdag og vi skal derned og spise middag iaften. Jeg har derfor ikke tid til at skrive dette om så det kan fremtræ- uden rettelser og overstregninger som et brev bør til en så rund fødselsdag. Vi skal køre om en time og da både bilen og jeg skal ordnes lidt først, må jeg slutte med endnu en lykønskning og en hilsen fra os alle.
+Else og Puf</t>
+  </si>
+  <si>
+    <t>1897-09-07</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>- Andersson
+Johan Elmqvist
+Johanne Giersing
+Adolph Larsen
+Karl Schou
+Marie Schou
+- Strömdal
+Anders -, Sverige
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Christine og hvem Maries mand er. Heller ikke Gryllesen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Österberg med 1000 kr. til arbejdsløn. Elmqvist var forbavset over, at Alhed havde så mange ringe på.
+Anders fortalte en masse om, hvor elendigt Christine (ikke Swane) passede huset.
+Efter middagen gik Larsen på jagt i regnvejr. Adolph Larsen (Agraren) og Fritz Syberg (Baronen) var på jagt dagen før, og Syberg forstuvede foden, så i dag er han hjemme og passer Johanne (Besse). Derefter følger en lang beretning om en mislykket jagttur. Larsen og hans bror plukkede dog nogle rørhatte. 
+De folk, der var på tur til markedet, købte småting med hjem, og Johannes Larsen vil sende Alhed noget. Maries mand købte en ged.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ8S</t>
+  </si>
+  <si>
+    <t>Höljeryd 7 Septbr (Långaryds Marknad.) 1897.
+Min egen Kæreste!
+Saavidt jeg husker lovede jeg i Gaar at skrive naar jeg kom hjem, men da det jo er Markedsdag i Dag er det umuligt at faa Brev af Sted til Landeryd og jeg opsatte derfor Skriveriet til i Eftermiddag. Det varede noget inden vi kom fra Stationen i Gaar, Anders havde nogle Ærinder at besørge først, jeg var inde hos Elmquist og blev tratteret med en Bayer og 1 Cigar og tog til Gengæld 1000 Kr. med til Østerberg til Arbejdsløn. Elmquist var forbavset over den Masse Ringe Du havde paa, en 3-4 Stykker, mente han, jeg antager det var Slangeringen han havde faaet Øje paa, men han mente Du maatte være for ung til at være Enke, her faar de nok en Ring hver Gang de bliver forlovet og en hver Gang de bliver gift, og beholder dem, saa de jo efterhaanden kan faa en hel Samling, han mente for Resten at Du ikke kunde være mere end aderton – nitton År, og paastod at Folket sagde Du var min Fästemø. Vi kom sen af Sted og havde med som Passager en søn af Carl Andersson, Carlsro, da [vi] kom til Nyby slap vi ham og saa kan du tro at Anders begyndte at fortælle mig hvad Christine var for en, og hvor usselt hun passede Huset og Kreaturerne, og hvordan hun drak sig fuld sammen med Mo[ulæseligt], skønt Munden gik livligt paa ham kunde han dog blive ved med det til vi naaede omtrent hjem. Da vi havde spist til Middag gik jeg paa Jagt og fik en Hønekylling, hvad vi jo manglede i at have nok til en Middag. Det regnede for Resten af og til hele Eftermiddagen og det var egentlig ækelt at gaa i Skoven, jeg er snart ked af at gaa paa Jagt i alt det vaade og saa kan Hunden jo ingen Ting finde og Vildtet holder ikke. Agraren og Baronen var ogsaa ude i Gaar Eftermiddags, og de kom hjem med det Resultat at Baronen havde forstuvet sin ene Fod ved at krybe over et Hegn, og nu gaar han omkring ved den tykke Stok. I Formiddags gik Agraren og jeg paa Jagt, Baronen blev hjemme og passede Besse og Resten kørte paa Markedet. Det var ellers en temmelig uheldig Jagttur vi havde, saa snart vi var kommen derhen hvor vi hentede Myrerne fløj der 2 Tjurhøner op og vi skød paa hver sin uden at træffe nogen af dem, lidt efter fløj de ud af et Par Træer, og jeg kastede et Skud efter den ene igen bus, vi gik saa igennem Ekhult og Båxhult der traf vi en Høne som vi ikke fik Skud til og ude i Bækken der løber fra Horshult Søen ud i Aaen lettede der et halvt hundrede Ænder, men for langt ude, dem gik vi efter og der hvor Bækken løber ud i Aaen fik jeg Øje paa nogle af dem, der laa saadan at jeg kunde krybe til dem bag nogle Buske, hvad jeg ogsaa gjorde, men skønt jeg var saa beskeden kun at holde paa den nærmeste, som laa alene, jeg gjorde det for at være sikker paa dog at faa noget for mit Skud, opnaaede jeg kun at den efter Agrarens Beretning blev et godt stykke efter de andre, men de fløj om bag en Skov paa den anden Side Bækken saa vi kunde ikke gaa efter dem. Lidt efter jagede Tjalje en gammel Urhane ud i noget Krat, jeg saa kun et Glimt af ham mellem Træerne, men fyrede dog en Patron paa ham, til ingen Nytte naturligvis. Det regnede af og til som sædvanlig og jeg blev mere og mere led ved at gaa, men vi gik dog ned over Broen og om i Kongsveka, hvor vi tossede dygtigt rundt og saa nogle Høns uden at faa Skud indtil der pludselig lettede en stor Flok mest voxne Hanekyllinger, et lille Stykke fra mig, de satte sig imidlertid strax igen og vi gik saa hen til dem, jeg fik Øje paa en der gik paa Jorden, men den forsvandt strax, saa opdagede Agraren en og spurgte om han skulde skyde, jeg sagde ja og han skød, saa kom hele Flokken op og jeg skød Bus paa en der fløj ud til Siden, 2 Patroner spildt igen, noget efter stod Tjalfe for en Hanekylling, den kom ud til Agraren, bus, i alt 8 Patroner ingen Høns. Vi traf saa flere af Flokken og nogle Tjurer uden at faa Skud mere og gik saa hen og samlede Tasken fuld af Rørhatte, udmærkede Rørhatte, bedre end sidst, alle sammen saadan [tegning] eller saadan [tegning] omtrent halvt af hver i Størrelse. De andre var kommen fra Markedet og havde spist Frokost da vi kom hjem, Maaltiderne er nemlig lagt om i Anledning af Markedsturen og vi skal først spise en Gang i Aften, jeg mener Middagsmad. Frokost har jeg spist. Vi skal have Suppe med Rødder og Rørhatte, jeg har skrællet de halve faaet Lov til at de maa komme i Suppen, Urhøns, stegte, og Krøsengrød med en Mængde tyk Fløde som der ikke skal Mælk i. For Øjeblikket skinner Solen og Agraren og Baronen staar ude ved Havelaagen og morer sig med at se paa de mere eller mindre fulde Maarkedsfolk der stadig ruller forbi. Dem som var paa Markedet herfra havde en Del Sukkergodt med hjem. Agraren fik et lille Glaskrus [tegning] med noget Syltetøj i jeg fik 2 flade Tallerkner med Sukkergodt inden i og Billeder og Vers udenpaa, og den ene er til Dig, Du skal faa den nu hvis den kan være i Brevet ellers maa Du have Taalmodighed til Du faar mig at se. Nu tror jeg at jeg vil holde Pause til vi har spist saa skal jeg fortælle Dig om en Konvolut Marie fik af Schou og om hvad der staar paa den det kan jeg nemlig ikke huske. – Jeg har været inde og set at der er Pærer i Tyttebærgrøden. – Efter Middag. Paa Maries Konvolut staar der: ”Til den snällaste Flickan på hela Marknaden” og neden under ”jag älskar dig glöm ej mig”. Jeg sender her med din Pakke som er en hel Del mindre min og ikke saa pragtfuld men meget kønnere. Naar jeg nu har tilføjet at Middagen forløb udmærket, naar undtaget at Gryllesen [?] hele Tiden blev plaget af en ”slim Loppe” tror jeg at jeg har givet Dig en temmelig udførlig Beretning om hvordan det er gaaet til her siden i Gaar Middags, nej det er sandt her har gaaet en Gedebuk omkring, det var den vi mødte henne ved Strømdals da vi kørte til Landeryd, Maries Mand havde købt den for 10 Kr. den er temmelig skikkelig naar man giver den Brød, men naar der ikke er mere stanger den. Nu vil jeg hilse Dig fra alle her og naar jeg er færdig med Brevet vil jeg gaa ind i Spisestuen og spørge om det ikke er rigtigt at jeg har gjort det. Jeg længes meget efter Dig og efter at høre hvordan Du er kommen hjem og hvor meget Du saa vejede. Det er bleven et meget langt Brev og det er vist fuldt af Sludder, men jeg haaber at Du kommer igennem uden at kede Dig altformeget. En hel Mængde allerkærligste Hilsner fra Din egen Kæreste, er jeg ikke det?
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1905-11</t>
+  </si>
+  <si>
+    <t>Sidsel -
+Julie Brandt
+Bodild Branner
+Ellen Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Louise Brønsted
+Alfred Goldschmidt
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt lånte formodentlig Laura Warbergs lejlighed på Sortedams Dosseringen i København, mens Laura Warberg deltog i dåbsfesten i Odense. Sidsel var pige i huset hos Laura Warberg.
+Dåbsbarnet må have været Thora og Wilhelm Branners førstefødte, Bodild, og Thoras adoptivfar, Hempel Syberg, lagde hus til festen. 
+Det vides ikke, hvem Kaufmann, Meyer, Helga og Johanne G. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0891</t>
+  </si>
+  <si>
+    <t>Dåbsfesten i Odense var vellykket. Den lille pige var yndig, og Thora/Tutte havde ny dragt på. Laura Warberg har været fire dage på Erikshaab.
+Christine Mackie er bange for kryb, og Laura ville hjælpe med at indfange dem.
+Louise/Lugge Brønsted er rejst til Småland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4KkS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i brevet:]
+Kjerteminde d. 11te
+Kære Astrid!
+Jeg blev meget betuttet over Dit Brev i Dag, for Sidsel er sikkert rejst for flere dage siden. Nøglerne er hos Madam Str[ulæseligt] Ryesgade No 1 3; Nøgle[ulæseligt] bad jeg Sidsel sætte ovenpaa Skabet i Sovekamret og der er vist Nøglen til Symaskinen. Hvis ikke, saa er der 2 Nøgler under Papiret i den 3_de_ øverste Skuffe i Chiffonnièren, den ene er til Konsolen ved Portièren og saa er den maaske i den Skuffe. Kaufmann klippede Thoras Bleer, bed ham om det; der skal ingen Baand i. Der er absolut ingen Optegnelse om Børnetøj paa Værelset elles har været, mens jeg har boet der, men Kaufmann veed jo Besked om alting; de er saa flinke. Tak for dit forrige Brev lille Putte, jeg vilde have skrevet til Dig i Morgen, i Dag hygger vi og i Gaar var jeg saa sløj og træt efter de 4 anstrængende Dage paa Erikshaab og Festen i Odense, der var meget vellykket. Der kom flere Telegrammer bl.a. fra Las og Be fra Gedser; det var jo kedeligt Du ikke fik skrevet. Pigen var henrivende i sin fine Kjole med blegrøde Baand; Thora i en ny lys [ulæseligt] som Wilhelm havde valgt afsendt, den blev syet i Odense. Fru Drude og hendes Mand, Vesterdal (Hempel Dede Syberg Faddere) [Ulæseligt] Meyer med Forlovede fra Kbh. Fra hver var der 2 smaa Naale til den lilles [ulæselig] samt et Brev fra Kusine Alhed meget sjov sat sammen. Børnene her er søde, Du skal nok få et Brev herfra en Gang til, men skriv saa fint et Brevkort om hvor Du er. Du holder vel næppe af at gaae alene der og er Sidsel ikke rejst, saa maa hun være lige ved hun skulde jo nødig ofre noget af sin Ferie. Naar Johanne G. er bortrejst saa tænker jeg mig, Du indtager hendes Plads der, men[ulæseligt] jo ligefuldt [ulæseligt] hen hos mig og [ulæseligt]. Hermed et Par Breve, da jeg mangler Tid til at skrive mere i Dag; jeg skal ned med Breve og saa stryge igen. Jeg var oppe før 7 i Morges og [ulæseligt] først; jeg ligger i Sovekamret sammen med Børnene, Myg, Fluer, Ørentviste, Edderkopper m.m. Chr. er syg af Angst for Kryb. I Aftes var hun til The hos Sybergs, jeg havde i Sinde at staae op at hjælpe hende at indfange Ørent. men saa kom hun med herind [ulæseligt]. Chr. rejser paa Fredag ned til Tutte Dagen efter til Snøde; jeg er glad for hende de Dage her. Nu gaaer Du da endelig op til Ta[ulæseligt] og giver hende Din Adr: Jeg har fortalt hende at hendes Veninde har intet Renommé som Læge, derfor tager Du en anden. Hun fandt dette i sin Orden. Hvor kedeligt at Alfreds Rejse ikke blev i August, naar Chr. og jeg er dernede! Saa yndigt vi kunde have haft det! Jeg har faaet et Par ord fra Muk fra Landeryd, hvortil de var ankommen i god Behold. Wilhelm havde saa ondt af Muk i den sidste Tid, han gav hende en hel Del Kakao og Chcolade med. Adr: er jo. Båxhult, pr. Landeryd – Småland. Hun vil være henrykt ved Breve. – De gamle Lagner Du havde liggende i et af Skabene. Du tør maaske nok ligge der, om ogsaa Sidsel er væk.- Er Pan der, kan hun jo ligge hos Dig eller Helga? Saa faaer jeg et Par Ord paa Torsdag Morgen. 
+Kærlig Hilsen! Jeg skal skrive samme Dag jeg faaer fra Dig.
+Mor. 
+Skuddene kan nok taale lidt Morgensol.
+Vild Du lade Brevene ligge hos mig?</t>
+  </si>
+  <si>
+    <t>1916-11-30</t>
+  </si>
+  <si>
+    <t>Martinsvej 17 København V</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Carl Berthelsen
+Agnes Berthelsen, Nislevgaard
+Grethe Bichel
+Peter Bichel
+Grethe Jungstedt
+Camilla Kattrup
+Eline Kattrup
+Frits Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Johannes Madsen
+Peter Magnussen
+Ellen  Sawyer
+Andreas Warberg
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mogens Warberg blev født 20. november 1916. 
+Familien, som skulle komme fra København, tilhørte muligvis Minna Warbergs gren.
+Det vides ikke, hvem lille Conrad, Meier, Tonni (svært læseligt), Einar C. og Dr. Hartmann var. Peter er muligvis Peter Bichel.
+Eline og Rasmus Kattrup boede på herregården Risinge. 
+Tante var Wilhelmine Berg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3771</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har solgt billeder til Peter Magnussen for 15.000 kr, og han har nogle til rest til en ny udstilling. Alhed Larsen solgte Magnussen for 400 kr.
+Andreas/Dede og Minna Warberg har fået søn nr. to, og han er nem. Minna får en mængde gaver. Andreas kommer til sin mor i julen.
+Alle fra Kerteminde var inviteret til middag på Risinge, og Johanne C. Larsen glædede sig, men hun, manden og børnene måtte alligevel ikke komme pga. mæslingesmitte. Det var en stor skuffelse.
+Ellen Sawyer har solgt to akvareller, og der spørges efter flere hos glarmester Madsen.
+Grethe Jungstedt komponerer små musikstykker, og alle er imponerede.
+Laura Warberg fortæller ikke Thora Branner, at Louise Brønsted er indlagt. Laura håber, at Louise bliver rask til juletravlheden.
+Laura Warberg har fået en god pige i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFkS</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:]
+1916
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+p.t. H_r_ Dr. Hartmanns Klinik
+Martinsvej 17.
+København V.
+[I brevet:]
+Kerteminde d: 30/11 - 16
+Kære lille Muk!
+Vi blev meget glade ved Dit sidste Brevkort i Tirsdags; jeg var begyndt at blive en Smule urolig, men saa ringede Alhed og Christine Mandag Aften og fik at vide, det gik godt med Dig. Nu haaber jeg Du faaer denne lille Sending "Bagateller" Søndag Morgen. Vi har som sædvanlig ingen Nyheder at fortælle; det skulde da være, Du endnu ikke har hørt det gode Kup Las har gjort nemlig at Magnussen har købt Malerier for 15000, saa han slipper for at lave Udstillingen, hvad han egentlig nødig vilde saa kort efter den forrige store og efter Kunstforeningens! Og der blev heldigvis en hel Del tilbage, som kan være Grundlag for en Udstilling ad Aare. Af Båxhult Billederne blev de bedste tilbage. Alhed selv solgte for 300. Magnussen var der 4 Dage; det er en elskværdig Mand; de var her med ham til en 5 The, og han saae hele Huset. - I Brædstrup staaer alt saare godt til, veed jeg dels pr. Brev og dels pr. Telefon. Minna nyder i fulde Drag sin Barselseng; bliver overlæsset med Gaver af alle Slags; Ørenringe med Diamanter til 500!! ["til 500!!" indsat over linjen] af sin Broder Frits; en Bankbog med 100 Kr. af Dede samt en magelig Lænestol. De har faaet ny Pige til Nobr; Line sagde op, da det viste sig at der skulde komme en Baby igen!! men den nye er "en Engel", siger Dede, og nu har de ogsaa Barnepige, saa de kan nok klare sig, mener han! - Sygeplejersken er uhyre rar og flink. Paa Fredag skal Minna op. Drengen "siger aldrig et Muk"! - Jeg citerer stadig Dede! Han venter "en meget stor Termin" - men paa en lidt anden Facon end vi andre Stakler! Hans giver dem en god Indtægt? Tænk han vil komme her et Par Dage i Julen! det glæder vi os alle meget til; enten efter Julen eller Nytaar. De venter hele Familien fra Kbh der nogle Dage; jeg antager, de skal have Barnedaab og at Fru Kattrup skal bære. - Paa Mandag skal vi alle til Middag paa Risinge og jeg havde den Sorg i Gaar, at de tør ikke have Agrarens med for Mæslingerne; Johanne var saa grulig skuffet; havde lige en Timestid at glæde sig og fik gjort Aftale med Alhed om at laane Kjole hos hende! Men saa gav det sig, at Peter havde fraraadet Kattrups dem! Saa sjelden de bliver bedt til noget og at Johanne glædede sig dertil. Berthelsens skulde der og Bichels. - Nu er lille Conrad ogsaa syg, men endnu ret mildt; Bibbe oppe, Grethe endnu ikke smittet. - Vi har haft en festlig Dag med Elle hjemme. Hun har været et Par Smaature ude at male to Akvareller og derved tjent ca. til Julegaver. Der er bleven spurgt hos Madsen efter Billeder af hende, saa hun vil hænge i det hun kan inden Jul. Hun har nylig igen faaet Procenter af et Klaver; det 6_te_ i Aar!! - det ene et Flygel, et andet for nylig til 1300 (H. Meier.) Elle og Grethe har siddet derinde og spillet noget fin og kønt firhændigt og da jeg kom ind og skulde høre hvad det var, viste det sig at være Grethes Kompositioner lige ud af Hovedet og Elle ligesaadan Bassen dertil ! Jeg synes det er imponerende og det samme mener Elle og Johanne, som var her til Kaffe og hørte det. Nu er Eller gaaet hen paa Hotellet til Dahlerup, som var her en Visit, mens hun var ude; Grethe i Biografen, her er saa stille og naar dette Brev er færdigt, skal jeg have fat paa mit Maaneds Regnskab. I Morgen skal jeg til Odense, være sammen med Thora, som kommer Kl. 5, og saa til Kirkekoncert med Grethe Kl. 8 og hjem med sidste Tog. Dersom Thora intet veed om at Du er paa Klinik, skal jeg ikke fortælle det; jeg husker nok i Fjor, jeg holdt heller ikke af at faae talt derom. Tante er raskere nu, skrev hun i Gaar; hun har jo længe været snavs. Tonni skal hjem nu; Daisy er kommen fra sin Plads allerede; Tante veed fra Einar C. at de var meget misfornøjede med hende. Vi er stadig uhyre tilfredse med vor Pige i enhver Retning; det er en uhyre Lettelse for mig i Husførelsen. Grethe er saa gode Venner med hende. Jeg veed ogsaa, at hun er glad ved at være her. - Stakkels lille Peter, der endnu ikke er videre! Gid det maa gaae fremad nu uden Tilbagefald. Hvilken Lykke for Eder med den flinke Sygeplejerske! Jeg vil haabe lille Muk at Du nu vil kunne taale Juletravlheden! den nærmer sig jo stærkt. Tænk at der nu er gaaet næsten et Aar, siden I havde mig som halvvejes Patient og allesammen var saa mageløse mod mig! I Vinter er jeg saa rask. - Nu troer jeg ikke Du gider høre mere af denne Smaasnak! Rigtig god Bedring lille Muk! Kærlige Hilsener fra Elle, Grethe og
+Mor.</t>
+  </si>
+  <si>
+    <t>1932-08-16</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elisabeth Neckelmann
+Marie Neckelmann
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Rangle Mølle er en storstensgrav nær Jyderup. 
+Det vides ikke, hvem Hammer var.</t>
+  </si>
+  <si>
+    <t>Det er meget varmt, og Elisa Hansen lider under det, men Grete nyder temperaturen. Grete har travlt på værksedet. Hans Syberg er kørt til Grækenland. 
+Franz/Trylle Syberg søger organiststilling i Kerteminde og er flyttet. Anna Louise/Rabbe Syberg overtager hans værelse hos Elisa. Ernst/Rille Syberg har opgivet juraen og helliget sig kunsten. 
+Elisa og datteren har kørt rundt nær Jyderup. Kålmarkerne var hærget af larver.
+Elisa spørger, om hun kan kautionere for Johan/Lysse og Elenas lån.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6SKO</t>
+  </si>
+  <si>
+    <t>Kære Bams. 16/8 - 32.
+Kylle har været saa meddelsom i den sidste Tid, saa jeg har ikke haft Stof til et Brev, men nu kommer det. Det er saadan en Hede, saa det er svært nok at udtrykke sig i Sammenhæng. Engang imellem faar vi et Tordenvejr, og bagefter er det lige hedt. Gete fryder sig over Vejret, hun kan godt døje Varmen og trives godt i den. Hun bor her i denne Tid, og det er hyggeligt at have hendes Besøg. Hun er hver Dag paa Værkstedet, hvor de har meget at gøre. Hans er nu endelig kørt i sin Bil til Grækenland, og kommer saa tilbage og henter Familien til Italien. Det er en dyr Maade at rejse paa, og han er egentlig ikke helt fornøjet med Bilen. Trylle er jo i Kjerteminde og muligvis bliver han der. Organisten derovre har taget sin Afsked, og Tr er Vikar og der er en Mulighed for at han kan faa Embedet, hvad jeg ikke kan forstaa, da han ikke har taget sin Eksamen. Naa, jeg haaber, at han spiller saa fortryllende, at de tager ham uden det, og saa afløser Rabbe ham som min Pensionær. Hun er vist rigtig sød, men vi vil savne Trylle ikke mindst til Bridgen. Rille er ogsaa derovre, han har opgivet Juraen, og slaaet sig paa Kunsten, og det var ham, der skulde være Familiens Støtte! maaske Trylle derimod bliver det. Gete havde glædet sig saa meget til at komme til Båxhult, men Huset har travlt, saa foreløbig bliver det ikke. Kylle mødte Fru K[ulæseligt] i Østergade, og hun fortalte, at om et Par Maaneder skulde hun giftes med sin Tyrk, hun har vist været sammen med ham i Paris. Kylle og jeg kørte fra Lis i Torsdags i dejligt men meget varmt Vejr. Vi studerede rigtig Jyderupegnen og klatrede op paa rene Bjærgtoppe, Bjærgsted hed ogsaa den ene, og ved Ranglemølle kørte vi op ad en Bakke, som var lige saa stejl om ikke slet saa langstrakt som Hallandsaas. 
+Du kan tro, jeg tænkte paa dine Kaalhoveder, somme Steder var der store Plantninger fuldstændig afribbede af Kaalorme. Det var mest Blomkaalen, det gik ud over, og jeg glædede mig over, at du dog har reddet nogle af dem. Jeg synes det er en grov Pris, at vi skal give 29 Øre for 1 ltr sød Mælk 20 Øre for Kærnem. og saa er det endda noget vandet Stads; paa Mejerierne gav vi 85 Øre for Smør, her 1,15. 
+Jeg gad vidst om, I har faaet det ordnet med den Kaution for Moselaanet, Kunde det ikke lade sig gøre saadan, at jeg privat kautionerede for den Del en eventuel svensk Kautionist skrev under paa; forstaar du hvad jeg mener, jeg kan ikke tænke i denne Hede. Paa Søndag holder Kylle jo Fødselsdag. Vi syntes, der maatte gøres noget ekstra, og tænkte paa en Flyvetur til Malmø; men det bliver maaske for dyrt i denne fattige Tid; og saa kan vi spise Frokost hos Hammer, det smager dog af Fugl. 
+[Det følgende indsat øverst s. 1; på hovedet:] Jeg længes efter at høre fra jer og hele jeres Bedrift, og saa Petermand, det er et Savn ikke at se og høre ham. Mange Hilsener fra os alle især fra Mos</t>
+  </si>
+  <si>
+    <t>1934-12-11</t>
+  </si>
+  <si>
+    <t>Valdemar Andersen
+Johan Larsen
+Peter Andreas Larsen
+Marie Neckelmann
+Harald Schoubye
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Panders var. 
+Grete Jensen havde åbnet en butik med keramik, møbler og andet til indretning af hjemmet.
+"ellers var det skam en Bus": At skyde bus er at ramme forbi. Altså en fejltagelse; et kiks.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen tør ikke køre på denne årstid, så hun tager toget til Sverige. 
+Elisa har holdt en afskedsmiddag. 
+Det går godt med Gretes butik. Hun har solgt billeder af Valdemar Andersen.
+Elisa savner en idé til julegave til Peter. Hun vil købe en gås og stegeden hjemmefra og derefter indkøbe resten i Halmstad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bgpx</t>
+  </si>
+  <si>
+    <t>Kære Bams.
+Nej vi tør alligevel ikke vove os paa Langfart paa denne Aarenes Tid med Peugeoten, saa vi tager Toget. Jeg kommer lidt før Kylle ligesom sidst. Saa er det store Spørgsmaalet, naar du kan hente mig i Halmstad; En Gaas kan jo godt hænge et Par Dage evnt. halvsteges, saa du kan jo godt bestemme et Par Dage før Jul men send mig Besked, saa snart du kan overse Situationen. Kylle udbeder sig en Ønskeseddel, Igaar havde jeg Afskedsmiddag for Harald. Han vilde kun have Panders og Niels Erik, selv var vi jo seks. Det var en god lille Middag og sikken de kunde skaale. Det gaar godt i Getes Skap, der er virkelig Interesse for den hun har solgt 6 Billeder af Vald. Andersen. Det var en drøj Parskedag men Forberedelserne er næsten de værste, det er godt det er overstaaet. Det var et morderlig flot Brev, Peter havde skrevet, hils ham og sig, at a ska' fornøj ham for et. Kan du ikke give mig en Idé som ikke fylder for meget i en Kuffert, jeg synes, det er noget lidt det jeg har til ham, og naar jeg køber noget i Halmstad bliver det jo ingen Overraskelse. Tiden iler om lidt varer det ikke længe, saa er det atter Jul. Jeg glæder mig kolosal til at komme til Båxhult. Mange Hilsener til jer alle 3.
+Mos.
+9-12-34. 
+verte
+Hvorledes mon det har sig med Butikkerne om Søndagen i Halmstad. Dersom de er aabne efter 4 ligesom her, saa kunde Kylle og jeg følges ad. Jeg vilde saa købe en dansk Gaas og stege den halvfærdig, som jeg har gjort før og saa købe Resten i Halmstad, men vi maa jo være sikre paa om vi kan gøre de øvrige Indkøb, ellers var det skam en Bus. Kan du paa en el. anden Maade faa det at vide og skrive Besked. Buono sera.
+11-12-34 Mos.</t>
+  </si>
+  <si>
+    <t>1935-10-26</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Urban Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Rud
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Tegninger til Fyn: Achton Friis var i gang med at udgive en bog om Fyn med illustrationer af Johannes Larsen. 
+Joen Vedel beskrev på hjemmesiden https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/ Kunst for Varer således: “Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’ For et par år siden fandt jeg et hæfte fra Kunst fra Varer i rodekasserne, som i en periode stod i kælderen i den Frie Udstillingsbygning – og det er det hæfte vi viser frem de næste måneder.” 
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Kilde: Wikipedia febr. 2022). 
+Ørbæklunde er grundlagt ca. år 1500 af Poul Laxmand under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Kilde: Wikipedia febr. 2022).
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Kilde: Wikipedia febr. 2022).
+Ørsbjerg er en lille landsby i Assens kommune.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har kørt rundt på Fyn og lavet tegninger til Achton Friis' bog. De besøgte Lars Swane i Svendborg. 
+Lørdag var Larsen på jagt med tandlæge Rud. Derefrer malede han på elsdyrbilledet (på Rådhuset) i Odense.
+Onsdag skal Larsen til klapjagt med Vilhelm/Klaks. 
+Larsen sælger et billede gennem Kunst for Varer, så Else og Elena/Bimse hver kan få et beløb til tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQEv</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 26/10. 35.
+Kære Lysse!
+Tak for sidst! Naar Du først nu hører fra mig, kommer det af, at, her laa et Brev fra Achton Friis, da jeg kom hjem med Anmodning o ["o" overstreget] om Vignetter og resterende Tegninger til Fyn. Jeg gik i Gang med dem med det samme og Puf og jeg kørte omkring og tegnede, bl.a. var vi 2 Gange paa Horne Land. Paa den ene Tur besøgte vi Lasse Swane der boede paa Wandals Hotel i Svendborg mens han var oppe til Eksamen som han bestod nogle Dage senere. Anden Gang besøgte vi Farbror Urban paa Hjemvejen. Jeg tog mig fri en Lørdag hvor jeg var inviteret paa Jagt med Tandlæge Rud. Han har lejet Jagten paa 2 Gaarde hver 100 Td.L. der ligger umiddelbart ved Vejen naar vi kommer over for Svinget S for Ørbæklunde, i Hjørnet mellem Glorup, Ørbæklunde og Lykkesholm. Det regnede hele Formiddagen og Hundene var mere til Skade end Nytte og vi fik kun hver en Hare før Frokost, men om Eft. var det Tørvejr og jeg skød 4 Harer og 2 Fasaner og Tandlægen 2 Harer og 3 Fasaner. I det hele saa vi nogle og 20 Harer, der var ogsaa nogle 3-4 Flokke Høns men de lettede hver Gang uden for Skudhold. Saa snart jeg havde faaet Tegningerne ekspederet. Begyndte jeg i Odense og er nu godt i Gang med det store Elsdyrbillede. I Dag tog vi hjem til Middag da det vil passe mig bedre at begynde Mandag Mrg paa det næste Stykke, som jeg gerne vil have en hel Dag til. Puf og Else er taget til Lindøgaard, for at aftale med Agraren, om at være parat Onsdag Mrg da vi skal derom ad for at [plet på papiret] ham med til Klapjagt hos Klaks i Ørsbjerg. Jeg fik i Dag Brev fra Kunst for Varer om jeg vil sælge et Billede til en Grosserer for Damekollektion (800 Kr.). og Puf og jeg blev enige om at sige ja og dele det saaledes at Bimse faar for 500 Kr. og Else for 300, da sidstnævnte formodes at være bedre forsynet for Tiden. Kan Du ikke sende mig Bimses Adr, saa jeg kan meddele hende Resultatet hvis Handelen gaar i Orden. Ellers staar al Ting godt til her og jeg haaber at det samme er Tilfældet paa Båxhult Mange Hilsner fra os alle 3.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1935-11-03</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Liljeberg
+Elisabeth Neckelmann
+Marie Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsens nye adresse: Hun var højgravid og boede med den ældste søn hos moderen, Elisa Hansen, i København, mens hun ventede på fødslen. Elisa Hansen var netop flyttet til en ny lejlighed. 
+Joen Vedel skrev på https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/: "Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’”</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har byttet et billede for en anvisning på dametøj til sine to svigerdøtre gennem "Kunst for Varer". Han beder Elena/Bimse gå til en grosserer og få delt anvisningen i to.
+Puf beder Elena om sende ham et rejsetæppe, og han spørger, om Lysse/Johan vil have en frakke, som han ikke selv kan lide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SHet</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Nov 1935.
+Kære Bimse!
+Tak for sidst! Jeg har haft saa travlt! Adressen saa jeg først for en Uges Tid siden fik mig samlet sammen til at skrive til Lysse og bede om Din ny Adr. Som Du ser af indlagte har jeg gennem ”Kunst for varer” solgt et Billede for 800 Kr Varer i dette Tilfælde Damekonfektion, det staar mig ikke klart hvad det er men jeg mente at det maatte være noget Du og Else kunde bruge. Vi er bleven enige om her at dele det saaledes at Du faar for 500 Kr og Else for 300 Kr, da det formodes at Else er bedst udstyret i Øjeblikket. Vil Du naar det passer Dig gaa ind i Frederiksberggade 2 I hos Grosserer Liljeberg og faa vedlagte Anvisning delt saaledes at Du sender den ene paa 300 Kr til Else og beholder den anden selv. Vi har det godt. Hilsen fra Puf og Else, hils Din Moder og Søstre
+Din JL. 
+Kære Bimse.
+Kunde Du ikke en Dag naar Du har lidt god Tid sende mig en blaa Frakke og et gult eller brunt, lyst Rejsetæppe, som jeg lod blive hos Din Moder, dengang jeg ventede at komme til at køre Peugeoten op til Båxhult. Samtidig kunde Du maaske lade mig vide om den nye Overfrakke med Vat-skuldrene, som jeg havde med til Båxhult sidst, efter Din Mening har nogen Interesse for Lysse. Sagen er den at jeg hele Tiden har været ked af den og efterhaanden er blevet saa gal paa den at jeg har købt mig en ny. Det er saa min Hensigt at sælge den til en Marskendiser, men da jeg jo sikkert kommer til at sætte en Del til paa den og dette piner min (lille) Kræmmersjæl, saa har jeg tænkt paa at forære Lysse den, men da jeg ikke selv kan lide den, tiltaler det mig jo heller ikke. 
+[Skrevet på hovedet øverst på side 2:]
+Hvis Du tilfældigvis ved at Lysse heller ikke kan lide den, vil jeg bide i det sure Æble og sælge den med Tab. S.U.
+Venlig Hilsen o s v 
+se omstaaende</t>
+  </si>
+  <si>
+    <t>1936-06-29</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Carl Kyed
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Hempel Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Larsen-familien havde egen strand ganske nær ved deres villa på Møllebakken i Kerteminde. 
+Johannes Larsen dekorerede 1934-1936 festsalen på Odense Rådhus med freskomalerier. Murermester Ernlund pudsede væggene op, så Larsen kunne arbejde i vådt puds. Kartoner er skitser i fuldformat. Andreas Larsen fungerede tit som chauffør for sin far.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen lader sin lille datter, Ane, bade i Dalbybugten. Ved familiens egen strand er der for mange glasskår, rustne cykler mm. 
+Johannes Larsen vil den følgende dag blive færdig med sit sidste billede på rådhuset (i Odense). Derefter skal han og Andreas Larsen have hver en liter øl.
+Carl Kyed har købt et portræt, som Larsen i 1917 malede af Hempel Syberg. Kyed vil forære Dalum Landbrugsskole portrættet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gnyZ</t>
+  </si>
+  <si>
+    <t>Mandag 29/6 - 36
+Kære Bimse og Lysse.
+Her har I et Par Billeder vi tog forleden ved Dalby-bugten, hvor vi bader med Pigen, fordi der dér er lavt nok til hende; nede ved vores egen Strand er der saa mange Glasskaar og rustne Kasseroller og Cyklestel m.m. saa vi ikke vil lade hende løbe med bare Ben dernede. Nu maa jeg fortsætte med Blyant, der er ikke mere i Pennen. Imorgen bliver Far vist færdig med det sidste Billede her i Raadhuset. Tirsdag Morgen ["Tirsdag Morgen" indsat over linjen] Naa saa naaede jeg ikke længere igaar, det blev Øltid. Naar vi er færdige i Eftermiddag skal vi hen paa Vinstuen og have hver en Liter Øl, det er det største Kvantum man kan faa her i Byen, noget lille efter Stockholmske Forhold, men ganske virkningsfuldt paa en fynsk Tørst. - Der var en Folketingsmand Kyed i Lørdags for at købe det andet af de to Portrætter Far malede af Onkel Syberg i 1917; han vilde forære det til Dalum Landbrugsskole, som har et Jubilæum inden længe. Da han var alene om Gaven kunde han ikke betale nogen stor Pris, saa han fik det for 500 Kr. Nu er Ernlund færdig med at pudse, saa skal jeg hjælpe med at sætte Kartonen [det følgende indsat øverst s. 2; på hovedet:] paa og saa kører jeg hjem og henter Far i Eftermiddag, til Øltid! Mange Hilsner til Jer alle fra Puf.
+[Det følgende indsat øverst s. 1; på tværd:]
+Vi er meget glade ved "Båxhult Nyheter" desværre viser det sig jo, at vi ikke er saa flinke til at gøre Gengæld.</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
 Jonas Larsen
 Peter Andreas Larsen
-Elisabeth Neckelmann
-[...48 lines deleted...]
-Johan Larsen
+Vilhelmine  Larsen
 Else Larsen, Else, Andreas Larsens kone
-Ellen  Sawyer
-[...36 lines deleted...]
-Elena Larsen
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1942-02-19</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Brormand - 
 Jens Larsen
 Jonas Larsen
 Peter Andreas Larsen
-Christine  Mackie
+Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter</t>
   </si>
   <si>
-    <t>Christines datter, Agnete/Nete, boede med sin familie på Faldengaard, som ligger nær godset Krengerup ved Søllested på Fyn.</t>
-[...20 lines deleted...]
-Kjerteminde 12 Aug 1945.
+    <t>Taarbystranden ved Odense Fjord kaldes i vore dage Tårup Strand. 
+Det vides ikke, hvem eller hvad Höll var. 
+Skidvalla: Glidevoks.
+Klageskrivelsen til Nationalbanken er omtalt i flere breve fra Andreas Larsen til Johan Larsen i perioden.</t>
+  </si>
+  <si>
+    <t>Andreas og Else Larsen har været på en skitur til Drigstrup. På udturen var det tøvejr. Andreas havde vokset skiene.
+Andreas har ikke modtaget klageskrivelsen til Nationalbanken, og han tænker på, om hans sidste breve til Johan Larsen er gået tabt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bK8H</t>
+  </si>
+  <si>
+    <t>[Fortrykt på arket s. 1:]
+KERTEMINDE, ...... 194
+[Håndskrevet efter "194":] 2
+[Håndskrevet i brevet:]
+Kære Lysse.
+Tillykke med den 27.
+Jeg haaber dette naar frem til Dagen. Mon I har Tid til at dyrke Skisporten i denne Vinter? Her har vi da været ude nogle Gange. Forleden skulde vi hente Kornkort i Drigstrup i en Gaard som ligger med Markerne ned til det yderste af Taarbystranden (Höll). Else og jeg gik saa derud paa Ski; det var Tø og stærk Modvind derud, men hjem var det stilnet noget af og begyndt at fryse igen. Det var en dejlig Tur, men det var jo lidt haardt for Skiene, de var voksede til "tør Nysne"; mine lignede nyskuret Trægulv, hvorimod Elses, som er nyere og fra Fødselen behandlet som Jeres svenske Ski (mørke), de er finske, bedre havde modstaaet Tøværet. Jeg gav saa mine en Omgang med "Skidvalla N_o_ 4", som jeg tog med fra Sverige dengang Brormand var med deroppe. Siden har vi ikke haft Lejlighed til at prøve Skiene, men nu ["nu" indsat over linjen] skal vi se at komme lidt ud i Eftermiddag. - Jeg har endnu ikke modtaget den Klageskrivelse; saa det ser jo ud somom mit næst sidste Brev ikke er naaet Båxhult. Kan Du ikke lade mig vide om Du (I) har faaet et Brev fra mig som er dateret den 7/2 og et foregaaende (ca 10 Dage før tror jeg), som begge omtalte den Klageskrivelse som vi skal have at vise Nationalbanken forat faa Tilladelse til Oversendelse af Penge. - Naa vi kom bort fra Fødselsdagen, God Dag! Mange Hilsner til Jer alle fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1942-04-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen fyldte 80 år 5. april 1942. Hun boede Enghaveplads 20 i København. 
+Det vides ikke, hvem Hjelmslevs og Besser var.</t>
+  </si>
+  <si>
+    <t>Elise Hansens runde fødselsdag er blevet fejret. Lille Alhed sad på skødet af Johannes Larsen under middagen, men hverken på dette tidspunkt eller et par dage efter kom hun sig over sin generthed og skyhed.
+Elena Larsen m.fl. tager til Kerteminde søndag. Hun har været på flere besøg hos familie og venner og desuden flere gange hos tandlægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dEZS</t>
+  </si>
+  <si>
+    <t>Fred. 10-4-42
 Kære Lysse!
-Tak for Brevet, det morede eller rettere glædede mig at høre om Dammen o.s.v. Og jeg glæder mig til en Gang at komme op og se det Hele, naar det nu bliver overkommeligt at rejse igen. I Morgen kører jeg med Dydensborg op til Hostrup-Schultz i Kongsø og bliver der en Uges Tid og saa er jeg bedt op til Kaas Hovedgaard, paa ubegrænset Tid men det bliver nu ikke mere end til en Uges Tid. Jeg har ligget i godt 3 Uger af et væmmeligt Hold i Ryggen d.v.s. jeg har afbrudt Sengelejet et Par Gange, men maatte i Seng igen. Ellers har vi det godt alle sammen, for Tiden er Mornine her men rejser i Morgen til Faldengaard. Mange Hilsner til Jer allesammen ogsaa fra Mornine der sidder her. 
-[...117 lines deleted...]
-Andreas Larsen
+Det er rigtignok længe siden jeg har faaet mig en Snak med dig, Tiden iler aldeles forskrækkeligt. Først var der Mors Fødselsdag som forløb straalende med Gratulanter fra Morgenstunden og Stuerne efterhaanden som et Blomsterhav Om Aftenen Middag: Aspargessuppe Kalvefilet Ost og Hofdessert. Rødvin og Madeira. Senere Smørrebrød, Øl og Snaps. Jeres Telegram kom i det psykologiske Øjeblik da vi sad ved Desserten. Det var en festlig Aften og Las var meget tilfreds med sine nye Børnebørn. Han havde Alhed paa Skødet under hele Middagen, men hun var ikke nogen underholdende Borddame, hun sad med forskræmt og nedslagent Blik under hele Maaltidet uden at aabne Munden. Heller ikke da Las var her i Gaar havde hun overvunden sin Skyhed; skønt Las søgte at lokke for hende ved at brolægge Gulvet med 25 Ører, kunde han ikke faa hende lokket hen til sig. Paa Søndag bliver det nok til at vi rejser til Kjerteminde allesammen, Las vil gerne have os med og man kan jo ikke sige nej til ham. Jeg er ellers nervøs for at fjerne mig yderligere fra Båxhult. Jeg har truffet mange Mennesker, var hos Magisterens til Frokost i Mandags med Ungerne, der var alle Pigebørnene og Mudis Mand. 
+Saa var jeg hos Hjemslevs i Forgaars og i Gaar var jeg hos Hubert sammen med Preben Vilmann; det var svært hyggeligt at træffe dem igen og vi havde det som om vi havde truffets Dagen før. Hubert var sig selv lig. Han forsøgte at faa en Telefonsamtale med dig men det gik ikke. I Aften skal Mor og jeg sammen med Las til Middag hos Swane og i Morgen skal jeg i Teatret med Erna. Nu har du altsaa Repetoiret. Om Dagene gaar jeg til Tandlæge saa du kan se det er ikke lutter Pjank altsammen. Jeg har faaet 9 Huller færdige, saa nu mangler jeg vist kun 5. - Sikken et Foraarsvejr det er nu; jeg kan forstaa at ogsaa I maa have haft Stortø, for Peter skriver at Mælkebilen kører om Båxhult nu og det var altsaa umiddelbart efter at vi rejste. Peters Brev kom i Morges, det skal han have mange Tak for. Samtidig kom det Brev jeg skrev til Bessers Fødselsdag. Dét kom i Forgaars og Peters i Gaar; de kan aabenbart kun tage eet om Dagen. Naah, nu skal jeg til mine Tænders Pleje, saa Farvel med Jer.
+Masser af Hilsner fra
+Nissepigen.
+Jeg er nok hjemme inden I faar dette.
 Elena Larsen
-Jens Larsen
-[...44 lines deleted...]
-Bodilds Ægteskab er jo ikke af de ideelle, og stakkels Fritz er så ensom og set skævt til af så mange, som ikke kender ham, det søde Menneske han er, men man ser kun hans sære Væsen.</t>
+Enghaveplads 20 III</t>
   </si>
   <si>
     <t>1946-12-24</t>
   </si>
   <si>
     <t>Thora Cohn
 Knud Dalhoff Larsen
 Christa Knuth
 Andreas Larsen
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Marie Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 Ane Talbot</t>
   </si>
   <si>
     <t>Johannes Larsen omdannede efter Alheds død vinterhaven til volière. 
 Sidensvans: Silkehale. 
 Det vides ikke, hvilket stort billede Johannes Larsen arbejdede på.</t>
   </si>
   <si>
     <t>Andreas/Puf har fanget en silkehale (sidensvans), som Larsen nu har i et bur. 
 Larsen har gigt i hoften og får behandlinger i Odense, og han ser frem til igen at kunne male. Han har været til fødselsdag hos Grevinde Knuth. Mens han var væk, brød en kat ind i volièren og tog en masse fugle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/K47c</t>
   </si>
   <si>
     <t>Kjerteminde 24 Decbr. 1946.
 Kære Lysse!
 Tak for Dit lange Brev: Det var et morsomt Tilfælde med Direktør Dalhoff. Det kan vist nok passe at det har været udstillet i Odense til 3600 Kr. Den Gang var mine Priser det laveste de har været siden 1920, men i de sidste Aar har jeg faaet mere end det dobbelte af hvad de den Gang kostede. Jeg skal undersøge om det kan lade sig gøre at sende det. Jeg glæder mig til en Gang at se hvad I har lavet ved Huset. Jeg forstaar at det er en gennemgribende Forandring. Her kom i Gaar en Kasse med mange dejlige Ting, Tusind Tak! den gjorde stor Lykke. Puf var i Forgaars i Nyborg for at hente Marie, der var ingen Rutebil. Paa Vejen fangede han en forsulten Sidensvans, som siden har siddet og ædt i et lille Bur. Her er mange af den Slags for Tiden, men jeg har ikke kunnet fange nogle, da jeg den sidste Maaneds Tid eller halvanden har haft en ækel Gigt i Hoften, saa jeg hverken har kunnet gaa eller staa eller bestille noget. Jeg blev røntgenfotograferet i Odense, og tager der ud en Gang om Ugen og faar Røntgenbehandling. Heldigvis generer det mig ikke at køre i Bil. Den fjortende var jeg paa Knuthenborg til Grevindens Fødselsdag til halve Hummere og Kalkun. Puf kørte mig til Færgen i Svendborg og Grevinden hentede mig i Rudkøbing. Der var Kaneføre paa Lolland og den Dag jeg rejste Hjem kom der mere Sne og her er nu hvid Jul. Desværre havde der været en Kat der var brudt ind i min Voliere mens jeg var borte og havde ædt mine Stillitser og Dompapper og en Kanariefugl og nogle Grønsiskener og Graasiskener. Det gaar bedre med mig nu for hver Dag. I Gaar kunde jeg staa og barbere færdig uden Hvil og gik omkring hele Dagen uden Smerter, saa jeg haaber at jeg snart kan komme til at male igen paa mit store Billede som jeg gerne vil have udstillet til Foraaret. Jeg skal hilse Jer mange Gange fra os allesammen og ønske Jer en rigtig glædelig Jul og et godt Nytaar. I faar det jo lidt sent. Jeg regner med at komme til Båxhult til Pintsen. Mange Hilsner til jer allesammen fra Din Far.</t>
   </si>
   <si>
-    <t>1947-06-07</t>
-[...3 lines deleted...]
-Søren Krage
+    <t>1949-06-02</t>
+  </si>
+  <si>
+    <t>Jens Hostrup-Schultz
+Else Jensen
+Johannes V. Jensen
+Christa Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Jættestuen findes i Snave på Hindsholm nord for Kerteminde. 
+Kirkeby: Henne Kirkeby ved Fiilsø</t>
+  </si>
+  <si>
+    <t>Fjeren var fra en snespurv.
+Johannes Larsen har haft influenza. Derefter fik han besøg af Else og Johannes V. Jensen.
+Johan/Lysse med familie kan ikke komme i pinsen, for grevinde Knuth og Elisabeth kommer, og de skal til Tønder, Rømø mm. 
+Jeppe har fundet en skadeunge.
+Der er rotter i værkstedet.
+Larsen laver illustrationer til Den Grimme Ælling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BZ1Q</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juni 1949.
+Kære Bimse og Lysse!
+Tak for Jeres Brev. Jeg maa vel hellere begynde med de Fjer. De var af en Snespurv Hun eller Unge. Grunden til at jeg ikke fik svaret omgaaende var den at jeg en af de sidste Dage af April fik Influensa, og laa 8 Dage med Feber og var omtrent lige saa længe om at komme i Orden igen. Dagen efter Pufs Fødselsdag fik vi Besøg af Else og Johs V. som blev her til om Mandagen. Det var dejligt Vejr og vi fik kørt dem et Par Ture. Til Jættestuen ved Snave og Dagen efter til Stranden ved Bøgebjerg. Jeres Planer om et Pintsebsøg kan ikke blive til noget. Grevinden og Elisabeth kommer her i Morgen og bliver Pintsen over, og den 7 skal vi til Tønder hvor vi er inviteret af Kommandanten og jeg skal blive der en Uges Tid og bl.a. til Rømø og Slesvig. Jeg haaber ikke at Turen op gennem Jylland til Frederikshavn og Göteborg til Båxhult gaar i Vasken den har jeg glædet mig til og jeg har sørget for Natlogi paa Kongsø hos Hostrup Schultz’s, dersom det bliver i Ferien. Vi er ogsaa inviteret til at overnatte hos Dede, der var her forleden og i Kirkeby kan vi jo ogsaa overnatte. Jeppe var i Gaar i Revninge og kom hjem med en Skadeunge. Vi har lige fanget en Rotte i Værkstedet og før jeg var der ovre saa jeg en Unge og da jeg kom tilbage med noget Leverpostejmad til at lægge i Fælden var der 2. Jeg slider i det med Illustrationerne til ”den grimme Ælling” og har faaet lavet et Par og Tyve færdig og tegnet 2 i Dag. Jeg skulde gerne se at faa det Arbejde fra Haanden saa jeg kunde komme til at bestille noget ordentlig. Mange Hilsener til Jer allesammen fra Jeres 
+JL. 
+P.S.
+Det er et dejligt Vejr, det regner hver Nat og for det meste ogsaa om Dagen.
+JL.</t>
+  </si>
+  <si>
+    <t>1944-10-04</t>
+  </si>
+  <si>
+    <t>Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Kaj Schoubye
+Knud Schoubye
+Louise Schoubye
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Den slægtshistorie, som omtales i brevet, er muligvis den, der findes indscannet og liggende på internettet: https://slaegtsbibliotek.dk/928358.pdf
+Artium, gen. af artes (flt. af ars, kunst, jf. Artilleri, Artist), d. v. s. artes liberales, de “frie kunster”, de humanistiske videnskaber; forkortet for examen artium, der var betegnelsen for den ved universitetet indtil 1850 afholdte studentereksamen. (Ordbog Over Det Danske Sprog). 
+Det vides ikke, hvem Pil og Juel var.</t>
+  </si>
+  <si>
+    <t>Det var ærgerligt, at Jonas Larsen ikke fik gaven på dagen. Elisabeth/Sisse Neckelmann har solgt to portrætter af ham. Hendes udstilling var en succes. Elise Hansen havde familiemedlemmer til frokost på ferniseringsdagen. 
+Knud Schoubye har skrevet en slægtsbog, som Louise Schoubye har betalt for at få trykt. 
+Niels Erik Schoubye mener, at Peter Andreas Larsen vil blive en god ingeniør. Elise Hansen betaler gerne for hans uddannelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SsRr</t>
+  </si>
+  <si>
+    <t>Kære Bams! 
+Tak for Brevet, som jeg fik igaar 3_dje_ Okt, altsaa ret hastigt efter Afsendelsen. Ja, det var en Skam, Jonas ikke fik sin Pakke til Dagen, det varede saa længe, inden Varedirektoratet udtalte sig. Og Indholdet med de fede Aal, var vist ikke noget for ham, der stod i min engelske Læsebog: Aal er en "meget fed og ufordøjelig Spise," men Æblerne var jo gode nok, og Pakken var jo hans, saa I andre maatte holde jer gode Venner med ham for at faa noget. Nu er han bleven solgt 2 Gange paa Sisses Udstilling baade det, jeg havde hængende over Chatollet og et lille Billede som var hos Lis. Hun har stor Fornøjelse af sin Udstilling solgt mange Billeder, og de ser udmærket godt ud.
+Paa Ferniseringsdagen havde jeg Louise og Pil til Frokost, en rigtig god og fiks Anretning, som Lis havde hjulpet mig med. Knud stak fra Kontoret og spiste med. Hans Slægtsbog er udkommen, Louise har bekostet Udgivningen elsen ["ningen" overstreget; "elsen" indsat over linjen], som ikke var billig; han har gjort mange Rejser, studeret gl Kirkebøger og interpelleret alle de Folk der eventuelt vidst Besked om Slægten. Jeg ser, at Slægten Sandberg og Schoubye tit kommer i Berøring ved Giftermaal. Paa Grund af Frokosten kom han for sent til Kontoret.
+Vi andre tog til Charlottenborg, jeg tror, det morede Louise.
+Bagefter gav jeg Kaffe hos à Porta, dyrt og daarligt - baade Kaffen og Kagerne.
+4-10-44.
+Jeg er rigtignok stolt af mit ældste Barnebarn, hvor er Peter dog dygtig. Jeg talte i Sommer med Niels Erik om ham, og han sagde, at han burde endelig uddannes til Ingeniør eller saadan noget. "Selv om han bliver 17 Aar, inden han faar Artium betyder det intet, saa meget mere moden bliver han." Du kan jo betale for ham," ja det gør jeg med den største Fornøjelse." Saaledes faldt Ordene, som jeg vil bede jer lægge jer paa Sinde. 
+Her er et sødt lille Billede af Jonas, jeg synes han ligner lidt Jens. Juel kommer her som sædvanlig, lige begejstret for alle Båxhultbørnene. "Jonas, han er nu dejlig," siger hun. 
+[Indsat side 3 i venstre margen; lodret:] Mange kærlige Hilsener sendes jer alle ogsaa til jeres Gæst. Brevet er fra Mos.</t>
+  </si>
+  <si>
+    <t>1938-04-25</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Kirsten Hjorth
+Niels  Junker
+Drude Jørgensen
 Adolph Larsen
 Andreas Larsen
-Jeppe Larsen
-[...1 lines deleted...]
-Marie Larsen
+Henning Larsen
+Martin Larsen
+Vilhelm Larsen
+Kirsten Larsen, Elena Larsens veninde
 Else Larsen, Else, Andreas Larsens kone
 Axel  Müller
-Ellen  Sawyer
-[...79 lines deleted...]
-Martin Warberg Larsen
+Fritz Syberg
+- Vesterdal
+Thora Vesterdal
+Mary Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
-[...57 lines deleted...]
-Meme.</t>
+    <t>Det vides ikke, hvem Bents bedstemor og professoren var. 
+Udstillingsbygningen ved Odense Å hedder Filosoffen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0418</t>
+  </si>
+  <si>
+    <t>Johanne Larsen ønsker tillykke med fødselsdagen. 
+Det er koldt og tørt, så Johanne er bekymret for høsten. 
+Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
+Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
+Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vy50</t>
+  </si>
+  <si>
+    <t>Lindøgård d. 25-4-1938
+Kæreste lille Dis!
+Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
+Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
+2
+delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
+Saa var der vores Odensetur i Gaar, den 
+3
+må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
+Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
+4.
+lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
+[Skrevet langs sidste sides venstre kant:]
+Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
   </si>
   <si>
     <t>1947-10-04</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Marie Larsen
 Ib Marryat Johansen
 Lauritz Pedersen
 Ole Petersen
 Peter Rohde
 Janna Schou
 Christine Swane
 Anna Tinesen
 Grete Warberg Larsen
 Lise Warberg Larsen
@@ -5691,450 +5575,50 @@
 1946-48 
 [Skrevet på kuvertens bagside:]
 Lindøgd. Dræby Fyen
 [I brevet:]
 Lindøgaard
 Fredag 
 [Tilføjet af ukendt:] 6/2-48
 Kære lille Dis!
 Tusind Tak for dit sidste Brev, der jo ikke, som du selv bemærkede, var slet saa glansfuldt som alle dine senere Breve ellers har været. Tobaksmissèren er jo ret alvorlig, hvis du ikke kan vænne dig til Piben; mon ikke det vilde hjælpe, hvis du fik en lidt større Pibe, de bittesmaa er vist ikke saa gode at ryge af, og saa skulde du jo gerne finde noget meget mild Tobak, den – synes jeg – bider ikke saa meget paa Tungen som den fine Tobak, der næsten altid tillige er stærk. Jeg forstaar saa godt, at Savnet af Tobakshyggen maaske bliver det værste at undvære. - - Du tog lidt for tungt paa, at du ikke havde takket for Julebrevene – skidt med det, men du forstaar, jeg vilde bare vide, om du havde faaet dem. - - At I har ondt ved at faa Pengene til at slaa til, er sandelig ikke underligt, gid I maa kunne klare det!
 Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
 2.
 talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
 Vi har egentlig haft en rørig Tid her; I Dag for en Uge siden havde vi Selskab. Manse havde nemlig skudt en Thurhane, da han i Julen var paa Båxhult, og Lysse havde givet ham den med hjem: saa vilde Manse have Dr. Agners og Lases herud at spise den, og du kan tro, det blev en Succés; de fik Silde- og Ostesnitter X først, dertil havde jeg givet ½ Flaske Snaps; saa Tjur og henkogt Fasan, Æbletrifli m. vores dejlige fede Flødeskum paa - de jublede over al den Fl.sk. Jeg havde været lidt ængstelig for om Lases og Agners, der aldrig før havde sets, kunde spænds sammen, men det gik fortræffeligt. Jeg havde lavet Stue i Havestuen, hvor Manse har Soveværelse, flyttet hans Dyne væk, saa Sengen blev en Ottoman, det store Gulvtæppe og Lænestolene flyttet derind, et lille lavt Bord med Tobaksanretn. foran Ottomanen, Tæppe foran, mit brogede Slumretæppe hængt for Havedøren, Julelys i en Række paa Dragkisten – ja, da vi kom derind efter Bordet, og Edel havde tændt alle Lys, og Stuen var varm og helt gennemlun, saa var det aldeles henrivende
 [Skrevet langs sidens venstre kant:]
 X da vi gik til Bords og Las saa Snitterne paa sin Tallerken sagde han: H ["H" overstreget] sikke noget dejlig Mad!
 saa jeg selv var helt imponeret af det. Ud paa Aftenen The her i Spisestuen, men saa vilde Las ogsaa hjem. Han var om Onsdagen kommen i Seng Kl. 4 ½ efter en Fødselsd. i Faaborg – Mads Rasmussens Søn fyldte 50. Godt gjort af en Mand paa 80. Bagefter festede vi videre med Doktorens, som begge er knusende søde; Fru A. havde en Sammenplantn. med til mig, som har staaet lige til i Dag: to røde Tulipaner, blaa Krokus m. 3 Blomster og gule Erantis, den har været henrivende. Søndagen før havde Manse, Tinge og Peter tapetseret her i Spisestuen, jeg er meget imponeret over Arbejdet, det er som en Fagmand har lavet det. Tapetet meget smukt fint grønstribet, meget lyst. Hele Mandagen hængte vi Billeder op – ja, det var da Manse, som gjorde det; jeg havde Køkkenarbejde, da Edel havde fri fra Søndag Middag til Tirsd. Morgen. Jeg synes, hun maa være bleven imponeret, da hun kom ind den Morgen, for alt var gjort rent og i Orden, Blomsterne bruset, alt paa Plads, Gulvet vasker og bonet og Væggene fulde af Kunst. Jeg havde ikke rørt en Finger ved det, Manse og Peter lavede det hele, men ikke eet Billede blev hængt op, uden at jeg blev klar ["klar" overstreget] kaldt ind for at afgive min Kendelse. 
 3.
 Manse sætter i det hele taget og i alle Forhold megen Pris paa min Dom og Mening, det kvæger mig meget; han er i det hele taget saa umaadelig sød imod mig, og altsaa ogsaa anerkendende; naar man gaar i sit 75de Aar, maa man vist ikke undlade at sætte Pris paa det og det gør jeg ogsaa.
 Vi har haft Bibbe hjemme et Par Dage; hun kom Onsd. Aften ved 9 Tiden og vi havde saadan en hyggelig Aften med hende; trods al hendes Lykke m. Lauritz længes hun efter os og Lindøgd. og hun var saa glad over at være her hos os. Hun kan desværre saa daarlig holde til saa tit at komme sent i Seng; hvad de har haft af Koncerter, Prøver, Sammenkomster, Jubilæumshistorien! ja, jeg kunde slet ikke følge med i det. Hun har faaet en pragtfuld Selskabskjole, lang, sort, vid, nedringet, sort Silke; de skulde forleden til Odense, hvor Aarstiderne af Haydn gik, Bibbe sang i Koret. Der saa vi Kjolen, da de kom efter Manse, som de havde inviteret; jeg skulde ogsaa have været med og sørgede over ikke at kunne; jeg gik med Tøffel p.Gr.a en betændt Ligtorn, Fanden staa i den! Bibbe saa henrivende ud i den Robe, og saa har hun faaet en Frakke med Sølvræv, hun er ikke billig!
 Hen paa Eftermiddagen næste Dag gik hun og Lise, som Agraren havde hentet om Morgenen ned til Lindø, hvor hun skulde dyrke dem Resten af Dagen det var neml. Pers Fødselsdag, og Per er jo Bibbes Yndling. Næste Dag over Middag ["over Middag" indsat over linjen] kørte Peter hende hjem paa sin Motorcycle; du kan tro, det var dejligt at have hende. 
 Vi har dyrket en lille Tysker Ernst Hartmann, som Manse og Poul Gregersen havde truffet nede ved Havnen; Manse inviterede ham til Middag i Søndags og saa kom han igen Tirsd. Aften (Peter hentede ham) du kan tro, det var en straalende glad lille Tysker, som Peter kom ned, vi havde været gode imod ham, og han fortalte mig, at han syntes, han havde lært saa meget af os ved Samtalerne med os; de Tyskere skal jo have Sandheden at vide fra andre, i deres Hjemland faar de den saavist ikke at vide; ingen af hans Kammerater vil indrømme at Tyskland selv var Skyld i Krigen, sagde han, men han selv begyndte at forstaa det. Han var Lægesøn fra Bremen, af Officersfamilie. 
 Lørdag Nu maa jeg se at faa dette færdigt. Jeg skal nok sørge for Plads til os i Nyborg; mon den Tur virkelig skulde blive til noget, det mener altsaa Fru Føge, jeg har ellers haft mine Tvivl. Jeg tror nu ikke, det bliver svært at skaffe Plads først i Maj, Sommerferien er jo noget ganske andet, men der er næppe mange paa den Tid, hvor vi vil være der. 
 Gid det nu maa gaa bedre med alle dine Genvordigheder lille Dis! Hils Axel og vær selv hilset fra din Junge. 
 [Skrevet langs venstre kant på s6:]
 Tirsd. Aften sad vi og snakkede med Tyskeren til halv 1; du skulde have hørt mit Sprog, halv tysk og halv engelsk – som han taler; vi lod ham tale Tysk og svarede paa Engelsk, det gik stolt.</t>
-  </si>
-[...398 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
@@ -6194,153 +5678,778 @@
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
   </si>
   <si>
-    <t>1950-10-09</t>
-[...14 lines deleted...]
-[På kuvertens bagside:]
+    <t>1900-03-06</t>
+  </si>
+  <si>
+    <t>I A Larsensvej Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
 Johannes Larsen
-Båxhult
-[...6 lines deleted...]
-Din hengivne
+Vilhelm Larsen
+Marie Oppermann
+Ellen  Sawyer
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor for tiden i en lejlighed på Feden i Kerteminde. Gajen er deres første barn, som senere ændrede kælenavn til Puf. Jernbanen mellem Odense og Kerteminde åbnede d. 5.4 1900.
+Muntermand er en hund på Erikshåb. Bein er Alheds søster Astrid. Alhed tænker på sin søster Elle, fordi det er hendes fødselsdag. Elle bor i USA.
+Alhed Larsen udstiller to billeder på Charlottenborg i foråret 1900.</t>
+  </si>
+  <si>
+    <t>Fødselsdagsbrev til Alheds far. Der er gang i forberedelserne til udstillingen på "Den Frie", hvor Johannes Larsen skal udstille. Alhed Larsen har sendt billeder ind til en udstilling, men regner ikke med at de bliver godkendt. Johannes Larsen har solgt malerier for 600 kroner siden jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KKTn</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Maa jeg paa dette stilfulde Papir sende Dig Las’ og min Lykønskning til Din Fødselsdag i Morgen. Las er inde i Byen at virke med sine Billeder. Han har vældig travlt, Hunden og det store af Gajen og mig ere endnu ikke færdige, og desuden maa han holde Snedkeren svært i Ørerne med Rammerne, og paa disse er der en Masse Udskæring, som Klax heldigvis kan hjælpe ham med. Muntermands Ramme havde vi bestilt færdig saa tidlig, at Du kunde have ham til d. 7ende, men [tilføjet:nu] gaar han altsaa med paa ”den fri”. Han skal hedde ”Munter” i Katalogen, Las vil ikke stille ham til Salg. – Mine Billeder ere anmeldte nu og de skulle være indskrevne til d. 12te, men et stort Spørgsmaal er det vist, om de blive antagne, efter at have set, hvem [overstreget: Udsti] Censurkommiteen bestaar af, gør jeg mig ikke meget Haab. Men lumpent er det, hvis de kassere dem, naar man tænker paa hvor meget elendigt Skidt, de optage hvert Aar. De se virkelig rigtig respektable ud, nu de ere lakerede og spændte paa Blendrammer, især Floxene. Hvis nu Banen bliver aabnet den 15nde, kommer I saa ikke herned, enten Torsdag d. 15de eller Lørdag d.17ende, Las sender ikke Billederne før Søndag d. 18, det vilde sikkert more Eder, at se dem alle færdige og i Ramme, det er en aldeles nydelig Udstilling. Blot vi nu kan faa noget Solskin, at Hunden kan blive færdig! – Det er sandt jeg glemmer jo helt at fortælle at vi har solgt en Akvarel til Frk. Oppermans, 125 Kr. Nu er det akkurat 600 Kr siden Jul. – Tænk, at Din Fødselsdag fejres hjemme i Aar, det er rigtignok noget nyt, havde den Bane været aaben, kan jeg ikke vide, om ikke Gajen og jeg var kommen ned og havde hjulpen Eder at fejre den. Samme Gaj sidder her i sin Vogn og rangler, saavidt jeg kan se paa ham, spekulerer han paa et lille Digt til Dig. Nu brøler han, saa det volder ham vist lidt Besvær at faa det sat sammen. – Vil du takke Mor for Brev og Pakke, det var ikke det rigtige Bræt, men det gør ikke noget, da Las ikke mener, jeg skal male mere paa det. Brættet spiller ellers samme Rolle paa det lille Primulastykke, som det sorte Bord paa Cinnerariestykket. – Mon Bein ikke snart kommer? Hun kunde jo passende komme en af Dagene og saa blive til I kommer herud. – Det gaar Gajen daarlig med hans Vers, saa nu maa jeg slutte her og hen og se om jeg kan faa hans Sind beroliget. – Vil Du hilse alle mange Gange fra os. Og endnu en Gang ønskes Dig et godt nyt Aar med god Helbred! Din hengivne Datter Be &amp;amp; Co.
+Feden 6te Marts. Jeg tænker paa Elle i Dag.</t>
+  </si>
+  <si>
+    <t>1900-01-18</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Christian  Brandstrup
+Ellen Johansen
+Asta Krohn
+Andreas Larsen
+Olga Lau
+Theodor Oppermann
+Theodor Philipsen
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Af det forrige brev fra Johannes til Alhed Larsen ser det ud til, at den omtalte udstilling fandt sted hos Winkel &amp;amp; Magnussen på Højbro Plads.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hængt udstilling op og ændret på den fire-fem gange. Christine Larsen (Uglen), Oppermann og Karl Schou har hjulpet. Det store billede af Alhed og Puf er hovednummeret. Udstillingen åbner den følgende dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTde</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Fredag 18 Jan 1900.
+Kæreste Alhed!
+Jeg sidder her midt i min nu endelig færdige Udstilling og skriver mens Frk. Lau og Frk Ellen Johansen gaar omkring og ser paa Billederne. Tusind Tak for Dit Brev, jeg har en ond Samvittighed fordi jeg ikke har skreven noget til Dig saalænge men jeg har haft ganske forfærdelig travlt og hver Gang jeg har troet at være færdig har der pludselig vist sig noget mere. Den store Væg har vi gjort helt om 4-5 Gange, første Gang hjalp Schou og Uglen mig og om Aftenen var vi omtrent færdige, saa kom Oppermann næste Dag og rev det hele ned og vi fik det saa hængt temmelig godt op og næste Dag rev Schou det ned, saa var jeg helt blød og lod ham og Uglen hænge op og Oppermann kom saa og erklærede at det var meget bedre hvad det nok ogsaa er. I det hele tror jeg det er hængt godt op og at Billederne ser godt ud meget bedre end paa den fri Udstilling. Det store Billede af Dig og Puf er Hovednumrene paa den bedste Væg og Aprilaften paa den anden. Uglen har været mig en stor Hjælp ved Ophængningen. Jeg vilde ønske at Du kunde se Udstillingen men nu skal jeg fortælle Dig det hele saa godt jeg kan naar jeg kommer hjem, det bliver vist Mandag eller Tirsdag. Det er kedeligt at Du skal være alene Søndag. I Dag bliver der sendt Kort ud til Pressen for at indbyde dem til Aabningen i Morgen. Jeg var ude hos Brandstrups i Aftes sammen med Schous og Fru Asta Berg som jeg skal hilse fra. Nu gaar jeg ud til Philipsen hvor jeg træffer Brandstrup. Mange kærlige Hilsner til Dig selv og lille søde Puf jeg længes forfærdelig meget efter Jer.
+Din
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1930-1935</t>
-[...2 lines deleted...]
-    <t>Carl Berthelsen
+    <t>1924-12-09</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist</t>
+  </si>
+  <si>
+    <t>Vordingborg</t>
+  </si>
+  <si>
+    <t>Vordingborg
+Kerteminde
+Båxhult, Småland, Sverige</t>
+  </si>
+  <si>
+    <t>Kristian Elmquist
+Alhed Larsen
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Viken ligger nær Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>En tandlæge fra Vordingborg forespørger, om Johannes Larsen kan fremskaffe en gravgase til byens park?
+Endvidere vil han gerne have et maleri med et motiv fra Småland, hvor han kommer meget med sin familie. Kan JL hjælpe?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wphB</t>
+  </si>
+  <si>
+    <t>Vordingborg 9/12 1924
+Hr. Kunstmaler Johs. Larsen - Kerteminde.
+Undskyld, at jeg gør Dem Ulejlighed, men jeg vilde meget gerne bede Dem gøre mig den Tjeneste at meddele mig, om De skulde have en Gravgase, som De vilde sælge. Vi har her paa eller ved vore Ruiner en lille Park med Svømmefugle, og en af Byens Borgere har dertil givet et Par Gravgæs, men nu er Gasen stukket af, hvorover der er stor Sorg. Nu mindes jeg, at jeg, da jeg for nogle Aar siden besøgte min kære Skoleby - Kerteminde, at jeg hos Dem (Junge viste mig lidt rundt) saa forskellige Svømmefugle (bl.a. en ondskabsfuld Svane !) i smaa Damme, og saa er jeg kommen i Tanker om, at De maaske havde en overflødig Grav-Gase, som De vilde sælge til os.
+Endelig vilde jeg gerne, om De vilde sige mig, hvor jeg kunde faa et Smålands-Maleri? Jeg driver endnu stadig Jagt i det dejlige
+Småland, til næste Aar har jeg været deroppe i 25 Aar, vi har vort eget lille Hus i Viken ved Färgan, hvor min Broder og jeg hver Som-
+mer tilbringer en herlig Tid med vore koner og Børn. Det har i mange Aar været mit Ønske at eje et typisk Maleri af Skoven i den Egn, men
+jeg ved ikke, til hvem jeg skal henvende mig. 
+Maaske De kunde og vilde hjælpe mig lidt. Til Slut en Hilsen til Deres Kone og Junge fra min Kone. Paa Forhaand Tak for Svaret.
+Deres ærb. forb.
+K. Elmquist.</t>
+  </si>
+  <si>
+    <t>1929-04-22</t>
+  </si>
+  <si>
+    <t>Gustav Carlsson
+Elise Hansen
+- Johansson
 Johan Larsen
-Johannes Larsen</t>
-[...16 lines deleted...]
-Hvis jeg virkelig ikke har skrevet siden den 27/2, saa maa her staa, at vi drak Fødselsdagschokolade den 27/5. - Vi glæder os til at se Jer, Far glæder sig altsaa først. Alt vel her, d.v.s. de har lige ringet nede fra Jernbanen, at der er kommet et levende Egern til os fra Tisvilde, det skal jeg ned at hente nu.
+Jørgen Schou
+- Svensson
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan/lysse opholdt sig på skovgården Båxhult, da han modtog brevet. Verandaen samme sted blev diskuteret i flere breve i perioden.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har spurgt Andreas/Puf, hvad han mener om verandaen. Han håber, at Johan/Lysse har gjort noget ved jagtkontrakterne.
+Larsen maler nogle små billeder, og han har bestillinger, men det er hårdt at male ude, da det er frostvejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LDZo</t>
+  </si>
+  <si>
+    <t>Kirkeby 22 April 1929.
+Kære Lysse!
+Hvordan gaar det, har Du hørt Tjuren spille? Jeg skrev til Puf og spurgte om hans Mening om Verandaen og det har han vel ladet gaa videre. Har Du gjort noget ved de udløbne Jagtkontrakter? Gustafsro og Horshult, det var jo rart at faa dem i Orden, ellers kommer Svensson i Freppia og hugger dem fra os. Vil Du hilse Elise og Bufs hvis de er kommen derop. Det var kedeligt at det ikke blev til noget med Baronen. Jeg har faaet malet en Del Smaabilleder her og skulde gerne have lavet nogle større ogsaa, især da jeg har Bestilling paa et Par Stks, men det kniber med at være ude med større Ting, da her blæser forbandet hver Dag, og desuden er her hvidt af Frost hver Morgen. Hils Johanssons og Carlsson. Mange Hilsner til Dig og Bimse
+Din Far.</t>
+  </si>
+  <si>
+    <t>1944-1045</t>
+  </si>
+  <si>
+    <t>Johannes Larsen overdrog i 1945 skovgården Båxhult i Småland til sin yngste søn, Johan og hans hustru, mens ejerskabet over huset på Møllebakken i Kerteminde gik til den ældste, Andreas/Puf Larsen og dennes kone. 
+Brevet hører formodentlig sammen med et andet i samlingen.</t>
+  </si>
+  <si>
+    <t>Johan Larsen skal ikke betale noget. Hans bror, Andreas/Puf, vil blive sikret en tilsvarende sum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uF4T</t>
+  </si>
+  <si>
+    <t>P.S.
+Jeg er kommen i Tanker om at Du maaske kunde misforstaa ovenstaaende: Det er jo ikke Meningen at Du skal betale noget i Afstaaelse, men at jeg skal sikre Puf en lignende Sum eller Værdi. Det skulde glæde mig om jeg kunde leve saa længe, at jeg kunde faa Dig at se som Herremand, for det er vel det der er Meningen
+JL.</t>
+  </si>
+  <si>
+    <t>1943-03-30</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Jørgen Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn diskuterede dels ombygning/restaurering af gården Båxhult, hvor Johan boede med sin familie, dels overdragelse af ejendommen fra far til søn.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Johannes Larsen blev overraskede over indholdet af Johan/Lysses brev, men det gik op for denm, at han ikke havde fået Larsens sidste brev, da han skrev. Planerne er i øvrigt udmærkede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n9Mm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Marts 1943.
+Kære Lysse!
+Tak for Brevene til Puf og mig der kom paa Rekordtid, nemlig 6 Dage. Vi blev straks noget forbavsede over Indholdet da vi antog det for Svar paa mit sidste Brev og ikke kunde begribe at Du havde faaet det ud af det, men ved nærmere Granskning af Datoerne, gik det op for os at Du umuligt kunde have faaet mit Brev, inden Du skrev og at Indholdet af Pufs Brev maatte være noget Du havde fantaseret Dig til. Naar Du faar dette har Du vel for længst faaet det forrige og derved faaet et andet Syn paa Sagen. Forøvrigt synes jeg, at det er nogle udmærkede Planer Du har og det vil være mig en stor Skuffelse hvis de skulde opgives. Mange Hilsner, ogsaa fra Puf og Else til Bimse Børnene og Dig selv fra
+Din Far.</t>
+  </si>
+  <si>
+    <t>1898-03-16</t>
+  </si>
+  <si>
+    <t>Jørgen Hermann Kruuse
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>"male Voxdugen": der er tale om voksdugen på billedet Christian Andersen lader patroner.
+"er i Gang med at flytte": familien har solgt ejendommen Båxhult i Sverige. 
+"den vestlige Bane": jernbanen mellem Kerteminde og Odense er ved at blive anlagt, og den kom til at gå over familien Larsens marker, lige bag deres Svanemøllen.
+"Skipperen paa Azela": en skipper fra Nibe har købt I.A. Larsens skib Azela.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på voksdugen på Christian Andersen lader patroner. Billedet skal nok af sted til Den Frie.
+Hans forældre er i Sverige og i gang med at flytte.
+Skipperen, som købte I.A. Larsens skib, Azela, har været på uanmeldt besøg, og han var fuld, men han overnattede i købmandsgården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mcSx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16/3 1898.
+Min egen Kæreste!
+Tak for Dit Brev i Dag. [noget af papiret mangler] Du se Du fik alligevel [noget af papiret mangler] i Gaar, men det fik jeg [noget af papiret mangler] saa det var nok Dig de[noget af papiret mangler] turde fordi Agraren og [noget af papiret mangler] drillede. Jeg fik for resten Brev fra Agraren i Gaar. Han skrev at I kom godt til Odense men Du var rigtignok noget søvnig og Du sad og ”smaa sov” hele Tiden, det er nok Dig der ikke kan taale noget. Han skriver ogsaa: ”jeg kunde jo nok hilse dig fra hende, men Du har vel sagtens fået Brev fra hende føre du får dette. Sikken en Masse Fejltagelser. Solskinsvejret i Gaar Formiddags benyttede jeg til at male Voxdugen igen [noget af papiret mangler] her hjemme og male [noget af papiret mangler] paa den dernede i [noget af papiret mangler] Eftermiddags og paa Ansigtet. Jeg tror nu ikke at Billedet bliver stort anderledes end det er, hvis det skal af Sted paa Lørdag eller Tirsdag og det bliver vel Resultatet. Det glæder mig meget at høre at Din Fader er begyndt at komme sig. Der var et langt Brev fra Moder i [noget af papiret mangler] de har det godt deroppe og er i Gang med at flytte. Det var ellers kun et lille Brev jeg fik fra Dig i Dag, men i Morgen faar jeg vel Brev igen. Jeg har lige været henne at skrive til [noget af papiret mangler] og Moder og til Marie og sendte Deres Brev [noget af papiret mangler] nu i Aviserne at Minis[noget af papiret mangler] har bestemt sig for den vestlige Bane altsaa op over Bakken, hvis det da er til at stole paa. I har vel set at Godsforvalter Kruse er død. Ligesom jeg var færdig med Dit Brev i Mandags Aften og skulde til at have det rigtigt hyggeligt, blev vi forstyrrede af Skipperen paa Azela, som kom og var en Del fuld og forkølet [noget af papiret mangler] at han knap kun[noget af papiret mangler] han laa her saa [noget af papiret mangler] Natten og Klaks laa i Faders og Moders Værelse. [noget af papiret mangler] tror jeg ikke der er mere [noget af papiret mangler]deligt at fortælle, og jeg vil derfor slutte med at jeg holder forfærdelig meget af Dig. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1906-09-28</t>
+  </si>
+  <si>
+    <t>Malmö
+Langeland
+Odense</t>
+  </si>
+  <si>
+    <t>Lina -
+Ludvig Brandstrup, billedhugger
+Johanne Caspersen
+Amanda Heinesen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Christian Møller, maler</t>
+  </si>
+  <si>
+    <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været til nogle behandlinger i Odense.
+Adolf Larsen (Agraren) og Møller har skudt harer.
+Johannes Larsen er ude at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Do2Y</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Det bliver kun et lille Par Ord Du faar, Junge sagde nu for lidt siden, at Tante paa Langeland fylder 60 i Morgen, saa skrev jeg 3 Sider til hende, men det gik fra Dig. Vi har det godt, Ungerne og jeg har spist Grød sammen i Spisestuen i Aften. Jeg kom først fra Odense med 2 Toget i Dag, han behandlede mig baade lidt i Gaar og til Morgen, saa gaar det til jeg kommer fra Sverige [ordet overstreget] Malmø.
+Murerne har arbejdet paa Taget hele Dagen i Dagen ["en" overstreget]. Agraren skød en Hare paa 8 Pund i Dag, Møller 2 men det [indsats over linjen: Møllers] var langt borte, jeg husker ikke hvor. Det er Junges Fødselsdag i Morgen, jeg haaber vi bliver bedt derover. Jeg var lidt derovre i Eftermiddag. Hvor det stormer i dag, bare I maa faa godt Vejr, i det hele taget en god Rejse, du saa saa sød ud, da Du stod og vinkede i Toget i Gaar. Nu længes jeg efter at høre fra Dig om I er rejst i Dag eller hvordan. Nu skal Amanda da af Sted. Jeg gaar i seng. Ungerne ligger og raaber paa mig derinde. Mange kærlige Hilsner Din A.
+Fredag d. 28nde Sept. 06.
+Hils Lud! og Lina med Familie</t>
+  </si>
+  <si>
+    <t>1934-04-07</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen
+Andreas Larsen
+Elena Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Mogensen, stenhugger</t>
+  </si>
+  <si>
+    <t>Busten: Ludvig Brandstrups buste af Alhed Larsen blev sat på en sokkel på hendes grav. 
+Oskullan ligger tæt på skovgården Båxhult i Småland, hvor Johan Larsen og hans familie boede. 
+Ladugården: stalden.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>En stenhugger har opsat en granitsokkel med bronzebusten af Alhed på hendes grav.
+Drude Jørgensen har givet Johannes Larsen en hundredekroneseddel til Lysse, fordi han har været syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ndFP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7. April 1934.
+Kære Lysse!
+Puf er i Dag i Mesinge og brygge. Else og jeg har været ude med Blomster til Din Moders Grav, hvor jeg har ladet Stenhugger Mogensen opsætte en firkantet Granitsten med den ene Bronzebuste paa. Stenen blev stillet op i Gaar og Busten sat fast i Morges. Den staar saadan:
+[2 tegninger indsat]
+og ser saadan ud:
+Drude var her i Gaar Eftermiddags med en Hundredekronseddel, som hun bad mig sende Dig, hun syntes Du trængte til en Opmuntring fordi Du havde været syg. Her er den. Tak for Dit Brev. Jeg glæder mig til at se Resultatrnet af Din Hugning i Oskullan og Vandet i Dammen bag Ladugården. Her gaar det godt. Vi har haft et dejligt Vejr med Sol og Stille i de 3 sidste Dage, men nu er det Graavejr og SØ Blæst og raat igen som de første Paaskedage. Jeg skal hilse fra Puf og Else og mange Hilsner fra 
+Din 
+Far.
+Ogsaa til Bimse og Peter. 
+PS.
+Jeg forsøgte at faa byttet i Banken men de havde kun 50 svenske Kroner saa nu faar Du en af hver Slags.
+JL.</t>
+  </si>
+  <si>
+    <t>1935-11-13</t>
+  </si>
+  <si>
+    <t>Jens Larsen</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen opholdt sig den sidste tid af graviditeten i København hos sin mor. Johan Larsen var imens på gården Baxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har om natten født hendes og Johans søn nr. to. Han er så stor, at det vakte opmærksomhed på hospitalet. Fødslen var nem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xZp9</t>
+  </si>
+  <si>
+    <t>Onsdag d. 13-11-35
+Kæreste Lysse!
+Saa har vi vores Søn N_o_ 2 paa det tørre, han indfandt sig i Nat Kl 1/2 3 let og næsten smertefrit, skønt han er en ordentlig Kleppert paa 9 Pund og 57 cm længde, han vakte Furore hos alle de bivaanende Jordemoder og hos Overlægen ved Stuegangen i Morges, saadan fik de højst 10 om Aaret, han blev fremvist som fint Exemplar. Han har sparsomt rødligt Haar og er meget langfingret, hans Øjne har jeg ikke set paa nærmere Hold endnu, han holder dem mest lukkede. - Han er knusende gevaldig død.
+Masser af Hilsner fra din Bimsekone.</t>
+  </si>
+  <si>
+    <t>1936-10-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
+Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
+Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
+  </si>
+  <si>
+    <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
+Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
+Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJJn</t>
+  </si>
+  <si>
+    <t>Mandag d 26-10-36
+Kære Fasseren!
+Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
+Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
+FRA MOSSEREN.</t>
+  </si>
+  <si>
+    <t>1938-12-28</t>
+  </si>
+  <si>
+    <t>Ebbe Brandstrup
+Alhed Marie Brønsted
+Elise Hansen
+Jesper Hansen
+Bera Jensen
+Burmand Jensen
+Jens Jensen
+Lykke Jensen
+Peter Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter at Elena havde født sit og Johan Larsens tredje barn i København fik hun brystbetændelse og blev indlagt. Elenas mor, Elise Hansen, passede de to ældste børn, og Johan Larsen var hjemme på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen er begyndt at komme lidt op af sengen.
+Lykke Jensen har været på besøg med sin lille datter, Bera.
+Peter Larsen er taget med Alhed/Lomme Brønsted til Birkerød. 
+Elena håber at kunne rejse hjem om to dage. Ebbe Brandstrup vil dog ikke svare på, hvornår hun kan blive udskrevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0JVY</t>
+  </si>
+  <si>
+    <t>18/12 38
+Kære Lysse!
+I Dag skal jeg saa op og movere mig, jeg var oppe og vaske mig i Gaar Aftes og i Morges for at træne. I Gaar var jeg noget dinglende og slatten i Benene men allerede i Morges var jeg fuldt mobil igen. - Jeg skal hilse dig mange Gange fra Lykke, hun var her i Gaar og præsentere Bera, det er en dejlig tyk og mild Unge som er en rigtig Jensen, lys i Teinten og hvidhaaret. Hun er 1 1/4 Aar og snakkede en Masse, det lød som hun sagde lange Sætninger, men det viste sig dog, at ingen forstod hvad hun sagde. Nu skal de igen have Barn i April. - I Gaar tog Peter saa med Lomme og Børnene ud til Birkerød, hvor han kan more sig dejligt med Jesper og Tim i det gode Vejr, i Dag er det nemlig for en Gangs Skyld Solskin og Stille. - Jeg glæder mig til Mors Ankomst i Dag, for jeg venter mig flere Breve fra dig, du gamle, der har aabenbart været Kludder i Juleposten, det Brev der var fra dig i Gaar (d. 27de) var dateret d 23de, det er langsommelig Postgang. Nu venter jeg mig at komme hjem senest i Overmorgen saa begynder jeg hos Tandlægen paa Mandag og laver hende kun lave det allernødvendigste, saa du har os nok igen engang i Slutningen af næste Uge. - Nu var Ebbe her, han vilde ikke give mig noget bestemt Tilsagn om Hjemkomst, han vilde være sikker paa at det ikke kunde komme igen. Puh, ["Puh" overstreget] har, man skal aldrig lade sig indlægge paa Hospitaler, der slipper man ikke ud af igen. - Nu skal du have Farvel for i Dag og 1000 Hilsner og Kys fra
+Nissepigen</t>
+  </si>
+  <si>
+    <t>1939-01-05</t>
+  </si>
+  <si>
+    <t>Erna -
+Else Jensen
+Marie Larsen
+Alhed  Møhl, Lysses datter
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Elena Larsen fødte sit tredje barn i København i december 1939. Hun fik derefter brystbetændelse og var indlagt julen over. Imens var Johan Larsen, hendes mand, hjemme på gården Båxhult i Småland. 
+Det vides ikke, hvem Ellen Haunstrup var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen og børnene kommer hjem tirsdag. Hun regner med, at Johan Larsen henter dem ved toget i Landeryd.
+Elena har en del selskabelighed i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEcI</t>
+  </si>
+  <si>
+    <t>Tors. 5-1-39
+Kæreste!
+Dette er saa det uigenkaldeligt sidste Brev inden Hjemkomsten som altsaa er fastsat til Tirsdag. - Det gaar ikke saa gelassent med Skriveriet nu paa det sidste, her er meget at bedrive. Tandlæge, Indkøb og Besøg og saa er der jo ogsaa Søster som skal passes engang imellem. Igaar var Erna og Ellen Haunstrup (ogsaa Skolekammerat) her til Middag. I Eftermiddag var Fru Johs. V. her til The og i Aften skal vi til [ulæseligt ord]. I Morgen skal jeg til Middag hos Erna og i Overmorgen kommer Uglen Marie og Lasse her til Middag, saa du kan se at jeg fører en selskabelig Tilværelse. Men det er nu slet ikke noget imod en Invitation jeg har faaet til Tirsdag, til en lille intim Middag paa et Gods i det øde Småland med een jeg kan lide; det er baade romantisk og spændende, og jeg glæder mig vanvittigt. - Du kommer og henter os i Landeryd Kl 1/2 12 og skulde vi mod Forventning ikke være med, maa du vente til 1/2 1 el 1, saa er det fordi Toget i Halmstad er kørt fra os.
+Nu bliver der ikke mere Skriverage i Dag eller Overhovedet mere denne Gang. Men Masser af Hilsner og Kys fra din Nissepige.</t>
+  </si>
+  <si>
+    <t>1924-09-29</t>
+  </si>
+  <si>
+    <t>Ejvind -
+Jens -
+Klavs -
+Oluf -
+Vinna -
+Bodild Branner
+Christian Caspersen
+Lars Hedelund
+Johannes Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Christine  Mackie
+Christian Treschow
+Ellen  Treschow
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København for at blive undersøgt af en specialist. Andreas Larsen er i lære som gartner i Stige nær Odense. Johan Larsen er studerende ved Landbohøjskolen.
+Johannes Larsen og hans bror, Vilhelm (Klax), skal til Sverige: Her skal de bo på familiens skovejendom, Båxhult. Netop i 1924 købte Johannes Larsen sin morbror, Ludvig Brandstrup, ud af Båxhult, så han selv blev eneejer. 
+"Det Bal" var en fest hos Marie Schou/Syberg, og det er omtalt i Alhed Larsens brev til Andreas Larsen dateret september 1924.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ikke fortalt om sine problemer med hjertet, fordi hun ikke ville gøre Andreas, sønnen, bekymret. Nu har hun været hos specialist, og denne har forklaret Bodild, at hjertet er svækket. Hvis Alhed følger diverse forskrifter, passer diæt og holder sig i ro, kan hun få et langt liv uden anfald. Lægen anbefaler et ophold på Hareskov Sanatorium, men Alhed vil hjem først og ordne tøj mm. 
+Johannes og Vilhelm (Klax) Larsen skal til Sverige, men Alhed tager ikke med. Johan (Lysse) Larsen har været på jagt. Hun har besøgt Eiler Lehn Schiøler, og hans svigersøn bestilte akvareller for 1000 kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8MY</t>
+  </si>
+  <si>
+    <t>Min egen, kære Gamle!
+Tak for Dit lange Brev! Maaske det var forkert af mig ikke at tale til Dig om Hjærtet, inden jeg rejste herind. Men jeg vilde saa nødig gøre jer kede af det, til Din Far nævnede jeg det heller ikke før han var færdig med det store Billede. Desuden var jeg selv saa ængstelig, inden jeg havde været hos Specialisten. Jeg havde haft nogle smertefulde Anfald, som jeg ikke vidste hvad betød, jeg er imidlertid helt beroliget, navnlig efter at jeg i Gaar talte med Bodild, der havde ringet Specialisten op. Der var jo den Mulighed, at han ikke havde givet mig ren Besked. Men han sagde til Bodild, at det havde han, det var hans Princip med Patienterne. Jeg var mest bange for Forkalkning og det var Bodild ogsaa. Men det er der altsaa intet af. Tvertimod lader han mig æde Kalktabletter for Nældefeber +. [Indsat i margen, lodret:] Bodild siger, at det vilde han ikke give mig, hvis der var mindste Fare for det [Tilføjelse slut] Det der er, er en Svækkelse, Bodild sagde, da jeg spurgte om det var en Udvidelse af Hjærtet ”nej, tvertimod, hvis [ordet ”hvis” overstreget] Du kan tænke Dig det som om en af Dine Muskler havde lidt Overlast og der var gaaet Svind i Vævet, det er det der er sket med Dit Hjærte”. Desværre kan det ikke ”voxe ud igen”, men det kan holdes fuldstændig paa dette Punkt 2 [sidetal] og ikke alene det, men min Tilstand, mit Befindende min Nervøsitet kan i høj grad forbedres, Anfaldene kan undgaas og om jeg følger alle Forskrifterne, behøver jeg aldrig at mærke noget til det, det har intet med mit livs Langvarighed at gøre! Dette sidste synes Du maaske lyder underlig, men det passer. Bodild spurgte ham: hvordan er Proknosen [Prognosen]? og han svarede, jo den er god. Og med Proknosen mener de Udsigten for Fremtiden: Levedygtigheden. Aarsagen til det hele er som han sagde til Bodild: Fru Larsen har budt sig for meget. – Nu kæreste Gamle har jeg sagt Dig en fuldkommen, nøjagtig Besked. Det tridste ved det er jo det, at jeg bestandig skal gaa og passe paa med Diæt, Kulde, Anstrengelse o.s.v. men de siger man vænner sig til det, og det er vel rigtig nok. Du kan være ganske sikker paa og overbevist om, at jeg vil passe paa paa alle Maader, jeg har lidt en hel Del og Smerterne kommer omgaaende. Specialisten og Bodild mener begge at jeg skal tage til Hareskov Sanatorium en Tid og det gør jeg ogsaa nok, men jeg vil hjem først for at ordne Tøj o.s.v. og saa ses vi jo min søde Gamle. Men nu venter jeg til Din Far har været i Sverige med Klax, jeg tager ikke med da det let kan blive for anstrengende, jeg kan jo ikke trave rundt i Skoven med de andre og de to lange Rejser er heller ikke godt med al den Kørsel paa aaben Vogn o.s.v. nu foreløbig gaar jeg her hos Meme og har det yndigt, jeg hviler og driver efter Noder og har det allerede noget bedre. Det Bal har været min eneste Udskejelse, men jeg laa 3 Timer om Efterm. inden og vi tog tidlig hjem. – Lysse har været paa Jagt hos Klavs et Par Dage fra Fredag aften, Klavs hentede ham i Bil – han havde kun 2 Timer om Lørdagen og dem snød han for, ellers er han vist meget flittig – og til Aften Kl. 7, saa spiste han, Din Far, Meme og jeg i Paraplyen, vi var hjemme ½ 10. – Hos Schiølers har jeg været et Par Gange, forleden sammen med Ellen og Chr. Treschow, der bestilte for 1000 Kr. Akvareller, vi kan ikke sige andet end at det gaar godt med Forretningen. Deres Dreng var der ogsaa, det er en ganske dejlig Unge. – Nu gaar Meme og jeg en lille Visit ned hos Max at træffe Bedstemor, Din Far og Lysse vilde i zool. Have i det gode Vejr. – Jeg vil være glad ved at høre et Par Ord fra Dig søde Gamle, hvis Du en Dag gider skrive lidt.
+1000 Hilsner min egen Dreng fra Din Mor.
+29 – 9 – 24 Meme beder mig endelig hilse mange Gange.
+Hils Hedelunds, Jens, Vind, Oluf og Ejvind</t>
+  </si>
+  <si>
+    <t>1929-04-16</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Julius Hviid
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede på Henne Kirkeby Kro under sine jagt- og maleophold ved Fiilsø.
+Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
+Det vides ikke, hvem Th var. 
+Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
+Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
+Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
+Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8uu</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 16 April 1929.
+Kære Puf!
+Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
+Din Far.
+X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
+Puf.</t>
+  </si>
+  <si>
+    <t>1933-08-30</t>
+  </si>
+  <si>
+    <t>- Jeppsson
+Andreas Larsen
+Elena Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Lysse/Johan må befinde sig på familiens skovgård i Sverige med sin kone og deres lille søn, Peter Andreas. 
+At være Fjärdingsman var i Sverige længe en lokal tillidsopgave, men blev udviklet i slutningen af 1800-tallet til et lavere statsligt job, oftest på deltid. Fjärdingsmanden bistod kronolänmanden med inddrivning, politiaktivitet, vejtilsyn og andet. Kilde: Wikipedia jan 2022.
+Foch var Johannes Larsens hund.
+Vandsyn: Et periodisk eftersyn (ved dertil beskikkede personer) af alle offentlige vandløb. Kilde: Ordnet.dk.
+I brevet 1933-09-06 skrev Johannes Larsen mere til sin søn om den sag, som dette brev også handler om. Det drejede sig om et "vandsyn" og om, hvorvidt en ø hørte til Båxhult eller ej.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har skrevet til Jeppsson om synsforretningen. Han ville have taget hunden Foch med på jagt i Sverige, men den døde forinden. Larsen har travlt med sit store vandbillede, men vil komme til Sverige i september.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Tigc</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Aug 1933.
+Kære Lysse!
+Jeg skrev til Jeppsson samme Dag jeg fik Dit Brev og i Gaar fik jeg følgende Svar fra ham. Det var altsaa en Bus. Det vil sige med Hensyn til hans Medvirkning ved Synsforretning i Lillbruks Dam. Men jeg kunde jo ikke godt skrive og anmode Fjärdingsmanden om at blive Ombudsmand før jeg havde hørt fra Jeppsson. Tænkte mig ogsaa Muligheden af at Du havde sat Dig i Forbindelse med ham. Hvordan gik Dit forøvrigt??? Jeg havde tænkt mig at tage derop til Hønsejagten for at Foch kunde faa den Fornøjelse en Gang til, da han klarede sig saa fænomenalt i Dec. ved Fiilsø. men han blev syg og døde om Lørdagen 19 Aug. Jeg har nu travlt med mit store Vandbillede, men vi tænker paa alle tre at komme over at se til Jer en Gang i Septbr. I skal høre nærmere naar vi kan fiksere Tidspunktet. Haaber I til den Tid har Matboken i Ordning. Vi glæder os til Turen. 
+Mange Hilsner til Jer alle 3, ogsaa fra Puf og Else.
+Din Far
+P.S. Skriv et Par Ord om det Vandsyn.
+JL.</t>
+  </si>
+  <si>
+    <t>1936-07-30</t>
+  </si>
+  <si>
+    <t>Ebbe Branner
+Else Birgitte Brønsted
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kendte mange, der hed Jens, så det kan ikke aføres, hvem den omtalte Jens var. 
+Bøgebjerg og Langø er lokaliteter på halvøen Hindsholm nord for Kerteminde.
+Det er uklart, hvem Reservebaronen var. Fritz Syber blev kaldt Baronen. 
+Svensk irisk er en ældre betegnelse for grønirisk. Johannes Larsen kaldte ofte bare fuglen for en svensker.
+Olshult er beliggende ved Långaryd og Båxhult i Småland, hvor Johan Larsen med familie boede.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf er ude at sejle og sove i telt. 
+Johannes Larsen spørger, om Johan/Lysse vil hente ham.
+Rosenbedet omkring flagstangen er lavet om til en dam.
+Der er mange fugle i haven. En sortrygget, engelsk vipstjert er set med unger, og det er første gang, den har ynglet i Danmark. Undulater har der også været i haven. 
+Det er ærgerligt, hvis Olshulterne får jagtretten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AthZ</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Johannes Larsen
+Kierteminde
+[Håndskrevet:]
+30 Juli 1936.
+Kære Lysse!
+Jeg lukkede Pufs Brev op i Gaar da han er ude at sejle i min Jolle. I Gaar Nat overnattede han lidt N for Bøgebjerg i Telt og i Gaar var han kommen om til Langø hvorfra han ringede og Else og Mudi var ude at se til ham i Bilen. Mornine og Putte er her. Jeg har nu skreven til Ebbe og forklaret ham at hans Besøg ikke kan finde Sted før om Midten af Septbr, men at jeg deroppe fra skal lade ham vide naar jeg rejser hjem. Jeg tænker paa at rejse op til Jer et Par Dage før d 26 Aug. Var det ikke muligt at Du kunde komme herned og køre mig op. For Puf er rimeligvis til den Tid ude at sejle med Jens der har faaet bygget en dejlig Baad, som vi var nede at se sidste Lørdag og kom hjem Søndag, nej forrige Søndag, Tiden gaar. De skulde have sejlet 1st Aug. da Jens faar Ferie men nu er der kommen Besked om at det først kan blive midt i August da hans Overlæge er bleven syg i Kjøbenhavn Jeg ved ikke om vi har fortalt at vi har lavet Rosenbedet om Flagstangen om til en Dam der holder godt paa Vandet i hvert Fald saa længe det regner, andet ved vi ikke endnu. Der kommer en hel Del Smaafugle og samler sig Solsorter Stære Stillitser Irisker Svensker Bogfinker Guldsp. o.s.v. men den mest celebre er en sortrygget, engelsk Vipstjert ♂ der er kommen hver Dag i de sidste 14 Dage – og i den senere Tid af og til med store Unger og en enkelt Gang Hunner for et Par Dage siden desværre fløj den strax jeg fik den i Kikkerten saa jeg kunde ikke blive klar over om den var af samme Race eller det var en alm Vipstjert i Dag var den her igen men den havde vasket sig pjaskvaad saa jeg kunde ikke se hvordan den saa ud, hvis den er samme Slags om Hannen er den første Gang de er truffet ynglende her i Landet. Vi har haft et Par Undulater i Forhaven en 3 Ugers Tid og da det var 2 Hanner anskaffede jeg et Par Hunner til dem, saa blev den ene væk, nogle Dage senere kom Reservebaronen med den bortfløjne som en Mand nede i Byen havde fanget, den blev nu sat ind i Buret til ♀♀ og et Par [”og et Par” overstreget] Min imidlertid havde den fritflyvende Han selv skaffet sig en Hun som den forsvandt med efter nogle Dages Forløb, saa nu har vi kun de 3 i Buret som jeg nok tror er 3 Hanner Det gør naturligvis ingen Ting hvis Jagtselskabet ”Lycken” lejer Haröhult, det er ikke det jeg er bange for, men der var jo tale om Olshulterne der bød saa rasende og det var jo lidt af en Ulykke om de fik den. Else er paa Lindøgaard Med Mornine og Putte. Mange Hilsner til Jer allesammen 
+Din Far.</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Elise Hansen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Den nyfødte pige, Alhed Maria, var Elena og Johan Larsens tredje barn. Elena opholdt sig udover på fødeklinikken hos sin mor i København. Moderen passede storebror Jens. Faderen og den ældste dreng, Peter, var på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har født en lille pige. Hun var de første par dage blårød over hele kroppen. Elena er stadig på fødeklinikken, og hun læser Den Lange Rejse. Hun beder Johan Larsen sende deres vielsesattest, som skal bruges, når fødslen bliver anmeldt. 
+Elena minder Johan om at vande hendes blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UmiQ</t>
+  </si>
+  <si>
+    <t>Tirsdag 29/11 38
+Kære lille Lyse Larsen!
+Det er nu alligevel en sød lille Pige du har faaet dig, hun var saa blaarød over det hele de 1ste to Døgn men det har nu fortaget sig; og saa er hun begyndt at lukke Glukkerne op, saa at jeg har kunnet konstatere Øjenfarven: blaa. Jesse har lige været inde og se hende og er vist tilfreds, Mor siger ihvertfald at han snakkede meget og med yndig Stemme om "min lille Søster." Strax da de ringede her fra Kliniken og Jens ved Telefonen havde hørt dem tale om en lille Pige var han styrtet ud til Entrédøren og rusket i den, han vilde se sin lille Søster. - Der maa forøvrigt ikke komme Børn herind saa jeg ser desværre ikke mere til ham førend jeg kommer hjem. Jeg ligger ellers og befinder mig vel, jeg er ved at læse den lange Rejse og er snart færdig med Bræen. I Gaar skrev jeg til Farfar og meddelte ham Resultatet. - Det er sandt, vil du med første Post sende mig vores Vielsesattest, den skal bruges ved hendes Anmeldelse til Fødselsregistret som skal ske med det samme. Send den her til Fødeklinikken Jagtvej 111. Kbhvn N. - Husker I mine Blomster? Der staar ogsaa en lille Urt i den grønne Stue, det var den der havde de mange lilla Blomster og som du skar ned til et Minimum.
+Petermanden er rigtignok flink til Skriveriet, Bes sendte ham vist en Trøst- og Opmuntringspræmie for hans Tand i Gaar. Jeg sendte en Flaske D[ulæseligt] inden i Aviserne, den var vel ikke gledet ud? - Nu har jeg ikke Tid længere, Tøsen hyler som en stukken Gris, hun er sulten og skal have Mad. Ellers er hun meget stilfærdig.
+Mange mange Hilsner til jer begge to og et Kys til hver fra
+Mosseren!</t>
+  </si>
+  <si>
+    <t>Sensommer 1905</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Klintevej 213, 5300 Kerteminde, Danmark
+Broløkke, Kerteminde
+Rynkeby, Kerteminde
+Sct. Laurentius kirke, Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Søren J
+Andreas Larsen
+Johan Larsen
+Karl Schou
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Truntehuset er et hus på Klintevej syd for Kerteminde. Det tilhører herregården Lundsgård. Engang var der salg af kaffe og the m.v. i bygningen.
+Det er uvist, hvilket barn på 8 pund, der er blevet født.
+"Hovedet" er den yderste spids af Fyns Hoved. 
+Selskabet har drukket kaffe "oppe i Skoven": Der var servering både i Skovpavillonen og i Louisenlund i Lundsgårdskoven på den tid. 
+Broløkke er en herregård, der ligger lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alheds søster, Louise er på besøg med sin mand, Brønsted (Magisteren), og de tager på udflugter, får kaffe, cykler tur, spiser på hotellet og synger tostemmigt på Torvet. Alhed Larsen og gæsterne har også været i hestevogn til Fyns Hoved. De brød ind i Sybergs hus for at komme i tørvejr. 
+Alhed Larsen og drengene har fået en ugle fra Broløkke. Den får lunge at spise.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0Oc</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg kigger hver Dag om der ikke skulde være et Par Ord fra Dig. Vi har det alle godt, Magisterens kom Dagen efter, I var rejst, vi more dem paa alle mulige Maader. Første Dag tog vi dem til Truntehuset at drikke Kaffe, yndigt Vejr. Dagen efter cyclede Mag. og jeg til Rynkeby, de andre tog med Toget, der er kommen en dreng paa 8 Pund, alt staar godt til. I Gaar tog vi til F [ordene overstreget fra ”I”] Lørdag Aften gik vi paa Hotellet og spiste til Aften og drak Likører til Kl. 12, da vi gik derfra, stillede vi os op paa Torvet i Kirkedørsnichen og sang 2 stemmige Sange og samlede Opløb af alt hvad der endnu var paa Gaden, hvilket ikke var saa meget. I Gaar tog vi til Fyns Hoved, kørte Kl. 10 med Søren J’s Char à banc spiste i Kunstnerens Hus, mens Regnen strømmede ned, vi brød derind ved at tage Maven ud, senere klarede det af og vi gik en lang Tur ud paa Hovedet, hvor der var pragtfuldt, vi plukkede Evighedsblomster til en ny Guirlande. – I Dag har vi været oppe i Skoven at drikke Kaffe og fotografere Bordene! Værten var beæret.
+Nu gaar vi ud paa Hotellet og drikker en Thepunschssjus, saa Du ser, vi more dem det vi kan, Magisteren rejser i Morgen, Lugge bliver endnu et Par Dage. Jeg haaber I har det storartet deroppe, jeg glæder mig meget til at høre noget deroppe fra. Hils Lud mange Gange. Skriv nu et Par Ord. Du maa ikke sige til Skovs at vi har taget Bordene, de skal have [resten af teksten er skrevet ind på tværs over ”Kæreste Lavsi!”] et Kort med dem paa. Vi har faaet Uglen fra Brolykke, Drengene gik op og hentede den, den faar Lunge. 1000 Hilsner fra Din A.
+Mandag Aften</t>
+  </si>
+  <si>
+    <t>Sommer 1929</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Elena Larsen
+Johannes Larsen
+Peter Larsen</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsens tomatdrivhus var opvarmet. Varmeanlægget gav i 1932 en del problemer. 
+Det vides ikke, hvem Tykke og Dul var. 
+Køberne af Johannes Larsens store billede fra Romsø kendes ikke.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Johannes Larsen kan ikke komme på besøg hos Elena og Johan/Lysse lige nu. Andreas er ved at få opført et tomatdrivhus, og Johannes Larsen får købere af et stort billede på besøg samt også andre gæster. 
+Andreas spørger, om han må låne 400 kr. 
+Johannes Larsen nyder at være på Romsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lc4Z</t>
+  </si>
+  <si>
+    <t>Vend!
+Vend!
+Vend!
+Kære Lysse!
+Vi kommer desværre ikke over til dig denne Søndag heller. Der er meget i Vejen, nu skal du høre: For det første: hvad der optager mig den ganske Dag, og ligger mig paa Sinde om Natten: jeg er ved at faa bygget et Tomathus. Fabrikanten som byggede Drivhusene 1918 har lavet det, og han kommer og stiller det op Fredag eller Lørdag og saa kan jeg jo ikke tage herfra om Søndagen, da jeg ikke ved hvordan han vil indrette sig. For det andet venter Far i denne Uge de Mennesker som har bestilt det store Billede fra Romsø og for det 3die og 4de venter vi G[ulæseligt ord], Tykke og muligvis Dul hertil Lørdag og muligvis Magisterens Lørdag eller Søndag, saa du kan se der er nok at gøre! Men som vi har tænkt os at gøre Turen frem og tilbage paa en Dag, kan det jo være en hvilkensomhelst Søndag ellers. maaske den næste, hvis vi er færdige med at lægge Glas i Drivhuset til den Tid. Du skrev ["Du skrev" overstreget] da du skrev sidst, havde din Vigtighed bredt sig til, foruden din Søn, ogsaa at omfatte din Bankbog. Du kan vel ikke tænke dig at laane mig 400 Kr til November altsaa fra nu - November? S. u. s. (Svar udb. snarest) Far har det aabenbart godt paa Romsø, jeg taler med ham i Telefonen næsten hver Dag. -
+Nu fik jeg Brev fra din Kone, hun skriver, at det vilde passe bedre om vi kommer næste Søndag istedet, saa vil vi blive modtaget paa Jeres "Landsted". Det lyder lovende og passer altsaa ogsaa os godt.
 Mange Hilsner
-fra Puf
-[...18 lines deleted...]
-Jeppe Larsen
+Puf.</t>
+  </si>
+  <si>
+    <t>1895-5</t>
+  </si>
+  <si>
+    <t>Theodor Christoffer Delcomyn
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Jens Olsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Cappelen = Kappeln, en by i Nordtyskland.
+Der er en opremsning af købmand IA Larsens skibe: Rhea, Vilhelm, Adolph, Addy, Rigmor og Azela.</t>
+  </si>
+  <si>
+    <t>Søsteren Marie og faren er rejst til Sverige. Christine er på vævekursus. Georg passer købmandsforretning og skænkestue uden at drikke alkohol. Johannes Larsen skal hente en hundehvalp.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hYJm</t>
+  </si>
+  <si>
+    <t>Fredagaften
+Kjære Johannes!
+Ja du undrer dig nok at jeg er saa taus men Tiden løber fra mig og jeg er saa underlig tung i min hele Færd; men det er vel en Følge af de mange forskjellige Ting der kan trykke især Penge til den 10 min kjære Johannes er det en Umulighed. Fader og Marie rejste i Nat og han kommer tilbage Natten mellem Tirsdag og Onsdag for at blive nogle Dage og ordne Terminsdagene – saa kan han samtidig aflevere Træet til Sparekassen – nogle Penge fik han til at rejse med i Nat til det derovre.
+Vi har den Glæde at Træet er overordentlig smukt saa selv Meier [papir mangler] indrømme at det er alt [papir mangler] godt Delcomyn er henrykt
+Nu kan jeg da lukke Halsen paa dem deromme sagde han for de har ellers været [hovne] det er svært som det har oplivet Fader at det er saa gode Varer
+Boxhult [ulæseligt ord] saa kan [papir mangler] dog tænkes paa nogen [papir mangler]
+Indtægt med Tiden
+Jeg glæder mig til at Vilhelm kan passe den Forretning 1 Maanedstid at vi kan beholde Fader hjemme i Høstenstid det gjør ogsaa endel paa mit Houmør at han er saa meget borte herfra og alle I andre ogsaa – 
+Vilhelm kommer nok ned hos dig paa Søndag saa vil han fortælle om Dine det er mange pæne Ting de lærer at væve blot det kan slaa til med Kræfterne [papir mangler] jeg synes de saa begge [over] anstrengte ud – begge 2 –
+Nu vil jeg haabe lille Johannes at du maa kunne nøjes eller vi er maaske saa [lykkelige] at du bliver hjulpen paa anden Maade naar [papir mangler] Brev Brev der blev sendt [papir mangler] til fra Grossam Manden
+Ja Vilhelm har vel fortalt dig at Georg er saa ordentlig nu han smager aldrig bajersk Øl eller Spiritus og passer Forretningen saa godt som vi kan ønske det var det ikke skeet, saa vilde jeg da ogsaa have været helt ulykkelig
+Reha og Vilhelm ligger i Halmstad – Adolph her Addy i Cappelen Rigmor [papir mangler] Leth og nu skal vel saa Styrmanden hos Olsen have Azela
+Det er flovt med [alle] de Klatter men jeg [har] ikke Tid at gjøre det [om] og det betyder jo velkommen
+God nat da og lad mig endelig vide hvordan du klarer dig har Manden forlangt at du skal afhente Hvalpen en bestemt Dag?
+Kjærlig Hilsen fra din Moder som beder for Eder Alle</t>
+  </si>
+  <si>
+    <t>1946-05-31</t>
+  </si>
+  <si>
+    <t>B. Bach
+Ellen Branner
+Thora  Branner
+Wilhelm Branner
+Louise Brønsted
+Andreas Larsen
+Gudrun Larsen
+Ingrid Larsen
+Jens Larsen
+Johannes Larsen
+Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
-Ane Talbot</t>
-[...28 lines deleted...]
-1195</t>
+Søren  Melson
+Gull-Maj Norén
+Christine Swane
+Lars Swane
+Poul Uttenreitter
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen fyldte 70 år 29. maj 1946.
+Det vides ikke, hvad der menes med, at Poul Uttenreitter medbragte to koner til festen.</t>
+  </si>
+  <si>
+    <t>Elena Larsen har deltaget i Christine Swane/Uglens 70års fødselsdag, og hun fortæller om maden og vinen samt om, hvem hun talte med. 
+Else Larsen sagde, at Andreas/Puf Larsen havde ændret opførsel overfor Johannes Larsen/Las efter Johan/Lysse Larsens besøg i efteråret, så resultatet af rejsen var godt.
+Johannes Larsen har været i Jylland og male brushøns. Han vil gerne tale med Elena om noget en dag.
+Louise Brønsted/Tante Lugge har bedt om en snak med Elena en dag. Louise lød nervøs, og det gjorde Elena bekymret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7bEs</t>
+  </si>
+  <si>
+    <t>Fredag 31-5-46
+Kære Lysse!
+Du kan rigtignok tro det var et herligt Gilde hos Uglen. Jeg tror knap jeg nogensinde har moret mig saa godt til en større Festlighed som der, men saa var vi jo ogsaa kun et ganske udsøgt Selskab af næsten udelukkende Larsener med Tilbehør. Det eneste Skaar i Glæden ikke blot for mig var at vi manglede en saa fremstaaende Repræsentant for Slægten som lille Lysse Larsen deroppe fra Båshult og det beklagedes af mange. Men nu skal du høre: Først samledes vi hos Uglen som tog imod i Midten af et Væld af Gaver Blomster, Bøger, Vin, Chocolade, Frugt, Tobak, Billeder, Antikviteter (Jeg havde købt en flot klase blå Muskatdruer og nogle Pakker Cigaretter i Hälsingborg) Her kom Tinge, hans kone, Onkel Klaks og Gudrun og Søster, Las Puf og Else Frk Branner (en Søster til Tante Tuttes Mand) og Uglens Ungdomsveninde), Mehlsen og Gulmai Norén. Vi gik omkring og sludrede, spiste Konfekt og drak Vermouth indtil vi i sluttet Trop drog over til Lasse og Ursula hvor der var dækket et festligt Middagsbord i Ateliet. Mandse havde lavet Uorden i hele Bordplanen ved at tage mig til Bords, den var jo mægtog fin og vi havde det vældig fornøjeligt. Paa den anden Side af mig sad Bibbe og llige over for Lasse, saa jeg var paa alle Maader vel anbragt. Maden var dejlig og Vinen ligeledes, al den Rødvin vi kunde fylde os med og Madeira til Isen; i det hele taget fik vi saa overvældende meget godt at jeg ikke har været udsat for noget lignende i mit lange Liv. Efter middagen drak vi kaffe i Haven og der sad jeg og snakkede meget med Onkel Klaks han var i vældigt godt Humør og til synes glad ved at prate med mig, senere holdt jeg hus med Mandse, Puf Gul-Mai og Mehlsen. Puf var et helt andet Menneske end i Efteraaret og Else fortalte mig at dit Besøg i Kjerteminde havde haft en forunderlig Virkning paa ham, og hans Opførsel overfor Las helt ændret sig, saa du har altsaa haft et udmærket Resultat af din Rejse. Las talte jeg ikke saa meget med, han holdt til med Bach og Uttenreiter, men ogsaa han var i udmærket Humør og saa godt ud. Han har lige været i Jylland og gøre Studier af Brushaner til et Par Bestillinger han har og skal til Jylland igen paa Biltur med Johs. V.s. Jeg talte nu forresten en Del med ham alligevel kan jeg indse ["kan jeg indse" indsat over linjen] men ikke saa meget som jeg kunde have haft Lyst til, men han vil have fat i mig en Dag og saa kan det jo blive til mere. Efterhaanden blev kl en 2, 3 Stk. og saa fik vi Smørrebrød med Øl og Snaps og blev derefter kørt hjem i Bil. - Straalende! - Det var Synd du ikke var med for det var lige en Fest du vilde have nydt. Ja der er jo meget mere at fortælle om men det maa vente til jeg kommer hjem. I Morgen skal Jens og jeg til Næstved, i Dag skal jeg ud til Tante Lugge, jeg ringede til hende for at træffe Las, men han boede ikke der saa "saa" overstreget og saa var der noget hun vilde tale med mig om, som ikke egnede sig for Telefon, hun lød saa nervøs og medtaget saa jeg er rigtig urolig for hvad det kan være. - Jeg haaber I klarer Jer nogenlunde uden mig, ja det gør I naturligvis, jeg var ikke noget videre att ha i den senere Tid.
+1000 Hilsner fra din Bimsekone.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6417,59 +6526,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDZo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zoil" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AjCU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/28Xv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzA4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zoil" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AjCU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/28Xv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzA4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDZo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M160"/>
+  <dimension ref="A1:M161"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6507,7156 +6616,7197 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="J3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...10 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="B5" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="I5" s="5"/>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" s="5" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>50</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
-        <v>57</v>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>75</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>71</v>
+        <v>79</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>73</v>
+        <v>35</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>80</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>86</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>34</v>
+        <v>94</v>
       </c>
       <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J11" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F11" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K11" s="5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>96</v>
-[...12 lines deleted...]
-        </is>
+        <v>94</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>102</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>100</v>
+        <v>35</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>105</v>
+        <v>66</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-        </is>
+        <v>108</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
-        <v>107</v>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>110</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>111</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E14" s="5" t="s">
+      <c r="J14" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K14" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>116</v>
-      </c>
-[...10 lines deleted...]
-        <v>120</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="B15" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>122</v>
-      </c>
-[...21 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>17</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" s="5" t="s">
         <v>129</v>
-      </c>
-[...13 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="B17" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>136</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="B18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="C18" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>144</v>
-      </c>
-[...21 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>152</v>
-      </c>
-[...30 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-        </is>
+        <v>40</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>168</v>
-      </c>
-[...27 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="M22" s="5" t="s">
         <v>177</v>
-      </c>
-[...36 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="M23" s="5" t="s">
         <v>184</v>
-      </c>
-[...38 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>194</v>
-      </c>
-[...4 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>200</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
-[...6 lines deleted...]
-      <c r="G26" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F26" s="5" t="s">
         <v>204</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
         <v>205</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>206</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>106</v>
+        <v>203</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I27" s="5" t="s">
         <v>212</v>
       </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>214</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>219</v>
-      </c>
-[...19 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="L29" s="6" t="s">
         <v>227</v>
       </c>
-      <c r="B29" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>228</v>
-      </c>
-[...16 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="J30" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K30" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>236</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>242</v>
-      </c>
-[...13 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="I32" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="H32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>250</v>
       </c>
-      <c r="J32" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>251</v>
-      </c>
-[...4 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E33" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F33" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>256</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>257</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>253</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F34" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>261</v>
-[...5 lines deleted...]
-        </is>
+        <v>262</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>265</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>266</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>255</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H35" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H35" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>271</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>272</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>33</v>
-[...7 lines deleted...]
-        </is>
+        <v>275</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>276</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
       <c r="I37" s="5"/>
-      <c r="J37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J37" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>277</v>
-[...1 lines deleted...]
-      <c r="M37" s="5"/>
+        <v>286</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>287</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>66</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F38" s="5" t="s">
-        <v>279</v>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>280</v>
-[...5 lines deleted...]
-        <v>282</v>
+        <v>290</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K38" s="5" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>292</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>22</v>
+        <v>297</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>293</v>
+        <v>301</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>34</v>
+        <v>66</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>17</v>
-[...14 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>77</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>303</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>295</v>
-[...4 lines deleted...]
-        </is>
+        <v>70</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>304</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="s">
-        <v>298</v>
+      <c r="A41" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>261</v>
+        <v>76</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>307</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>301</v>
+        <v>309</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>303</v>
+        <v>311</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>304</v>
+        <v>312</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>305</v>
+        <v>313</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>212</v>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="s">
-        <v>309</v>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>310</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>84</v>
+        <v>133</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>307</v>
-[...14 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>320</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>322</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>66</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="s">
-        <v>324</v>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>84</v>
+        <v>70</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>331</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="5" t="s">
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="H45" s="5" t="s">
+      <c r="I45" s="5"/>
+      <c r="J45" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K45" s="5" t="s">
         <v>334</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="J45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K45" s="5" t="s">
+      <c r="M45" s="5" t="s">
         <v>336</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>260</v>
+        <v>289</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H46" s="5" t="s">
-        <v>340</v>
+      <c r="H46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I46" s="5"/>
       <c r="J46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K46" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="I47" s="5" t="s">
         <v>342</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G47" s="5" t="s">
+      <c r="J47" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>343</v>
       </c>
-      <c r="H47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>344</v>
       </c>
-      <c r="I47" s="5" t="s">
+      <c r="M47" s="5" t="s">
         <v>345</v>
-      </c>
-[...10 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K48" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E48" s="5" t="s">
+      <c r="L48" s="6" t="s">
         <v>350</v>
       </c>
-      <c r="F48" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G48" s="5" t="s">
+      <c r="M48" s="5" t="s">
         <v>351</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="M49" s="5" t="s">
         <v>357</v>
-      </c>
-[...34 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>16</v>
+        <v>359</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>366</v>
+        <v>212</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>35</v>
+        <v>360</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="s">
-        <v>367</v>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>361</v>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>370</v>
+        <v>233</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>371</v>
+        <v>362</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>373</v>
+        <v>364</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>374</v>
+        <v>365</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>253</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="s">
-        <v>343</v>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>377</v>
+        <v>367</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>84</v>
+        <v>133</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>378</v>
+        <v>368</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>379</v>
+        <v>369</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>381</v>
+        <v>371</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>382</v>
-[...5 lines deleted...]
-        </is>
+        <v>372</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>233</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>383</v>
+        <v>374</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>384</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>375</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>375</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>253</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="s">
-        <v>386</v>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>84</v>
+        <v>133</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>385</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="I54" s="5" t="s">
-        <v>393</v>
+        <v>386</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>22</v>
+        <v>387</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>85</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>392</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>22</v>
+        <v>133</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>399</v>
+        <v>395</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>400</v>
+        <v>396</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>402</v>
       </c>
-      <c r="H56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>403</v>
-      </c>
-[...11 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="E57" s="5" t="s">
         <v>407</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="5" t="s">
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>408</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="I57" s="5" t="s">
         <v>409</v>
       </c>
       <c r="J57" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K57" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>411</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>417</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="B59" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="H59" s="5" t="s">
+      <c r="J59" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>423</v>
       </c>
-      <c r="J59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G60" s="5" t="s">
+      <c r="J60" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K60" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="H60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>429</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="M60" s="5" t="s">
         <v>430</v>
-      </c>
-[...10 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>431</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="L61" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H61" s="5" t="s">
+      <c r="M61" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="I61" s="5" t="s">
+    </row>
+    <row r="62">
+      <c r="A62" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="J61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K61" s="5" t="s">
+      <c r="B62" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C62" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="L61" s="6" t="s">
+      <c r="D62" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="M61" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>440</v>
       </c>
-    </row>
-[...18 lines deleted...]
-      <c r="F62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="G62" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="K62" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>443</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>444</v>
-      </c>
-[...7 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="I63" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="J63" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>450</v>
       </c>
-      <c r="J63" s="5" t="s">
+      <c r="M63" s="5" t="s">
         <v>451</v>
-      </c>
-[...7 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="J64" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>458</v>
       </c>
-      <c r="J64" s="5" t="s">
+      <c r="M64" s="5" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K65" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="B65" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>464</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>465</v>
-      </c>
-[...13 lines deleted...]
-        <v>469</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>471</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>472</v>
-      </c>
-[...26 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="L67" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>479</v>
-      </c>
-[...13 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>487</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="B69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C69" s="5" t="s">
+      <c r="I69" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="J69" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>492</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>493</v>
       </c>
-      <c r="J69" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="I70" s="5"/>
+      <c r="J70" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K70" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>498</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>499</v>
-      </c>
-[...10 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>504</v>
       </c>
-      <c r="D71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>505</v>
-      </c>
-[...27 lines deleted...]
-        <v>510</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="M72" s="5" t="s">
         <v>511</v>
-      </c>
-[...40 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="M73" s="5" t="s">
         <v>518</v>
-      </c>
-[...40 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="I74" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="B74" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H74" s="5" t="s">
+      <c r="J74" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="J74" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>527</v>
       </c>
-      <c r="L74" s="6" t="s">
+      <c r="M74" s="5" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G75" s="5" t="s">
         <v>530</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>531</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>532</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>451</v>
+        <v>35</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>533</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>534</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>536</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>512</v>
+        <v>453</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>454</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>537</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>538</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>539</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>540</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>542</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>366</v>
+        <v>85</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>459</v>
+        <v>233</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>545</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>546</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>548</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>85</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>549</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>550</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>551</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>552</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>554</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>212</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>555</v>
       </c>
       <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>556</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>557</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>85</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>560</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>561</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>562</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>563</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>565</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>366</v>
+        <v>85</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>17</v>
+        <v>566</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>566</v>
+        <v>76</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>567</v>
       </c>
       <c r="J81" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K81" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>569</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="B82" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="J82" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>575</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="B83" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D83" s="5" t="s">
+      <c r="E83" s="5" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>580</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>581</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>459</v>
+        <v>582</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>491</v>
-[...9 lines deleted...]
-        </is>
+        <v>203</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>586</v>
-[...1 lines deleted...]
-      <c r="I84" s="5" t="s">
         <v>587</v>
       </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>588</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>589</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>591</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>307</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>505</v>
+        <v>40</v>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F85" s="5" t="s">
+        <v>592</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>451</v>
+        <v>595</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>596</v>
+        <v>598</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>597</v>
+        <v>599</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>512</v>
+        <v>600</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>601</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>451</v>
+        <v>604</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>512</v>
+        <v>609</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>491</v>
-[...9 lines deleted...]
-        </is>
+        <v>438</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>610</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>451</v>
+        <v>613</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>512</v>
+        <v>253</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>491</v>
+        <v>85</v>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>616</v>
+        <v>274</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>253</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>307</v>
+        <v>624</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>512</v>
+        <v>274</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>491</v>
+        <v>253</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H90" s="5" t="s">
+        <v>630</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>622</v>
+        <v>631</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>624</v>
+        <v>633</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>625</v>
+        <v>634</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>626</v>
+        <v>635</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>491</v>
+        <v>274</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>366</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>253</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>253</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="s">
-        <v>635</v>
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I92" s="5" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>616</v>
+        <v>253</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>85</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>491</v>
+        <v>66</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>647</v>
-[...3 lines deleted...]
-      </c>
+        <v>653</v>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>491</v>
+        <v>203</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>653</v>
-[...4 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>658</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>307</v>
+        <v>66</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>505</v>
-[...9 lines deleted...]
-        </is>
+        <v>203</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>658</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>366</v>
+        <v>203</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>307</v>
+        <v>58</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>66</v>
+      </c>
+      <c r="D99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>678</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>683</v>
+      </c>
+      <c r="I99" s="5"/>
+      <c r="J99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K99" s="5" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>681</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>66</v>
+      </c>
+      <c r="D100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>684</v>
-[...5 lines deleted...]
-        <v>459</v>
+        <v>600</v>
+      </c>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>687</v>
-[...1 lines deleted...]
-      <c r="M100" s="5" t="s">
         <v>688</v>
       </c>
+      <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>689</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>366</v>
+        <v>66</v>
+      </c>
+      <c r="D101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>690</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L101" s="6" t="s">
         <v>691</v>
       </c>
-      <c r="J101" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>692</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="K102" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>696</v>
       </c>
-      <c r="I102" s="5" t="s">
+      <c r="M102" s="5" t="s">
         <v>697</v>
-      </c>
-[...10 lines deleted...]
-        <v>700</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="H103" s="5" t="s">
         <v>701</v>
       </c>
-      <c r="B103" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H103" s="5" t="s">
+      <c r="I103" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="I103" s="5" t="s">
+      <c r="J103" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>703</v>
       </c>
-      <c r="J103" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>704</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>705</v>
-      </c>
-[...1 lines deleted...]
-        <v>706</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D104" s="5" t="s">
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K104" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="E104" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>710</v>
-      </c>
-[...10 lines deleted...]
-        <v>714</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="J105" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="L105" s="6" t="s">
         <v>715</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="M105" s="5" t="s">
         <v>716</v>
-      </c>
-[...13 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="I106" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="J106" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K106" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="I106" s="5"/>
-[...3 lines deleted...]
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>723</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>724</v>
-      </c>
-[...1 lines deleted...]
-        <v>725</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>726</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>727</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="J107" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="J107" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>729</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>730</v>
-      </c>
-[...1 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D108" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E108" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>733</v>
       </c>
       <c r="I108" s="5" t="s">
         <v>734</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>735</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>736</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>738</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>16</v>
+        <v>274</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>366</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>253</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
         <v>739</v>
       </c>
       <c r="I109" s="5" t="s">
         <v>740</v>
       </c>
       <c r="J109" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>741</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>742</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>744</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H110" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="D110" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E110" s="5" t="s">
+      <c r="I110" s="5" t="s">
         <v>746</v>
       </c>
-      <c r="F110" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H110" s="5" t="s">
+      <c r="J110" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K110" s="5" t="s">
         <v>747</v>
       </c>
-      <c r="I110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>748</v>
       </c>
-      <c r="J110" s="5" t="s">
+      <c r="M110" s="5" t="s">
         <v>749</v>
-      </c>
-[...7 lines deleted...]
-        <v>752</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K111" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="B111" s="5" t="s">
-[...24 lines deleted...]
-      <c r="I111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>754</v>
       </c>
-      <c r="J111" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K111" s="5" t="s">
+      <c r="M111" s="5" t="s">
         <v>755</v>
-      </c>
-[...4 lines deleted...]
-        <v>757</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="I112" s="5" t="s">
         <v>758</v>
       </c>
-      <c r="B112" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D112" s="5" t="s">
+      <c r="J112" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K112" s="5" t="s">
         <v>759</v>
       </c>
-      <c r="E112" s="5" t="s">
-[...17 lines deleted...]
-      <c r="I112" s="5" t="s">
+      <c r="L112" s="6" t="s">
         <v>760</v>
       </c>
-      <c r="J112" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K112" s="5" t="s">
+      <c r="M112" s="5" t="s">
         <v>761</v>
-      </c>
-[...4 lines deleted...]
-        <v>763</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="I113" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="B113" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D113" s="5" t="s">
+      <c r="J113" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="E113" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F113" s="5" t="s">
+      <c r="K113" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>767</v>
       </c>
-      <c r="I113" s="5" t="s">
+      <c r="M113" s="5" t="s">
         <v>768</v>
-      </c>
-[...10 lines deleted...]
-        <v>771</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="J114" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K114" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="B114" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>773</v>
       </c>
-      <c r="I114" s="5" t="s">
+      <c r="M114" s="5" t="s">
         <v>774</v>
-      </c>
-[...10 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>491</v>
+        <v>776</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K115" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>779</v>
       </c>
-      <c r="J115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K115" s="5" t="s">
+      <c r="M115" s="5" t="s">
         <v>780</v>
-      </c>
-[...4 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>783</v>
       </c>
-      <c r="B116" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>784</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="J116" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K116" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="J116" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>786</v>
       </c>
-      <c r="L116" s="6" t="s">
+      <c r="M116" s="5" t="s">
         <v>787</v>
-      </c>
-[...1 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="s">
         <v>789</v>
       </c>
-      <c r="B117" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H117" s="5" t="s">
+      <c r="I117" s="5" t="s">
         <v>790</v>
       </c>
-      <c r="I117" s="5" t="s">
+      <c r="J117" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K117" s="5" t="s">
         <v>791</v>
       </c>
-      <c r="J117" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K117" s="5" t="s">
+      <c r="L117" s="6" t="s">
         <v>792</v>
       </c>
-      <c r="L117" s="6" t="s">
+      <c r="M117" s="5" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="B118" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H118" s="5" t="s">
+      <c r="I118" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="I118" s="5" t="s">
+      <c r="J118" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K118" s="5" t="s">
         <v>797</v>
       </c>
-      <c r="J118" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>798</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>799</v>
-      </c>
-[...1 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H119" s="5" t="s">
+      <c r="I119" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="J119" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K119" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="J119" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>804</v>
       </c>
-      <c r="L119" s="6" t="s">
+      <c r="M119" s="5" t="s">
         <v>805</v>
-      </c>
-[...1 lines deleted...]
-        <v>806</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>807</v>
       </c>
-      <c r="B120" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H120" s="5" t="s">
+      <c r="I120" s="5" t="s">
         <v>808</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="J120" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K120" s="5" t="s">
         <v>809</v>
       </c>
-      <c r="J120" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>810</v>
       </c>
-      <c r="L120" s="6" t="s">
+      <c r="M120" s="5" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
         <v>813</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H121" s="5" t="s">
+      <c r="I121" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>815</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>816</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>817</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
         <v>818</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>366</v>
+        <v>15</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="F122" s="5" t="s">
-        <v>766</v>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="I122" s="5"/>
+      <c r="I122" s="5" t="s">
+        <v>821</v>
+      </c>
       <c r="J122" s="5" t="s">
-        <v>459</v>
+        <v>70</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>366</v>
+        <v>40</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>825</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>77</v>
+      </c>
+      <c r="F123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
         <v>826</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>827</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>459</v>
+        <v>828</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>832</v>
+        <v>16</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>366</v>
+        <v>438</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>833</v>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>451</v>
+        <v>836</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>491</v>
+        <v>274</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>366</v>
+        <v>253</v>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H125" s="5" t="s">
+        <v>841</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>840</v>
+        <v>843</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>841</v>
+        <v>844</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>842</v>
+        <v>845</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>843</v>
+        <v>846</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>70</v>
+        <v>274</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>253</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>844</v>
+        <v>847</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>845</v>
+        <v>848</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>846</v>
+        <v>849</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>847</v>
+        <v>850</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>848</v>
+        <v>851</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>849</v>
+        <v>852</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>366</v>
+        <v>85</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>850</v>
+        <v>853</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>851</v>
+        <v>854</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>459</v>
+        <v>233</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>852</v>
+        <v>855</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>853</v>
+        <v>856</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>854</v>
+        <v>857</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>855</v>
+        <v>858</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>16</v>
+        <v>776</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>366</v>
+        <v>253</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>856</v>
+        <v>859</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>857</v>
+        <v>860</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>459</v>
+        <v>233</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>858</v>
+        <v>861</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>859</v>
+        <v>862</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>861</v>
+        <v>864</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>862</v>
-[...2 lines deleted...]
-        <v>863</v>
+        <v>212</v>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>866</v>
+        <v>133</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>867</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>868</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>869</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>870</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>66</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
         <v>871</v>
       </c>
       <c r="I130" s="5" t="s">
         <v>872</v>
       </c>
       <c r="J130" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K130" s="5" t="s">
         <v>873</v>
       </c>
-      <c r="K130" s="5" t="s">
+      <c r="L130" s="6" t="s">
         <v>874</v>
       </c>
-      <c r="L130" s="6" t="s">
+      <c r="M130" s="5" t="s">
         <v>875</v>
-      </c>
-[...1 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="5" t="s">
         <v>877</v>
       </c>
-      <c r="B131" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D131" s="5" t="s">
-        <v>366</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>366</v>
+        <v>878</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>85</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="s">
-        <v>883</v>
+      <c r="H132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I132" s="5" t="s">
         <v>884</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>885</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>886</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>887</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>888</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>512</v>
+        <v>66</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
         <v>889</v>
       </c>
       <c r="I133" s="5" t="s">
         <v>890</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>891</v>
       </c>
       <c r="L133" s="6" t="s">
         <v>892</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>893</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
         <v>894</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D134" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="E134" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F134" s="5" t="s">
+      <c r="I134" s="5" t="s">
         <v>896</v>
       </c>
-      <c r="G134" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H134" s="5" t="s">
+      <c r="J134" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K134" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="I134" s="5" t="s">
+      <c r="L134" s="6" t="s">
         <v>898</v>
       </c>
-      <c r="J134" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K134" s="5" t="s">
+      <c r="M134" s="5" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="I135" s="5" t="s">
         <v>902</v>
       </c>
-      <c r="B135" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H135" s="5" t="s">
+      <c r="J135" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K135" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="I135" s="5" t="s">
+      <c r="L135" s="6" t="s">
         <v>904</v>
       </c>
-      <c r="J135" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K135" s="5" t="s">
+      <c r="M135" s="5" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="B136" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C136" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="D136" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
         <v>908</v>
       </c>
-      <c r="B136" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C136" s="5" t="s">
+      <c r="I136" s="5" t="s">
         <v>909</v>
       </c>
-      <c r="D136" s="5" t="s">
+      <c r="J136" s="5" t="s">
         <v>910</v>
       </c>
-      <c r="E136" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H136" s="5" t="s">
+      <c r="K136" s="5" t="s">
         <v>911</v>
       </c>
-      <c r="I136" s="5" t="s">
+      <c r="L136" s="6" t="s">
         <v>912</v>
       </c>
-      <c r="J136" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K136" s="5" t="s">
+      <c r="M136" s="5" t="s">
         <v>913</v>
-      </c>
-[...4 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E137" s="5" t="s">
         <v>916</v>
       </c>
-      <c r="B137" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F137" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>917</v>
-[...1 lines deleted...]
-      <c r="I137" s="5" t="s">
         <v>918</v>
       </c>
+      <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>451</v>
+        <v>919</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>923</v>
+        <v>915</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>366</v>
+        <v>40</v>
       </c>
       <c r="E138" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F138" s="5" t="s">
         <v>924</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
         <v>925</v>
       </c>
       <c r="I138" s="5" t="s">
         <v>926</v>
       </c>
       <c r="J138" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="K138" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="K138" s="5" t="s">
+      <c r="L138" s="6" t="s">
         <v>928</v>
       </c>
-      <c r="L138" s="6" t="s">
+      <c r="M138" s="5" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>915</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H139" s="5" t="s">
         <v>931</v>
       </c>
-      <c r="B139" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H139" s="5" t="s">
+      <c r="I139" s="5" t="s">
         <v>932</v>
       </c>
-      <c r="I139" s="5" t="s">
+      <c r="J139" s="5" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>934</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>935</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
         <v>937</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>505</v>
+        <v>145</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G140" s="5" t="s">
+        <v>938</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>938</v>
-[...1 lines deleted...]
-      <c r="I140" s="5"/>
+        <v>939</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>940</v>
+      </c>
       <c r="J140" s="5" t="s">
-        <v>459</v>
+        <v>35</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>896</v>
+        <v>51</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>451</v>
+        <v>70</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>70</v>
+        <v>951</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>505</v>
+        <v>66</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>746</v>
+        <v>952</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G142" s="5" t="s">
+        <v>953</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>451</v>
+        <v>35</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>923</v>
+        <v>66</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>505</v>
-[...4 lines deleted...]
-        </is>
+        <v>85</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>566</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>961</v>
+        <v>66</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>963</v>
+        <v>85</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="I144" s="5"/>
+        <v>85</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>966</v>
+      </c>
       <c r="J144" s="5" t="s">
-        <v>965</v>
+        <v>133</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>961</v>
+        <v>66</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>746</v>
-[...2 lines deleted...]
-        <v>970</v>
+        <v>77</v>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
         <v>971</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>972</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>965</v>
+        <v>233</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>973</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>974</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>976</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>366</v>
+        <v>15</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
         <v>977</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>978</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>459</v>
+        <v>70</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>979</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>980</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>982</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>923</v>
+        <v>15</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>505</v>
+        <v>66</v>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G147" s="5" t="s">
+        <v>983</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>451</v>
+        <v>70</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>366</v>
+        <v>85</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>459</v>
+        <v>992</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>895</v>
-[...5 lines deleted...]
-        <v>995</v>
+        <v>85</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>85</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>459</v>
+        <v>133</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>307</v>
+        <v>253</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>491</v>
+        <v>85</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>16</v>
+        <v>253</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>895</v>
-[...5 lines deleted...]
-        <v>1014</v>
+        <v>85</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
         <v>1015</v>
       </c>
       <c r="I152" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K152" s="5" t="s">
         <v>1017</v>
       </c>
       <c r="L152" s="6" t="s">
         <v>1018</v>
       </c>
       <c r="M152" s="5" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>895</v>
-[...5 lines deleted...]
-        <v>995</v>
+        <v>76</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
         <v>1021</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>1022</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>451</v>
+        <v>35</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>1023</v>
       </c>
       <c r="L153" s="6" t="s">
         <v>1024</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>1025</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
         <v>1026</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>505</v>
+        <v>76</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>17</v>
+        <v>1027</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>459</v>
+        <v>233</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>895</v>
+        <v>85</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>77</v>
+      </c>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1033</v>
-[...1 lines deleted...]
-      <c r="I155" s="5"/>
+        <v>1034</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>1035</v>
+      </c>
       <c r="J155" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>895</v>
+        <v>85</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>995</v>
+        <v>77</v>
+      </c>
+      <c r="F156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="I156" s="5"/>
+        <v>1040</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>1041</v>
+      </c>
       <c r="J156" s="5" t="s">
-        <v>451</v>
+        <v>233</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1041</v>
+        <v>800</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>961</v>
+        <v>253</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>106</v>
-[...5 lines deleted...]
-        <v>963</v>
+        <v>85</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>1044</v>
+        <v>133</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>895</v>
+        <v>66</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>114</v>
-[...7 lines deleted...]
-        </is>
+        <v>77</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="s">
+        <v>1051</v>
       </c>
       <c r="H158" s="5" t="s">
-        <v>505</v>
-[...1 lines deleted...]
-      <c r="I158" s="5"/>
+        <v>1052</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>1053</v>
+      </c>
       <c r="J158" s="5" t="s">
-        <v>451</v>
+        <v>70</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>307</v>
+        <v>76</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>505</v>
+        <v>85</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1053</v>
-[...1 lines deleted...]
-      <c r="I159" s="5"/>
+        <v>1058</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>1059</v>
+      </c>
       <c r="J159" s="5" t="s">
-        <v>451</v>
+        <v>133</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1054</v>
+        <v>1060</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1055</v>
+        <v>1061</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1056</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1057</v>
+        <v>1063</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>307</v>
+        <v>49</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>66</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>451</v>
+        <v>70</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1061</v>
+        <v>1067</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1062</v>
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B161" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C161" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J161" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>1072</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>1074</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13777,44 +13927,45 @@
     <hyperlink ref="M136" r:id="rId141"/>
     <hyperlink ref="M137" r:id="rId142"/>
     <hyperlink ref="M138" r:id="rId143"/>
     <hyperlink ref="M139" r:id="rId144"/>
     <hyperlink ref="M140" r:id="rId145"/>
     <hyperlink ref="M141" r:id="rId146"/>
     <hyperlink ref="M142" r:id="rId147"/>
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
+    <hyperlink ref="M161" r:id="rId166"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>