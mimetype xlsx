--- v1 (2025-11-18)
+++ v2 (2026-03-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1738" uniqueCount="1075" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1806" uniqueCount="1115" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2557,50 +2557,88 @@
 Jonas Larsen
 Peter Andreas Larsen
 Alhed  Møhl, Lysses datter
 Marie Neckelmann</t>
   </si>
   <si>
     <t>Belåten (svensk): Tilfreds, glad 
 Hins (svensk): Den anden</t>
   </si>
   <si>
     <t>Christine Mackie takker for 10 dejlige dage på Båxhult. Hjemrejsen var hård, for da hun kom til Malmø, gik færgen først den følgende morgen. En stationsforstander var sød og lod hende sove i en tom passagervogn. Han kom også med uldtæppe og pude til hende og vækkede hende næste morgen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8EAa</t>
   </si>
   <si>
     <t>2/9-48.
 Hils Frøken Kylle og sig Tak for Lån! Jeg har et grundet Håb om at få fat på en svensk do.!
 Kære Lysse og Bimse!
 Inden jeg begynder Beretningen om min eventyrlige Hjemrejse, vil jeg sige jer så mange Tak for de 10 dejlige Dage! for Ro og Fred og Hvile og Opmuntring og god og forsvarlig Behandling i alle mulige Retninger! På det Område, hvor i År stod tilbage for ifjor, er I Sagesøse, det må Vorherre tage på sin Kappe når han er så hensynsløs at lade det regne over os retfærdige.
 Jeg kom så godt til Halmstad i jeres lille Tog, hvor det trak forbandet, hvor end jeg anbragte mig.
 I Halmstad fik jeg det første Chock, idet en Banemand sagde, at snälltoget til Malmø var gået for 2 Min. siden, men da det viste sig, at der gik et andet 1/2 Time efter, kom jeg hurtigt til mig selv. Jeg havde en meget rar Rejse til Malmø - når jeg sad på begge mine Ben i Sofaen, dér trak det næmlig også iskoldt om Fødderne. I Malmø gik jeg strax glad og tillidsfuld ud og fik min Kuffert udleveret, og skulde så have et Stadsbud til at bære den ud til Båden - hvad for en Båd? spurgte han ja, den til Kbh - - der var ingen før næste Morgen Kl. 1/2 7!! Det var en så barok Situation, at jeg brast i Grin! men det var jo i sig selv ikke særlig morsomt, da Pengene ikke rakte til Hotel og jeg ikke, som Statsbud-Formanden foreslog kunde tænke mig at gå på Gaden, når Stationen stängtes. Jeg anråbte dem om at anvise mig en overordnet, som kunde råde mig og foreholdt dem, at det var Liv eller Helbred om at gøre, men det sked de på; de var frække nok til at sige, at jeg måtte tage min koffert med, som stod på Skranken, men så blev jeg gal og tvang dem til at finde min Garantiseddel i det bortkastede Affald. Jeg gik så ud i Hallen og spejdede efter en Uniform, men fandt ingen; så kom jeg i Tanker om Garderoben, og dér var endelig et Medmenneske, og han viste mig Vejen til Stationsforstanderens Kontor - langt borte og for mine beskedne Åndsevner svært at finde, men det lykkedes da, og jeg udøste nu mit Hjærte for en smuk og sympatisk Herre i fin Uniform; han og hans ikke mindre tiltalende unge Assistent hørte med Deltagelse om mine Besværligheder og min Beretning om den dumme Hins i Landeryd; jeg spurgte, om der ikke var et Hul et Sted på Stationen, hvor jeg kunde få Lov at være om Natten! Jo, jeg skulde gå med ham, så skulde han vise mig til Rette; vi foretog så en Fodtur langt ud i Systemet, hvor der stod en ensom III Kl. Jernbanevogn med Påskrift, at den ikke måtte kobles til noget Tog; der gik vi ind og beså Lejligheden, som jo var helt tiltalende; jeg satte min Håndkuffert og fulgte med ham tilbage for at se, om der var åbent i Restauranten - det var der, i I Kl.s og der var lunt og rart, og jeg spiste to smörgåser og drak mindst en Liter The. Så gik jeg da de lukkede Kl. 11, ud og købte nogle Aviser mod Kulden - jeg bad om de tykkeste! det var svenska Dagbladet. Hermed vandrede jeg ud på Linjen og ind i mit bramfri Nattekvarter; men tænk, lidt efter kom Forstanderen bærende med en Pude og det største og tykkeste Uldtæppe, jeg har set! var det da ikke ualmindelig sødt! - Jeg stak Hovedet gennem en Avis, under Trøjen, så den holdt mig varm på Ryg og Bryst, og så gik jeg i Seng, godt vøvet ind i det dejlige Tæppe, som holdt mig fuldstændig varm; jeg faldt godt nok i Søvn, men vågnede senere ved en brutal Trampen i min Vogn og en Lygte i Ansigtet, to Mænd spurgte, om jeg havde Tilladelse til at ligge der - det havde jeg jo, og så forsvandt de, og jeg faldt igen i Søvn. Kl. 4 kom en Mand og vækkede mig, af Opmærksomhed, for hvis jeg skulde med Stockholmsexpressen, så gik den snart. Derefter turde jeg ikke lægge mig til at sove igen, men stod op Kl. 1/2 5 og spaserede op og ned ad Gulvet en Timestid, svøbt i Uldtæppet. Kl. 1/2 6 kom den Engel til Forstanderen for at se, at jeg ikke sov over mig! Jeg forklarede ham, at han havde reddet mit gamle Liv med Tæppet . hvilket sikkert var den rene Sandhed, og han smilede belålen, jeg var sgu lige ved at kysse ham. Jeg skrev et sødt Brev til ham, da jeg kom hjem og takkede ham med sort på hvidt. 
 Resten gik glat, og Morgenkaffen på Færgen var noget af det underfuldeste, jeg har nydt. Ingen aner vist, hvor man bliver sprælsk og lebendig efter en Nat i en enlig Jernbanevogn og meget lidt Søvn! Jeg blev det i den Grad, at jeg gav mig til at føre en spøgefuld Samtale på fransk med en Herre ved mit Bord! Med Kufferterne var der [det følgende skrevet s. 3; lodret i venstre margen:] ingen Besvær; jeg kom hjem Kl. 1/2 10 og burde være gået på Hovedet i Arbejde med mine Sedler - men jeg må dog indrømme, at jeg den Dag ikke hørte til de arbejdsvillige; næste Dag var jeg all right og er det fremdeles. Hermed slutter [det følgende skrevet s. 4; i venstre margen, lodret:] Beretningen om Tante Mornines store Udenlandsrejse. 1000 Hilsner til jer alle!</t>
   </si>
   <si>
+    <t>1951-08-19</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens søn og svigerdatter boede på gården Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører med Elena/Bimse Larsen til København og videre til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/At2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I kuverten:]
+Kjerteminde 19 Aug. 1951.
+Kære Grevinde
+Tak for Dit Brev. Jeg skal nu om lidt til Odense for at hente Pas og Penge. Bimse er nemlig kommen lidt før Lysse havde bebudet, og i Morgen kører jeg med hende til Kjøbenhavn og fortsætter saa i Overmorgen til Båxhult. Jeg tænker jeg bliver der til først i October og bliver saa nogle Dage i Kjøbenhavn paa Hjemvejen. Jeg skal meddele Dig naar jeg kommer til Kjøbenhavn.
+Mange Hilsener
+Din hengivne
+Johannes Larsen
+P.S.
+Hils Adam og Elisabeth
+JL.</t>
+  </si>
+  <si>
     <t>1899-9</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Ludvig Brandstrup, billedhugger
 Christine  Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen samt deres lille søn opholdt sig på Larsen-familiens gård Båxhult i Småland i sensommeren 1899. Berta og Ludvig Brandstrup var hos dem en tid, og Laura Warberg samt flere af Alheds søstre også. 
 Signaturen på brevet er svært læselig, men der står formodentlig Louise. Laura Warberg nævnte i et brev, at Muk/Louise skulle gå til Landeryd Station uden sin bagage - hun ville få sit tøj på et senere tidspunkt - og dette passer med indholdet af dette brev.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0034</t>
   </si>
   <si>
     <t>Louise skriver brev i et rystende tog mellem Halmstad og Helsingborg. Hun er gået til Landeryd uden sin bagage, og hun trak på vejen to små træer op ved rode. Louise er spændt på, om de vil gro derhjemme. Der var skønt på Båxhult, og Louise har været med Ludvig Brandstrup på jagt. Nu når hun til Hallandsåsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/roCY</t>
   </si>
   <si>
     <t>Toget mellem Halmstad og Helsingborg.
@@ -3986,50 +4024,205 @@
 Johannes Larsen kommer den 13. for at deltage i Christa Knuths fødselsdag.
 Peter fra Båxhult har været på besøg.
 Larsen spørger, om Christa Knuth fik byttet den villa, som hun havde købt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/CaeP</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej 16.
 Maribo. 
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde 
 [Julemærke 1948]
 [I brevet:]
 Kjerteminde 8 Decbr. 1948.
 Kære Grevinde!
 Tak for Brevet I Dag. Jeg forstaar at det maa have været svært for Dig at sige Farvel t Knuthenborg. Jeg er lige staaet op efter at have ligget af Forkølelse en 14 Dages Tid og er lidt sløj endnu. Den Forkølelse kom mig meget ubelejligt, den 15tende skulde Puf have kørt mig til Kolding hvor Oberst Helge Jensen der er Kommandant i Tønder skulde hente mig. Jeg var inviteret til en Jagt den 26 og senere skulde vi paa en anden Jagt nede ved Slien, saa jeg skulde have Pas med, og saa skulde vi have været til Rømø og i det hele se os om i Omegnen. Det var en Tur jeg havde glædet mig vældigt til og saa fik jeg en voldsom Snue Dagen før og laa med Feber i nogle Dage. Men saa sagde Obersten i Telefonen at jeg kunde komme der ned, naar jeg blev rask, saa skulde jeg baade komme til Slien og til Rømø. Jeg har ogsaa aftalt en Tur med en herværende Fisker til Hatterevet, en tør Grund mellem det nordlige Samsø og Sejerø. Det skal være henunder Jul, en Dag med godt Vejr og helst Solskin. Det er en Heldagstur, herfra ved 8 Tiden, der oppe ved Middagstid og saa hjem igen. Sagen er at jeg har faaet Bestilling paa et Billede med Motiv derfra til 5000 Kr. som skal leveres omkring første Marts. Saa Du ser jeg har nok at gøre. Alligevel vil jeg gerne komme til Din Fødselsdag, dersom det kan lade sig gøre. Jeg skal vel i saa Fald komme den 13 og og saa rejse hjem igen d. 15. Vi havde Besøg af Peter fra Båxhult i Forgaars, han havde været et Par Dage paa Lundsgaard. Han er en sød Dreng og saa synes jeg han havde forskønnet sig meget siden jeg sidst saa ham. Her har vi det ellers godt og nu skal jeg til at gaa lidt ud og se at komme i Orden igen. Det er en væmmelig Fornemmelse at have spildt et Par Uger, naar man i Forvejen synes at man har altfor lidt Tid til sin Raadighed, men det er der jo desværre ikke noget at gøre ved. Du undskylder nok at der gik et Hjørne af Papiret da jeg rev det af, men jeg gad ikke begynde forfra. Jeg skal hilse fra Else og Puf. Fik Du saa byttet den Villa Du havde købt? eller er det den Du bor i? Mange Hilsener fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Elena Larsen
+Oscar Larsson
+Minna Lorentsen
+Poul Lorentsen
+Aage Madelung
+Hans Christian Mortensen
+Carl Rasmussen
+Holger Rasmussen
+Ambrosius Stub
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Ifølge Bibliotek.dk er der ikke udkommet en digtsamling af Ambrosius Stub, hvor Holger M. Rasmussen er anført som udgiver.
+Hans Christian Cornelius Mortensen, også kaldet Fugle-Mortensen var en dansk ornitolog. Han var den første i verden til systematisk at bruge ringmærkning af fugle til videnskabeligt formål. Sammen med bl.a. Eiler Lehn Schiøler var han medstifter i 1906 af Dansk Ornitologisk Forening. I 1952 blev der i Viborg afsløret en mindetavle for Hans Chr. C. Mortensen. Tavlen er anbragt på den gamle katedralskoles mur ud mod Latinerhaven. (Wikipedia maj 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet akvareller fra haven og af Vinhuset, der fylder 100 år. Han har lavet vignetter til en Ambrosius Stub-udgivelse og tegninger til en mindeplade over Hans Christian Mortensen. 
+Jeppe er kommet hjem fra et par ugers ophold i England. 
+C.W. Rasmussen vil gerne komme til Båxhult og lære Johan/Lysse og Elena/Bimse noget om kalkuner. 
+Der er kyllinger på Møllebakken. Andreas/Puf brygger. 
+Fignerne falder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Eiyn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1951. 
+Kære Lysse!
+Det er vist længe siden I har hørt noget herfra. Jeg har malet en ½ Snes Akvareller med Blomster og et Par fra Haven den ene med Lysthuset der fylder 100 Aar til næste Aar. Siden har jeg lavet en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger M. Rasmussen er i Gang med. Jeg har ogsaa lavet Tegninger til en Mindeplade for H. Chr. Mortensen til Viborg, desværre medfører det at jeg maa rejse til Kjøbenhavn for at gravere i en Gibsafstøbning som Bronzepladen skal støbes over. Jeppe er nu kommen hjem fra sin Englandsrejse der varede 14-16 Dage og som han havde megen Fornøjelse af. Jeg kan hilse fra C.W Rasmussen Iglekjærgaard, at dersom I har Lyst til at høre nogle gode Raad om Kalkunopdræt, er han villig til at besøge Jer en Gang i Efteraaret, imod et Maaltid Mad og Nattely. Han er Afholdsmand saa dersom det bliver til noget maa I anskaffe et Par Flasker Svagdricka. Mon det bliver til noget med Poul Lorentsens? Fik Du det ordnet med Oscar Larsson? Lorentsens Kone er Søster til afdøde Forfatter Aage Madelung. Vi har en Høne med 5 Kyllinger der er 3 Uger gamle, der har ikke været flere skønt den laa paa 11 Æg, men den var vældig flink til at passe paa dem. I Dag kom der en med 2 Kyllinger den havde ligget paa 5 Æg. Puf har travlt med at brygge saa han kan have noget at sælge af naar det frigives. Forøvrigt er han bange for at det første ikke kan blive lagret nok til den Tid, men han er jo altid saa sort paa al Ting. Vi har haft et Kuld Stillitser i en af Hyldene foran Huset. Bimses Nellike blomstrer. Jeg havde ventet mig en hel Del af Figentræet der var ansat en Mængde Frugter men de er falden af som halvstore, saa jeg tror ikke der bliver mere end en halv Snes Stykker modne. Mange Hilsner fra os alle her til Jer alle sammen
+Din Far.</t>
+  </si>
+  <si>
     <t>1942-08-28</t>
   </si>
   <si>
     <t>Thora  Branner
 Elise Hansen
 Andreas Larsen
 Elena Larsen
 Erik Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Jens Larsen
 Jeppe Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Gudmund Larsen 
 Kirsten Larsen, Elena Larsens veninde
 Thomas Madsen-Mygdal
 Erhard Meyer
 Marie Meyer
 Sophus  Meyer
 Alhed  Møhl, Lysses datter
@@ -4114,50 +4307,82 @@
   <si>
     <t>1927-06-01</t>
   </si>
   <si>
     <t>Båxhult
 Island</t>
   </si>
   <si>
     <t>Faaborg Museum, Johannes Larsens arkiv, Breve til familien Rasmussen.</t>
   </si>
   <si>
     <t>Johannes Larsen skriver til Holger Rasmussen angående nogle træsnit og betalingen herfor.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Vu4Z</t>
   </si>
   <si>
     <t>Kjerteminde 1 Maj Juni 1927
 Kære Holger Rasmussen!
 Tak for Pengene og Deres Brev som jeg fik her lige som jeg var ved at rejse til Bogø for at lave nogle Tegninger til Friis´s Bog. Derfor hører De først nu fra mig. Jeg bildte mig ind at jeg i mit Brev fra Båxhult havde gjort Dem opmærksom paa at naar der var 2 af de smaa Træsnit, kom det af at jeg skulde skrive og bede min Søn trykke dem, og ikke kunde huske hvilket det drejede sig om, samt at det var min Mening, at De skulde have dem begge. Dette maa jeg altsaa ikke have gjort og der er 40 Kr for mange i det Beløb De sender. Jeg vil nu spørge om De vil have disse Penge igen, eller om De vil foretrække at faa sendt et Tryk af Sneppen som Vederlag?
 Jeg rejser til Island d. 8 Juni for at lave Tegninger til de Sagaoversættelser eller rettere til Indledning af dem. Venlig Hilsen ogsaa fra min Kone til Dem og Deres Kone.
 Deres hengivne
 Johannes Larsen</t>
   </si>
   <si>
+    <t>1951-11-22</t>
+  </si>
+  <si>
+    <t>L.R.S. Carstensen
+Marius Christiansen
+Else Jensen
+Christa Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Båxhult var en af Larsen-familiens skovgårde Landeryd i Småland.
+Gustav Carlsson arrenderede (forpagtede) al Båxhults jord i 1927. Kjellberg ønskede at forpagte Bommen, som var en af torperne på Båxhult. Om arrangementet blev til noget, vides ikke, men da Johan Larsen (Alhed og Johannes Larsens søn) i 1930 overtog Båxhult, flyttede han huset Bommen til Båxhult og omdannede det til vaskehus. Bygningen blev siden kaldt Bommastugan. (Dette oplyst af Jens Larsen, søn af Johan Larsen 2018).</t>
+  </si>
+  <si>
+    <t>Man kan lave fuglelim ved at koge rå linolie, men det lugter slemt. 
+Johannes Larsen har været i København og også på Lolland, hvor han kørte rundt med Christa Knuth.
+Han er blevet færdig med nogle småbestillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g3CC</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Novbr. 1951.
+Kære Lysse og Bimse.
+Det er en Skandale at jeg først nu faar samlet mig sammen til at skrive og takke Jer for den dejlige Tid paa Båxhult. Tusind Tak. Og Tak for Brevet Lysse. Jeg har talt med Christiansen om det Fugelim. Raa Linolie koges til det bliver seigt, det er det hele, men det lugter forbandet saa Det maa helst foregaa i Bommastugan. Her var en Stillits for et Par Dage siden i en Burre jeg havde ladet staa i Græsplænen udfor Spisestuen, men jeg har ikke set den siden. Jeg var en Uges Tid i Kjøbenhavn hos Else og endnu et Par Dage hos Grevinden, hvor vi kørte nogle Ture omkring paa Lolland saa nu har jeg snart set hele Øen. Puf og Else hentede mig i Svendborg. Siden har jeg haft travlt med nogle Smaabestillinger. Jeg fik lavet den Akvarel færdig til L.R.S. Carstensen og har sendt den men ikke hørt fra ham endnu. Vi har det godt her og haaber det samme er Tilfældet hos Jer. Mange Hilsener til Jer allesammen ogsaa fra Puf og Else og Børnene.
+Din Far.</t>
+  </si>
+  <si>
     <t>1926-08-13</t>
   </si>
   <si>
     <t>Frederiksberg</t>
   </si>
   <si>
     <t>Uraniavej, Frederiksberg
 Rungsted Badehotel
 Fiilsø
 Långaryd, Sverige</t>
   </si>
   <si>
     <t>-  Clausen, køber
 - Højmark
 Vagn Jacobsen
 - Kappel
 Frithiof Kemp
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Hakon Spærck</t>
   </si>
   <si>
     <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
 Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
 Bif og Peter er hunde.</t>
@@ -5427,53 +5652,50 @@
 Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
 Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
 Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vy50</t>
   </si>
   <si>
     <t>Lindøgård d. 25-4-1938
 Kæreste lille Dis!
 Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
 Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
 2
 delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
 Saa var der vores Odensetur i Gaar, den 
 3
 må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
 Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
 4.
 lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
 [Skrevet langs sidste sides venstre kant:]
 Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
   </si>
   <si>
     <t>1947-10-04</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Marie Larsen
 Ib Marryat Johansen
 Lauritz Pedersen
 Ole Petersen
 Peter Rohde
 Janna Schou
 Christine Swane
 Anna Tinesen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer</t>
   </si>
@@ -5885,50 +6107,89 @@
     <t>Jørgen Hermann Kruuse
 Adolph Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>"male Voxdugen": der er tale om voksdugen på billedet Christian Andersen lader patroner.
 "er i Gang med at flytte": familien har solgt ejendommen Båxhult i Sverige. 
 "den vestlige Bane": jernbanen mellem Kerteminde og Odense er ved at blive anlagt, og den kom til at gå over familien Larsens marker, lige bag deres Svanemøllen.
 "Skipperen paa Azela": en skipper fra Nibe har købt I.A. Larsens skib Azela.</t>
   </si>
   <si>
     <t>Johannes Larsen har malet på voksdugen på Christian Andersen lader patroner. Billedet skal nok af sted til Den Frie.
 Hans forældre er i Sverige og i gang med at flytte.
 Skipperen, som købte I.A. Larsens skib, Azela, har været på uanmeldt besøg, og han var fuld, men han overnattede i købmandsgården.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mcSx</t>
   </si>
   <si>
     <t>Kjerteminde 16/3 1898.
 Min egen Kæreste!
 Tak for Dit Brev i Dag. [noget af papiret mangler] Du se Du fik alligevel [noget af papiret mangler] i Gaar, men det fik jeg [noget af papiret mangler] saa det var nok Dig de[noget af papiret mangler] turde fordi Agraren og [noget af papiret mangler] drillede. Jeg fik for resten Brev fra Agraren i Gaar. Han skrev at I kom godt til Odense men Du var rigtignok noget søvnig og Du sad og ”smaa sov” hele Tiden, det er nok Dig der ikke kan taale noget. Han skriver ogsaa: ”jeg kunde jo nok hilse dig fra hende, men Du har vel sagtens fået Brev fra hende føre du får dette. Sikken en Masse Fejltagelser. Solskinsvejret i Gaar Formiddags benyttede jeg til at male Voxdugen igen [noget af papiret mangler] her hjemme og male [noget af papiret mangler] paa den dernede i [noget af papiret mangler] Eftermiddags og paa Ansigtet. Jeg tror nu ikke at Billedet bliver stort anderledes end det er, hvis det skal af Sted paa Lørdag eller Tirsdag og det bliver vel Resultatet. Det glæder mig meget at høre at Din Fader er begyndt at komme sig. Der var et langt Brev fra Moder i [noget af papiret mangler] de har det godt deroppe og er i Gang med at flytte. Det var ellers kun et lille Brev jeg fik fra Dig i Dag, men i Morgen faar jeg vel Brev igen. Jeg har lige været henne at skrive til [noget af papiret mangler] og Moder og til Marie og sendte Deres Brev [noget af papiret mangler] nu i Aviserne at Minis[noget af papiret mangler] har bestemt sig for den vestlige Bane altsaa op over Bakken, hvis det da er til at stole paa. I har vel set at Godsforvalter Kruse er død. Ligesom jeg var færdig med Dit Brev i Mandags Aften og skulde til at have det rigtigt hyggeligt, blev vi forstyrrede af Skipperen paa Azela, som kom og var en Del fuld og forkølet [noget af papiret mangler] at han knap kun[noget af papiret mangler] han laa her saa [noget af papiret mangler] Natten og Klaks laa i Faders og Moders Værelse. [noget af papiret mangler] tror jeg ikke der er mere [noget af papiret mangler]deligt at fortælle, og jeg vil derfor slutte med at jeg holder forfærdelig meget af Dig. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-10-03</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Harris Sawyer
+- Sawyer, Harris' far
+Nelly Tailor
+- Taylor</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte i efteråret 1899 datteren Alhed Larsen og hendes mand, Johannes Larsen, samt deres lille søn på ejendommen Båxhult i Småland, Sverige. 
+Ellen og Harris Sawyer blev gift i Boston 25. juni 1899. De boede den første tid i hus sammen med Harris' familie, som efter Ellens mening rodede for meget. 
+Kristen Landpost kendes ikke.
+Tokaj er en hvidvinsdrue, som anvendes i vinregionen Tokaj-Hegyalja i Ungarn. 
+Smyrnatæpper er en handelsbetegnelse for håndknyttede tæpper fra det vestlige Tyrkiet, fremstillet fra slutningen af 1800-tallet og eksporteret i store mængder fra Smyrna (nuv. İzmir). De ofte store tæpper med enkle mønstre var billige og populære i Vesten i første halvdel af 1900-tallet (Lex.dk).
+Dr Sargents kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1549</t>
+  </si>
+  <si>
+    <t>Nu er Laura Warberg nok hjemme fra Småland. 
+Det er blevet efterår i Boston. Eastman fylder kul på fyret i kælderen hver morgen. Det er en let og dejlig måde at fyre op på, men familien bliver forvænt af det. Ellen tror, at det er sundt at opholde sig i skiftende temperaturer. 
+Harris Sawyer er rask, og han knokler meget. Om aftenen spiller han og Ellen skak. Den forrige aften vandt hun, og efter den begivenhed besøgte de Tailors. Deres lille hus er hyggeligt og meget ordentligt. Stuen er ejendommelig med indbyggede glasskabe til porcelæn. Det er nemt at holde orden, når husarbejdet ikke er besværligt.
+Man kan få dejlig, billig frugt i Boston.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7GyO</t>
+  </si>
+  <si>
+    <t>Boston Okt. 3de 99.
+Kære Mor!
+Det er trukken langt op på Dagen idag inden jeg har fået mig sat til at skrive så jeg må skynde mig, at Brevet kan være i Postkassen før Klk 6. – Nu er du vel hjemme igen fra din Smålandstur, Postgangen var rigtignok meget besværlig der, - jeg glæder mig til at mine igen solidt skal vandre af med Kristen Landpost. – Vi har nu Efterår for Alvor, - de sidste Dage har det været hundekoldt, så der har været fyret i den store Ovn i Kælderen, som opvarmer hele Huset. H. East fylder Kul på om Morgenen og så brænder det hele Dagen. Man kan ikke tænke sig noget bekvemmere el. lettere, - man mærker Vinteren grumme lidt på den Måde. Men man bliver forvænt ved altid at have hele Huset varmt, - hele Familjen er grulig kuldskær, - de finder det frygteligt, når Sovekammerne køle af hen på Morgenstunden. Jeg tror nu, det er usundt, når man altid er i den samme Temperatur inde, kan man ikke altid tåle den pludselige Forandring, når man går ud, selv om man har aldrig så meget Tøj på. – Træerne ere endnu ikke afbladede, - mange ere endog grønne nu, - men i Randolph har de haft Sne og hvert et Blad er falden, - jeg formoder at vor Fører fra i Sommer er begyndt at gå på Bjørnejagt! – Harris har det godt, skønt han er meget optaget, - de sidste Dage har han slet ikke hostet og hans Kinder har igen fået Udseende som før Forkølelsen. – Hvis han ikke når at blive velhavende er det sandelig ikke hans Skyld, - alle de Gærer han har i Ilden – når han kun ikke har Modgang og Ærgrelser, befinder han sig bedre, jo mere han har sine Øren. – Om Aftenen spiller vi Skak, og vi har megen Fornøjelse deraf. I Aftes vandt jeg for første Gang, og jeg har ikke forvundet det hele Dagen. – Efter den rystende Begivenhed kunde jeg ikke spille mere, og vi gik ind til Dr. Tailors et Øjeblik. Vi tilbringer en stor Del af vor Tid der, - det er det lækreste, hyggeligste lille Hus man kan tænke sig. I Aftes fandt vi dem i deres lille Spisestue foran det åbne Ilsted, hvor der var tændt et mægtigt Bål, - vi sad der til Klk var over 10, så på Bålet og spiste Nødder og Tokajer-Vindruer, medens Dr. T. sad i sin Lænestol og røg sin Pibe. Det er en ganske ejendommelig lille Stue. Den er aflang, firkantet, - i den ene af de korte Ender er der Portierer ind til Dagligstuen, - den anden Væg er helt fyldt med to Glasskabe, - bygget ind i Væggen og med en Buffet i Midten [Tegning] I Glasskabene er der Porcelain og Glas. Den lille Firkant, jeg har tegnet i Midten, er en lille Glasrude med koulørt Glas. Der er Egetræsmøbler, - do. Paneler, og et stort blødt Smyrnatæppe på Gulvet. Jeg har endnu aldrig set så meget som et Glas, der ikke var på Plads, - jeg har forresten endnu ikke set så meget som et Gran af Uorden noget Sted i Huset, skønt jeg er kommet uventet og på alle Tider af Dagen og går rundt i hele Huset, som jeg vil. – Det er imidlertid ikke så vanskeligt her at holde fuldstændig Orden i Tingene, fordi Arbejdet er så let. Her er også meget sjældent Uorden nu, - d.v.s i min Domæne, - hvortil desværre Køkken og det ”udenoms” ikke hører. – Her er ganske dejlig Frugt fortiden, - Ferskner og Vindruer utroligt billigt. For 15 Cents får man en Kurv Vindruer så stor at den fylder med en svingende Top en af de Glasskåle, du gav os. Her er mange forskellige Sorter, blå, røde - og grønne, - og vi spiser dem til alle Måltiderne. – De to Glasskåle ere aldeles uundværlige for os – vi har stor Gavn af dem. – 
+Forleden Dag besøgte jeg Dr. Sargents 
+[Resten af brevet mangler]</t>
   </si>
   <si>
     <t>1906-09-28</t>
   </si>
   <si>
     <t>Malmö
 Langeland
 Odense</t>
   </si>
   <si>
     <t>Lina -
 Ludvig Brandstrup, billedhugger
 Johanne Caspersen
 Amanda Heinesen
 Adolph Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Christian Møller, maler</t>
   </si>
   <si>
     <t>Det er uvist, om Johannes er på vej til Sverige. Alhed sender hilsen til Lud(vig Brandstrup) i København og til Lina, som vistnok boede nær Larsen-familiens ejendom Båxhult i Småland.</t>
   </si>
   <si>
     <t>Alhed Larsen har været til nogle behandlinger i Odense.
@@ -6526,59 +6787,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zoil" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AjCU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/28Xv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzA4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDZo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Du1z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PGBi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PBAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cBm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBAQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G7LF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gycL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4HG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/22Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nAje" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7qPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Xlg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ms74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eR2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RCdfidDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/glJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BvUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tNks" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBTR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tzd4SO58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UiCM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/62ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0cU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wpLc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DoLU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/biXe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8EAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/At2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/roCY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dcei" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z1SX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zoil" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1k9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E9DU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PV9y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gw5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J84q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AjCU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Czhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UzWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RDPa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUXH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IRXy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CaeP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eiyn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bByyl7CW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5hH9jw99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T0xVO7qr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vu4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g3CC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m6hV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LvkX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BSno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PcEp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vSvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qoIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/28Xv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzA4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4KkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFkS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bgpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHet" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bK8H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SsRr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wphB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LDZo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uF4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n9Mm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mcSx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7GyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Do2Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ndFP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZp9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tigc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lc4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M161"/>
+  <dimension ref="A1:M167"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9249,1265 +9510,1261 @@
       </c>
       <c r="I61" s="5" t="s">
         <v>433</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>435</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="D62" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>441</v>
       </c>
-      <c r="K62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
         <v>445</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="H63" s="5" t="s">
+      <c r="J63" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="K63" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="J63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>449</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="G64" s="5" t="s">
         <v>452</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C64" s="5" t="s">
+      <c r="H64" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="J64" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>456</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K64" s="5" t="s">
+      <c r="M64" s="5" t="s">
         <v>457</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>460</v>
+        <v>458</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>76</v>
+        <v>459</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E65" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>461</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>462</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>463</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>464</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>466</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>49</v>
+        <v>76</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
         <v>467</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>468</v>
       </c>
       <c r="J66" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>477</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>478</v>
-      </c>
-[...1 lines deleted...]
-        <v>479</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="D68" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>483</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>484</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>485</v>
-      </c>
-[...10 lines deleted...]
-        <v>488</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="G69" s="5" t="s">
         <v>489</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>490</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>491</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>133</v>
+        <v>70</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>492</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>493</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>495</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="I70" s="5"/>
+      <c r="I70" s="5" t="s">
+        <v>497</v>
+      </c>
       <c r="J70" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="E71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E71" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="I71" s="5" t="s">
         <v>502</v>
       </c>
+      <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>503</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>504</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>506</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>253</v>
+        <v>212</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>507</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>508</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>509</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>510</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>512</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>66</v>
+        <v>274</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>253</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="s">
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="H73" s="5" t="s">
+      <c r="I73" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="J73" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="J73" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>516</v>
       </c>
-      <c r="L73" s="6" t="s">
+      <c r="M73" s="5" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="B74" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D74" s="5" t="s">
+      <c r="H74" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="E74" s="5" t="s">
+      <c r="I74" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="F74" s="5" t="s">
+      <c r="J74" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K74" s="5" t="s">
         <v>522</v>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>523</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>524</v>
-      </c>
-[...10 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="B75" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G75" s="5" t="s">
+      <c r="I75" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="H75" s="5" t="s">
+      <c r="J75" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="I75" s="5" t="s">
+      <c r="K75" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="J75" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K75" s="5" t="s">
+      <c r="L75" s="6" t="s">
         <v>533</v>
       </c>
-      <c r="L75" s="6" t="s">
+      <c r="M75" s="5" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="G76" s="5" t="s">
         <v>536</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>537</v>
       </c>
       <c r="I76" s="5" t="s">
         <v>538</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>133</v>
+        <v>35</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>539</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>540</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>542</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>66</v>
+        <v>459</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>77</v>
+        <v>460</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I77" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>545</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>546</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>548</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E78" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>549</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>550</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>551</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>552</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>554</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>212</v>
+        <v>85</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>555</v>
       </c>
-      <c r="I79" s="5"/>
+      <c r="I79" s="5" t="s">
+        <v>556</v>
+      </c>
       <c r="J79" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>253</v>
+        <v>76</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>85</v>
+        <v>212</v>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="I80" s="5" t="s">
         <v>561</v>
       </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>562</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>563</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>564</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>565</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E81" s="5" t="s">
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>566</v>
-      </c>
-[...11 lines deleted...]
-        <v>76</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>567</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>568</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>569</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>571</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>77</v>
+        <v>572</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>572</v>
+        <v>76</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>573</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>233</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>574</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>575</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>576</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>577</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D83" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="E83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="F83" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="J83" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K83" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>581</v>
       </c>
-      <c r="J83" s="5" t="s">
+      <c r="M83" s="5" t="s">
         <v>582</v>
-      </c>
-[...7 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>203</v>
+        <v>584</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>585</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="I84" s="5" t="s">
         <v>587</v>
       </c>
-      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>133</v>
+        <v>588</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-        </is>
+        <v>203</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>592</v>
+        <v>211</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>593</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K85" s="5" t="s">
         <v>594</v>
       </c>
-      <c r="J85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>595</v>
       </c>
-      <c r="K85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>596</v>
-      </c>
-[...4 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="B86" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="5" t="s">
+      <c r="I86" s="5" t="s">
         <v>600</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E86" s="5" t="s">
+      <c r="J86" s="5" t="s">
         <v>601</v>
       </c>
-      <c r="F86" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H86" s="5" t="s">
+      <c r="K86" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="I86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>603</v>
       </c>
-      <c r="J86" s="5" t="s">
+      <c r="M86" s="5" t="s">
         <v>604</v>
-      </c>
-[...7 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="B87" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="5" t="s">
+      <c r="I87" s="5" t="s">
         <v>609</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F87" s="5" t="s">
+      <c r="J87" s="5" t="s">
         <v>610</v>
       </c>
-      <c r="G87" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H87" s="5" t="s">
+      <c r="K87" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="I87" s="5" t="s">
+      <c r="L87" s="6" t="s">
         <v>612</v>
       </c>
-      <c r="J87" s="5" t="s">
+      <c r="M87" s="5" t="s">
         <v>613</v>
-      </c>
-[...7 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
         <v>617</v>
       </c>
-      <c r="B88" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H88" s="5" t="s">
+      <c r="I88" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="J88" s="5" t="s">
         <v>619</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>620</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>621</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>623</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
         <v>624</v>
       </c>
       <c r="I89" s="5" t="s">
         <v>625</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>133</v>
       </c>
@@ -10621,3192 +10878,3462 @@
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>274</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>253</v>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H92" s="5" t="s">
+        <v>642</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D93" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="D93" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H93" s="5" t="s">
-        <v>647</v>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I93" s="5" t="s">
         <v>648</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>649</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>650</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>651</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>652</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>653</v>
       </c>
-      <c r="I94" s="5"/>
+      <c r="I94" s="5" t="s">
+        <v>654</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="E95" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F95" s="5" t="s">
-        <v>658</v>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>659</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="I95" s="5"/>
+      <c r="J95" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K95" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="J95" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>661</v>
       </c>
-      <c r="L95" s="6" t="s">
+      <c r="M95" s="5" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>664</v>
+        <v>663</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E96" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
         <v>665</v>
       </c>
       <c r="I96" s="5" t="s">
         <v>666</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K96" s="5" t="s">
         <v>667</v>
       </c>
       <c r="L96" s="6" t="s">
         <v>668</v>
       </c>
       <c r="M96" s="5" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
         <v>670</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D97" s="5" t="s">
         <v>203</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>211</v>
+        <v>664</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
         <v>671</v>
       </c>
       <c r="I97" s="5" t="s">
         <v>672</v>
       </c>
       <c r="J97" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>673</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>674</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>675</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>676</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>85</v>
+        <v>203</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F98" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>677</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>678</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>679</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>680</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>682</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>66</v>
-[...9 lines deleted...]
-        </is>
+        <v>683</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>683</v>
-[...5 lines deleted...]
-        </is>
+        <v>684</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>686</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>688</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>689</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D100" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D100" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>600</v>
-[...5 lines deleted...]
-        </is>
+        <v>692</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="M100" s="5"/>
+        <v>695</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>696</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>289</v>
+        <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D101" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>690</v>
-[...10 lines deleted...]
-        </is>
+        <v>698</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>700</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>691</v>
-[...1 lines deleted...]
-      <c r="M101" s="5"/>
+        <v>701</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>702</v>
+      </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>66</v>
+        <v>58</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>124</v>
+        <v>85</v>
       </c>
       <c r="E102" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I102" s="5"/>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>705</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>694</v>
+        <v>133</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C103" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D103" s="5" t="s">
-[...3 lines deleted...]
-        <v>699</v>
+      <c r="D103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>700</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>701</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>710</v>
+      </c>
+      <c r="I103" s="5"/>
+      <c r="J103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K103" s="5" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>704</v>
-[...3 lines deleted...]
-      </c>
+        <v>712</v>
+      </c>
+      <c r="M103" s="5"/>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="D104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>707</v>
+        <v>606</v>
       </c>
       <c r="I104" s="5"/>
-      <c r="J104" s="5" t="s">
-        <v>233</v>
+      <c r="J104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>709</v>
-[...3 lines deleted...]
-      </c>
+        <v>715</v>
+      </c>
+      <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>289</v>
       </c>
       <c r="C105" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D105" s="5" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="D105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>712</v>
-[...8 lines deleted...]
-        <v>714</v>
+        <v>717</v>
+      </c>
+      <c r="I105" s="5"/>
+      <c r="J105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L105" s="6" t="s">
-        <v>715</v>
-[...3 lines deleted...]
-      </c>
+        <v>718</v>
+      </c>
+      <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>717</v>
+        <v>719</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>76</v>
+        <v>124</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>718</v>
+        <v>77</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="s">
-        <v>719</v>
-[...1 lines deleted...]
-      <c r="H106" s="5" t="s">
         <v>720</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="H106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I106" s="5"/>
+      <c r="J106" s="5" t="s">
         <v>721</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>722</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>723</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>725</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="E107" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
         <v>726</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>727</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>728</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>729</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>731</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D108" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E108" s="5" t="s">
         <v>732</v>
       </c>
-      <c r="E108" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G108" s="5" t="s">
+        <v>733</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>233</v>
+        <v>70</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>739</v>
-[...1 lines deleted...]
-      <c r="I109" s="5" t="s">
         <v>740</v>
       </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K109" s="5" t="s">
         <v>741</v>
       </c>
       <c r="L109" s="6" t="s">
         <v>742</v>
       </c>
       <c r="M109" s="5" t="s">
         <v>743</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>744</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>253</v>
-[...4 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>745</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>746</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>747</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>748</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>749</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>750</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>77</v>
+        <v>751</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G111" s="5" t="s">
+        <v>752</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>233</v>
+        <v>35</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>76</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>66</v>
+        <v>85</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>145</v>
-[...7 lines deleted...]
-        <v>146</v>
+        <v>765</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>765</v>
+        <v>233</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>66</v>
+        <v>274</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>253</v>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>776</v>
+        <v>274</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>253</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>76</v>
+        <v>778</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>777</v>
+        <v>779</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>782</v>
+        <v>77</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D117" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="D117" s="5" t="s">
-[...3 lines deleted...]
-        <v>77</v>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>66</v>
+        <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>85</v>
-[...7 lines deleted...]
-        </is>
+        <v>145</v>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>146</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>233</v>
+        <v>798</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>85</v>
+        <v>212</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>233</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>66</v>
+        <v>809</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>253</v>
+        <v>85</v>
       </c>
       <c r="E120" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>807</v>
+        <v>76</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>233</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>76</v>
+        <v>274</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="E121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E121" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
       <c r="I121" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>819</v>
+        <v>77</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>70</v>
+        <v>233</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>828</v>
+        <v>233</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>438</v>
+        <v>85</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F124" s="5" t="s">
-        <v>833</v>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H124" s="5" t="s">
         <v>834</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>835</v>
       </c>
       <c r="J124" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K124" s="5" t="s">
         <v>836</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>837</v>
       </c>
-      <c r="L124" s="6" t="s">
+      <c r="M124" s="5" t="s">
         <v>838</v>
-      </c>
-[...1 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>840</v>
+        <v>839</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="E125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E125" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="I125" s="5" t="s">
         <v>841</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="J125" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K125" s="5" t="s">
         <v>842</v>
       </c>
-      <c r="J125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>843</v>
       </c>
-      <c r="L125" s="6" t="s">
+      <c r="M125" s="5" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>846</v>
+        <v>845</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>253</v>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="I126" s="5" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K126" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="L126" s="6" t="s">
         <v>849</v>
       </c>
-      <c r="L126" s="6" t="s">
+      <c r="M126" s="5" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>852</v>
+        <v>851</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>85</v>
+        <v>15</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>77</v>
+        <v>852</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
         <v>853</v>
       </c>
       <c r="I127" s="5" t="s">
         <v>854</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>233</v>
+        <v>70</v>
       </c>
       <c r="K127" s="5" t="s">
         <v>855</v>
       </c>
       <c r="L127" s="6" t="s">
         <v>856</v>
       </c>
       <c r="M127" s="5" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
         <v>858</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>776</v>
+        <v>16</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>253</v>
+        <v>40</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
         <v>859</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>860</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>233</v>
+        <v>861</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>212</v>
-[...9 lines deleted...]
-        </is>
+        <v>444</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F129" s="5" t="s">
+        <v>866</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>133</v>
+        <v>869</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>867</v>
+        <v>870</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>868</v>
+        <v>871</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>869</v>
+        <v>872</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>870</v>
+        <v>873</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>76</v>
+        <v>274</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>871</v>
+        <v>874</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>877</v>
+        <v>274</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>253</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="D132" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E132" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H132" s="5" t="s">
+        <v>886</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>888</v>
+        <v>891</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>66</v>
+        <v>809</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>85</v>
+        <v>253</v>
       </c>
       <c r="E133" s="5" t="s">
         <v>77</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>890</v>
+        <v>893</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>233</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="D134" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="E134" s="5" t="s">
-        <v>77</v>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>896</v>
+        <v>899</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>274</v>
+        <v>76</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>902</v>
+        <v>905</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>903</v>
+        <v>906</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>904</v>
+        <v>907</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>905</v>
+        <v>908</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>907</v>
+        <v>910</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>40</v>
+        <v>85</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>407</v>
+        <v>77</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>910</v>
+        <v>133</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>915</v>
+        <v>253</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>40</v>
-[...4 lines deleted...]
-      <c r="F137" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I137" s="5" t="s">
         <v>917</v>
       </c>
-      <c r="G137" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H137" s="5" t="s">
+      <c r="J137" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K137" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="I137" s="5"/>
-      <c r="J137" s="5" t="s">
+      <c r="L137" s="6" t="s">
         <v>919</v>
       </c>
-      <c r="K137" s="5" t="s">
+      <c r="M137" s="5" t="s">
         <v>920</v>
-      </c>
-[...4 lines deleted...]
-        <v>922</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="B138" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C138" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D138" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="I138" s="5" t="s">
         <v>923</v>
       </c>
-      <c r="B138" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F138" s="5" t="s">
+      <c r="J138" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K138" s="5" t="s">
         <v>924</v>
       </c>
-      <c r="G138" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H138" s="5" t="s">
+      <c r="L138" s="6" t="s">
         <v>925</v>
       </c>
-      <c r="I138" s="5" t="s">
+      <c r="M138" s="5" t="s">
         <v>926</v>
-      </c>
-[...10 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>929</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K139" s="5" t="s">
         <v>930</v>
       </c>
-      <c r="B139" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H139" s="5" t="s">
+      <c r="L139" s="6" t="s">
         <v>931</v>
       </c>
-      <c r="I139" s="5" t="s">
+      <c r="M139" s="5" t="s">
         <v>932</v>
-      </c>
-[...10 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>274</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="J140" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="L140" s="6" t="s">
         <v>937</v>
       </c>
-      <c r="B140" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G140" s="5" t="s">
+      <c r="M140" s="5" t="s">
         <v>938</v>
-      </c>
-[...16 lines deleted...]
-        <v>943</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="K141" s="5" t="s">
         <v>944</v>
       </c>
-      <c r="B141" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H141" s="5" t="s">
+      <c r="L141" s="6" t="s">
         <v>945</v>
       </c>
-      <c r="I141" s="5" t="s">
+      <c r="M141" s="5" t="s">
         <v>946</v>
-      </c>
-[...10 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="B142" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C142" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D142" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H142" s="5" t="s">
         <v>950</v>
       </c>
-      <c r="B142" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C142" s="5" t="s">
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="s">
         <v>951</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E142" s="5" t="s">
+      <c r="K142" s="5" t="s">
         <v>952</v>
       </c>
-      <c r="F142" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G142" s="5" t="s">
+      <c r="L142" s="6" t="s">
         <v>953</v>
       </c>
-      <c r="H142" s="5" t="s">
+      <c r="M142" s="5" t="s">
         <v>954</v>
-      </c>
-[...13 lines deleted...]
-        <v>958</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="B143" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C143" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D143" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="G143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H143" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="K143" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="B143" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H143" s="5" t="s">
+      <c r="L143" s="6" t="s">
         <v>960</v>
       </c>
-      <c r="I143" s="5" t="s">
+      <c r="M143" s="5" t="s">
         <v>961</v>
-      </c>
-[...10 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C144" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="F144" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="J144" s="5" t="s">
         <v>965</v>
       </c>
-      <c r="B144" s="5" t="s">
-[...26 lines deleted...]
-      <c r="I144" s="5" t="s">
+      <c r="K144" s="5" t="s">
         <v>966</v>
       </c>
-      <c r="J144" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K144" s="5" t="s">
+      <c r="L144" s="6" t="s">
         <v>967</v>
       </c>
-      <c r="L144" s="6" t="s">
+      <c r="M144" s="5" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>969</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>970</v>
+        <v>969</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>66</v>
+        <v>15</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>85</v>
+        <v>145</v>
       </c>
       <c r="E145" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="F145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F145" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G145" s="5" t="s">
+        <v>970</v>
       </c>
       <c r="H145" s="5" t="s">
         <v>971</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>972</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>233</v>
+        <v>35</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>973</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>974</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>976</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
         <v>977</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>978</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>979</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>980</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>982</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>15</v>
+        <v>983</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="E147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E147" s="5" t="s">
+        <v>984</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>70</v>
+        <v>35</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>77</v>
+        <v>572</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>992</v>
+        <v>233</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>997</v>
+        <v>85</v>
       </c>
       <c r="I149" s="5" t="s">
         <v>998</v>
       </c>
       <c r="J149" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>999</v>
       </c>
       <c r="L149" s="6" t="s">
         <v>1000</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1002</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E150" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E150" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
         <v>1003</v>
       </c>
       <c r="I150" s="5" t="s">
         <v>1004</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>133</v>
+        <v>233</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>1005</v>
       </c>
       <c r="L150" s="6" t="s">
         <v>1006</v>
       </c>
       <c r="M150" s="5" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
         <v>1008</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
         <v>1009</v>
       </c>
       <c r="I151" s="5" t="s">
         <v>1010</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>133</v>
+        <v>70</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>1011</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>1012</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>1013</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
         <v>1014</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>253</v>
+        <v>615</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>1015</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>133</v>
+        <v>1018</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G153" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G153" s="5" t="s">
+        <v>1023</v>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1024</v>
+        <v>1027</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1025</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1026</v>
+        <v>1029</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>66</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1027</v>
+        <v>77</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>233</v>
+        <v>1032</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1030</v>
+        <v>1033</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1031</v>
+        <v>1034</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1032</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="D155" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E155" s="5" t="s">
-        <v>77</v>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1034</v>
+        <v>1037</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1035</v>
+        <v>1038</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>66</v>
+        <v>253</v>
       </c>
       <c r="D156" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E156" s="5" t="s">
-        <v>77</v>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1040</v>
+        <v>1043</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1041</v>
+        <v>1044</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>233</v>
+        <v>133</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1042</v>
+        <v>1045</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1043</v>
+        <v>1046</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>800</v>
+        <v>1048</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>253</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>85</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>133</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>66</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>85</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
-        <v>1051</v>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>70</v>
+        <v>133</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D159" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="D159" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>133</v>
+        <v>35</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>49</v>
+        <v>66</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>77</v>
+        <v>1067</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>70</v>
+        <v>233</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>253</v>
+        <v>66</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="E161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E161" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="J161" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K161" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="L161" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="M161" s="5" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B162" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C162" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D162" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H162" s="5" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J162" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="K162" s="5" t="s">
+        <v>1082</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="M162" s="5" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="B163" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C163" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="D163" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H163" s="5" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J163" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="K161" s="5" t="s">
-[...6 lines deleted...]
-        <v>1074</v>
+      <c r="K163" s="5" t="s">
+        <v>1087</v>
+      </c>
+      <c r="L163" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="M163" s="5" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="5" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B164" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C164" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D164" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>1094</v>
+      </c>
+      <c r="L164" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="M164" s="5" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B165" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C165" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J165" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K165" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="L165" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="M165" s="5" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="5" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1105</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>1106</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="D167" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>1112</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>1114</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13928,44 +14455,50 @@
     <hyperlink ref="M137" r:id="rId142"/>
     <hyperlink ref="M138" r:id="rId143"/>
     <hyperlink ref="M139" r:id="rId144"/>
     <hyperlink ref="M140" r:id="rId145"/>
     <hyperlink ref="M141" r:id="rId146"/>
     <hyperlink ref="M142" r:id="rId147"/>
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
+    <hyperlink ref="M162" r:id="rId167"/>
+    <hyperlink ref="M163" r:id="rId168"/>
+    <hyperlink ref="M164" r:id="rId169"/>
+    <hyperlink ref="M165" r:id="rId170"/>
+    <hyperlink ref="M166" r:id="rId171"/>
+    <hyperlink ref="M167" r:id="rId172"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>