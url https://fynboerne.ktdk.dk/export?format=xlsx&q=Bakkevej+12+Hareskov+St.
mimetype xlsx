--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="464" uniqueCount="284" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="291" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -472,50 +472,118 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard, Dræby St. Fyen.
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
   </si>
   <si>
     <t>1942-12-29</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
   </si>
   <si>
     <t>Daisy  Berg
 Ellen Brønsted
 Marie Larsen
 Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
 William  Scharff
 Janna Schou
 William Schwark
 Adelheyde Syberg
 Alheede Warberg
 Christine Warberg
 Jørgen Warberg
 Andreas Warberg, Albrechts far
 Erik Warberg Larsen
 Martin Warberg Larsen
@@ -2673,59 +2741,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M39"/>
+  <dimension ref="A1:M40"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3019,94 +3087,94 @@
       </c>
       <c r="L7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>61</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>72</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>73</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>75</v>
       </c>
     </row>
@@ -3244,94 +3312,94 @@
         <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="I13" s="5"/>
+      <c r="I13" s="5" t="s">
+        <v>99</v>
+      </c>
       <c r="J13" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="I14" s="5" t="s">
         <v>105</v>
       </c>
+      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
         <v>106</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>107</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>108</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>16</v>
@@ -3435,223 +3503,223 @@
       </c>
       <c r="H17" s="5" t="s">
         <v>125</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>126</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>127</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>128</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>129</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>131</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B19" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>140</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>141</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>142</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>143</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>144</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>146</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>132</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>147</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>148</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>159</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>160</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>161</v>
       </c>
       <c r="J22" s="5" t="s">
@@ -3696,94 +3764,94 @@
       </c>
       <c r="I23" s="5" t="s">
         <v>168</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>169</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>170</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>171</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>173</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>174</v>
+        <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>178</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>181</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>182</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>183</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>184</v>
       </c>
       <c r="K25" s="5" t="s">
@@ -3930,527 +3998,571 @@
         <v>209</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="I29" s="5"/>
+      <c r="I29" s="5" t="s">
+        <v>211</v>
+      </c>
       <c r="J29" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>216</v>
+        <v>26</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>217</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>26</v>
+        <v>223</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>224</v>
+      </c>
+      <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
-        <v>155</v>
+        <v>218</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>228</v>
+        <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J32" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="K32" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>17</v>
+        <v>235</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>236</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>237</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>238</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>239</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>240</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>242</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>216</v>
+        <v>69</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>243</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>244</v>
       </c>
       <c r="J34" s="5" t="s">
         <v>245</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>246</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>247</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>249</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>250</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>251</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>252</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>253</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>254</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>256</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>257</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>223</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="I36" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>264</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="I37" s="5"/>
+      <c r="I37" s="5" t="s">
+        <v>266</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>228</v>
+        <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="I38" s="5" t="s">
         <v>272</v>
       </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
         <v>273</v>
       </c>
       <c r="K38" s="5" t="s">
         <v>274</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>275</v>
       </c>
       <c r="M38" s="5" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
         <v>277</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>17</v>
+        <v>235</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>278</v>
       </c>
       <c r="I39" s="5" t="s">
         <v>279</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>280</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>281</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>282</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>283</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
+    <hyperlink ref="M40" r:id="rId45"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>