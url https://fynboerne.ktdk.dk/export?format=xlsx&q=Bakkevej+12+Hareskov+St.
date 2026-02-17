--- v1 (2025-11-18)
+++ v2 (2026-02-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="291" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>