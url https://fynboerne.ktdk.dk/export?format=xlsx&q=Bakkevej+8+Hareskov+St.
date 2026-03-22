--- v0 (2025-12-02)
+++ v1 (2026-03-22)
@@ -5,188 +5,102 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="547" uniqueCount="335" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1936-10-14</t>
+    <t>1936-12-18</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
-  </si>
-[...84 lines deleted...]
-    <t>1936-12-18</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Adolph Larsen
 Carl Larsen
 Marie Larsen
 Axel  Müller
 - Overgaard
 Ellen  Sawyer
 Janna Schou
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
 Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
 Larsen-familien kendte flere, der hed Overgaard.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0577</t>
   </si>
   <si>
@@ -199,163 +113,50 @@
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 5/5 – 02.
 23/9 – 02
 [Skrevet med anden håndskrift:]
 Fru A. Warberg-Müller
 Bakkevej 8
 Hareskov St.
 [Med anden håndskrift:]
 20 – 3 – 2000
 [På kuvertens bagside:]
 J Warberg Larsen
 Lindøgaard Dræby St
 Fyen 
 [I brevet:] 
 Lindøgd. 18-12-36
 Jeg ejer ingen Opskr. paa hv. Pebernødd Elle har Mors skv. Kogebog. Men for sent – Stockholm. 
 Kæreste lille Dis!
 Det er lige nær Posttid, men han er sent paa det i denne Tid, jeg skriver til han er der. Har lige bundet Krans til Fars Grav og pakket samt skrevet til Marie paa Erikshaab – meget glipper for mig i Aar, men Kransen til Hillerslev Kirkegaard maa ikke glippe. 
 Tusind Tak for din Pakke. Det piner mig, at du skulde have Ulejlighed, naar du jo maa være saa langt tilbage og ingen Kræfter har. Mest – næsten – Tak for det dejlige Hynde, jeg kan sagtens montere det selv. Marcipanen er vidunderlig og Chokoladen, men altfor mange Penge igen! Og alle de Frim. Tusind Tak! Gid du dog kunde komme lidt til Kræfter, lille Dis. Godt for Konen, kys hende fra mig. Og for Nortoft – ham tror jeg dog ikke, du skal kysse fra mig. Skønt - -! 
 Vi var til Barnedaab i Lørdags, en ganske dejlig Dag helt igennem. Lille S.A. henrivende saa god i Kirken – gav sit Bifald til kende med stærke Grynt, da han advarede mod Djævelen og alt hans. Marie bar Elle stod hos [”Elle stod hos” indsat over linjen]. Flot Frokost. Af Gæster kun Overgaard Elle, Wille (!) og os. Mange og gode Snapse, som ikke skadede Agraren! 
 Tante Misses dejlige Tøj kom 1 Kvarter før Bilen hentede os til Kirke. Jeg passede Pelsen og den fik altsaa en standsmæssig Indvielse! Du kan ikke tro, hvor den er vidunderlig. Sort Søløve med Bæverbesætning. Et meget kostbart Stykke.
 Jeg naar ikke mere!
 Tak og Hilsen til Jer alle Tre
 din Junge.</t>
-  </si>
-[...111 lines deleted...]
-Din egen Dis</t>
   </si>
   <si>
     <t>1937-04-22</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Adolph Hitler
 James Jeans
 Hans Kaalund
 George Lansbury
 Adolph Larsen
 Peter Munch
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Erik Warberg Larsen
 Mary Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvad Svensson-Sagen gik ud på. 
 Sechendorf kendes ikke.</t>
@@ -562,239 +363,482 @@
 23 Nov 1938
 Telefon Dræby 103. 
 Fru A. Warberg Müller
 Bakkevej 8
 Hareskov St.
 ” 18-2-06
 læst 24 sept-05.
 ” 17 febr.-06. 
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard pr. Dræby St.
 [I brevet:]
 Lindøgaard
 Tel. Dræby 103
 d. 21nde Nov. 38.
 Kære lille Dis!
 Tak for dit Brev og for din Deltagelse for Bibbe! Ja, nu er det da lysnet lidt for os; vi var jo hos Doktoren i Kjertem. og han gav hende Medicin, som til vor store Lettelse har foraarsaget Bedring; hendes 3 Ugers Rejse med Hvile og god Forplejning hjalp ikke synderligt ud over det, at hun indsaa, det var klogest at søge Læge, og det var jo da for Resten ikke lidt. Jeg syntes, han tog saa alvorligt paa det, men jeg kender ganske vist ikke Manden saa meget. Du kan tro, jeg har været Lægevidenskaben taknemmelig for, at de kan præstere Stoffer, som kan helbrede den Slags. Og synes du dog ikke, at naar der kan spores Bedring, saa maa det vel ogsaa ved fortsat Kur kunne kureres helt? Det har været en forfærdelig Tid for mig; jeg var selvf. den, der var mest Angst, men selv Mandfolkene var kede af det, og de plejer jo ellers at ville se lyst paa den Slags. Mon du ved, at B. var hos Sjums en Ugestid og blev saa gode Venner med hende. Sjums var enestaaende sød imod hende, gav hende 2 Æg daglig og sørgede i det hele taget for hende. Børnene var Bibbi ogsaa saa glad ved, syntes de var saa søde.
 Tænk dig, vi har faaet en Pige. Efter 5 Ugers haardt Arbejde, føles det helt underligt pludselig at kunne slappe af – ja, der er saamænd nok for mig at lave, Madlavning o.s.v. men alle grovere Arbejder gør nu Pigen, Rengøring, Opvask o.s.v. Da B. og jeg var hos Lægen for 14 Dage siden, sagde han indstændigt til mig, at jeg skulde opereres, men det var jo en Umulighed, Bibbe uarbejdsdygtig og ingen Pige; jeg kunde ikke være herfra. Da Pigen nu indløb i Morges, ringede jeg derud derud [”derud” overstreget] og sagde, at nu var jeg til Tjeneste; jeg talte kun med Fruen og han skulde saa selv ringe mig op; jeg tænker, det bliver sidst i Ugen eller først i næste, saa kan jeg blive færdig til Juletravlheden kommer. D. 19de Der skal vi slagte, saa da maa jeg være paa Pletten. Der er jo god Tid. Tror du Axel vil være saa sød at skaffe os Marcipan igen i Aar? Hvis det er til Besvær for ham, maa han endelig sige vil [”vil” overstreget] sig det fra. - Jeg kan mærke paa mig selv, at dette Brev igen bærer Præg af Forjagethed og det endda skønt jeg aldeles ikke er forjaget, men det 
 sidder mig i Blodet og der vil nok gaa nogen Tid, før det fortager sig. Dit sidste Brev er desværre bortkommen for mig, det befinder sig i en eller anden Bunke Breve, men der var vist heller ikke noget særligt at svare paa. Alt syntes jo at være ret vel hos Jer, naar undtages Jannas Fod; forhaabentlig er hun over det.
 Elle var herude paa et langt Besøg i Gaar; hun ankom smilende og sød som altid noget før Middag og jeg havde dejlig Kødsuppe, kogt Kød og Æbler. Det var en god Middag; vi var 7 og nød al Suppen til den haarde Bund. 
 Drengene tærskede i Gaar, skønt det var Søndag og de havde en lille Fyr til Hjælp (10 Aar, 1 kr dgl.) vi saa alle undrende [”r” i ordet indsat over linjen] paa de Portioner, han kan sætte til Livs. Elle hjalp mig hele Eftermiddagen med at vaske Æg, jeg var kommen bag efter med det og Søndag er den sidste Termin, vi solgte i Dag til Morgen 48 Pund [tegn for pund], samlet paa en Uge, det er dog en Post; desværre er det falden 40 Øre Kiloet ["Kiloet” indsat over linjen] paa 2 Uger, saa det blev ”kun” til godt 33 kr. Godt for det, nu da Mælkeydelsen p.Gr.a. M&amp;amp;Klovsyge svigter os. 
 Næste Dag Det var en kort Glæde med den Pige; det var i Gaar første Dag med hende og jeg nød det jo, men i Dag er hun udebleven; hun vilde saa gærne ligge hjemme, men det skulde jeg vist aldrig være gaaet ind paa. Bare det kun er Pjækkeri og 
 ikke Sygdom el. andet. 
 Min Hjerne er tom som en Tønde, jeg kan kun tænke paa mine egne Smaatterier i Husvæsen – ja Bibbe er jo ikke Smaatteri – Hele denne Tid har ligesom udmattet mig; som jeg sagde til Elle i Søndags da hun bemærkede, at jeg saa noget træt ud: ja, jeg er træt lige ind i Sjælen”. Du maa derfor bære over med dette tarvelige Brev, forhaabentlig bliver det næste bedre! Hils Axel og Janna mange Gange, bare I nu har det godt. De fleste og de varmeste Hilsner er til dig selv, søde Dis. Husk altid at skrive om din egen Helbredstilstand. Jeg synes, det er saa skrækkeligt med de pinefulde Astmaanfald. Din Junge.</t>
   </si>
   <si>
-    <t>1939-03-18</t>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
+Hans Lorentzen
+Karen Lorentzen
+- Nortoft
+Marie Paludan
+Otto Emil  Paludan
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1937-01-26</t>
+  </si>
+  <si>
+    <t>Mine -
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem sognefogedens og kroejeren var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924B</t>
+  </si>
+  <si>
+    <t>Astrid W-G har en maveomgang. Hun rejser derfor hjem søndag og beder om togtider. Hun har besøgt Mine.
+Det er rædselsfuldt koldt både ude og inde. 
+Astrid spørger, hvordan det går med køkkenet og gulvet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5SX5</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+6’ Brev
+modt 27 Jan 1937
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Muller
+Bakkevej 8
+Hareskov
+Sjælland
+[Skrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sallinge Kro, Tirsdag den vistnok 26/1 – 37
+Min egen Ven! Jeg har haft en kedelig Nat med en Mavehistorie – sandsynligvis af Kulden. I Dag drikker jeg kogt Vand med Franskbrød til, fryser og er sløj; derfor har jeg bestemt mig til at rejse direkte hjem på Søndag – helst Formd., så jeg er hjemme ved Dagens Lys, men vil du ikke nok regne mig Togtiderne ud? Jeg tør ikke i denne infernalske Kulde risikere at komme i et koldt Gæsteværelse hos de gamle Christensens, og heldigvis har jeg ikke nået at få skrevet til dem. – I Går Eftmd. var jeg hos Mine – som endnu bor i det dejlige, gamle Hus under Ore Banker; jeg fik Kaffe, så alle de gamle Billeder og havde et Par ganske henrivende Timer; man fortæller, at hendes Hane er en Seværdighed på Egnen – det så det også ud til efter Billederne. Da jeg kom hjem, frøs jeg sådan, at de inviterede mig ind i Privaten – og der blev jeg endelig varm – men i Dag er her altså også meget koldt den forrygende Blæst går lige igennem de tynde Mure og jeg tør ikke gå ud med den usikre Mave. efter Middag skal vi til Sognefogden – jeg må se at få sovet lidt forinden. Jeg er spændt på, om der er Brev i Dag – hvordan mon det går med Køkken og Dagligstuegulv??? 
+Hvor var det dumt, jeg ikke tog Gummidunken med, men nu er det forsent for de Par Dage.
+Ja, dette Brev er kedelig, men det stammer fra Maven. Jeg begynder at glæde mig lidt til at komme hjem – sikke jeg skal fyre! ah!!
+Bare lillle Nus ikke fryser i sit Værksted – godt de fik Gederne! Tusinde Hilsner jer begge!
+Din egen Dis</t>
+  </si>
+  <si>
+    <t>1947-02-06</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Alhed Larsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Marie - Marie, hushjælp hos Astrid Goldschmidt-Warberg
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem "den lille", der er hos præst, var. 
+De to søstre, som Johanne og Astrid havde mistet, var Alhed Larsen og Thora Branner.
+Else og Andreas/Puf Larsen boede sammen med Johannes Larsen på Møllebakken 14 i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0649</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg. Godt, at Axel er kommet hjem fra hospitalet.
+Lille Lise er fyldt to år.
+Elle(n) har været på besøg og fortalt om julen samt om Fritz og Bodild Branners visit. Fritz mangler helt initiativ og har ingen kræfter til at arbejde. 
+Johanne mener, at Else og Andreas/Puf Larsen ville have et lykkeligere liv, hvis de havde deres eget hjem og ikke skulle føre traditionerne videre. Else er dygtig til at holde pænt og rent, men hjemmet mangler ånd og gæstfrihed. 
+Martin/Manse tjener godt på dyr, som han nedlægger ved strandjagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rLbi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+8’ Febr. – 47.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+27-1-03
+1-1-03,
+15 April Påskesøndag, 2001.
+27 marts 2001
+25-6-2000
+BWP
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard
+Torsdag d. 6-2-1947.
+Kære lille Dis!
+Hvor Du vist længes efter Brev fra mig; du tænker nok: Junge er vist syg, og det passer jeg har lagt i 3-4 Dage, nej det er da kun 3, for jeg stod op Kl. 10 i Dag og lavede Mad, den lille var til Præst; men det har kun været alm. Forkølelse, naar undtages, at det var en ualmindelig stærk Forkølelse, og det er for koldt at sidde op i Sengen og skrive. Er det dog ikke forfærdeligt, at vi skal have den haarde Frost igen; vi sidder lunt nok, men man ved jo om Masser af Mennesker, der ikke har el. kan skaffe Brændsel og som simpelt hen knag fryser.
+Vi har lige spist og Posten kan komme snart, nu lader jeg Pennen ile det, den kan, for et Livstegn skal du have i Dag. 
+Til Lykke til Axels Hjemkomst! hvor dejligt for ham, at han kan være hjemme hos dig nu i stedet for paa Sygehuset og sikken en Hjemkomst, du gav ham, den var vel nok dul.a. Du maa rigtig nok skønne paa lille Marie (og gør det naturligvis også) for hvor er hun dig dog til megen Støtte, som nu f.Eks. at du havde hende til at være hos dig, mens Axel var borte, og saa at hun kunde have alt i Orden til hans Hjemkomst. Jeg har aldrig faaet at vide, om Axel prøvede min Medicin mod Bronchitis, og om den hjalp ham; jeg kunde jo kun sige, at mig hjælper den omgaaende. 
+Og til Lykke til lille Nilles 2 årige Fødselsdag, hvor maa hun være yndig; du kan tro, at vores er det ogsaa; jeg har ikke set hende i over 4 Uger, og Bibbe siger, at hun udvikler sig for hver Dag; nu kan de føre Samtaler med hende; det var Pers Fødselsd. i Gaar, og Bibbe skulde komme om Aftenen; ”du maa ikke lægge mig i Seng” sagde Lise; hun vilde nok have Bibbes Ankomst med. For første Gang græd hun, da hun omsider maatte i Seng, det maa jo ogsaa være svært, naar allle de andre skal feste videre med Lagkage o.s.v. 
+Vi havde et dejligt Besøg af Elle i Søndags; vores Hofchaufør hentede hende ved 2-3 Tiden og kørte hende hjem ved 9 Tiden det er saa sødt af Elle, at hun ofrer 16 Kr. paa et Søndagsbesøg paa Lindøgd. vi havde det dejligt og fik alt fortalt om Julen, som havde været dejlig for hende Bodild og Fritz havde været der en Dag, B. er betænkelig ved Fr. hvordan han skal faa begyndt at klare sig; alle Mennesker siger: hvorfor flytter de dog ikke sammen i det store Hus? Jo Tak, hvis Bodild gik ind paa det, vilde det være en ny Dæksmand for Fritz til ikke at bestille noget, og de vilde komme til at forsørge ham i al Evighed; han maa lære at forsørge sig selv en gang, den stakkels Fritz. Som Elle siger X er den fuldstændige Mangel pa Initiativ og Arbejdskraft unormal. Det eneste bundne Arbejde, han har haft (Landbohøjskolen) gjorde ham jo for Resten syg, saa hvordan skal det gaa ham. De to Søstre, vi har mistet har i Sandhed efterladt sig Savn, som ikke har kunnet erstattes. Jeg tror, Livet havde formet sig mere harmonisk for Puf og Else, om de havde faaet deres eget lille Hjem i stedet for at Else har skullet føre det gamle Hjem videre i samme tradition, hvad hun dog ikke har magtet, undtagen hvad alt det ydre, jeg mener det materielle angaar, Aanden i det har hun ikke haft Evne til at holde ved lige, og hvad nytter den mest fuldkomne Orden og Renlighed, hvis Aanden (f. Eks. Gæstfriheden) ikke er i Orden 
+Vi har det godt her, Manse er paa Stranden meget ofte; i Forgaars skød han for 71 Kr, d.v.s. godt 50 Kr. i ren Indtægt. (Patroner er saa dyre) 
+X Bodild kalder ham jo simpelt hen doven.
+[Skrevet på hovedet på s. 2:]
+jeg vil ikke begynde paa et nyt Ark og skal ogsaa gøres i Stand nu; jeg skal have en Elev. Hvor Solen dog varmer godt nu; den hjælper paa Brændselet. Hils Axel saa mange Gange ogsaa lille
+[Skrevet langs venstre margen på s. 2:]
+Marie og skriv snart. Kærlige Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1946-08-04</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+Brita Goldschmidt
+Lena Brita Goldschmidt
+Anne Marie -, i huset på Lindøgaard
+Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Anna Meyer 
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
+Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
+Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har været syg af opkastninger. 
+Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
+Anne Marie stopper som hushjælp, og det har slået Johanne helt ud. Laura/Bibbe og Marie/Rie hjælper dog godt til. 
+Johannes gamle gigtsygdom blussede op en nat. 
+Anna Meyer m.fl. har også været på besøg. 
+Johanne vidste ikke, at Adam med familie skulle komme til Astrid/Dis.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i0jC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+6 August 1946
+besv 18 Aug. 
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Søndag 4-8-1946.
+Baade Axels og mit har nok været lidt Bornholmsk Syge, det er der saa meget af for Tiden.
+Kære lille Dis!
+Dette er helt vinterligt – skønt Aftenen for Resten er saa skøn – her sidder Agraren, Rie, Bibbe og jeg med tændt Lampe i den store Stue; B. strikker de to andre læser, og jeg skriver og siger Tak for dit Brev. Det var en stor Lettelse at høre, at Axel er i Sving igen, men jo ingen Lettelse, at du har haft Galder uf, de modbydelige Galder! Mon du ikke har kigget efter Brev fra mig, men Himmel og Jord har staaet i et for mig; midt i Ugen blev jeg en Nat overrasket med Opkastninger; Gud, hvor jeg brækkede mig, blev saa i Sengen med 38 3 ogsaa Dagen efter igen, og saa var jeg saa umulig af Pirrelighed, at det slet ikke var nemt for dem her. C [”C” overstreget] Mornine ringede fra Kjerteminde, at hun Elle og Tutte vilde komme med Formiddagsbilen Lørdag – ja i Gaar altsaa. Bibbe og jeg pillede om Fredagen [”Fredagen” indsat over linjen] 4 Vildænder, som Manse nok saa belejlig havde skudt om Torsdagen, den Dag Andejagten jo gaar ind. Om Morgenen havde jeg lavet 2 store Skaale Rødgrød. Anne Marie skulde komme Lørdag, saa jeg imødesaa Dagen med Ro. Lørdag Morgen, da jeg sad ved min Morgenkaffe kom Anne Marie og meddelte, at Drengen var syg, saa hun kunde ikke komme jeg blev meget ked af [et overstreget bogstav] det, for jeg havde ingen Kræfter p.Gr.a. den forbandede Mavesygdom. Saa fortalte hun – at hun maatte hellere holde op med at komme, for de laa i Byggeroderi, og hendes Mand holdt ikke af at hun gik ud. Det brast helt for mig! Bibbe kom i det samme og blev rædselsslagen paa mine Vegne, over, at den Støtte skulde tages fra mig. Naa, Dagen gik for Resten godt nok, der var jo ikke saa meget at gøre ved Middagen, jeg fik Ænderne ordnet og sat paa, dækkede Bord til 10, Marie skrabede Kartoflerne – en mægtig Grydefuld – og Bibbe hærgede i hele Huset og satte Blomster i Vand; jeg var færdig halv 11, nej 11, da de kom, Marie passede Ænderne, saa jeg sad og snakkede med dem (Søstrene), [”Søstrene” indsat over linjen] gik kun lige ned og lavede Sauce. Som de Ænder smagte dem! Og Rødgrøden med. Vi tog Kaffen ved Bordet, Bibbe ordnede den mens jeg i en Fart skrubbede alle Tallerkner og Fade og Sølvtøj af. Saa tog ellers Bibbe og Marie hele den mægtige Opvask og jeg sad og snakkede med dem hele Eftermiddagen. Vi havde det henrivende, de var mægtig søde. Vi fik The inden de rejste, Kvart over 5. Du kan tro, det blev en dejlig Dag. - - Nej hør, jeg glemte helt at fortælle hvorfor jeg var saa dybt nede den Lørdag Morgen da Anna M. kom og meldte Afbud, at jeg græd! Jo tænkt om Natten vaagnede jeg med Smerter i højre Haand, ude af Stand til at bevæge Fingrene, med andre Ord mit gammelkendte Gigtanfald, der for 9-10 Aar siden var en hel Svøbe for mig; jeg maatte – den Gang – ligge i Sengen uden at røre en Muskel i Haanden, den var hoven og udspændt – Fingrene som udspændte Pølser! Men om Morgenen var det bedre, jeg kunde klæde mig selv paa, og det bedredes for hver Time der gik, saa det lettede jo paa Humøret, men at jeg næsten gik Amok, da A. M. kom med det Budskab netop den Dag, kan du vel nok forstaa. Selvom dette nu fik et saa hurtigt Forløb, og Hævningen kun var ubetydelig, virkede det dog som et Momento – tænk om jeg gaar en Vinter med den Slags Anfald i Møde! Og du kan tro, mit Hoved er ogsaa sløjt for Tiden, det hele staar saa tit stille for mig, jeg tænker det er min snart høje Alder, der gør det vanskeligere for mig at klare Paragrafferne, skønt baade Marie og Bibbe hjælper mig godt. Forleden Eft. da jeg lige var bleven færdig med Opvask og Eleven i Klaver og faaet mig lagt til Hvile med et Lettelsens Suk, hørte jeg Stemmer: Mix, Myg, Marie Meyer og Katrine Jeg fik jo lavet Kaffe, og det var rigtig hyggeligt, men alligevel! Saa, du kan tro, jeg kan forstaa, at du ikke kan holde til alt det, du har; mange Mennesker er nu ikke godt for svage Hoveder. Du nævner Brita – der var da slet ikke Tale om, at de skulde komme; da jeg var ovre hos Jer? eller var det bare at jeg ikke hørte om det? Hvis de kommer er det da en Guds Lykke at I har Topedeaborg ledig. Jeg er meget spændt paa at høre om Forløbet. Naturligvis vil du gerne se Adam og den lille. 
+Jeg maa i Seng, skal lidt tidlig op i Morgen, skal vaske Æg, pakke din Taske, som Æggemanden saa kan faa med, vaske et Læs af Strømper og faa min Ribssaft kogt færdig og fyldt paa Flasker, som da er renset.
+Derfra god Nat og god Bedring med det hele. Tak for Laan af Tasken, haaber den kommer over i god Behold.
+Tusind Hilsner til Jer begge.
+fra din Junge.
+Marie hilser, Bibbe ligesaa med mange Tak for sidst. 
+[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
+  </si>
+  <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
     <t>Lars Christian Balslev
-Louise Brønsted
-[...1 lines deleted...]
-Aksel Dydensborg
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
 Adolph Larsen
 Andreas Larsen
-Jeppe Andreas Larsen
 Johannes Larsen
-Else Larsen, Else, Andreas Larsens kone
+Marie Larsen
 Axel  Müller
-Otto Emil  Paludan
 Ellen  Sawyer
-Adelheyde Syberg
-[...2 lines deleted...]
-Albrecht  Warberg
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
-[...21 lines deleted...]
-Fru Warberg Müller
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
-” tirsd. ” 23-1-07.
-[...2 lines deleted...]
-Lindøgaard pr. Dræby
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
 [I brevet:]
-Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
-[...27 lines deleted...]
-Axel  Müller
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1947-10-04</t>
+  </si>
+  <si>
+    <t>Ina  Goldschmidt
+Marie Larsen
+Ib Marryat Johansen
+Lauritz Pedersen
+Ole Petersen
+Peter Rohde
 Janna Schou
-Erik Warberg Larsen
-Martin Warberg Larsen
+Christine Swane
+Anna Tinesen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
-[...15 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/i36C</t>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer</t>
+  </si>
+  <si>
+    <t>Der er lidt tvivl om, hvornår Laura/Bibbe og Lauritz Petersens bryllup kan holdes, da Skifteretten arbejder langsomt. Lauritz må låne 55.000 kr. til sin søn. 
+Det er trist, at Ib Marryat er syg. Johanne har hørt om en, der blev helbredt af en naturlæge. 
+Lise er kommet hjem til sine forældre igen. Grete/Grethe fik mange barselsgaver. 
+Johannes Larsen har været på besøg med Christa Knuth. Hun inviterede Erik/Tinge og Martin/Manse hjem til sig.
+Johanne har holdt fødselsdag. Stemningen blev ødelagt af, at Christine/Uglen Swane og Marie Larsen skændtes. 
+Astrid må ikke skamme sig over at læse i stedet for at arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3x1u</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-26’ Okt. 1940.
-[...2 lines deleted...]
-Bakkevej No 12
+Fru A. Warberg Müller
+Bakkevej 12
 Hareskov St.
+[Skrevet af ukendt:]
+modt. 6’ Okt. 1947.
+besv. 10 
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
-Lindøgd. 25 Okt 1940
-[...16 lines deleted...]
-Lars Lankjær Mikkelsen
+Lindøgaard Lørdag 4-10-47.
+Heri 2 Smørmrk
+Kæreste lille Dis!
+Min varmeste Tak for dit gode Fødselsdagsbrev og for de lækre Opmærksomheder! Jeg vil allerførst besvare nogle Spørgsmaal. Bryllupet! Ja der er desværre lidt Tvivl om, hvornaar det kan blive; Lauritz har lige fra først af – det vil sige lige fra den Dag, da de bestemte sig for Giftermaal – arbejdet som en Hest for at faa Sagen i Orden, men det er alt det med Skifteretten, der sinker; disse forbistrede Kontoriusser er ikke til at faa noget fra; Papirerne skal foreligge til den 8_de_ ds. for at blive tinglæste den Dag i Kjerteminde; de tinglæser kun hver 14_de_ Dag; hvis det ikke naas, bliver det - Bryll. – forsinket i 14 Dage! Lige saa saare jeg faar det at vide, skal jeg skrive til dig; de vil ogsaa gærne have det om Aft. [”om Aft.” indsat over linjen] – skønt helst midt paa Dagen, hvis det kan lade sig gøre, men uanset hvad det bliver kan du da godt lave Middagsmad midt paa Dagen, ikke? Det er jo lige meget hvad man kalder Maaltidet; her paa Landet er vi jo vant til at spise Middag midt paa Dagen. Lauritz var her i Tirsdags Aftes, og vi snakkede saa om det; jeg var rystet over at høre om alt det, der foretages for at det kan blive til Bryllup; og 55.000 Kr. skal skaffes. Paa Grund af hans gode Omdømme kan han faa den Sum i Sparekassen i Nyborg – paa et Aar; saa skal Laanet betales med Kontanter. De haaber at kunde nøjes med at forpagte Dalsgaard ud i Stedet til ["til" overstreget] for at sælge Drengen skal have sine Penge udbetalt straks, men jeg kom til at tænke paa bag efter, at saa kunde Ole jo laane sin Far nogle af Pengene senere, hvis han staar og ikke kan skaffe Pengene om et Aar; dertil skal jo hans Formunder give sit 
+2 Samtykke, men Form. er en Svoger til Lauritz, gift med hans 1ste Kones Søster, og de staar vist fint til hinanden. Jeg ved ikke hvorfor jeg sætter dig ind i alle de Forretningssager, men nu faldt det mig i Pennen. – Jeg spurgte Bibbe, om hun vilde have Sjums og Rohde med, men hun sagde straks, at hun vilde helst nøjes med Janna og Ib. Stakkels Ib, hvor det gør mig ondt. Han skulde prøve at gaa til en Naturlæge. Marie og Uglen fortalte om Moderen til en af deres Venner, der var langt ude af Kræft; der var ædt Dele væk, aabne Saar, og Lægerne havde fuldstændig opgivet Haabet; saa gik hun til en Naturlæge (som jeg ikke ved, hvad er) og han gav hende en meget stræng og slem Diæt, men hun begyndte at komme sig og Lægerne til hvem hun stadig gik til Undersøgelse uden at tale om Naturlægen, blev mer og mer forbavsede og stod ganske uforstaaende og tilsidst var hun rask. Hvis hun havde fortalt dem om Naturlægen havde de jo bare sagt, at det var, hvad de havde ordineret, der tilsidst virkede. 
+Den Gang, da de kom fra Sverige, hentede Lauritz Bibbe i Nyborg; han har ikke meget Benzin, men saa vidt jeg ved nok til deres Bryllupstur, men maaske bliver det forpasset af den nye Lov, hvis den træder i Kraft, maa han kun køre paa Fyen.
+For et Par Dage siden kom Lise hjem; Anna, Gretes Søster, havde haft hende i 4 Uger; først var Lise gravalvorlig næsten forstenet, saa begyndte hun at kæle lidt for Tinge og Grete og gik fra den ene til den anden; en halv Time efter var hun hjemme og jublede højt for hver Del af sit Legetøj som hun mødtes med igen. Da Ole kom, løb hun ham i Møde og raabte henrykt: ”Ole, jeg er kommen hjem til dig igen. Det var 
+3 dejligt at være med til den Hjemkomst og at se Grete være oppe igen. Hendes Barselsgaver blev til: 6 Flasker Vin, 4 Lagkager, et Sølvbæger, en Barneske, et Par Skindstøvler til Lillebror, samt 2 Par strikkede, et Par henrivende Tøfler til hende selv, 50 Cerutter, en smadderfin Natkjole til 50 Kr. fra Bibbe, Masser af Tøj til Drengen og self. andet, som jeg har glemt, og Blomster self ["self" overstreget] i lange Baner. Grete var overvældet og jeg har da heller aldrig set noget lignende. I Gaar var Rie og Uglen her for sidste Gang, og mens vi sad ved Kaffebordet eller lige var færdige kom Las og Grevinde Knuth fra Knuthenborg for at hente dem. Hun var noget af det mest tiltalende jeg længe har set, ja saa henrivende, at du ikke kan tænke dig det. Hun er Veninde af Las, og jeg har hørt meget om hende men vented mig da ikke saa stort af en Grevinde. Hun syntes her var saa smukt og hyggeligt, det sagde hun flere Gange; hun inviterede Manse og Peter saa varmt – gør nu Alvor af det og kom snart, I behøver ikke at pynte Jer, kom som I er - - Hun saa Manses Stue med alle Træsnittene – alle Vægge er behængt med dem – og Bibbes store Maleri af Uglen, Udsigten fra Havedøren og var begejstret over det hele. Hun har været med Las på Båxhult (hun vaskede op for Bimse) og kan øjensynlig godt med hele Familien d.v.s. det kniber lidt med Puf og Else – de er hende lidt for fine, akkurate og formfuldendt! Det var en hel Oplevelse at mødes med hende, Lise var her og hun blev straks indtaget i hende og Tøsen – vores store Hund - satte begge Forpoterne op paa Brystet af hende, hvad vi aldrig før har set ham gøre ved fremmede og paa dette Tidspunkt havde hun ["hun" indsat over linjen] slet ikke snakket med ham, men Dyr lugter straks hvem der er Dyrevenner. 
+4 Til min Fødselsdag var Rie og Uglen herude til Eft. chokolade de medbragte: ”Kina i Støbeskeen” af Edm. Grut, som Marie havde hørt, jeg havde ønsket mig, et Par henrivende Kopper af bornholsk Keramik, en stor Æske m. Godter og Flødekaram. en Pk. Cerutter og 4 dejlige Nelliker!! De er altid helt ovenud med Gaver, de tog hjem med halv 6 Bilen, men saa havde vi en vildfremmed Sygeplejerske til Aftensmad, som Bibbe havde inviteret uden at tænke paa, at det var min Fødselsdag; det gjorde ikke noget, men det hele var lidt speget, da Manse og Peter skulde til Odense og maatte spise før vi andre, saadan egentlig Feststemning var der ikke over Dagen, især da Marie og Uglen skændtes saa ualmindelig meget den Dag, og det smager ikke godt. 
+Peter har jo faaet Motorcycle og de tager lange Ture paa den om Søndagene; de staar lige og skal af Sted (det er Lørdag Kl 1½) saa denne Gang faar de 1½ Dag; de skal rundt paa Sjælland og se, hvad der er at se.
+Du skulde ikke have ”Stik i Hjærtet” fordi du læser i Stedet for at arbejde; naar du, som jo ellers ikke er doven, men tværtimod arbejdsivrig af Naturen, ikke kan arbejde for Tiden, saa maa det være fordi, enten de fysiske eller de mentale Kræfter svigter, og saa er det bedst at ligge brak, bare ingen Ting bestille og helst uden at have Samvittighedsnag, saa gror Kræfterne inden i dig uden at du ved af det, og en skønne Dag er de der. Sådan synes jeg er min Erfaring, for vi kender vel alle til, at Arbejdsiveren svigter. Agraren beder mig hilse dig saa meget og takke baade dig og Axel for både Breve og Bøger. Vi har moret os meget over dine Vittigheder. Den med Hitler (el. var det Gøbbels) der skulde ”begynde for sig selv” var uforlignelig. Tusind Hilsner til Jer begge fra din Junge</t>
+  </si>
+  <si>
+    <t>1950-08-14</t>
+  </si>
+  <si>
+    <t>Holger -
+- Agner
+Johanne Christine Brandstrup
+Grete Gylden Thomsen
+Britta Ipsen
+Ole Kraft
 Adolph Larsen
+Johannes Larsen
+Marie Larsen
 Axel  Müller
-Ellen  Sawyer
-[...22 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/P6rt</t>
+Helga Nielsen
+Johanne Oppermann
+Lauritz Pedersen
+Ruth -, pige i huset hos Johanne Larsen
+Christine Swane
+Albrecht  Warberg
+Dan Warberg
+Laura Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0552</t>
+  </si>
+  <si>
+    <t>Johanne/Junge broderer servietter.
+Hun har betændelse i næsen og maveproblemer.
+Troels er blevet døbt. Johanne og Adolph/Agraren var ikke med i kirken, men på Andkærgaard bagefter. Der blev pakket gaver ud i haven i dejligt vejr. Både Laura/Bibbe og Lauritz er lykkelige. 
+Marie Larsen er på besøg, og hun broderer hele dagen.
+Dan Warberg har også været omkring Lindøgård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8032</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-15’ Marts 41
-[...8 lines deleted...]
-Lindøgaard Dræby St.
+XXX
+modt. 15’ Aug. 1950.
+et festligt Brev.
+besv. 23’ Aug. August 1950.
+(om min Bog og Frits’ Besøg.)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-7-2000.
+BWP.
+50
+[Skrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
 [I brevet:]
-Lindøgaard 14de Marts 41.
-[...11 lines deleted...]
-Hils Axel og Janna. Tusinde Hilsner til dig selv fra din Junge.</t>
+Lindøgaard Mand. 14-8-1950
+Kære lille Dis!
+Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
+Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
+Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
+Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
+II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
+efter Vin, og det har jeg ogsaa været i denne Sygdom.
+ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
+[Skrevet langs sidens venstre kant:] 
+X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
+Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
+Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
+Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
+III
+det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
+Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
+Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
+Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
+-sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
+Dejligt at høre at Axel har det godt.
+Bankede du? Hils ham saa meget.
+Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
+Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
   </si>
   <si>
     <t>1941-04-08</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
 Gudrun Skanderup Nielsen
 Kaj Skanderup Nielsen
 Erik Warberg Larsen
@@ -843,391 +887,50 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
-    <t>1942-04-25</t>
-[...339 lines deleted...]
-  <si>
     <t>1945-01-10</t>
   </si>
   <si>
     <t>Lars Christian Balslev
 Maria Balslev
 Martin Balslev
 Louise Brønsted
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Maria von Sperling. g. Balslev
 Grete Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Martin og Maria Balslev var begge interneret i Frøslevlejren. 
 Laura/Bibbe Warberg Larsen/Petersen uddannede sig til sygeplejerske.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0636</t>
   </si>
@@ -1240,121 +943,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/l7zx</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 modt. 11’ Jan 1945.
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen
 Tak for Brev, faaet lige nu, ikke læst.
 [I brevet:]
 Lindøgaard Onsdag d. 10_nde_ Jan. 45.
 Kære lille Dis!
 Nu er det vist i høj Grad paa Tide, at du hører fra mig. Tak for dit lange Brev for mere end en Uge siden, det krydsedes vist med mit – og det vil dette maaske ogsaa gøre. Det, du skrev om dit ældste Afkom, berørte mig selvf. i aller højeste Grad, men, Dis, lad mig hellere være klog og ikke fæste noget af det paa Papiret – du er dog Moderen og Efterretningsvæsenet mulig i Orden. Men hvorfor skulde det ikke gaa godt, jeg er da ikke saa forfærdelig ængstelig – tænk paa Marie og Laders de har Grund til Ængstelse, for deres er jo syge, mens din kun skranter. Skriv frit til mig, jeg er nok Moder, men ikke til skrantende Børn. Ja, skriv endelig alt, hvad du ved. Hvor jeg dog haaber paa et godt Nytaar for dig, og alle dine. - Jeg gaar med Fornemmelsen af, at det staar skidt til med dit Helbred, hvis det er Nerverne, der er paa Spil, saa skal de sidste Tider jo ikke gøre det bedre Hvor du dog altid har meget at kæmpe med, lille Dis, og dine Kræfter er ikke store. Jeg tænker meget paa dig og dine, men hvad hjælper det! Jo, maaske dog lidt. - - Fortæl mig lige, hvis du mener det, hvad det er for en Præstegaard, du nævner. 
 Tak for din udførlige Beretning om Jeres Jul, hvad du dog har faaet af Gaver og Breve, det var imponerende, noget tilnærmelsesvis kan jeg rigtignok ikke opvise, selv om jeg synes her var rigeligt med Gaver og Post. Bibbe fik en utrolig stor Post, hvor maa hun være bleven afholdt deroppe i Odder, jeg tror ogsaa hun er en enestaaende god Kammerat. Hun er i Arbejde i denne Uge, tiltraadte i Lørdags Aftes en Uges Nattevagt paa Sygehuset i Kjerteminde. Jeg kan ringe til hende om Aftenen, men ikke hver Aften, for der er saa knagende koldt oppe i Stuen, hvor Telefonen jo er; allerede Nytaarsdag flyttede vi herned, for vi kunde ikke faa varmt deroppe og maa jo ogsaa tage svært Hensyn til vort Brændsel som truer med at slippe op før Tiden. Men det var Bibbe – hun tjener vist c 150 Kr. ved den Uges Nattevagt; 11 Kr pr Dag (Nat) i faste [”e” sidst i ordet overstreget] Løn og Resten er Overarbejdspenge, da Vagten strækker sig over 8 Timer vist 10½. Det er vel nok flot! Hun vil vist i det hele taget ikke gaa i fast Tjeneste, naar hun nu til Efteraaret bliver helt færdig, men være løs – privat – Sygeplejerske. Hun er jo saadan indrettet, at hun maa have Afveksling i sin Tilværelse, og selv om hun [”hun” indsat over linjen] skulde faa strenge Plejer, saa er hun da selv Herre over, hvor meget hun vil hvile ud mellem Slagene. Desværre er hendes stakkels Hoved saa forfærdelig svagt, det tror jeg aldrig hun slipper, for hun har haft det, siden hun var Barn, kunde f. Eks. ikke taale at øve sig nævneværdig, derfor kunde Musikken ikke blive hendes Job. Mulig – tænker jeg ved mig selv [”selv” indsat over linjen] det vil bedres, naar Menstruationen en Gang ophører. 
 Nej, Bibbe kommer først til Kbhvn. til Februar, hun maatte have Ferie i Januar. Jeg er ikke stolt af at sende hende derind, baade Rejse og Ophold er jo truet af Farer. 
 Hvor var det dog en herlig Pakke fra Adam og Brita, noget saa imponerende, og saa dejligt, at de har Lyst og Hjerte til at glæde dig. Og saa dejligt med Jannas fine Seng – hvor skal vi dog faa et bare nogenlunde Udstyr til lille Grethe. 
 Naa, fik du Julekort fra Manse, ja, han skrev en hel Del i Aar, ogsaa til Lugge, som var bleven saa rørt over, at han tænkte paa ”en gammel Tante”.
 For øvrigt staar alt godt til her, her er godt Helbred og Fred og god Forstaaelse over hele Linien. Det var saa hyggeligt at have Elle, hun og Bibbe kan nu saa vældig godt sammen; hun kom Dagen før Nytaarsaften og blev til Onsdag, vi havde det dejligt uden særlige Sving: Vi havde godt med Cigarer og Tobak, jeg fik 25 store Cerutter af Agraren og de 10 fra dig og al den gode Tobak, du sendte. Forhaabentlig fik du mit Takkebrev ved Nytaarstid.
 Gid dette nu maa træffe dig oven Senge og ved godt Mod lille go’e Dis, du skal se, alt skal nok ordne sig paa det bedste. 
 Hils den gode Axel saa meget, ogsaa Janna, naar du ser hende eller ringer
 Tusinde Hilsner fra din Junge.</t>
-  </si>
-[...69 lines deleted...]
-Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
   </si>
   <si>
     <t>1945-01-30</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Bodild Holstein
 Anne Marie -, i huset på Lindøgaard
 Johannes Larsen
 Pernille Marryat
 Axel  Müller
 Janna Schou
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2450</t>
   </si>
   <si>
     <t>Det er godt, at Ina/Sjums kom sikkert frem. Og rart at Astrids økonomi er forbedret. 
 Johanne strikker vanter til Martin/Manse. 50 familier i sognet er uden brændsel, og kommunen har næsten ikke mere. Anne Marie fyrer for ødselt. Johanne fryser. Hun og Adolph har flytter rundt på møblerne. De må gå i seng kl. 9. 
 Laura/Bibbe er rejst til København, og Johanne er bekymret. 
 Johanne ønsker Pernille tillykke med datteren.</t>
   </si>
   <si>
@@ -1424,594 +1056,50 @@
 Modt. 12’ Febr. 1945
 verset? besv. 13’ Febr.
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Fortrykt på kuvertens bagside:]
 JOHANNE WARBERG LARSEN
 LINDØGAARD
 [Håndskrevet på kuvertens bagside:]
 Dræby St.
 [Fortrykt på s. 1:]
 JOHANNE WARBERG LARSEN
 [Håndskrevet i brevet:]
 Lindøgd. 9-2-1945
 Kære lille Dis!
 Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
 Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
 Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
 Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
 I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
 Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
 Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
 Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
 [Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
 [Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
-  </si>
-[...542 lines deleted...]
-[Indsat øverst s. 4; på hovedet:] Æggemanden fik din Taske med i Formiddags haaber du naar at faa den inden du skal rejse til Bogø! Mandag</t>
   </si>
   <si>
     <t>1946-12-19</t>
   </si>
   <si>
     <t>Andreas Branner
 Bodild Branner
 Frits Branner
 Thora  Branner
 Wilhelm Branner
 Alhed Larsen
 Pernille Marryat
 Axel  Müller
 Ellen  Sawyer
 Albrecht  Warberg
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Følgende personer kendes ikke: Else fra Kroen, min lille Elev og Jørgen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0646</t>
@@ -2126,321 +1214,296 @@
 Tak for dit lange og interessante brev – der var jo baade godt og ondt i lange Baner – det er altid lidt længe undervejs, jeg faar det først to Dage efter at det er stemplet i Kjøbenhavn du nævnede ikke, at du havde faaet Brev fra mig (?) saa vidt jeg husker en 5-6 Dage før Axels Fødselsdag, men det var vel kun fordi der var saa meget andet at skrive om. Det var et ekstra langt.
 Hvor det dog glædede mig at høre om Axels festlige Fødselsdag; jeg synes næsten at det morsomste var al den Virak, det blev ham til Del paa Kontoret – at ens Familie fester for en er lige som lidt mere selvfølgeligt. Hvor var det dejligt Dis, at han fik saa stor en Glæde ud af Dagen, den gode Axel! Og hvilke Gaver baade fra Jer og fra Søstrene! Alt har glædet mig; det var godt, du skrev saa udførligt om det. - - Er det dog ikke grusomt som Frosten klemmer? Og med en Snes Grader om Natten vore Henkogningsglask fryser men Nina paa Glorup mener ikke det gør noget – hvis bare Glassene vil holde. Mange af Æblerne frøs i sidste Omgang, skønt de stod i Kassen lige op ad Skorstenen paa Loftet; saa flyttede vi dem ned i Foderloen, hvor der er aabent til begge Stalde, Hestest. paa den ene Side og Kost. paa den anden. Om dem vi reddede vil holde der, skal vise sig. Det er slemt ikke at have en Kælder. 
 Her foregaar store Ting for Tiden, Ting der endnu ikke tales om, men til Jer gør det jo ingen Ting. Vi er ved at købe en lille Gård paa op mod en Snes. Tdr. Land til Tinge; den ligger lige herved nede ved Fjorden. Vest for Gaarden. Manden og Konen kommer paa Onsdag Aften til Kaffe, saa skulde det sidste Slag slaas, men før der er handlet er jo intet sikkert. Vi lever og aander i det og taler ikke om andet, kan du nok tænke; det vilde for os alle være en meget stor Begivenhed, kan du nok tænke. Det er en straatækt Ejendom, alt saa uhyre velholdt, et stort Stuehus; Jorden er udmærket. Det er jo en dristig Handling, naar man er blottet for Penge, men de vil lade en hel Del Penge staa i Ejendommen og nøjes med en mindre Udbetaling; vi regner med 6000. Priserne paa Dyr er saa høje nu, at vi ved at sælge 2 af vore 4 Heste kan skaffe 3.500 Kr!! Der er 2 Heste paa Ejendommen og med 4 kan begge Bedrifter drives; i Begyndelsen vilde det blive drevet i Fællesskab, baade hvad Heste og Arbejdskraft angaar. Vi regner med at kunde faa Pengene i Banken i Kjertem. og at indbetale dem i Løbet af et Aar eller to. Priserne paa Landbrugsvarer er jo store i disse unormale Tider. Men vi tager hele Tiden Tag i os selv og siger, at vi ved jo endnu ikke om det bliver af; selv om det hele ser godt ud, saa er der jo det, at man kan ogsaa købe Guld for dyrt. 
 Vore Helbreder er som sædvanlig. Agraren skulde egentlig 3 Gg. om Ugen til Sygehuset i Kjertem. for at faa elektrisk Behandling; venstre Side af Ansigtet er stadig lammet, men vi synes jo, at det er en grov Kulde for ham at færdes i. 
 Efter Middag. Det var en slem Lussing, Posten, som plejer at komme ved 3 Tiden var her allerde før Middag i Dag, saa maa det være til i Morgen med at faa Brevet med. Vi sidder i fuld Solskin herinde; d. 15de titter Solen over Ladetaget for første Gang siden Solhverv, og nu har vi den allerede adskillige Timer om Dagen; allerede naar Vor Herres Ur er 11, skinner den herind jeg fryder mig og lader den uhindret skinne paa mig. Solen er jo den store Læge, som den gode Professor sagde. 
 Jeg havde et henrivende lille Brev fra Charlotte Knipschildt forleden Dag; Hun skriver udmærket og saa sødt og kært; hun var saa fornøjet over et Besøg hun i Julen havde af Elle, Grethe og Lugge. Hvor er det godt, at I passer hende, I, som kan; hun skrev saa meget om dig, om hvor glad hun er ved dine Besøg, som opmuntrer hende saa meget. Hun bliver 90 i 1942. – 
 Det er altid saa vanskeligt at skrive Breve her i Huset paa denne Aarsens. Tid; Mandfolkene har saa lidt at gøre i saa stræng en Frost; saa 
 3 de sidder herinde og snakker; der er som du kan tænke dig meget at diskutere og jeg skal helst være med i det hele. Efter Middag - - - - -
 Næste Dag. Mere blev det ikke til i Gaar og i Dag begynder det ikke allerbedst. Jeg bliver først kaldt paa, naar Stuen her er ren og navnlig varm og i Dag opvarmedes det først Kl. 10! I Gaar kom Posten inden Middag (ellers mel. 2-3) så du ser, det hele er lidt ubestemt. Sagen er, at om Aftenen – sent – er her jo Ro nok, men da er jeg meget for træt til at skrive Brev. 
 Senere Manse elsker at sidde herinde og snakke med mig om alle sine Fremtidsplaner – Køb af mere Jord til Gaarden o.s.v. Hvor er det henrivende for ”en Moder” at mærke, at der intet sker uden at hun er med i Forhandlingerne. Jeg er jo ogsaa en Del inde i alt, hvad angaar Landbrug, saa jeg endog af og til kan være af en anden Mening end ham og ikke altid bare naa og ja. Nu mærkede han at i Dag vilde jeg helst være fri; der kom et lille: nå, du vil ikke snakke – og gled saa ud til sit Virke. Tinge kunde det ikke saa let falde ind at snakke, naar der overhovedet er nogetsomhelst, der kan udsættes. Han er den store solide Arbejdskraft. I Aftes sad han her og slob e ["o" overstreget og ”e” i ordet indsat over linjen, så ordet biver "sleb"] det store Træ-Sav, og i Dag er han gaaet i Gang med at fælde Mirabel-Hækken; den er bleven for gammel og skal falde; saa gror den op fra neden og giver os igen Mirabeller. Bøgelysthuset skal også ned; Manse så lidt ængstelig til mig, da min Glæde ved de Bøge er velkendt, men ogsaa de gror jo op igen; jeg gør af Princip aldrig Indvendinger mod den Slags Bestemmelser, for at de ikke skal føle os gamle som Klods om Benet. Nu er det dem, der råder og de skal staa frit. Vi har haft Aar nok til at raade i. – Bibbe er desværre ikke særlig rask for Tiden, det arme Barn, naar mon hun dog kan rette sig helt igen. Hun bager derude paa fuld Kraft til Manden og Konen, som kommer til Aftenkaffe i Morgen Aften. Vi lever i en hel Feber af Spænding! Og saa er alt det jo kun Smaating, naar man tænker paa Verdens-Situationen. Den begynder sande-
 4 lig at blive spændende. Hvor Englænderne dog kan og hvor Hr. M. faar Klø. Nu ser han vist klart, at han skulde have holdt sig paa Afstand af Hitler. Det kunde jo se ud som om han i Fredstid har haft megen Sans for Italiens indre Udvikling – materielt selvfølgelig kun; paa Sicilien f. Eks. er der nok gjort utrolig meget for at vinde nyt Land; mægtige Arealer var i Færd med at opdyrkes der og give Brød til mange Munde; men hans Krigs-Tilbøjeligheder ødelægger jo alt. – Manse hører næsten al Presse fra England, kender Tiderne og stiller ved Radioen. Det gør I vel ogsaa, i hvert Fald kan man jo høre norsk, svensk og dansk Presse fra London fra 7½ - 8. Hvor maa den abes. Kajser [”e” indsat over linjen, så der står ”Kejser”] være glad, nu er han langt inde i sit Land igen. Det ser galt ud i Morgen; de arme! de faar rigtig nok Knytnæverne at føle; men Turen kommer jo ogsaa til os en Gang, hvis de nuværende Tilstande skal vare; - - Kender du ”Familien Thibault”? Der er jo Masser af Bind; jeg er kommen til det Bind, som har til Undertitel: ”Somren 1914”. Det er meget interessant; han fremfører i en Samtale sin Mening, om de dybere Aarsager til Verdenskrigen; det er en fransk Socialist som taler og han er blottet for Patriotisme (saadan da) og skifter Sol og Vind lige mellem Landene og han lægger egentlig ingen Ekstra-Skyld paa Tyskland, men giver Rusland og Frankrig deres rigelige Del af Ansvaret. Erobringen af Marokko vejer tungt på deres Skyldner-Side. Og naar man skal være retfærdig var det jo heller ikke Spor mere pynteligt end Italiens Erobr. af Abessinien. England har jo ogsaa i høj Grad været virksom med at faa Kolonier, men der er den meget store Forskel, at de gør det saa det bliver til virkelig Gode for de indfødte (sandsynligvis af Klogskabshensyn) det ved jeg mange Eksembler paa. Anderledes stiller det sig maaske, naar det drejer sig om f. Eks. Indien, der selv har en kultiveret Klasse som kunde raade for Sagerne. Naa – ikke mere om alt det – det flyder jo over en Gang imellem, naar man er saa fyldt af det hele; men det er jo kun, hvad vi alle ved og uafladelig kredser om – hele Udenrigs-Situationen.
 [Skrevet på hovedet øverst s. 8:]
 Jeg har ikke set Elle siden en Uges Tid før Jul, jeg bryder mig ikke særlig om, at hun skal tage de kolde Ture herud, jeg vil hellere vente til Vejret bedres. Saa vidt jeg ved har hun det godt. 
 [Skrevet på hovedet øverst s. 6:]
 Selvom jeg ikke har skrevet om Sjumses Sygdom og den ulykkelige Polak, har jeg dog været meget opfyldt og rystet over begge. Sikken en Jul for stakkels lille Sjumse.
 [Skrevet på hovedet øverst s. 5:]
 Marie Balslev ringede forleden; jeg havde sendt hende en lille Æske med Lommetørklæder. – De havde haft en vidunderlig dejlig Dag, alle Børnene undtagen Vilhelm som for Resten er meget bedre, men dog ikke slipper m. mindre end et Aar – havde været der. Marie var meget glad v Daasen
 [Skrevet på hovedet øverst s. 4:]
 Jeg vilde saa gærne have skrevet et langt og godt Brev denne Gang, men nu maa du nøjes med dette meget forvirrede. Hils Aksel og Nus mange Gange og selv, lille go’e Dis utallige Hilsner fra din Junge
 [Skrevet øverst s. 3:]
 Og saa skal der jo sælges nogle Kreaturer, en Ko og nogle Kvier. 
 [Skrevet på hovedet øverst s. 2:]
 Har jeg skrevet om Las? Han fik fjernet en Polyp fra det ene Stemmebaand paa en Klinik i Odense og er nu i Kbhvn. for at faa Røntgenbehandling – hos Finsen, Strandboulevarden.</t>
   </si>
   <si>
-    <t>1947-02-06</t>
-[...9 lines deleted...]
-Pernille Marryat
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
 Axel  Müller
 Ellen  Sawyer
-Lise Warberg Larsen
-[...67 lines deleted...]
-Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
-[...21 lines deleted...]
-besv. 22-7-47
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
 Fru A. Warberg Müller
-Bakkevej 12
+Bakkevej No 12.
 Hareskov St.
-[På kuvertens bagside:]
-Lindøgaard Dræby St. Fyen
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
 [I brevet:]
-Lindøgaard 12te Juli 1947
-[...21 lines deleted...]
-Peter Rohde
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
+    <t>1944-01-25</t>
+  </si>
+  <si>
+    <t>Maria Balslev
+Alfred Fly
+Axel  Müller
+Ellen  Sawyer
 Janna Schou
 Christine Swane
-Anna Tinesen
-[...58 lines deleted...]
-Else Warberg
+Lars Swane
 Karen Warberg
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
+Per Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Johanne/Junge spørger, om Astrid kan lægge penge til side til skatten? Det er godt, at Axel har det bedre. Johanne håber, at der bliver råd til turen til Nyborg. Hun vil godt betale for begges cerutter. Måske kan Lauritz køre for dem. 
-[...4 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/hx17</t>
+    <t>Erik/Tinge Warberg Larsen havde en søn, Per, fra første ægteskab. Det vides ikke, om Grethe også havde en søn (jvnf. "Drengene"), eller om Erik havde endnu et barn. 
+Det vides ikke, hvem Stisen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2449</t>
+  </si>
+  <si>
+    <t>Grethes mand vil omsider skilles, så hun og Erik/Tinge kan blive gift. De er flyttet sammen. Ellen Sawyer er forarget. Grethe og Eriks hjem er pænt.
+Johanne går ikke ud uden sine stokke. Blæren er i orden. Fordøjelsen er fin, men hun er ikke meget for at bære spanden ud på møddingen. 
+Johanne forklarer Astrid om saltning og brug af svinekød.
+Der er mange mus på gården. 
+Martin/Manse skal giftes med Ellen Grethe. 
+Laura/Bibbe er glad for at være i gang igen. 
+Johanne har haft stærke smerter og måtte have læge, selvom hun dårligt har råd til det. Nu er hun på diæt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JdVO</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
+Modt. 29’ Jan. 1944
+besv. s. Dag
+Husk:
+Tallerkner
+H[ulæseligt]olie
+Charl.
+Jørgen.
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
-[Skrevet af ukendt:]
-[...2 lines deleted...]
-besv. 10. Dec. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgd. Dræby St. Fyen
+[Håndskrevet i brevet:]
+Kæreste lille Dis!
+Tak for dit lange gode Brev, som jeg selvfølgelig blev meget glad ved – jeg haaber, du fik en Hilsen fra mig gen. Axel, hvem jeg sendte Fødselsdagsbrev til . Er det 15de eller 16de? Jeg nævner det, fordi man jo ikke helt stoler paa Trafikforb.
+Jeg har nu lagt dit Brev foran mig og skal besvare dine Spørgsmaal. Grethe og Tinge havde længe været enige om at de maatte sammen, men hendes Mand, som ellers tit har sjoflet hende slemt og holdt til andet Steds gjorde Kunster; men en skønne Dag skrev Grethe, at nu var det i Orden og nu kom de, det var sidst i Okt. og de kom midt i Nov. Tinge er lyksalig. Han har paataget sig begge Drengenes Forsørgelse (de er 13 og 6 Aar) han lever jo altid mere i Fantasien end i Realiteten. Men det gaar vel. Han arbejder her hver anden Uger [”r” i slutningen af ordet overstreget] paa egen Kost, men passer jo ved Siden af sine Dyr hjemme. – Lejefolkene flyttede, de havde faaet det at vide i god Tid. Nej gift er de ikke, men har da indrettet sig med Ægtesenge ved Siden af hinanden med et stort Sengetæppe over, hvilket forekommer mig at se allermest intimt ud!! Naturligvis skal de giftes saa snart Papirer kan ordnes. Elle skæver lidt ilde ved Arrangementet (ingen andre nævner det) hun sagde ”Jamen Junge, hun kan da ikke gaa lige fra den ene Mand til den anden”. Det synes vi andre nu godt hun kan og skænker det ikke en Tanke, men vi har jo heller ingen Burgøjser-bekendte. Jeg holder ogsaa umaadelig meget af Grethe, hun er et yndigt Menneske. De har faaet det saa smukt dernede, Grethe førte mange Ting med sig af alle mulige Ting Slags [”Slags” indsat over linjen] og Bibbe har givet ham af sit Bohave fra da hun var Musiklærerinde i Kjertem. De har ogsaa mange Malerier og saa alle de smukke Sager [”Sager” indsat over linjen], som Tinge fik af alle jer til sit Bryllup, bl.a. Malerier af Uglen og Lasse. 
+Saa var der Spørgsmaalene om mit Helbred og der har jeg desværre ikke gode Efterretninger denne Gang. Du spørger til Stokkene – jo, her inde i Stuerne bruger jeg dem ikke saa meget nu, men gaar aldrig ud uden dem; jeg har gaaet flere Smaature, naar Vejret var godt, men ikke i den allersidste Tid. Blæren er fuldstændig i Orden, takket være Pyeloli Tabletter, 2 tre Gange om Dagen, faas i Haandkøb. Det generer mig ikke Spor at gaa om i Haven, der er aldrig Træk og jeg bliver aldrig kold af det; sidde paa en Spand kan jeg ikke (Knæ) bære det paa Møddingen vil jeg nødig, lade andre gøre det endnu nødigere. Og saa varer det ikke mere saa længe for mig som før; min Fordøjelse har oppet sig saa udmærket lige siden jeg var syg. 
+2 Du skal ikke tage din Saltbalje saa højtidelig, det gaar nok. Er der ikke en Skinke, som skal i Røg? Hvis det er en mindre Gris er 5 el. 6 Uger i Salt nok, som elv [”som” overstreget ”elv” skrevet over linjen] om der ikke er megen Lage, ligger det vel pakket i Salt? Jeg kender dem, der aldrig forlanger af sin S.balje at den skal gaa i Lage, kun har det hele pakket i Salt; andre gnider Stykkerne med Salt, pakker dem tæt sammen og laver saa en Lage (stærk nok til at kunne bære et Æg oppe) som de saa hælder kold over lige efter Slagtningen. De forskellige Stykkers Anvendelse, kan du jo næsten se dig ud af; er der lidt tykke Spækstykker kan de jo gaa i Røg sammen med Skinken; de knap saa tykke – men helt fede – bruger jeg til stegt Flæsk og steger dem lidt haardt for at faa mest mulig Fedt til at smøre paa Mad og spare paa Smør. Stykkerne med magert i bruger du vel til Ærter, Hvidkaalssuppe og Grønkaalssuppe? Jeg regner med en 3 Dage i Blød, skifte Vandet hver Dag. Mon disse Par Oplysninger kan hjælpe dig, hvis ikke saa spørg bare igen. Tænk, at Musene netop skulde gnave i det eneste, der kunde tage Skade. Vi kæmper og kæmper med Mus; her paa Egnen har der været fuldstændig oversvømmet af dem; desværre er alle vore Katte døde af Kattesyge; hvad skal det blive til, hvis alle Katte dør og Mus lever. Andres Katte dør ogsaa i denne Tid. 
+Det er sandt: hvis der er noget magert imellem Flæsket – altsaa magre Stykker, kan du jo lægge dem i Blød, d.v.s. skaaret i Skiver, mindst 2 Døgn, snarere 3 og hakke det til Frikadeller; hvis du blander kogte Gulerødder og kogte Kartofler imellem skal der ikke meget Kød til for at faa en Ret. Ligeledes er der jo ”Karbonadeflæsk”, hvis der er Stykker med lige meget fedt og magert. Det skæres i tynde Skiver (som om du skærer Spegeskinke) og lægges i Vand – altsaa Skiverne – i c. 2 Timer; render saa af paa et Dørslag, men skal ikke tørres med et Stykke, dyppes i Hvede_mel og steges i meget hedt Fedt, saa hedt at det straks brunes og kan vendes, helst kun et Par Min. Stuvede Kartofler eller Grøntsager – ikke anden Sauce end hvis der er en Smule Fedt paa Panden
+Nej, det var ikke saa slemt at komme af med Bibbe; Glæden over at Forholdene igen tillod hende at komme tilbage og virke, overstraalede alt andet, og endnu bedre blev det, da hendes Breve fortalte om hendes store Glæde over at komme derop igen; nu kommer hun af med sin elskede Veninde Ellen Grethe Secher, en Købmandsdatter fra Aarhus; hun rejser derfra nu til Febr. skal ud nogle Maaneder at lære lidt Husholdning og skal saa – jeg tænker mig til Maj – giftes med Manse. Hun var her sidst i Nov. – kom, saa, vandt – og Manse var forleden i Aarhus; jeg ved ikke rigtig om de taler om det endnu 
+3 saa du skal ikke skrive Lykønskning til ham. Ja, der er møje nyt aa spørre.
+Nu maa jeg nok til Slut aflevere Beretning om min sidste Sygdom – som ingenlunde er morsom; jeg har mange Gange i den senere Tid ligget vaagen i flere Timer af lidt Smerter i Maven, eller ret. Hjærtekulen, men da Afføringen var saa normal og god har jeg slet ikke ændset det, men da jeg i Søndags Aftes kom i Seng, skal jeg love for at jeg ændsede det; jeg laa i _meget stærk Pine fra 10 Aft. – 6 Morgen, fløj af og til ud af Sengen og herop i Stuen, kunde ikke være til. Tabletter hjalp kun saa lidt. Jeg blundede lidt paa Morgenstunden og laa hele Mandag og stod lidt op i Gaar Eft. Men først i Nat sov jeg rigtig lige ud i en Køre fra 11 Aft. – 8 ½ Morgen. Tror du ikke, det er en Galdehistorie? Det er ikke skærende eller stikkende Smerter (som alm. Mavepine) snarere som om noget presser paa øverst oppe i Maven – Mellemgulvet – og naar det er slemt gør det ondt i Ryggen ogsaa. Jeg tør næsten ikke spise, lidt Grød, Te Mælk og lidt tørt Franskbr. 
+Du spørger vel hvad Doktoren siger, men jeg har ikke haft Doktor. Jeg har betalt Medicin 64 Kr., Sygehuset har sendt Regn. paa 245 Kr og Dr. Fly (for et Aar) 166 Kr. Sogneraadet gør Vrøvl og synes ikke at ville betale mere, saa der sidder jeg nydeligt i det. Jeg har i Dag indgivet Andragenet til Sogneraadet om at blive ved med at betale det. Hvis jeg var i Sygekassen skulde det jo dog betales derfra, og jeg synes ikke der kan forlanges at en uformuende Aldersrentenyder skal betale den Slags selv. Du forstaar, jeg sender nødig Bud efter Læge nu, men gaar det ikke over, bliver jeg jo nødt til det. Tag at beskrive mig Karakteren af dine Galdesmerter. Dette er ikke sjovt – slet ikke, jeg er mægtig ked af det, har ellers følt mig saa stærk i den senere Tid, og saa kommer dette og slaar mig ned igen.
+Elle har jeg ikke set siden før Jul, hun har været saa forkølet længe, men var nok kommen i Søndags, hvis det ikke havde været saadan et Hundevejr. Vi har talt et Par Gg. sm. i Telefonen. Nina fra Glorup spørger saa tit til ”Stisen” naar hun ringer om Søndagen. 
+Nu haaber jeg at høre lidt snart fra dig dette Kæmpebrev har da fortjent det.
+Hils Axel og Nus saa meget, dejligt at hendes Aar har været saa fint.
+Tusind Hilsner søde Dis fra din Junge
+Onsdag 25-1-1944
+[Indsat øverst s. 6, på hovedet:]
+Har du hørt om Marie Balslevs store og frygtelige Oplevelse Ugedagen før Juleaften, ellers skal du faa den i næste Brev. 
+[Indsat øverst s. 1, på hovedet:]
+Næste Dag paa Sengen. Jeg maatte have Bud eft. Dr. Fly nu til Form. Det er Galdeblærebetændelse, jeg skal ligge c. 3 Dage og maa forøvrigt ikke røre fede Ting – Smør, Fedt, Fløde – men ellers spise alt andet, f. Eks meget Sukker. Er det det, du fejler? Der er en meget øm [fortsætter ned langs venstre margen] Hævelse i højre Side af Maven, lige under Ribbenene</t>
+  </si>
+  <si>
+    <t>1945-03-18</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Erik Warberg Larsen
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
+Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
+Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
+  </si>
+  <si>
+    <t>Johanne/Junge forstår godt, at Astrid/Dis savner datteren Janna. Det er svært at være alene hele dagen. Johanne var selv ved at blive skør af ensomhed, da hun var i USA. Og jo, Astrid må gerne skrive om sine sorger.
+Johanne takker for tobakken. Hun ser ingen mennesker, for rutebilen kører ikke, og folk har ingen cykeldæk. 
+Grete skal snart føde, og nu har hun hekseskud.
+Johanne skriver om krigen og tyskernes brutalitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TCWH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+X
+Modt. 22’ Marts 1945
+besv. samme Dag.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+Læst jun. 2000.
+af Bibbe
+13/3 – 2001. BWP.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
-Lindøgaard Lørd. 29-11-47.
+Lindøgaard Søndag, d. 18de Marts 45.
 Kære lille Dis!
-Det var dog en hel Velsignelse at faa saadan et godt Brev fra dig, det var saa sandelig en god Tur, han der havde til Kontoret. Naar I faar fuld Gage baade for Nov. og Decemb. kan I saa ikke lægge lidt af det til Side til Skatten, for den bliver jo hamber til næste Aar, naar I faar mindre at leve af, men alligevel skal af med den sædv høje Skat. De Blade du skrev om, har jeg regnet sammen til 184 Kr. årlig det kan der købes en hel Del Mad for. Ja, det var som jeg vist skrev, at en Ændring paa Sagerne vilde hjælpe paa Axels Helbred – det er jo endelig ikke saa svært at regne ud, for Nerver er jo paa Spil alle Vegne. Hvor er det dog dejligt, lille Dis! Tror du nok, du kan faa Raad til det Nyborg-Ophold, som jeg ser hen til med saa stor Forventning. Skulde vi faa daarligt Vejr, har vi da nok at snakke om indendørs. Ser du ikke ogsaa hen til det som en god Oplevelse? Vi maa se at faa det til at blive af. Naar vi kommer ind i det nye Aaar, vil jeg spare sammen til det og jeg tror [”tror” indsat over linjen] ogsaa godt, jeg kan bestride vort fælles Cerutbehov, din Rejse til Nyborg er jo dyrere end min. Saa vil Lauritz hente os ud til dem, saa du faar Bibbe at se i hendes Hjem, og maaske han ogsaa vil køre os en Tur f. Eks. til Glorup, til de gode Titter – det har jeg nu ikke talt med ham om, men han er vældig flink med Bilen hvis hans Dæk bare vil holde, de er frygtelig skrøbelige og han kan ikke faa nye. – Vi havde saadan en morsom Aften
-[...5 lines deleted...]
-Masser af Hilsner til Jer begge</t>
+Tusind Tak for dit Brev, som jeg fik i Forgaars; samme Dag havde jeg Brev fra Bibbe, hendes maatte jeg besvare først, og hun fortalte mig, hvor glad hun havde været over at træffe dig hos Magisterens. Det var dog ogsaa et morsomt Held, at hun netop kom derud den Dag. Nu har vi hende snart hjemme igen og Gud ske Lov for det, det er dog tryggere at vide hende her paa Landet, for Faren dog er minimal.
+Kæreste lille Dis, hvor jeg forstaar dit Savn af Janna, og det føles dobbelt – ja mere end dobbelt – fordi du er alene hele Dagen. Hvor godt man end forstaar at – hvad skal jeg sige – underholde sig selv, saa er det ingen Spøg at være alene hele den lange Dag igennem, det prøvede jeg i Amerika, og det var drøjt, så drøjt at jeg ogsaa den Gang mente mig selv at være på Sindssygens Rand. Saa jeg forstaar dig og har den varmeste Medfølelse i det. Jeg forstaar ogsaa, naar du skriver, at det hjælper ikke, at hun er saa forholdsvis nær, Tværtimod! Hvis hun var helt borte, f. Eks. boede i Jylland, var det lettere at bygge en ny Tilværelse op; paa denne Maade vil det vare længere før du vænnes til Tabet af hende, og dog vilde man selvf. ikke bytte eller ønske hende længere borte. Det eneste Gode, jeg kan se ved det, er at det nu er bleven Foraarstid, og Foraaret har jo mange Glæder og Goder i sit Følge, langt værre om det havde været de vemodige Maaneder Oktober og November. Men som du selv skriver, der er ikke andet ved det at gøre end at se at holde Halen saa højt som muligt og forlange af sig selv, at man skal kunne bære det. Og saa maa vi haabe paa, at Tiden vil mildne Savnet, saa du kan faa Glæde ud af Møderne med hende – muligvis det gaar hurtigere, end du nu er i Stand til at tænke dig. Hvor jeg dog haaber og ønsker det. Den lille Pige maa vel ogsaa være et stort Plus for dig. Men først og sidst, at Janna er glad og – som du skriver glad, naar du kommer. Tænk, at du kan spasere en hel Time dertil. Ogsaa hjem? det skrev du ikke noget om. Men hør Dis, jeg vil ikke høre noget om, at du skulde betænke dig paa at udgyde dine Sorger og Problemer for mig. Hvad har man dog sine Venner (Søstre) til, naar man ikke skulde kunne klage sin Nød til dem, naar Livets Bølger gaar højt, som vi udtrykte det i vore unge Dage, nej, lad os nu være her! Og lov mig, at du bare skriver løs, selv om det gør en ondt at høre om Sorger, saa vil man da ti Gange hellere høre dem og have en Følelse af, at ens Svar mulig kan trøste og styrke lidt, end man vil være udenfor og – skaanes! Tænk paa, hvad jeg sikkert har aflæsset til dig i sin Tid, da mit Livs Bølger fuldstændig konstant gik højt, det har næppe været Smaating, du har maattet høre om. 
+Nej, det var saamænd kun en Forglemmelse at jeg glemte X [”X” indsat over linjen] at kvittere og takke for Tobakken, det gik hurtigt op for mig, da jeg havde sendt Brevet. Vi vil være Jer saa taknemmelige, hvis I af og til vil sende noget, for nu kniber
+2.
+det snart haardt; den hjemmeavlede Tobak er der ikke saa meget Drøje i, som jeg havde tænkt, og det gaar hurtigt ned ad Bakke med den. Saa hvis I vil have Ulejlighed med det og absolut ikke Udgift, vil vi som sagt være Jer megen Tak skyldige. 
+Tak fordi du holder mig à jour med Jeres økonomiske Forhold; hvor var det dejligt, om I kunne komme rigtig paa Fode, og om Axel kunde faa nye Tænder; det vil gøre ham 10 Aar yngre, og vist ikke alene at se til. 
+Jo, saadan er det jo, der hvor Pengene er, skal der yderligere dynges paa, og Fattigfolk skal de nok vide at flaa. Vi maa habe paa J.A.K., at de Synsmaader en Gang maa vinde Sejr.
+Herfra er som sædvanlig intet nyt. Vi ser aldrig nogen her, nu da Bibbe er en Saga, Rutebilen saa at sige ogsaa, og ingen har Dæk paa deres Cycler. Elle har vi ikke set siden Jul, og naar faar vi hende at se, skønt Vejret jo er lige til at cycle i, saa fint et Foraarsvejr. Godt at vi har Lindøerne, dem ser vi da af og til. Grete har det [”det” indsat over linjen] ikke saa farlig godt, hun længes vist efter, at hendes Time skal slaa, det lille Skind. 
+Næste Dag, Mandag Form. I Morges kom Tinge og spurgte om Anne Marie maatte komme ned og hjælpe Grethe lidt i Eft. Nu har hun faaet Hexeskud og ligger og kan ikke røre sig; det er saa trist, at hun skal døje med alt muligt, den lille go’e Grethe! 
+Det er Middag nu, og jeg er bange, det bliver ikke til meget mere, Posten er tidlig paa det om Mandagen
+Næste Gang skal jeg sende det bio-dynamiske Skrift, du sendte, jeg har knapt læst det endnu og det er jo meget interessant. Det andet beholder jeg altsaa. Tak! – Nu har Anne Marie igen haft en Omgang med Betændelse, denne Gang i Øret og hun har døjet meget og haft Doktor her 2 Gange ligget i Sengen 2 Dage og haft mange Smerter. 
+Der er saadan en flink lille ung Læge i Dræby, jeg havde aldrig set ham før; den første Dag, han var her, bød jeg ham Kaffe og han blev siddende i nær ved 2 Timer og snakkede med mig; vi var meget ivrige begge to, saa han glemte Tiden. Vi var meget enige – det er man jo gerne for Tiden, fordi det mest er een Ting, man diskuterer nu: Krigen og alt hvad dermed hører. Det var en helt Oplevelse for mig, jeg ser næsten aldrig andre Mennesker. 
+Efter Middag. Det er underligt nok, for skønt alt hvad der sker i Verden – et Hav af Rædsler – opfylder en hver Time paa Dagen, saa er der noget ved det, der gør, at man ikke skriver om det. Men du kan tro, at alt det forfærdelige som vi hører om, og som [”og som” indsat over linjen] ligger paa en som en Mare ogsaa bidrager til, at gøre det daglige Savn af Janna endnu tungere end det vilde være, dersom Verden havde sit normale Udseende. Jeg har da i hvert Fald saa tit den Fornemmelse, at det er ikke til at bære. Og Verdens Fremtid må man ogsaa - uundgaaelig – spekulere paa. Faar vi mon den forfærdelige tyske Krigsmentalitet udryddet nogensinde. Ja, en Gang maa jo den tyske Nation blive voksen, men hvor længe vil det vare? den er for mig at se en stor lømmelagtig Dreng med alle den Alders Skavanker – ogsaa Børns Grusomhed har den i rigt Maal. En underlig Mangel paa Fantasi, der gør, at de slet ikke formaar at fatte andre Menneskers Lidelser. Nu er Lidelserne over dem selv, men vil de kunde lære af det? Eller vil det udelukkende resultere i Hævnfølelse? Det er Fremtidens Gaader. Saa vidt jeg husker, sagde Fanny jo, at der vilde gaa en uhyre lang Aarrække uden Krige, men den synske Fisker oppe i Nordnorge, der spaaede 1ste Verdenskrig, paastod, at der vilde komme Krig i 1953, hvor Frankrig og Rusland vilde slutte sig sammen og ødelægge Sverige. Det lyder fantastisk. Man kan ikke tænke sig Frankrig have Interesser i Sverige, vel? Og der er kun 8 Aar til, han maa vist have set forkert med et Aarhundrede eller to. – Naa, nu blev det alligevel til lidt mere Brev, 
+[Skrevet på hovedet øverst på s. 1:]
+Jeg skulde egentlig have hjulpet A.M. med Opvasken, saa hun kunde komme hurtig ned til Grethe, men det Ky’ det Ky’ -
+God Bedring med det lilles Snue, det er da kedeligt, naar hun saa ikke kan komme ud.
+Nu haaber jeg, at det hele maa bedres lidt for dig, søde Dis. ”Tiden læger” som Mornine skrev som 14årig, 2 Dage efter en dødsens Fortvivlelse over en ubesvaret Elskov.
+Tusinde Hilsener fra din Junge. 
+[Indsat nederst s. 2:] X hvilket herligt Sprog, der kan falde en i Pennen.</t>
   </si>
   <si>
     <t>1947-12-20</t>
   </si>
   <si>
     <t>Edel -
 Ena -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Henning Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Axel  Müller
 Lauritz Pedersen
 Georg Poulsen
 Janna Schou
 Lars Swane
 Rigmor Thorsen
 Erik Warberg Larsen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Hvad familien skulle i Nyborg vides ikke.
 Den lille syerske fra Strandgyden kendes ikke. Heller ikke Charles. 
 Det vides ikke, hvad Lauritz Pedersens svigerinde og hendes mand hed. Svigerinden var formodentlig Lauritz Petersens første kones søster. Det er også uklart, hvor deres fælles gård, Dalsgaard, lå.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
   </si>
   <si>
     <t>Peters Ena snakker alt for meget.
 Edel er en god hjælp i huset. Man har bagt lagkagebunde til Erik Warberg Larsens barnedåb. Laura/Bibbe skal bære, og Lauritz P. stå fadder.
 Det er dejligt, at Astrid Warberg-Goldschmidts arbejdsevne er kommet tilbage, og at Axel Müller har det bedre. Godt også med kakkelovnen. 
 Maler Georg Poulsen har været på besøg for at låne billeder til Johannes Larsens 80års-fødselsdagsudstilling i Odense. Johannes Larsen er i godt humør. Han tager med til Johannes Nicolaus Brønsted/Magisterens begravelse. 
 Adolph/Agraren, Johanne/Junge og Martin/Manse Larsen skal med til Johannes Larsens 80års fødselsdagsfest. Nogle familiemedlemmer er ikke inviteret, da der ikke er plads til alle i Værkstedet. Andreas/Puf Larsen har lovet, at Johanne ikke kommer til at sidde i træk. 
 Det er svært at varme huset op. Marie Larsen kommer til jul. 
 Johanne har lavet en seng til en dukke, som Lise Warberg Larsen skal have.
 Erik skreg under hele dåbshandlingen og også bagefter ved kagebordet. 
 Laura/Bibbe og Lauritz skal holde jul for hele personalet på Dalsgaard. 
 Johanne tænker på julen på Erikshaab.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vpPh</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:}
 22 Dec. 1947.
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov
 13-3-2007.
 21-6-2000.
 BWP.
@@ -2449,137 +1512,215 @@
 [I brevet:]
 [Indsat julemærke med teksten: ”Jul 1947 Danmark”.
 Lindøgaard 20-11-1947.
 Kære lille Dis!
 Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
 Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
 Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
 2.
 værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
 Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
 Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
 Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
 3.
 deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
 Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
 Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
 4.
 syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
 Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
 Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
 Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
 De kærligste Hilsner, lille Dis, fra din Junge.
 Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
   <si>
-    <t>1947-12-26</t>
-[...10 lines deleted...]
-Louise Brønsted
+    <t>1949-05-24</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
 Thora Cohn
 Adolph Larsen
-Alhed Larsen
 Andreas Larsen
-Elena Larsen
-Erik Larsen
 Grethe Larsen
-Jeppe Andreas Larsen
-Johan Larsen
+Henning Larsen
+Jeppe Larsen
 Johannes Larsen
-Lise Larsen
-Marie Larsen
 Martin Larsen
+Kirsten Larsen, Elena Larsens veninde
 Else Larsen, Else, Andreas Larsens kone
-Christine  Mackie
-[...2 lines deleted...]
-Leo Swane
+Ellen  Sawyer
+Lars Swane
 Ane Talbot
-Gunnar Tinesen</t>
-[...18 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/qXs1</t>
+Ursula Uttenreitter
+Andreas Warberg
+Minna Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Hansen, Keld, Per, Ole og Thyra var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0659</t>
+  </si>
+  <si>
+    <t>Andreas/Dedde Warberg har været på besøg hos Ellen Sawyer. Andreas og Else Larsen kom og snakkede. I øvrigt er der ikke megen kontakt mellem "Malerens" og de øvrige i familien. Kun Martin/Manse ses med Johannes Larsen til fuglesnak. Andreas/Puf Larsen er blevet lidt sær. Han er netop fyldt 50.
+Dedde tog videre til Lindøgaard, og man gik tur og så på afgrøderne. Det er trist, at Dedde fik en kone, som ikke passer til ham. 
+Louise/Lugge Brønsteds hus er ikke færdigt, og det bliver dyrt. 
+Martin/Manse Larsen køber mere jord. Erik/Tinge Larsen er hårdt spændt for.
+Johanne Larsen underviser Ole i engelsk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cB31</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru A. Warberg Müller
 Bakkevej 12
-Hareskov
-[...2 lines deleted...]
-21-6-2000
+Hareskov St. 
+[Skrevet af ukendt:]
+modt. 25/Maj 1949
+(husk om Lugge!)
+besv. 31/5.
+[Skrevet af Laura Warberg Petersen:]
+19-1-2007.
+10-7-05
+8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
+Danmark.
+[Skrevet af ukendt:]
+16-7-05
+10-7-05
 [I brevet:]
-Lindøgaard Fredag 2den Juledag 1947.
+Lindøgaard 24-5-1949. 
+Kære lille Dis
+Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
+Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
+Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
+2
+Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
+Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
+Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
 Kære lille Dis!
-Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
-[...16 lines deleted...]
-Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
   </si>
   <si>
     <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
   </si>
   <si>
     <t>Gustav Helms
 Adolph Larsen
 Marie Larsen
 Axel  Müller
 Lauritz Pedersen
 Ellen  Sawyer
 Karen Warberg
 Marie Warberg
 Lise Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
 Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
 Det vides ikke, hvem Dr. Bech var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
   </si>
   <si>
     <t>Johanne C. Larsen tror, at Astrid Warberg-Gs mavesmerter skyldes, at hun ikke kan tåle det hårde arbejde. 
 De to søstres fælles ferie var dejlig og kan måske gentages et billigere sted. 
 Titterne (Karen/Nina og Marie Warberg) var søde, men Johanne er ikke enig med dem om fredsbevægelserne. Det er dog fint, at de er religiøse.
@@ -2617,345 +1758,54 @@
 Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
 2) 
 Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
 Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
 3)
 noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
 Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
 [Skrevet på bagsiden af første side; fortsat fra ark 2:] 
 han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
 [Skrevet langs venstre margen på bagsiden af første ark:]
 ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
 [Skrevet øverst på hovedet på ark 2:]
 Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
 [Skrevet langs venstre margen ark 2:]
 mest 1150 Kr til Termin idet han solgte ...
 [Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
 Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
 [Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
 i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
 [Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
 han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
 [Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
 og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
   </si>
   <si>
-    <t>1949-05-24</t>
-[...292 lines deleted...]
-  <si>
     <t>1950-08-28</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
   </si>
   <si>
     <t>Nelly -
 Joy Deason
 Ina  Goldschmidt
 Matilde Jungstedt
 Andreas Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Christine  Mackie
 Holger  Møller Hjorth
 Ellen  Sawyer
 Grete Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Per, Ole og Dessau var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0664</t>
   </si>
   <si>
     <t>Else og Andreas/Puf har fået en lille dreng. Efter to dage blev han syg og indlagt og døde. 
 Johanne Larsen har fået konstateret, at hun har næsebetændelse. Hun syr lyseduge og servietter.
@@ -2967,50 +1817,1088 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Warberg Müller
 Bakkevej 12
 Haveskov St
 [Skrevet af ukendt:]
 Aug 1950
 modt. 11 Jan. 1941 [linjen overstreget]
 25-1-2002.
 29-7-2009
 [På kuvertens bagside:]
 Lindøgaard Dræby St.
 [I brevet:]
 Lindøgaard Mand. 28-8-1950
 Kære lille Dis!
 Tak for dit gode Brev! Jeg fik det i Fredags, og det kom saa uhyre tilpas som en Opmuntring i den store Sorg, vi lige var bleven ramt af. Jeg har paa Fornemmelsen, at jeg aldrig har faaet dig fortalt, at Else (Puf) ventede sig en lille; de havde hele Tiden sagt d. 20/8, og en dejlig lille Dreng kom d. 23_de_ ved 3 Tiden om Natten; det var gaaet saa uhyre let for Else, og det hele kun varet et Par Timer. Else havde glædet sig saadan til det lille Barn, og som du kan tænke dig var Lykken stor. Marie, Bibbe og Elle, som naaede at faa ham at se, har sagt, at det var saadan en ualmindelig dejlig Dreng, og han laa og sov saa trygt og saa saa sund ud, men Natten til Fredag blev han syg, Doktoren fik ham paa Sygehuset i Odense, hvor han døde om Morgenen. Det var et forfærdeligt Slag, det gjorde os saa bitterlig ondt for Else, men alligevel var det jo godt, at Drengen ikke var bleven større end de to Døgn. Bibbe var saa ude af sig selv af Sorg – hun havde været der om Torsdagen med Marie, som skulde rejse Dagen efter og derfor fik Lov at komme ind til hende og set det hele saa lykkeligt Else laa og straalede, et Blomsterflor var der det hele saa smukt og godt – og saa det hele vendt til Sorg og Smerte. 
 Jeg ved ikke rigtig om jeg i mit sidste Brev fortalte om mit Doktorbesøg, hvor det blev konstateret, at det var Næse-Betændelse – er det dog ikke kunstigt, som jeg altid hitter paa mærkelige Sygdomme. Marie dryppede saa min Næse, og saa maa det vel være gået over, jeg kunde ellers ikke mærke noget, det var kun den stadige Feber, der fik mig til at faa fat i Doktoren. Der gik 3 Uger ialt ["ialt indsat over linjen], hvor jeg var til ingen Ting, hvilket vil sige, at jeg ikke bestilte Haands Gavn. Men nu er det jo et overvundet Stadium, og mit Knæ bedres ogsaa helt godt, men Doktoren mener nu ikke, jeg skal gaa paa det ud over, hvad der er nødvendigt. - - Nu har jeg syet 17 Servietter til M. alle forskellige, men hvis det ikke haster med Holgers, vil jeg først sy den Lysedug til min gamle Veninde Nelly i Amerika, Putte skal have den med, naar hun rejser hjem.
 Jeg synes, det er saa forfærdeligt morsomt med dit nye Forfatterskab, du kan vist sagtens skrive noget, der er bedre end, hvad der foreligger, dog maa jeg siger ["r" sidst i ordet overstreget], at jeg ikke kender stort til dem – Drengebøger med spændende Æventyr morer mig at læse (jeg har fortæret Masser af Pers og Oles Bøger) men Ungpigebøger er jeg altid gaaet udenom i en stor Bue. Dine bliver nok med lidt Humør i. Det var morsomt at høre om dit Sjumse-Besøg pg den lille Solstraalefortælling om Dessau. 
 Du spørger om Høsten – ja Kornhøsten var til Ende, før vi fik Regn, vi havde ikke saa meget med Korn i Aar; Korn er det som paa disse magre Jorde daarligst taaler Tørke (hvad vi jo altid plages af netop paa den Tid, hvor det gerne skulde regne) derfor er Manse slaaet ind paa saa meget andet. Han har i Aar haft: Tidlige Kartofler, grøn Lucerne til Fabrikker, modne Ærter, Lupiner, Sennep, Kaalfrø, Rajgræsfrø, Sukkerroer. Ærter og Lupiner er høstet, men ude endnu, Sennep skal de høste i Eftermiddag, saa selv om det vi tidligere forstod ved ”Høsten” er ovre, har de meget Arbejde endnu. Det hele har været under Middel, Kornet naaede kun 10-12 Fold, og det er jo meget sløjt. Alle Landbrugets Udgifter er saa høje saa f. Eks. de store Kornpriser ikke forslaar. Desværre har vi en dyr Tid for os: i Gaar ankom de to Englændere, som jeg vist maa have skrevet om. Joy Deason og hendes ”friend”. Manse hentede dem i Odense og maatte tage Bil hjem, da der ingen Forbindelse var, og saa maa man jo leve anderledes, end vi plejer, tænk bare paa alt det Franskbrød; vi bruger jo Gas og har aldrig Ild paa Komfuret, bager ikke selv. Hun er 21 Aar, Manse siger at hun er i Udvikling som en 14 Aars. Vi har alle været meget nedbøjede over at skulde have det Besøg, men Manse kunde ikke sige nej; han har tidligere inviteret hendes Forældre, som var saa mageløse mod M. da han for 13-14 Aar siden boede hos dem; men de er saamænd meget søde; nu skal vi se, om jeg kan formaa dem til at tale saa højt og tydeligt, at jeg kan forstaa dem. Marie lærte det ikke i de 4 Uger, hun var her, hun mumlede den sidste Dag som den første – og altid fik hun et Hva’be’har? - - Vil du nøjes med dette sløje Brev – jeg tror ikke, jeg endnu har faaet Humøret efter Sorgen over Puf og Else. - - Elle ser jeg aldrig, hendes Hud er dog bedre nu, gid hun igen kunde blive til at cycle. Lille er stadig hos hende, venter sig i Oktober. 
 [Skrevet på hovedet på s4:]
 Nede paa Lindø har de det godt. Grete er altid elskelig imod mig, kommer ofte op med dejlige Blomster, som de har i lange Baner, og Ungernes Besøgen os, kan jeg ikke klage paa; de savner Rie,
 [Skrevet langs venstre kant på s4:]
 som var meget for dem, hun er jo Børneven, saa det kan forslaa.
 Tusinde Hilsner til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1947-12-26</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Bodild Branner
+Frits Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Grethe Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Lise Larsen
+Marie Larsen
+Martin Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Leo Swane
+Ane Talbot
+Gunnar Tinesen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaj Brønsted (Magisteren), som var gift med Louise, Alhed Larsen, Astrid Warberg-Goldschmidt og Johanne Larsens søster, døde 17. dec. 1947. 
+De mortuis nil nisi bene er latin for 'om de døde (skal man) kun (tale) godt'. Den oprindelige græske formulering er mere direkte: Tal ikke ondt om de døde (Diogenes' Laërtius 1.70). (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0655</t>
+  </si>
+  <si>
+    <t>Marie Larsen er taget til Kerteminde for at være med i festlighederne, når Johannes Larsen på sin fødselsdag bliver udnævnt til æresborger i byen. 
+Johanne/Junge Larsen takker for den skønne julepakke. 
+Johannes/Las Larsen har fortalt Johanne lidt om Brønsteds/Magisterens begravelse, og Andreas/Puf fandt præstens tale god. Marie har vist meget lidt deltagelse og endog fremhævet nogle af Brønsteds mindre heldige sider. 
+Efter planen skal Christine og Leo Swane køre med Johan/Lysse Larsen og Elena/Bimse for at deltage i æresborgerfesten. 
+Man holdt jul i havestuen på Lindøgaard. Dagen efter kom Lise med familien og takkede for dukken fra Johanne og Adolph. 
+Johanne ved ikke rigtigt, om det var forkert af Astrid ikke at deltage i Brønsteds begravelse. 
+Lørdag: Johan og Elena kom midt om natten, og Leo Swane og Christine var ikke med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qXs1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+[Skrevet af ukendt: måske Laura Warberg P]
+14-3-2007.
+21-6-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fredag 2den Juledag 1947.
+Kære lille Dis!
+Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
+Lad mig allerførst sige dig saa mange mange Tak for din indholdsrige Pakke. Først og fremmest dette pragtfulde Brevpapir, som hermed indvies, mit pæne Papir er netop paa Hældningen, der er vist kun et enkelt Ark tilbage, saa jeg er mægtig glad ved det og siger dig saa mange Tak. Bøgerne til Mandfolkene skal jeg sige saa mange Tak for. Jeg læste den til Manse en af de sidste Aftner inden Jul, jeg skal love for, den er spændende. Og saa allle Lækkerierne! Tænk at have faaet Risengryn til Huse! Og Rosiner og Bolsjer og saa de dejlige Cerutter og den store fine Mavebæltecigar – det var vel nok Herligheder.
+I mit lange Julebrev til dig, tvang jeg mig selv til ikke at skrive alt for meget om Lugge, men jeg var glad ved, at du skrev saa meget om det til mig, det var jo dog det, som opfyldte os begge. Og synes du ikke, at det var – er – svært at være saa langt borte og ikke kunne følge med i Enkelthederne. Christine hørte jeg dog fra et Par Gange, men kun ganske korte Breve. Jeg ringede Dagen efter til Kjertem. (jeg mener Dagen efter Begravelsen) Jeg talte kun med Las, de andre var i Byen, men han fortalte mig dog lidt om det; var det dog ikke kækt af Las paa 80 Aar at tage derover? Og da Puf kørte Rie herud Juleaftens Efterm. fortalte han mig en Del, ogsaa lidt om Præstens Tale, som Puf fandt god. Men nu faar jeg forhaabentlig den Glæde at være sammen med Christine i Morgen, det er i hvert Fald Planen, at hun skal komme til Fødselsdagen Lysse tager hende og SkriveSwane med i sin Bil, naar han og Bimse kører over. Hun ved, om Lugge har nogen Planer for sin Fremtid. – Der er nu mange, Dis, som har holdt af Magisterens ["s" i slutningen af ordet overstreget]; Peter siger, at Lysse holdt saa umaadelig meget af ham Bodild Branner skrev det samme; Fritz har taget sig det saa nær – Las, Puf, Christine. Jeg har 
+2
+været lidt forbløffet over saa komplet udeltagende Marie har været, ja næsten lidt forbavset over at se og mærke min Sorg. Det eneste hun egentlig fæstede sig ved, var det uforsvarlige i, at Las tog derover til Begravelsen; det blev næsten til en personlig Fornærmelse paa Lases Vegne over, at Magisteren var død!! Overdrivelse selvfølgelig; men jeg blev nu lidt underlig over at høre hende fordybe sig i Magisterens utiltalende Egenskaber og jeg tænkte: de mortuis nihil bene. Hedder det Ord ikke saadan? det mener jeg dog; jeg saa det forleden et Sted i en Historie helt anderledes, det endte paa bonus, og Ordet for De døde saa ogsaa helt anderledes ud. Spørg Axel! Der var heller ingen rigtig Glans – for mig altsaa – over Juleaften, som fejredes i Havestuen, jeg havde pyntet Juletræet, Peter havde dog lavet Julestjernen, den gamle maatte absolut siges at have udtjent, den havde ogsaa mange Aar paa Bagen. Jeg syntes jeg havde faaet det lille Træ rigtig fint og festligt i Aar; vi kan jo kun have smaa Træer, selv om det [”om det” indsat over linjen] naar helt op til Loftet; Lys havde vi nok af, Stjærnekastere ogsaa, saa det [”det” indsat over linjen] straalede smukt nok, og Net og Hjærter var frisklavet i Aar. Aldrig har her været saa mange Gavepakker som i denne Jul; Peter og Ena var her jo også ud over det sædvanlige Mandtal, og hvad Peter fik var ganske fantastisk, han sagde ogsaa den ene Gang efter den anden: Jeg har aldrig faaet saa mange Julegaver før. Ogsaa den lille Ena var tilfreds med sine. Juledags Eft. fik vi Visit af Tinge og hans Svoger Gunnar samt lille Lise, der skulde sige Tak for Gaverne, navnlig for Dukken fra os her. De sagde, hun var blevet helt forstenet af Betagelse, da den blev pakket ud. Om Aftenen, da de var kommen i Seng sagde Tinge til hende, om hun ikke snart kunde tie stille, nej, for Dukken skulde have ved den anden Side ogsaa, og saa sagde hun ned til Dukken ”hvordan er det du ligger og fedter med det” – man hører stadig Gretes forskellige Ytringer gaa igen i Lises Mund. Hun er en forfærdelig pudsig Unge. 
+Julegaverne – jo, jeg synes det er en utrolig praktisk Maade med Indpakningen; der er intet med at det og det ikke maa ses, for det er altsammen skjult under det fine Papir; vi faar heller ingen Uorden af den Grund, Papirer lægges straks fint sammen og samles i en Stabel og Baandene i en lille Bunke, som kommer i deres snart mangeaarige Æske, som har sin Plads i Julekassen. I Aar havde jeg saa meget Indpakningspapir, at jeg ikke nær brugte det op, skønt vil ["l" i slutningen af ordet overstreget] alle pakker Gaver ind med det; jeg har aldrig behøvet at købe Julepapir. - Tak for de smaa Skitser til din Børnebog, den er nok bleven nydelig og lille Nille salig; det er helt overraskende at du pludselig er bleven bildende Kunstner. 
+Du spurgte mig, om jeg syntes det var rigtigt, at du ikke tog til Begravelsen. Ja, for det første havde du vel daarligt kunnet taale det for din Bronchitis, men ellers – jeg ved det ikke, Dis, jeg har tumlet med det og spekuleret paa, hvordan Lugge ville føle det, men er ikke kommen til noget Resultat. Lad os haabe, at det du valgte var det rigtigste. 
+[Skrevet langs højre kant paa s4:]
+Lørdag 
+I Dag er det altsaa den store Dag i Kjerteminde! Jeg havde i Aftes en af mine ikke usædvanlige Søvnløshedsanfald, hørte saa Klokken slaa 2, men da ikke halv 3. – Kl. 5 vaagnede vi ved at en Bil kørte ind i Gaarden – Lysse og Bimse: 
+[Skrevet på hovedet øverst på s. 4:]
+min første Tanke var: så kommer Christine ikke, men ingen af dem havde tænkt paa at spørge Lysse om, hvordan det hang sammen, men jeg er da forberedt paa, at jeg saa ikke faar hende at se og det havde 
+[Skrevet på venstre kant på s. 4:]
+jeg dog saadan glædet mig til. – Jeg laa og fulgte Slagets Gang, hørte Manse gøre Ild, kalde paa Peter og sætte Madvarer frem for dem; naa, jeg fik da sovet fra 8-10, saa nu gaar den vel. Lys. og B. har vel skiftedes til at køre og sove!
+[Skrevet langs venstre kant på s. 2:]
+Jeg saa dem altsaa slet ikke, hvad der ikke gjorde noget, ieg har jo aldrig været ovenud indtaget i Bimse. Hvis Chr. ikke kommer bliver jeg altsaa den eneste Repræsentant for Alheds Familie
+[Skrevet på hovedet øverst på s. 2:]
+Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Gudrun Larsen
+Henning Larsen
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
+[I brevet:]
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
+2.
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
+  </si>
+  <si>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t>1939-03-18</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Louise Brønsted
+Thora Cohn
+Aksel Dydensborg
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Ane Talbot
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>I sommeren 1938 aftalte England, Frankrig, Italien og Tyskland, at området i Tjekkoslovakiet kaldet Sudetertyskland indlemmedes i det tyske rige som en lydstat (der boede mange tyskere i denne del grænsende ind mod det tyske rige). Den engelske premierminister Chamberlain udtalte ved hjemkomsten til London de berømte ord ”Peace in our time”). - 5. marts 1939 angreb Tyskland resten af Tjekkoslovakiet. Snart drev forfølgelsen af de sudetertyske jøder og arbejderbevægelsen dog en del på flugt, flest til Tjekkoslovakiet (Kilde: Lex. dk). 
+Albrecht Warberg blev født 7. marts 1839 på gården Ensomhed i Heden på Midtfyn. Han blev begravet på Hillerslev Kirkegård. 
+Egelund eller Lundgaard, Lumbyvej 56, Lumby. Oprindelig en tvillingegård (matr. nr. 6a og 7a) (Kilde: Arkiv.dk). 
+Lars Christian/Laders og Marie Balslev boede 1929 til 1958 på Erikshaab (Alhed Larsens og hendes søskendes barndomshjem).
+Kirkelaugnet: Der menes formodentligt en bygning/et laugshus ved kirken, oprindelig benyttet af et håndværkerlaug/lav/sammenslutning.
+Diatermi: Kortbølgebehandlinger i form af lokal varmebehandling, af bl.a. gigt- og muskelsmerter (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0600</t>
+  </si>
+  <si>
+    <t>Axel Müller har været syg.
+Johanne og tre af hendes søstre har højtideligholdt deres fars 100årsdag. De kørte først til Heden Kirkegård og besøgte Adelheyde/Mimi Sybergs grav. Derefter fik de middag på gården Erikshaab. Der var en dejlig udsigt gennem haven, som var blevet ryddet. Efter maden tog selskabet til Hillerslev Kirkegård, hvor de trimmede Albrecht Warbergs gravsted og plantede blomster samt lagde kranse på den samt på Otto Emil Paludan/Pallams grave. De sluttede med kaffe på Erikshaab og kørte så til Kerteminde, hvor de spiste hos Johannes Larsen med familie. 
+Johanne får lysbehandlinger i sin tå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TAfR</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+20 Marts 1939
+(om Fars 100 års Dag)
+Fru Warberg Müller
+Bakkevej 12
+Hareskov St.
+” tirsd. ” 23-1-07.
+læst lørd. d. 17-9-05.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby
+[I brevet:]
+Nu ogsaa Jøderne i Czekkosl.! 18 marts 39
+hvor er det snart forfærdeligt
+og det arme Land. 
+Kæreste Dis!
+Endelig faar jeg fat paa Brevet til dig, saa meget har sinket mig, Bibbe været daarlig nogle Dage af Forkølelse og mine Sygehusture trætter og distraherer mig –
+Tak for dit Brev! Det var rigtig nok sødt af dig at skrive straks efter, du kom op. Hvor trist dog med al den Sygdom hos Jer; hvor saadan en alvorlig Mavesygdom dog maa have taget paa Axel, der er ikke saa mange Kræfter at tage af. Gid han dog nu maa være over det; da du skrev havde han endnu 38⁵, det er dog høj Feber. Og hvad for en Slags Mavesygdom kan det dog have været naar det smitter – du skrev, han havde smittet dig, er det ikke snarere to Virkninger af en og samme Aarsag? Siger Doktoren ikke noget om det? Alm. Mavedaarlighed smitter jo ikke. S.u. 
+Lad mig straks gaa i Gang med at fortælle dig om Dagen. Den blev en dejlig Oplevelse. Kl. 10½ ankom en stor Bil med Chr. Lugge og Elle; jeg blev læsset og vi gled. Min første Bemærkning var: Jeg synes I er noget blomsterløse”, der var neml. ikke saa meget som et Blad at se i Bilen; men de trøstede mig med, at hele Magasinet var fuldt. Vi havde saa en yndig Tur derned, Solskin med enkelte Haglbyger. Vi var i saa god Tid, at vi kunde tage op paa Heden Kirkegaard og se til det gamle Gravsted – havde jeg vidst det kunde jeg have haft Vintergækker med til Tante Minnis Grav, jeg havde en Krans med til Fars, den kunde jeg jo ikke dele; jeg havde ikke bundet den selv, vi havde nok Gækker og Krans men ingen Grønt og det er jo lige saa vigtigt. Vi tog lige til Erikshaab, hvor de jo ventede os til Middag Kl 12; ved ”Stenten” i Hestehaven stod Elle og Lugge af og gik gennem Skoven, L. har jo ikke set den i mange Aar. Jeg advarede dem mod Bækken, men de kom da paa en mystisk Maade over, der var jo meget Vand alle Vegne dernede. Flaget vajede paa Erikshaab, L. og Marie stod smilende og søde og Haven og Omgivelserne var så hægede som de paa nogen Maade kunde være
+2
+Der var varmt og henrivende. Så indløb Elle og L. og vi gik ind til en lille fin Middag; Suppe jævn m. Rosenkål, en dejlig Kalvesteg samt Jaffa Appelsiner, Rødvin. Laders holdt en nydelig Tale for Fars Minde – hvor har alle Mennesker dog holdt af Far. Vi var alle sammen saa glad [”glad” overstreget] glade og tilpasse og saa festligt stemte; Elle sagde, at hun tudede uafbrudt, hun faar det jo let ved saadanne Lejligheder. De var saa oplagt glade ved os. Efter Kaffe og Cigarer gik de en Tur i Haven, jeg blev inde og havde [”havde” overstreget] saa ud gennem Havestuedøren. Der er hugget en Del i Efteraaret, saa man overalt har de skønne Omgivelser ind paa Livet: Aaen, Engene, Markerne overfor der skraaner op ad Lyndelse Kirke, Egelund – du ser det hele for dig. Jeg havde en af Agrarens Støvler paa, saa jeg gik helt godt. Der var Plads i Dydenborgs store Bil til os alle, saa L. og M. kom med paa Kirkeg. Der laa din dejlige Krans og straalede foran Pladen - ja det ved du jo fra Billedet, Tak for det. Der var pænt, men det faldt os ikke ind, at der var gjort særlig rent til Dagen. (Saa pænt af den gode Sognefoged) Laders tog alle de grimme visne Mahognibuske el – ret. Pinde bort, han kunde brække dem af. Chr. havde Tulipaner med Knold med; dem plantede hun hele Vejen uden om Bænken - du forstaar i Kanten der. Elle havde bundet et Kors, Puf en henrivende lille Krans med Violbuketter, Lugge have flere Sammenplantninger i aflange Trækasser med alskens Foraarsblomster og saa min Krans, det hele var nydeligt – ja meget smukt; vi hentede en Rive et Sted og rev efter os – d.v.s. Laders; han besørgede med kyndig Haand alt det korporlige Arbejde. Chr. og Lugge havde Krokus med som de plantede paa Pallams Grav. Mens vi var der, skinnede Solen (efter en stærk Byge, som vi tilbragte i Bilen inden vi stod ud) saa smukt og varmt og Kirkelaugnet saa pragtfuldt ud 
+3
+med saa meget Vand, at det næsten var en Sø. Det hele var en vidunderlig Oplevelse. Jeg var saa glad ved, at Chr. og Lugge øjensynlig var saa glad ved Laders og Marie, de faldt saa godt sammen. 
+Der var dækket fint Kaffebord i Havestuen, da vi kom tilbage, men vi trak snarest efter Kaffen ind i Dagligstuen ved d. varme Kakkelovn.
+Ved 5 Tiden drog vi af til Kjertem. hvor vi fik dejlig Aftensmad hos Lases og en hyggelig Aften bagefter med megen Røg og Diskuteren Verdenssituation. Puf kørte mig hjem og saa var det forbi. En herlig Dag.
+Jeg tager hver anden Dag ud paa D [”D” overstreget] Sygehuset og faar diathemibehandl. (Lys paa Taaen). Det hjælper godt synes jeg, men er jo baade dyrt og besværligt for os; køres op og hentes v. Bilerne. Men naar det bare hjælper, kommer vi jo nok over det.
+Nu er Tiden omme, søde Dis, vil du nøjes med dette.
+God Bedring!! Kærlig Hilsener! Din Junge</t>
+  </si>
+  <si>
+    <t>1940-10-25</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Maria Balslev
+Jørgen Brandstrup
+Ludvig Brandstrup, visedigter
+Adolph Larsen
+Vilhelm Larsen
+Christine  Mackie
+Axel  Müller
+Janna Schou
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Faldengaard ligger nær godset Krengerup ved Søllested på Sydfyn. 
+Vilhelm er muligvis Vilhelm/Klaks Larsen, Johannes Larsens bror. Jørgen er muligvis Jørgen Brandstrup. Lutte, som havde en forestilling i Odense, kan være revystjernen Ludvig Brandstrup.
+Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsående. Pigæble er meget giftig, er dødelig i større doser og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0624</t>
+  </si>
+  <si>
+    <t>Johanne/Junge vil gerne have besked, når Astrid/Dis ved, hvad Axel fejler. 
+Laura/Bibbe og Agnete/Nete er blevet meget gode venner. 
+Johanne vil ikke have, at Astrid fortsat køber dyre gaver. Hun må spare på alt. 
+Marie Balslev har været på besøg. Johanne havde lavet ekstra lækker mad.
+Vilhelm er i København og i bedring. Lægerne siger, at folk altid kommer sig over den sygdom, når de får den rette behandling. 
+Johannes børn skal se Luttes forestilling i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i36C</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ Okt. 1940.
+Onsd. 14-12-05
+Fru Astrid Warberg Müller
+Bakkevej No 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgd. 25 Okt 1940
+Kæreste Dis!
+Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
+Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
+Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
+Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
+2
+da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
+Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
+[Skrevet på hovedet øverst på s. 4:]
+Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
+  </si>
+  <si>
+    <t>1941-03-14</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Lars Lankjær Mikkelsen
+Adolph Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Karen Warberg
+Marie Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>De to fiskerbrødre og deres mor kendes ikke. 
+Alen er en gammel dansk længdemål = 0,6277 m. Før metersystemets indførelse i 1910 var alen almindelig benyttet længdemål fx i klædehandel ("to alen af samme stykke"). (Lex.dk). 
+Jumber er en lav, tohjulet enspændervogn med to sæder over for hinanden på langs ad kørselsretningen (Den danske Ordbog).
+En dansk mil er en længdeenhed på 7.532,48 m. (Lex.dk). 
+Det vides ikke, hvad det er for behandlinger, som Adolph/Agraren Larsen fik.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0627</t>
+  </si>
+  <si>
+    <t>Vinteren har været hård. Et par af Johanne/Junges fiskervenner måtte hugge hul i isen for at fange ålekvabber. Fiskernes mor var på besøg på Lindøgaard for ikke længe siden.
+Laura/Bibbe har søgt uddannelsespladser som sygeplejerske og har pga. sin alder fået mange afslag. Dr. Lankjær har nu skrevet en god anbefaling, og Odder Sygehus tager hende vist. Johanne mener, at Bibes "nervesygdom" vil bedres, hvis hun får et livskald.
+Adolph/Agraren Larsen går til behandlinger i Kerteminde.
+Man har længe ikke hørt fra Tante Else (Warberg).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P6rt</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+15’ Marts 41
+(krydset mit)
+Fru Astrid Warberg Larsen
+Bakkevej 12.
+Hareskov St
+6-6-03.
+19/3-2000
+Bibbe – Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St.
+[I brevet:]
+Lindøgaard 14de Marts 41.
+Kæreste lille Dis!
+Tænk dig, jeg er løbet vild i det med vort Brevskriveri, jeg kan ikke huske, hvem der skylder hvem, men jeg har faktisk ikke et eneste Brev liggende, hvor på der ikke staar ”besvaret”; jeg kunde maaske en Gang forsømme at skrive ”bsv” men omvendt kan jeg dog ikke tænke mig. Men der var netop Oprydning i Skuffen med Papirer – synes jeg da jeg kan huske mulig har mit Brev fra dig forvildet sig indimellem og bleven brændt. Mulig gaar vi altsaa begge og venter Svar! Hvis det er mig, der skylder, maa du altsaa undskylde den lange Tavshed. Det var bedre end hvis din Tavshed skyldes Sygdom. Hvordan det nu end forholder sig, sender jeg dig nu et lille Livstegn. Er det dog ikke bedaarende med det spæde Foraar, vi har faaet; men tænke sig, at man raaber Hurra for Vintergækker midt i Marts Maaned! Fjorden er endnu fuldstændig isfyldt; Fiskerne længes og spejder efter aabent Vand; det har været en lang død Tid for dem med 0 i Fortjeneste. Vi har nogle Bekendte – ja Venner – blandt Fiskerne; de havde forleden hugget Hul i Isen – alen-tyk – og fanget til et Par Retter Fisk, til dem selv – og os! Gave forstaas der; det var Aalekvabber, som jeg elsker. Navnet er grimt, men Fisken god. Kender du den? de har grønne Ben og kan minde ganske lidt om Aal. Det var grumme sødt af dem, det er to Brødre, de har lige mistet deres gamle Mor; hende var jeg gode Venner med og fik virkelig sat igennem mens hun endnu kunde færdes lidt, at hun kom her til Kaffe en Sommereftermiddag, blev hentet i Jumber og kørt hjem igen. Det havde været en vidunderlig Oplevelse for hende, kunde vi forstaa bag efter. Hvor er det godt, at man af og til faar den Slags sat igennem; det er jo kun at overvinde sin Træghed. Det var sidste Gang, jeg saa hende, siden har vi begge haft travlt med at være syge. 
+Du har ikke hørt, at Bibbe er ved at søge ind i Sygeplejen; hun har helst ikke villet tale om det, men efterhaanden ved saa mange det. Det er saa vanskeligt, fordi hun er bleven over 
+2
+30 Aar og det er Maksimum; hun har sendt Bunker af Ansøgninger, men stadig Afslag. Nu staar den paa Odder Sygehus – c. 3 Mil Syd for Aarhus; hun fik Svar fra Oversygepl. der, at hun vilde godt gøre en Undtagelse med Bibbe (for Alderen) men at hun var i Underhandling med en anden; men mulig - - . Bibbe tilbragte en hel Dag eller mere med at faa samlet Papirer og Anbefalinger og Lægeattester; Dr. Lankjær skrev en flot Attest for Sundhed (!), og det gjorde han, fordi han er overbevist om, at hvis Bibbe kommer i Gang med et Arbejde, som kan fange hele hendes Interesse, saa vil hun komme over sin Nerve-svaghed. Jeg er af samme Mening og det har jeg været længe. I hvert Fald kan det jo prøves; hvis Kræfterne saa ikke slaar til, er hun jo ikke værre stillet end før. Vi har været og er meget optaget af dette, og jeg glæder mig usigelig for min søde Bi, at hun har Haab om en Livsstilling og noget, som kan fylde hendes Liv. Skønt jeg jo ikke er hylevorn, har hun dog måttet ide ved at gaa og se paa mine Lidelser, der er jo pokker til Forskel, hvis det er ens Mor, der lider eller om det er fremmede Mennesker; ogsaa det tror jeg har forhalet hendes Nervesygdom. Bare hin tager sin Medecin, er hun saa at sige rask, men det er jo lidt ilde saadan altid at tage Medecin.
+Agraren tager nu til Sygehuset i Kjerteminde og faar Diabhesmen-Behandling, hver anden Dag han gaar begge Ture, men kommer af og til op at køre. Med mig gaar det vistnok fremad, men det er jo saa langsomt. Dr. Fly var her for at Par Dage siden; jeg spurgte ham, om han troede, jeg kunde komme til at gaa om et Aar. Han sagde ja, men jeg synes ikke, der var videre Overbevisning i det. Men en Gang naar det sig vel. 
+Elle har jeg endnu ikke set, jeg haaber paa Søndag, hvis det gode Vejr holder sig. Jeg gaar og er ængstelig for Tante Else; hun er saa svag og Nina har ikke ringet længe; jeg har ringet dem op, men de svarede ikke; de har jo ikke Pige. Det er gærne Nina, der ringer hertil, for det koster mig 25 Øre at ringe dertil; de derimod kan ringe over hele Fyen.
+Ja, saa maa du altsaa undskylde, hvis du gaar og venter paa Brev fra mig; jeg har nylig skrevet en Del andre Breve, deraf Forvirringen. Bare dette nu træffer Jer raske og i god Orden. Der var meget at skrive om, hvis man skulde komme ind paa Krig og de Forhold. Det er infamt. En Tysker har sagt til en Mand her i Omegnen:
+[Skrevet langs venstre kant s. 4:]
+” I kommer til at æde Rotter før vi.” Hvor er de modbydelige.
+[Skrevet på hovedet øverst s. 4:]
+Hils Axel og Janna. Tusinde Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1942-04-25</t>
+  </si>
+  <si>
+    <t>Fritz -
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
+Rasmus Larsen
+Louise Løgstrup
+Axel  Müller
+Irene -, pige i huset på Lindøgaard
+Ellen  Sawyer
+Janna Schou
+Lasse Taaning
+Albrecht  Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
+Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
+Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0631</t>
+  </si>
+  <si>
+    <t>Der er gået 60 år, siden Astrid og hendes tvilling blev født. De større søskende fik dengang fortalt, at Astrids tvillingesøster var dødfødt.
+Johanne takker Astrid for mange års venskab. Egentlig har de ikke set hinanden så meget i årenes løb. 
+Vandrørene på Lindøgaard har været frosne, så Johanne måtte hente vand hos naboen. 
+Løgstrup har købt gård i Gestelevlunde. Fru Løgstrup kommer til at bo tæt på sin søster. 
+Erik/Tinge er blevet skilt, og han blev ikke tvunget til at betale en masse til ekskonen. 
+Det har blæst meget, og møllen har hjulpet til at afvande ved inddæmningerne. 
+Elle(n) har været på besøg. Hun syr på en smuk pude til Astrid.
+Johanne glæder sig til Astrid og Axel kommer og spørger, om de kan medbringe fx en primus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UduZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+26’ April 1942.
+brev.
+Fru A.Warberg Müller
+Bakkevej 12
+Hareskov St.
+22-2-03.
+21-4-2000.
+(Langfredag)
+B.W.P.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard 25 Aprl. 1942.
+Kæreste lille Dis!
+Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
+Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
+Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
+Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
+En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
+Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
+2. 
+Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
+Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
+Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
+Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
+Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
+Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
+Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
+[Skrevet langs venstre kant s. 4:]
+Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
+[Skrevet langs venstre kant s. 2:]
+Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
+[Skrevet på hovedet øverst s. 1:]
+Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
+  </si>
+  <si>
+    <t>1945-01-19</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Bodild Holstein
+Adolph Larsen
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+- Petersen, Frk.
+Janna Schou
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne har i et andet brev fortalt Astrid, hvordan man fejrede deres fars 100årsdag på kirkegården og på gården Erikshaab. 
+Janna Schou fødte i januar 1945 datteren Pernille. 
+Bodild Holstein døde januar 1945.
+Det vides ikke, hvem Jørgen var. Larsen/Warberg-familien kendte mange af dette navn. Det samme gælder Charlotte. 
+M er formodentlig Axel Müller, og Marie kan være Marie Larsen eller Balslev. 
+Sjums/Ina Goldschmidt var i 1945 gået under jorden (formodentlig fordi hun havde jødisk far).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0637</t>
+  </si>
+  <si>
+    <t>Johanne/Junge og Astrid må mødes i tankerne i anledning af deres mors fødselsdag. Faderens blev fejret så godt på Erikshaab. Johanne har gemt en sang, som Astrid 20 år tidligere skrev til moderen. 
+Frk. Petersen har været til middag på Lindøgaard.
+Johanne beder Axel købe og sende tobak. Den hjemmedyrkede vil ikke brænde.
+Astrid skal ikke være bekymret for Jannas fødsel.
+Både Martin/Manse, Adolph/Agraren og Laura/Bibbe har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cmc7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 20’ Januar 1945 
+Mors 100 års Fødselsdag.
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fred. 19de Jan. 1945
+Kæreste lille Dis!
+I Morgen har vi saa Mors Fødselsdag! Hvor havde det været dejlig om Forholdene havde flasket sig, saa vi kunde have været sammen paa denne Dag, men det vilde Skæbnen altsaa ikke. 
+Gid du havde været med paa Fars Dag og haft de samme gode Minder om den, som jeg har, det var saadan en usædvanlig dejlig Dag, som jeg af og til tager frem og tænker paa. Du ved, vi var jo paa Erikshaab hos de to go’e, og de havde gjort det saa festligt for os. Men selv om vi ikke kan være sammen og mødes ved Mors Gravsted med Blomster og Udsmykning, saa kan vi dog mødes i Tanker og Breve. Du var nu Mors Hjærtebarn, hendes lille Putte, hvor var Mor dog øm over dig, og hvor dit Vel laa hende paa Sinde. Jeg har for ikke saa forfærdelig længe siden haft fat i din lille smukke Sang til Mor, som vi sang for 20 Aar siden – det smukkeste du nogen Sinde har skrevet – men desværre er den gaaet til Bunds blandt mine Papirer igen, jeg husker aldrig nøjagtig, hvor de forskellige Sager ligger, jeg har saa mange store gule Konvolutter med saadanne Sager, men noget af den husker jeg da – om Dagen der ”lyser spæd og klar og spejder imod Vaaren” og saa: ”For hvad du er og hvad du var, vi aldrig nok dig takket har, som vi saa gerne vilde”. Hvor er det smukt og hvor det Sandhed. Vi fik aldrig Mor takket for alt det, hun var for os. Lad os haabe, at hun har følt det. 
+Vi fik alligevel drukket Axels Skaal. Som jeg vist skrev havde vi Frk Petersen (Kjert. Sygehus) til Middag den Dag. Samtidig kom Bibbe paa Cycle fra sin Vaagepost paa Sygehuset. Jeg havde det hele pænt og festligt. De fik Haresteg, ikke henkogt, men en frisk, der havde hængt fra før Jagten gik ud og var glimrende. Rødkaal, Ribsgélé og Tilbehør, derefter Engelsk brændt Crême, en Fromage, som er Bibbes Yndlingsdessert og som vi ogsaa fik Juleaften. 
+Dertil fik vi Æblemost. Jeg havde sat Rødvinsglas paa Bordet, og da Manse gjorde Vrøvl over det, da vi ellers altid drikker den af Vandglas, sagde jeg, at det skulde være saadan, for vi skulde drikke Axels Skaal, og det kunde vi dog ikke med Vandglas. 
+Mens jeg husker det – jeg glemte det i Axels Brev – mon I dog ikke kunde skaffe mig lidt Shagtobak; jeg vil saa gerne have lidt at blande mellem vort eget Bryg, der har den kedelige Egenskab, at man ikke kan holde Ild i den. Jeg kan jo sende en Femmer i et Brev med Frimærker for at faa Summen nøjagtig og du kan, hvis Axel altsaa kan og vil skaffe det, sende mig en Pakke i et Brev af og til. Jeg vilde være meget glad, om det kunde lade sig gøre, for vi har jo ikke Tændstikker i Overflod. 
+Jeg har fortalt Bibbe om Janna, at den lille har indtaget en lidt upraktisk Stilling, hun siger, at naar hun kommer paa Hospital, kan de sagtens klare det, saa hun blev ikke videre rystet over det. De er jo saa dygtige nu om Dage; det var anderledes katastrofalt tidligere, især da paa Landet med en alm. Jordemoder. Gid du vilde lade være med at ængste dig for det, for det behøves vist ikke. Værre er det jo med Sjums, men mon hun dog ikke kan sende Jer bare et Brevkort med en Hilsen, bare hun dog tænker paa det, det kan der jo aldrig ske noget ved og saa ved I da at hun er all right.
+Jo, søde Dis det er rigtigt hvad du skriver om at undlade Takkebreve, men M. har nu i Sinde at skrive til dig, han kan bare saa daarligt skrive til dig, han er saa mærkværdig ringe til det; jeg vil ikke sige noget om det, for saa har det ingen Værdi, men han blev aldeles betaget over Bogen. 
+- - Lige nu kom Bibbe fra Munkebo med Brev fra dig, som jeg nu altsaa har læst og takker saa meget for. saa mange Oplevelser du dog altid al [”al” overstreget] har at berette om, det kan jeg sandelig ikke hamle op med, men vi har jo Bibbe, som er saa rask og glad for Tiden, det er jo Oplevelse nok for os. Manse er ogsaa i saa godt Humør for Tiden, saa vi har det saa dejligt – og Agr. all right.
+Jeg skrev til Marie i Gaar og skal nok skrive til den gode gl. Charlotte. Aa, at Bodild skal til at dø, saa faar man ikke hende at se mere. Hun var elskelig imod mig, da jeg 1917 laa paa Diakonissen; Hvor er det smerteligt, men mange af os har jo naaet ”Støvets Aar”.
+[Skrevet langs venstre kant på s. 4:]
+Tak for Opskriften, den skal jeg sandelig prøve
+[Skrevet langs venstre kan på s. 1:]
+Ischias kommer af Fugtighed ikke af Blæst. Mon Søstrene kender til Astma og hvordan den skal have det. 
+[Skrevet på hovedet nederst på s. 1:]
+Det er ikke Huset, der giver dig Astma, men Husets Beliggenhed, men selvf. er det umuligt at bygge for Tiden
+[Skrevet langs højre kant på s. 1:]
+Til Lykke med Biddet! Gid det blev af! 
+[Skrevet på hovedet øverst på s. 1:]
+Mon der saa er saa stort mere at skrive om, der snakkes om mig – jeg mener omkring mig. – Tør du dog nok tage ud, lille Dis, naar Lægen har forbudt det. Jeg tror aldrig Jørgen fik vor Lykønskn. til hans Bryllup, jeg havde Julekort fra ham, men han nævnede det ikke. Men hvad, det gør det for Resten heller ikke noget. Hils Axel saa meget og tusind Hilsner til dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
+Adolph Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
+  </si>
+  <si>
+    <t>1945-04-10</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Bodild Branner
+Ellen Branner
+Thora  Branner
+Marie Larsen
+Pernille Marryat
+Axel  Müller
+Marie Paludan
+Ellen  Sawyer
+Fanny Schaffalitzky de Muckadell
+Janna Schou
+Hempel Syberg
+Børge Tinesen
+Frederik Warberg
+Grete Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Marie Paludan var søster til Otto Emil Paludan og fungerede som husholderske for ham, mens han arbejdede som godsforvalter og boede på gården Erikshaab. Denne gård var tidligere beboet af Warberg-familien, og de må have efterladt noget (blandt andet breve), da de flyttede.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0641</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for den flotte pakke med tobak, sukker, breve, som hun troede var gået tabt, og materialer til børnetøj. 
+Ellen Branner gik på Frederiksberg Allé, da den Franske Skole blev bombet. 
+Louise Amstrup er død. 
+Der er mangel på cykler og tændstikker. 
+Astrid/Dis' humør bliver nok bedre, når de tre søde piger kommer til at bo i nærheden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xput</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt. 12 April 1945.
+(Onkel Sybergs Fødselsdag)
+besv. 21 April.
+heri ligeledes Brev af [”af” overstreget] modt. 26’ April
+besv. 27’ ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindegaard Dræby St. Fyen.
+Lindegaard Tirsd. Middag 10-4-1945. 
+Kære lille Dis! Det er vel nok godt gjort, at naar jeg sender Brev til dig den 3 die, saa faar jeg Brev fra dig den 9 ende, hvori du skriver: skriv snart! Det er mintro en langsommelig Postgang for Tiden. 
+Det var sandelig en righoldig Post i Gaar. Grete og hendes Broder, Børge som jeg kender godt og holder meget af, traf til at være her, vi sad ved Kaffen, da Posten kom. Først din lille meget indholdsrige Pakke, tusind Tak for det alt sammen, saavel Gaverne som det besørgede, Børge var grøn af Misundelse navnlig over den ene Pakke Tobak, som Kenderne betegnede som meget fin. Og de tilsendte Breve!! Jeg har saa tit været ked af, at de gamle Breve fra den søde Onkel Frederik var gaaet tabt; Marie Paludan (den søde i en anden Mening) gjorde mig jo den Tort at brænde en stor Papæske med Breve som stod paa Loftete, [sidste ”e” ordet overstreget] da jeg var i Amerika og jeg har troet, at alle hans var derimellem, dette ene, som jeg husker saa godt i hvert Fald Begyndelsen ,,naa saa du har mødt din første Jomfru Larsen” o.s.v. er altsaa paa en eller anden underlig maade bleven reddet fra Baalet. Tænk 50 Aar gammelt! 
+Saa var der en mægtig Pakke og da jeg saa Afsendernavnet: Bodild W. J. sagde jeg straks til Grete, at det var vist noget, hun havde Interesse i, og ganske rigtig, lutter Sager til Børnetøj af forskellig Art; hun skrev, at hun havde efter Tante Louises Død fået en hel Del efter hende, saa nu var der en Del, hun kunde undvære; det var sødt af hende og saa uhyre kærkomment. Hvilken let Død den gode Louise fik. Jeg havde hørt det fra min Svigerinde Marie; hun skrev om Ellen Branner, der var saa sløj og træt og var bleven saa ældet. Tænk, hun var gaaet i Frederiksb. Allé, da Maskinen styrtede ned over d. franske Skole, det føg om hende med Partikler af alle Slags, men da hun har svagt Hjerte, maatte hun tvinge sig til at gaa ganske langsomt til hun naaede i Sikkerhed. Hvilke rædselsfulde Oplevelser Menneskeheden dog har i disse Aar.
+Men lad mig blive færdig med den righoldige Post: endvidere var der Brev fra Tutte. De havde d. 8de Marts Bodilds Fødselsdag netop siddet og læst et [”et” indsat over linjen] Brev fra Louise og beundret en Gave fra Louise, da Johan ringede fra Kbhvn. at hun var død – laa død i sin Seng om Morgenen. Det maa have været underligt – hun var altsaa allerede død, da de fik Brev og Pakke fra hende. Tuttes Ben er da igen lidt bedre, gid det dog maa vare, det er lidt ængsteligt, at det sådan stadig bryder op.
+Vi slagter i Dag, men da vi er saa godt med og mit Ben ikke paa nogen Maade vil finde sig i Overanstrengelse for Tiden, har jeg nu efter Middag sat mig ned til dette lille Brev. Bibbe er endnu ikke kommen, vi venter hende i Morgen. Mon hun saa naaede ud til dig, hun tænkte at laane en Cycle i Birkerød, men der er vel snart ikke flere Cycler i Orden. Elle skal nok faa sin Æske Tændst. Vi tænder nu vore Piber ved Fidibussen, naar vi har Ild i Køkkenet. Er det lidt skraldt med Humøret lille Dis? Vor Herres Sol skinner dog ellers saa velsignet i denne Tid, men det kan vel ikke gøre det. Mon ikke, det skulde hjælpe lidt, naar den Tid kommer, der de 3 søde Piger bliver bosat derude, hvis du faar Fornemmelsen af en god Omgang lige ved dig. Og saa at Janna er saa lykkelig, og den lille Pige saa yndig. Og din Mønster-Have. Vi maa tage det hele med lille Dis i disse Tider; alle de Rædsler pynter ikke paa ens Velbefindende – mildest talt!
+[Indsat side 1 øverst, skrevet på hovedet:]
+Hvor er det dog nogle dejlige Cigarer, du har sendt mig, jeg har røget den ene og skal nok ryge de andre tre selv ogsaa. Og Tak for Krystal,s. det sparer saa godt paa Sukkeret. – Den Muskatnød du sendte mig i Julen er jeg saa glad ved, den pynter paa Fiskeretter. - - Hvor morsomt med alle de gamle Breve. – Kan du huske, at Fanny spåede om alle de Horder Syd fra, der vilde strømme her op og plyndre?
+[Indsat s. 1 i venstre margen:]
+Jeg sender en 5er i næste Brev, har ingen i Øjeblikket, saa kan vi al [”al” overstreget] udligne, hvis I en Gang sender lidt igen.
+[Indsat s. 1, nederst, på hovedet:]
+Sig Axel tusind Tak for Tobakken.
+[Indsat s. 2 i venstre margen:]
+Og saa kun tusinde Hilsner til dig selv lille Dis. Godt Mod! Din Junge</t>
+  </si>
+  <si>
+    <t>1945-04-12</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph Larsen var indlagt med en kræftknude i maven. Johanne/Junge Larsen boede nogle dage hos Else Larsens forældre (Overgaard) i Odense for i forbindelse med besøg på hospitalet at have mindre transport.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0644</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen er hjemme igen efter at have været hos Overgaards, som var søde. Laura/Bibbe har talt med egen læge, som sagde, at selvom der var tale om en kræftknude, var chancerne for helbredelse gode.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0jIO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Post-logo]
+Afsender
+[Håndskrevet på adressesiden:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru 
+A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på brevkortets tekstside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. Overgaards var saa søde at være hos og Fru O. sagde i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[på brevkortets adresseside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-11-26</t>
+  </si>
+  <si>
+    <t>Alfred Fly
+Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen levede mange år efter den vellykkede operation.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0643</t>
+  </si>
+  <si>
+    <t>Lægen sagde, at det var nødvendigt at operere Adolph/Agraren. Han kom med ambulance på hospitalet. Johanne/Junge spurgte via Else, om hun kunne bo hos Elses forældre en tid, og det var OK.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nlNE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. Tirsd. Aften 27/11- 45.
+(om Agrarens Sygdom)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Fortrykt på kuvertens bagside:]
+JOHANNE WARBERG LARSEN
+LINDØGAARD
+[Håndskrevet:]
+pr. Dræby St. 
+[I brevet. Fortrykt:] 
+JOHANNE WARBERG LARSEN
+[Håndskrevet:]
+Lindøgaard Mandag 26-11-45 
+Kære lille Dis!
+I Fredags Aftes sagde Doktoren at en Operation var tilraadelig – ja vist nødvendig. Allerede næste Formiddag kom han derud – til Odense – Bibbe med i Ambulancen; hun blev der til i Gaar Aftes og mente, at den stakkels Agrar var meget ked af det. Jeg ringede i Aftes [”i Aftes” indsat over linjen] til Else og spurgte om hun troede, hendes Forældre vilde huse mig en lille Tid, og det vilde de med Fornøjelse - viste det sig. 
+Jeg tager derud nu om et Par Timer derfor bliver dette lidt knapt. Vi ser temmelig mørkt paa det og maa gøre alt hvad vi kan for at mildne det for ham. Han ligger heldigvis paa en 2 Sengsstue. Jeg skriver igen. 
+Tusind Hilsner Din Junge
+Adr. Overgaard Nielsen
+Vestergade 28 III
+Odense</t>
+  </si>
+  <si>
+    <t>1945-12-04</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er Adolph Larsen, som er syg af kræft og indlagt. Hans sygdom er omtalt i flere breve fra perioden.</t>
+  </si>
+  <si>
+    <t>Johanne/Junge er nu kommet hjem igen. Familiens egen læge har sagt, at hvis kræftknuden bliver bortopereret, er prognoserne gode, og det har givet nyt håb.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LwFS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+Dræby St. Fyen
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Brevkortets bagside:]
+Tirsdag.
+Kære lille Dis!
+Nu er jeg hjemme igen, jeg turde ikke blive der længere, da Else mente, det blev for meget for hendes Mor. Jeg kom hjem sm. m. Bibbe og Manse Søndag Aft. For din Femmer gik vi i Biffen og saa et vældig sjovt amer. Stykke. 
+Overgaard var saa sød at være hos og Fru O. sagde til mig i Telefonen i Gaar, at hun savnede sådden! Vi er bleven saa opmuntrede og forhaabningsfulde efter en Samtale Bibbe havde med vores egen Læge her; han sagde, at selv om det var en Kræftknude kunde det udmærket godt helbredes helt, naar den blev fjærnet ved Operation. Han sagde det ikke for at trøste, sagde han, men vilde sige det 
+[Brevkortets forside:]
+samme, hvis det var en Kollega, han talte med. Det blev vi meget glade over at høre og har nu faaet godt Haab igen. Mange Hilsner til Jer begge fra din Junge Bibbe er derude i Dag.</t>
+  </si>
+  <si>
+    <t>1945-12-06</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Grete Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolph/Agraren Larsen skulle opereres for kræft.</t>
+  </si>
+  <si>
+    <t>Johanne har pakket æbler i Astrid og Axels kuffert til dem, men hun er bange for, at den er for tung.
+Adolph/Agraren er indlagt og undersøgelserne tager på ham. Det trækker ud med operationen.
+Laura/Bibbe har taget vikararbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J1od</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+BREVKORT.
+Post-logo
+Afsender
+[Håndskrevet:]
+Dec 45
+JW. Larsen, Lindøgaard
+pr. Dræby St. Fyen.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Brevkortets bagside:]
+Kære Dis! Fredag
+Jeg har pakket Æbler i Jeres Kuffert, godt med Halm for neden og oven og kun 2 Lag Æbler. Nu har jeg faaet Betænkeligheder, for jeg synes den er saa tung. Spørg Axel, om han tror, det kan gøre Kufferten noget. Jeg vil binde godt med Høstbindergarn uden om den for at styrke den. Jeg vil ikke sende den før jeg hører om A’s Mening desangaaende. Du fik vel mit Kort om at jeg er kommen hjem, Bibbe og jeg skal derud i Morgen, der er ikke noget om Operation endnu; han har det helt godt, har været lidt oppe et Par Dage, men alle de Undersøgelser tager en Del paa ham. Gretes Per var derude i Gaar vist mest for at se til Agraren den kære Dreng købte Krysantemer derude til Agraren. I Dag er Edith i Odense og vilde se op til ham – Hvis Operationen bliver ved at trække ud, faar vi ham vel daarlig hjem til Jul. Vi laver intet til til Julen og giver ikke Gaver i Aar ---
+[Brevkortets forside:]
+Hvordan mon I har det? Din A – a?
+Bibbe har taget Pladsen som Vikar her i Sognet. Mange Hilsner til A. og dig selv fra din Junge.</t>
+  </si>
+  <si>
+    <t>1946-04-01</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Edith -, pige i huset på Lindøgaard
+Christine Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Malerens var Johannes Larsen, hans søn og svigterdatter på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2452</t>
+  </si>
+  <si>
+    <t>Johanne Larsen kan ikke forstå, at Astrid kunne gå tur efter den hårde omgang med tandudtrækninger. Selv måtte hun hjem og ligge i sengen hos Johannes Lasen og hans familie, da hun havde fået trukket 17 tænder ud.
+Johanne kommer ikke til Astrids fødselsdag, for hun har travlt, og hun er bange for at blive syg, hvis vejret bliver koldt. Hele Johannes familie er inviteret til Christine Swanes/Uglens 70årsdag, men kun de unge tager med. 
+Laura/Bibbe arbejder som hjemmesygeplejerske, og hun synes ikke, at der er nok at lave.
+Lise har brændt hænderne slemt på kakkelovnen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kww0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Modt 3’ April 1946
+besv. 11’ ” ”
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard Mandag 1st Apr. 46
+Kæreste lille Dis!
+Sikken dog et Held, at mit Brev netop skulde komme i det selvsamme Øjeblik, som du skulde gaa til det frygtelige hos Tandlægen, og at det kunde give dig saa megen Styrke og Mod fra, af og til kan der være Held i det. Altsaa: Tak for dit Brev! Hvor maa det have været en frygtelig Omgang, naar Bedøvningen ikke vilde virke. Men een Ting fatter jeg ikke: at du lige efter kunde gaa en to Timers Tur?! Og du snakker om, at vi andre er Kæmper i Modsætning til dig! Da jeg havde faaet mine ud, kørte Tandlægens Frue mig op til Malerens, der kom jeg straks i Seng og var da mere død end levende; f. Eks. var det udelukket at spise en eneste Smule. Maaske gjorde det noget, at jeg jo ikke kan taale [ulæseligt ord] samt at der var 17 Tænder men alligevel!
+Nej, lille Dis, det er fuldstændig udelukket at jeg kan komme til din Fødselsdag, for vi skal nemlig skifte Pige til Maj, eller rettere Edith skal rejse; nej de sidste Dage før Maj er alt altid her i Sus og Dus. Hver dag er planlagt længe forud; den sidste Vask samt Rengøring i Køkkenregionerne bliver i den Tid lige efter Paaske, og jeg kan umulig være herfra, jeg vilde ikke have eet fredfyldt Minut, naar jeg vidste, at jeg var løbet fra det hele. Det kan du nok forstaa, ikke? Nej, vi maa vente til det bliver Sommer. Desuden er der jo selve Aarstiden at tage i Betragtning. Det kan være lidt sommerligt i Slutn. af April, men det kan rigtig nok ogsaa være hundekoldt og jeg er vel pænt nødt til at tage Hensyn til Helbredet. Nu har min Bronchitis igen svungen sig op og hvem ved hvordan den er om 26 Dage. Det gør mig ondt at jeg maa skuffe din Fødselsdagsplan, men haaber, du nok kan forstaa, at jeg har gode Grunde for det. – Uglen har 70 Aars Fødselsdag d. 29de Maj og forleden kom der Indbydelse fra hende til os alle: Agr. jeg Manse Bibbe Tinge og Grete. Det bliver vist saadan, at de 4 unge rejser, men Agr. og jeg ikke. Agr. vil bestemt ikke, og jeg kan da ikke tage 2 Rejser – naa ja, saa kunde jeg jo kombinere den med Besøget hos Jer, men jeg synes nu, det var kedeligt om Agr. skulde være her helt alene og alle kan vi jo ikke være [”være” indsat over linjen] borte her fra. Jeg skrev og takkede og anmeldte altsaa de 4, og skrev saa en passant: hvordan med Natteleje? er der nogen Planer om det?
+Tirsdag. Dette bliver vist baade kort og forvirret. Grete kom i Gaar med Lise og de blev her hele Eftermiddagen; det var herligt, men det blev saa ikke til noget med Brevskrivning. Foraarstravlhed er allerede i fuldeste Sving her baade ude og inde. Edith gør hovedrent og jeg passer Huset – 2 Mand paa Kosten, d.v.s. da kun Middagsmaden, men alligevel mærkes det. Bibbe er ude i Embeds Medfør baade Dag og Nat; en Patient skal for Tiden have Tabletter hver anden Time; hun tager derop Kl 11 ½ om Aftenen, ”sover” paa en Sofa og lader Væggeuret kalde hver anden Time. Endnu har vi ikke set hende, skønt Kl. er over 10 (Form.) saa hun er sendt til Patienter. Og dog klager Bibbe over, at der ikke er nok at bestille!! Hun sagde forleden ”jeg ved ikke om jeg i det lange Løb kan holde ud, at der er saa lidt Arbejde”!! Naa det er ogsaa i Timetal, undertiden er der kun et el. 2 Besøg om Dagen. Lise kan nu gaa alene, men det kniber jo vældigt med Balancen og de smaa tykke Ben skræver. Hun har brændt begge sine smaa fine Hænder paa Kakkelovnen, Læge omgaaende til Forbinding og saa senere til at klippe Blærerne op. Hun sad ganske stille mens det foregik og saa alvorligt paa ham. Grete syede Forbindingerne fast paa en lille Trøje saa hun ikke kunde rive dem af. Tinge var helt hysterisk den Dag det skete, og det var jo ogsaa frygteligt, saadan smaa fine Hænder, det var strengt for dem alle. Tak for de tiltænkte Cigarer, godt at jeg ikke fik dem! for det var vel Mulighed for Afgang at du skrev det? nu maa jeg ud til Maden og saa slutte lige efter Middag. – Jeg vilde ønske, jeg kunde forære dig lidt af Uroen i dette Hus. Siden jeg sidst skrev har her været 3 forskellige fremmede og Bibbe hjem til Kaffeanretn; nu sover hun eller hviler da, hun var meget træt, men skal da ikke vaage i Nat! Sikken et vidunderligt Vejr, og saa mærkelig kort efter den Periode med den strenge Frost. Men det er herligt. 
+[Indsat øverst s. 1; på hovedet:] Nu haaber jeg, at mit næste Brev bliver lidt mindre stakaandet – Hovedrengøring gør mig altid stakaandet. Hils den gode Axel saa meget!
+Tusind Hilsner fra din
+Junge.</t>
+  </si>
+  <si>
+    <t>1946-06-22</t>
+  </si>
+  <si>
+    <t>Poul Gregersen
+Elena Larsen
+Christine Swane
+Lars Swane
+Ursula Uttenreitter
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem konen, præsten, Bibbes kammerat og Jørgen var. Heller ikke hvilket barn Elena/Bimse Larsen medbragte. 
+På Munkebo Bakke er der et udsigtstårn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2458</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for brev og pakke. Hun har haft gæster, lige siden Astrid/Dis og Alex rejste, så hun er træt. De besøgende var Elena/Bimse og en dreng, en af Martin/Manses venner, en præst fra Odder m.fl. Med præsten tog de på tur til Munkebo Bakke med. 
+Lars og Ursula Swane kom noget forsinket med en hund til Erik/Tinge. De var punkteret og mistede en færge. 
+Johanne har sagt nej til at tage et feriebarn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JSMC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+24 Juni 1946
+besv. 30’ Juni
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Kære lille Dis!
+Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
+Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
+I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
+Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
+[Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
+Hils Axel fra mig og de andre.
+Ogsaa Hilsner til dig selv, flest fra din Junge.
+Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
+  </si>
+  <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
   </si>
   <si>
     <t>1950-09-12</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
@@ -3068,50 +2956,162 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1947-11-29</t>
+  </si>
+  <si>
+    <t>Søren -, Bibbes kammerat
+Adolph Larsen
+Johannes Larsen
+Axel  Müller
+Lauritz Pedersen
+Janna Schou
+Børge Tinesen
+Alexander Vincent
+Else Warberg
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid kan lægge penge til side til skatten? Det er godt, at Axel har det bedre. Johanne håber, at der bliver råd til turen til Nyborg. Hun vil godt betale for begges cerutter. Måske kan Lauritz køre for dem. 
+Johanne har holdt stor middag med fasaner mm. Og hun har haft besøg af Børge Tinesen, som til sin chefs firma ville lave en reproduktion af Johannes Larsens Et Andetræk. Johanne og Adolfs forstudie til billedet var det nemmeste at gengive. Erik/Tinge og Martin/Manse fik penge for at udlåne deres skitser. Johannes Larsen har krævet at få halvdelen af nettofortjenesten, Børge Tinesen var et dejligt kulturmenneske. Måske skulle Astrid lave en børnebog til udgivelse på hans firma sammen med Janna?
+Johanne og familien har lukket nogle værelser af for at spare på varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hx17</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+x Smørmærke!
+1ste December 1947
+besv. 10. Dec. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørd. 29-11-47.
+Kære lille Dis!
+Det var dog en hel Velsignelse at faa saadan et godt Brev fra dig, det var saa sandelig en god Tur, han der havde til Kontoret. Naar I faar fuld Gage baade for Nov. og Decemb. kan I saa ikke lægge lidt af det til Side til Skatten, for den bliver jo hamber til næste Aar, naar I faar mindre at leve af, men alligevel skal af med den sædv høje Skat. De Blade du skrev om, har jeg regnet sammen til 184 Kr. årlig det kan der købes en hel Del Mad for. Ja, det var som jeg vist skrev, at en Ændring paa Sagerne vilde hjælpe paa Axels Helbred – det er jo endelig ikke saa svært at regne ud, for Nerver er jo paa Spil alle Vegne. Hvor er det dog dejligt, lille Dis! Tror du nok, du kan faa Raad til det Nyborg-Ophold, som jeg ser hen til med saa stor Forventning. Skulde vi faa daarligt Vejr, har vi da nok at snakke om indendørs. Ser du ikke ogsaa hen til det som en god Oplevelse? Vi maa se at faa det til at blive af. Naar vi kommer ind i det nye Aaar, vil jeg spare sammen til det og jeg tror [”tror” indsat over linjen] ogsaa godt, jeg kan bestride vort fælles Cerutbehov, din Rejse til Nyborg er jo dyrere end min. Saa vil Lauritz hente os ud til dem, saa du faar Bibbe at se i hendes Hjem, og maaske han ogsaa vil køre os en Tur f. Eks. til Glorup, til de gode Titter – det har jeg nu ikke talt med ham om, men han er vældig flink med Bilen hvis hans Dæk bare vil holde, de er frygtelig skrøbelige og han kan ikke faa nye. – Vi havde saadan en morsom Aften
+2 Jo ["Jo" overstreget] i Torsdags. Vi havde faaet dem til at kommer herud og havde lavet fin Aftensmad til dem: Dug paa Bordet, Bajere – den sidste Rest fra Gildet – 2 Fasaner, henkogte og pænt koldt Bord; de var begejstrede og overraskede. De kom om Eftermiddag, men vi havde saadan et morsomt Besøg; Gretes Bror, Børge, arbejder hos en Mand, der hedder Vincent – fransk Afstamn. – han har en en Gros Forretn. Med Luksusting Julekort, Servietter, Gengivelse af Malerier, Børnebøger o.s.v. o.s.v. [”o.s.v. o.s.v.” indsat over linjen] De kom for at se det Maleri af Las med Agraren, der sidder paa Andetræk; Tinge og Manse har jo hver sit Maleri, Studier af ["af" overstreget] til det store som hænger paa Statens Museum for Kunst. Han valgte vores fordi det var lettere at gengive. Dagen efter skulde de ud til Las for at blive enige med ham; de har før lavet noget af hans, og da fik han 8000 Kr. men denne Gang menes han at ville forlange Halvdelen af Nettofortjenesten, og det er jo et skrapt Forlangende. Du kan ikke tænke dig, hvor den Mand var henrivende. Dis, der er nu noget ved Kulturmennesker! man ved det øjeblikkelig naar han træder ind i ens Stue, og soler sig ved at være sammen med et Kulturmenneske, og saa var han saa elskelig; vi snakkede og snakkede og faldt saa glimrende sammen. Som vi ærgrede os, da det for sent gik op for os, at vi godt kunde have faaet dem, ham og Børge altsaa, til at blive, for de skulde hen til Odense og sove der. Selv Agraren sagde, at det var helt vemodigt at sige Farvel til ham. Ham maa vi henvende os til, hvis 
+3 du laver en Børnebog, han ”gør” i den Slags, du kunde maaske sammen med Janna tjene store Penge ved det.
+Det havde først været Meningen, de skulde laane det Billede, som Tinge har, og da det saa blev vores, sagde Børge til ham, at saa blev Tinge vist lidt skuffet, saa sagde Vincent straks: godt, saa siger vi 500 Kr, saa kan de faa 250 Kr hver – Tinge og Manse altsaa. Bare for at laane det Billede!!
+Til Aftenkaffen kørte Lauritz ned eft. Grete og Tinge, Søren ankom i Bil, og vi havde en umaadelig morsom Aften Næ, hvor Snakken gik. Vi havde anstrengt os, havde til Kaffen hjemmebagt Franskbrød m. Ost og Marmelade, en Lagkage med Chokoladeglassur samt en Æblekage, godt m. Flødesk. De jublede højt, da det kom paa Bordet. Det var sidste Aften i vores gode Stue; næste Morgen flyttede vi ned i Spisestuen; vi tør ikke mere fyre deroppe, for Brændselet svinder foruroligende. Det værste er jo med Julen, men saa fyrer vi op i Manses Stue, Havestuen lige til Juleaften, saa vi kan have Julestue der. Her er saamænd ellers hyggeligt nok; Gulvtæppet er her nede, mine pæne Blomster er flyttet herned, jeg har 3 blomstrende Alpevioler, hvoraf den ene er selvopdreven og jeg har to andre som endnu ikke er kommen i Blomst. Her er yndigt, men alligevel savner jeg jo min Stue. 
+Søren er en Kammerat af Bibbe fra Middelf. Sinds.s.h. hun har været et Aar i Paris som Nurse er nu sygeplejerske i Kjerteminde en meget sød Pige. - - Vi har det alle godt her. Hermed 1 Smørmrk.
+Masser af Hilsner til Jer begge</t>
+  </si>
+  <si>
+    <t>1942-12-29</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Ellen Brønsted
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+William  Scharff
+Janna Schou
+William Schwark
+Adelheyde Syberg
+Alheede Warberg
+Christine Warberg
+Jørgen Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
+Daisy Bergs mands navn kendes ikke, og det vides ikke, hvem Kaj var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0591</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen takker mange gange for de gamle breve. Hendes og Astrids oldeforældre ofrede meget for, at deres søn kunne få en stor uddannelse, men han må have været en egoist, for de så ham ikke meget og hørte ikke fra ham. Farmoderen var ingen børneven.
+Christine/Mornine Mackie kan ikke få økonomien til at hænge sammen, men hun har fået penge forærende.
+Hvorfor tror Astrid dog, at hun har kræft?
+Laura/Bibbe Warberg har været hjemme i fire dage. Ellen Sawyer har været på besøg til frokost. Marie Larsen holdt jul hos Johanne/Junge og familien. Alle fik gode gaver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GNMG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+3-1-03.
+15 april, 2001.
+27 marts 2001.
+16-6 2000
+BWP.
+Påskelørdag. [Pil til denne linie fra "15 april 2001"]
+[Med sort blæk:]
+Fru A. Warberg-Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+29-12-42. Kæreste lille Dis.
+Nej, det var saa sandelig ingen uægte Julegave, du sendte mig; jeg tror da ikke, du kunde have sendt noget, jeg blev mere glad ved. Jeg ejer dem ikke og tilmed kendte hverken Elle eller jeg de Breve, og det var en meget stor Oplevelse for os at læse dem; Elle læste dem højt for mig af et Par Gange, for det er jo en helt stor Bog, og vi nød begge to at faa et lille Indblik i vore gode Forfædres Liv og Færden; vores Oldemor har sikkert været en Personlighed og baade klog og god. Sikken udmærket, hun da kunde skrive. Derimod fik jeg en Mistanke bekræftet, den, nemlig, at der må have været en hel Del at sige Bedstefar Ensomhed paa; han maa jo have sjoflet sine gamle Forældre i en temmelig høj Grad, og saa meget de dog havde ofret paa hans Uddannelse og saa pænt vores Oldefar altid skrev om de Pengeforsendelser, som har bragt dem baade Spekulationer og Savn – men aldrig et Ord om, at det var svært for dem. Han kunde nok have gengældt det med at rejse til dem, naar de længtes så meget efter ham og i hvert Fald skrevet lidt flittigere til dem. Du kan tro, han har været en Egoist, hvad jeg nok har tænkt mig, Hvorimod ”den gode Stine” nok har været et udmærket Menneske – dog vist ingen Børneven, for selv om jeg tydeligt husker hende og kan se hende for mig, følte vi Børn os ikke knyttet til hende og jeg mindes aldrig at hun har taget mig paa sit Skød (som Tante Minni saa ofte gjorde) eller snakket med os; men et Menneske kan jo ikke have alle Dyder: det var som sagt en stor Oplevelse at læse dem og jeg er lykkelig over at eje dem og at kunde efterlade dem til mine Børn, og jeg siger dig tusind Tak for dem. Fra Christine fik baade Elle og jeg det Billede, jeg her sender dig – dog kun paa Laan – og det er da ogsaa en hel Skat at eje. Mornine havde været saa forfærdelig dybt nede i Pengesorger, at hun var ved helt at fortvivle (hun kan jo ikke faa det til at slaa til) men saa ret inden Jul kom det væltende ind over hende med Mammon, et Legat paa 200 Kr. og andet; f. Eks. kom Daisy og hendes Mand med 50 Kr., Elle og jeg havde sendt hende hver 10 Kr – det hele beløb sig til 285 Kr. og det bragte hende paa Fode igen. Tak for dine lange Breve, hvor det dog var godt, at der kom en Vending i det for dig. Hvorfor spekulerer du dog paa Kræft – intet tyder dog derpaa, det kommer anderledes listende; men en Tyktarmslidelse (hvad det tyder som) er jo heller ikke saa morsomt have at trækkes med. Det er dejligt at I synes saa godt om Kaj; jeg har for Resten ikke talt om det til nogen, men maaske behøver jeg ikke at udvise Diskretion; dog var det muligt, at de Unge godt vilde have det lidt for sig selv. Min Oplevelse af din Tilstand slog en hel Kolbøtte da jeg læste, at du havde været i Kbhvn. for at ende Ærinder og være til Middag; men var det dog ikke lidt voveligt Ogsaa min Opfattelse af Jeres Formues Omstændigheder slog Kolbøtte, da du skrev om 90 Kr. til Julegaver. Ja, ja, alt er relativt – ogsaa Fattigdom. 
+Bibbe kom Torsdag før Jul og blev til Tirsdag – 4 hele Dage. Manse lod hende baade hente (Dræby) og bringe i Bil el. maaske splejsede han og Tinge. Det var himmelsk at have hende, men havde jo været langt bedre at ha’ hende i Julen; hun var meget sløj og træt og jeg var grædefærdig ved Tanken om, at hun skulde på Arbejde så snart. Hun ringede Juleaften, det gode Barn, var kommen godt hjem og hun sagde, at det gik over Forventning med at taale Arbejdet. – Elle kom til Juleaftens Frokost, som altid er festlig; vi havde Peter og Sofie, fik Snaps og det hele var meget muntert. Tinge hentede hentede Marie i Kjerteminde ud på Eftermiddagen, vi havde en yndig Jul, stille og hyggelig. Den sidste Aften Bibbe var her fik vi Gaasesteg, Æblekage og Juletræ – helt som Juleaften Elle cyclede hjem i Gaar, Mandag, Marie er her endnu. 
+[Skrevet på hovedet øverst på side 1:]
+Her var mange og gode Gaver, Manse havde købt Bøger til os alle; jeg fik ” - men dette frem for alt - - ” Elle blev glad ved mit Tæppe til hende, det var nu ogsaa pænt. Bibbe fik en Sofapude og 10 Kr. til Hjælp til et Par Handsker – foruden flotte Gaver fra de andre. Elle gav mig rustfri Knive, som jeg manglede og var henrykt over. Du faar ikke mere denne Gang, jeg har saa uendelig meget at skrive; fordi Bibbe var her, sløjede jeg af med Juleposten og sprang mange over. Vil du takke Axel saa meget for den lille pæne og nyttige Kalender, og hilse den søde Janna, bare hun har klaret det enorme Slid. 
+[Skrevet langs venstre margen side 2:]
+Mon du ved, at Bes venter en Arving til Juni. 
+[Skrevet på hovedet øverst på side 2:]
+Selv faar du mange goe Hilsner med Tak for Gaven fra din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3188,51 +3188,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M46"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -3275,1940 +3275,1940 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="5" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" s="5" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>49</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>55</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>47</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>25</v>
+        <v>63</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>71</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="I11" s="5" t="s">
         <v>86</v>
       </c>
+      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
         <v>87</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>88</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>89</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>91</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="K12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>100</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>113</v>
+        <v>63</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="K15" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>116</v>
-      </c>
-[...7 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="J16" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>130</v>
-      </c>
-[...7 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>137</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>144</v>
-      </c>
-[...7 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="I20" s="5"/>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>151</v>
-      </c>
-[...4 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="J21" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>158</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="J22" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>70</v>
+        <v>167</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I23" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>70</v>
+        <v>167</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="I24" s="5" t="s">
         <v>176</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>179</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>70</v>
+        <v>182</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="I25" s="5" t="s">
         <v>184</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>185</v>
       </c>
-      <c r="J25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>187</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
+        <v>190</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
         <v>191</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>192</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>193</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>194</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>195</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>197</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>17</v>
+        <v>190</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>70</v>
+        <v>182</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>198</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>199</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>183</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="s">
-        <v>70</v>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>70</v>
+        <v>212</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>225</v>
+        <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>262</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>263</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>269</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>267</v>
+        <v>63</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>270</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>271</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>206</v>
+        <v>279</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>269</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>279</v>
+        <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>113</v>
+        <v>63</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>269</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>113</v>
+        <v>63</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>289</v>
+        <v>162</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>267</v>
+        <v>63</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>267</v>
+        <v>63</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>308</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>63</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="I44" s="5"/>
+        <v>317</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>318</v>
+      </c>
       <c r="J44" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>279</v>
+        <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>70</v>
+        <v>167</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>324</v>
+        <v>87</v>
       </c>
       <c r="K45" s="5" t="s">
         <v>325</v>
       </c>
       <c r="L45" s="6" t="s">
         <v>326</v>
       </c>
       <c r="M45" s="5" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>328</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>70</v>
+        <v>182</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
         <v>329</v>
       </c>
       <c r="I46" s="5" t="s">
         <v>330</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>331</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>332</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>333</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>334</v>
       </c>
     </row>