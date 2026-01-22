--- v0 (2025-12-06)
+++ v1 (2026-01-22)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="51" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -91,57 +91,109 @@
   </si>
   <si>
     <t>Fotokopi findes på Kerteminde Egns- og Byhistoriske Arkiv. BB3741.
 Det vides ikke, hvor originalbrevet findes.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen har gået tur ved floden i Luzern. Der var dejligt med ænder og blishøns. De mødte to gange nogle kertemindere i byen.
 Derefter tog de toget til St. Gotthardtunellen og stod af for at gå over passet. Vejret blev dårligt, da de nåede toppen, men heldigvis mødte de nogle mennesker, som bød på aftensmad og sengely samt tørrede deres tøj. Dagen efter gik Alhed og Johannes Larsen ned til byen og blev igen våde.
 Der var dyrt i Schweiz, så Johannes Larsens forældre må hurtigt sende nogle penge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/H6nO</t>
   </si>
   <si>
     <t>[Fortrykt på brevet s. 1:]
 MILANO
 HÔTEL BISCIONE &amp;amp; BELLEVUE
 avec Succusale au Corso
 [Håndskrevet i brevet:]
 Milano 2 Nov. 1898
 Kære Forældre!
 Sidst jeg skrev til Jer var vist i Lusern om Morgenen. Der gik vi saa lidt omkring og saa paa Omegnen og Schweizer Løven, der var nydeligt nede ved Søen og Floden Reuss der løber ned af den, Vandet var fuldstændigt klart som Havvand men med et mere blaat Skær, og saa svømmede der en Mængde Graaænder og Blishøns omkring som man kunde gaa paa Bolværket og nogle morsomme gamle Broer og se paa, de var helt tamme. Der traf vi en Søn af Garver Jensen, han kom hen og hilste paa os, jeg kendte ham ikke, han havde Fuldskæg, om Eftermiddagen sejlede vi til Flüelen og der traf vi ham igen sammen med en Søn af Politimester Nielsen og den lille Klokker, de lod helt glade ved at se en Kerteminder og bad mig hilse deres Forældre naar jeg kom hjem, de tog strax efter med en Damper tilbage til Byen og Alhed og jeg gik en Tur langs Vierwaldsstättersøen i Maaneskin. Næste Dag sendte vi vore Kufferter med Toget til den italienske Grænseby og tog selv med til den Station hvor den store St Gotthardts Tunnel begynder, der stod vi af for at gaa til Fods over Passet, en storartet Tur, men desværre begyndte det at blæse og regne saa i Mørkningen da vi naaede Toppen var vi gennemblødte og det var saa taaget at vi ingen Ting kunde se, vi var ogsaa dygtig trætte og kunde i Begyndelsen ikke finde et Menneske der ligger et Par store Hoteller en Fæstning noget Hospitte, i det sidste fandt vi endelig et Par Mennesker og en Dreng som skal være der om Vinteren, de har Proviant til hele Vinteren og var ved at fortære noget Suppe de havde kogt af Hvedebrød og Ost, vi fik noget med og Brød og Ost og Pølse og Vin ovenpaa og blev saa om Aftenen lodsede over i Hotellet, hvor vi laa om Natten. Foruden de 3 Mennesker og deres 2 store St Bernhardshunde er der kun Soldater deroppe om Vinteren de passer Fæstningen. Næste Morgen fik vi vort Tøj tørt paa det var tørret [ved] deres Kakkelovn og begav os paa Vej ned i Snevejr som gik over til Regn og vi kom Gennemblødte i Toget. Ved Grænsen var der en eller anden Fest saa det var umuligt at faa vort Tøj der var lukket, saa maatte vi lade dem expedere det efter os i Dag og nu er det nok kommet hertil, og Kl 9 faar vi det vi vil nu i Morgen rejse til Genova. I Dag har vi set Domkirken her og Malerisamlingen og Lionardos hellige Nadver. Det er svundet godt i vore Penge og vi tænker at naar vi hen i Ugen kommer til Florents vil vi snart faa nogle fra Jer. I Tyskland brugte vi ikke saa meget men Schweiz var et nederdrægtigt dyrt Land, og der gik 4 Dage i mod 3 i hvert Land, her i Italien lader de til at have noget rimeligere Priser. Nu maa i endelig være klar til at sende os nogle Penge, naar I faar Brev fra Florents, for saa er det lige op over. Mange Hilsner fra os begge Jeres hengivne Johannes Larsen
 Alhed sidder og skriver hjem</t>
   </si>
   <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-07-19</t>
-  </si>
-[...4 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes mand boede i Boston. Han arbejdede som kemiker. Deres barn, Grethe, blev født i 1900 og blev som planlagt døbt i Danmark. Det vides ikke, hvad Ellens svigermor hed. 
@@ -331,59 +383,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -463,122 +515,168 @@
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="F3" s="5" t="s">
-        <v>28</v>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>36</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
+    <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>