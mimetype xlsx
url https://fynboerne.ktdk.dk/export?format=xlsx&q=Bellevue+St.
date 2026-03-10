--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="51" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="81" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -91,106 +91,215 @@
   </si>
   <si>
     <t>Fotokopi findes på Kerteminde Egns- og Byhistoriske Arkiv. BB3741.
 Det vides ikke, hvor originalbrevet findes.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen har gået tur ved floden i Luzern. Der var dejligt med ænder og blishøns. De mødte to gange nogle kertemindere i byen.
 Derefter tog de toget til St. Gotthardtunellen og stod af for at gå over passet. Vejret blev dårligt, da de nåede toppen, men heldigvis mødte de nogle mennesker, som bød på aftensmad og sengely samt tørrede deres tøj. Dagen efter gik Alhed og Johannes Larsen ned til byen og blev igen våde.
 Der var dyrt i Schweiz, så Johannes Larsens forældre må hurtigt sende nogle penge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/H6nO</t>
   </si>
   <si>
     <t>[Fortrykt på brevet s. 1:]
 MILANO
 HÔTEL BISCIONE &amp;amp; BELLEVUE
 avec Succusale au Corso
 [Håndskrevet i brevet:]
 Milano 2 Nov. 1898
 Kære Forældre!
 Sidst jeg skrev til Jer var vist i Lusern om Morgenen. Der gik vi saa lidt omkring og saa paa Omegnen og Schweizer Løven, der var nydeligt nede ved Søen og Floden Reuss der løber ned af den, Vandet var fuldstændigt klart som Havvand men med et mere blaat Skær, og saa svømmede der en Mængde Graaænder og Blishøns omkring som man kunde gaa paa Bolværket og nogle morsomme gamle Broer og se paa, de var helt tamme. Der traf vi en Søn af Garver Jensen, han kom hen og hilste paa os, jeg kendte ham ikke, han havde Fuldskæg, om Eftermiddagen sejlede vi til Flüelen og der traf vi ham igen sammen med en Søn af Politimester Nielsen og den lille Klokker, de lod helt glade ved at se en Kerteminder og bad mig hilse deres Forældre naar jeg kom hjem, de tog strax efter med en Damper tilbage til Byen og Alhed og jeg gik en Tur langs Vierwaldsstättersøen i Maaneskin. Næste Dag sendte vi vore Kufferter med Toget til den italienske Grænseby og tog selv med til den Station hvor den store St Gotthardts Tunnel begynder, der stod vi af for at gaa til Fods over Passet, en storartet Tur, men desværre begyndte det at blæse og regne saa i Mørkningen da vi naaede Toppen var vi gennemblødte og det var saa taaget at vi ingen Ting kunde se, vi var ogsaa dygtig trætte og kunde i Begyndelsen ikke finde et Menneske der ligger et Par store Hoteller en Fæstning noget Hospitte, i det sidste fandt vi endelig et Par Mennesker og en Dreng som skal være der om Vinteren, de har Proviant til hele Vinteren og var ved at fortære noget Suppe de havde kogt af Hvedebrød og Ost, vi fik noget med og Brød og Ost og Pølse og Vin ovenpaa og blev saa om Aftenen lodsede over i Hotellet, hvor vi laa om Natten. Foruden de 3 Mennesker og deres 2 store St Bernhardshunde er der kun Soldater deroppe om Vinteren de passer Fæstningen. Næste Morgen fik vi vort Tøj tørt paa det var tørret [ved] deres Kakkelovn og begav os paa Vej ned i Snevejr som gik over til Regn og vi kom Gennemblødte i Toget. Ved Grænsen var der en eller anden Fest saa det var umuligt at faa vort Tøj der var lukket, saa maatte vi lade dem expedere det efter os i Dag og nu er det nok kommet hertil, og Kl 9 faar vi det vi vil nu i Morgen rejse til Genova. I Dag har vi set Domkirken her og Malerisamlingen og Lionardos hellige Nadver. Det er svundet godt i vore Penge og vi tænker at naar vi hen i Ugen kommer til Florents vil vi snart faa nogle fra Jer. I Tyskland brugte vi ikke saa meget men Schweiz var et nederdrægtigt dyrt Land, og der gik 4 Dage i mod 3 i hvert Land, her i Italien lader de til at have noget rimeligere Priser. Nu maa i endelig være klar til at sende os nogle Penge, naar I faar Brev fra Florents, for saa er det lige op over. Mange Hilsner fra os begge Jeres hengivne Johannes Larsen
 Alhed sidder og skriver hjem</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
     <t>1899-5</t>
-  </si>
-[...4 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Bellevue St. 27</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Julie Brandt
 Thora  Branner
 Harald Hirschsprung
 Andreas Larsen
 Dudley Pray
 Harris Sawyer
 Helen Sawyer
 - Sawyer, Harris' far
 - Schofield
 Hempel Syberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
 Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
 Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
 Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
   </si>
   <si>
     <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
 Det er sjovt, at Dudley Pray er populær.
 Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
 Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hOav</t>
   </si>
   <si>
     <t>Bellevue St. 27
 Kære Mor!
 Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
 Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
 I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
 Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
 H havde Brev fra Mr. Pray, som lød fornøjet og glad 
 [Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
 [Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
 [Indsat langs venstre margen s. 11:] 
 Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
   </si>
   <si>
     <t>1899-07-19</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
@@ -226,54 +335,145 @@
 Venlig Hilsen til Højstrup St.
 [I brevet:]
 Bellevue St. 19 Juli.
 Kære Mor.
 Det var rigtignok en rasende interessant Post i Dag med dit vældige Brev med alt det interessante om Barnedåben og med de gode Meddelelser om Lugges Eksamen og Dedes Opflytning – og alle de storartede Billeder som Chr. sendte mig. De ere dog ganske udmærkede og jeg nyder at se på dem. Vil du atter takke Mornine foreløbig!
 Der har nok ordentlig været Fest for lille Andreas, (jeg kan ikke lide Jeppenavnet) Han må være ganske henrivende, - jeg føler mig gruligt forurettet over at jeg går glip af at se ham som lille Men jeg trøster mig med, at jeg jo nok får en anden lille én at se på. – Tænk om vi kunde komme næste Sommer med vor lille Jeppe og få ham døbt hjemme, så du kunde bære ham også! Det vilde rigtignok være morsomt, 1 År er jo lidt længe i Forvejen at lægge Planer, men det kan jo aldrig skade og jeg har megen Glæde deraf. – 
 Forleden mente East at vi dog skulde kalde ham op efter Onkel Syberg – sådan: Erik Andreas Hempel Syberg Dannebrogsmand Sawyer.
 Han vidste at der var noget med D-mand, men var ikke rigtig klar over hvad det var. – Eastman har ikke været helt rask et Par Dage, - Mave, - men jeg tror dog han er kommen over det. Den Gæranalyse, (som han heldigvis nu er færdig med) har vist voldet det, - men han får 50 Dollars for det, og dem vil vi anvende til en Tur i ”White Mountains” næste Måned. Han trænger højlig til en Ferie og noget frisk Luft. Vi håber at være borte en 3 Ugers Tid. Det ser altså ud som om vi kommer godt fra Sommervarmen, August plejer at være den værste. Hidtil har vi ikke haft særlig generende Varme i disse Dage er det helt køligt. På Mandag rejser Helen og H’s Mor bort for 2 Uger, - så rejser vi, så snart de kommer hjem. Det bliver hele 5 Uger at vi bliver fri for Familjeliv.
 Tænk H’s Moder har opdaget vore Planer om en Ordning. East røbede det selv, ved at blive ærgerlig og hidsig en Dag da hun som sædvanlig udbredte sig om Ubehagelighederne ved Børn. Hun sagde imidlertid ingenting den Gang, men et Par Dage senere, da der kom en irsk Pige og solgte Kniplinger, sagde hun til H. [”til H.” indsat over linjen] at nu havde hun købt Kniplinger til en lille Kjole til sit Barnebarn. Jeg tror, at hun glæder sig lumsk til det.
 Forrige Uge var jeg næsten hver Dag i Laboratoriet og hjalp. Den ene Dag pakkede jeg en Masse Glasvarer ud af [”af” overstreget], og da de vare pakkede i Hø, lavede det jo en slem Uorden. Så vil Uheldet at Mr. Tiffany netop kom ned der om Morgenen før Rengøringsmanden havde været der og før Harry kom, - han kom sent ind den Morgen på Grund af Mavepine, og Dagen efter skrev han, Mr. T. – til Harry’s Assistent, om de ikke kunde holde det lidt senere. Den Vigtigper, jeg er ordentlig stødt på ham. – 
 En af de Dage jeg var i Laboratoriet havde vi Besøg der det meste af Dagen af en af Harry’s ældste og bedste Venner, Wesley Priest – også Kemiker. Det er pudsigt at Harrys to bedste Venner ere nogle lange Rapperter, begge nogle lystige Fyre, begge glade ved noget godt at drikke (og meget helst). Han [”Han” overstreget. ”Harry” indsat over linjen] Harry behandler dem faderligt, og det klæder ham så grinagtigt, da han kun er halvt så stor som dem. 
 Wesley P. jagede mig en grulig Skræk i Livet ved at fortælle med det alvorligste Ansigt om hvor brandfarligt det Laboratorium er og at det så godt som vilde være umuligt at komme ud o.s.v., - indtil Harry oplyste mig om, at han altid fortalte sådanne Historier.
 Senere var han med os på vor Stamkafé hvor vi indtog en forsvarlig Middag med al den Vin vi kunde drikke. Jeg er altid sulten så Harry må en Gang imellem fodre mig ordentlig igennem.
 Jeg er da forresten fornuftig nok til også selv at sørge for kraftig Mad herhjemme.
 Igår tog vi ud fra Morgenstunden med Madkurv. Det blev imidlertid en øsende Regn, men vi klarede os alligevel. Helen og Charles Pear var med, - han er Medlem af en Club, som ejer et Bådehus ved den Aa, som vi sejler i Kano på. Der gik vi i Læ og tilbragte Dagen meget rart. Der var en åben Altan med Tag over, som vendte ud til Aaen og der sad vi. Der er meget smukt, - store Skove til begge Sider, - så vi fik da den friske Luft alligevel. Vi kom hjem Kl 7, skrupsultne, naturligvis, og jeg satte mig straks i Bevægelse for noget varm The og solid, varm Aftensmad. Svigermoder fandt det sikkert ekstravagant – hun havde rigtignok ikke tænkt at vi vilde have andet end Vaniljeis og Kage!! – efter at vi har gået på tørt Smørrebrød hele Dagen!! – Det kribler i mig når jeg tænker på at Harry i mange Aar har måttet finde sig i den Slags, - han som bliver hulkindet på tre Dage. Han siger selv, at han er sikker på, at han har været så meget bedre dette Forår og Sommer fordi han altid får kraftig Kost nu. 
 Dette Brev er ikke så indholdsrigt som dit, men vi har jo heller ikke haft Barnedåb at fortælle om. Vil du hilse Ta’mus og Daisy. – 
 [Skrevet lodret ved venstre kant på side 5:]
 Vi har fået to Brudegaver i de sidste Dage, - en lille Krystal-
 [lodret langs kanten på side 6:]
 konfektskål og en Kageskål. Vi har en Masse nydelige Ting nu
 [lodret langs kanten på side 1 fortsættende over selve brevteksten samme side:]
 Vil du minde Disser om det lovede Brev og glem endelig ikke at sende det Stykke af Dannelg. Molle skrev, at hun havde læst et Stykke i Dannelg som mindede hende så levende om Håbet og Alhed, - det må være det. Jeg er spændt.
 Hilsner til alle fra East og Pelle</t>
   </si>
   <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
+  </si>
+  <si>
+    <t>1900-01-04</t>
+  </si>
+  <si>
+    <t>24 Bellevue St.</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Johanne Christine Larsen
+Harris Sawyer
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Acquisition betyder erhvervelse.
+En dansk alen er defineret som 62,77 cm (fra 1835 indtil metersystemets indførelse).
+Mull er en type let, tyndt og åbent vævet bomuldsstof (eller nogle gange silke), der minder om gaze. Det er kendetegnet ved at være blødt (Internettet febr. 2026). 
+Drengen: Ellen Sawyer troede, uvist af hvilken grund, under sin graviditet, at hun skulle have en dreng. Datteren blev født 16. januar 1901.
+Svinene: Harris Eastman Sawyer arbejdede sammen med en svineslagteri om at konservere svinekød, hvoraf noget skulle eksporteres til England. 
+Harris' gamle tanter kendes ikke. 
+Kopiblæk kan være af dårlig kvalitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1541</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil meget gerne have pudevår til den lille. Det er sødt af Laura Warberg at lave så meget til hende. Ellen troede, at moderen havde opgivet lysedugen. Amerikanerne kan ikke lave håndarbejde, og de beundrer de håndlavede ting, som Ellen har.
+To af Harris Sawyers gamle tanter har givet Ellen en "babybasket" samt sæbe, svamp, pudder mm. Ellen har fået mange gaver. 
+Harris' arbejde med svinene er lykkedes godt, så nu venter han på betalingen. Han har netop lavet liste over parrets ejendele til en brandforsikring. Da han kom hjem fra Danmark, ejede han 10 cents og et mikroskop, sit tøj og sin gæld. Nu ejer han meget mere, men gælden er ikke væk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lKAO</t>
+  </si>
+  <si>
+    <t>24 Bellevue St. 
+Jan 4 – 1900
+Kære Mor!
+Tak for dit Nytårsbrev. De gode Ønsker returnerer jeg til dig og hele Familien af ganske Hjærte. Nu er Julegæsterne vel sagtens ved at bryde op. De sidste Dage i Ferien anvendes i Reglen til at efterse de Bortrejsendes Tøj – jeg tænker mig, at lille Lugges Skoninger ere under Reparation. – Og Tak, jeg vil meget gærne have nogle små Pudevår. 6 er jo en forfærdelig Masse til en sådan lille et lille èt, - jeg vil også blive glad ved 4 (muligvis endnu gladere ved 6) Lærred er nok for koldt om Vinteren, men to af dem til Sommerbrug vil være storartet. Lav dem fuldstændig som du selv synes og finder pænest – men helst med Bånd i Stedet for Knapper og Størrelsen vil jeg angive senere i Brevet. – Det er rigtig nok alt for galt med alt det du dog laver til mig. Jeg troede rigtig nok du havde opgivet det store Arbejde med Lysdugen, men det bliver unægtelig morsomt at få den. Jeg har ingen fin Lysdug og altid beundret din ægyptiske meget. Jeg glæder mig også til at vise Folk her et smuk Lysdug. De har utrolig lidt Begreb om Håndarbejde her, - de giver sig ikke Tid til den Slags og har meget lidt udviklet Smag i den Retning. Man finder ikke èt anstændigt Broderi selv i de bedste Butikker. – Junges Buffetdug bliver gennembeundret (den var også henrivende) og alle mine andre Håndarbejder beundres og forevises som Kunstgenstande, - hvad de jo på en Måde også er, - Kunstindustri kan man nok kalde det. – 
+Pakken er endnu ikke ariveret, men det må være lige ved, det tager Thingvalla 3 Uger i Reglen at komme her over. – De Masser jeg og Drengen har fået foræret!! Den sidste Aquisition (jeg ved ikke hvordan det Ord staves) til hans Ejendele var ["var" overstreget] kom igår fra to gamle Tanter til Harry, som i Mands Minde ikke har foræret el. gjort noget for nogen. De ere berømte her for, - og igår ankommer en af dem med den nydeligste ”babybasket”. Det er en flad Kurv, c. ½ Al. lang, foret med lyserødt, be ["be" overstreget] trukkket over med hv. Mull. Siderne ere forsynede med små Lommer og en Nålepude og i Kurven fandtes en Sæbedåse med et Stk. fin Sæbe, en blød lille Svamp, Pudderdåse og Pudderkvast, store og små Sikkerhedsnåle. Det er en nydelig og meget brugbar Present. Den står nu i en Skuffe og venter på den Lilles første g ["g" overstreget] Toilet. Foruden de nævnte Ting er der hans Kam, Børste, Nåle og et komplet Sæt Tøj fra de mindste hvide Strømper til Kjolen. – Den er dækket til med et Flonelshåndklæde. 
+Vi har nu stræng Kulde og der er en Del Sne, men det er forresten mest stille, klart Solskin. Harry har lidt Snue, men har da ingen rigtig Forkølelse haft i lange Tider. Du spørger til ”Svinene”. Jeg ved ikke om jeg skrev det sidst, at de har erklæret Arbejdet for at være lykkedes, og han kan få sine Penge, såsnart de ere i Orden igen. Det havde jo været nok så morsomt, om han havde fået dem, men han har en Del Ekstraarbejde i denne Måned, så det gør ingen Ting, og Hovedsagen er, at han har fået Bugt med Bacillerne. - Nu ved Nytårstid har han lavet en Liste på al sin Ejendom (for Brandforsikring) og jeg finder, at han har Grund til at være helt tilfreds Da han kom hjem fra Danmark, ejede han 10 Cents, sit Mikroskop, for en Værdi af 30 Dol. Apparater, sine Klæder og 300 Dollars Gæld. – Han ejer nu for c. 1000 Dollars Apparater, c. 3000 Dollars værdi her i Huset (iberegnet hvad jeg medbragte), - Gælden er den samme, - den er kun bleven flyttet. Jeg mener, at han har været flittig, når man tager i Betragtning at Konkurrencen er ligeså stor her som hjemme og at her er en Syndflod af Kemikere. - Nu må jeg gemme Resten af mit Stof til Dissers Brev. – 
+Masser af Hilsner til dig og Far fra Pelle = Riesen. 
+[Skrevet langs venstre margen s. 1:]
+Pudevårenes Størrelse = Længden af denne Side Papir 2 Gange samt 3 Tommer. 
+[Skrevet på tværs øverst s. 1:]
+Jeg har været så uheldig at skrive med Kopiblæk</t>
+  </si>
+  <si>
     <t>1900-04-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bellevue St.</t>
   </si>
   <si>
     <t>Nelly -
 - Jenkins
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Hempel Syberg</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin amerikanske mand, og parret fik i 1900 datteren Grethe. 
 Alhed Larsen udstillede på Charlottenborg foråret 1900. Johannes Larsen havde en udstilling på Den Frie.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1669</t>
   </si>
   <si>
     <t>Ellen springer sommetider en "brevdag" over, da hun har travlt med nyfødt barn og med gæster. 
 Udgifterne til fødsel og efterfølgende behandlinger blev 300 dollars. Ellen fik feber og problemer med leveren efter fødslen, og hun er stadig mat. 
 Grethe er sød og nem. Hun smiler meget og bliver voldsomt ivrig, når hun hører sang eller klavermusik.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gWgR</t>
   </si>
   <si>
@@ -383,59 +583,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lKAO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M5"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -560,123 +760,307 @@
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="M5" s="5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" s="5" t="s">
         <v>50</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
+    <hyperlink ref="M6" r:id="rId11"/>
+    <hyperlink ref="M7" r:id="rId12"/>
+    <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>