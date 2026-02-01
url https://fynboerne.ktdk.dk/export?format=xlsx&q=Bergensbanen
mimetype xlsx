--- v0 (2025-12-11)
+++ v1 (2026-02-01)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="34" uniqueCount="33" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -73,51 +73,51 @@
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted</t>
   </si>
   <si>
     <t>Norge
 Bergensbanen</t>
   </si>
   <si>
     <t>Ellen Brønsted
 Ina  Goldschmidt
 Laura Warberg</t>
   </si>
   <si>
     <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
 De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
   </si>
   <si>
-    <t>Ina/Sjums Goldschmidt er kommet, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V7sM</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:]
 BREVKORT.
 [Håndskrevet i kortets adressefelt:]
 Hr. Professor Brønsted
 Myrdal
 (Bergensbanen)
 Norge
 poste restante
 [Håndskrevet i adressefelterne:]
 Kære Lugge og Mag!
 Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
 Tusende Hilsner fra os alle!
 M.
 22/7- 16.</t>
   </si>
   <si>
     <t>1918-07-21</t>
   </si>
   <si>
     <t>Laura Warberg</t>