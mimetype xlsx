--- v0 (2025-11-19)
+++ v1 (2026-01-15)
@@ -3,153 +3,2377 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="737" uniqueCount="516" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="747" uniqueCount="523" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1886-09-14</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Sortedams Sø
+Kerteminde
+Los Angeles</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Margrethe  Eckardt
+Sophie Eckardt
+Anesine Frölich
+Christian Iversen
+Marie Kjellmann
+Georg Larsen
+Jeppe Andreas Larsen
+Peter Larsen
+Vilhelm Larsen
+- Markusen
+Rasmus Petersen, Gartner</t>
+  </si>
+  <si>
+    <t>Tiras er muligvis en jagthund.
+Klodser: at tegne efter klodser kan være en del af undervisningen i perspektivtegning.
+Præliminæreksamen svarer til realeksamen (almindelig forberedelseseksamen). Den blev indført i 1881, som afslutning på realundervisningen. (Wikipedia)
+Gamle Kjelmann er muligvis far til Bernhard Kjellmann. Det er uvist, hvem der skal konfirmeres. Det er uvist hvem gamle Møller er.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsens far og brødre har været på jagt. Der skal snart være konfirmation. Vilhelmine Larsen vil gerne høre, hvad Johannes synes om at tegne efter klodser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VQBE</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 14 September 1886
+Min egen kjære Johannes!
+Du kan rigtignok tro at Fader blev glad Du saa hurtig er færdig med Geometrien, Gud Fader velsigne din Gjerning mit Barn;
+Jeg sidder her paa Kontoret for Fader og Georg er ude paa Hønsejagt gamle Tiras blev som ung igjen da Fader tog Bøssen frem de gik imorges og fik 3 Høns men saa blev der Middag og Kaffe og afsted igjen med Forøgelse af Vilhelm og Peder Larsen
+Din lille Fugl har det godt han spiser og synger lystigt – har jeg fortalt dig at vores ene smukke Rude i Gangdøren blev slaaet itu Festdagen ved et Lufttryk var det ikke kjedeligt.
+Vi skal hilse fra Fru Markusen hun var her forleden med de smaa Piger og kom i dag for at sige Farvel til os – her var Brev fra Moster Sofie det var godt med Deres Helbred og de havde faaet Brev fra Alfred – han var rask trods det gode Vejr var han ikke søstærk endnu – muligen ”Rigmor” kommer til Kjerteminde med Kul
+det var jo en sand Svir for Sødskenden Eckardt, om de kunde samles saamange til Konfirmationen Moster Sophie kommer ikke hun tør ikke for sit Helbred og det var jo ogsaa skrækkeligt skulde hun komme til at miste det gode Helbred hun nu har faaet – de havde været til Kirkeconsert og moret sig godt og jeg tror nok de i det hele taget befinder dem vel derovre, gamle Kjelmann er ved at dø og er meget lidende der blev bedt for ham fra Prædikestolen
+Nu som jeg sad saa jeg Kristian Iversen i bedste Velstaande og Rasmus kan jeg hilse fra han har Neriumen deromme i Drivhuset om den vil blomstre til [overstreget] Julen jeg vrøvler jo jeg mener Confirmationen jeg kan dog ikke vide om der ikke skal komme Brev fra Amerika til den Tid ogsaa
+Jeg glæder mig over at Du spadserer i dette mageløse Efteraarsvejr, der stod om en Masse Tilskuere ved Sortedams Søen for at se de sorte Svaner slaaes – har du ikke været saa heldig Johannes det var saa hæftige Kampe at der maatte Mænd i Baade ud for at skille dem ad
+min lille Ven skriv snart og fortæl mig hvad du synes om at tegne efter Klodser fortæl mig endelig en Heel stor Mængde om Dig selv; og le mig nu ikke ud fordi jeg skriver heel med stort for dette at vide noget om Dig er en [Sørejse?]; for resten maae jeg gjøre Dig opmærksom paa at vide ikke skrives hvid som du gjorde forleden min Slump vær dog forsigtig og husk naar Du saadan med Salvelse siger gagge jeg har taget Prælemineren saa maa der ingen Fejl komme, nu forstaar du mig nok 
+Johannes skulle du skrive fejl til til mig gjør det ikke saameget 
+hvad synes Du om dine Husfæller fortæl mig lidt derom det var jo ganske overraskende at gamle Møller er borte med Alle; ja det fortalte Margrethe mig – Hils nu endelig Frøken Bendal imorgen skal hun have det længe ventede Brev vi ere Alle raske og haaber du er ligesaa Lev vel og Gud bevare dig min Skat nu og altid velsigne dig og styrke Dig til din Gjerning
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Margrethe -
+Louise Amstrup
+Rasmus Balslev
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Louise Brønsted
+Syrak Hansen
+Alhed Larsen
+- Løngreen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad degnen og sadelmageren hed. 
+Kunstneren er Fritz Syberg, som i denne periode gave Warbergs børn tegneundervisning i hjemmet. 
+Warberg-familien kendte mange fra Balslev-slægten, så det er svært at vide, hvilken Balslev, Laura W skulle træffes med. 
+På Arreskov boede Albrecht Warbergs arbejdsgiver. 
+Sollerup Skole for Unge Piger var en kombineret husholdningsskole og et uddannelsessted, hvor kvinder kunne blive småbørnslærerinder. Flere af Warbergs døtre var elever ved denne skole.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0354</t>
+  </si>
+  <si>
+    <t>Det er 22 år siden, at Laura og Albrecht skrev det første brev til hinanden.
+Det glæder Laura, at Albrecht skal mødes med Conrad og Else.
+Hempel Syberg har talt med greven om en ny centrifuge.
+Laura vil tage returbillet til København og besøge sine forældre. 
+Sadelmageren har ordnet gulvtæppet, så det dækker gulvet. Det gamle kom ind i Albrechts stue.
+Børnene tegner ikke om aftenen, for de kan ikke uden hjælp. Fritz Syberg har hentet gipsornamenter til at tegne efter. 
+Thora har fået et dukkekomfur, som hun og Charlotte skal lege med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VGSK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter A C Warberg
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+[Fortrykt logo]
+[Håndskrevet:]
+Erikshaab d: 20de (Aften)
+Kjæreste Abba!
+Paa Mandag er det 22 Aar siden jeg fik det første Brev fra Dig og skrev det første Brev til Dig; gid jeg inden i dette kunde sende et rigtig eftertrykkeligt Kys! Men vær vis paa at Du har det tilgode til vi sees paa Fredag! Jeg længes i mellem Stunder saa latterlig meget efter Dig og efter at kysse Dig Kjæreste! Jeg vil da haabe at Din Lune forlængst er overstaaet; dette forresten sagt i Alvor og ikke for Kyssets Skyld. 
+Det glæder mig at Du træffer sammen derinde med Conne og Else; hun skrev saa beskedent, om jeg troede Du vilde tage Dig lidt af hende, til Conne kom fra Sverrig. Jeg har iaften skreven 4 Sider til hende i det Haab at hun faaer det inden hun rejser; hun bad mig nemlig sende sig Din Adresse. At jeg ikke træffer dem er derimod ikke saa uheldigt; jeg har jo nylig været hos dem og Du veed nok! for mange Bekjendte for nogle faa Dage i Kjøbenhavn, det elsker jeg ikke. Lille Visse var her i Eftermiddag, hun har slet intet hørt fra Vejle Mølle siden vi var der, stakkels Skind! – Sybergs var i Odense i Torsdags; Dagen før var han paa Arreskov for at bede om at stille Centrifuge op. De Grevens [oven over linien er skrevet: ”Grevens”] havde beklaget at jeg var rejst forgjæves derover; imorgen Formiddag gjør jeg det om, saa fortæller jeg Grevinden, at Fader og Moder har bedt mig derind og at jeg gjør Rejsen med Returbillet og for mine egne Penge. – Torsdag og Fredag havde vi Sadelmageren; han syede i Spisestuen, mens der var rykket ud af Kontoret og dette fik en tilgavns Rengjøring. Paludan sad i et grufuldt Roderi i Din Stue, han var flink til at hjælpe med at støve af og ordne alt igjen. Nu er der saa yndigt, Tæppet naar over hele Gulvet og seer ganske nyt ud. Af det gamle blev der et temmelig stort under Sofa og Bord i Din Stue. Jeg glæder mig til at min egen Ven skal komme hjem og finde det saa hyggeligt. Paa Mandag kommer Balslev med Tilbehør, jeg maatte skrive efter ham. Imorgen tænker jeg Styrtebadet kommer repareret tilbage fra Frost. – Børnene tegner ikke om Aftenen, de kan ikke paa egen Haand. Kunstneren medbragte i Lørdags nogle gl. Gibsornamenter fra Maler Hansens Loft at tegne efter, naar han kommer tilbage; de glæder sig meget dertil. Alhed var igaar spadserende hos Komtessen, der har det nogenlunde og lod til at være glad ved Alheds Snak. Jeg vil derover en af Dagene. – I morgen – Søndag – skal de 4 og Frøken Løngren til Høstgilde hos Margrethe Jokums, jeg skal over til Gjelskov. Mimi fik sig da en ny Kaabe i Odense til min store Glæde og hendes egen med vil jeg haabe! Tutte kjøbte sig et lille Komfur som Muk skal om i morgen Formiddag at koge paa med hende. Nu bliver dette vel nok mit sidste Brev til Dig kjæreste Abba! Jeg skal nok huske Degnens Fødselsdag paa Mandag. – 22 Aar! Jeg kan næsten komme til at græde ved at tænke tilbage paa de mange sorgfulde Timer jeg i Løbet af de 22 Aar har voldet Dig. Jeg vil haabe Du selv tænker mest paa de lyse! 
+Og saa Farvel min egen Ven! Børnene hilser! Elle og Muk, - de andre er jo paa Sollerup, kjørte Kl. 3 i den lille aabne Vogn. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>1890-08-12</t>
+  </si>
+  <si>
+    <t>Store Høljeryd</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Anna Eckardt
+Christian Eckardt
+Ingeborg  Eckardt
+Kristina Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Elisabeth Eckardt    
+Georg Larsen
+H.B. Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Johan  Norden
+Christine Swane
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var fraværende grundet aftjening af værnepligt. (juni 1890-marts 1891). Georg Larsen var kommis i sin fars forretning og er muligvis blevet i Kerteminde, for at styre tingene.
+Det er uvist, hvem Frises er.
+Christian Eckardt var blevet enkemand året før i 1889.</t>
+  </si>
+  <si>
+    <t>Der er blevet holdt en stor fest (sølvbryllup) på Store Høljeryd. Vilhelmine Larsen savnede meget sine to drenge, Johannes og Georg. De fik slet ikke brev fra Johannes og Georgs telegram kom dagen efter. Christian Eckardt har givet dem et billede af Store Høljeryd. Christine Swane gav dem en sløjfe til en stol. Vilhelmine Larsen glæder sig til at se Johannes og Alfred Eckardt ved toget på søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DVRe</t>
+  </si>
+  <si>
+    <t>Kjerteminde nej Høljeryd –
+Kjære Johannes!
+Saa haaber vi at sees paa Søndag faa at vide hos Alfred hvad Tid vi kommer og hvor længe vi kan sees
+Først tænkte vi at ligge i Kjøbenhavn om Natten men det er jo en hel Kapital for 6 paa et Hotel, saa kan vi sees en Time eller 2 maa vi være glade for det vi tage saa hjem med Aftentoget til Ullerslev.
+Det var kjedeligt du slet ikke faar Fader at se denne Gang han rejser herfra i morgen Onsdag for det er jo nu lige i Høst, saa han daarlig kan undværes; men vi savnede meget Brev fra dig i Mandags, Georgs Telegram kom først i Morges tillige med et fra Frises og 3 andre i Fællesskab. Norden, H.B. Larsen og Albreckt.
+Det var dejligt Vejr og vi havde det saa hyggeligt og rart alle Eckardts er herovre; den lille Stue var pyntet saa smukt med Blomster og Grønt og et Bord med Gaver E gav os Høljeryd ligesom Margrethes Maleri Christine en sløjfe til en Stol 6 servietter og Sofapude Betræk; af vore Pigebørn og Margrethe.
+Nu i morgen kjører vi Fader ned og faar maaske da dit Brev vi længes meget det var svært for mig at I to Sønner ikke var med at holde den Dag
+Gud give I maa faa det godt i denne Tid – mon ikke de har sendt dig noget senere
+Hils Alfred og faa ham til at møde paa Søndag det er vist 6¼ ved Helsingørbanen og saa kjører vi igjen Kl 8 ad Korsør ( vi [ulæseligt ord] en Fartplan)
+Kjærlig Hilsen fra os Alle sammen 
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Henriette -
+Otto -, Baron
+Ludvig Brandstrup, billedhugger
+- Bøjsen
+Holger Grønvold
+Marie Juul
+Jørgen Hermann Kruuse
+Christine  Mackie
+Jonas -, Onkel
+- Paulsen
+- Schade, Fru Schades børn
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Thora Th
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+- Westh</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2206</t>
+  </si>
+  <si>
+    <t>Alhed sender en hue til sin lillebror. Hun har for flere dage siden leveret sin kjole ind til en syjomfru.
+Thora og Alhed har spist gåsen sammen med Kruuserne og Onkel Jonas. Alhed har været til fin middag hos Komtessen. Alle var meget elskværdige, og greven spøgte ved bordet med, at Alhed var rendt hjemmefra.
+Det er dejligt, at Christine er så glad for sin plads. 
+Alhed lærer godt hos Onkel Ludvig (Lut), og hun synes ikke, de skal finde en skole. 
+Mandag tager Alhed til Værnehjemmet. Hun glæder sig ikke, for hun har hørt, at man bliver holdt i meget kort snor dette sted. 
+Marie Juul og Alhed har været hos fotografen og få taget opstillede billeder med Marie i sygeplejerskedragt og Alhed som patient.
+Alhed ønsker sig penge til en bjørneskindsmuffe til jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bjvS</t>
+  </si>
+  <si>
+    <t>Lørdag Aften
+medfølgende Hue er til Dede!
+Kys begge de Smaa
+Er Henriette rejst?
+Hils hende ellers mange Gange!
+Kæreste Moder!
+Tak for Dit Brev og for Vadsækken med Indhold; Kjolen har jeg for flere Dage siden leveret ind til en Syjomfru, men hun var meget optaget, saa jeg faar den først Fredag; den bliver vist for Resten nydelig, det har været et vældigt Arbejde at sy den Forbredde. Den Frk West maa være flyttet, jeg kunde aldeles ikke finde hende. Thora og jeg var med til at spise Gaasen i Aftes tillige med Kruuserne, det var meget morsomt; de talte begge i høje Toner om Dig og Fader og bad mig sende mange Hilsner; O ["O" overstreget] særlig paalagde Onkel Jonas mig at formelde "Justitsraaden" Lians Kompliment. - - I Søndags var jeg til en lille udsøgt Middag hos Komtessen, Arreskoverne, Bøjsens, (ing. Finsen) Poulsens, Fannys og Baron Otto. Det var rigtig morsomt, alle var saa elskværdige mod mig, særlig Greven, der talte meget med mig og ved Bordet drak Glas med "den unge Dame, der var rendt hjemme fra, d.v.s. der havde faaet Lov at blive borte 14 Dage og saa blev borte i 1/2 Aar." - Derimod synes jeg, at Fanny har forandret sig meget, hun oplukte ikke sin Mund til mig hele Aftenen.
+- Jeg havde forleden et meget langt Brev fra Christine, hvor det dog er morsomt, at hun er saa fornøjet med sin Plads, hun er jo ligefrem begejstret for det hele. - Jeg synes ikke vi skal være saa forhippede paa at faa mig til at tegne et andet Sted endnu, jeg lærer udmærket godt hos Onkel Lut, jeg talte med ham om det forleden, og vi ere enige om, at det er det bedste, han har talt med flere om det, f. Ex. Grønvold (Lærer ved den techniske Skole) men ingen anbefaler Skolerne. - I næste Uge kommer Frk. Jensen [et kryds er indsat over "Frk."] herind og saa skal vi i Theatret en Aften, vist nok Tirsdag til "Fulvia", jeg giver saa Thora og mig Billet og Thora giver Frk Jensen og de unge Schader, det glæder vi os alle meget til. Paa Mandag tager jeg ud paa Værnehjemmet, det glæder jeg mig oprigtig talt mindre til, jeg har haft det saa yndigt her hos Thora, som jeg er kommen til at holde meget af, og saa har jeg hørt, at man bliver holdt saa vældigt i Ørerne derude, - i Seng paa bestemt Tid! det er meget slemt, da det jo er den eneste Tid, jeg kan besøge Folk; og sæt, at jeg nu ikke maa gaa i Theatret! - Forleden Dag var jeg med Marie Juul hos Fotografen, hun skulde fotograferes i sin Sygeplejerdragt, saa fandt vi paa at lade os tage sammen paa sex: jeg sidder ned ved et Bord, hvorpaa der staar en Medicinflaske og et Glas Vand med en Ske i og Marie staar op og lægger en Bandage om mit Hoved, det er en grinagtig Opstilling, paa Tirsdag faar jeg ["jeg" overstreget] vi dem, saa skal jeg sende et hjem. I Morgen skal jeg til Middag hos Marie Juul sammen med Marie Sperling Jeg ønsker mig til Jul Lærredslommetørklæder og en Mu ["og en Mu" overstreget] Penge til en Muffe, her er nydelige graa Bjørneskindsmuffer til 5 Kr., jeg fryser saa forfærdelig paa Hænderne med Skindhandsker
+Mange Hilsner til Eder Alle!
+Din ærbøde Datter 
+Alhed Warberg
+P.S. dette Brev er yderst kedeligt.</t>
+  </si>
+  <si>
+    <t>Ca. 5. januar 1892</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Peter Hansen
+Leonard Holst
+Marianne Høst
+Arnold Emil Krog
+- Laudrup
+Christine  Mackie
+Georg Neukirch
+Ruth Neukirch
+Sigrid Neukirch
+Theodor Oppermann
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Tidens kunstnere mødtes ofte på café Bernina.
+The à la Russe: I bunden af koppen lægges en citronskive, som drysses med hvid sukker, og der hældes the over.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2171</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har købt en dyr kåbe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yFtw</t>
+  </si>
+  <si>
+    <t>Fredag Eftermiddag
+Kæreste Moder!
+Skønt jeg ikke har været nede hos de gamle endnu vil jeg da i Eftermiddag skrive et Par Ord til Dig; Jeg var saa udmattet i Aftes, at jeg ikke kunde bekvemme mig til at gaa nogen Steder, men af Onkel Christian, som jeg mødte i Gaar, fik jeg at vide, at det ikke er daarligere. - Dagen i Odense gik meget godt, jeg haaber at Kommisjonerne var efter Ønske; jeg fik mig en dejlig varm og nydelig Kaabe, den kostede 32 Kr, det var jo ikke saa lidt, men saa er den vist ogsaa meget stærk; Chr. var meget sorgfuld, da Toget kørte af med hende, og Leon og jeg var ogsaa Resten af Dagen temmelig matte i Sokkerne; det er slemt at rejse hjemmefra efter en Ferie, og jeg nægter ikke, at Humøret er lidt sløjt nu de første Dage; men jeg haaber ikke, det varer ret længe, inden jeg kommer godt i Gang igen. Jeg traf en hel del Bekendte paa Rejsen bl.a P. Hansen; Marie og Neukirk tog imod ham paa Banegaarden og de fulgte mig hjem; Toget var meget forsinket, saa vi kom først her til c. Kl. 11; her var imidlertid lukket og slukket, og da jeg ikke havde videre Lyst til at gaa i Seng uden Aftensmad, bankede vi dem ikke op, men gik hen paa Runskuerkaffeen "Bernina" og spiste til Aften; P.H. havde faaet solgt et Billede til Kunstforeningen og vilde i den Anledning absolut give en flot Aften: Postejer med Østers og Champagne og bagefter "Thé a la russe". Oppermann var deroppe, han sluttede sig til vores Selskab og trakterede senere med Sodavand og Cognak; jeg gik med Marie hjem og laa hos hende om Natten. - - Jeg haaber snart at høre fra Eder, særlig om, hvordan Du har det, om Du kan taale at være oppe o.s.v. - Vi havde en lille ["lille" indsat over linjen] Batalje med Arkitekten i Gaar. Han fortalte, at der skulde komme nogle ny til vor Afdeling, de skulde sidde ovepaa, men han havde tænkt at blande de gamle og de ny saadan, at et Par af ny kom ned til os, mens et Par af de gamle skulde flytte op til de ny, Høst og jeg havde han tænkt. - Herimod nedlagde vi imidlertid alle en kraftig Protest; vi vilde ikke skilles ad; vi fik vor Vilje sat igennem, men har var lidt gal i Hovedet, daar ["ar" sidst i ordet overstreget] han gik fra os. Nu skal vi se, hvad det bliver til. - Sender Du saa Slagtemad til Fru L.? skal jeg sige noget til hende derom? [Indsat øverst side 1, på hovedet:] Mange kærlige Hilsner til Eder alle fra Din gnavne og misfornøjede Datter Alhed</t>
+  </si>
+  <si>
+    <t>1892-07-27</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Syrak Hansen
+Alhed Larsen
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
+  </si>
+  <si>
+    <t>Anna har været på "Bernina". Hun ønsker at være sammen med Fritz og tænker på ham hele dagen under arbejdet på Den kongelige Porcelænsfabrik. Hun har stadig nogle penge tilbage og glæder sig til at få udbetalt løn på fabrikken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IIhi</t>
+  </si>
+  <si>
+    <t>[Nummer tilføjet med blyant: 6]
+Kæreste Dreng
+Jeg sender Dig paa dette Papir en privat Hilsen og et Kys i Anledning af Dagen imorgen, siden skal vi paa et andet have udfærdiget en pragtfuld Adresse med Tilbehør. Jeg gør et lille Sold paa Bernina; Meme : Chokolade, Kaffe, Kager. Skov er indbudt, nærmest fordi at vores Kvindelighed ikke tillod os at gaa alene i Bernina. Jeg vilde nok saa gerne være hos Dig kære Dreng, vi kunde da højtideligholde Dagen oppe i den lille "Dagligstue" i Bankerne Jeg har i denne Tid tænkt meget paa hine Dage, hine vidunderlige Dage. Jeg tænker paa Dig Dagen lang naar jeg sidder ude paa Fabriken, jeg kan nemlig godt have mine Tanker alle andre Steder end ved Arbejdet; dette er ikke overdrevent indviklet, en af de første Dage tænker jeg at faa fat i det rigtige Postelin, vi har hidtil malet Prøver paa gamle Skaar; den gamle Øvemaler er meget glad ved mig, klapper mig paa Skulderen og Haaret; "Brænderen" koketterer med mig saa det staar efter, forresten bilder hele Fabriken sig ind at jeg er 15 Aar og Alhed 16. Tiden gaar for mig med rivende Hast, meget hurtigere end hjemme - Marie var henne hos Hoff i Gaar, han bad, om Du vilde kvittere for Beløbet, vi kunde da afhente det, naar vi lystede. Kære Dreng, for Tiden trænge vi ikke til Penge, Kaagge har faaet fra Mester og jeg har c. 30 Kr tilbage, desværre er en Tikroner bleven borte for mig (den jeg fik fra Kaagge) men jeg haaber endnu paa at kunne finde den, desuden vil jeg vist snart kunne faa Penge paa Fabriken, jeg sender Dig altsaa alle Pengene hvis jeg senere faar Brug for nogle skal jeg nok benytte mig af dem. Det var kønt af Dig at hjælpe Knolden, vi havde førend vi fik P.s Brev regnet ud at det vilde gaa saadan. Hvad mon Knolden egentlig har bedreven, jeg studerer undertiden i "Københavns Mulkter". Jeg saa forleden at en Mand var bleven dømt til at betale 40 Kr. for at uddele 6 Lussinger til ligesaa mange Folk, saa Knolden maa da have slaaet dem halvt ihjel; jeg vil haabe at han er Dig taknemlig. - Fra Kaage og Franziska skal jeg bede Dig gøre dem den kolossale Tjeneste at sende Moders Maskine, helst i denne Uge. Kan du ikke skrue Benene fast i Bunden af en lille kasse og saa dermed Basta, den staar ved Klaveret. Farvel kære kære Dreng. Tænk i Morgen paa
+Dit lille Høns
+[skrevet på hovedet øverst på brevets første side]:
+Send straks Hoffs Papir tilbage, Kaagge brænder efter at komme derhen igen, hun er formodentlig bleven forelsket i ham.</t>
+  </si>
+  <si>
+    <t>1892-09-02</t>
+  </si>
+  <si>
+    <t>Peter Eilschov
+Niels Langkilde
+Johanne Christine Larsen
+Christine  Mackie
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det indlagte brev, der er omtalt, findes ikke sammen med Laura Warbergs brev.
+Thora Syberg, f. Warberg, var 12 år i 1892. På godset Arreskov boede Anna og Erik Schaffalitzky de Muckadell. De var Albrecht Warbergs arbejdsgivere. 
+De Eilschovske Boliger blev opført 1765-1767 i Munkemøllestræde i Odense af Peter Eilschov, som havde sin bolig på Marielund. Niels Waldemar Langkilde købte 1870 Marielund. Det vides ikke, hvad hans kone hed. Man kunne som ugift købmandsdatter eller enke af god familie tildeles en lejlighed i De Eilschovske Boliger. Stamtavlen betød således noget. Det vides ikke, om Christine Warberg (g. Mackie) kom til at bo på stedet, men sagen er omtalt i flere breve fra september 1892.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0351</t>
+  </si>
+  <si>
+    <t>Andreas/Dede har fået et flot resultat i skolen. Thora har været på Arreskov for at invitere til konfirmation, og de sagde ja til at komme.
+Christine har været på Marienlund for at søge om en af Eilschovs Boliger, og på grund af sin stamtavle får hun nok en lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0xlR</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Godsforvalter Warberg
+cand. jur.
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K. 
+[Skrevet med blyant:] 
+1895
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag.
+Kjæreste Abba!
+Indlagte Brev kom idag og jeg sender det strax Dede tror jo Du er kommen hjem. Flot Resultat, 10 flyttet op første Gang! tro mig, han er henrykt, han var saa optaget af sine Karakterer og det hele i Søndags, ventede kun at komme H. op – Han var jo nederst altsaa N 21 i A. Jeg var glad ved Junges Brevkort i dag [Skrevet oven over linien ”om”] at han er kommen godt til Byen. Thora var paa Arreskov igaar at bede dem til Konfirmationen, de var saa venlige og sagde Ja til Indbydelsen. I Hast! Christine skriver idag, at hun har været paa Marienlund, Langkilde er i Bestyrelsen for Eilskovs B., han var ikke hjemme, har en, han protegerer Fruen sagde til Chr., at hun C. var vist en farlig Konkurrent og efter Stamtavlen saae det ud til hun skulde blive den lykkelige 
+Kjærlig Hilsen!
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>Mellem 12. og 18. nov. 1894</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Clement Caspersen
+Olga Caspersen
+Bernhard Hirschsprung
+Johannes Jørgensen
+Johanne  Larsen
+Johannes Magdahl Nielsen
+Fritz Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. J var. 
+Luftklokken var et instrument, som Albrecht Warberg med jævne mellemrum blev behandlet i og med hos en læge i København. Han led af astma.
+Ludvig og Berta Brandstrup var nygifte, da Alhed Larsen var hos dem i Italien. "Brudegaven" må være en gave fra Alheds forældre til dem (Ludvig Brandstrup var Alheds morbror, Berta Brandstrup var datter af Bernhard Hirschsprung). 
+Kunstneren/Fritz Syberg underviste Alhed og hendes søskende i tegning og maleri, da de var store børn. 
+Af brevet, som Alhed Larsen skrev 21. nov. 1894 til sin mor, fremgår det, at moderen er blevet vred over tone og indhold i Alheds sidste brev. Deres kontrovers skyldes formodentlig manglende udtrykt taknemmelighed fra Alheds side i forbindelse med den Italiensrejsen, som forældrene betalte. I de sidste breve har mor og datter desuden været inde på, at det er svært for Laura Warberg at skaffe en ung pige. Måske har Laura W. ønsket, at Alhed skulle komme hjem og hjælpe med husarbejdet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2213 og BB 2214</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder sin mor sende en del tøj. 
+Det er Fru Baccis fødselsdag, og Alhed syr en bordløber til hende. 
+Det er skrækkeligt, at Olga Caspersen er død, og hvad skal der nu blive af Clement? Også trist, at luftklokken ikke denne gang hjalp Albrecht Warberg. 
+Hvorfor syntes Albrecht ikke om Alheds sidste brev? Man skriver ikke ofte om noget personligt i Warberg-familiens breve, men det betyder meget for Alhed at forlænge opholdet i Italien. Laura kommenterede slet ikke Ludvig og Bertas tilbud om, at Alhed kunne blive hos dem mod at betale 1 1/2 Lire om dagen til kost. Hirschsprung har ikke set Alheds malerier, og man kan ikke forlange, at han skal købe noget af hende. Sagen bør vel heller ikke blandes sammen med bryllupsgaven, som bare var et udslag af almindelig skik og brug. I øvrigt købte Laura og Albrecht Warberg heller aldrig et billede af Kunstneren (Fritz Syberg). 
+Laura Warberg synes ikke, at Alhed takkede nok for, at hun må blive i Italien, til Magdahls kommer, men det var underforstået, når Alhed skrev, at det var dejligt. Og det var desuden forudsat, at det lykkedes med den unge pige.
+Alhed Larsen har haft besøg af Johannes Jørgensen og kunsthistoriker Dr. Beckett. 
+Laura Warberg må takke Astrid/Dis for brevet og bede hende sende et par ord til Baccis. 
+Alhed er spændt på at høre om udstillingen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PFgf</t>
+  </si>
+  <si>
+    <t>[Brevets første sider mangler:]
+3 jeg for en Sikkerheds Skyld nævne nogle andre Fornødenheder, for hvis der kan ["kan" overstreget] kan være mere i Pakken eller hvis Du sender to; det koster jo ikke saa meget at sende? - : to Chemiser og to Par Buxer, en Uldklokke, og hvis der findes det en en ["en" overstreget] lang og langærmet Uldtrøje som den Frk. J. lavede til mig i Vinter, den er storartet, og mine andre ere saa tynde; naa, det var en ordentlig Lektie om den Ting, nu maa Du tænke over det og saa snart lade mig vide, hvad Du mener. - Jeg har meget knap Tid til at skrive i dag, det er Fru B's Fødselsdag, jeg har givet hende en Bordløber, som jeg kun lige har begyndt paa, da jeg vil sy den her om Aftenen.
+- Der kunde jo været ["t" i slutningen af ordet overstreget] meget at svare paa i Dit Brev, men jeg maa gøre det kort af! - Det er dog skrækkeligt med Olga Caspersen der er død, de stakkels Mennesker. Det gjorde vist ogsaa endnu mere Indtryk paa mig, fordi jeg er saa langt borte; det er saa forfærdeligt at tænke paa, at der kan komme saadan en Bombe ind i en Familie, inden man ved et Ord af det. - Og stakkels Clement, der er saa daarlig, hvor skal han saa hen? - Det var lutter sørgelige Ting, Du skrev om; hvor det er forfærdelig trist at Luftklokken ikke har hjulpen paa Far ["paa Far" indsat over linjen] denne Gang. Skriv endelig i hvert Brev, hvordan han har det? ["?" overstreget] - Hvorfor syntes Far ikke om mit sidste Brev? Du skriver kort og godt "Far syntes ikke med Streg under ["med Streg under" indsat over linjen] om Dit Brev i Dag". Jeg skal ikke nægte, at det berørte mig lidt ilde, og jeg følte mig noget saaret ved det. Det er ikke saa tit, at vi skriver noget rigtig personligt hjem i vore Breve, og det havde jeg netop gjort her, for ["for" overstreget] skreven helt, hvordan jeg syntes, det stillede sig for mig nu, og Grundene hvorfor jeg mente det vilde være saa godt for mig at blive her noget længere ["længere" indsat over linjen]. Det kan jeg ikke indse, at der var noget galt i? - - Og Du skrev slet ikke noget om, hvad I mente om det Tilbud, Lud og B har gjort mig; Berta spurgte saa nysgerrig om, hvad I havde sagt det ["det" overstreget] til det. Og det er nu virkelig forfærdelig pænt af dem, de har dog ikke for meget selv, Faderen har intetsomhelst givet dem. Og det kunde meget let komme til at gaa lidt ud over dem; Berta sagde forleden, at hun tænkte 1 1/2 Lire for Kosten om Dagen "om Dagen" indsat i højre margen vilde slaa til, saa faar jeg Lys Varme og Husrum gratis, og det er dog virkelig a ["a" overstreget] et Offer at bringe at have en Tredjemand med alt sit Tøj osv. paa Værkstedet. - Hvad gamle Hirschsprung angaar, saa saa han ikke ["ikke" overstreget] slet ingen af mine Malerier, og jeg syntes ["t" i ordet overstreget] ikke, l ["l" overstreget] man kan forlange, at han af Interesse for mig, som han næsten ikke kender, skal købe noget. Saa skulde det være for Eders Skyld som Du skriver; men jeg synes nu nok det er en kunstig Tanke, at han skal betale tilbage Brudegaven Rejsen og Stads X ["X" indsat over linjen; i venstre margen indsat:]X Du skriver det selv [indsættelse slut]; det var dog frivillig, det første fordi det er Skik og Brug, det andet fordi I havde Lyst. - Noget andet er, hvis han en Gang ser noget af mig ["af mig" indsat over linjen] paa en Udstilling som han synes om, saa er ["er" indsat over linjen] det vist ikke umulig at at ["at" overstreget] han køber det; men af pur Interesse kan man ikke forlange det. I købte dog heller aldrig noget af Kunstneren, som I dog kendte meget bedre, og han var da mindst ligesaa fattig i Forhold til os som vi til Hirsch. - - Uha, nu er jeg bange Dit næste Brev begynder med: "Hverken Far eller jeg syntes om Dit Brev i Dag", vi har hver ["hver" overstreget] virkelig
+[Fortsættelsen af brevet:]
+4 faaet lidt Skræk i Blodet efter det; - skønt det lader dog ikke til at det har kuet min [ulæseligt ord] og Ytringsfrihed. - - Det er sandt, Du skriver, at jeg ikke takkede nok, fordi jeg maa blive til Magdahls kommer; men naar jeg skriver, at det er dejligt og at jeg er glad ved det, saa synes jeg Takken er underforstaaet deri! - Og alt andet hvor jeg skrev om at blive var jo kun forudsat at det lykkedes med den unge Pige, og det samme er Tilfældet med dette Brev. Af danske har jeg set Johannes Jørgensen der har ["har" overstreget] var et Par Timer paa Atelieret en Dag. Samt en Dr. Becket, en ung Videnskabsmand, Kunsthistoriker, der er i Pension her hos Baccis, han ["han" overstreget] Lud har anbefalet ham det. Meget elskværdig og klog, kommer meget paa Atelieret. - Tak lille Dis mange Gange for hendes morsomme Brev, hun maa endelig skrive to Ord til Baccis. - - Skriv nu endelig strax igen, jeg faar aldrig Brev nu uden fra Dig, kan Du ikke stramme Joh. lidt op, naar Du kommer derhen. - Nu er jeg meget spændt paa at høre, hvad I gør med Udstillingen men det kan vist slet ikke naas. - Gør mig den Tjeneste slet ikke at tale om det til nogen, jeg synes, det er en fræk Tanke.
+Nu kun mange Hilsner
+Og jeg beder jer læse dette med velvillige Øjne. -
+Din Alhed
+Skriv nu endelig lige strax igen jeg er naturligvis meget spændt paa alt, Udstillingen, den unge Pige o.s.v.
+Skriv ikke mere Consolato di D. men Piazza Bellosguardo No 1
+Jeg har ikke mere Brevpapir</t>
+  </si>
+  <si>
+    <t>1894-04-13</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Sophus Claussen
+Frederik Gad Clement
+August  Eiebakke
+- Ekmann
+Thorvald Erichsen
+Ludvig Find
+Christine  Mackie
+- Rafael
+Alfred Rottbøll
+- Rottbøll, Fru
+Mathias Skeibrok
+- Sukkersten
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.
+Det er svært at gennemskue, hvis forlovelse der er blevet deklareret. Christine Mackie, f. Warberg, blev forlovet ved nytårstid, men forlovelsen var allerede ophævet igen, da Alhed skrev brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2145</t>
+  </si>
+  <si>
+    <t>Alhed fik 34 breve og kort til sin fødselsdag. Hun fik morgenmad på sengen, og Dannebrog var hejst. Ludvig Brandstrup kom til frokost, og om aftenen fik de blæksprutte. Rottbøll fotograferede dem. Rottbølls gav Alhed potteplanter og et likørsæt, og dagen før fødselsdagen købte han møbler til Alheds værelse, hvis indretning hun har tegnet i brevet. Hun har altid afskårne blomster på værelset. Udenfor synger en nattergal. 
+Alhed ses med Find og Clement samt tre norske malere. Især er hun glad for Thorvald Erichsen, som er meget smuk. Hun vil prøve at få Rottbølls til at invitere ham. Rottbølls lever meget stille og isoleret. Fru Rottbøll må ikke gå alene ud for manden. Alhed gør det, men en aften blev hun forfulgt af to mænd, og hun indser, at hun ikke vil kunne rejse til Rom alene. 
+Rottbølls stilling er ulønnet, men han regner med at blive konsul i Rom, og det er en aflønnet stilling. 
+Det er dejligt, at forlovelsen er deklareret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IynE</t>
+  </si>
+  <si>
+    <t>Fredag d. 13de April 1894
+Kæreste Mor!
+Tak for alle de dejlig, lange Breve til min Fødselsdag! jeg var forfærdelig henrykt over dem allesammen, men foreløbig maa Du overbringe min Tak til dem alle hver især; det svimler for mig, naar jeg tænker paa at besvare det altsammen. Jeg fik ialt 34 Breve og Kort, c. 150 Sider Tekst (foruden Kortene), det var et helt Arbejde at studere det igennem, men jo forfærdelig morsomt. - Dagen forløb rigtig morsomt, jeg blev "hædret paa alle mulige Maader". Om Morgenen kom de begge ind med The paa Sengen til mig, Rottbøll bærende en stor Krukke med Tulipaner. Dannebrog var hejset hele Dagen til stor Forundring for Bello sguardos Indvaanere. Lud ankom til Frokost (Middag) Kl. 12 og vi bekom kogt Lax, Lammefrikasé og Fromage, Rødvin og Marsala. Om Aftenen fik vi stegte Blæksprutter d.v.s. kogte i Olje. Om Eftermiddagen gik vi en lang, dejlig Tur. - Rottbøll tog et Par Smaafotografier af os staaende herudenfor Gangdøren, jeg glæder mig til at sende dem hjem i næste Brev, men det ["t" sidst i ordet overstreget] er ikke fremkaldte endnu, saa vi ved ikke, hvordan de ere. Fru Rottbøll gav mig 3 dejlige Potteplanter til mit Værelse, en Kala i Blomst, en meget stor Forglemmigej og en - jeg husker ikke, hvad den hedder, liljeagtig med gulrød Blomst. [Tegning] Hr Rottbøll gav mig et lille Likørstel med en dejlig grøn Likør, "Cortosalikør" hedder den og laves paa et Kloster her i Nærheden. - Lud vil give mig et Silketørklæde, som vi skal ud at købe sammen. - I kan ikke tænke Eder, hvor mit Værelse er bleven henrivende nu. - Rottbøll tog ned til Byen Dagen før min ["min" indsat over linjen] Fødselsdag og købte flere nye Møbler til mig: et større Bord, en stor Rørlænestol, lille nydeligt Natbord med Marmorplade og et dejligt Toiletspejl, stort med udskaaren Ramme, smaa Skuffer og til at vippe baade op og ned og til Siden. Det staar paa den smukke Kommode. Rottbøll gik selv herinde og rodede hele Eftermiddagen, hængte Gardiner op og stillede i Orden. Det er bedst, I faar en ordenlig Beskrivelse.
+[Tegning med indsatte tal]
+1 Dør
+2 Puf
+3 Natbord
+4 Sofa
+5 Forhæng med Kjoler
+6 Kakkelovn
+7 Bord med Silketæppe Blomst og Fotografier
+8 Kommode med Toiletspejl
+9 Stol
+10 Vaskeri
+11 Vindu, meget stort.
+12 Puf med to Potteplanter bagved
+13 Bord med kønt Tæppe
+14 stor Stol
+Det er ganske yndigt efter min Mening det hyggeligste i Lejligheden, det samme mener Malerne Find og Clément, der var her forleden. - Og saa er her altid fuldt af afskaarne Blomster, som jeg faar af Folk og Børn heromkring, for Tiden 3 Vaser med gule Roser, Reseda, Levkøjer, Sirener, Kamelier, Blaaregn o.s.v. saa her er den dejligste Blomsterduft; jeg sover for aabne Vinduer om Natten. - Her er ganske henrivende oppe paa Bello sguardo, frisk Bjergluft og ingen Støv; en Nattergal synger lige her i Nærheden, o ["o" overstreget] især om Aftenen er det bedaarende og minder svært om gamle Danmark, jeg kan blive helt underlig stemt, naar jeg ligger henne i Vinduet og hører paa det. Dog er Sydens Nattergal noget kvikkere i Vendingen end den hjemme i Hestehaven. - Det er jo sjov med den Fugl, den har smuglet sig ind uden mit Vidende, jeg gad vide, om en saadan Fyr ellers ikke er toldpligtig? Ønsker I tilsendt et Tusindben? Her er udmærkede Exemplarer saa store og tykke som en lille Finger. Føj. - Nu kommer nok Moskitoerne snart, saa skal vi til at sove under Slør, hvis vi ikke vil ædes levende. - - Jeg er i den sidste Tid kommen noget sammen med Find og Clément og nogle andre Malere. Forleden Aften tog Lud mig med op at spise i et Pensionat, hvor han har spist i den sidste Tid sammen med disse unge Fyre. Det var rigtig morsomt. Foruden de to ovennævnte var der to ["to" overstreget] tre Nordmænd: Ejebakke, Erichsen og Sukkkersten alle Malere og en ung italiensk Musiker, der sagde at jeg lignede Rafaels Madonnaer!! - Efter Bordet gik vi alle hen paa Banegaarden og sagde Farvel til en tysk Maler Ekmann, der talte udmærket dansk. Derefter gik vi ind paa en lille Vinknejpe, hvor Find øvede sig i at springe op paa Bordene med samlede Ben, han er en frygtelig Bajads, vældig livlig. Vi sad der en Timestid og morede os godt. Jeg saa mig pludselig i en Ild af tre tegnende Malere, Find, Clement og Snekkersten, de er saa begejstrede for min store nye ["nye" overstreget; "hvide" indsat over linjen] hvide Filthat. - Den jeg synes bedst om af dem er Nordmanden Erichsen, han er en meget lang og ualmindelig smuk Fyr, han ser aldeles ud som en ung Mand fra Empiretiden, baade i Klædedragt og i sit eget Udseende. Vi har en Del fæles Bekendte, da han har gaaet paa Zahrtmanns Skole. Han kunde huske mig fra Konserterne der. Desværre kender Rottbølls ham ikke, men jeg pønser paa at faa ham introduceret [tre ? indsat over ordet] i Familien, [et overstreget ord] idet jeg pusser den lille Frue paa ham. Hun er ikke blind faa ["faa" overstreget] for mandlig Skønhed; jeg har præsenteret dem for hinanden og jeg tror nok, det gaar. Naar hun bare bliver lidt mere begejstret, end hun er, faar hun den uskyldige Mand til at invitere ham! - Er det ikke forfærdelig snedig? Men jeg savner virkelig noget mere Menneskeselskab, vi ser jo sjældent et Menneske, og naar jeg saa endda sympatiserede noget mere med ["med" indsat over linjen] Rottbølls, eller naar der bare var noget Liv i dem, men navnlig han er med al sin Elskværdighed en forfærdelig Tørpind. Lille Fru Pelle kan vist nok blive til, hun er ganske livlig af Naturen, men var bare bleven noget indskrumpet af at leve et komplet Eneboerliv med Manden. Hun fortæller, at før jeg kom, kunde der somme Tider være 14 Dage - tre Uger, hvor hun aldeles ikke ["ikke" indsat over linjen] kom udenfor sin lille 4 Værelses Lejlighed paa 3die Sal; Manden tør ikke lade hende gaa udenfor en Dør alene, og selv cykler han. - I Begyndelsen talte han ogsaa noget om, at jeg ikke maatte gaa ud alene, men det fik jeg heldigvis forpurret. D.v.s. om Aftenen kan man slet ikke gaa alene; jeg er en eneste Aften kommen til at gaa herop alene i Mørkningen og da blev jeg forfulgt af to Mænd, saa jeg maatte løbe det sidste Stykke herop af Bjærget i fuld Galop, saa det pløver ["pløver" overstreget] prøver jeg ikke paa tiere. - Hvad angaar at rejse til Rom saa kan jeg godt indse, at en ung Pige slet ikke skal gøre den Tur alene, Italienerne er ikke saa fredelige som Danskerne, saa jeg vilde aldeles ikke være hyggelig ved at være saadan helt alene en Maanedstid. Det kunde slet ikke lade sig gøre. I gør jer ikke nogen Forestilling [overstregede bogstaver] om, hvilke Glohoveder Italienerne ere, de æder én med Øjnene, og ikke nok med det, men de tiltaler én og gaar efter én ved højlys Dag paa Gaden. Du spørger om, hvad Konsulens Bestilling er; det er at hjælpe danske, der kommer herned til Rette med forskellige Ting, opbevare deres Penge o.sv. og ligeledes tage sig af danske Haandværksvende. Det er en ulønnet Stilling, nærmest en Ærespost; kun Konsulatet i Rom er lønnet, dette venter Rottbøll at faa om et Aarstid, men han har saa mange Rentepenge, at (han) ["(han)" overstreget] de lige kan leve af det. - Her kommer ikke mange danske paa Besøg her. Her har en Aften været en lille Antydning af en Billedhugger. Hans Navn var Berntsen, hvilket er det mest mærkelige, jeg har at meddele om ham. Digteren Sophus Clausen og Malerne Clément og Find har jeg ogsaa set og talt en Smule med. Men Rottbølls leve meget stille, saa her kommer ikke mange andre end Lud. - Nu skal lille Dis have et Par Ord ogsaa og saa maa jeg slutte for i Dag. - Nu skal jeg nok for Fremtiden begynde i Tide paa mit Brev og skrive paa det et Par Dage. - Det er jo morsomt at Forlovelsen nu er deklareret; jeg havde langt Brev fra Christine i Gaar. Saa Du mener, jeg forlængst har fortalt Onklerne det. Nej ikke et Ord, før Du skrev, at den nu skulde deklareres. Lud blev meget glad ved det.
+Nu kun 1000 Hilsner til Eder alle fra Eders
+Alhed
+I Morgen, Mandag om 14 Dage afsender jeg Brev igen. - -</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Rigmor Balslev
+Thorvald Balslev
+Harald Bing
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Louise Brønsted
+Johanne Caspersen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Drude Jørgensen
+Hanne Langkilde
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Petersen, Skolefrøken
+Christine Rump
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>I Snøde på Langeland boede Johanne Caspersen (Tante), som var Laura Warbergs søster. 
+Chlorid Kali: Kaliumklorid.
+Alhed Larsen opholdt sig i Italien februar 1894 til foråret 1895. Majoren var en onkel til hendes nære venner, Bacci, i Firenze. Hans navn kendes ikke. Ludvig Brandstrup rejste i august 1894 fra Firenze hjem til Danmark for at blive gift. Han og hustruen kom til Firenze i efteråret. 
+Inden Reformationen i 1536 var Christiansdal et benediktinerkloster med navnet Dalum Kloster. Efter Reformation var Dalum Kloster længe et kongeligt len og blev senere ryttergods. Som herregård var Christiansdal ejet af Christian Benzon og hans efterkommere i mere end 100 år. Til Christiansdal hører en have på ca. 7 tdr. land. Sydfløjen på Christiansdal er opført i 1812-1818. Siden 1907 har stedet atter haft navnet Dalum Kloster. I 1891 solgtes hovedbygningen til Christine Rump (1867-1922), hvis arvinger i 1906 solgte gården til den katolske Skt. Hedevigsorden, som indrettede et rekreationshjem. I 1903 blev der tilmed opført et katolsk kapel, og gården fik atter sit gamle navn Dalum Kloster. I 2013 blev Christiansdal ejet af Dalum Kloster Hvilehjem.
+Indavlet: Bragt høsten i hus.
+Der er nævnt en del personer i brevet, som det ikke har været muligt at identificere: Marie K. og gl. K, Smidt, Sagfører Jacobsens dreng, Frk. Jørgensen og Kaffe-Christensen.
+Det er formodentlig Johanne, der underskriver sig med navnet Sel sidst i brevet. Hirscher er Hirschsprung.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0337</t>
+  </si>
+  <si>
+    <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
+Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
+Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
+Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
+Familien har drukket kaffe udendørs i det gode vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F9KW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+“Tre Hjorte”
+Vestergade 
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab – Mandag
+Kjæreste Abba!
+Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
+Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
+Din Sel -</t>
+  </si>
+  <si>
+    <t>1894-11-02</t>
+  </si>
+  <si>
+    <t>Hugo -
+Baccino Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Melini
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til foråret 1895.
+Romerspørgsmålet: Alhed Larsen ville meget gerne besøge Rom, men hun var nødt til at have rejsefæller, da det var vanskeligt for en ung kvinde at rejse og opholde sig alene i Italien. 
+Alhed maler et portræt af Berta Brandstrup. Viale-billedet: Et motiv fra en snoet sti omkranset af rosenbede. Alhed Larsen har omtalt billedet i flere breve.
+Berta og Ludvig Brandstrup blev gift i sensommeren 1894, og hendes forældre var i november på besøg hos det unge par i Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2155</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er glad for, at hendes far fortsat vil betale for hendes ophold i Italien. Spørgsmålet om rejsen til Rom er dog endnu uafklaret. Alhed arbejder på portrættet af Berta Brandstrup, på Viale-billedet og et motiv i Baboli. Bernhard og Emma Hirschsprung er i Firenze, og de har inviteret Ludvig og Berta Brandstrup samt Alhed på frokost og overdådig aftensmad. De bruger voldsomt mange penge. 
+Alhed er glad for, at forældrene overvejer at få en pige i huset, så hun kan blive i Italien. Efter tre-fire måneder fik hun rigtigt fat i sit maleri, og hun vil helst ikke afbryde nu. Ludvig og Berta har tilbudt, at hun kan bo i Ludvigs atelier og dermed nedbringe udgifterne. 
+Vittoria Bacci og Alhed er ligefrem blevet veninder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GAwd</t>
+  </si>
+  <si>
+    <t>2den Nov. 1894.
+2den Nov. 1894 ["4" skrevet på hovedet]
+Kæreste Mor!
+Jeg blev vældig glad ved Dit Brev i Gaar, som jeg slet ikke havde ventet. Ja det var kedeligt, det trak saa længe ud, inden jeg fik skreven sidst, og saa var Du sikkert ikke tilfreds med mit Brev, men jeg haaber, at Du paa Grund af Omstændighederne tilgav mig. - Det indeholdt jo intet som helst nyt i Romerspørgsmaalet, jeg undgik helt at omtale det, da der ikke har vist sig det mindste i Retning af Rejseselskab. Der er nok ikke andet at gøre end rolig at afvente Magdahls, det er jo dejligt, at Far er gaaet ind paa at betale for mig her, indtil de komme, jeg gik og følte mig saa uhyggelig levende paa Kredit. - Nu haaber jeg at faa mine to paabegyndte Billeder færdige, Portrættet gaar det langsomt med, da det er første Gang, jeg forsøger mig med et saadant, men Lud siger, jeg har faaet noget kønt i det og arbejder godt med det, det morer mig meget. - det nye paa Vialen er færdig naar jeg kan faa en eller to heldige Dage til, jeg skal have en egen fugtig Morgentaage, som man ikke ser hver Dag. Jeg ved slet ikke hvordan det er, da ingen har set det endnu. - Saa har jeg et dejlig Eftermiddagsmotiv gaaende nede i Baboli, som jeg skal have fat paa hvis bare Vejret vil holde sig. I disse Dage er det komplet Sommer. I Gaar led vi ligefrem af Varme, da vi gik og spadserede nede i Baboli, naturligvis uden Overtøj. Jeg var sammen med "Bernhard og Emma" og Luds hele Dagen. Fik Brevkort om jeg kunde møde hos "Melini", en fin Restaurant, Kl. 12 1/2 til Frokost. Vi spiste Fisk, Kotelet og "Sabajone", en italiensk Ret der spises af Galas [det første "a" i ordet overstreget], en Mellemting mellem Citronfromage og Æggesnaps dejlig - Gorgonesolaost og Kaffe, hvid Chianti at drikke til. - Saa gik vi i Domkirken, derefter i Baboli, hvor der er ["er" overstreget] var aldeles dejlig. Der gik vi et Par Timer og snakkede, de ere rigtignok forfærdelig flinke og ligefremme; han snakker mest, men hun er nok den klogeste. Om Aftenen spiste vi ved ved Table d'hôte paa Hotellet en skrækkelig Masse Mad som I maa høre, da det inspirerede mig meget: 1 Suppe, 2 Fiske ["e" overstreget] 3 Oxesteg med Tomater og Kartofler 4 Kyllingeragout med Oliven og Æggestand udenom 5 Grønærter med Smør, 6 Andesteg med Salat, 7 Hindbæris, 8 Frugt og en ["en" indsat over linjen] Slags tør Kage. - Kaffe!! - Hm! det er rigtignok noget fin Familie vi har faaet der. Dagen før var vi med dem i en Antikvarbutik, hvor han købte nogle "Smaating" til 600 Lire! - - Han bruger nok paa to-tre Dage hvad jeg kan leve flot for hernede i et Aar. 
+- - Det gjorde et dybt Indtryk paa mig, hvad Du skrev om, at I tænkte paa at faa en ung Pige i Huset, og at jeg saa skulde blive hernede noget længere. - Jeg skal ikke nægte, at jeg forfærdelig gærne vilde, og at jeg tror, det vilde have meget at sige for mig med min Maling. - Jeg synes, at jeg endelig en Gang efter adskillige Aars Kludren er kommen rigtig i Gang med det, saadan at jeg arbejder og jævnt og og roligt gaar g ["g" overstreget] fremad. Og saa har jeg hernede ["hernede" indsat over linjen] faaet meget meget mere Tro til, at jeg kan føre det til ["til" indsat over linjen] noget; hjemme var jeg kommen de ["de" overstreget] til det Resultat, at jeg maaske nok havde Eeve ["Eeve" overstreget] Evner af Naturen, men at jeg af en eller anden mærkelig Grund strax var gaaet i Staa i min Udvikling. Og temmelig sikker er jeg ogsaa paa, at var jeg bleven hjemme, var jeg ikke kommen et Skridt videre. Jeg kunde gøre et en ["en" overstreget] enkelt Tilløb, men det var mig umulig at koncentrere mig om mit Arbejde, dertil havde jeg mine Interesser og Kræfter altfor meget henvendt paa andre Punkter. - Saa blev jeg reven ud af det hele og kom herned. Og da jeg havde været her en tre fire Maaneder, opdagede jeg, at jeg begyndte at faa mere ordnede Tilstande bragt til Veje. Jeg blev ligesom sigtet igennem et Sold i den Tid ["i den Tid" indsat over linjen], saa alt det overflødige blev blæst bort. - Det var en noget pinlig Proces saadan at blive rusket op og kørt omkring, men en gavnlig Kur var det, og en skønne Dag opdagede jeg, at jeg nu stod parat til at tage fat paa en frisk, ganske vist lidt flad og afblanket, men med frisk Mod og en dejlig fri Fornemmelse. - Siden den Tid har jeg arbejdet og er gaaet langsomt og jævnt fremad. Der var jo en Stansning paa Gr. af Heden, min Daarlighed og den deraf følgende Ferie i Akone, men det har ikke sat mig tilbage, som sagt, to nye Billeder ere ved at løbe af Stablen. - - Men Rom blev ikke bygget paa en Dag, og nu maa I ikke undre Eder over, at jeg gruer lidt ved Tanken om, at jeg nu ["nu" indsat over linjen] skal rives ud af det hele, bedst som jeg er kommen i Gang, bort fra dette Sted, hvor jeg mærker jeg kan arbejde, hvor jeg er kommen til at holde af Naturen, hvor jeg kan se masser af dejlige Motiver, og hvor jeg intet andet har at gøre end at nyde Kunst og Natur og arbejde, intet der kan sprede mig og faa mig til at tænke paa andre Ting. - Naa, nu har I rigtignok faaet en ordentlig Forklaring over det hele; jeg har maaske ikke sagt andet, end hvad I vidste i Forvejen eller selv kunde tænke Eder til, men jeg har ikke kunnet lade være at skrive om det, da det løber mig meget rundt i Hovedet i denne Tid. Jeg havde ["havde" overstreget] har, med Respekt at melde været lige ved at skrive til Far og bede om at maatte tage 2-300 Kr. af mine egne Penge til at fær ["fær" overstreget] være her for i Vinter, da jeg syntes, det vilde være af saa stor Betydning for mig, men da det jo er et meget ømt Sted, har jeg betænkt mig paa det. Men fristende var det. Lud og Berta har nemlig gjort mig et storartet Tilbud. De har sagt, at kan jeg se Udvej til at blive her i Vinter, maa jeg ligge paa hans Atelier, der er Sofa, Sengeklæder o.sv. som han selv har brugt, og deres Værelse er lige ved Siden af i et Hus saa de kan lige ["lige" overstreget] kige ned i Atelieret. Paa den Maade kunde jeg være her umaadelig billig! Vi har regnet ud, at jeg godt kan være her for 55 Kr om Maaneden, til Nøds ogsaa 50. - Lud og Berta sige, at de gærne ville have mig, og jeg tror, det er deres Mening, vi har det forfærdelig hyggelig sammen og Berta og jeg er umaadelig gode Venner. -
+- Nu maa jeg snart slutte, vi skal paa Banegaarden at sige Farvel til Hr Hugo, der nu er færdig med sin Ferie. - - Fru B. har i Form foræret mig et gammelt italiensk Bondesmykke; en bred Kæde med en Slags Medallion i; det er vist af Nikel og Messing eller jeg ved ikke hvad, Arbejdet er nydeligt og det har kostet 50 Lire. X [indsat i venstre margen, lodret:] hun har faaet det af en anden [indsættelse slut] - De ere stadig aldeles mageløse imod mig; Fruen og jeg er ligefrem Veninder Manden siger, at jeg er den første Veninde, hun har haft i de 7-8 Aar, hu ["hu" overstreget] de har været gifte. De bede mig tit om at hilse Eder, naar jeg skriver. - - - Skriv nu endelig snart igen. Du skriver, at I havde jo glædet Eder til at faa mig hjem til Jul; og jeg skal jo ikke nægte, at det paa nogen Maader er en drøj én at tænke paa, at jeg ["jeg" overstreget] at det endelig kan vare endnu adskillige Maaneder, inden jeg skal se Eder men - - det kan ikke nytte noget, det andet maa gaa forud og jeg ønsker derfor paa det varmeste, at det maa lykkes med den unge Pige i Huset. - Skriv snart. 1000 Kæ ["Kæ" overstreget] kærlige Hilsner til Eder alle hver især. Eders Alhed.
+Tanti salute da il vostro amico Baccino -
+= mange Hilsner fra Eders Ven den lille Baccio. - (Han har selv funden paa det, bad om at laane Brevet her - Tanti saluti da nou, siger Fru Bacci, d.v.s. mange Hilsner fra os. -</t>
+  </si>
+  <si>
+    <t>1895-3</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Baboli, Firenze</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+August  Eiebakke
+Thorvald Erichsen
+Bernhard Hirschsprung
+- Kofod
+Arnold Emil Krog
+Laurits Ring
+Alfred Rottbøll
+- Rottbøll, Fru
+Emma  Sørensen
+Salomon Sørensen
+Giuseppe Verdi</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem Brun er.
+Moll er en meget let, blød halvt gennemsigtig, fintrådet vare, fremstillet af meget blødtspundet garn. Anvendes til foer og bluser. (Textilbogen, Westermanns Forlag København 1946, s.141)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed mødes ofte med de danske og norske kunstnere. Hun bagte en kage, som blev en succes. Hun har også været på en dyr restaurant og i teater med Bernhard Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kGFM</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Endelig i Gaar kom da dit Brev! Du havde jo lovet at skrive igen Mandag d. 17de, saa jeg ventede det om Torsdagen; først næste Torsdag kom det saa det var en hel Uge, jeg gik og ventede forgæves, jeg blev meget urolig tilsidst. Nu haaber jeg, at det til Gengæld varer meget kort, inden jeg igen hører fra Eder! – Jeg har været meget paa Farten i den sidste Tid, saa jeg har en Del at berette om. - - Jeg slap nok med Ring, nævnede saa vidt jeg husker paa Brevkortet, at vi skulde ud at spise til Aften sammen med ham, inviterede af ham. Det var meget vellykket; han er en brillant éen. Desværre var Lud ikke med, da den gamle Cigar Hirschsprung (Bernhard) var kommen herned og Lud maatte trække om med ham. Efter Aftensmaden gik vi hen hos ”Cornelio”, en stor Café, hvor der er en Have, der helt er omgivet af Blaaregn i Espalier. De danne et fuldstændig tæt Tag over Hovedet, det ser pragtfuldt ud. Udenfor Døren traf vi paa Clement og to Nordmænd, Eiebakke og Erichsen, (den smukke); vi satte os ved et Bord og bestilte kaffe og Likør. Lidt efter ankom Lud, han havde faaet den gamle hjem i Seng og var nu ude at lede os op, anede ikke, hvor vi var gaaede hen. Nu var vi jo ["gaaet" overstreget] bleven et større Selskab, vi sad og havde det voldsom hyggeligt og gemytligt, det er nogle livlige og ungdommelige Mennesker baade Ring og de tre andre. Rottbøll er jo noget tør ved saadan en Lejlighed, han sidder og tysser saa utaaleligt paa lille Fru Pelle ["Pelle" overstreget], naar hun [udstreget ord] ler højt; men heldigvis rager han sig gerne ind i en lærd Samtale med en eller anden, inden der er gaaet ret lang Tid, og saa kan den lille faa Lov at more sig i Fred. – Dagen efter traf jeg Lud og Hirschsprung oppe paa Samlingerne. H. havde set mig to Gange før, sagde han, éen Gang oppe hos Krog, da jeg var deroppe allerførste Gang at præsentere mig sammen med Lud, og nogle Dage senere da jeg var ude at bese Fabrikken - - Den næste Dag var jeg svært engageret. Først var der bleven tilbudt Fru R. og mig Billetter til en stor Koncert af to engelske Damer; dem kunde vi desværre ikke tage imod, da vi havde bedt fremmede til om Aftenen, Ring og en Dr. Kofod, Halvfætter til Rottbøll. Til denne Lejlighed lavede jeg Katrineblommekage. De kender den ikke her, saa jeg lavede den helt paa egen Haand, den blev vellykket, og gjorde meget Lykke. – Mens jeg gik og lavede den kom Lud. – Han skulde invitere mig fra Hirschsprung til Aftensmad og Theater bagefter. Det traf jo lidt uheldig sammen med det andet, men da Billetterne var købte, havde jeg jo intet Valg. – Jeg mødte Kl. 7 hos ”Mellieu”, en meget fin og god ”Restorant”. Salen, vi sad i, var flot udstyret med Blomster og Planter, Væggene var helt dækkede med grønne Trær, der naade til Loftet. – Vi spiste en fin lille Middag eller lettere Aftensmad: Sardiner Radiser, Smør og Brød – Suppe med engelsk Silleri og andet grønt - Brisler med Champignon – stegt Høne med Salat – Slikasparges – Is (Vanilje og Frugtis) – Brød og fin Ost – Frugt (alt muligt) – Kaffe og Likør. – Vi spiste flittig i to Timer, men der matte ogsaa arbejdes tappert, naar hver skulde naa at spise for næsten 8 fr! Regningen blev paa 23 fr! – Jeg synes rigtig godt om Hirschsprung, han er meget elskværdig og ligefrem. – Saa gik vi i Theatret, hvor vi kom en Time for sent, hvilket ikke gjorde noget, da vi alligevel ikke forstod noget af Handlingen, og Musikken var ikke kønnere, end at vi kunde faa nok paa to Timer. Det var Operaen Fallstaff, Musik af Verdi. Det var noget temmelig Gøjl, men der var smukke Sangstemmer, navnlig to Damer sang ganske dejligt. Det var morsomt at sidde og se paa de smukke og pyntede Italienerinder i Logerne (vi sad paa fine Pladser til 8 fr pr Stk.) Der sad en pragtfuld en i Nærheden af os, for det første var hun meget smuk af Naturen, og for ["for" overstreget] dertil var hun klædt aldeles overdaadigt paa, sort Fløjls Kjle ["Kjle" overstreget] Kjole ganske oversaaet med Diamanter. – De fine Italienerinder ere forfærdelig elegante, de gaa paa Gaden eller rettere køre i deres Ekvipager i de fineste lyse Silkedragter, hvad de har paa til Stads, kan jeg ikke begribe. 
+Jeg nævnede nok ogsaa Nolles Søster med Navn paa et Brevkort. – En [tilføjet: Morgen] Dag, da Lud og jeg netop var gaaet her ud af Døren for at gaa ind til Byen, kommer der en Droscke kørende, og jeg ser til min Forbavselse Lud sætte op i den med et Spring. Det var saa dem, en stor gemytlig [overstreget ord] svensk Arkitekt ved navn Salomon Sørensen og [indsat: hans] Kone Emma Nolle, der lignede denne sin Broder umaadelig meget. De var kørt herop for at spørge Konsulen om Luds Adresse! Et grinagtigt Sammentræf! Lud og jeg kom saa op i Droschen og vi travede rundt [overstreget ord] sammen hele Dagen, spiste Frokost hos ”Mellini”, gik i Baboli og paa Museer. Det var flinke unge Folk. - - - Det er desværre et kedeligt Vejr i denne Tid det regner hver eneste Dag. Men heldigvis har jeg et Motiv i Gang i et Drivhus nede i Baboli, saa jeg kan male alligevel. – Jeg har stiftet Bekendtskab med nogle Gartnere dernede, saa jeg har faaet Indpas i nogle Anlæg og Drivhuse, hvor Publikum ellers ikke kommer. – En Dag fik jeg Øje paa et deligt Motiv inde bag en lille Gitterdør, det var en lille Terrasse, smækfuld af Blaaregn. Jeg spurgte nogle Have mænd, om jeg ikke kunde komme derind og male; ”impossibile” det tilhørte Overgiardinieren og var ganske privat. Jeg opgav det imidlertid ikke men holdt Vagt ved Gitterdøren indtil Gartneren selv viste sig. Ham gik jeg paa og Resultatet af en ”Samtale” blev, at jeg gærne maatte komme ”venga, venga Signorina e s’accomodi.” Kom, kom og gør Dem det behageligt! – Det er en stor og kraftig Mand, venlig og elskværdig paa 40-50 Aar. Han viste mig ind i Anlæget, gav mig en Buket Blaaregn og stolt gik jeg hjem. – Men – næste Dag og næste Dag styrtede Regnen ned og da jeg endelig kom den tredje Dag var Blaaregnen aldeles forpjusket og umalelig. Det var mig en stor Skuffelse. Men saa opdagede jeg nogle [udstreget ord] dejlige Senerarier inde i et Drivhus og dem gik jeg paa. Jeg tror det gaar godt med dem, Gartnerne ere meget tilfredse, saa de maa jo ligne i alt Fald. – Foruden den gamle Gartner er der 4-5 andre, hans to Sønner, to grinagtige Lømler paa 16 -17 Aar, der løber og opvarter mig, vil hente Stole med Rygstød o.s.v. den ene, ”Pierre”, har faaet stor Interesse for Malerkunsten, har købt sig en Farvelade og gaar nu og maler nogle [ulæselige bogstaver –selige] Billeder, som jeg skal sige ham ”Fejlene” ved. Endvidere er der to Gartnerelever, begge mørke generte og altid i stor Travlhed, der styrter som Raketter gennem Drivhuset og skeler hen til mig. Endelig er der en Neveu af den gamle Gartner, en nydelig, pæn Mand paa c. 25-30 Aar. Han har et stille tiltalende Væsen og et intelligent Ansigt, hvilket ellers ikke er Italienernes Specialitet. Han har været syg en Uges Tid, i Gaar viste han sig for første Gang igen. Han sad i over tre timer ved Siden af mig – det blev Regn, saa han kunde ikke gaa - og tænk var det ikke morsomt, han syntes, jeg var gaaet saa umaadelig frem i italiensk i den Uge! Det gik saa flot i Gaar, vi talte om alt muligt, endogsaa om Religion. Jeg forstod alt, hvad han sagde og fortalte ham ogsaa en Del om Danmark. Han skar nogle dejlige Blomster af Urtepotterne bl.a. en pragtfuld rød Rose og et Vidunder af en gul Nellike, og bandt en yndig lille Buket til mig. Han gav mig ogsaa nogle sjældne Blade til at presse i en Bog. – Det er morsomt, jeg har faaet Indpas der, mine Sager staae i et Kontor, Og de have vist mig, hvor Nøglerne hænge, saa jeg kan selv lukke mig ind. – Nu maa jeg skrive noget om Pakken jeg maa endelig have den stribede Nederdel og det linnede Liv. Ikke Støvler, men de brune Sko, blaa Kjole, Fotografier. Skulde der ikke være hvidt gammelt Moll, at jeg selv kan sy mig et Liv af?? Fru R. har gode Mønstre, her bliver vist gebummerlig varmt. Har jeg ikke et Par Silkehalvhandsker? – Der maa være lige saa mange Breve, der kan i Pakken Vilde ogsaa gærne have min Blendramme der kan skilles i 4 Dele. Hvis noget af dette maa tages fra paa Gr. af Vægt, maa det være Rammen og endvidere kan det blaa Liv sprættes fra Nedderdelen og tages fra; Nedderdelen er lang nok alligevel. – Send mig Clemses og Brunes Fødselsdage, men husk det. – Jeg læser italiensk paa egen Haand. Nu skal Brevet hen i Kassen, ellers naas det ikke. Læser ikke igennem. Venter snart brev igen. Roserne??
+1000 Hilsner til alle – Alhed
+Dit Hoved??</t>
+  </si>
+  <si>
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
+  </si>
+  <si>
+    <t>1896-08-26</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Dora -
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Alfred Benzon
+Ch. Berleûne
+Johanne Christine Brandstrup
+Louise Brønsted
+- Gredsted
+Bernhard Hirschsprung
+Ernst  Knipschildt
+Gustav Knipschildt
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Viktor Schroll
+Hans Smidth
+Hempel Syberg
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København.
+Det vides ikke hvem Frøken Berg, Fru Larsen, Monica, Kirsten, Johan og HP var. Heller ikke hvem stiftprovsten og Bitten var. 
+Frederik Andreas Warberg og søsteren Louise, g. Brønsted, var i 1896 elever ved Odense Katedralskole. 
+Thorvald Balslev blev færdig som cand. theol. i 1896.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0339</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sin mor på besøg. De går lange ture. Knipschildt deltager.
+Laura har været i Odense at besøge børnene og en mængde andre mennesker. På børnenes skole er der rod i mange ting, og bl.a. får eleverne ikke et skema.
+Om natten er Laura ikke bange, for hun har hundene hos sig. Den ene, Munter, var på en gåtur fræk, så Laura knækkede ris af, og da den så det, løb den hjem. Hunden fik kun et par dask. 
+Hempel Syberg er dårlig.
+Thorvald Balslev er taget til Masnedsund.
+Den unge greve har givet Laura en stor melon. 
+Albrecht må købe konfirmationsgaver til tre store børn samt svamp og tandpulver i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fdLV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på brevets forside:]
+Hr. Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 - ⁴
+København K.
++ Poststempel
+[På kuvertens bagside;]
+Poststempel
+[I brevet:]
+Erikshaab – Onsdag d:26de.
+Kæreste Abba!
+Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
+Vil Du nu hilse Mis og især min Pelle saa meget. 
+Kærlig Hilsen fra Din Smaa.
+Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
+[Indlagt seddel:]
+Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
+  </si>
+  <si>
+    <t>1896-09-24</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Wilhelmine Berg
+Julie Brandt
+Bernhard Hirschsprung
+Emma Hirschsprung
+Heinrich Hirschsprung
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvad historien om altertavlen i Vantinge Kirke går ud på. Alhed Larsen nævner også sagen i et brev. 
+Albrecht Warberg må være i København for at modtage behandling for sin astma i blandt andet (luft)klokken, som er omtalt i brevet. Wilhelmine Berg/Tante Mis havde et pensionat i Gothersgade, og Albrecht boede ofte der, når han var i behandling i København. 
+Personen, som har været på besøg, er muligvis Laders. Navnet er svært læseligt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0334</t>
+  </si>
+  <si>
+    <t>Laura Warberg undrer sig over, hvornår Christine kommer hjem fra Julie Brandt. Sidstnævnte har ikke engang råd til mad. 
+Det er godt, at Albrecht har det bedre, men greven synes, at han skal blive i København lidt længere. 
+Laura undrer sig over, at Alhed alligevel ikke skal smøre altertavlen i Vantinge med æggehvide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JOaj</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Herr Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 – 4.
+København 
+K.
+[I brevet:]
+Torsdag d: 24_ds_
+Kæreste Abba !
+Tak for Brevet! som altsaa er det sidste i denne Saison. Jeg var en Del skuffet i Tirsdags, da der intet kom, heller ikke om Eftermiddagen, da Alhed og jeg var kørende ned efter en Kasse Blommer. Det er jo skrevet i Mandags og underligt, at det først kom her Onsdag. Gud ved, hvornaar Putte har i Sinde at vende Næsen hjem efter! Det er egentlig galt, at stakkels Pan har hende saa længe, de siger, at hun har det saa grulig trangt, at hun tidt ikke har Raad at spise sig mæt. Lidt Fødevarer fik hun med til dem bægge og Fredag sender vi en Pakke til Brandts Fødselsdag paa Lørdag. Det er underligt af Mis hvis hun ikke tager hende Putte [”Putte” indsat over linjen] et Par Dage, hun inviterede hende dog i Sommer, da Putte var bedt til Hirschsprungs. Vi lod hende ikke tage Returbillet, da jeg den Gang tænkte mig, at hun nemlig kunde rejse hjem samme Dag som Du om hun ogsaa havde 3 Kl. kunde I dog være sammen paa Færgen. Men nu overlader vi til dem selv derinde at sende hende hjem. 
+Det er glædeligt, at Du nu mærker Bedring, saa kan Du vel rigtig gaae Ture, naar Du kommer hjem. Vi har haft og har endnu Regn hver eneste Dag, plukkede 20 Pund Brombær i øsende Byger i Mandags, saa vi maatte klædes om fra yderst til inderst. Jeg begyndte at gaae Ture om Morgenen, da Moder rejste, men det er ingen Dag mere Vejr til det. I har det vel ligedan. Vi undrer os over, at Alhed alligevel ikke skal smøre den Altertavle i Vantinge med Æggehvide, men hun paastaar, at Du udtrykkelig sagde, det hastede ikke, før Du kom hjem. Vil Du have det gjort forinden, saa kan jo et Brevkort være her paa Lørdag, hvis det kommer tidsnok i Postkassen, og saa kan hun [et overstreget bogstav] cykle derom om Efterm. Greven sagde forleden til Paludan, at Du burde vist blive endnu længere derinde, naar Klokken saa sent begyndte at virke, om ogsaa det [ulæseligt ord] kan være, saa kunde det vel nok skee uden Dig; endnu er der intet om det. Syberg har det ret godt, faaer nok helt ondt om Morgenen, men er ellers rask nok; vil med til Sandholt i Morgen, kører med os. Pallam bedt med, men er jo lykkelig ved at slippe fri; [et overstreget bogstav] han har Auktion. I Torsdags kom Ladenen og var her til i Mandags. Dersom de to ikke er Forlovede, saa
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1897-01-18</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Albert Gottschalk
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+- Philip
+Ruben
+Karl Schou
+Marie Schou
+- Skov
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Café Bernina lå på hjørnet Vimmelskaftet 47/Badstuestræde 2 i København i bygningen kaldet Tuteins Gård, som stadig findes. En schweizisk konditor og vinhandler, D.B. Schucari, åbnede cafeen i 1881. Navnet hentyder til Bernina-alperne i Schweiz. Stedet var i de to sidste årtier af 1900tallet mødested for kunstnere, litterater og bohèmer som August Strindberg, Knuth Hamsun, Holger Drachmann, Christian Krohg m.fl. 
+Wikipedia
+En alkekonge er en gammel betegnelse for en søkonge.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har været til generalforsamling i København og været sammen med en masse venner. Han har besøgt Lørups, Peter Hansen på Malersalen, Johansen, Schou m.fl. Johs. Larsen har flere fugle liggende, som skal tegnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bv6j</t>
+  </si>
+  <si>
+    <t>Kjerteminde Mandag 18 Jan. 97.
+Kæreste Alhed!
+Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-01-19</t>
+  </si>
+  <si>
+    <t>Frøken Agnes -
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Frederik Gad Clement
+Franziska  Erichsen
+Ludvig Find
+Svend Hammershøi
+Hans Nikolaj Hansen
+Marie Henriques
+Bernhard Hirschsprung
+- Hr. Alb.
+Johannes Larsen
+Frederik Lützhøft
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
+Familien Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2133</t>
+  </si>
+  <si>
+    <t>Alhed sender en fødselsdagshilsen til sin mor og glæder sig til, at hun kommer til København. Der er så megen festivitas, at Alhed slet ikke har tid til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvAt</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs øverst s 1: Tak for Kjolen som kom udmærket! 19/1 – 98]
+Kære Mor!
+Det er vist egentlig skrækkeligt, at jeg ikke endnu har ladet høre fra mig, men det gaar saa hedt med Selskabelighed, at jeg knap kan faa tid til det allernødvendigste, som f. Ex. at ri Strimler i mine Kjoler. Men nu, da d. 20nde er kommen kan jeg jo ikke trække det ud længere med at skrive, men vil sende Dig min hjærteligste Lykønskning til Din Fødselsdag samt en lille Redegørelse gørelse for, hvad jeg har taget mig til, siden jeg rejste. At male Vinterasters blev der ikke noget af, de var forbi, da jeg kom herind, men paa en Maade var det heldigt, da der vist umulig kunde være bleven Tid og Ro til at male. – Den første Aften, jeg var herinde, havde Lud og Bertha et lille Gilde, Konsulens, Frk. Henriques, Frk Agnes, og Malerne Find, Clement og Hans Nickolaj Hansen. Vi morede os storartet, drak en Masse Rødvin og endogsaa en Fl. Champagne, holdt ud til Kl. 2. – Næste Aften var Fornøjelsen af en lidt anden Art, det var nemlig det fine selskab hos ”Bernhardts”. Men jeg morede mig udmærket ogsaa der, det var umaadelig fint, den bedste Mad, jeg har smagt, og det nydeligste Bord, jeg har set. Der var bl a. 2 Søstre til Baronesserne med deres Mænd.. Jeg havde Hr. Alb. til Bords. – 
+De sidste 8 Dage har Las været her, og Du kan tro, vi har moret os sammen, vi har spadseret, været paa Kunstmusæum 2 gange, spist sammen paa Kafféer og saa i øvrigt besøgt vore fælles Venner. – I Forgaars var vi i Dagmartheatret til ”Kongesønner”, en Aften sammen med en halv Snes andre ude i Sommerlyst at høre Lützhøft synge; i Aftes var vi til Gilde ude hos Schous, vi var 17 Mennesker, Lud og Berta var med, Lützhøfts, Kunstnerens Søster og en hel Masse Malere. – Vi morede os aldeles storartet, Lüthøfts sang, Pan fortalte fynske Historier, en sang sjællandske Viser, en anden italienske, lille Hammershøj dansede ”Tarantel” o.s.v. – Vi holdt ud til Kl. 3½!! - -
+I Aften skal Las til nogen, jeg ikke kender og jeg til Middag i Tordenskjoldsgade – Pan ville have sendt Dig en Alpeviol, men jeg raadede hende til at vente, da Du ellers maatte rejse fra den. Det er forfærdelig morsomt at Du kommer det bliver vel med det første, det kan være, Du afløser Las, han rejser Fredag. – Nu kun 1000 Hilsner til Eder alle, hils ogsaa min ”Gamle”. Endnu en Gang ”til Lykke”
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-01-23</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Frederik Hendriksen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig januar - marts 1898 hos Berta og Ludvig Brandstrup i København for at modtage sang- og tegneundervisning. Hun gik dagligt tur med Brandstrup-parrets søn - formodentlig den ældste, Mogens.
+Johannes Larsen havde ærinder i København januar 1898, og han og Alhed mødtes dagligt der, indtil han 21. januar rejste hjem. 
+"Tordenskjoldsgade": Her boede Bernhard og Emma Hirschsprung. 
+Det kan ikke afgøres, hvem Hr. Møller var. Warberg og Larsen kendte mange med dette efternavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2201</t>
+  </si>
+  <si>
+    <t>Tante Mis og andre bliver skuffede, hvis Laura Warberg ikke kommer på besøg, men hvis hun har vrøvl med sine fødder, er det jo undskyldning nok. 
+Alhed har det dejligt hos Berta og Ludvig Brandstrup. Deres lille dreng, som hun går tur med, er dejlig.
+Johannes og Alhed Larsen styrtede rundt, mens han var i København, og det er rart med lidt ro nu, hvor han er rejst hjem.
+Alhed har været til stor middag i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZDOA</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Jeg blev meget ked af det, da jeg i Aftes hørte, at Johanne ikke havde skreven til dig endnu hun havde lovet det aldeles bestemt, da jeg var hos hende i Fredags; jeg var der ogsaa et Svip i Torsdags, men det var lige i deres Middagstid, saa vi kunde ikke faa talt ordentlig om Din Rejse. De ville vist blive meget skuffede, hvis du ikke kommer, jeg talte ogsaa med Tante Mis og jeg kunde forstaa, at hun havde glædet sig meget til Dig, hun har jo selv den Idé, at der kan være saa meget at tale om. Men paa den anden Side synes jeg, at Du saa udmærket kan lade være, hvis Du stadig har ulyst til det, Dine Fødder ere jo Undskyldning nok - Men Johanne skriver jo nok herom. - Du kan tro, jeg har det yndig her hos Berta og Lud. Nu er der falden lidt mere Ro paa mig, siden Las er rejst, det var næsten ogsaa altfor galt, som vi fartede om fra Morgen til Aften Las saa ganske mat og ødelagt ud tilsidst. Din Fødselsdag spiste vi til Middag i "Bellevue" paa Hjørnet af Bregade og Langelinje vi drak en halv Fl. Rødvin til og Las udbragte Din Skaal. - I Aften skal Lud og Berta ud, saa gaar jeg ind til Hendriksder har jeg ikke været endnu. - Jeg sidder nu og venter paa Pan, hun skal med ud at køre med Drengen i Dag; han er saa dejlig, at det der en hel Fornøjelse at passe ham, han er ganske forbavsende rolig og fornuftig. -
+Jeg har været til Middag i Tordenskjoldsgade, siden jeg skrev sidst, det var i Onsdags, Berta havde Dit Brev med derhen. Las skulde netop ud til nogen, jeg ikke kendte den Aften. - De havde sagt, der var slet ingen, saa jeg kom som jeg gik og stod efter at g ["g" overstreget] have travet rundt hele Dagen. Men saa var der til min store Overraskelse 17-18 Personer, 5 Retter Mad og 3 Slags Vin. Jeg sad ved siden af Hr Møller, som Drak Glas med mig og bad mig hilse Far. -
+Det bliver nu morsomt, hvis Du kommer, berta vil gøre en lille Middag paa Dig. - Jeg længes snart efter rent Tøj jeg haaber I sender det til Lugge, jeg har ikke Plads til Kuffert. 
+1000 Hilsner Din Alhed
+Søndag</t>
+  </si>
+  <si>
+    <t>1898-02-12</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade, København
+Langelinje, København</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Julie Brandt
+Louise Brønsted
+Frederik Gad Clement
+Peter Hansen
+Frederik Hendriksen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Johanne Kampmann
+Marie Krøyer
+Johanne Christine Larsen
+Anton Lorenzen
+Frederik Lützhøft
+Hedevig Lützhøft
+Julius Paulsen
+Jens Rasmussen
+Karl Schou
+Marie Schou
+Andreas Peter Weis
+Kristian Zahrtmann
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København bla. for at modtage sangtimer hos Hedevig Lützhøft (Mutter). 
+"Chr. A." = Johannes Larsens maleri Christian Andersen lader patroner. 
+Det vides ikke, hvem den omtalte Waldemar er. 
+Malersalen: Peter Hansen (P.) har en tid arbejdet på Det kongelige Teaters Malersal.
+Kinoptikon: et filmprojiceringsapparat udviklet af englænderen Birt Acres. Frem til engang i 1898 viste Vilhelm Pacht kinoptikon i en bygning på Rådhuspladsen i København. Der blev vist lignende film i Nationals Varieté på Vesterbrogade og i Odd Fellow Palæet.
+Razzia i byen, Røntgenske Straaler mm må være film, man kunne se.</t>
+  </si>
+  <si>
+    <t>Lidt om Johannes Larsens Christian Andersen lader patroner.
+Alhed har til selskab som xylograf Hendriksen. Malerne P.S. og Marie Krøyer var der, og Alhed kan bedst lide Marie Krøyer på afstand.
+Alhed har været syg og ikke været hos Mutter Lützhøft for at synge.
+Fru Hirschsprung har inviteret til levende billeder (Kinoptikon), men vejret blev dårligt, og de aflyste. 
+Alhed fortæller om Waldemar, som hun har oplevet til en fest, og som var en værre tørvetriller. 
+Marie Schou og Fru Kampmann er vrede på Alhed over, at hun besøger Hirschsprungs meget, men ikke dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zsTt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Fordi jeg ikke har skreven til Dig i to Dage, skal Du ikke tro, at jeg aldrig mere vil skrive til Dig! – Tvertimod jeg vil til at være rigtig flink nu. Men jeg har ikke været rigtig rask i disse Dage, og derfor slet ikke oplagt til at skrive. – Det er fjollet, at den Forkølelse ikke snart kan gaa over men det er sandt, den er jo kronisk, skønt det Sludder tror jeg ikke paa. – Jeg har nok hele tre Breve at takke for og besvare denne Gang. Nu skal jeg se efter hvornaar Du begyndte paa Chr. A. – Du lagde det an d. 29nde Januar. – Det glæder mig meget, at det gaar saa godt med det. Kan Du nu fortælle mig, om P. synes godt om det. – Sidst jeg skrev til Dig, var nok i Onsdags, før vi skulde op i Tordenskjoldsgade til Emmas Fødselsdag. Clement var der og vi spillede Hasard, jeg vandt en Krone, jeg plejer ellers altid at tabe. Hos Hendriks gik det mig meget godt. Jeg havde Kontorchef Weiss til Bords og Anton Lorenzen til den anden Side, det var en livlig Plads. Krøjers var der ogsaa, Fru K. er nydelig; men helst lidt paa Afstand, og hun ser ikke elskværdig ud. Zahrtmann var der, jeg talte lidt med ham, han sagde om jer at I var et ”dejligt Folkefærd”. – Zeuthen var der ogsaa sikken et Bondeansigt, han har! Julius Poulsen kom der Afbud fra i sidste Øjeblik, han var bleven daarlig. – De andre, der var, kendte Du vist ikke. Gamle Hendrik drak et Glas med mig og raabte noget over Bordet, som, jeg ikke rigtig hørte, men jeg mente, det var noget med ”kære Minder”. Da jeg bagefter sad og spekulerede paa, hvilke Minder, jeg egentlig havde med gl. Hendrik, slog det mig, at han naturligvis havde sagt ”Kerteminde”. Han kunde ogsaa nok se ud til, at det var noget i den Retning. – Du vilde have at vide, hvad jeg svarede Dr. L., jeg svarede kun med et Enstavelsesord, om det var ja eller nej, ved jeg ikke da jeg ikke mere husker Spørgsmaalets Ordlyd. Jeg blev altfor befippet til at kunne svare mere. – Jeg har ikke set Mutter i 8 Dage og ikke Ungen [?] i over 14, men jeg haaber snart, jeg kan begynde igen. – Det er et modbydeligt vejr i Dag, Taage og Regn. – Fru Hirschsprung havde ellers inviteret Berta og mig og et Par andre til Frokost i Lange Linjes Pavillon i Dag og derefter til en Razzia i Byen til Kinoptikon, Røntgenske Straaler, Børneudrugning o.sv. lige saa meget vi kunde overkomme, men nu blev det daarlig Vejr. – I Morgen skulde Pan, Johanne Lugge og jeg ud til Frederiksborg til Th. Bredsdorff, bare det maatte blive godt Vejr, det kunde blive dejlig at være paa Landet en Dag. Jeg er snart ved at blive træt af dette Byliv, jeg er næsten aldrig i Ro. I Aften var vi alene hjemme, det var vist først 4de Gang i den Maaned, jeg har været her. – Jeg kunde for Resten ikke lide, hvad Du skrev om ”Woldemar”. Det er da ikke beundringsværdigt at være saadan en Tørpind, der bare sidder og æder uden at se til højre eller venstre. Saa maatte han hellere blive fra et Middagsselskab og gaa alene hen paa en Restauration. Det var ingen Fornøjelse at se paa ham, han havde hængende Øjne og Hovedfacon af den Slags, der ser ud som Hjærnen er skaaren bort. Hans Kæreste havde sikkert moret sig meget bedre, hvis han ikke havde været der. Hun er ellers meget livlig, men hun maatte sidde og hænge med ham ude i et Kabinet i Stedet for at danse og more sig med os andre. Hun blev ogsaa mere og mere gnaven, til sidst tog hun Anti[ulæseligt] og gik tidlig hjem. – Har Du endnu noget til overs for Woldemar? Fy skamme Dig, hvis Du har, jeg kan ikke lide saadan nogle tørre Theorier om at holde sin Mund. - - Nu har jeg ikke Tid til at skrive mere, kan Du hilse P. mange Gange fra mig. Jeg mødte Marie S. paa Gaden i Gaar, saa jeg vidste nok at han var rejst, hun havde lige været oppe paa Malersalen. Hun sagde, at hun havde været vred paa mig, fordi jeg aldrig kom derud, og hun paastod at det var hendes Alvor; hun og Fru Kampmann havde spadseret sammen forleden og skumlet sammen over at jeg gik helt op i Hirschsprunger. Men hvad skal jeg gøre, H’s beder mig altid, i Gar var jeg der igen til frokost. – Jeg længes ogsaa efter at komme ud til Marie og Schou, men jeg kan ikke overkomme mere end jeg har. – Nu Farvel! – Du maa ikke være vred, fordi jeg saalænge ikke har skreven. Nu skal jeg blive flink igen. 1000 kærlige Hilsner fra Din Alhed
+12 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1898-02-17</t>
+  </si>
+  <si>
+    <t>Amager
+Tordenskjoldgade, København
+Ørstedparken, København</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Berta Brandstrup
+Julie Brandt
+Thomas Bredsdorff
+Peter Hansen
+Bernhard Hirschsprung
+Harald Holm
+Viggo Johansen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Leonora Christine Ulfeldt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen bor hos Brandstrup-familien i København og tager sangtimer hos Hedevig Lützhøft. 
+Til frokost i Tordenskjoldsgade: Emma og Bernhard Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Alhed er stadig i København og bor hos Bertha og Ludvig Brandstrup.
+Berta Brandstrups forældre og ægteparret Bissen kommer til middag.
+Alhed skal høre Thomas Bredsdorff holde foredrag. Hun har været i Ørstedsparken med Brandstrups dreng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A2D5</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det var rigtignok godt, at her var Brev til mig til Middag, jeg saa mig spejdende om, da jeg kom hjem, og opdagede saa Din velkendte lange Konvolut paa Bordet herinde i den inderste Stue. – Jeg maatte gaa strax, da jeg havde læst det, da jeg skulde ud at gaa Ærinder med Berta, vi skal have en lille fin Middag med hendes Forældre og Bissens i Morgen. – Det var klaret af til det mest henrivende Vejr, nu da vi gik hjem. Jeg tænkte paa, at hvis Du havde været her, kunde vi være gaaet en Tur ud paa Amager, der saa saa dejlig ud. – Der er nu nok lidt mere end 8 Dage til jeg kommer, men ikke meget. – Du kan tro, jeg glæder mig. Det er da morsomt, at Din Fader har solgt de to Skibe, navnlig hvis de er godt solgte. – Jeg faar vist desværre ikke Tid at skrive saa langt til Dig, det varer ikke saa længe, inden Viggo, Pan og de andre kommer og henter mig, inden Standart skal vi ud paa Amager og høre Thomas tale om Leonora Chr. Ulfeldt, og jeg skal ind at gøre mig lidt pæn først. – Jeg har været til frokost i Tordenskjoldsgade i Dag og skulde der ogsaa til Middag, men kan jo ikke; nu gaar Berta derhen, jeg skal hilse mange Gange fra hende. Jeg mødte Harald Holm for lidt siden, han sejler til Fyen en af de første Dage, til Trolleborg at male Orchidéer. Jeg skal nok se at komme i ordentlig Tid til Mutter. I gaar var jeg med Drengen i Ørstedsparken, der var saa forfærdelig dejlig. – Jeg kan ikke skrive mere og har heller ikke mere Tid. – Vil Du hilse Dine Forældre, Klax og P mange Gange. – Men de fleste og kærligste Hilsner til Dig min allerkæreste Las
+Fra Din Alhed.
+17 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1898-02-19</t>
+  </si>
+  <si>
+    <t>Hauserplads, København
+Hausergade, København
+Gothersgade, København
+Kongens Nytorv, København
+Nørrevold, København
+Paris</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Christian Bonnesen
+Axel Bramsen
+Berta Brandstrup
+Peter Hansen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Harald Holm
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, hvor hun tager sangtimer hos Hedevig Lützhøft og fungerer som barnepige hos flere familier. 
+"Storartet politik i Paris": Må referere til Dreyfuss-affæren.</t>
+  </si>
+  <si>
+    <t>Alhed fandt aftenselskabet med Berthas forældre og Bissen kedeligt.
+Hun har været i Kunstforeningen (Gl. Strand) og se Harald Holm, Bonnesen samt Peter Hansens Roebillede.
+Bertha Brandstrup og Alhed har været på Kunstmuseet (Statens Museum for Kunst).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XUhi</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Kl. er godt 12, men jeg vil alligevel begynde paa et lille Brev til Dig i Aften, jeg maatte bryde saa Kort af før, og jeg ved ikke, hvad Tid, jeg faar til at skrive i Morgen. – De fremmede gik for over en halv Time siden, men saa plejer vi gærne at snakke lidt om Tingene, førend vi gaar i Seng, det har vi ogsaa gjort i Aften, og spist en Appelsin til. Jeg har for Resten kedet mig kolossalt i Aften, de sidste ½ anden Time har jeg siddet og luret paa, om de ikke snart vilde gaa. Man kan komme i med at sidde og høre alt hvad de siger som Konverzation, og saa bliver man saa led ved det til sidst. Bissens synes jeg ellers udmærket om, især han er storartet at se paa. Men gl. Bernhardt er et Vrøvl og han beherskede Samtalen hele Tiden. Unge Bissen skal maaske en lang Sørejse med et østasiatisk Skib, den Maade kunde jeg svært godt lide at rejse paa, det rolige Liv om Bord i den friske dejlige Luft, og saa anløbe enkelte Steder og gaa i Land rigtig oplagt til at høre og se. Kunde Du ikke ogsaa godet lide det? – Jeg var lidt oppe i Kunstforeningen i Dag, Du ved vel Harald Holm har Udstilling deroppe, der er mange dejlige Blomster. Men Bonnesens smaa Skitzer ser saa raa og væmmelige ud ved Siden af. – De bortloddede Ting hang der ogsaa. Jeg saa længe paa Ps smukke Roebillede, det er ikke godt at vide, hvor det nu kommer hen. – Elle kommer i Morgen, Du kan tro, jeg glæder mig til at se hende, den søde Unge. – Nu vil jeg sige Godnat til Dig min søde Unge, Kl. er slaaet ½ 1. – Hvis Du var her skulde jeg sige pænt Godnat til Dig, her paa Papiret kan det jo kun blive meget mangelfuldt, men vent til vi ses! – Din Alhed. – 
+Næste dags Aften. – Jeg har gaaet rundt hele Dagen og kom først hjem nu Kl. over 7, slugte min Middagsmad og nu i en rasende Fart skriver et Par Ord til Dig og ile op paa Posthuset med det. – Jeg har for Resten præsteret det mærkværdige at gaa vild i København i Aften, jeg gik over Hauserplads og ned ad Hausergade, men saa syntes jeg pludselig, at jeg var forkert vendt i det, og begyndte at gaa rundt i forskellige Retninger til jeg til sidst var helt vild paa det. Jeg mundede ud langt nede i Gothersgade ad Kongens Nytorv til, - jeg skulde i Pensionatet ved Nørrevold. – Berta og jeg have været paa Kunstmuseet i Dag, jeg skal hilse fra Din søde Mand. – Bagefter gik vi i Grand Café og spiste Grand Bouef, og drak Porter til, - alt mindede om Dig, og jeg tænkte meget paa Dig.
+2. Jeg gaar vist ud til Schous i Aften fra Posthuset. Jeg har Bramsens Bog, Du kan skælde mig ud, naar vi ses. – Hvis vi ses, skriv om Du ikke synes, jeg skal blive borte, om jeg ikke forstyrrer Dig, og om I have Plads. – Du synes vist, at jeg er meget indbildsk med dette at forstyrre Dig, men selv om det bare var ganske lidt, vilde jeg meget nødig. – Storartet Politik i dag. Hvem der var i Paris. – Hvordan mon det skal ende? – Nu maa jeg bene af for at naa Posthuset. Hils dem alle 1000 kærlige Hilsner fra din Alhed 
+19/2 - 98. -</t>
+  </si>
+  <si>
+    <t>1898-02-22</t>
+  </si>
+  <si>
+    <t>Tordenskjoldgade, København
+Frederiksborg
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Emil Bissen
+Berta Brandstrup
+Johan Hansen, generalkonsul
+Erik Henningsen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Arnold Emil Krog
+Pietro Krohn
+Vilhelmine  Larsen
+Poul Levin
+Niels Mollerup
+Carl Ludvig Studsgaard</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, hvor hun bla. tager sangtimer.</t>
+  </si>
+  <si>
+    <t>Alhed har været til middag hos Emma og Bernhard Hirschsprung (i Tordenskjoldsgade, København). En af gæsterne, professor Studsgaard, var ubehøvlet overfor hende.
+Og Alhed har været på tur til Frederiksborg og se teater.
+Hun er glad for, at Johannes Larsen vil hente hende i Ullerslev få dage efter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U7Kt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev i Dag, jeg skal nok komme paa Lørdag, jeg havde allerede bestemt det, inden Dit Brev kom, og Du kan tro, at ogsaa jeg glæder mig over at der kun er 3 Dage til! – Kl er 12 ¼ Aften vi ere lige komne hjem fra en stor, fin Middag i Tordenskjoldsgade. Et nydeligt Selskab for Resten. Bordet var saa smukt pyntet med Masser af gule Tulipaner og de har saa mange dejlige Krystalskaale og smukt Porcelain og fine Glas. Og noget forfærdelig raffineret Mad med glimrende Vin til. – Gæsterne var Professor Studsgaards, dito Krogs, Erik Henningsens, Generalkonsul Hansens, Pietro Krohn, Emil Bissen, Poul Levin og nogle af Familien. Jeg havde faaet Lov at komme hen til det lille Bord, hvor de altid morer sig saa udmærket, men i Stedet fik jeg ”Nolle” til Bords, hvilket jeg for Resten var udmærket glad ved, han var saa rar at snakke med og sagde, at han gærne vilde have mig derud til næste Vinter. Jeg spurgte ham om det. – Jeg havde min nye, gule paa med hvide Silkebaand og Gyldenlakker. De sagde, den var pæn. Men ved Du, hvad Professor Studsgaard sagde om mig til Berta: hvad er det for en Baby? hvorfor har hun ikke sin Patteflaske med? – Sikke ondskabsfuldt! de synes vist, jeg ser meget grøn ud, Poul Levin sagde til Berta, at hvis han skulde tale med mig skulde det være om Fuglesang i Skove! – Han talte med mig bagefter, men det blev om Literaturen i Aarhundredets Begyndelse. - - Det bliver nu ikke noget langt Brev, jeg maa snart i Seng, den var over 3, inden vi kom i Seng i Aftes. – Det var morsomt ude i Frederiksborg, Slottet fik vi ikke at se, [ulæseligt ord] var der med nogle efter os. Mollerup var der, han havde hjulpen dem nogle Dage med Komedieindstudering, Pantomime o.sv. det var helt grinagtigt at se paa. – Det var et yndigt Vejr i Morges, da vi rejste hertilbage, der laa et fint Lag Sne. Det er vist for resten Kaneføre, men det varer vel ikke til paa Lørdag. Jeg bliver selvfølgelig forfærdelig glad, hvis Du kommer og henter mig i Ullerslev, Du kan ikke tro, hvor jeg glæder mig til at se Dig! – Nu maa jeg slutte Kl. er 1 og jeg er saa frygtelig søvnig. Nu løber jeg ud i Postkassen med dette, saa faar Du det i Morgen Eftermiddag. Jeg er rigtignok god ved Dig, men det er fordi jeg holder saa meget af Dig. – Godnat! Om 7 ½ Time skal jeg vaagne og have Brev! Kan Du hilse Din Mor mange Gange og spørge, om jeg maa komme! Hils ogsaa de andre. Allermest Dig selv fra Din egen Alhed.
+22 – 2 – 98 -</t>
+  </si>
+  <si>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
+  </si>
+  <si>
+    <t>1898-03-03</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Peter Hansen
+Jean Jensen
+- Jørgensen, arkitekt
+Christian Kampmann
+Johanne Kampmann
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+- Vesterdal
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Grevens" er ægteparret Schaffalitzky de Muckadell, som var Albrecht Warbergs arbejdsgivere.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alheds galoscher, som hun glemte i Kerteminde.
+Jørgen (ansat ved Erikshaab) er kørt efter lægen til Albrecht Warberg, som stadig er syg.
+Warberg-familien har haft mange gæster, som vel skulle se til den syge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bw6C</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev og Galoscherne! Du havde slet ikke behøvet at sende dem, jeg kunde jo have faaet dem, naar jeg kommer ned til Dig. For der er vist ikke andet at gøre, end at jeg kommer om ad Kerteminde igen. Men stort mere end en Dags Tid bliver det nu ikke, jeg vil blive hos Mor saa længe som muligt, og Kampmanns gaar det jo heller ikke at snyde altfor galt. Men det er sandt, saa er det jo, jeg forstyrrer Dig, naar jeg kun er der én Dag. Hvad skal vi gøre ved det? – Det er kedeligt, P. er rejst fra Dig, jeg synes, det maatte være saa morsomt for Dig at have ham. Tænk, nu kørte Jørgen, som skulde have haft dette Brev med til Højrup, han skal ned efter Doktoren, men jeg troede først, han kørte om en Timestid. Saa er jeg bange, Du ikke faar dette Brev i Morgen. Jeg er da ellers ligesaa flink til at skrive til Dig, som jeg var i København? Kan Du nu ogsaa være rigtig sød til at skrive til mig! Jeg er ikke fri for at føle mig lidt ensom, det er saa løjerligt at gaa og være eneste Barn; i København tænker jeg ikke paa at savne de andre, men herhjemme hvor de høre til, synes jeg hele Tiden, der mangler noget. Det er jo ogsaa lidt trist at Far ligger, men han har det da gennemgaaende bedre. Nu skal vi høre, hvad Doktoren siger i dag, om han snart maa komme op. Han er ellers Taalmodigheden selv og ligger og siger Vittigheder og er altid parat til en Snak. Hans Ven Vesterdal var herude et Par Timer forleden efter Middag for at se til ham. – Det er desværre bleven Regnvejr, jeg vilde ellers have været ud en lang Tur med Gamle, det var saa nydelig Vejr i Formiddags.
+Næste Dag. Videre naaede jeg ikke, vi fik Visitter hele Eftermiddagen, foruden Doktoren kom Jørgensens, Grevens og Amstrup med Dis, som det var morsomt at faa en Passiar med. Vi var et lille Slag nede i Haven, der er gule Krokus. Det var en henrivende Luft, da Regnen var hørt op. I Dag er det gamle Jeans Fødselsdag. Hun vidste ikke, at vi huskede den, saa hun o.s.v. Posten kommer! 1000 Hilsner fra din egen Alhed
+3die Marts – 98.</t>
+  </si>
+  <si>
+    <t>1898-03-24</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Lars, Höljeryd -
+Skomagerline -
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Anna  Eckardt, datter af Alfred Eckardt
+Peter Hansen
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Lisa Nisbeth
+Otto Emil  Paludan
+Joseph  Petterson
+Theodor Philipsen
+Niels Skovgaard
+Fritz Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Med "Trægården” menes haven (på svensk).
+Alhed Larsen opholdt sig i København, fordi hendes mormor var døende. Lille Warberg var hendes lillebror, Dedde, som skulle konfirmeres Palmesøndag i Odense Domkirke. Hempel Syberg afholdt festen, da ALs og Deddes far, Albrecht Warberg var syg. Få dage efter konfirmationen døde mormoderen.(Se evt. flere detaljer i Alhed Larsens biografi)
+Palm er højst sandsynligt Otto Emil Paludan kaldet "Pallam". 
+Missemor er barn af Marie og Aron Kjellman.
+Det er uvist, hvem Kristines mor var.
+Marie Larsen var i huset på Nedergaard ved Kolding. 
+Engelsens er muligvis en familie, som ejede en stor boghandel i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Vilhelmine og IA Larsen kom hjem til Kerteminde efter at have lavet forpagtningsaftaler vedr. Båxhult og Höljeryd.
+I København, på vejen hjem, besøgte de Den Frie Udstilling, hvor opsætningen endu ikke var helt færdig. Herefter var de på besøg hos Alfred Eckardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0BX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24/3 1898
+Kjære Marie!
+Just kom vi hjem i en stærk Nordøst Vind det var koldt kan du tro ovenpaa de varme Vogne; men vi befinder os helt vel i dag begge to. Af dit Brev der kom til Johannes i dag seer jeg at du troer vi kun beholder 1 Værelse på Boschult jo lille Ven vi beholder dem alle paa et nær som gamle Lisa Nisbeth skal bebo og det bliver Qvistværelset til Gaden over Verandaen, alle Værelser bliver malede og nyt Papir saa der bliver saa lyst og kjønt at du aldrig kan forestille dig Synet især naar Trægaarden kommer i Orden Smedens var begyndt at flytte ind inden vi rejste i Drengestuen paa Boschult og Skomagerline skal op hos Smedens og Lars i Kungsveka skal have det Jordbrug i Forpagtning for 150, Smeden 150 og Skatter og 10 Sjus for Boschult, og Petersen 600 for Holjeryd- du seer vi haar gjort vore Sager godt denne Gang nu kommer der en Tid hvor vi kun skal tage imod Penge derovre fra, det er godt hvad. Det kan jeg unde den kjære Fader – som har maattet punge ud med saameget – Vi synes udmærket godt om [ulæseligt ord]-Familien det er ganske bestemt dygtige Folk han kjørte for os igaar med den norske graa og en brun der der ligner Finga noget i Gangen vi kjørte derned paa 2 Timer i et nydeligt Sommervejr; lad mig bringe dig alle de mange hjertelige Hilsener fra dem alle derovre den snelle dygtige Marie Larsen fik mange Lovtaler kan du tro Kristines mor var ogsaa fremme at besøge mig der var saa mange mere til Kaffe at jeg kjøbte en Mængde Dappe hos Handeleren i Haljeryd der har en Søster som bager
+Hun bad os nu komme paa Hjemrejsen i Halmstad spiste vi Frokost paa et Hotel og der trakterede Fader mig med en Pilsner som gjorde mig saa tung i Hovedet at jeg fik flere gode Søvne paa Vejen 
+I Kjøbenhavn skal du blot høre hvor heldig jeg var. Vi kunde ikke sige bestemt naar vi kom saa der var ingen til at tage imod os. Fader gik et lille nødvendigt Ærinde og jeg sagde saa til ham du kan træffe mig ved den fri Udstilling for jeg vil hen at kigge ind af Døren for at have en Mening om den
+Der stod en Malersvend udenfor og børstede Søjlerne jeg gav mig i Snak med ham og spurgte om de kunde blive færdige jeg veed det knap Frue vi slider Nat med Dag for vi Malere kan jo ikke komme til før de andre Haandværkere ere færdige da jeg vender mig kommer Peder Hansen ud med 2 Herrer der bliver en Præsentation Johannes Larsens Moder – Hr Phillipsen; Hr Niels Skovgaard de blev ved send Johannes herover til Fredag men det vil han ikke derimod rejser han over et Par Dage og tager Alhed med hjem til Confirmationen med den lille Varberg i Odense Palmesøndag, Onkel Syberg er flyttet til Odense og gjør Gildet, Johannes er bedt med de bliver 44 Gjæster han har jo Vilhelms sorte Benklæder og Vest og laaner Palms Kjole – men nu tilbage til Udstillingen, saa kom Fader det er Johannes Larsens Fader – saa Afsked med Venner og saa ind med Peder at se paa Malerier – ja Marie hvor vi brugte det var jo Jag men endel kan jeg da huske som glædede mig meget Syberg er saa overordentligt smukt repræsenteret en hel Væg fylder du ved nok han har illustreret ” en Moder – og de hænger uden om hans Malerier ja begynde at beskrive dig dette kan jeg ikke overkomme men naar vi faar et Katalog saa skal du faa et sendt og saa skal jeg bemærke hvad jeg synes om hver især – Johannes’s Billeder var hængt saa smukt op men saa kom Brandvæsenet og skulde skjære en Dør til saa maatte de ned men Peder lovede at de skulde nok en god Plads
+Agrarbilledet tog sig udmærket ud derom ogsaa Blomsterne Roserne og Valmuerne saa er der de 3 Aquareller der var i Stokholm
+Saa gik vi til gamle Eckardt der var ingen hjemme derfra til Alfred der mødte vi Margrethe paa Gaden hun med tilbage Alfred var heldigvis hjemme og Musse maatte op af Sengen og vises frem saa rendte Margrethe hjem og hentede gamle Onkel der imidlertid havde været paa Aftentour der fik jeg høre at Fru Lorentzen kom til Byen men de mente ikke den lille Pige kom med – Margrethe skulde til The hos Engelsens Onkel fulgte os saa paa Banegaarden og Alfred gik [ulæseligt ord] det er et nydeligt Hjem de har og herligt uden Gjenboer
+Nu kniber det med Tiden lille Marie men du faar hørt vi er kommen vel hjem Saa skal jeg skrive mere i mit Søndagsbrev og der skal vi saa se et Billede af Marie Aron og alle Børnene hun er saa sød den lille Missemor i Virkeligheden hun er magrere men smukkere det glædede mig ogsaa hos [ulæseligt ord] at høre hvor glade de er ved dig paa Nedergaard
+Lev du kjære lille Marie og Hilsen fra os Alle sammen
+Johannes er paa Jagt</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Svanninge
+Arreskov
+Odense</t>
+  </si>
+  <si>
+    <t>Maren -
+Asta Blom
+Jeppe Andreas Larsen
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>De gamle "Naader": Anna og Erik Schaffalitzky de Muckadell, grevskabet Muckadell, Alheds fars arbejdsgivere.
+"Dit Træ": Johannes Larsen maler et billede af en guldregn.
+Fattigattest: Man kunne kun få lov at blive gift, hvis man fremviste anmærkningsfri fattigattest.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg på Arreskov (hos Erik og Anna Schaffalitzky de Muckadell).
+Præsten skal ud at rejse, så Alhed og Johannes Larsen må skynde sig at blive gift tirsdag. Larsen må rejse til Erikshaab og hjem igen for at male på sin guldregn. Hans far skal skrive under på en attest, og Larsen må skaffe fattigattest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rwb1</t>
+  </si>
+  <si>
+    <t>Elskede Ladersen!
+Nu ere vi komne hjem fra Præstens og Arreskov. Turen har været rigtig vellykket. De gamle ”Naader” var saa flinke imod os og kyssede os til Afsked og ønskede os alt godt i Fremtiden. De var meget interesserede i min ”romantiske Madlavning”, som de kaldte det, da de hørte, at jeg skulde lave Mad paa en Primus. – Bagefter var vi altsaa i Præstegaarden og nu skal Du bare høre; Præsten skal rejse allerede paa Onsdag, saa vi maa altsaa gifte os paa Tirsdag og Du maa altsaa komme paa Mandag. Det er der meget kort til. – Men nu skal jeg sige Dig noget, Du er den allerbedste sødeste godeste Dreng og jeg holder saa uendelig meget af Dig, hvis Du vil gøre, hvad jeg nu beder Dig om. At Du vil rejse igen med Iltoget og lade mig blive her. Saa vil jeg Dagen efter køre ned til Svanninge og lave lidt i Stand til Du kommer, saa kan Du komme et Par Dage efter, naar Du er færdig med Dit Træ. Jeg er saa ked af, at jeg ikke kan tale med Dig i Stedet for at skrive, for hvis Du gør Vrøvl er jeg der jo ikke til at modbevise Dig. – Men jeg tror nu, Du vil synes, at det er rigtig godt saadan, ikke sandt? Jeg vil glæde mig 1000 Gange mere til Mandag og Tirsdag, naar det kan blive saadan. Jeg glæder mig umaadelig meget til at se Dig. – Naar det nu klart ikke skal forstyrre Dig med Din Guldregn, men der er jo da kun to Dage, og Du sagde jo, at jeg kunde skrive efter Dig. – Hermed følger Din Attest, der hvor de smaa Kors staa, skal din Fader altsaa skrive under. Og saa skal Du altsaa have den Fattigattest hos Borgmesteren. Skal Maren derop? Du maa endelig møde med begge Attesterne, ellers kan der jo ikke blive noget af. – Kan Du se, jeg hedder Maria, det vidste Du vist ikke? Du vidste maaske ikke en Gang, at jeg hedder Marie? (hvad jeg altsaa ikke hedder.) – Det er dog et bedaarende Vejr i disse Dage, bare det maa vare ved. Der sidder en Nattergal og synger saa dejlig ovre ved Aaen, jeg gad vide, om der er Nattergale i Svanninge? – Jeg har i Dag set en meget flot Hund ved Navn ”Spækmand”, storartet Navn! – 
+- Nu vil jeg slutte! – Kl. er 12 ½ og jeg skal tidlig op i Morgen, Asta og jeg skal nemlig til Odense med ½-11 Toget. – Kan Du nu skrive ligestrax til mig! Jeg holder rigtignok umaadelig meget af Dig. 1000 Millioner Hilsner fra Din Alhed
+9ende Juni – 1898 –</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
+[I brevet:]
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1898-11-02</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>St. Gotthart
+Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Det unge par er på bryllupsrejse.
+Hospits er et herberg.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Pisa med tog. De står af toget og går til toppen af St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66fx</t>
+  </si>
+  <si>
+    <t>Milano 2den Nov
+Kæreste Mor
+Jeg er kommen i Tanker om, at det vist var ubesindig af mig at skrive, at vi vilde spadsere over St. Gotthart, I kunne mulig ængste Eder ved Tanken derom, men jeg skynder mig herved at meddele, at vi lykkelig have tilendebragt denne i øvrigt ikke Spor af farefulde Tur. – Det var meget interessant; vi begyndte paa Spadsereturen Kl 10½ og Kl. 12½ naade vi en lille Landsby, hvor vi spiste til Middag. Kl. 1½ startede vi igen, og her begyndte den interessanteste Del af Turen, vi saa fra nu af ikke en menneskelig Bolig og ikke et dito Væsen. I 4 Timer gik vi uafbrudt opad, og Naturen blev vildere og vildere, vi fulgte Floden Reuss til dens Udspring og det var meget interessant at iagttage dens Manøvre, mange Steder dannede den pragtfulde Vandfald. Desværre havde vi det Uheld, at det regnede de sidste 3 Timer, saa vi naade fuldstændig gennemblødte Toppen, og desuden laa der saameget Taage og saamange Skyer omkring os, saa vi ikke fuldstændig kunde se men kun ane alle de sneklædte Toppe omkring, men vi fik jo alligevel et udmærket Indtryk af Alpenaturen. Det var næsten helt mørkt, inden vi naade Toppen, og det saa et Øjeblik ud [tilføjet: ud] som vi var blevne nødte til at begynde Nedstigningen med det samme, idet vi ikke kunde opdage noget levende Væsen. Der var 3 Huse, men de var helt tillukkede og ingen besvarede vores Banken Til sidst fandt vi imidlertid en aaben Dør og skønt der var meget skummelt og lugtede fælt muggent, gik vi ind og opad en Trappe. Vi bankede paa en Dør og kom endelig ind i en Stue, hvori der fandtes 2 Mænd, en Dreng og to kolossale St. Bernhardshunde. Vi spurgte om vi kunde faa Nattelogi, og det kunde vi heldigvis. – Der var dejlig varmt og I kan tro, det gjorde godt at sidde ned og faa noget at spise de skulde netop selv til at spise og havde en stor Terrin varm Suppe paa Bordet. Vi spiste med og det smagte dejlig skønt den var lavet af Ost, Vand og Hvedebrød. – Den ene Mand og Drengen bo heroppe hele Vintren og de udgøre det saakaldte Hospits e [overstreget:e) De proviantere om Efteraaret og maa være belavede paa ikke at se noget Menneske førend til Foraaret. De have Nøglen til et Hotel, hvor der er Værtsfolk om Sommeren. Der lå vi om Natten i et rigtig pænt Værelse. Næste Morgen var vort Tøj tørt og styrkede og udhvilede be- [fortsættes på side 1, på hovedet:] gav vi os paa Nedturen, der varede c. 3 Timer, vi havde no [udstreget:no] været næsten 7000 Fod oppe. Vi begyndte, hvor Toget kører ind i den store Tunnel og kommer ned, hvor den ender altsaa saaledes: (de streger ere L &amp;amp; mig [tegning indsat] midt paa Bjærget. – Vi naa først Pisa i Overmorgen Fredag. 1000 Hilsner fra os begge</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Leonardo da Vinci 
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien. Der findes i KTDK et brev fra Alhed Larsen til faderen skrevet og sendt samme dato som dette. Hun fortæller deri blandt andet om den samme tur på bjerget. 
+Garver Jensens søn, den lille klokker og politimester Nielsen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Fotokopi findes på Kerteminde Egns- og Byhistoriske Arkiv. BB3741.
+Det vides ikke, hvor originalbrevet findes.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har gået tur ved floden i Luzern. Der var dejligt med ænder og blishøns. De mødte to gange nogle kertemindere i byen.
+Derefter tog de toget til St. Gotthardtunellen og stod af for at gå over passet. Vejret blev dårligt, da de nåede toppen, men heldigvis mødte de nogle mennesker, som bød på aftensmad og sengely samt tørrede deres tøj. Dagen efter gik Alhed og Johannes Larsen ned til byen og blev igen våde.
+Der var dyrt i Schweiz, så Johannes Larsens forældre må hurtigt sende nogle penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H6nO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevet s. 1:]
+MILANO
+HÔTEL BISCIONE &amp;amp; BELLEVUE
+avec Succusale au Corso
+[Håndskrevet i brevet:]
+Milano 2 Nov. 1898
+Kære Forældre!
+Sidst jeg skrev til Jer var vist i Lusern om Morgenen. Der gik vi saa lidt omkring og saa paa Omegnen og Schweizer Løven, der var nydeligt nede ved Søen og Floden Reuss der løber ned af den, Vandet var fuldstændigt klart som Havvand men med et mere blaat Skær, og saa svømmede der en Mængde Graaænder og Blishøns omkring som man kunde gaa paa Bolværket og nogle morsomme gamle Broer og se paa, de var helt tamme. Der traf vi en Søn af Garver Jensen, han kom hen og hilste paa os, jeg kendte ham ikke, han havde Fuldskæg, om Eftermiddagen sejlede vi til Flüelen og der traf vi ham igen sammen med en Søn af Politimester Nielsen og den lille Klokker, de lod helt glade ved at se en Kerteminder og bad mig hilse deres Forældre naar jeg kom hjem, de tog strax efter med en Damper tilbage til Byen og Alhed og jeg gik en Tur langs Vierwaldsstättersøen i Maaneskin. Næste Dag sendte vi vore Kufferter med Toget til den italienske Grænseby og tog selv med til den Station hvor den store St Gotthardts Tunnel begynder, der stod vi af for at gaa til Fods over Passet, en storartet Tur, men desværre begyndte det at blæse og regne saa i Mørkningen da vi naaede Toppen var vi gennemblødte og det var saa taaget at vi ingen Ting kunde se, vi var ogsaa dygtig trætte og kunde i Begyndelsen ikke finde et Menneske der ligger et Par store Hoteller en Fæstning noget Hospitte, i det sidste fandt vi endelig et Par Mennesker og en Dreng som skal være der om Vinteren, de har Proviant til hele Vinteren og var ved at fortære noget Suppe de havde kogt af Hvedebrød og Ost, vi fik noget med og Brød og Ost og Pølse og Vin ovenpaa og blev saa om Aftenen lodsede over i Hotellet, hvor vi laa om Natten. Foruden de 3 Mennesker og deres 2 store St Bernhardshunde er der kun Soldater deroppe om Vinteren de passer Fæstningen. Næste Morgen fik vi vort Tøj tørt paa det var tørret [ved] deres Kakkelovn og begav os paa Vej ned i Snevejr som gik over til Regn og vi kom Gennemblødte i Toget. Ved Grænsen var der en eller anden Fest saa det var umuligt at faa vort Tøj der var lukket, saa maatte vi lade dem expedere det efter os i Dag og nu er det nok kommet hertil, og Kl 9 faar vi det vi vil nu i Morgen rejse til Genova. I Dag har vi set Domkirken her og Malerisamlingen og Lionardos hellige Nadver. Det er svundet godt i vore Penge og vi tænker at naar vi hen i Ugen kommer til Florents vil vi snart faa nogle fra Jer. I Tyskland brugte vi ikke saa meget men Schweiz var et nederdrægtigt dyrt Land, og der gik 4 Dage i mod 3 i hvert Land, her i Italien lader de til at have noget rimeligere Priser. Nu maa i endelig være klar til at sende os nogle Penge, naar I faar Brev fra Florents, for saa er det lige op over. Mange Hilsner fra os begge Jeres hengivne Johannes Larsen
+Alhed sidder og skriver hjem</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1899-02-07</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Hotel Phønix</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Berta Brandstrup
+Frederik Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Maren -, Erikshaab
+Joseph Haydn
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+- Holstein, Frk.
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Grethe -, København
+Alhed Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Marie Schou
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Larsen skrev 8. jan 1900, at hun sagde op på Hotel Phønix, hvor det var slemt at være ansat.
+Ellen Sawyer flyttede i 1899 til Boston. Det er uklart, hvad det omtalte telegram indeholdt, og det findes ikke sammen med Johannes brev. 
+Muntermand og Bobby må være hunde.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2039</t>
+  </si>
+  <si>
+    <t>Johanne har fået telegram fra Ellen, og hun sender det til forældrene. Hun kan ikke forstå, at det er sendt fra Boston og ikke New York.
+Johanne har været til middag og kortspil hos Hirschsprung samme med Marie og P.S. Krøyer. Hun var ikke begejstret for dem. Fru Hirschsprung og Johanne spiller firehændigt to gange om ugen. 
+Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
+Johanne får for meget konfekt og slik, så hun lægger sig ud. 
+Ludvig Brandstrup har brækket benet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5f0I</t>
+  </si>
+  <si>
+    <t>Hotel Phønix Tirsdag 7de Feb.
+Tak for de tilsendte Penge.
+Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
+Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
+Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
+Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
+Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
+Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
+5480 Rikgwood St. Chicago Ill. U.S.A 
+Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
+Tak for Laan for Brevene!
+Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
+Hører jeg snart igen.
+Din Junge
+Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
+  </si>
+  <si>
+    <t>1899-03-04</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Alfred Eckardt
+Kirstine  From
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Olga Lau
+Jakob Lindberg
+Susanne Lindberg
+Sophie Meyer
+Sophus  Meyer
+Mise Petersen
+Asta Thalbitzer
+- von Rosen
+- Winther</t>
+  </si>
+  <si>
+    <t>Svenskerne er muligvis Maria Cecilia Eckart og hendes mand Bernhard Kjellmann</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen sender en pakke. Skal til møde vedr. asylet. Far skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/imC3</t>
+  </si>
+  <si>
+    <t>Kjæreste lille Dine - !
+Hjærtelig for dit Brev og hvad Du fortæller mig glæder mig saa usigelig jeg er der i Tankerne baade Morgen og Aften beder vor Herre velsigne din Gjerning og give Dig Naade til at forstaa hvad Glæde der er ved at arbejde i hans Navn og til hans Ære husk altid I Unge at det Pund han har givet Eder skal I forrente her i Livet Gud ske Lov og Tak for Evnerne der er mine Børn givet – oh hvor er Du sød der kan fortryde det er det allerførste Skridt til Forbedring vidste I blot hvor højt jeg elsker Eder
+Pakken er ikke saa indholdsrig som den burde jeg kan kun skaffe 5 Kr i dag og Støvlerne er ikke færdige – saa sender jeg dem med Lagenet senere hils Olga Lau og Tak foreløbig for Agraren skal ogsaa have en Pakke idag Madam Vinther og gjør Lørdagsrent hun bor jo hos Bageren de 2 Dage derfor maatte vi opsætte her er Vilhelms Brev saa Du kan høre lidt fra ham
+Svenskernes sender jeg Adolph saa kan han igjen sende dem over til Dig – Adolph rejste Søndageftermiddag da jeg fulgte ham til Posten gik jeg til Bager hermed kan Du læse Avisen og Prologen der kom vist 1000 Kr Overskud vi skal til Asylmøde Mandag for at efterse Regningerne Leutenant v Rosen var aldeles enestaaende i sin Kraftanstrængelse – der var Tabloer fra Rocokke og Empire Tiden hvor han sang Sange fra den Tid – Solo Violin af Fru Talbitzer [ ulæseligt] arien som Du kjender Jacob Lindberg var der og fortalte mig at Susanne har holdt Bryllup for en 3 Uger – jeg maa give Agraren lidt ogsaa
+Faer kommer naar der er tilsaaet og medens det er Maaneskin paa Gjennemrejse – til Sverrig han siger jeg skal med nu faar vi se stol ikke for fast
+Din trofaste Moder
+Hils Alle Eckardt med jeg vilde havt Pakken med Mejerne men de kom ikke at sige Farvel
+Der er kommen Vand opte hvor de graver til Bryggeriets Brønd saa gaar den Sag i Orden og vores Lejlighed at Bøtterns flytter fra er lejet ud til [Mise?] Petersen 400 - det er ogsaa godt
+Din Taske blev loddet bort unge Fru From vandt den</t>
+  </si>
+  <si>
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
+Gandenz Neiiendam
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
+  </si>
+  <si>
+    <t>u.å. 1899</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Sverige</t>
+  </si>
+  <si>
+    <t>København
+Sverige</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Hanna -
+Vilhelm  Kaiser
+Aron Bernhard Kjellmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Olga Lau
+Fru Palm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Brevene er muligvis ikke fra samme periode.
+Det vides ikke hvem den syge kvinde er. Det vides ikke hvem Røde Ole er.</t>
+  </si>
+  <si>
+    <t>Kerteminde By- og egnshistoriske Museum</t>
+  </si>
+  <si>
+    <t>Brev 1: Vilhelmine Larsen passer en kvinde med voldsomme hosteanfald, muligvis på nabogård til Høljeryd. Christine Swane er på Høljeryd sammen med IA Larsen
+Brev 2: Johannes Larsen og Alhed er muligvis på Båxhult og venter på at forældrene skal komme derop. Det går godt for Christine Swane i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tGsC</t>
+  </si>
+  <si>
+    <t>Kjære Faer og Ugle
+Natten er gaaet bedre end vi ventede der var kun 2 Hosteanfald hun blev mere levende henad Aften og var dog saa glad og taknemlig fordi jeg var der som hun dog trykte min Haand og takkede for hver en Hjælp jeg ydede hende. I dag ligger hun mere stille hen men ængster sig mere, I gaar vel ikke fra mig
+Fru Palm rejste imorges og de har en stor Kjerning - saa faar jeg Bernhard afsted med Brevet naar han kommer op ellers var jeg gaaet hjem et Svip det er Graavejr saa jeg skulde være der hos Dig nu faar jeg [ulæseligt ord] Kjærlig Hilsen, det er [ulæseligt ord] dette her
+Eders trofaste Moer
+Kjære lille Dinemor!
+Det var rigtignok en stor Glæde for Dine Forældre at faa et saa livligt og tilfreds Brev fra dig – ja saadan skal det være gaa Du bare dristig fremad i god Tro til, naar du er flittig, saa vil vor Herre lægge sin Velsignelse til Udviklingen af de Evner han har betroet Dig. Her gik Rullen sønder forleden Dag Vilhelm Kaiser fik saa Tøjet med igaar men i Aftes blev jeg klog paa at det er Mortensaften i Aften saa det blev lidt trangt for mig at faa Dit Tøj strøget jeg tog nu hvad jeg i en Hurtighed kunde finde Resten stryger jeg i Morgen og saa skal det komme hurtigt, de blaa Pudevaar kan jeg slet ingen finde af saa det maa være til Marie kommer hjem engang og klarer de Ærter; naar mon de dog kommer – Faer siger de har det saa godt saa de bliver vel derovre – jeg troer nu de venter paa vi gamle men jeg har trukken den Tand ud og det vil jeg skrive til Dem i Aften for her kom et Brev fra den Frie, og det maa jo afsted. Du spørger til vores Karle ja den af røde Oles er en pæn Fyr
+Jyden var her i 3 Dage saa gled han ligesaa stille sin Vej med sin Vadsæk i Haanden ad Jylland til vi troede han var oppe at bundte Hø og opdagede det først om Aftenen da Dorthe kom farende jeg kan ikke finde Karlen nogen Steder og Alt hans Tøj er borte 
+Nu traf det sig saa heldig at Hanna havde sin Fæstemand med hertil Danmark og han tog Pladsen – en rigtig næt Karl men han skal hjem til Sverrig i Marts Maaned til Sesion og om han bliver taget ligge inde de 3 Sommermaaneder, men den Sag ordner sig maaske saadan at han kjøber sig fri det taler hun da om.
+Det er en overmaade flink Pige – jeg fritaget for mange Arbejder nu Dorthe rejste til Kjøbenhavn saa Du møder hende maaske engang hun havde ingen Plads men rejste med saa lyse Tanker om Fremtiden det bliver mig for vidtløftig at fortælle Afskeden, men skriv dog til Vilhelm han er meget [forlang] og bedrøvet fordi du er saa [hvas eller hæs] du ved da nok, at han holder saa meget af Dig. Agraren var hjemme forrige Søndag og var glad for sin Løn og Nordmanden men det har jeg vist fortalt dig han skal ogsaa have en Pakke i Aften
+Lev vel hils Olga som Du hilses fra din Moder</t>
+  </si>
+  <si>
     <t>1900-10-28</t>
-  </si>
-[...7 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Bernhard Hirschsprung
 Emma Hirschsprung
 Erik Hirschsprung
 Fru Emma Hirschsprung
 Heinrich Hirschsprung
 Grethe Jungstedt
 Alhed Larsen
 Johanne  Larsen
 Christine  Mackie
 Harriet Rhode
 Harris Sawyer
 - Sonne
 Vilhelm Storch
 Hempel Syberg
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin mand, Harris/Billy, som var kemiker.
 Det vides ikke, hvem eller hvad Douglas er.
 Grethe Sawyer (g. Jungstedt) blev døbt i Hillerslev Kirke året efter, at brevet blev skrevet. Harris Sawyer døde i 1911, hvorefter hans enke og datter flyttede til Danmark.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1509</t>
   </si>
   <si>
     <t>Ellen Sawyer passer laboratoriet og har lidt tid til at skrive. Det er trist, at Alhed Larsen har vrøvl med hoften, men godt at Astrid/Dis kan komme og hjælpe hende. Også godt at Johanne/Junge kan være hos Hempel Syberg. Ellen Sawyer er ked af, at hun fik Christine Mackie til USA. 
 Ellen og William/Billy tjener godt på smørsyre nu. De vil gerne til Danmark i tre måneder for at studere mejeridrift og få deres datter døbt i Hillerslev Kirke. Lille Grethe er både køn og meget nem. Hun kravler og rejser sig op og spiser meget, og hendes far er hendes favorit.
 Ellen skal have mere hjælp i huset nu, hvor hun ofte passer laboratoriet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KuQ7</t>
   </si>
   <si>
     <t>Okt 28 – 1900
 Kære Mor.
 Jeg er i Lab idag det meste af Dagen for at passe til til i Morgens Arbejde. Jeg har et ledigt Øjeblik, mens jeg passer på at Temperaturen i to Ovne ikke løber over 150⁰, og jeg vil benytte dette Øjeblik til at skrive et Par Ord.
 Jeg fik dit Brev idag. Hvor er det dog slemt, at B. har fået den Hoftebesværlighed bare det dog snart må blive lidt bedre. Men Hun [”men” er tilføjet ; det store H i ”Hun” er overstreget, og et lille h er indsat over linjen] er nok så forsigtig, som man kan være. Det er da rart, at hun kan få Disser – helt let bliver det vel ikke for lille Dis, når B. slet intet må selv. Men Disser er jo rap og flink. Sig til Disser at jeg er skuffet over som hun forsømmer vor Korrespondance, - det er lange Tider siden, jeg har hørt fra hende. – Det er da rart at Junge kan være hos Onkel S., for det må rigtignok være ensomt for ham. – For hvert Brev der kommer fra dig [”fra dig” indsat over linjen] er jeg elendig ved [”ved” indsat over linjen] at jeg satte Mornine op på at komme og så måtte skuffe hende, det var ubesindigt af mig at skrive – d.v.s. jeg kunde jo da ikke vide, at Harry skulde blive syg og forandre vore Planer af den Grund. Alting så så vaklende ud, at vi ikke turde tænke på at begynde at føre Hus og endnu mindre tage Ansvaret for Mornines Velfærd på os. – Det var et Par triste Måneder, - Aug. og Sept. –
 Nu er det ligesom klaret af, og det skyldes mest mine Smørsyrer. Hvis det ikke var for denne ugentlige Indtægt, kunde Harry ikke frede om sit Helbred og i Ro blive rask, - blive hjemme i Tåge og Regn el. når han er forkølet, og han ængster sig ikke mere for Udkommenet, da der ikke er Grund til at antage andet end at det vil blive [ved] at gå frem med os nu. Denne Uge har Douglas bestilt 139 Flasker – en ren Indtægt af 37 Dol. – Ganske vist må vi nu til at anskaffe større Apparater at arbejde med, men når vi får dem, kan vi begynde at spare sammen til at rejse hjem. – Vi taler daglig om det og har så megen Fornøjelse deraf. Harry studerer dansk med stor Iver. Vi læser sammen et Skrift om Smør af Prof. Storch og det er forbavsende så meget Harry kan allerede. Vor Plan er at arangere det så vi kan være tre Måneder hjemme og benytte noget af Tiden til at sætte os ind i Smørindustrien. Vi vil se de største Mejerier, tale med de dygtigste Mejerister og i det hele taget perfektionere os. – Men jeg tror ikke på noget så godt før jeg ser det. – Vi skulde jo så også have lille Grethe døbt i Hillerslev Kirke og vi vil bede dig om at bære hende, - hvis hun behøver at bæres, for hun kan vel [”vel” indsat over linjen] sagtens gå alene til den Tid. Lille Grethe er et yndigt Barn, - så mild og sød altid, - aldrig arig el. gal – man kan tage hendes Lejetøj fra hende når hun leger allerbedst og hun siger ikke et Muk – ser kun lidt skuffet ud og leder efter det. – Kun Flasken kan man ikke spøge med, den må hun have præcis hver 3dge Time og hun fordrer fuld Ration med stor Bestemthed. Hun får nu Havresuppe i Mælken, forskellige Slags Vællinger og Jus af Oxesteg. Hun begynder at krybe så småt, men kan ikke lide det, - hun kommer bedre afsted ved at rulle vælte og skubbe og kan på den Måde komme over hele Gulvet. Det er ikke muligt at holde hende fra at stå, hun rejser sig op selv, - det skader hende vist ikke heller for hendes Ben ere nogle rigtige ”Stolper” som Far plejede at kalde mine. Hun har en Del Udslet i denne Tid, vel sagtens for Tænder og Forkølelse som hun ligesom alle vi andre har haft, - ellers vilde hun være en ren lille Skønhed. Hendes Hår er langt og tykt og af en henrivende Farve, - stærkt glinsende rødbrunt. – Ja, vi ere stolte af hende. Harry leger i lange Tider med hende og hun holder mest af ham, rækker altid Armene ud efter ham, når hun ser ham og vil lege med ham.
 Vi skal til at have noget mere Konehjælp, nu da jeg er så meget i Lab. Harry kan ikke finde sig i at jeg rører Huslighed hjemme, - d.v.s. hvad der kan gøres af andre, og jeg skal ikke nægte at det passer mig helt godt. – Jeg håber at få Tid til at spille lidt mere i Vinter. Fru Sonne og Harriet Rhode, i sin Tid Sangerinde ved det kgl. Theater, god Veninde af Hirschprungerne. Yndigt Menneske. –
 Skal Dede være Soldat!!!!!!..
 [Skrevet lodret langs papirets venstre kant:]
 Farvel for denne Gang. Pelle</t>
   </si>
   <si>
+    <t>1902-03-13</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Johan Elmqvist
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Besøget på Båxhult skal muligvis ses, som en del af afviklingen af familien Larsens ejendomme/forretninger p.gr.a. økonomiske problemer.</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre er i Sverige. Skoven til naboejendommen Strømhult er blevet solgt. Man venter syn på fredag. Der er mangel på penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yWfG</t>
+  </si>
+  <si>
+    <t>1902-03-13
+Boxhult
+Kjære Christine!
+Godt kom vi herop og raske er vi trods den knagende Kulde det frøs 12 Grader den første Nat lidt Sne faldt der, men først igaar kom Snefaldet til Slædeføre vi skal til Strømhult i Eftermiddag i Kane for jeg vil ikke gaa og blive vaad om Fødderne, Dugen er paa Bordet hver Dag [sømmet] er den lille Dine jeg var i Baden den første Dag hvor jeg kjøbte Traad Fingerbøl Fejeskuffe og et Par nydelige Trætøfler med rød Kant saa jeg gaar med varme Fødder hver dag. Nu er jeg kommen tilbage fra Strømhult der var Glæde de havde solgt Skoven og faaet 10,000 Kroner meget mere end den er værd men Manden var selv Byder saa de havde kun at sige Tak. Børnene ere raske og Glæde er der ved Tanken om Besøget til Sommer af alle Børnene, der væves ny Sommergardiner til Matsalen, der er nydeligt oppe paa Gjæsteværelserne og over det hele hun er bestemt en dygtig lille Frue din Marie.
+Saa paa Fredag skal Synet være blot der nu maa blive Enighed og Afstaaelse jeg ønsker saa meget og beder dog vor Herre hjælpe os at vi kan blive fri for den Sag ved Rettergang vi har sammenhuset Udgifter nok endda.
+Inspektøren kom nu ned for at prate med Faer saa tager han Brevene med sig og sender dem med første Lejlighed.
+Du kan tro her er smukt nu med Sneen og den rene blaa Luft Solskin og Fuglene sad her i Træerne Musvitter Guulspurv og Skaden vil vist bygge her den fløj med Pinden i Næbet.
+Vi befinder os saa vel begge to god Appetit og god Søvn; jeg var saa heldig lille Dine at lave en Suppe af Skinkesuppe som Du lavede da Du var her for den hørte vi ofte om da Faer kom hjem
+Det var morsomt at høre ham prate med Inspektøren om Saag og Møllen havde vi dog nogle Penge saa han kunde faa virket og tjent noget igjen jeg lægger nu den Sag i vor Herres Haand han maa føre os vel frem igjennem al det
+Kunde jeg dog nu faa Tid til at se noget naar jeg kommer tilbage til Kjøbenhavn og faa talt lidt med Dig der er saa meget man ikke vil sige uden vi er ene jeg gad vide om Alhed og Johannes saa kommer afsted til Byen faar du noget at høre saa lad mig det vide – vi sidder og ønsker at være til stede allevegne men naar saa lidt. Gud velsigne og bevare Eder allesammen lille Børn det beder jeg tidlig og sildig.
+Thor blev sluppen løs for at hilse paa os han havde nær ødelagt mig han fulgte os herhjem og ligger her i Stuen nu bliver han her vel til vi rejser. Nu lev vel lille Dine hils Demant og Eckardts.
+Din Moder</t>
+  </si>
+  <si>
+    <t>1902-10-04</t>
+  </si>
+  <si>
+    <t>Olaf Brahm</t>
+  </si>
+  <si>
+    <t>Bern</t>
+  </si>
+  <si>
+    <t>Harriet Brahm
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde 30. september 1902.
+Olaf Brahm var en tid forlovet med Thora, som var datter af Laura og Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2676</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg varden fineste mand, som Olaf Brahm nogensinde har kendt. Mindet om ham vil leve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n6wj</t>
+  </si>
+  <si>
+    <t>Bern 4-10-1902.
+Kære Fru Warberg!
+Af lille Harriets Brev til mig idag erfarer jeg den sørgelige Tldragelse, at han er død, den fineste Mand, jeg nogen Sinde lærte at kende. Jeg forstaar noget af den Sorg, det maa være for Eder, og jeg ved, det vilde være mig umuligt at bringe Dig nogen nævneværdig Trøst. Naar jeg saa alligevel vover at skrive til Dig, er det fordi, jeg vilde bede om Lov til at sige Dig, hvor dybt et Indtryk Eders Sorg har gjort paa mig. Saa synes jeg ogsaa, det kan være noget af en Trøst for Eder at vide, at hos alle vi der kendte ham, vil Mindet om den fineste og nobleste Skikkelse leve, og vi der er unge har kun Tak og Ærbødighed fordi, han lod det saaledes tilbage
+Din hengivne
+Olaf. Brahm.</t>
+  </si>
+  <si>
+    <t>1902-12-19</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Lohals
+Snøde</t>
+  </si>
+  <si>
+    <t>Susan -
+Christian  Brandstrup
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+- Jansen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far
+Ellen  Sawyer
+Harris Sawyer
+Anna Schaffalitzky de Muckadell
+Hempel Syberg
+Vilhelm  Sørensen, pastor
+Albrecht  Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad det er, Hempel Syberg har været udsat for.
+Albrecht Warberg døde få måneder før, at brevet er skrevet. Laura Warberg er tydeligt i gang med at nedlægge hjemmet på Erikshaab. 
+Louise/Lugge og Johannes Nicolaus Brønsted blev gift 2. jan. 1903. 
+Det vides ikke, hvem John er (i øvrigt er navnet svært læseligt, så måske står der noget andet).
+Christine blev forlovet med William Mackie i slutningen af 1902, og de blev gift i 1903. 
+Astrid boede på Bülowsvej i København fra sidst i 1902 til et stykke hen i 1903.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1902-12-19, 2400</t>
+  </si>
+  <si>
+    <t>Laura glæder sig ikke til at holde jul hos Hempel Syberg, for han er for tiden utålelig. Heldigvis har Thora det godt.
+Hvis Astrid ikke når at få billedet af sin far til tanten med posten, må hun give hende det, som hun selv har. 
+Louise/Lugge og kæresten har fået en ny, større lejlighed, og Laura sender dem møbler. Naboen er Johannes Nicolaus' mor, og hun forærer det unge par en masse. Selv har de købt gulvtæppe, gardiner mv. 
+Christine har været en dag hos sine nye svigerforældre. Hendes forlovelse er rygtedes i Boston, så nu ved alle i Danmark nok snart besked. Ellen har fået en dygtig pige i huset. 
+Laura spørger Astrid, om hun vil have kommode mm. sendt til Bülowsvej.
+Lauras bror, Christian, har bedt hende sende Susan penge. Dr. Mackie betaler nok Christines rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7cvL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hr. Caspersen
+Snøde
+pr. Lohals
+Langeland. 
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 19de Debr.
+Kære lille Putte!
+Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
+Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
+2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
+3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
+Nu har jeg ikke Tid til mere lille Putte!
+Kærlige Hilsener til Eder alle tre fra Mor. 
+[Skrevet på hovedet på sidste side:}
+Gardinerne er røde
+Damask ensfarvede, 
+M kan ikke finde Pos
+[Tapetprøver:]
+Sovekammer.
+Der er 5 lyse Striber ved Siden af hinanden. 
+M[ulæseligt]in. 
+Min Stue</t>
+  </si>
+  <si>
+    <t>1903-11-08</t>
+  </si>
+  <si>
+    <t>Italien
+Genova
+Villa Eden</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Lorenz Bierfreund
+Julie Brandt
+Thora  Branner
+Alfred Goldschmidt
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Henrik Ibsen
+Otto Emil  Paludan
+Ellen  Sawyer
+- Skakke
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid var tilsyneladende i Italien med Hirschsprung-familien. Hvorfor vides ikke. 
+Warberg-familien måtte flytte fra gården Erikshaab efter Albfrecht Warbergs død. Der var tale om en tjenestebolig, og Otto Emil Paludan/Pallam overtog embede og bolig. 
+Skyldråd: Råd som leder ejendomsvurderingerne i en skyldkreds. 
+Herzeriet: Tysk for hjertet – og kærligheden.
+Museo Nazionale di San Marco er et kunstmuseum, der ligger i det middelalderlige dominikanske kloster dedikeret til Sankt Markus, beliggende på det nuværende Piazza San Marco i Firenze, Italien. Museet indeholder den mest omfattende samling i verden af værker af Fra Angelico, som tilbragte flere år af sit liv der som medlem af det dominikanske samfund. 
+Kilde: Wikipedia.
+Det vides ikke, hvem Målerne er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Johanne C. Larsen til Astrid W, 1903-11-08, 2415</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johanne har skrevet til Astrid den sidste aften på Erikshaab. 
+Hun skylder vist Astrid penge.
+Julie/Pans kåbe er kommet med flyttevognen. 
+Johanne tænker på sine oplevelser i Firenze. 
+Paludans stue er blevet smukt indrettet.
+Brev 2:
+Astrid skal skrive til moderen!</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dkGR</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Villa Eden
+Nervi
+Genova
+Italia
+Poststempel
+[Skrevet af ukendt:] fra Junge om Peter Bichel forlovelsen
+[På kuvertens bagside:]
+Poststempel
+[Skrevet af ukendt:] 13 Nov 1903
+[I brevet:]
+8 – 11 – 03 
+[Øverst lodret på første side har ukendt person anført et regnestykke] 
+Kæreste lille søde Disserbein!
+Endelig faar jeg sanket Energi til at skrive til dig, maatte nu Aanden ikke straks stikke af igen, men blive her og være lidt godt over mig! Tak for Dine Breve derude fra; du synes mig ikke ret at være i den rette Himmel - - hvad? Saa vidt jeg husker (jeg har ikke dit Brev her og gider ikke godt gaa ned efter det) skriver du ikke noget om, at du har faaet to Breve fra mig - et som var skrevet den sidste Erikshaabs Aften, men det har du vel. I dem begge glemte jeg at skrive, at dine Skakke–Fotografier er lagt i Fremtidens Haand; man har nemlig travlt. Man arbejder nemlig saa rent utroligt med alskens Skyldraad. Lige til 12-1 om Natten arbejder man. Den eneste Fordel derved er, at andre faar en utrol. Masse Nattesøvn i den Anledning. Saa du maa tøve! og stole paa, at der er absolut er ingen Tid til at lave Billeder hverken til dig eller nogen anden. 
+Saa er der det andet Forretningsanliggende. Min ”Skyld” til dig. Ja, der er det penible at jeg netop vilde have skrevet og spurgt dig om, hvordan det har sig, for jeg aner det ikke. Fik du ingen Penge af mig? Hvis du ikke gjorde det, er Sagen klar nok: jeg skyldte dig 12 Kr (Natkj.) + 2 Kr. (Svamp) og deraf skal jeg give Hr. Skakke de 4 for Billeder, altsaa skylder jeg dig 10. Du kan vist selv bedst huske om du fik nogen hos mig eller ikke. Skal du sende 10 Kr. til dem og giver Adr.? Da jeg ikke ved noget med Bestemthed har jeg ingen sendt.
+3de Forretn. Pans Kaabe var jo i Flyttevognen alligevel; Pakmesteren kom tilbage hertil og ham fik jeg til at tage Pe[ulæseligt] og en stor Pakke med sig til at putte ind i Flyttevognen. I maa da have funden den og givet Pan den for længe siden ? ? ?
+Pakken staar i de [ulæseligt], men du aner ikke hvor det var svært at finde det hele. Jeg havde dog for Resten været forberedt paa langt større Fadaiser end dem jeg har begaaet. – Nu har jeg fastsat min Rejse til Staden og jeg haaber, at jeg ikke skal bestemme mig om; Torsdag d. 19de fra Odense og jeg glæder mig kolossalt – ikke mindst til lille Alfred, hvem du nok gaar og finder bedre og bedre?
+Hvad mig selv angaar, saa har jeg det brillant; jeg spiller til min egen Tilfredshed – det gaar saa grinagtig let for mig i denne Tid og saa læser jeg med Lidenskab. Jeg læser Ibsen – ja, jeg studerer Ibsen kan jeg sige, slæber hele Tasker fulde af hans Bøger med hjem og læser saa de glimrende Lambek Kritikker - lige efter, det er en sand Svir, og jeg studerer Brandes: Henrik Ibsen og jeg studerer Bierfreund: Florenz. Denne sidste kunde jeg ikke staa for da jeg traf den i en Boghandel i Odense, købte den for 3 store Kroner [skrevet under sidste ord ”Kroner”] og har nu i Aften læst om Fra Giovanni – alias: Beato di Angelico – alias: Fiesole. – ham der har lavet alt det vidunderlige overjordiske i Museo di San Marco i Florenz. Du ved, at den tyske (svenske) Maler skrev til dig at du maatte endelig se S. Marco Kloster i Florenz og jeg sad og maabede og vidste ikke rigtig hvad det var; senere gik det op for mig, at det var det herlige Sted, hvor jeg gik og fik Kvalme af Begejstring og hvor Tutte og jeg maatte lade vore amerik. Misser passere, for at vi alene kunde nyde Herlighederne. Det var det vidunderligste jeg saa af Kunst i Florenz. Ogsaa Bierfreund er meget begejstret. hm! hvilket jo altsaa geraader hans Smag til Ære. Hvorledes gaar det med Herzeriet giver det stadig smaa Livstegn med Omsvøb fra sig? Skriver Målerne noget? Hvad siger lille Alfred for godt? Saa vidt jeg har forstaaet det, har han heldig overvunden mig som Skær, hvorpaa der jo maatte strandes. Han skrev lidt forblommet derom. Det er igen [ulæseligt]gaards Ord i Elsa Finnes Mund. Saa snart Haabet dør, dør ogsaa Kærligheden. Hvad? tror du ikke.
+Naa – Pallams Stue er bleven nydelig kan du tro. Hvem der ser den er begejstret og den er ogsaa ganske overordentlig smuk. Et dejligt rødt Gulvtæppe har vi fået, en smuk Messinglampe, to smukke Lysestager - Møblerne er jo dejlige. Chatollet ikke til at stå for. Nye Gardiner – samme Slags som de gamle. –
+Der sad jeg skam og faldt i Søvn. Klokken er lige ved 11, da ["da" overstreget] jeg ville oppe paa mit Værelse, der jo ser ud ganske som før, men ak hvor længe varer det før ogsaa det kommer under ”Forvandlingens Lov.” Naa, jeg er nu ikke mismodig, det er man jo ikke, naar man er i Ballonen – du husker vel Elles gamle Udtryk for, naar der var Fart i en – åndelig ment. Du er vel ikke ked af, at du skulle rejse – jeg kan ikke rigtig blive klog paa dig; et Sted skriver du, at du længes efter at komme ”ud” og et andet noget om at der endelig maa ligge Brev til dig nar du kommer til Nervi træt og sløj el. lignende - Hvad er den rette Mening (? Lad mig høre lidt nærmere om denne Sag. Jeg tror nok, at jeg p.Gr.a. Søvnighed maa sige Stop for i Aften bare jeg vidste, om du faar dette i Kbhvn. eller ej; I skrev ikke noget om, hvor længe Rejsen var udsat, saa det vidste I vel ikke. Farvel lille Dis og Lykke paa Rejsen, lad mig se, du holder Halen højt. 
+Skriv snart. Hils Hirschsps.
+Din Junge.
+Kære Dis!
+Bare to Ord Posten er der! Jeg er lige hjemkommen fra Kbhv. Du maa skrive til Mor, hvad tænker du dog paa? Hvor kan du lade hende gaa i den Pine og Uvished og for Peter er det jo stor Skam
+Skriv nu
+H[ulæseligt] T.</t>
+  </si>
+  <si>
+    <t>1903-11-10</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Italien
+Genua
+Hotel Eden</t>
+  </si>
+  <si>
+    <t>Kærbyhus var Christine Swanes forældres hjem i Kerteminde, efter at de måtte afhænde købmandsgården, Langegade 50, pga. svigtende økonomi. 
+Astrid Warberg var i huset hos Bernhard og Emma Hirschsprung i 1903-1904. Hun var med dem i Italien i efteråret og julen 1903.
+Efter en tid at have været kæreste med stud. med. Peter Bichel, gjorde Astrid forholdet forbi.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane til Astrid W-G, 1903-11-10, 2414</t>
+  </si>
+  <si>
+    <t>Christine Swane føler med Astrid. Det er en stor beslutning at binde sig til et andet menneske, og der går sommetider år. Mon ikke Astrid genvinder troen på sig selv? Rejsen vil nok også hjælpe, og når Astrid kommer hjem, ser hun sikkert lysere på alt. Astrid må huske, at Christine er hendes ven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adrs: Hr. Hirschsprung
+Hotel Eden
+Nervi – Genua
+Italien.
+[Håndskrevet på kuvertens bagside af ukendt person:]
+fra Las’ søster, Christine Swane, f. Larsen
+Poststempel
+[I brevet:]
+“Kærbyhus” den 10-11 1903.
+Min kære lille Dis!
+Vær sikker paa at jeg føler med Dig. Hvad tror Du dog jeg bryder mig om hvad der saa end [”saa end” indsat over linjen] vil blive sagt om Dig, vi er jo Venner ikke sandt? Og Du ved godt jeg holder af Dig, dette skal da ikke skille os men det ved Du [”Du” indsat over linjen] alt sammen ikke. Og naar Du siger mig Du har handlet som Du maatte handle, saa forstaar jeg Dig. Men lille Dis tror Du ikke der skal meget til for at kunde være sikker, mest af alt for at kunde være sikker paa sig selv: Jeg synes der maa År til for at blive sikker paa om man tør binde sig til et andet Menneske, men naturligvis, det er vel noget som er forskelligt for hvert [”hvert” overstreget] De forskellige Mennesker. Du spørger om jeg ikke synes, man mister Troen paa sig selv, jo desværre det synes jeg, men maaske den kan komme igen lille Dis. Jeg tænkte paa at skrive til Dig da jeg hørte om Din snarlige Afrejse, det glædede mig meget at Du skulde ud at rejse, nu ved jeg det vil hjælpe Dig over meget. Hjælpe Dig til at komme til Klarhed over Dig selv. Du skal se lille Dis naar Du kommer hjem igen ser Du nok lysere paa det Hele. Lille Dis selv om mine fat[t]ige Ord ikke kan hjælpe Dig saa ved Du at jeg er Din Ven hvad der saa end sker. – Tak for dit Brev og Udklippet og fordi Du holder lidt af mig. Hav det godt, mange Hilsner din Ven
+Uglen.</t>
+  </si>
+  <si>
+    <t>1905-11-14</t>
+  </si>
+  <si>
+    <t>Aron -
+Halfred -
+Sophie Eckardt
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Lisa Nisbeth
+Christine Swane</t>
+  </si>
+  <si>
+    <t>VL bliver trakteret med forskellige retter, som hører til svensk husmandskost:
+Duppe er en opbagt hvid sovs. (Opskrift er fundet på ømf.dk)
+Palt er, i det sydlige Sverige, en ret der består af bagt blod og groft mel. Oppe nordpå er det en ret med kartofler. (wikipedia)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv
+Christine Swanes brevarkiv, kasse 1, kuvert 1, 2002/61, A8, lb 11</t>
+  </si>
+  <si>
+    <t>I A Larsen og hustru Vilhelmine Larsen var på Båxhult i Sverige for bl.a. at sælge gammelt jern. 
+Der holdtes fødselsdagsfejring af VLs afdøde søster Sophie Eckardt. Man sørgede over tabet af VLs niece Marie Kjellmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6gU</t>
+  </si>
+  <si>
+    <t>Boschult den 14/ 11 morgen
+Kjære Marie!
+Her har ingen Kjøren været, nu kommer Aron i dag, han tager Brevet med, det trækker ud med Savningen, og Ville i Dane kommer først i Morgen med Besked, om han kan kjøbe det gamle Jern, om ikke de kommer tilrette om Prisen, nej for Faer maa dog ned til Landeryd og forsøger anden Kjøber, saa er det vor Mening at rejse herfra Onsdag. I skal nok høre fra os fra Kjøbenhavn, medens jeg husker det lille Marie sørg for at faa varmet godt op i Sovekammeret og Sengene dampede godt ud, for nu er vi jo vænnede til al den Varme herovre, Brasen i Kaminen baade lyser og varmer,- vi fik brændt Bønner tilmorgen og drukket en udmærket kop Kaffe, og vi har saameget god Mad, at I ikke skal ynkes over os hverken for det ene eller andet, og saa er vi saa raske at det er en Lyst, Faer gaar de lange Veje og mærker aldeles ingen Træthed i Benet nu i de sidste Dage. Tak for dine 2 sidste Breve, de kom ganske rigtig om Tirsdagen, saa du kan se Faer har Ret. Oh saa er jeg saa glad, naar vi hører fra Eder, og hører Alt er vel, jeg fik samtidig Brev fra Uglen, lad hende høre om dette; naar vi kommer for jeg naaer ikke at skrive andet end dit, hils dem Alle, og du med de søde smaa Drenge har de gjort Rejsen til Kjærbyhus, og Kalvene, det var herligt at det gik godt og Besætningen er rask, det kan jeg lide at høre, at du giver Kalvene om Middagen, saa er der Forslag i Arbejdstiden for Agraren, Gud velsigne det ganske Hus medens vi er borte.
+Igaar det var den 16. kom Aron og Halfred og hentede mig de vilde havt Faer med, men det stod ikke til at faa ham fra Huset, det var jo Moster Sofies Fødselsdag og der var sat Blomster ved hendes Portræt, de havde faaet et Billede af Marie forstørret, det hængte over Sofaen
+Augusta var dog oppe; men sad paa sit Rum. Lisa havde travlt med at gjøre det saa godt for mig, Kaffe og Duppe da jeg kom Smørgaas før [ ulæseligt ord ] Kød Potatis Grynsuppe; Pelter ovenpaa Kaffe med Duppe inden jeg rejste ja det var saa godt for mig at see hvor glade de bleve ved mit Besøg, og saa alle de dejlige Blomster der stod en Nillike fra en Stikling af hendes Gravkrandse den havde paa Maries Fødselsdag 15 Blomster, og nu igaar stod den med 2, samme Farve som vores den lyse. Alle Børn var friske, Bernhardt havde i Sommer hjulpet saa godt med Sletten, saa Aron havde skjænket ham en Harmonika, den spillede de paa for mig, alle, om det saa var lille Syssan, saa sad hun paa Papas Knæ og spillede en frisk March det var en meget fornøjelig Besøg for mig Trods al den Vemod det rummer ved savnet af Marie. Jeg skal hilse fra alle Johannes kunde gjerne glæde os med et Par Ord fortæl naar vi kommer maaske vi dog saa dem paa Banegaarden om de dog maa sælge noget, ja ja hvor jeg beder og noget gaar der jo nok, saa meget skal der til, kommer de hjem snart eller bliver Johannes der længere. Nej nu maa jeg holde op for begynder jeg først at spørge saa løber det hele rundt for mig. Hilsen og Kys til alle 3. Moer</t>
+  </si>
+  <si>
+    <t>1905-11-18</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Eckardt
+Anna Henriksen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Det er formodentlig enten Christian Brandstrup eller Christian Eckardt, som Alhed og Puf Larsen har spist frokost med på Bernina (en café).</t>
+  </si>
+  <si>
+    <t>Alhed og Puf Larsen er i København. De har spist på Bernina med Christian og været i Valby.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nPmU</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Rejsen gik udmærket, jeg har været hos Henriksen og det der ud som Cardeza [?] han skulde aflevere Tæppet her i Morgen Form. inden 12, det bliver spændende. Vi behandlede ham i Telefonen. – Chr. har haft Puf og mig til varm Frokost paa Bernina. Vi har tilbragt en behagelig Dag. Var et Svip i Valby, Lud ville helst udbetale, men havde ingen Penge. Jeg skal derud i Morgen, han vilde betænke sig. – Hvordan har I det. Her ligger tykt med Sne. Vejret er yndigt. Kys lille Bip. 1000 Hilsner Din A. 
+[Håndskrevet på kortet]: Maleren Hr. Joh. Larsen
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1906-08-03</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+- Andresen
+Carl Andresen
+Christian  Brandstrup
+Thora  Branner
+- Mogensen, Fru
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Hans Smidth
+Henry Smith, nær Erikshaab
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Erholm ligger i Gelsted, Assens Kommune.
+Brahesborg Gods er beliggende mellem Assens og Glamsbjerg. 
+Johanne Warberg blev gift med Adolph Larsen, som var Johannes Larsens bror. 
+Det vides ikke, hvem Doktorens og Marie var. 
+Gelskov var nogle år forpagtet af Hempel Syberg (Onkel Syberg), hvorefter Mogensen-familien overtog forpagtningen.
+På Ølstedgård boede Albrecht Warbergs søster (Tante Visse) med familie.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0013</t>
+  </si>
+  <si>
+    <t>Johanne takker for brevet , og hun vil tage til Brahesborg og tale med godsforvalteren. Hun håber det bedste.
+Brylluppet er sat til 22. august. 
+Johanne kunne ikke holde ud at være på Erikshaab.
+Paludan har givet Johanne 60 kr. i bryllupsgave. 
+Tante Visse/Louise Amstrup har talt grimt om Johanne, men Andresen stoppede hende. 
+Johanne spørger, om moderen har taget hendes kogebog med fra Erikshaab. Hendes skrivebord og klaver var i god stand, men hendes bøger lå i et pulterkammer udsat for mus og regndryp. 
+Det er synd for Andreas/Dedde, at han skal slide i varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HYYW</t>
+  </si>
+  <si>
+    <t>3 Aug. 06.
+Kæreste Mor!
+Det var rigtignok et epokegørende Brev, jeg fik fra dig! Jeg skrev øjeblikkelig en Ansøgning – d.v.s. Fuldmægtigen lavede Kladden – og fik det af Sted samme Dag; mere expedit kunde det altsaa ikke være. Men Grevinden kan jeg ikke faa fat i, da hun tager lige fra Erholm til Fanø og bliver der. Jeg tager derimod i Morgen selv over til Brahesborg for at tale med Godsforvalteren – det kan aldrig skade, mulig gavne. Hvis han saa fortæller mig, at der absolut er alt Haab udelukket for mig, så vil jeg ikke gøre Grevinden Ulejlighed, men hvis jeg kan mærke mig til, at der er Gnist af Mulighed, skriver jeg til hende og beder hende gøre noget for mig, hvis hun kan. Onkel Syberg er meget interesseret i det og mener at jeg skal bære mig saadan ad. – Jeg gør mig slet intet Haab, men vil selvfølgelig alligevel hænge i med det ud af alle Kræfter. Det var dog forfærdelig pænt af Onkel Christian at skrive til dig, vil du hilse ham, naar du ser ham og takke ham fra mig. Tænk! Hvis det skulde lykkes! Hvis jeg faar det, telegraferer jeg til dig! -------------
+Jeg kan ikke huske, om jeg skrev til dig, at vi ellers havde berammet Bryllupsfest til d. 22nde Aug., men hvis Godsforvalteren forlanger det opsat p.Gr.a. Legatet, saa opsætter vi det selvfølgelig. Men det vilde være næsten grinagtig småligt for de 14 Dage. – Jeg cyklede fra Erikshaab i Gaar ved 11 Tiden; jeg kunde ikke rigtig holde ud at være der; desværre fik ["fik" overstreget] kom jeg ikke rundt til Folk (undt. Degnens Fru Peja og Stationsforvalterens) jeg kunde bogstavelig talt ikke; Heden virkede saadan paa mig, at jeg blev daarlig det slog sig paa vore Maver, saa jeg var helt elendig – tilsidst. Men jeg er ked af at tænke paa Smidts, Doktorens og den gl. Grevinde. Da jeg sagde, at jeg vilde rejse den og den Dag, sagde Marie blot ”ja jeg vil ikke bede dig blive, Ja Otto skal jo rejse ”. Men da Pallam havde bestemt at rejse Mandag og jeg rejste Torsdagen før, lød det jo ikke hel plausibelt. Men tænk, da jeg skulde cycle, fulgte Pallam mig hen til den lille Skov og gav mig 60 Kr!! som jeg selv skulde købe Brudegave for; synes du dog ikke, det var imponerende! Jeg er forfærdelig glad ved det, sætter dem foreløbig i Sparekassen hernede og holder det hemmeligt paa visse Steder. - - Den sidste Aften var vi paa Gjelskov til Ære for mig; vi fik Rødvin og det var i det hele overmaade festligt. Jeg snakkede meget med Fru Mogensen, der talte meget smukt om dig og alt andet end venligt om Tante Visse; og hun sagde, at det var jo aldeles utilgiveligt, hvad Fru Jørgensen der havde gjort. 
+Andresen var forleden paa Ølstedgrd. hvor Tante Visse straks begyndte at snakke om mig, men Andresen stoppede Diskutionen ved at sige, at han syntes nu, jeg var en rar Pige og kunde ikke se andet, hvorpå Tante Visse tav stille. --------------------------------
+Herude befinder jeg mig saa udmærket. Onkel Syberg er saa flink og venlig imod mig og Tutte og jeg har det jo som altid storartet sammen. Kirstine er ogsaa flink og meget mere tiltalende end i Vinter. Hun giver os god Mad. - - Mon du dog havde min skrevne Kogebog med som jeg bad dig om, saa var det dog ærgerligt, at jeg ikke fik den; men ellers kan jeg jo faa den naar du til Efteraaret sender det andet. Mit Skrivebord stod godt i Spisestuen, Klaveret i Havestuen, men alle mine gode Bøger laa i en Hob paa Gulvet paa Pulterkammeret, udsat for Mus og Støv og Regndryp fra Taget!
+Hvad mener du saa om Saften skal jeg sende den, hvis Varmen vedvarer eller hvordan? Nu er der vist ikke mere for denne Gang! Jeg længes meget efter at høre, hvordan du synes, Dedde har det, om han taaler Læsning og Hede o.s.v. Jeg var gruelig ked af det for ham, da han rejste ned og skulde til at slide i den trykkende Luft. Hils ham mange Gange og kærlig Hilsen til dig selv fra Junge – og Tutte.</t>
+  </si>
+  <si>
+    <t>1906-10-27</t>
+  </si>
+  <si>
+    <t>Malmø</t>
+  </si>
+  <si>
+    <t>Dresden
+Berlin</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bernhard Hirschsprung
+Andreas Larsen
+Johan Larsen
+Vilhelm Larsen, Georgs søn
+Rasmus Petersen, Gartner
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid Goldschmidt f. Warberg, som nu har født sit barn nr. to, Adam. 
+Hvad der var galt med Johannes Larsen nevø, Vilhelm (Ville), vides ikke.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Alhed sige til lykke til søsteren og hendes mand. Han er ked af, at Alhed skal knokle så meget og spørger, hvad jordemoderen, som bor hos Alheds søster og svoger, laver, hvis det er Alhed, der passer barnet.
+Larsen har bragt billeder til glarmesteren og ordnet have.
+Johannes Larsens nevø, Vilhelm (Ville) har det dårligt, og barnets far/Johannes Larsens bror tror ikke, at han kommer sig.
+Børnene larmer, så Larsen kan ikke koncentrere sig om at skrive brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KW2z</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag Aften 27/10 1906.
+Kæreste Alhed!
+Tak for Dit Brev i Eftermiddag! Ønsk Dis og Alfred til Lykke. Ja jeg fik det at vide i Formiddags. Det er dog forfærdeligt saa Du maa hænge i, jeg har hele Tiden haft den Opfattelse at Du ikke bestilte andet end køre ud med Sjums et Par Timer om Dagen og da Du ikke havde givet mindste Grund for den tredje Besked med Amanda forekom det mig ganske meningsløst at sige om igen. Du maa dog indrømme at 3 Beskeder i 4 Dage er lidt for rigeligt og jeg valgte saa din Udvej helt at holde min Mund. I Dag har jeg faaet 10 Billeder til Glarmesteren, der af 7 til de smaa forgyldte Rammer. Puf og Lysse hjalp mig at bære Rammerne ned og bar henholdsvis 2 og 1. Rasmus Petersen har nu faaet Løgene hjem. I Eftermiddag har jeg rodet lidt i Haven, plukket Tomater ind og gjort Lørdagsrent i Gaarden. Jeg vil forsøge at faa dette Brev med 6.20 Sludder det kan jo først komme med 8 Toget og saa faar Du det jo først paa Mandag. Jeg havde Brevkort fra Lud i Dag, han har været en Uges Tid i Dresden og Berlin med sin Svigerfader. Det er desværre saa daarligt med lille Ville for Tiden, jeg kan mærke paa Grossereren at han tror ikke han kommer sig. Børnene ligger og roder paa Gulvet og laver en syndig Spektakel saa det er mig umuligt at samle mine Tanker, vi skal gaa over at spise nu saa gaar jeg ned med Brevet bag efter. Jeg er ked af at Du har det saa strængt. Mange Hilsner og Kys.
+Din
+Johannes Larsen
+P.S.
+Hvad Fanden bestiller Jordemoderen naar hun bor hos Jer og Du passer Barnet???</t>
+  </si>
+  <si>
     <t>1908-04-18</t>
-  </si>
-[...1 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Leksand
 Tibble</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>- Bernberg
 Bjørn Bjørnsen
 - Blomberg
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Alhed Larsen
 Johanne Christine Larsen
 Senta S
 Asra Smedberg
 Cid Smedberg
 Tante Smedberg
 Christine Swane</t>
   </si>
   <si>
@@ -186,316 +2410,386 @@
 Dagene i Kerteminde glemmer jeg sent – så rædselsfulde de var – ene i det store Hus med de to små – gnavne – frysende Unger – Adam syg i to Døgn med høj Feber – Sjums Mundbetændelse og bolden Finger – og jeg selv så dødsenstræt og tilintetgjort. Hvad hjalp det så, at jeg havde 100 Kr. liggende, som en god Ven havde sendt mig til en Rekreationsrejse. Men omsider blev Amanda færdig ved sine Forældres Sølvbryllupsfestligheder - og kom mig til Hjælp. I Tirsdags kom hun op – og overtog Børnene – samtidig flyttede vi dem og hele vort Habengut over i det store Kærbyhusgæstekammer, hvor hun nu kan fyre hver Dag i Kakkelovnen og være med Ungerne, når de ikke er ude, hun spiser med dem hos Junge – og hjælper til Gengæld med alt forefaldende. Hun var meget sød og imødekommende til at gå ind på alting, særlig da jeg gav hende 10 Kroner for Besværet. Imidlertid var det Meningen, at Alfred skulde være i Kerteminde i Påsken; på en Måde er det jo så yderst passende, at jeg er borte, men på den anden Side må Alfred af visse Grunde nødig vide, hvor og hos hvem jeg er, da det vilde pine ham – og til hvad Nytte. Altså har vi ordnet det således, at jeg officielt er hos Peter i Jylland til ham – til ham skrev jeg – og han modtager mine Breve fra Alfred og sender dem her til mig. Kun Junge og Uglen ved, hvor jeg er. Ikke Be – hos hvem Alfred skal være Gæst – hun slipper så for at spille Komedie – eller gør det ialtfald i god Tro. 
 Nå – det var Forhistorien – som Du endelig må lægge Mærke til og altså respektere mit Incognito, hvis Du skriver til Be.
 Og så rejste jeg Tirsdag 14de april ["14de april" indsat over linjen] Nat med Dagvognen til Ullerslev fulgt derned af Uglen, der sammen med Junge havde siddet oppe med mig – en vældig hyggelig Aften – vi sad i Uglens hyggelige, varme Dagligstue – drak megen Kaffe med forskelligt til – også Likør og Cigarer. Ved 1 Tiden gik Junge og Kl. 2 drog vi ned til Vognen i herligt Måneskin. Det var en meget underlig Rejse – jeg kunde næste ikke fatte, at jeg nu virkelig rejste bort fra al Sorg og Fortvivlelse – bort til fjerne og ukendte Egne, som jeg havde hørt så meget smukt om. 
 I Kjøbenhavn gik jeg hurtig i en Sporvogn – Farimagsgadens – og gemte mig i Ventesalen på Østerbro Station. Tog med Færgen 11.00 – sov hele Vejen. I Malmø styrtede jeg i en Droske – lukket – og kørte til Stenbocksgatan, hvor jeg modtoges med åbne Arme af Tante Smedberg og Senta S. Blev der til Middag – de var forfærdelig søde og venlige imod mig. Efter Middag kom Sven – Tarnborg – Cids bedste Ven, som også jeg har haft en Del at gøre med og vi er meget fine Venner. Han kom for at få mig med til Lund, hvor vi skulde feste lidt inden Afrejsen. Han havde planlagt hele min Rejse, så der var jo meget at forhandle om. En Droske havde han med sig, og så gled vi altså. Nåede usete af Bekendte til Lund, hvor vi først besørgede et Par Ærinder – gik så en pragtfuld Tur ud på Landet – til den
 II/ ene Side så vi den herligste Solnedgang udover Sletten og Øresund - og bagved os stod Fuldmånen op i al sin Glans. Og så denne ubeskrivelige Følelse af endelig engang at være fri - - ude af det alt sammen – og - - glædes over det, som lå foran én, Rejsen – og Opholdet i den lovpriste Landsdel og – ikke mindst, Gensynet med Cid, som Du jo nok ved, jeg holder meget af. 
 Ved 9 Tiden kom vi tilbage til Lund, hvor vi imidlertid skulde træffe Bjørn Bjørnsen, en ung assistent, som Asra Smedberg er forlovet med. Vi tre spiste så en animeret Souper på Hotellet – og Gud hvor var vi sultne – og glade – og løsslupne – og hvor Maden smagte! Først Smørgåsbord med Snaps og Øl, så Lammekotelet med Rødvin og endelig Ananas au naturel med Portvin - - og så af Sted til Toget. Sven, der har Fribillet til Jernbanen, fulgte mig til Tranås – 5 Timers Iltogsrejse – fra Kl 10-3. Da vi kom til Hesleholm i Småland var der 5 Minutters Ophold – Sven forsvandt – og kom tilbage med en Flaske Champagne! 
 Åh – sådan Fest det var! Blødt og fint rejste vi – på II Klasse stod ude i den lange Korridor og nød Udsigten igennem de dejlige Landskaber – og drak Champagnen af Vandglassene! Røg en Masse Cigarer – spiste Appelsiner – sludrede og var i glimrende Humør. Jeg fik Lov at sove en ½ Time – og var siden frisk igen. 
 Kl 3 var vi i Tranås – et bekendt Kursted med Brystsygesanatorium. Der var 15 min. Ophold – og vi spadserede da på Perronen i det dejlige, friske Morgenluft. Skiltes. En halv Time efter var jeg i Mjølby (i Østergøtland), hvor jeg skulde skifte Tog og hvor jeg løste Billet til 3die Klasse. 
 Op på Dagen fik jeg Rejseselskab af en henrivende ung Pige, vi snakkede ivrigt sammen og det viste sig, at også hun syslede med Pen og Blæk. Desværre skiltes vi i Krylbo; men så var man i Dalarne det var Klokken 12 Torsdag Formiddag. Hvilken Rejse – det var som en Æventyrfærd! Trods al Træthed kunde jeg ikke lade være at se ud - på de dejlige Bjærge med grønne Fyr og Granskove – og Birkeskove med skinnende hvide Stammer - - Sneen lå endnu på mange Steder – og de små røde Træhuse tog sig bedårende ud mod den hvide Sne. 
 Det var blandet Tog – og det gik - usigelig langsomt – men så meget der var at se på – ved hver Station kom der Folk ind i brogede, smukke Nationaldragter og de talte et Sprog, som var fuldkommen uforståeligt for mig; men alle var de glade og muntre – lige så fornøjelige at se på, som deres Dragter – der var en Leen og Snakken hele Tiden. 
 Tilstå må jeg dog, at Trætheden undertiden overvældede mig så jeg måtte sove et Øjeblik. 
 Først Kl. 6.15 om Aftenen nåede vi Insjön, hvor jeg snart i Folkevrimlen fik Øje på en smilende Cid; og så tænkte man ikke mere på sin Træthed. Snart efter var vi ombord på den lille Damper, der tætpakket med de mest forskelligartede Mennesker, førte os blidelig ned ad Dalelven. 
 Åh Mor, det kan ikke beskrives hvor herligt det var!
 Insjön lå spejlblank med sine skovklædte Granitbjerge – Aftenen var så stille og mild – og Solnedgangen - - ! Og Cid fortalte mig om Livet deroppe – om Tømmerfløtningen, der snart skal begynde. Når Sneen smelter i Bjergene, så stiger Elven – og så begynder Tømmerdriften – Tusinder og atter Tusinder af Planker kommer så drivende højt højt nordfra - - og vi så, at de var i Færd med at lave Dæm-III/ninger – Plankerne kædes sammen i hinandens Forlængelse og dermed dannes en hel Vej langs den ene Elvstrand [Tegning med ordene "Elven" og "Dæmning" indsat] – jeg vèd ikke, om der gik Timer eller Minutter, ved blot, at det hele forekom mig at være en Drøm – en vidunderlig skøn og prægtig Drøm, fra hvilken man aldrig skulde ønske at vågne. Så kom vi til Leksand – ved den lille Bro stod fuldt af ventende Mennesker – og der blev et Liv og en Virksomhed, da Båden lagde til. Blandt de mange små Køretøjer fandt vi omsider vores ”Skjuts” vi steg op på Forsædet, Bagagen og en Dalkarl bagpå – han stod op! og kørte Hesten – og det gik i susende Fart op ad skumpede, stenede Småveje – Zig zag op ad Bjerget, til vi landede i en stor gammel rød Gård, hvor en smilende Dalkulla i Nationaldragt viste os Værelset, som Cid havde lejet til mig.
 Det er nærmest en Sal, jeg bebor – Vinduer til 3 Verdenshjørner og fra dem alle en Udsigt!! For øvrigt en meget hyggelig Stue – hvidskuret, tæppelagt Gulv – snehvide, hjemmevævede Gardiner – ligesom der også på alle Borde og på Sengen findes dejlige, vævede Stykker – hvert Hus har sin Væv – og de væver alt selv.
 Da jeg var bleven ordnet en Smule gik vi hen til Pensionatet, hvor jeg spiser – hos Frøkenerne Bernberg - 3 tykke, livlige og meget elskværdige Damer. 
 De – samt de øvrige Pensionærer kaldte mig vedholdende Frøken (trods Præsentationen, der lød på Fru) Næste Morgen, da jeg var ene med Frk. Bernberg sen. sagde jeg til hende, at det var ”et litet Mistag – min Titel var fru – fastän jeg var skild.” 
 Forbavselse! Ved Middagsbordet, da jeg sad i ivrig Passiar med en Lærerinde fra Stockholm – som idelig sagde Frøken S. til mig – bemærkede Frk. B, at det var ”et mistag etc!” 
 Stor Opstandelse! Fra det Øjeblik var jeg Ifølge svensk Skik – den fornemste Gæst – jeg skal have først o s v – o s v – o s v. Svenskerne er kostelige med al deres Etikette. Frkn. Blomberg forandrede straks deres Væsen og er nu udsøgt elskværdige – hensynsfulde - - og konverserende. Men ingen forstår et Muk, når jeg taler dansk – så jeg øves ganske godt i mit Svensk. Næste Dag – Langfredag – var Cid og jeg i Leksand – 3 Kilometer herfra – og så på Kirkefolket. Et uforglemmeligt Syn. De går i Vinterdragt nu – hvid, kort Skindkofte, kantet med en hvid Pelsbræmme – sorte, læggede Nederdele og brandrøde Forklæder; disse sidste betegner Sørgedragter, som bæres i hele Fasten – sidste Dag Langfredag. På Hovedet brogede Huer – forskellige for hver Landsby. De unge Mænd har desværre emanciperet sig og går moderne klædt, hvorimod alle gamle Mænd bærer Dragter – lang sort Klædesfrakke – gule Knæ-skindbuxer og hvide uldne Strømper. Håndværkerne bærer brunt Læderforklæde under den sorte Kappe. Storartet ser de ud allesammen. Efter Gudstjenesten samles alt Folket under Majstangen - og så går Sludderen, mens de venter på Posten, der kan hentes ved 1 Tiden, når Båden er kommen fra Insjøn. – I Går Eftermiddag travede vi i Bjærgene flere Timer – hvilken Luft her er – så ren – så frisk – så bedårende. Heroppe må man vel engang blive til et nyt og bedre Menneske 
 Nu er her ikke Plads til mere dennegang – men jeg skriver engang endnu herfra. Håber at Pengene slår til i 14 Dage – og rejser nok 1ste Maj hjem. Dit Brev fra Kristania nåede jeg at læse i Kerteminde – gid Dit næste Brev bliver ligeså godt! Jeg længes meget efter at høre, hvordan rejsen er gået. – nu er Du nok omtrent derovre. 
 Kære Mor – jeg håber at dette Brev glæder Dig – og at Du ikke finder plads i Dit Hjerte for nogen Forargelse. Jeg synes virkelig selv, at jeg i de 
 [Skrevet på hovedet øverst på brevets s1:]
 sidste År har døjet så meget ondt, så at jeg nu har Lov at føle mig glad engang. Og det gør jeg – takket være - - - ! Gæt selv. Tusinde kærlige Hilsner fra Din Astrid.</t>
   </si>
   <si>
+    <t>1910-05-22</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Hans Jørgen -
+Line Træskomands -
+Hans Christian Caspersen
+Johanne Caspersen
+Rasmus Dalberg
+Adam Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Henry Smith, nær Erikshaab
+Hempel Syberg
+- Thagensen</t>
+  </si>
+  <si>
+    <t>På Glorup boede Albrecht Warbergs bror med familie.
+Det vides ikke, hvem Munk, Doktoren, Jørgensens, Kaptajnen og Marie er.
+På Sandholt boede Nicoline von Sperling, som var en ven af Warberg-familien. 
+Munter var Warberg-familiens hund. Den må være blevet hos Paludan på gården Erikshaab, efter at Laura Warberg flyttede fra stedet, da hendes mand, Albrecht, var død.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1910-05-22, 2420</t>
+  </si>
+  <si>
+    <t>Valget var en skuffelse.
+Der er dejligt på Erikshaab i forårsvejr.
+Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
+Hunden Munter er blevet gammel. 
+Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0u8z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19.3
+Malmø
+Skåne
+[Diverse tegninger og kradserier]
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22de Maj – 
+Kære Astrid!
+Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
     <t>1911-04-28</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pisa
 Via San Lorenzo 16</t>
   </si>
   <si>
     <t>Bernt Grønvold
 Hermine Grønvold, f. Hermann
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra efteråret 1910 og små tre år frem i Pisa. De rejste hjem, da Anna var gravid med parrets syvende barn.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har være træt af de højrøstede italienere. Overklassen er udmajet, og underklassen lugter af sved og hvidløg. Men de er smukke som oliventræer.
 Zahrtmann er i Pisa, og han opfører sig helt anderledes end i Danmark. Ikke så fornemt som hjemme. Zahrtmann tåler ikke, at italienerne bliver kritiseret.
 Syberg-familien har haft besøg af norske Bernt Grønvold med frue. De bor i Tyrol, og de var også rystede over italienernes upålidelighed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4GAF</t>
   </si>
   <si>
     <t>Pisa 28 April 1911
 Via San. Lorenzo 16
 Kære Johannes V. og Else!
 Nu har jeg i lang Tid villet skrive, men dårlig Humør har afholdt mig
 [resten af siden ulæselig pga. dårlig indscanning fra Det Kongelige Bibliotek]
 Hans til Kirurg, til at ”tagliare” Bylderne som Italienerne kalder det, da jeg ikke kunde overvinde mig til at betro mig til en italiensk Læge.
 Arbejdet har gået om det end har knaget i Maskineriet. Den værste Omgang af Antipati mod Italienerne har jeg overstået, tror jeg. Der var nogle Måneder hvor jeg hadede det forbandede Italienerskrål. Nu begynder jeg at få fat på Egnen her, både Byen og Landet. Der er forresten ikke så dybe Forskælle [”dybe Forskælle” overstreget] dyb Forskæl. mellem Land og By her som hjemme, synes jeg. Tusindårig Kultur præger det hele. Zahrtmann er her. Han er, hvad der forbavser mig, et ganske andet Menneske her end hjemme. En god Portion formel Fornemhed lader han blive på den anden Side Alperne. Her er han udelukkende elskelig. Hans ømme Punkt er at man skal gå hen og sige et eller andet om Italienerne som ikke er i allerhøjeste rosende. Han bliver ikke vred, men helt ulykkelig. 
 Vi har havt Besøg her i Pisa af forskællige Danske. Desuden af en Nordmand Bernt Grønvold som er gift og bosat i Tyrol. Fruen var med. Det var rare Mennesker som på en mærkelig Måde var præget af at de [”at de” indsat over linjen] altid at bo [”at bo” overstreget] bor ganske ensomt i en eller anden tyrolsk Bjergegn. De var rystede over Italienernes Upålidelighed, hvilken vi andre er ret fortrolige med. Jeg tror forresten at Pisanerne er en mindre tiltalende Rase end f.Ex. Florentinerne. De er heller ikke så smukke som Helhed. 
 [Skrevet øverst på den følgende side, på hovedet:]
 Kære Venner, jeg har helt glemt at skrive jeg befinder mig saa vel her, saa jeg rent glemmer Pen og Blæk. Alligevel har jeg ikke glemt Jer, længes tit efter Jer. Mange Hilsner Jeres Anna [indsættelse slut]
 Du skrev i Dit sidste Brev at når vi mødtes igen var vi nok helt andre Mennesker. Det lød på Tonefaldet som om Du helst vilde, at vi ikke forandrede os ret meget, er det så? Jeg ved ikke om Italien kunde ta’ mig, jeg tror det ikke men ved ikke meget om mig selv. Italienerne kommer jeg [i] hvert Fald aldrig til at kunne lide rigtig. De morer mig og jeg beundrer meget ved dem, men jeg tror at de altid vil blive .. eller snarere at de bliver mig mere og mere uappetitlige. Overklassen er malet og udstoppet så man ikke ved hvor man kan sætte en Finger og være sikker på at træffe Personen selv, og Underklassen som jeg absolut lider bedst stinker så forbandet af Hvidløg og en eller anden stram Negerdunst. Desuden er der på nært Hold noget vist udartet ved dem alle, [kommaet overstreget]. De har Kraft nok, men er alle sammen knastørre og ufriske. [En del ord overstreget og ulæselige]
 De er smukke på samme Måde som de Oliventræer 
 [resten af brevet mangler. Eller afslutningen er indsat nederst på første side, som ikke kan læses pga. dårlig indskanning]</t>
   </si>
   <si>
-    <t>Den grønne Pære</t>
-[...5 lines deleted...]
-    <t>Alhed Larsen
+    <t>1911-05-29</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Joachim Andersen
+Poul S. Christiansen
+Holger Drachmann
+Guiseppe Garibaldi
+Bernt Grønvold</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
+"Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
+  </si>
+  <si>
+    <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
+Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WmBB</t>
+  </si>
+  <si>
+    <t>Pisa 29 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else!
+Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
+Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
+Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
+En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
+Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
+Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-02-05</t>
+  </si>
+  <si>
+    <t>Charlottenlund</t>
+  </si>
+  <si>
+    <t>Vilhelm Andersen
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Johanne Caspersen
+Poul Caspersen
+Johanne Caspersen, datter af Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+August Kattrup
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>"Den nye Støtte" ved Femvejen: Dette "Mindesmærke, der knytter sig til Bernstorff, er opstillet paa den saakaldte »Femvej«, Navnet for den aabne Plads, som har dannet sig ved Skæringen mellem Jægersborg Alle, Bernstorffvejen, Ordrup Gade og Vejen til Ordrup Krat.
+(...) Monumentet er tænkt, dels som et Mindesmærke for Bernstorffs Herskab i sidste Halvdel af det nittende Aarhundrede, Kristian den Niende og Dronning Louise, dels som et Samlingsmærke for de mange Kirkesogne, hvoraf det oprindelige Gentofte Sogn nu bestaar.
+Det er udført i bornholmsk Granit efter Tegninger af Arkitekt A. Clemmensen og Billedhugger Bundgaard og bestaar af en Obelisk med Portrætmedaljoner, flankeret af en Balustrade i Granit; bag Monumentet en Forsænkning med Kildevæld og to af de gamle Alletræer. Det afsløredes 7. September 1913. Indskriften er forfattet af Professor Vilh. Andersen. Der staar: [mod Syd] Som et Minde • om Bernstorfs kongelige Herskab • der paa dette Sted i et stille Hjem tænkte paa Tidens Tarv • til Danmarks Bod og Herskerhusets Hæder . [paa Forsiden over Portrætterne] Kong Christian den Niende og Dronning Louise [mod Nord] satte vi • Mænd og Kvinder af Gentofte-Ordrup-Hellerup Sogn • denne Sten • som et Mærke • i Sognenes Midte • paa Sammenholdet i deres Styre • [paa Bagsiden] som et Maal • for dem der i Tidens Løb • mens Linden løves • bor her mellem Skov og Sund • at de under samme Himmel • og med det samme Haab skal tjene Fædrelandet og Fremtiden • som hine." Gentofte Sogn i for- og nutid. https://slaegtsbibliotek.dk/920358.pdf
+Fritz Syberg udstillede på Den Frie 1914 (Weilbachs Kunstnerleksikon). 
+Det vides ikke, hvem Olesen, der havde en butik i København, var. 
+Om hussalget og arbejdet som arkitekt: Sagen drejer sig om Laura Warbergs bror, Christian Brandstrup, og hans familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2620</t>
+  </si>
+  <si>
+    <t>Laura Warberg går tur i den gode luft og har blandt andet set støtten/obelisken ved Femvejen. 
+Det var et held, at Laura blev syg hos Caspersens, for de har været mageløse. 
+Laura skal mødes med Alhed og Louise/Lugge og købe møbelstof. 
+Salget af Eline og Christian Brandstrups hus er gået i orden. 
+Thora Branners drenge har mæslinger. 
+Minna Warbergs far er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHau</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Charlottenlund – Torsdag
+Kære Astrid!
+I Gaar kom jeg herud for at komme lidt til Hægterne igen i denne gode Luft; glæder mig til at gaae de dejlige Ture igen, har i Form. været ved 5-Vejen og set den nye Støtte med den i sin Tid meget omstridte Suskription af Wilhelm Andersen. Det var min første Udflugt siden Sygdommen. Gid vi dog kunde faae godt Vejr her; jeg bliver vist til Tirsdag. Jeg turde ikke tage Sporvognen i Gaar, men gav 3 Kr. for en Bil; vi kørte akkurat 12 Minuter, men, det er dobbelt Takst herud. Caspersens kørte med, en herlig lille Tur! De spiste senere Middag hos Pouls, godt at Tante nu kan røre sig lidt frit igen. De har været mageløse mod mig begge to; Kalder det et Held, jeg blev syg der. I Morgen kommer nok Las’s nogle Dage til Byen for at see Sybergs Udstilling; de er bedt til Frokost hos Caspersens paa Søndag, saa skal jeg derud pr. Sporvogn. Jeg haaber at faae Alhed og Lugge med mig nogle Indkøb hos Olesen til mit Hus, bl. rødt Damask til Sofaen. Jeg taaler saa lidt i mit Hoved endnu, men det er da heldigvis ikke Svimmelhed, kun Træthed. Chr. ofrer sig og spiller Whist en god Time med os om Aftenen. Nu er endelig Salget af Huset i Orden og de har begyndt at see paa Lejlighed inde i Byen; der mener han lettere at kunde faae noget Arbejde som Arkitekt; Han især har været dybt nede over at skulde herfra; men de boer altfor dyrt. Du veed vel at Thoras Drenge ligger af Mæslinger, men jeg haaber, hun alligevel kommer til [ulæseligt] derude i Dag. Hvordan har I det lille Putte. Gud veed, om jeg naaer over til Eder! om jeg ikke rejser hjem, saa snart mine Ærinder er besørgede. – Du veed da nok, at Minnas Far er død for en Uges Tid siden; det er meget sørgeligt. Maaske jeg har skreven det til Dig. Nu hører jeg vel lidt fra Dig inden Søndag; saa skriver jeg igen. 
+Kærlige Hilsener til Dig og Børnene fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-03-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Adam Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Moritz Goldschmidt
+Selmar Goldschmidt
+- Kramer
+- Printzen
+Esther Printzen
 Ellen  Sawyer
-Fritz Syberg
+Martha -, Stuepige hos Brønsted
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg-Goldschmidt til Laura Warberg 1914-03-02, BB2435</t>
+  </si>
+  <si>
+    <t>Astrid har været i København og købe en masse tøj samt se Sybergs udstilling i Kunstforeningen. Bagefter var hun til middag hos Brønsted i Birkerød. Den følgende dag besøgte hun sig svigermor, der gav hende stof til en kjole og om aftenen til fødselsdagsfest.
+Astrid spiser frokost med sine børn på skift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X7xB</t>
+  </si>
+  <si>
+    <t>2 – 3 – 14
+Kære Mor! Tak for Dit udmærkede Brev i Dag – hvor storartet, at det går så godt frem med Dig nu og at Du kan gå de gode Ture; der må være aldeles henrivende i Kerteminde nu i denne dejlige Forårstid, for selv om det også er lidt koldt, så er det dog en stor Fornøjelse at mærke, hvor Dagene længes og lysner; og blot Solen viser sig, så er der dog megen Varme ved den allerede. 
+Jeg havde en yderst vellykket Tur til Kjøbenhavn – Lugge hjalp mig storartet, og vi fik Alverdens Ting for de 50 Kroner. Nemlig en pragtfuld, brandgul Spadseredragt – hypermoderne – lige hentet på Skræderiet, rundskåren Jaket med Bælte om Livet – egentlig en Konfirmationsdragt – vi gik nemlig i Børnekonfektionen, hvad mange Voksne plejer. Pris 34,00. Dernæst en Paraply – meget god og net – 5,00 Kr. Et Par gule Rhandsker til Dragten – 2 Kr. – en ligeledes brandgul Fløjlshat med Fjer – Udsalg hos Goldschmidt - - 5 Kr! (alle Hatte solgtes til 5 Kr.) En hvid, langærmet Blusebeskytter – da Dragten er uforet og endnu lidt kølig- 1,35. Efter alt dette gik vi med god Samvittighed op på Bernina og spiste os gode og mætte uden Hensyn til Prisen, (jeg gav naturligvis) Derpå et meget opløftende Besøg i Kunstforeningen at se Sybergs dejlige Billeder. Kl 6 tog vi ud til Birkerød sammen med Magisteren. De havde en meget fin og festlig Middag, som indtoges i Hygge, Velvære og en varm Spisestue; alle de Små sad stilfærdigt ved det lille Bord, betjent af den gode og tro Martha. Vi fik et mægtigt Fad med en overordentlig fin Anretning på Serviet – med Rugbrød under – af varm, kogt Skinke (herlig!) garneret med Ærter, Rosenkål og Jordskokker. Hertil en veltempereret Rødvin! Derpå Ostepind – Schweizerost og Rochefort samt Æblegrød m Fløde. Jeg var dybt rørt over al den megen Ære! Siden havde vi en rasende hyggelig Aften med Snak – Musik og Sang; Lugge spillede en Mængde smukke Sager af et Gavotte-Album, som Elle har foræret hende. Ud på Aftenen åbenbarede den tro Martha sig sig igen i hvidforklædet Pragt med en Bakke med Te – Kix – Smør og Marmelade. Det var fra først til sidst et ganske henrivende Besøg. Jeg rejste næste Formiddag – gik op en Visit til min Svirmor, som var ene hjemme – og meget elskværdig. Hun forærede mig Tøj til en ganske yndig Sommerkjole, lyst Muselin med et lille brunligt Mønster og en Bort af blå Sirener. Jeg blev meget henrykt over den – det var min Bekymring, hvordan jeg skulde få en ny Sommerkjole, når jeg nu havde fået alt det andet. – I Aftes var jeg så til Fødselsdag hos Esther Printzen – hendes Far havde lige været i - Rothenburg! boet på Eisernen Hut! og var vildt begejstret! Han havde købt en hel Mappe fuld af smukke Raderinger derfra (til 30 Mrk.!) samt to tykke Bøger om Byens Historie. Jeg så alle Billederne og genkendte med Rørelse de fleste Steder. Det var en rar Aften – og vi blev voldsom trakteret – varm Aftensmad – Dessert – Kage – Konfekt – Appelsiner etc. Desværre traf det sammen med de Gamles Besøg herovre – så jeg gik glip af en Champagne-Sange hos Kramer; men kunde dog ikke snyde Esther. Nu kommer Sjums til Frokost – vi skal 
+[Skrevet på hovedet øverst på s1:]
+spise sammen; desværre falder Adams Frokost ½ Time før Sjumses – og begge vil spise med mig, så jeg må skifte lidt med dem; i Dag er det Sjumses Tur. Mange Hilsner fra Din A.</t>
+  </si>
+  <si>
+    <t>1914-03-17</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Dagmar -
+Heinrich Max Bernhard Heineke
+Theodor Henningsen
+Julius Hviid
+Kathrine Hviid
+Tycho Jessen
+Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne Kirkeby for at male. 
+Den Baltiske Udstilling åbnede 15. maj 1914 i Malmö. Den var skabt under inspiration fra Verdensudstillingen. Den Baltiske Udstilling sluttede brat pga. 1. verdenskrigs udbrud. 
+Håndværkerforeningen i Kerteminde holdt en stor fest for Sophus Meyer i marts 1914. 
+Det er uvist, hvilken auktion Alhed har været til. 
+Det er uvist, hvem R.V. Hansen er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har skrevet til Karl Schou om Den Baltiske Udstilling. 
+Christine Mackie og Alhed har været til fest for Sophus Meyer. Der var 100 mennesker til stede, men helt tavst under middagen og først lidt snak bagefter.
+Ved auktionen bød Alhed et billede af Tycho Jessen op. Hun beder om, at Johannes Larsen tegner sit store svanebillede for hende og at han anmelder de tre billeder til Den Fri samt maler nogle flere akvareller til salg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kmPh</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Det er en rasende Masse Skriveri for Tiden. Jeg har lige skreven et langt Brev til Schou om den baltiske og givet Oplysninger om forskellige Billeder. Hvor er det kedeligt, at den Telefon er saa utydelig, ellers var det saa rart at sludre lidt af og til om Aftenen. – Vi har det udmærket alle sammen Anders gaar og river og skuffer i Haven. – Vi var jo saa til Mejerfest i Haandværkerforeningen det var en sjov Forestilling. Der var over 100 Mennesker, men den meste Tid ved Bordet var der saa tavst, at man kunde høre Spektaklen af de arbejdende Knive og Gafler. Mejer sad mellem Farver Henningsen og Kone, jeg saa ikke en Gang, at de snakkede sammen. Menuen lød paa Kalvesteg og Flæskesteg Fromage, Øl og Snaps. Men efterhaanden tøde de jo op og navnlig efter Bordet blev det meget gemytligt. Christine og jeg hele Tiden sammen med Dr. Hviids, Heinckes og R.V. Hansen, som jeg skal hilse Dig fra, det er en pæn Mand og saa forstandig at snakke med. Jeg aftalte at spille Tennis med Lykke Heincke til Foraaret!!! - - Jeg kan ikke huske, hvad jeg har fortalt Dig om Auktionen! Skrev jeg at jeg ikke blev hængende ved Tycho Jessens Billede? Jeg vilde bare byde det lidt op og saa blev jeg det tilslaaet for 42 Kr. – Kan Du ikke tegne mig det store Svanebillede i næste Brev, bare saadan et lille Krads paa Brevpapiret, jeg er saa spændt paa at se lidt af hvad Du laver, helst ogsaa et Par af de andre. – Husk endelig hvis Du vil have flere Blindrammer da at sige til i god Tid, det varer jo en rædsom Tid, inden de naar derop. Jeg synes rigtignok absolut, Du skal anmelde de 3 Billeder til til den fri, jeg ser i Politiken at de anmelder baade 16 og 17 og det er nogle af dem, der ikke maler Akvareller, - jeg tror de 3 vilde pynte paa Samlingen. – Nu kommer Dagmar efter Brevet. Lysse har talt flere Gange om at skrive til Dig, nu gør han det nok snart.
+Kys og Hilsen fra os alle 3 Din A.
+17- 3 – 14 
+Se dog at lave nogle Akvareller det var dejligt med 400 Kr, jeg har ikke en Øre</t>
+  </si>
+  <si>
+    <t>1916-01-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Marie Bang
+Elisabeth Grundtvig</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Hans Agerbek
+Marie Bang
+Bjørnstjerne Bjørnson
+Johannes  Clausen, præst
+Elisabeth Grundtvig
+Frederik Grundtvig
+Ditlev Havemann
+Ludvig  Helveg
+Hanne Langkilde
+Mads Melbye
+Karen Mühldorff
+Hans Nobel von Nøragger
+Otto Emil  Paludan
+C.E. Skjerbek
+Amalie Suckow
+N.J. Termansen
+Andreas von Sperling
+Joachim  von Sperling
+Ulrich  von Sperling
+Vilhelmine von Sperling
 Albrecht  Warberg</t>
   </si>
   <si>
-    <t>Herman Ewald
-[...203 lines deleted...]
-Din Moder</t>
+    <t>En del personer, som kun er nævnt ved fornavn eller efternavn, har det ikke været muligt at identificere. Der er ligeledes flere familiemedlemmer, som det ikke har været muligt at finde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A 54, Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling sender et "rundrejsebrev" til sine venner i anledning af, at hun har haft 50 års jubilæum som stamhusbesidder. Hun beskriver de første år på Sandholt, hvor hendes forældre og den gamle godsforvalter gjorde alt arbejdet. Hun var meget usikker og kom først ind i arbejdet efter, at hendes forældre var flyttet og den nye godsforvalter Warberg kom til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ou54</t>
+  </si>
+  <si>
+    <t>Kære Venner! Det er saa trættende og kedeligt ret mange Gange at skrive ét og det samme, men da jeg tror, at mine Venner, som hver især i deres Breve har bragt mig deres Lykønskning paa den kærligste og bedste Maade, gerne vil høre lidt om, hvordan jeg har haft det, saa vil jeg prøve paa at lave et Rundrejsebrev. Mit Jubilæum har staaet truende for mig et Aarstid, fordi jeg var klar over, at skulde der laves til Fest, vilde det voxe mig over Hovedet og hverken blive tilfredsstillende for Deltagerne eller for mig selv. I Stedet for Fest fandt jeg saa paa, at jeg kunde give Lyndelse Kirke, som jo nu er selvejende og hvis Formue og Husholdning bestyres gennem Menighedsraadet, et Varmeapparat i Stedet for den lunefulde Kakkelovn, som varmede daarligt og imellem osede slemt, men da det saa trak ud i det uendelige før Tilladelsen til at sætte dette Apparat op, blev færdig fra de gejstlige Autoriteter, finder jeg igen en Tid af en Del Utaalmodighed og syntes, at Jubilæer var noget rigtig besværligt noget. Imidlertid det naaede sig; skønt en Del udenoms Arbejde stod tilbage, fungerede Apparatet rigtig godt 1ste Juledag, efter Sigende for vi kunde ikke komme til Lyndelse paa Grund af Snedriver. Jeg gik og tav stille med, at jeg skulde have Jubilæum, og ret mange vidste heller ikke noget om det, og efterhaanden kom det ogsaa til at ligge mig temmelig fjærnt. Har det nu i Graven saa meget at sige med saadan et bestemt Aaremaal? 
+2 Juledag kom jeg først rigtig med. Det slog mig, at den Dag for 50 Aar siden kom jeg hertil for saa i de følgende Dage at opleve Bedstefars langvarige Dødskamp og hans Død. Men da det først var gaaet rigtigt op for mig, gennemlevede jeg det altsammen paa ny saa at sige Time for Time. Jeg talte ikke meget om det, men jo mere det trængte paa, jo bestemtere følte jeg, at jeg maatte fortælle det, saadan som det var gaaet til, alt sammen, og da vi kom ned til Folkene for Nytaarsaften at drikke det gamle og det nye Aars Skaal med dem, satte jeg mig, da det var gjort, for Bordenden og fortalte dem om Dagene fra 26 December til 9 Januar 1866. Jeg begyndte med at oplyse dem om, hvordan der den Gang saa ud i Folkestuen, hvor der stod to store Senge med Omhæng, hvori Pigerne laa, og at dersom en af dem laa syg, og her kom fremmede Kuske, maatte de, naar Kuskene kom op for at spise, trække Gardinerne for og lade, som de slet ikke var til, og om forskelligt af den Slags, og derfra gik jeg saa over til Dagene, ganske som de var gaaet. Det faldt mig naturligt at drage dem med ind i denne store Oplevelse, og jeg fandt ogsaa forstaaende Lydhørhed. Jeg tror, det er godt, at de faar at vide, hvordan der har set ud, og hvad der er sket i de Stuer, hvor de færdes, og hvad der har præget den, som de tjener. Nytaarsaften 1865, da Bedstemor og Tante og Hanne Langkilde og jeg sad trykkede og forpinte i Vinterdagligstuen, medens Bedstefar laa og stred med Døden, hørte vi ”Træd frem, min Sjæl, paa Aarets Morgen” blive sunget nede i Husholderskens Stue og fik senere at vide, at det var Skytte Simonsen, der havde sunget den. Det gjorde os den Gang saa godt. Og nu Nytaarsaften 1915 endte vi igen det gamle Aar med alle at synge den gamle Salme.
+Nytaarsmorgen kan jeg godt sige, at jeg kørte til Kirke noget ør i Hovedet af Minder og havde tænkt mig helt og bart at skulle have været sammen med mine gamle i Kirken, men saa tog alligevel Varmeapparaet saa meget af min Interesse, saa det ikke rigtig blev til noget. Saa gennemlunt, ogsaa om Benene, har der aldrig været. Prædikenen var fuld af varm Fædrelandskærlighed og rar, og da vi gik ud af Kirken, vendte jeg tilbage og fik givet Haanden og hilst paa mange af Lyndelsemændene. Ellers var Dagen helt stille. Frandsens kom ikke paa Visit, som de ellers har gjort hvert Aar, - og saa først den Dag fik jeg rigtig begyndt at føle, hvordan det egentlig gik til at blive Stamhusbesidder. Nu kom Gennemlevelsen deraf og af mine første Aar. Til den 2 Januar havde jeg som til et ganske almindeligt lille Nytaarsselskab bedt Provstens og Paludan og Clausens, Henry og Edv. Smidts og Frk. Plum, og saa havde Edvards svaret, om de maatte tage tre Julegæster, Fru Mühldorff og Fru og Frk. Wentorp, med. Jeg havde jo sagt Ja, men var ganske forbløffet over saa mange fremmede Damer, jeg syntes, at jeg helt fik Mundkurv paa, og det tilligemed Træthed, gjorde det saa vanskeligt at faa det, som jeg gærne vilde sige, til at forme sig. Natten mellem 1 og 2 Januar havde vi Storm og næsten Skybrud, vi har det for Resten næsten hver Nat, men den Nat sov vi nu ikke godt, og jeg var en Del kaput om Morgenen. Det øsregnede, saa vi opsatte at lade Martin køre ud for at møde Viktoria, som havde været hjemme, til efter Kl. 12, da det var blevet Tørvejr, men Maren og Marie Sørup og Marie Brandt havde da alligevel faaet dækket det nydeligste Bord med smaa røde Tulipaner i Potter og Liljekonvaller i Glas og Lys i Stedet for Lamper, saa det gjorde et ligefrem grumme kønt Indtryk, da vi Kl. 5 gik ind til Bordet. Den Dag havde jeg Provsten til Bords. Vi fik Dyresuppe, Rouletter, Dyresteg og Risrand med henkogt Frugt, Rødvin og Sherry. Imellem Rouletterne og Dyrestegen lagde vi et langt Mellemrum, og i det holdt Provsten og jeg vore Taler. Jeg kunde ikke andet, end da han var færdig, at tage hans Haand og sige, at han kunde ikke have sagt noget, som jeg kunde være blevet mere glad over. Og hvad sagde han saa, ja, han sagde meget, og alt var godt, men jeg kan slet ikke gengive det. To Ting bed jeg mig fast i, den ene: der er arbejdet meget paa Sandholt. Den anden: hans Omtale af mig, saa at ægte, dyb Menneskelighed er Grundpræget. Det var alt det, som jeg allerhelst vil være, alt, hvad der er Maal for mig, men som jeg slet ikke endnu er, og saa syntes jeg alligevel, at Billedets Lighed var truffet rigtig. Der var Oprejsning i, hvad han sagde, og saa faldt det af sig selv, at det blev en Festdag. Henry Smidt sad og saa til og nikkede bifaldende, og de fremmede Damer var slet ikke mere fremmede. De var nu i sig selv rigtig tiltalende. 
+Saa skulde jeg jo til at tale: ”Ja, lige fra jeg var lille, har jeg elsket Sandholt, og vi har været forlovede, men det var hemmeligt. Folkene gik og sagde til mig: ”Du skal have Sandholt”, men oppe i Stuerne blev der ikke talt om det, og det gav mig ikke nogen rigtig Frimodighed, jeg syntes mest, det var noget flovt noget, som jeg generede mig for. Den 8 Januar 1866, da Mor og jeg stod i den store Dagligstue og saa Lyndelsemændene bære Bedstefar ned ad Broen, gik det op for mig, og nu havde jeg og Sandholt hinanden, saa det er den egentlige Guldbryllupsdag, men da overvældedes jeg i den Grad af Frygt og Bæven, saa at jeg var helt ude af det og først blev kaldt tilbage ved, at Mor talte godt for mig og tog en lille Ring af sin Finger og satte den paa min.
+Efter Bedstemors Død i Marts samme Aar flyttede mine Forældre og smaa Brødre hertil fra Sollerup, og Far styrede saa for Godset, og Mor for Huset, og jeg var som en Datter er i sit Hjem. Det var jo paa en Maade godt nok, jeg blev jo fri for Ansvaret, men alle vidste, at Sandholt var mit, og mange kom til mig med Spørgsmaal og Begæringer, og dem kunde jeg ikke svare paa, dels fordi jeg ikke forstod det, og dels fordi jeg ikke kunde bestemme over noget. Jeg syntes, det var som at sidde i Klemme, naar nogen henvendte sig til mig, og at jeg blev usand ved ligesom at snakke mig fra det. I 1872 bosatte mine Forældre sig paa Frederiksberg og jeg blev ene med Mors to Søstre, men derfor fandt Sandholt og jeg ikke hinanden, og jeg blev ved at være usikker og paa gyngende Grund. Det var ikke, at jeg ikke gærne vilde give Sandholt alt, hvad det kunde ønske sig i Retning af Reparationer og Skovplanter, o.s.v., det var bare saadan at jeg ikke rigtig kunde faa fat. Jeg holdt saa meget af Godsforvalter Havemann, men han var saa gammel og nervesvag, saa at han ikke kunde føre mig frem til bedre Forstand paa Tingene, og i den højeste Grad savnede jeg, at jeg ingen Forberedelse havde hverken til at styre Gods eller Hus, og jeg slap aldeles ikke ud af Klemmen. Men saa var der noget andet, der optog mig. Fra jeg læste hos Agerbæks, har jeg været stærkt taget af alt det Grundtvigske, - Grundtvig var blevet Kongen for mig, - og ikke mindst af hans Folkevækkelse og Folkeoplysning. Noget større kunde jeg ikke tænke mig, end at faa med den Slags at gøre. Derfor holdt vi Aftenskole, og jeg fik de bedste Mænd som Clausen i Nr. Lyndelse, Termansen, Schrøder, Helweg i Odense og Melbye i Asperup til at holde Foredrag paa den store Sal.
+Jeg tror nu, at det har gjort sit Gavn og har sat noget ind her paa Egnen, og naar der jo er et virkeligt Tillidsforhold mellem mig og Lyndelserne, tror jeg nu nok, det har sin Rod i Aftenskolen og Foredragene. Men hvad gik saa for Resten en hel Del af min Tid med? Med Læsning og Veninder og Friluftsliv med to store Hunde. Paa Sandholt fik jeg ikke fat, og jeg led fremdeles ved meget stærkt at føle et Ansvar, som jeg ikke kunde løse. I 1876 døde Far, men det greb just ikke ind i mine Forhold herovre; det gjorde det derimod, da Havemann i 1877 trak sig tilbage, og Warberg blev Godsforvalter. Han magtede det hele og ogsaa at faa mig med ind i Arbejdet. Der var saa meget, der hjalp, han havde det ikke med ”over- og underordnet”, alle var Mennesker for ham, og han vilde gærne hjælpe og støtte dem paa bedste Maade. Jeg slap bort fra den gyngende Grund og fik Fodfæste. Men det, der allermest løste mig ud af den Klemme, hvori jeg sad, naar jeg syntes, jeg snakkede mig fra Spørgsmaal og Begæringer, det var, at han sagde, at jeg dog paa ingen Maade maatte føle det som en Skam eller genere mig for at sige: jeg er ikke rigtig inde i det, maa jeg faa Tid til at tænke mig om og søge Oplysning om det. Fra det af blev det helt rart, naar nogen kom og vilde talte med mig, og jeg har aldrig mærket, at nogen oversaa mig for det. Men Hovedsagen var dog, at jeg fik Lov til at være sand. Dermed blev noget givet mig for hele mit Liv, dette at maatte være helt fri for at lade bedre og klogere, end jeg er, dette at maatte bekende min Ringhed. Og saa var der endnu en anden Ting, som Warberg sagde, der stivede mig af og gav mig et Stød fremad, og det var: ”Ja, hvad skulde Penge dog være gode til, naar det ikke er til at gavne og glæde andre Mennesker!” Jeg havde nok tænkt noget i den Retning, men dog været bange, og nu fik jeg Lov til at lægge ud. I de første 11 Aar havde Sandholt og jeg ikke rigtig haft hinanden, nu fik vi det. Nu var jeg i Gang, og Gangen fortsattes ogsaa, da Warberg døde, og Paludan kom og helt gik ad den samme gode Vej, saa at Samarbejdet er faldet saa naturligt og ligetil. Der fortælles, at Bjørnson en Gang skal have sagt til sin Kone: ”Men, Caroline, skal jeg da altid være gift med Dig?” Og i de mange Aar har jeg ogsaa af og til sagt til Sandholt: ”Skal jeg da altid være bundet til Dig?” Men saa har Sandholt altid svaret: ”Ja, hvad vil Du gøre uden mig? Jeg er jo Din Arv og Dit Ansvar og Dit Hjem og Dit Liv!” Og saa har jeg besindet mig, og mit Ord er blevet, som det nu ogsaa i Dag er mit sidste, til Sandholt, saaledes som der staar i den lille, svenske Folkevise: "Og lever jeg, saa har Du mit Hjerte, og er jeg død, saa har Gud min Sjæl.” Og saa vil jeg bede Dem om at drikke Sandholts, min gamle Ægteherres Skaal.”
+Jeg havde ikke haft Tid til i Forvejen at skrive, hvad jeg vilde sige, men jeg tror da, at det omtrent var, hvad jeg sagde, skønt der vist er lidt bedre Facon paa det skrevne. Nu vil jeg blot tilføje min hjærteligste Tak til hver især af mine kære Venner for al den Forstaaelse og Kjærlighed, de har givet mig, hver eneste en har bragt mig noget, jeg trængte til, og som jeg gemmer, og hver har bragt mig det paa sin Maade, saa jeg har jer saa levende for mig. Maa jeg saa løse følgende Rundrejsebillet til denne lille Skrivelse: Ville Bang og Inger Krogh, Tante Emilie, Elisabeth Grundtvig, Nysøgaard, Hillerød. Derfra tilbage til mig.
+Jeres alles gamle hengivne 
+Line Sperling.
+Sandholt, d. 6. Januar 1916.</t>
   </si>
   <si>
     <t>1918-07-09</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Hilde Balvig
 Margrethe Bentzen
 Anna Berntsen
 Mogens Brandstrup
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Hans Christian Caspersen
 Johanne Caspersen
 Otto Gelsted
 Ida Kattrup
@@ -522,712 +2816,361 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3756</t>
   </si>
   <si>
     <t>Ellen/Bes Brønsted er velkommen. Hans Christian og Hanne/Tante Caspersen kommer også. 
 Johannes Larsen maler fuglebilleder.
 Laura Warberg har haft mange gæster.
 Andreas/Dede Warberg har været hos sin mor med sin ven, Henningsen, som var knap så vigtig som tidligere.
 Bodild Branner er kommet til skade.
 Otto Gelsted er vendt tilbage til Kerteminde. Han bor i det hvide hus.
 Laura Warberg vil gerne høre om Louise Brønsteds families sommerplaner.
 Johanne/Junge og Adolf/Agraren Larsen er bekymrede for høsten. Det er tørt. De vil opfede en gris til Laura Warberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Pdtg</t>
   </si>
   <si>
     <t>[Skrevet med blyant:]
 Ca 1918
 [Med blæk:]
 Kerteminde d: 9_de_ Juli 
 Kære Lugge!
 Lille Bes skal være velkommen Onsdag d: 17_de_; Dis veed nok, at jeg kan ikke have hende om Natten, men Johanne har tilbudt at hun maa sove der; hun kan jo gaae herned strax om Morgenen og have sin Bagage her. Dede kommer Torsdag Morgen og bliver vist en halv Snes Dage, mulig Bes kan faae min Divan lidt, inden Caspersens kommer d. 24_de_; det kan være Tante kommer lidt før jeg er saa ked af, at de kan være her saa kort, der siges til d: 30_te_ , 5 Dage! Jeg har skreven og gjort vældig Vrøvl derover vil i al Fald have Tante til at blive meget længere. Nu faaer vi see. Jeg veed nok, Du bryder dig ikke om Besked, dersom lille Bes kan komme, men nu har jeg alligevel Lyst at skrive lidt til Dig lille Muk! og fortælle lidt om Status quo her i Kerteminde. Las maler med Lidenskab paa sine Fuglebilleder, saa Alhed klager over, at hun ikke kan røre sig til noget. Hun var her til et Par Timer til Kaffe forleden Efterm.; fortalte interessant om Drengenes Examen og alle de mange brændende Spørgsmaal om Lysse – og Las’s Brev!! Anna Berntsen har været hos mig siden d: 28_de_ i Gaar kom Margrethe og de skal begge boe paa Højskolehjemmet til paa Lørdag saa en Tur til Silkeborg Viborg Fanø, Ribe og Rømø derefter besøge nogle Venner i Jelling; de har arvet en Smule Penge – hver 3000 – og vil nu see sig lidt om. Saa havde jeg inviteret til i Aftes Middag: Alhed, Johanne – Tutte som er i Odense og Fru Hilde Balvig, de boer ogsaa paa Højskolen – og Margrethe. Jeg havde for første Gang i mange Uger et stort Stykke Kød, en Oxesteg paa 8 Pund] - derefter Oste[ulæseligt] og en Dessert 2 Flasker Rødvin Bordet dækket saa fint som jeg formaaer. Stemningen var rigtig god, vi var 9. Elle kom tidlig hjem. Junge var ene om alt lige fra Thora kom med 3½ Toget og alt var saare godt. Balvig kom om Aftenen. Nu vil Alhed see at sætte igennem, at Balvig, Bentzens, Agrarens kommer til dem på Fredag til Aftensmad; hvis hun kan for Las, som skal være meget nervøs og urimelig. Vi skal have Henningsens fra Bøgebjerg den Aften; han er Dedes gode Ven fra Odense Skole og han havde bedt om at see Dede her. Minna kommer ikke med, da hun d: 14de faar Ida med Barnet og lille Nis i Besøg; hun kommer saa senere til os. Jeg maa jo tilstaae, at vi alle er glade over at faae Dede alene nu. Mogens B, var her godt en Uge, han var meget rar, er ikke saa vigtig nu som før; jeg kalder det, at han er mere aandelig vel proportioneret nu! Thora og Børnene rejser til Samsø sidst i Ugen. Bodild hun er bedre, men den bliver forbunden hver Dag, og der frygtes for, at den altid vil blive stiv. Det var uhyre heldigt, at vi lige kunde naae at faae Thora med i Aften. Gelsted færdes her nu igen og boer i det lille Værelse i det hvide Hus. Lige nu kom lille Bes’s Brev, vil Du takke hende. Jeg længes efter at vide, hvordan Eders Planer er falden ud? Skal saa Madien og Peter til et Badested? og Dis med Lomme og Mudi holde Hus alene? Og hvordan med Dis og Elles Cycletur? Bes er jo saa skrivende, hun kunde jo fortælle mig lidt herom – ellers ogsaa haaber jeg hun veed lidt Besked, naar hun kommer. Paa Grund af, at Elle var syg en Uge, korter hun sin Ferie af saa længe. Jeg har bedt Alhed være her en Uges tid i August. Naar hun havde været 14 Dage hos Sybergs mente jeg en extra Uge kunde være godt for hende og den lille, men hun kan kun holde Ferie de 14 Dage desværre, hun kunde nok trænge til lidt mere Landluft, naar hun endelig er borte fra sin Kvist. Hun er vel nok hos Eder nu og du maa hilse hende; lad hende faae Del i ”Bagatellerne!” Johanne er saa rask og fornøjet, hun havde forleden Balvig og Elle til en nydelig flot Aftensmad. Desværre trænger vi her saa uhyre til Regn her er falden saa lidt, det er igen en Tørkeperiode og det knuger jo nok Agrarens, at Høst-Indtægterne som de har ventet sig saa meget af bliver forringet med Tusinder af Kroner; bl.a. har de maattet græsse en Mark, der vilde have givet for 1000 Kr. Hø og en Havremark maa vist gaae samme Vej. Nu vil Agraren føde en Gris op til os en længere hen i Vinteren; det er en stor Fordel, at man kan det. Kan I ikke have en? Mindre Læsning? Havde Lomme Tid at læse videre med hende? Nu er der vist ikke mere at skrive om lille Muk. Vi glæder os over at høre, Dis er ret vel, er det sandt? Saa kun de kærligste Hilsner til Eder allesammen fra 
 Mor</t>
   </si>
   <si>
+    <t>Forår 1919 eller 1920</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Birkerød
+Odense</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Martin -
+Victor Bøttern
+Heinrich Max Bernhard Heineke
+Frida Madsen
+Johannes Madsen
+Laura Warberg
+- Wengberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen købte to svaner i Hamburg i 1915. Svanerne var næsten udryddet i Danmark på den tid, og han ville have fuglene for at tegne dem. 
+"trække den mere hen ad Bøtterns til": Victor Bøttern boede på Hindsholmvej ganske nær ved Møllebakken. Slaggerne skulle formodentlig hældes på jordvejen, som gik forbi de to familiers hus. 
+Alhed og Johannes Larsens drenge var på kostskole i Birkerød.
+Alheds mor boede fra 1915 til leje i et hus, som Larsens havde bygget til hende i Strandgade i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alhed har sat gråanden og dens ællinger ind til turtelduerne. Svanerne har overfaldet hende. Den ene svane ligger på rede.
+Alhed har talt med Heineke om slagger. Victor Bøttern har betalt 350 kr, og Alheds mor har betalt husleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/own9</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Graaanden har faaet 7 Ællinger. Vi har sat den ind til Turtelduerne af Skræk for Svanerne og de faar Vand som de nemt kan gaa op af. Men hvis der er noget at bemærke maa Du skrive til Frida eller telegrafere, Telefonen hører de muligvis ikke. Jeg rejser nu om lidt med Marie, hun var her i Gaar, saa jeg har haft vældig travlt med at blive i Orden. Jeg havde nær aldrig faaet Resedafrøet saat, begge Svanerne røg i Hovedet paa mig Gang efter Gang tilsidst maatte Anders og jeg lukke dem ind mens jeg saade. Gartneren har nu hjulpen mig at binde Gummitræet og vi har faaet kalket det hele. – Svanen har ligget meget paa Reden, men der ingen Æg endnu! – Akvarellerne kom saa fra Odense og jeg lader Madsen indramme den ene og sende derover sammen med min Rosenpastel som jeg jo har foræret hende. – Jeg ringede til Heinicke om de Slagger, han lader Martin Vejmand og Sandmanden aftage det, han mente der var c. 10 Læs om Ugen. Jeg satte saa Wengberg ud paa at snakke med ham. Jordarbejdet vilde blive c. 4-500 Kr foruden hvad der b [bogstavet overstreget] vilde løbe paa for Fyld (Slagger og mulig Ler) Han vil snakke med Marius Fragtmand og saa begynde paa det hvis han ikke hørte anden Besked. Han vilde saa trække den mere hen ad Bøtterns til. Slaggerne kunde saa samles oppe i den anden Ende. Det vilde jo tage lang Tid at faa samlet nok saa jeg sagde det var bedst han begyndte. – Jeg ringede til Bøttern at der var kommen Regning fra Birkerød og han rykkede meget villigt ud med de 350 og Mor vilde give mig Huslejen forud, saa det gik jo helt fint. – Sikken dejligt Vejr Du hidtil har haft, skriv nu endelig flittigt til Birkerød. Det meste af dette er skreven i Toget saa lægger jeg det i i Odense. Giv nu endelig strax Besked om Graaællingerne, hvis der er gjort galt. Mange Hilsner fra Din A.
+Mange Hilsner fra mig ogsaa lille Las.
+Marie</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>1922-03-09</t>
+  </si>
+  <si>
+    <t>Særslev
+Dalby, Hindsholm</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Klaus Berntsen
+Achton Friis
+Drude Jørgensen
+Marie Larsen
+Laurits  Larsen (Dalby)
+Elisabeth Mackie
+Peter Magnussen
+Sophus  Meyer
+Anna Meyer 
+A Munch-Petersen
+Rasmus Nielsen, København
+Peter Stoffer
+- Wedel</t>
+  </si>
+  <si>
+    <t>Det vides ikke, om Gogger er fx en hund eller en person. Det vides ikke hvem Bebs er.
+Johannes Larsen havde gennem årene flere oddere ved navn Jokum.
+Alhed Larsen rekreerer sig hos sin søster i Birkerød, efter at have haft den spanske syge.</t>
+  </si>
+  <si>
+    <t>Chr. Andersen - veteran fra 1864 - bliver indstillet til at blive hædret og blive Dannebrogsmand. 
+Mens der er is på vandet, er en odder blevet skudt, men heldigvis ikke Johannes Larsens Jokum.
+Drude vil gerne have udstillingen.
+Alhed Larsen har fået et tilbagefald og må udskyde hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rVkG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Marts 1922
+Kæreste Alhed!
+Ja der er ikke noget at melde i Dag. Marie og Putte er gaaet ud til Chokolade hos Mygs med Gogger, det er Bebs's Fødselsdag. Chr. Andersen været her i Dag, med Krykker og Stok. Han havde faaet en mærkelig Opfordring fra Friis, som gik ud paa at han skulde sende sine Veteranpapirer til ham, han var bange for det drejede sig om Penge. "Jeg faar jo min aarlige Hædersgave og bryder mig ikke om at søge noget." Der stod i Brevet at det var i Anledning af at Laurits Larsen i Dalby havde henvendt sig til Friis og han vidste at Vedkommende var en ven af Klaus Berntsen. Heldigvis kendte jeg Sagen og kunde berolige ham hvad Pengene angik. Men jeg fortalte ham ikke at Meningen var at gøre ham til Dannebrogsmand. Han fortalte at Peter Stoffer havde skudt en meget stor Odder mens Isen laa her, men det var ikke Jokum. Nu kom Dit Brev. Jeg har ringet til Drude hun vil gerne have Udstillingen. 
+Det er da trist at Du har faaet tilbagefald. Gud ved hvornaar Du nu kan blive i Stand til at rejse. Hvad er det med Puttes Bal?? det har jeg ikke hørt om. Forhaabentlig er det først næste Fredag hun skal rejse. Nu var jeg lige kommen i gang med at male. 
+Nielsen paa Museet kan vist godt skille Billederne ad saa mine + dem hos W &amp;amp; M kommer i Kasser for sig og gaar direkte hertil mens Dine gaar til Odense. God Bedring og mange kærlige Hilsner
+Din 
+JL</t>
+  </si>
+  <si>
     <t>1922-12-04</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pilegården Kerteminde</t>
   </si>
   <si>
     <t>HC  Andersen
 Holger Drachmann
 Bernhard Ingemann
 Henning Kehler
 Peter Rostrup Bøyesen
 Anna Louise Syberg</t>
   </si>
   <si>
     <t>Det omtalte "Tids- og Stridsskrift" er formodentlig Johannes V. Jensens eget blad, Forum, som udkom 1922 og et halvt år frem. 
 Det er vanskeligt at læse ordene i anførselstegnene: "den store ..." Muligvis skriver Syberg Bojzen, og eventuelt henviser han hermed til Rostrup Bøyesen. Det er uklart, hvad Syberg mener med "Land Danmark". 
 Negative anmeldelser af Den lange Rejse af Henning Kehler i Politiken antændte en af Johannes V. Jensens mange litterære polemikker og førte 1922 til et brud med bladet der varede lige til 1926.
 Bibelcitatet: "Heraf skal, så længe Jorden står, sæd og høst, kulde og hede, sommer og vinter, dag og nat ikke ophøre!" 1. Mosebog 8.22. 
 Holger Drachmanns bog "Forskrevet" udkom på Gyldendal 1908.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensen Museet</t>
   </si>
   <si>
     <t>Syberg takker for tidsskriftet og ønsker Jensen en god kamp.
 Rabbe/Anna Louise og Fritz Syberg har det godt. Han forsøger at læse Drachmann, men kan ikke komme igennem bogen, så han begynder i stedet på H.C. Andersen.
 Syberg giver ikke meget for Henning Kehler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q1aW</t>
   </si>
   <si>
     <t>Pilegaarden 4-12-22
 Kære Ven.
 Tak for Dit Tids- og Stridsskrift. Jeg har den største Sympati for Din Maade at reagere mod Fænomenerne paa, og et vil jeg oprigtig ønske, at Du maa faa Din Krig frem, j.m. at der virkelig maa finde en Kamp Sted. Blot Du ikke skal rage Dig ind i en Kamp med ”den store Bojzen” Jeg frygter ”Land Danmark”. Men som sagt, Du har min Beundrimg og min varmeste Sympati. Herovre har vi det godt, Rabbe og jeg; Vort Selskab er det gammeltestamentelige: ”Sæd Høst, Kulde Hede, Sommer Vinter, Dag og Nat.”. Hvad Menneskene angaar, da er der visse Punkter hvor jeg stadig har bevaret min Tro paa dem: vi fødes og vi dør – det er menneskelige Vilkaar som Svindelen endnu ikke har angrebet!
 Hils Else mange Gange og hav det godt alle sammen.
 Din hengivne
 Fritz Syberg
 N.B.
 Jeg prøver for Tiden at læse H. Drachmanns ”Forskrevet” men jeg kan ikke tæve mig til at læse den igennem; jeg tror jeg vil prøve paa at læse H.C. Andersens Romaner. I Fjor Vinter læste jeg Ingemanns. 
 N.B. Henning Kehler er ikke, som Du skrev, ”clean” synes jeg, han er en almindelig rent forloren Dannelsesfilister, men han er jo ung.</t>
   </si>
   <si>
-    <t>1894-11-02</t>
-[...101 lines deleted...]
-Alhed Larsen
+    <t>1924-04-12</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hospitalsvej, Frederiksberg
+Rådhuspladsen, København
+Vimmelskaftet 47, København </t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+- Falck Jensen
+Else Jensen
+Kisse Larsen
+Eiler Lehn Schiøler
+Harald Leth
+Olaf Rude
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Café Bernina, Vimmelskaftet 47, København, var i mange år mødested for kunstnere og bohèmer. 
+Der var Folketingsvalg 11. april 1924. Socialdemokratiet fik for første gang regeringsmagten med Stauning i spidsen.
+Johannes Larsen var i København fra slutningen af februar til midt i maj for dels at male på storkebilledet til Kongens Håndbibliotek, Christiansborg, dels tavler/illustrationer til Lehn Schiølers bogværk Danmarks Fugle (se også Johannes Larsen til Alhed Larsen 3. marts 1924). 
+Christine Swane var syg. Hun blev indlagt på sanatorium senere på året. Det kan ikke afgøres, hvem Larsen, der nævnes sammen med Kisse, var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har siddet sammen med venner på Bernina og ventet på valgresultat. Bagefter gik de på Rådhuspladsen, hvor der var mange mennesker. Han kommer hjem til påske. Det er svært at nå at blive færdig med projekterne i København.
+Larsen har besøgt Christine Swane (Uglen) og set Harald Leths udstilling. Han maler i museumssalen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4j7f</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12-4-1924.
+Kære Puf!
+Tak for Brevet! Det er dejligt at Du kommer Dig saa godt. I Aftes var jeg med Magisteren ude paa Bernina for at høre Valgresultater. Der var desuden Else Johs. V, Falck Jensen og Kisse og Larsen. Vi sad og spiste Smørrebrød og drak Øl og ventede. Først omkr Kl. 11 ½ begyndte der at komme Telegr, det første fra Vonsild. Saa hørte vi et Par til og gik hen paa Raadhuspladsen der var fuld af Mennesker og stod lidt borte paa Politikens” Magna Vox og gik saa hver til sit. Jeg glæder mig til at komme hjem til Paaske og skal nok komme af Sted Torsdag Middag. Det kniber ellers med at blive færdig med hvad jeg har for her. Men ellers maa det jo vente til næste Gang. Jeg har været henne hos Uglen et Par Gange og forleden var jeg henne at se en Udstilling, Leth havde arrangeret i sit Atelier i det gamle Frederiksberg Hospital paa H[ulæseligt]. Han skal nu have Rudes Atelier naar Rude rejser. Der er ellers ikke meget at berette den ene Dag gaar som den anden, jeg sætter mig her i Museumssalen og maler og gaar kun sjældent ud. Jeg skal hilse fra Schiøler og Eiler. Mange Hilsner
+Fra Din Far</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
 Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
 Otto Emil  Paludan
-Hempel Syberg</t>
-[...235 lines deleted...]
-Lorenz Bierfreund
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
-Alfred Goldschmidt
-[...74 lines deleted...]
-Marie Kjellmann
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
-Jeppe Andreas Larsen
-Johan Larsen
+Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
-Lisa Nisbeth
-[...164 lines deleted...]
-Johannes Madsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
 Laura Warberg
-- Wengberg</t>
-[...18 lines deleted...]
-Marie</t>
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
   </si>
   <si>
     <t>1929-05-28</t>
   </si>
   <si>
     <t>Aage Marcus</t>
   </si>
   <si>
     <t>Rungsted</t>
   </si>
   <si>
     <t>Johannes V. Jensen
 Johannes Larsen
 Aage Marcus
 Bernhard Middelboe</t>
   </si>
   <si>
     <t>Middelboe Reproduktionsanstalt var en meget anerkendt virksomhed til fremstilling af klicheer til bogtryk.</t>
   </si>
   <si>
     <t>Kunsthistoriker Aage Marcus skriver et langt brev til Johannes Larsen vedr. forhandlinger og overvejelser med forlagene Gyldendal og Haase omkring udgivelsen af Juleroser m.fl., og han beder JL tage stilling til teknik og priser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t3l5</t>
   </si>
@@ -1270,2051 +3213,159 @@
 Ide at faa de dejlige Billeder frem - men det kan jo være at det er for vanske-
 ligt at faa realiseret. Gyldendal sagde, at De skulde have 1000 Kr. - for de
 fire Billeder, men det var, fordi De skulde male de to af dem nu. Hvormeget en
 Bogudgave hos Haases som den paatænkte kunde bære i Honorar, kan jeg ikke sige idet hele Kalkulationen og Spørgsmaalet om, hvorvidt det Hele overhovedet kan gennemføres afhænger af Dem. Men Haase opstillede en løselig Beregning med Kr. 1200 til Dem for Ret til at reproducere fra Bøgerne til et 
 saadan lille Hefte, indtil 16 Billeder. Reproduktionsomkostningerne og Tryk-
 ning med Farverne er saa nederdrægtig store Poster og Johannes V. digter jo
 heller ikke gratis. Det er ikke nogen stor sum, men det kunde jo paa den an-
 den Side maaske blive til Noget. Nu faar vi se.
 Jeg tror ikke, De mistænker mig for noget i den Retning, men vil dog gerne
 for en Ordens Skyld bemærke, at udover at jeg er knyttet til
 Haase som Redaktør af den populærvidenskabelige Serie Haases Haandbøger og
 glad ved at give ham en god Ide, ikke [understreget] har tænkt mig at skulde have
 noget for det i nogen Retning fra ham, altsaa ikke tynger paa Kalkulationen.
 Nu haaber jeg at høre fra Dem snart og sender mange venlige Hilsner ogsaa 
 fra Familien. 
 Deres hengivne
 Aage Marcus.</t>
   </si>
   <si>
     <t>1930-06-04</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
-    <t>Johan Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Rørdam</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Johannes V. Jensen
 Aron Bernhard Kjellmann
 Elena Larsen
 Peter Andreas Larsen
 - Nilsson</t>
   </si>
   <si>
     <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
 Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lE3T</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen 
 Boxhult
 pr. Landeryd
 Sverrig.
 [Fortrykt på kuvertens bagside:]
 WEDELLSBORG SKOVBRUG
 PR. EJBY
 [Håndskrevet i brevet:]
 Rørdam d. 4'-6'-30.
 Kære Lysse!
 Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
 Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
 Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
   </si>
   <si>
-    <t>Mellem 12. og 18. nov. 1894</t>
-[...758 lines deleted...]
-  <si>
     <t>1937-12-15</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Andreas Larsen
 Urban Larsen
 - Mårtensson</t>
   </si>
   <si>
     <t>Man må formode, at Bernhard er en (jagt)hund.</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Farbror Urban fylder 90 år. 
 Johannes Larsen vil komme til Johan og Elena i julen. Han tager muligvis toget og spørger, hvilken dag der passer bedst. De må svare omgående. 
 Larsen får malet en del, så han kan lave en udstilling i februar, men vejret er surt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0Els</t>
   </si>
   <si>
     <t>Kjerteminde 15 Dec. 1937.
 Kære Lysse og Bimse!
 I Dag fylder Farbror Urban 90 Aar, og Puf og jeg kører ned og ønsker ham til Lykke. Det var trist at det skulde gaa saadan med Vira ogsaa. Jeg tænker paa at tage op til Jer i Julen, jeg ved ikke om I regner med det, men jeg kommer i hvert Fald paa den ene eller den anden Maade. D.v.s. Puf har været noget sløj, saa det er ikke sikkert at han kan køre mig derop, men saa tager jeg med Toget. I saa Fald rejser jeg med et der gaar fra Kjøbenhavn ved 7 Tiden om Mrg. Jeg havde saa tænkt mig at Rimse kunde leje Bernhard paa min Regning og møde med ham til Frokost paa Mårtensson [utydeligt pga overstregninger] efter vi kunde gaa ud og gøre Indkøb. Vil I derfor omgaaende lade mig vide hvilken af de 2 Dage Onsdag eller Torsdag i næste Uge det passer Jer bedst saa kommer jeg. Jeg har faaet malet en Del, saa jeg kan nok faa en nogenlunde ordentlig Udstilling til Februar selv om jeg ikke faar lavet saa farlig meget mere. Det har været et surt og mørkt Vejr hele denne Maaned.
 Mange Hilsner! Jeg er spændt paa hvor lang Tid et omgaaende Svar vil tage. 
 Jeres JL.</t>
-  </si>
-[...279 lines deleted...]
-spise sammen; desværre falder Adams Frokost ½ Time før Sjumses – og begge vil spise med mig, så jeg må skifte lidt med dem; i Dag er det Sjumses Tur. Mange Hilsner fra Din A.</t>
   </si>
   <si>
     <t>1946-02-25</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Henrik Gether
 Peter Hansen
 Johannes V. Jensen
 Elena Larsen
 Jens Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Peter Magnussen
 Alhed  Møhl, Lysses datter
 Peter Tutein
 Viggo Winkel</t>
   </si>
   <si>
     <t>Johannes Larsen synes, at huset ser godt ud med frontispicen på bagsiden.
 Larsen har ligget syg. Han har fået kataloget fra auktionen over afdøde Gethers kunstsamling. Værkerne er sat til meget høje priser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FiCf</t>
   </si>
   <si>
     <t>Kjerteminde 25 Febr. 1946.
 Kære Lysse.
 Til Lykke med Fødselsdagen!
 Tak for Brevet med Tegningerne af Huset. Jeg synes det ser udmærket ud og giver Dig Ret i at Vinduerne klæder Huset bedre end de nuværende. Det ser ogsaa godt ud med Frontispicen paa Bagsiden. Jeg har ikke skrevet før paa Gr. af flere Ting. Først var Else og Puf og jeg til Fest hos Johs. V. i Kjøbenhavn og saa blev jeg forkølet da vi kom hjem, laa et Par Dage og stod op og maatte gaa i Seng igen. Nu var jeg lidt oppe i Gaar og er ogsaa oppe i Dag. Vi har faaet Vinter. I Gaar trak Masser af Alliker S paa og Dagen efter begyndte det at sne. Lørdag og Søndag havde vi Snestorm og ind i mellem 7⁰ Frost det koldeste vi har haft i Aar. Her er nu Kaneføre men i Dag har Solen været lidt fremme Jeg har i Dag faaet en Katalog fra W &amp;amp; M ∞der i Lørdags havde Auktion over afdøde Generalkonsul Gethers Malerisamling. En Skovvej af Poul Christiansen kostede 25000 Kr. et Høstbillede af Peter Hansen 28.810 Kr. En Aquarel af mig med Udsigten herfra Stuen og Kirkemøllen kostede 7.950 Kr. til disse Priser kommer 12 ½ %. Der blev solgt 131 Billeder alle til gode Priser saa der indkom jo et klækkeligt Beløb. 
 Paa min Riffel staar der,
 72938.80N. ∞∞72938. Waffenfabrik Mauser &amp;amp; Oberndorff A/N.
 Muligvis skal det sidste være C. Berndorff.
 Mange Hilsner til Jer allesammen incl. Peter Tutein hvis han er der endnu.
 Din Far.</t>
-  </si>
-[...846 lines deleted...]
-Uglen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3391,59 +3442,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yFtw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Els" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yFtw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Els" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M66"/>
+  <dimension ref="A1:M67"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3475,2910 +3526,2957 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>39</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>37</v>
-[...5 lines deleted...]
-        <v>39</v>
+        <v>40</v>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="M4" s="5" t="s">
         <v>42</v>
       </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="D5" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="I5" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J5" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="M5" s="5"/>
+      <c r="M5" s="5" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="E6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>56</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
-      </c>
-[...24 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G8" s="5" t="s">
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="M8" s="5" t="s">
         <v>71</v>
-      </c>
-[...16 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="E9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="M9" s="5" t="s">
         <v>78</v>
-      </c>
-[...24 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D10" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="E10" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>86</v>
-      </c>
-[...13 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>93</v>
-      </c>
-[...32 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>105</v>
+        <v>97</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>107</v>
+        <v>99</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>109</v>
+        <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>110</v>
+        <v>29</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>80</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>115</v>
+        <v>105</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>119</v>
+        <v>27</v>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F14" s="5" t="s">
-        <v>120</v>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-        </is>
+        <v>116</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>129</v>
+        <v>118</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>56</v>
+        <v>120</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>131</v>
+        <v>121</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>132</v>
+        <v>122</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>133</v>
+        <v>123</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>134</v>
+        <v>124</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>135</v>
+        <v>126</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>136</v>
+        <v>127</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>56</v>
+        <v>129</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>140</v>
+        <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-        <v>142</v>
+        <v>29</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>144</v>
+        <v>136</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>150</v>
+        <v>28</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>151</v>
+        <v>134</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>152</v>
+        <v>142</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>153</v>
+        <v>143</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>154</v>
+        <v>144</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>157</v>
+        <v>147</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>159</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>24</v>
-[...7 lines deleted...]
-        <v>160</v>
+        <v>51</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>164</v>
+        <v>151</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>167</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>169</v>
+        <v>155</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>170</v>
+        <v>156</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>171</v>
+        <v>157</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>172</v>
+        <v>158</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>173</v>
+        <v>159</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>174</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>175</v>
+        <v>161</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>50</v>
-[...8 lines deleted...]
-        <v>177</v>
+        <v>27</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>178</v>
+        <v>162</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>179</v>
+        <v>163</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>180</v>
+        <v>165</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>181</v>
+        <v>166</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>93</v>
+        <v>51</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>184</v>
+        <v>18</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G22" s="5" t="s">
+        <v>169</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>185</v>
+        <v>170</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>176</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>191</v>
+        <v>177</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>192</v>
+        <v>178</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>193</v>
+        <v>179</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>194</v>
+        <v>180</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>195</v>
+        <v>181</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>196</v>
+        <v>182</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>197</v>
+        <v>51</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>198</v>
+        <v>18</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>201</v>
+        <v>185</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>202</v>
+        <v>186</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>203</v>
+        <v>187</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>204</v>
+        <v>188</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>205</v>
+        <v>189</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>206</v>
+        <v>51</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>207</v>
+        <v>18</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>207</v>
+        <v>190</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>208</v>
+        <v>191</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>210</v>
+        <v>193</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>211</v>
+        <v>194</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>212</v>
+        <v>195</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>213</v>
+        <v>196</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>214</v>
+        <v>197</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>215</v>
+        <v>27</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>216</v>
-[...4 lines deleted...]
-        </is>
+        <v>198</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>199</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>217</v>
+        <v>200</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>218</v>
+        <v>201</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>219</v>
+        <v>202</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>220</v>
+        <v>203</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>221</v>
+        <v>204</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>222</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>223</v>
+        <v>206</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>207</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>224</v>
+        <v>208</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>225</v>
+        <v>209</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>226</v>
+        <v>22</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>227</v>
+        <v>210</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>119</v>
+        <v>214</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>232</v>
+        <v>215</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>233</v>
+        <v>216</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>234</v>
+        <v>217</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>235</v>
+        <v>218</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>236</v>
+        <v>219</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>237</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>238</v>
+        <v>221</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E29" s="5" t="s">
-[...3 lines deleted...]
-        <v>111</v>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="s">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>241</v>
+        <v>223</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>242</v>
+        <v>224</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>243</v>
+        <v>22</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>244</v>
+        <v>225</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>245</v>
+        <v>226</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>246</v>
+        <v>227</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>247</v>
+        <v>228</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>111</v>
+        <v>229</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>248</v>
+        <v>230</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>249</v>
+        <v>231</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>250</v>
+        <v>232</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>251</v>
+        <v>233</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>252</v>
+        <v>234</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>253</v>
+        <v>235</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>254</v>
+        <v>236</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D31" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E31" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="I31" s="5" t="s">
-        <v>256</v>
+        <v>239</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>257</v>
+        <v>120</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>258</v>
+        <v>240</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>259</v>
+        <v>241</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>260</v>
+        <v>242</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>261</v>
+        <v>236</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>243</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>262</v>
+        <v>244</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>263</v>
+        <v>245</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>264</v>
+        <v>246</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>265</v>
+        <v>247</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>266</v>
+        <v>248</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>267</v>
+        <v>249</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>268</v>
+        <v>250</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>269</v>
+        <v>116</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-        </is>
+        <v>251</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>252</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>271</v>
+        <v>253</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>273</v>
+        <v>120</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>274</v>
+        <v>255</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>275</v>
+        <v>256</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>276</v>
+        <v>257</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>61</v>
+        <v>259</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>168</v>
+        <v>27</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>63</v>
+        <v>260</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>278</v>
+        <v>261</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>279</v>
+        <v>262</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>280</v>
+        <v>263</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>282</v>
+        <v>265</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>283</v>
+        <v>266</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>284</v>
+        <v>267</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>285</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
+        <v>268</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>286</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>287</v>
+        <v>269</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>289</v>
+        <v>120</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>290</v>
+        <v>271</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>291</v>
+        <v>272</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>292</v>
+        <v>273</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>295</v>
+        <v>18</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>298</v>
+        <v>120</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>299</v>
+        <v>278</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>215</v>
-[...12 lines deleted...]
-        <v>303</v>
+        <v>282</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>304</v>
+        <v>285</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>66</v>
+        <v>287</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>307</v>
+        <v>289</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>308</v>
+        <v>290</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>309</v>
+        <v>291</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>310</v>
+        <v>197</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>27</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>292</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>293</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>312</v>
+        <v>294</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>313</v>
+        <v>295</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>314</v>
+        <v>296</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>315</v>
+        <v>297</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>317</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>51</v>
+        <v>268</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-        <v>318</v>
+        <v>299</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>319</v>
+        <v>300</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>320</v>
+        <v>301</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>56</v>
+        <v>120</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>321</v>
+        <v>302</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>322</v>
+        <v>303</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>323</v>
+        <v>304</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>325</v>
+        <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>51</v>
-[...9 lines deleted...]
-        </is>
+        <v>306</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>307</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>326</v>
-[...5 lines deleted...]
-        </is>
+        <v>308</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>310</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>327</v>
+        <v>311</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>328</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>312</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>313</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>329</v>
+        <v>314</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>50</v>
+        <v>315</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>316</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>56</v>
+        <v>319</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>332</v>
+        <v>320</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>333</v>
+        <v>321</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>334</v>
+        <v>322</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>335</v>
+        <v>323</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>50</v>
+        <v>275</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>16</v>
+        <v>315</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F42" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F42" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>338</v>
+        <v>327</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>51</v>
+        <v>268</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>343</v>
+        <v>315</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>63</v>
-[...4 lines deleted...]
-        </is>
+        <v>332</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="s">
-        <v>344</v>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I43" s="5" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>346</v>
+        <v>335</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>347</v>
+        <v>336</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>348</v>
+        <v>337</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>159</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>50</v>
+        <v>214</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>52</v>
+        <v>299</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>352</v>
+        <v>341</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>66</v>
+        <v>342</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>356</v>
+        <v>346</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>347</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G45" s="5" t="s">
+        <v>348</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>359</v>
+        <v>22</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>362</v>
+        <v>353</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>50</v>
+        <v>275</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>364</v>
+        <v>355</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>365</v>
+        <v>356</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>366</v>
+        <v>357</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>367</v>
+        <v>358</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>368</v>
+        <v>359</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>369</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>370</v>
+        <v>361</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>16</v>
+        <v>51</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>371</v>
+        <v>17</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>111</v>
+        <v>362</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>372</v>
+        <v>363</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>51</v>
+        <v>364</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>374</v>
+        <v>366</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>375</v>
+        <v>367</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>376</v>
+        <v>368</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>51</v>
+        <v>315</v>
       </c>
       <c r="D48" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="M48" s="5" t="s">
         <v>377</v>
-      </c>
-[...29 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>315</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>379</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
+        <v>380</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="M49" s="5" t="s">
         <v>385</v>
-      </c>
-[...11 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>51</v>
+        <v>387</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>215</v>
+        <v>388</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>63</v>
+        <v>389</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="I50" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>346</v>
+        <v>392</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>16</v>
+        <v>388</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-      <c r="G51" s="5" t="s">
         <v>397</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>398</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>399</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>400</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>401</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>403</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>61</v>
+        <v>27</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>51</v>
+        <v>315</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>404</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>52</v>
+        <v>379</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>405</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>406</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>56</v>
+        <v>407</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>50</v>
+        <v>315</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F54" s="5" t="s">
-        <v>417</v>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>418</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>419</v>
       </c>
       <c r="J54" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>421</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>50</v>
+        <v>424</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>425</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>426</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
-        <v>425</v>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>56</v>
+        <v>429</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>50</v>
+        <v>27</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>434</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G56" s="5" t="s">
-        <v>432</v>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>56</v>
+        <v>437</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>159</v>
+        <v>442</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E57" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G57" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>441</v>
+        <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>451</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>446</v>
-[...5 lines deleted...]
-        <v>448</v>
+        <v>16</v>
+      </c>
+      <c r="D58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>449</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>452</v>
+      </c>
+      <c r="I58" s="5"/>
+      <c r="J58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="M58" s="5" t="s">
         <v>454</v>
       </c>
+      <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
         <v>455</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>119</v>
+        <v>51</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>111</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>456</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>458</v>
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>459</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>460</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>462</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
+        <v>66</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>119</v>
-[...7 lines deleted...]
-        <v>231</v>
+        <v>463</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-      <c r="F61" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="J61" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="G61" s="5" t="inlineStr">
-[...12 lines deleted...]
-      </c>
       <c r="K61" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>478</v>
+        <v>434</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>16</v>
+        <v>197</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>486</v>
+        <v>434</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
         <v>487</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>488</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>489</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>490</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>491</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>492</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>493</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="5" t="s">
-        <v>494</v>
-[...7 lines deleted...]
-        </is>
+        <v>495</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>495</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>497</v>
+        <v>120</v>
       </c>
       <c r="K64" s="5" t="s">
         <v>498</v>
       </c>
       <c r="L64" s="6" t="s">
         <v>499</v>
       </c>
       <c r="M64" s="5" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
         <v>501</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>61</v>
+        <v>502</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>51</v>
+        <v>472</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>63</v>
-[...5 lines deleted...]
-        <v>502</v>
+        <v>503</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>56</v>
+        <v>506</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>24</v>
+        <v>511</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H66" s="5" t="s">
+        <v>512</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="L66" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="M66" s="5" t="s">
-        <v>515</v>
+      <c r="K67" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>522</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6405,44 +6503,45 @@
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
+    <hyperlink ref="M67" r:id="rId72"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>