--- v1 (2026-01-15)
+++ v2 (2026-03-08)
@@ -3,2377 +3,153 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="747" uniqueCount="523" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="770" uniqueCount="539" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1886-09-14</t>
+    <t>1900-10-28</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Vilhelmine  Larsen</t>
-[...61 lines deleted...]
-    <t>1886-11-20</t>
+    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Laura Warberg</t>
-  </si>
-[...1723 lines deleted...]
-    <t>1900-10-28</t>
   </si>
   <si>
     <t>Bernhard Hirschsprung
 Emma Hirschsprung
 Erik Hirschsprung
 Fru Emma Hirschsprung
 Heinrich Hirschsprung
 Grethe Jungstedt
 Alhed Larsen
 Johanne  Larsen
 Christine  Mackie
 Harriet Rhode
 Harris Sawyer
 - Sonne
 Vilhelm Storch
 Hempel Syberg
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin mand, Harris/Billy, som var kemiker.
 Det vides ikke, hvem eller hvad Douglas er.
 Grethe Sawyer (g. Jungstedt) blev døbt i Hillerslev Kirke året efter, at brevet blev skrevet. Harris Sawyer døde i 1911, hvorefter hans enke og datter flyttede til Danmark.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1509</t>
   </si>
   <si>
     <t>Ellen Sawyer passer laboratoriet og har lidt tid til at skrive. Det er trist, at Alhed Larsen har vrøvl med hoften, men godt at Astrid/Dis kan komme og hjælpe hende. Også godt at Johanne/Junge kan være hos Hempel Syberg. Ellen Sawyer er ked af, at hun fik Christine Mackie til USA. 
 Ellen og William/Billy tjener godt på smørsyre nu. De vil gerne til Danmark i tre måneder for at studere mejeridrift og få deres datter døbt i Hillerslev Kirke. Lille Grethe er både køn og meget nem. Hun kravler og rejser sig op og spiser meget, og hendes far er hendes favorit.
 Ellen skal have mere hjælp i huset nu, hvor hun ofte passer laboratoriet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KuQ7</t>
   </si>
   <si>
     <t>Okt 28 – 1900
 Kære Mor.
 Jeg er i Lab idag det meste af Dagen for at passe til til i Morgens Arbejde. Jeg har et ledigt Øjeblik, mens jeg passer på at Temperaturen i to Ovne ikke løber over 150⁰, og jeg vil benytte dette Øjeblik til at skrive et Par Ord.
 Jeg fik dit Brev idag. Hvor er det dog slemt, at B. har fået den Hoftebesværlighed bare det dog snart må blive lidt bedre. Men Hun [”men” er tilføjet ; det store H i ”Hun” er overstreget, og et lille h er indsat over linjen] er nok så forsigtig, som man kan være. Det er da rart, at hun kan få Disser – helt let bliver det vel ikke for lille Dis, når B. slet intet må selv. Men Disser er jo rap og flink. Sig til Disser at jeg er skuffet over som hun forsømmer vor Korrespondance, - det er lange Tider siden, jeg har hørt fra hende. – Det er da rart at Junge kan være hos Onkel S., for det må rigtignok være ensomt for ham. – For hvert Brev der kommer fra dig [”fra dig” indsat over linjen] er jeg elendig ved [”ved” indsat over linjen] at jeg satte Mornine op på at komme og så måtte skuffe hende, det var ubesindigt af mig at skrive – d.v.s. jeg kunde jo da ikke vide, at Harry skulde blive syg og forandre vore Planer af den Grund. Alting så så vaklende ud, at vi ikke turde tænke på at begynde at føre Hus og endnu mindre tage Ansvaret for Mornines Velfærd på os. – Det var et Par triste Måneder, - Aug. og Sept. –
 Nu er det ligesom klaret af, og det skyldes mest mine Smørsyrer. Hvis det ikke var for denne ugentlige Indtægt, kunde Harry ikke frede om sit Helbred og i Ro blive rask, - blive hjemme i Tåge og Regn el. når han er forkølet, og han ængster sig ikke mere for Udkommenet, da der ikke er Grund til at antage andet end at det vil blive [ved] at gå frem med os nu. Denne Uge har Douglas bestilt 139 Flasker – en ren Indtægt af 37 Dol. – Ganske vist må vi nu til at anskaffe større Apparater at arbejde med, men når vi får dem, kan vi begynde at spare sammen til at rejse hjem. – Vi taler daglig om det og har så megen Fornøjelse deraf. Harry studerer dansk med stor Iver. Vi læser sammen et Skrift om Smør af Prof. Storch og det er forbavsende så meget Harry kan allerede. Vor Plan er at arangere det så vi kan være tre Måneder hjemme og benytte noget af Tiden til at sætte os ind i Smørindustrien. Vi vil se de største Mejerier, tale med de dygtigste Mejerister og i det hele taget perfektionere os. – Men jeg tror ikke på noget så godt før jeg ser det. – Vi skulde jo så også have lille Grethe døbt i Hillerslev Kirke og vi vil bede dig om at bære hende, - hvis hun behøver at bæres, for hun kan vel [”vel” indsat over linjen] sagtens gå alene til den Tid. Lille Grethe er et yndigt Barn, - så mild og sød altid, - aldrig arig el. gal – man kan tage hendes Lejetøj fra hende når hun leger allerbedst og hun siger ikke et Muk – ser kun lidt skuffet ud og leder efter det. – Kun Flasken kan man ikke spøge med, den må hun have præcis hver 3dge Time og hun fordrer fuld Ration med stor Bestemthed. Hun får nu Havresuppe i Mælken, forskellige Slags Vællinger og Jus af Oxesteg. Hun begynder at krybe så småt, men kan ikke lide det, - hun kommer bedre afsted ved at rulle vælte og skubbe og kan på den Måde komme over hele Gulvet. Det er ikke muligt at holde hende fra at stå, hun rejser sig op selv, - det skader hende vist ikke heller for hendes Ben ere nogle rigtige ”Stolper” som Far plejede at kalde mine. Hun har en Del Udslet i denne Tid, vel sagtens for Tænder og Forkølelse som hun ligesom alle vi andre har haft, - ellers vilde hun være en ren lille Skønhed. Hendes Hår er langt og tykt og af en henrivende Farve, - stærkt glinsende rødbrunt. – Ja, vi ere stolte af hende. Harry leger i lange Tider med hende og hun holder mest af ham, rækker altid Armene ud efter ham, når hun ser ham og vil lege med ham.
 Vi skal til at have noget mere Konehjælp, nu da jeg er så meget i Lab. Harry kan ikke finde sig i at jeg rører Huslighed hjemme, - d.v.s. hvad der kan gøres af andre, og jeg skal ikke nægte at det passer mig helt godt. – Jeg håber at få Tid til at spille lidt mere i Vinter. Fru Sonne og Harriet Rhode, i sin Tid Sangerinde ved det kgl. Theater, god Veninde af Hirschprungerne. Yndigt Menneske. –
 Skal Dede være Soldat!!!!!!..
 [Skrevet lodret langs papirets venstre kant:]
 Farvel for denne Gang. Pelle</t>
   </si>
   <si>
-    <t>1902-03-13</t>
-[...70 lines deleted...]
-    <t>1902-12-19</t>
+    <t>1908-04-18</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
-  </si>
-[...364 lines deleted...]
-    <t>1908-04-18</t>
   </si>
   <si>
     <t>Leksand
 Tibble</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>- Bernberg
 Bjørn Bjørnsen
 - Blomberg
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Alhed Larsen
 Johanne Christine Larsen
 Senta S
 Asra Smedberg
 Cid Smedberg
 Tante Smedberg
 Christine Swane</t>
   </si>
   <si>
@@ -2410,392 +186,442 @@
 Dagene i Kerteminde glemmer jeg sent – så rædselsfulde de var – ene i det store Hus med de to små – gnavne – frysende Unger – Adam syg i to Døgn med høj Feber – Sjums Mundbetændelse og bolden Finger – og jeg selv så dødsenstræt og tilintetgjort. Hvad hjalp det så, at jeg havde 100 Kr. liggende, som en god Ven havde sendt mig til en Rekreationsrejse. Men omsider blev Amanda færdig ved sine Forældres Sølvbryllupsfestligheder - og kom mig til Hjælp. I Tirsdags kom hun op – og overtog Børnene – samtidig flyttede vi dem og hele vort Habengut over i det store Kærbyhusgæstekammer, hvor hun nu kan fyre hver Dag i Kakkelovnen og være med Ungerne, når de ikke er ude, hun spiser med dem hos Junge – og hjælper til Gengæld med alt forefaldende. Hun var meget sød og imødekommende til at gå ind på alting, særlig da jeg gav hende 10 Kroner for Besværet. Imidlertid var det Meningen, at Alfred skulde være i Kerteminde i Påsken; på en Måde er det jo så yderst passende, at jeg er borte, men på den anden Side må Alfred af visse Grunde nødig vide, hvor og hos hvem jeg er, da det vilde pine ham – og til hvad Nytte. Altså har vi ordnet det således, at jeg officielt er hos Peter i Jylland til ham – til ham skrev jeg – og han modtager mine Breve fra Alfred og sender dem her til mig. Kun Junge og Uglen ved, hvor jeg er. Ikke Be – hos hvem Alfred skal være Gæst – hun slipper så for at spille Komedie – eller gør det ialtfald i god Tro. 
 Nå – det var Forhistorien – som Du endelig må lægge Mærke til og altså respektere mit Incognito, hvis Du skriver til Be.
 Og så rejste jeg Tirsdag 14de april ["14de april" indsat over linjen] Nat med Dagvognen til Ullerslev fulgt derned af Uglen, der sammen med Junge havde siddet oppe med mig – en vældig hyggelig Aften – vi sad i Uglens hyggelige, varme Dagligstue – drak megen Kaffe med forskelligt til – også Likør og Cigarer. Ved 1 Tiden gik Junge og Kl. 2 drog vi ned til Vognen i herligt Måneskin. Det var en meget underlig Rejse – jeg kunde næste ikke fatte, at jeg nu virkelig rejste bort fra al Sorg og Fortvivlelse – bort til fjerne og ukendte Egne, som jeg havde hørt så meget smukt om. 
 I Kjøbenhavn gik jeg hurtig i en Sporvogn – Farimagsgadens – og gemte mig i Ventesalen på Østerbro Station. Tog med Færgen 11.00 – sov hele Vejen. I Malmø styrtede jeg i en Droske – lukket – og kørte til Stenbocksgatan, hvor jeg modtoges med åbne Arme af Tante Smedberg og Senta S. Blev der til Middag – de var forfærdelig søde og venlige imod mig. Efter Middag kom Sven – Tarnborg – Cids bedste Ven, som også jeg har haft en Del at gøre med og vi er meget fine Venner. Han kom for at få mig med til Lund, hvor vi skulde feste lidt inden Afrejsen. Han havde planlagt hele min Rejse, så der var jo meget at forhandle om. En Droske havde han med sig, og så gled vi altså. Nåede usete af Bekendte til Lund, hvor vi først besørgede et Par Ærinder – gik så en pragtfuld Tur ud på Landet – til den
 II/ ene Side så vi den herligste Solnedgang udover Sletten og Øresund - og bagved os stod Fuldmånen op i al sin Glans. Og så denne ubeskrivelige Følelse af endelig engang at være fri - - ude af det alt sammen – og - - glædes over det, som lå foran én, Rejsen – og Opholdet i den lovpriste Landsdel og – ikke mindst, Gensynet med Cid, som Du jo nok ved, jeg holder meget af. 
 Ved 9 Tiden kom vi tilbage til Lund, hvor vi imidlertid skulde træffe Bjørn Bjørnsen, en ung assistent, som Asra Smedberg er forlovet med. Vi tre spiste så en animeret Souper på Hotellet – og Gud hvor var vi sultne – og glade – og løsslupne – og hvor Maden smagte! Først Smørgåsbord med Snaps og Øl, så Lammekotelet med Rødvin og endelig Ananas au naturel med Portvin - - og så af Sted til Toget. Sven, der har Fribillet til Jernbanen, fulgte mig til Tranås – 5 Timers Iltogsrejse – fra Kl 10-3. Da vi kom til Hesleholm i Småland var der 5 Minutters Ophold – Sven forsvandt – og kom tilbage med en Flaske Champagne! 
 Åh – sådan Fest det var! Blødt og fint rejste vi – på II Klasse stod ude i den lange Korridor og nød Udsigten igennem de dejlige Landskaber – og drak Champagnen af Vandglassene! Røg en Masse Cigarer – spiste Appelsiner – sludrede og var i glimrende Humør. Jeg fik Lov at sove en ½ Time – og var siden frisk igen. 
 Kl 3 var vi i Tranås – et bekendt Kursted med Brystsygesanatorium. Der var 15 min. Ophold – og vi spadserede da på Perronen i det dejlige, friske Morgenluft. Skiltes. En halv Time efter var jeg i Mjølby (i Østergøtland), hvor jeg skulde skifte Tog og hvor jeg løste Billet til 3die Klasse. 
 Op på Dagen fik jeg Rejseselskab af en henrivende ung Pige, vi snakkede ivrigt sammen og det viste sig, at også hun syslede med Pen og Blæk. Desværre skiltes vi i Krylbo; men så var man i Dalarne det var Klokken 12 Torsdag Formiddag. Hvilken Rejse – det var som en Æventyrfærd! Trods al Træthed kunde jeg ikke lade være at se ud - på de dejlige Bjærge med grønne Fyr og Granskove – og Birkeskove med skinnende hvide Stammer - - Sneen lå endnu på mange Steder – og de små røde Træhuse tog sig bedårende ud mod den hvide Sne. 
 Det var blandet Tog – og det gik - usigelig langsomt – men så meget der var at se på – ved hver Station kom der Folk ind i brogede, smukke Nationaldragter og de talte et Sprog, som var fuldkommen uforståeligt for mig; men alle var de glade og muntre – lige så fornøjelige at se på, som deres Dragter – der var en Leen og Snakken hele Tiden. 
 Tilstå må jeg dog, at Trætheden undertiden overvældede mig så jeg måtte sove et Øjeblik. 
 Først Kl. 6.15 om Aftenen nåede vi Insjön, hvor jeg snart i Folkevrimlen fik Øje på en smilende Cid; og så tænkte man ikke mere på sin Træthed. Snart efter var vi ombord på den lille Damper, der tætpakket med de mest forskelligartede Mennesker, førte os blidelig ned ad Dalelven. 
 Åh Mor, det kan ikke beskrives hvor herligt det var!
 Insjön lå spejlblank med sine skovklædte Granitbjerge – Aftenen var så stille og mild – og Solnedgangen - - ! Og Cid fortalte mig om Livet deroppe – om Tømmerfløtningen, der snart skal begynde. Når Sneen smelter i Bjergene, så stiger Elven – og så begynder Tømmerdriften – Tusinder og atter Tusinder af Planker kommer så drivende højt højt nordfra - - og vi så, at de var i Færd med at lave Dæm-III/ninger – Plankerne kædes sammen i hinandens Forlængelse og dermed dannes en hel Vej langs den ene Elvstrand [Tegning med ordene "Elven" og "Dæmning" indsat] – jeg vèd ikke, om der gik Timer eller Minutter, ved blot, at det hele forekom mig at være en Drøm – en vidunderlig skøn og prægtig Drøm, fra hvilken man aldrig skulde ønske at vågne. Så kom vi til Leksand – ved den lille Bro stod fuldt af ventende Mennesker – og der blev et Liv og en Virksomhed, da Båden lagde til. Blandt de mange små Køretøjer fandt vi omsider vores ”Skjuts” vi steg op på Forsædet, Bagagen og en Dalkarl bagpå – han stod op! og kørte Hesten – og det gik i susende Fart op ad skumpede, stenede Småveje – Zig zag op ad Bjerget, til vi landede i en stor gammel rød Gård, hvor en smilende Dalkulla i Nationaldragt viste os Værelset, som Cid havde lejet til mig.
 Det er nærmest en Sal, jeg bebor – Vinduer til 3 Verdenshjørner og fra dem alle en Udsigt!! For øvrigt en meget hyggelig Stue – hvidskuret, tæppelagt Gulv – snehvide, hjemmevævede Gardiner – ligesom der også på alle Borde og på Sengen findes dejlige, vævede Stykker – hvert Hus har sin Væv – og de væver alt selv.
 Da jeg var bleven ordnet en Smule gik vi hen til Pensionatet, hvor jeg spiser – hos Frøkenerne Bernberg - 3 tykke, livlige og meget elskværdige Damer. 
 De – samt de øvrige Pensionærer kaldte mig vedholdende Frøken (trods Præsentationen, der lød på Fru) Næste Morgen, da jeg var ene med Frk. Bernberg sen. sagde jeg til hende, at det var ”et litet Mistag – min Titel var fru – fastän jeg var skild.” 
 Forbavselse! Ved Middagsbordet, da jeg sad i ivrig Passiar med en Lærerinde fra Stockholm – som idelig sagde Frøken S. til mig – bemærkede Frk. B, at det var ”et mistag etc!” 
 Stor Opstandelse! Fra det Øjeblik var jeg Ifølge svensk Skik – den fornemste Gæst – jeg skal have først o s v – o s v – o s v. Svenskerne er kostelige med al deres Etikette. Frkn. Blomberg forandrede straks deres Væsen og er nu udsøgt elskværdige – hensynsfulde - - og konverserende. Men ingen forstår et Muk, når jeg taler dansk – så jeg øves ganske godt i mit Svensk. Næste Dag – Langfredag – var Cid og jeg i Leksand – 3 Kilometer herfra – og så på Kirkefolket. Et uforglemmeligt Syn. De går i Vinterdragt nu – hvid, kort Skindkofte, kantet med en hvid Pelsbræmme – sorte, læggede Nederdele og brandrøde Forklæder; disse sidste betegner Sørgedragter, som bæres i hele Fasten – sidste Dag Langfredag. På Hovedet brogede Huer – forskellige for hver Landsby. De unge Mænd har desværre emanciperet sig og går moderne klædt, hvorimod alle gamle Mænd bærer Dragter – lang sort Klædesfrakke – gule Knæ-skindbuxer og hvide uldne Strømper. Håndværkerne bærer brunt Læderforklæde under den sorte Kappe. Storartet ser de ud allesammen. Efter Gudstjenesten samles alt Folket under Majstangen - og så går Sludderen, mens de venter på Posten, der kan hentes ved 1 Tiden, når Båden er kommen fra Insjøn. – I Går Eftermiddag travede vi i Bjærgene flere Timer – hvilken Luft her er – så ren – så frisk – så bedårende. Heroppe må man vel engang blive til et nyt og bedre Menneske 
 Nu er her ikke Plads til mere dennegang – men jeg skriver engang endnu herfra. Håber at Pengene slår til i 14 Dage – og rejser nok 1ste Maj hjem. Dit Brev fra Kristania nåede jeg at læse i Kerteminde – gid Dit næste Brev bliver ligeså godt! Jeg længes meget efter at høre, hvordan rejsen er gået. – nu er Du nok omtrent derovre. 
 Kære Mor – jeg håber at dette Brev glæder Dig – og at Du ikke finder plads i Dit Hjerte for nogen Forargelse. Jeg synes virkelig selv, at jeg i de 
 [Skrevet på hovedet øverst på brevets s1:]
 sidste År har døjet så meget ondt, så at jeg nu har Lov at føle mig glad engang. Og det gør jeg – takket være - - - ! Gæt selv. Tusinde kærlige Hilsner fra Din Astrid.</t>
   </si>
   <si>
-    <t>1910-05-22</t>
-[...53 lines deleted...]
-  <si>
     <t>1911-04-28</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pisa
 Via San Lorenzo 16</t>
   </si>
   <si>
     <t>Bernt Grønvold
 Hermine Grønvold, f. Hermann
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn opholdt sig fra efteråret 1910 og små tre år frem i Pisa. De rejste hjem, da Anna var gravid med parrets syvende barn.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Fritz Syberg har være træt af de højrøstede italienere. Overklassen er udmajet, og underklassen lugter af sved og hvidløg. Men de er smukke som oliventræer.
 Zahrtmann er i Pisa, og han opfører sig helt anderledes end i Danmark. Ikke så fornemt som hjemme. Zahrtmann tåler ikke, at italienerne bliver kritiseret.
 Syberg-familien har haft besøg af norske Bernt Grønvold med frue. De bor i Tyrol, og de var også rystede over italienernes upålidelighed.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4GAF</t>
   </si>
   <si>
     <t>Pisa 28 April 1911
 Via San. Lorenzo 16
 Kære Johannes V. og Else!
 Nu har jeg i lang Tid villet skrive, men dårlig Humør har afholdt mig
 [resten af siden ulæselig pga. dårlig indscanning fra Det Kongelige Bibliotek]
 Hans til Kirurg, til at ”tagliare” Bylderne som Italienerne kalder det, da jeg ikke kunde overvinde mig til at betro mig til en italiensk Læge.
 Arbejdet har gået om det end har knaget i Maskineriet. Den værste Omgang af Antipati mod Italienerne har jeg overstået, tror jeg. Der var nogle Måneder hvor jeg hadede det forbandede Italienerskrål. Nu begynder jeg at få fat på Egnen her, både Byen og Landet. Der er forresten ikke så dybe Forskælle [”dybe Forskælle” overstreget] dyb Forskæl. mellem Land og By her som hjemme, synes jeg. Tusindårig Kultur præger det hele. Zahrtmann er her. Han er, hvad der forbavser mig, et ganske andet Menneske her end hjemme. En god Portion formel Fornemhed lader han blive på den anden Side Alperne. Her er han udelukkende elskelig. Hans ømme Punkt er at man skal gå hen og sige et eller andet om Italienerne som ikke er i allerhøjeste rosende. Han bliver ikke vred, men helt ulykkelig. 
 Vi har havt Besøg her i Pisa af forskællige Danske. Desuden af en Nordmand Bernt Grønvold som er gift og bosat i Tyrol. Fruen var med. Det var rare Mennesker som på en mærkelig Måde var præget af at de [”at de” indsat over linjen] altid at bo [”at bo” overstreget] bor ganske ensomt i en eller anden tyrolsk Bjergegn. De var rystede over Italienernes Upålidelighed, hvilken vi andre er ret fortrolige med. Jeg tror forresten at Pisanerne er en mindre tiltalende Rase end f.Ex. Florentinerne. De er heller ikke så smukke som Helhed. 
 [Skrevet øverst på den følgende side, på hovedet:]
 Kære Venner, jeg har helt glemt at skrive jeg befinder mig saa vel her, saa jeg rent glemmer Pen og Blæk. Alligevel har jeg ikke glemt Jer, længes tit efter Jer. Mange Hilsner Jeres Anna [indsættelse slut]
 Du skrev i Dit sidste Brev at når vi mødtes igen var vi nok helt andre Mennesker. Det lød på Tonefaldet som om Du helst vilde, at vi ikke forandrede os ret meget, er det så? Jeg ved ikke om Italien kunde ta’ mig, jeg tror det ikke men ved ikke meget om mig selv. Italienerne kommer jeg [i] hvert Fald aldrig til at kunne lide rigtig. De morer mig og jeg beundrer meget ved dem, men jeg tror at de altid vil blive .. eller snarere at de bliver mig mere og mere uappetitlige. Overklassen er malet og udstoppet så man ikke ved hvor man kan sætte en Finger og være sikker på at træffe Personen selv, og Underklassen som jeg absolut lider bedst stinker så forbandet af Hvidløg og en eller anden stram Negerdunst. Desuden er der på nært Hold noget vist udartet ved dem alle, [kommaet overstreget]. De har Kraft nok, men er alle sammen knastørre og ufriske. [En del ord overstreget og ulæselige]
 De er smukke på samme Måde som de Oliventræer 
 [resten af brevet mangler. Eller afslutningen er indsat nederst på første side, som ikke kan læses pga. dårlig indskanning]</t>
   </si>
   <si>
-    <t>1911-05-29</t>
-[...44 lines deleted...]
-Frits Branner
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>1898-02-22</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Tordenskjoldgade, København
+Frederiksborg
+Ullerslev</t>
+  </si>
+  <si>
+    <t>Emil Bissen
+Berta Brandstrup
+Johan Hansen, generalkonsul
+Erik Henningsen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Arnold Emil Krog
+Pietro Krohn
+Vilhelmine  Larsen
+Poul Levin
+Niels Mollerup
+Carl Ludvig Studsgaard</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, hvor hun bla. tager sangtimer.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed har været til middag hos Emma og Bernhard Hirschsprung (i Tordenskjoldsgade, København). En af gæsterne, professor Studsgaard, var ubehøvlet overfor hende.
+Og Alhed har været på tur til Frederiksborg og se teater.
+Hun er glad for, at Johannes Larsen vil hente hende i Ullerslev få dage efter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U7Kt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev i Dag, jeg skal nok komme paa Lørdag, jeg havde allerede bestemt det, inden Dit Brev kom, og Du kan tro, at ogsaa jeg glæder mig over at der kun er 3 Dage til! – Kl er 12 ¼ Aften vi ere lige komne hjem fra en stor, fin Middag i Tordenskjoldsgade. Et nydeligt Selskab for Resten. Bordet var saa smukt pyntet med Masser af gule Tulipaner og de har saa mange dejlige Krystalskaale og smukt Porcelain og fine Glas. Og noget forfærdelig raffineret Mad med glimrende Vin til. – Gæsterne var Professor Studsgaards, dito Krogs, Erik Henningsens, Generalkonsul Hansens, Pietro Krohn, Emil Bissen, Poul Levin og nogle af Familien. Jeg havde faaet Lov at komme hen til det lille Bord, hvor de altid morer sig saa udmærket, men i Stedet fik jeg ”Nolle” til Bords, hvilket jeg for Resten var udmærket glad ved, han var saa rar at snakke med og sagde, at han gærne vilde have mig derud til næste Vinter. Jeg spurgte ham om det. – Jeg havde min nye, gule paa med hvide Silkebaand og Gyldenlakker. De sagde, den var pæn. Men ved Du, hvad Professor Studsgaard sagde om mig til Berta: hvad er det for en Baby? hvorfor har hun ikke sin Patteflaske med? – Sikke ondskabsfuldt! de synes vist, jeg ser meget grøn ud, Poul Levin sagde til Berta, at hvis han skulde tale med mig skulde det være om Fuglesang i Skove! – Han talte med mig bagefter, men det blev om Literaturen i Aarhundredets Begyndelse. - - Det bliver nu ikke noget langt Brev, jeg maa snart i Seng, den var over 3, inden vi kom i Seng i Aftes. – Det var morsomt ude i Frederiksborg, Slottet fik vi ikke at se, [ulæseligt ord] var der med nogle efter os. Mollerup var der, han havde hjulpen dem nogle Dage med Komedieindstudering, Pantomime o.sv. det var helt grinagtigt at se paa. – Det var et yndigt Vejr i Morges, da vi rejste hertilbage, der laa et fint Lag Sne. Det er vist for resten Kaneføre, men det varer vel ikke til paa Lørdag. Jeg bliver selvfølgelig forfærdelig glad, hvis Du kommer og henter mig i Ullerslev, Du kan ikke tro, hvor jeg glæder mig til at se Dig! – Nu maa jeg slutte Kl. er 1 og jeg er saa frygtelig søvnig. Nu løber jeg ud i Postkassen med dette, saa faar Du det i Morgen Eftermiddag. Jeg er rigtignok god ved Dig, men det er fordi jeg holder saa meget af Dig. – Godnat! Om 7 ½ Time skal jeg vaagne og have Brev! Kan Du hilse Din Mor mange Gange og spørge, om jeg maa komme! Hils ogsaa de andre. Allermest Dig selv fra Din egen Alhed.
+22 – 2 – 98 -</t>
+  </si>
+  <si>
+    <t>1899-03-04</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Alfred Eckardt
+Kirstine  From
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Olga Lau
+Jakob Lindberg
+Susanne Lindberg
+Sophie Meyer
+Sophus  Meyer
+Mise Petersen
+Asta Thalbitzer
+- von Rosen
+- Winther</t>
+  </si>
+  <si>
+    <t>Svenskerne er muligvis Maria Cecilia Eckart og hendes mand Bernhard Kjellmann</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen sender en pakke. Skal til møde vedr. asylet. Far skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/imC3</t>
+  </si>
+  <si>
+    <t>Kjæreste lille Dine - !
+Hjærtelig for dit Brev og hvad Du fortæller mig glæder mig saa usigelig jeg er der i Tankerne baade Morgen og Aften beder vor Herre velsigne din Gjerning og give Dig Naade til at forstaa hvad Glæde der er ved at arbejde i hans Navn og til hans Ære husk altid I Unge at det Pund han har givet Eder skal I forrente her i Livet Gud ske Lov og Tak for Evnerne der er mine Børn givet – oh hvor er Du sød der kan fortryde det er det allerførste Skridt til Forbedring vidste I blot hvor højt jeg elsker Eder
+Pakken er ikke saa indholdsrig som den burde jeg kan kun skaffe 5 Kr i dag og Støvlerne er ikke færdige – saa sender jeg dem med Lagenet senere hils Olga Lau og Tak foreløbig for Agraren skal ogsaa have en Pakke idag Madam Vinther og gjør Lørdagsrent hun bor jo hos Bageren de 2 Dage derfor maatte vi opsætte her er Vilhelms Brev saa Du kan høre lidt fra ham
+Svenskernes sender jeg Adolph saa kan han igjen sende dem over til Dig – Adolph rejste Søndageftermiddag da jeg fulgte ham til Posten gik jeg til Bager hermed kan Du læse Avisen og Prologen der kom vist 1000 Kr Overskud vi skal til Asylmøde Mandag for at efterse Regningerne Leutenant v Rosen var aldeles enestaaende i sin Kraftanstrængelse – der var Tabloer fra Rocokke og Empire Tiden hvor han sang Sange fra den Tid – Solo Violin af Fru Talbitzer [ ulæseligt] arien som Du kjender Jacob Lindberg var der og fortalte mig at Susanne har holdt Bryllup for en 3 Uger – jeg maa give Agraren lidt ogsaa
+Faer kommer naar der er tilsaaet og medens det er Maaneskin paa Gjennemrejse – til Sverrig han siger jeg skal med nu faar vi se stol ikke for fast
+Din trofaste Moder
+Hils Alle Eckardt med jeg vilde havt Pakken med Mejerne men de kom ikke at sige Farvel
+Der er kommen Vand opte hvor de graver til Bryggeriets Brønd saa gaar den Sag i Orden og vores Lejlighed at Bøtterns flytter fra er lejet ud til [Mise?] Petersen 400 - det er ogsaa godt
+Din Taske blev loddet bort unge Fru From vandt den</t>
+  </si>
+  <si>
+    <t>1922-03-09</t>
+  </si>
+  <si>
+    <t>Særslev
+Dalby, Hindsholm</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Klaus Berntsen
+Achton Friis
+Drude Jørgensen
+Marie Larsen
+Laurits  Larsen (Dalby)
+Elisabeth Mackie
+Peter Magnussen
+Sophus  Meyer
+Anna Meyer 
+A Munch-Petersen
+Rasmus Nielsen, København
+Peter Stoffer
+- Wedel</t>
+  </si>
+  <si>
+    <t>Det vides ikke, om Gogger er fx en hund eller en person. Det vides ikke hvem Bebs er.
+Johannes Larsen havde gennem årene flere oddere ved navn Jokum.
+Alhed Larsen rekreerer sig hos sin søster i Birkerød, efter at have haft den spanske syge.</t>
+  </si>
+  <si>
+    <t>Chr. Andersen - veteran fra 1864 - bliver indstillet til at blive hædret og blive Dannebrogsmand. 
+Mens der er is på vandet, er en odder blevet skudt, men heldigvis ikke Johannes Larsens Jokum.
+Drude vil gerne have udstillingen.
+Alhed Larsen har fået et tilbagefald og må udskyde hjemrejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rVkG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Marts 1922
+Kæreste Alhed!
+Ja der er ikke noget at melde i Dag. Marie og Putte er gaaet ud til Chokolade hos Mygs med Gogger, det er Bebs's Fødselsdag. Chr. Andersen været her i Dag, med Krykker og Stok. Han havde faaet en mærkelig Opfordring fra Friis, som gik ud paa at han skulde sende sine Veteranpapirer til ham, han var bange for det drejede sig om Penge. "Jeg faar jo min aarlige Hædersgave og bryder mig ikke om at søge noget." Der stod i Brevet at det var i Anledning af at Laurits Larsen i Dalby havde henvendt sig til Friis og han vidste at Vedkommende var en ven af Klaus Berntsen. Heldigvis kendte jeg Sagen og kunde berolige ham hvad Pengene angik. Men jeg fortalte ham ikke at Meningen var at gøre ham til Dannebrogsmand. Han fortalte at Peter Stoffer havde skudt en meget stor Odder mens Isen laa her, men det var ikke Jokum. Nu kom Dit Brev. Jeg har ringet til Drude hun vil gerne have Udstillingen. 
+Det er da trist at Du har faaet tilbagefald. Gud ved hvornaar Du nu kan blive i Stand til at rejse. Hvad er det med Puttes Bal?? det har jeg ikke hørt om. Forhaabentlig er det først næste Fredag hun skal rejse. Nu var jeg lige kommen i gang med at male. 
+Nielsen paa Museet kan vist godt skille Billederne ad saa mine + dem hos W &amp;amp; M kommer i Kasser for sig og gaar direkte hertil mens Dine gaar til Odense. God Bedring og mange kærlige Hilsner
+Din 
+JL</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+- Berner
+Julie Brandt
 Thora  Branner
-Louise Brønsted
-[...52 lines deleted...]
-    <t>Alhed Marie Brønsted
+Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
-Louise Brønsted
-[...40 lines deleted...]
-Tycho Jessen
+Adolph Larsen
 Andreas Larsen
-Johan Larsen
-[...50 lines deleted...]
-Hans Nobel von Nøragger
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
 Otto Emil  Paludan
-C.E. Skjerbek
-[...30 lines deleted...]
-Sandholt, d. 6. Januar 1916.</t>
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1902-03-13</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Johan Elmqvist
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Besøget på Båxhult skal muligvis ses, som en del af afviklingen af familien Larsens ejendomme/forretninger p.gr.a. økonomiske problemer.</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre er i Sverige. Skoven til naboejendommen Strømhult er blevet solgt. Man venter syn på fredag. Der er mangel på penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yWfG</t>
+  </si>
+  <si>
+    <t>1902-03-13
+Boxhult
+Kjære Christine!
+Godt kom vi herop og raske er vi trods den knagende Kulde det frøs 12 Grader den første Nat lidt Sne faldt der, men først igaar kom Snefaldet til Slædeføre vi skal til Strømhult i Eftermiddag i Kane for jeg vil ikke gaa og blive vaad om Fødderne, Dugen er paa Bordet hver Dag [sømmet] er den lille Dine jeg var i Baden den første Dag hvor jeg kjøbte Traad Fingerbøl Fejeskuffe og et Par nydelige Trætøfler med rød Kant saa jeg gaar med varme Fødder hver dag. Nu er jeg kommen tilbage fra Strømhult der var Glæde de havde solgt Skoven og faaet 10,000 Kroner meget mere end den er værd men Manden var selv Byder saa de havde kun at sige Tak. Børnene ere raske og Glæde er der ved Tanken om Besøget til Sommer af alle Børnene, der væves ny Sommergardiner til Matsalen, der er nydeligt oppe paa Gjæsteværelserne og over det hele hun er bestemt en dygtig lille Frue din Marie.
+Saa paa Fredag skal Synet være blot der nu maa blive Enighed og Afstaaelse jeg ønsker saa meget og beder dog vor Herre hjælpe os at vi kan blive fri for den Sag ved Rettergang vi har sammenhuset Udgifter nok endda.
+Inspektøren kom nu ned for at prate med Faer saa tager han Brevene med sig og sender dem med første Lejlighed.
+Du kan tro her er smukt nu med Sneen og den rene blaa Luft Solskin og Fuglene sad her i Træerne Musvitter Guulspurv og Skaden vil vist bygge her den fløj med Pinden i Næbet.
+Vi befinder os saa vel begge to god Appetit og god Søvn; jeg var saa heldig lille Dine at lave en Suppe af Skinkesuppe som Du lavede da Du var her for den hørte vi ofte om da Faer kom hjem
+Det var morsomt at høre ham prate med Inspektøren om Saag og Møllen havde vi dog nogle Penge saa han kunde faa virket og tjent noget igjen jeg lægger nu den Sag i vor Herres Haand han maa føre os vel frem igjennem al det
+Kunde jeg dog nu faa Tid til at se noget naar jeg kommer tilbage til Kjøbenhavn og faa talt lidt med Dig der er saa meget man ikke vil sige uden vi er ene jeg gad vide om Alhed og Johannes saa kommer afsted til Byen faar du noget at høre saa lad mig det vide – vi sidder og ønsker at være til stede allevegne men naar saa lidt. Gud velsigne og bevare Eder allesammen lille Børn det beder jeg tidlig og sildig.
+Thor blev sluppen løs for at hilse paa os han havde nær ødelagt mig han fulgte os herhjem og ligger her i Stuen nu bliver han her vel til vi rejser. Nu lev vel lille Dine hils Demant og Eckardts.
+Din Moder</t>
   </si>
   <si>
     <t>1918-07-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Louise Brønsted</t>
   </si>
   <si>
     <t>Hilde Balvig
 Margrethe Bentzen
 Anna Berntsen
 Mogens Brandstrup
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Hans Christian Caspersen
 Johanne Caspersen
 Otto Gelsted
 Ida Kattrup
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
@@ -2816,361 +642,712 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3756</t>
   </si>
   <si>
     <t>Ellen/Bes Brønsted er velkommen. Hans Christian og Hanne/Tante Caspersen kommer også. 
 Johannes Larsen maler fuglebilleder.
 Laura Warberg har haft mange gæster.
 Andreas/Dede Warberg har været hos sin mor med sin ven, Henningsen, som var knap så vigtig som tidligere.
 Bodild Branner er kommet til skade.
 Otto Gelsted er vendt tilbage til Kerteminde. Han bor i det hvide hus.
 Laura Warberg vil gerne høre om Louise Brønsteds families sommerplaner.
 Johanne/Junge og Adolf/Agraren Larsen er bekymrede for høsten. Det er tørt. De vil opfede en gris til Laura Warberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Pdtg</t>
   </si>
   <si>
     <t>[Skrevet med blyant:]
 Ca 1918
 [Med blæk:]
 Kerteminde d: 9_de_ Juli 
 Kære Lugge!
 Lille Bes skal være velkommen Onsdag d: 17_de_; Dis veed nok, at jeg kan ikke have hende om Natten, men Johanne har tilbudt at hun maa sove der; hun kan jo gaae herned strax om Morgenen og have sin Bagage her. Dede kommer Torsdag Morgen og bliver vist en halv Snes Dage, mulig Bes kan faae min Divan lidt, inden Caspersens kommer d. 24_de_; det kan være Tante kommer lidt før jeg er saa ked af, at de kan være her saa kort, der siges til d: 30_te_ , 5 Dage! Jeg har skreven og gjort vældig Vrøvl derover vil i al Fald have Tante til at blive meget længere. Nu faaer vi see. Jeg veed nok, Du bryder dig ikke om Besked, dersom lille Bes kan komme, men nu har jeg alligevel Lyst at skrive lidt til Dig lille Muk! og fortælle lidt om Status quo her i Kerteminde. Las maler med Lidenskab paa sine Fuglebilleder, saa Alhed klager over, at hun ikke kan røre sig til noget. Hun var her til et Par Timer til Kaffe forleden Efterm.; fortalte interessant om Drengenes Examen og alle de mange brændende Spørgsmaal om Lysse – og Las’s Brev!! Anna Berntsen har været hos mig siden d: 28_de_ i Gaar kom Margrethe og de skal begge boe paa Højskolehjemmet til paa Lørdag saa en Tur til Silkeborg Viborg Fanø, Ribe og Rømø derefter besøge nogle Venner i Jelling; de har arvet en Smule Penge – hver 3000 – og vil nu see sig lidt om. Saa havde jeg inviteret til i Aftes Middag: Alhed, Johanne – Tutte som er i Odense og Fru Hilde Balvig, de boer ogsaa paa Højskolen – og Margrethe. Jeg havde for første Gang i mange Uger et stort Stykke Kød, en Oxesteg paa 8 Pund] - derefter Oste[ulæseligt] og en Dessert 2 Flasker Rødvin Bordet dækket saa fint som jeg formaaer. Stemningen var rigtig god, vi var 9. Elle kom tidlig hjem. Junge var ene om alt lige fra Thora kom med 3½ Toget og alt var saare godt. Balvig kom om Aftenen. Nu vil Alhed see at sætte igennem, at Balvig, Bentzens, Agrarens kommer til dem på Fredag til Aftensmad; hvis hun kan for Las, som skal være meget nervøs og urimelig. Vi skal have Henningsens fra Bøgebjerg den Aften; han er Dedes gode Ven fra Odense Skole og han havde bedt om at see Dede her. Minna kommer ikke med, da hun d: 14de faar Ida med Barnet og lille Nis i Besøg; hun kommer saa senere til os. Jeg maa jo tilstaae, at vi alle er glade over at faae Dede alene nu. Mogens B, var her godt en Uge, han var meget rar, er ikke saa vigtig nu som før; jeg kalder det, at han er mere aandelig vel proportioneret nu! Thora og Børnene rejser til Samsø sidst i Ugen. Bodild hun er bedre, men den bliver forbunden hver Dag, og der frygtes for, at den altid vil blive stiv. Det var uhyre heldigt, at vi lige kunde naae at faae Thora med i Aften. Gelsted færdes her nu igen og boer i det lille Værelse i det hvide Hus. Lige nu kom lille Bes’s Brev, vil Du takke hende. Jeg længes efter at vide, hvordan Eders Planer er falden ud? Skal saa Madien og Peter til et Badested? og Dis med Lomme og Mudi holde Hus alene? Og hvordan med Dis og Elles Cycletur? Bes er jo saa skrivende, hun kunde jo fortælle mig lidt herom – ellers ogsaa haaber jeg hun veed lidt Besked, naar hun kommer. Paa Grund af, at Elle var syg en Uge, korter hun sin Ferie af saa længe. Jeg har bedt Alhed være her en Uges tid i August. Naar hun havde været 14 Dage hos Sybergs mente jeg en extra Uge kunde være godt for hende og den lille, men hun kan kun holde Ferie de 14 Dage desværre, hun kunde nok trænge til lidt mere Landluft, naar hun endelig er borte fra sin Kvist. Hun er vel nok hos Eder nu og du maa hilse hende; lad hende faae Del i ”Bagatellerne!” Johanne er saa rask og fornøjet, hun havde forleden Balvig og Elle til en nydelig flot Aftensmad. Desværre trænger vi her saa uhyre til Regn her er falden saa lidt, det er igen en Tørkeperiode og det knuger jo nok Agrarens, at Høst-Indtægterne som de har ventet sig saa meget af bliver forringet med Tusinder af Kroner; bl.a. har de maattet græsse en Mark, der vilde have givet for 1000 Kr. Hø og en Havremark maa vist gaae samme Vej. Nu vil Agraren føde en Gris op til os en længere hen i Vinteren; det er en stor Fordel, at man kan det. Kan I ikke have en? Mindre Læsning? Havde Lomme Tid at læse videre med hende? Nu er der vist ikke mere at skrive om lille Muk. Vi glæder os over at høre, Dis er ret vel, er det sandt? Saa kun de kærligste Hilsner til Eder allesammen fra 
 Mor</t>
   </si>
   <si>
-    <t>Forår 1919 eller 1920</t>
-[...105 lines deleted...]
-  <si>
     <t>1922-12-04</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Pilegården Kerteminde</t>
   </si>
   <si>
     <t>HC  Andersen
 Holger Drachmann
 Bernhard Ingemann
 Henning Kehler
 Peter Rostrup Bøyesen
 Anna Louise Syberg</t>
   </si>
   <si>
     <t>Det omtalte "Tids- og Stridsskrift" er formodentlig Johannes V. Jensens eget blad, Forum, som udkom 1922 og et halvt år frem. 
 Det er vanskeligt at læse ordene i anførselstegnene: "den store ..." Muligvis skriver Syberg Bojzen, og eventuelt henviser han hermed til Rostrup Bøyesen. Det er uklart, hvad Syberg mener med "Land Danmark". 
 Negative anmeldelser af Den lange Rejse af Henning Kehler i Politiken antændte en af Johannes V. Jensens mange litterære polemikker og førte 1922 til et brud med bladet der varede lige til 1926.
 Bibelcitatet: "Heraf skal, så længe Jorden står, sæd og høst, kulde og hede, sommer og vinter, dag og nat ikke ophøre!" 1. Mosebog 8.22. 
 Holger Drachmanns bog "Forskrevet" udkom på Gyldendal 1908.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensen Museet</t>
   </si>
   <si>
     <t>Syberg takker for tidsskriftet og ønsker Jensen en god kamp.
 Rabbe/Anna Louise og Fritz Syberg har det godt. Han forsøger at læse Drachmann, men kan ikke komme igennem bogen, så han begynder i stedet på H.C. Andersen.
 Syberg giver ikke meget for Henning Kehler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q1aW</t>
   </si>
   <si>
     <t>Pilegaarden 4-12-22
 Kære Ven.
 Tak for Dit Tids- og Stridsskrift. Jeg har den største Sympati for Din Maade at reagere mod Fænomenerne paa, og et vil jeg oprigtig ønske, at Du maa faa Din Krig frem, j.m. at der virkelig maa finde en Kamp Sted. Blot Du ikke skal rage Dig ind i en Kamp med ”den store Bojzen” Jeg frygter ”Land Danmark”. Men som sagt, Du har min Beundrimg og min varmeste Sympati. Herovre har vi det godt, Rabbe og jeg; Vort Selskab er det gammeltestamentelige: ”Sæd Høst, Kulde Hede, Sommer Vinter, Dag og Nat.”. Hvad Menneskene angaar, da er der visse Punkter hvor jeg stadig har bevaret min Tro paa dem: vi fødes og vi dør – det er menneskelige Vilkaar som Svindelen endnu ikke har angrebet!
 Hils Else mange Gange og hav det godt alle sammen.
 Din hengivne
 Fritz Syberg
 N.B.
 Jeg prøver for Tiden at læse H. Drachmanns ”Forskrevet” men jeg kan ikke tæve mig til at læse den igennem; jeg tror jeg vil prøve paa at læse H.C. Andersens Romaner. I Fjor Vinter læste jeg Ingemanns. 
 N.B. Henning Kehler er ikke, som Du skrev, ”clean” synes jeg, han er en almindelig rent forloren Dannelsesfilister, men han er jo ung.</t>
   </si>
   <si>
-    <t>1924-04-12</t>
-[...16 lines deleted...]
-Olaf Rude
+    <t>1894-11-02</t>
+  </si>
+  <si>
+    <t>Hugo -
+Baccino Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Melini
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til foråret 1895.
+Romerspørgsmålet: Alhed Larsen ville meget gerne besøge Rom, men hun var nødt til at have rejsefæller, da det var vanskeligt for en ung kvinde at rejse og opholde sig alene i Italien. 
+Alhed maler et portræt af Berta Brandstrup. Viale-billedet: Et motiv fra en snoet sti omkranset af rosenbede. Alhed Larsen har omtalt billedet i flere breve.
+Berta og Ludvig Brandstrup blev gift i sensommeren 1894, og hendes forældre var i november på besøg hos det unge par i Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2155</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er glad for, at hendes far fortsat vil betale for hendes ophold i Italien. Spørgsmålet om rejsen til Rom er dog endnu uafklaret. Alhed arbejder på portrættet af Berta Brandstrup, på Viale-billedet og et motiv i Baboli. Bernhard og Emma Hirschsprung er i Firenze, og de har inviteret Ludvig og Berta Brandstrup samt Alhed på frokost og overdådig aftensmad. De bruger voldsomt mange penge. 
+Alhed er glad for, at forældrene overvejer at få en pige i huset, så hun kan blive i Italien. Efter tre-fire måneder fik hun rigtigt fat i sit maleri, og hun vil helst ikke afbryde nu. Ludvig og Berta har tilbudt, at hun kan bo i Ludvigs atelier og dermed nedbringe udgifterne. 
+Vittoria Bacci og Alhed er ligefrem blevet veninder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GAwd</t>
+  </si>
+  <si>
+    <t>2den Nov. 1894.
+2den Nov. 1894 ["4" skrevet på hovedet]
+Kæreste Mor!
+Jeg blev vældig glad ved Dit Brev i Gaar, som jeg slet ikke havde ventet. Ja det var kedeligt, det trak saa længe ud, inden jeg fik skreven sidst, og saa var Du sikkert ikke tilfreds med mit Brev, men jeg haaber, at Du paa Grund af Omstændighederne tilgav mig. - Det indeholdt jo intet som helst nyt i Romerspørgsmaalet, jeg undgik helt at omtale det, da der ikke har vist sig det mindste i Retning af Rejseselskab. Der er nok ikke andet at gøre end rolig at afvente Magdahls, det er jo dejligt, at Far er gaaet ind paa at betale for mig her, indtil de komme, jeg gik og følte mig saa uhyggelig levende paa Kredit. - Nu haaber jeg at faa mine to paabegyndte Billeder færdige, Portrættet gaar det langsomt med, da det er første Gang, jeg forsøger mig med et saadant, men Lud siger, jeg har faaet noget kønt i det og arbejder godt med det, det morer mig meget. - det nye paa Vialen er færdig naar jeg kan faa en eller to heldige Dage til, jeg skal have en egen fugtig Morgentaage, som man ikke ser hver Dag. Jeg ved slet ikke hvordan det er, da ingen har set det endnu. - Saa har jeg et dejlig Eftermiddagsmotiv gaaende nede i Baboli, som jeg skal have fat paa hvis bare Vejret vil holde sig. I disse Dage er det komplet Sommer. I Gaar led vi ligefrem af Varme, da vi gik og spadserede nede i Baboli, naturligvis uden Overtøj. Jeg var sammen med "Bernhard og Emma" og Luds hele Dagen. Fik Brevkort om jeg kunde møde hos "Melini", en fin Restaurant, Kl. 12 1/2 til Frokost. Vi spiste Fisk, Kotelet og "Sabajone", en italiensk Ret der spises af Galas [det første "a" i ordet overstreget], en Mellemting mellem Citronfromage og Æggesnaps dejlig - Gorgonesolaost og Kaffe, hvid Chianti at drikke til. - Saa gik vi i Domkirken, derefter i Baboli, hvor der er ["er" overstreget] var aldeles dejlig. Der gik vi et Par Timer og snakkede, de ere rigtignok forfærdelig flinke og ligefremme; han snakker mest, men hun er nok den klogeste. Om Aftenen spiste vi ved ved Table d'hôte paa Hotellet en skrækkelig Masse Mad som I maa høre, da det inspirerede mig meget: 1 Suppe, 2 Fiske ["e" overstreget] 3 Oxesteg med Tomater og Kartofler 4 Kyllingeragout med Oliven og Æggestand udenom 5 Grønærter med Smør, 6 Andesteg med Salat, 7 Hindbæris, 8 Frugt og en ["en" indsat over linjen] Slags tør Kage. - Kaffe!! - Hm! det er rigtignok noget fin Familie vi har faaet der. Dagen før var vi med dem i en Antikvarbutik, hvor han købte nogle "Smaating" til 600 Lire! - - Han bruger nok paa to-tre Dage hvad jeg kan leve flot for hernede i et Aar. 
+- - Det gjorde et dybt Indtryk paa mig, hvad Du skrev om, at I tænkte paa at faa en ung Pige i Huset, og at jeg saa skulde blive hernede noget længere. - Jeg skal ikke nægte, at jeg forfærdelig gærne vilde, og at jeg tror, det vilde have meget at sige for mig med min Maling. - Jeg synes, at jeg endelig en Gang efter adskillige Aars Kludren er kommen rigtig i Gang med det, saadan at jeg arbejder og jævnt og og roligt gaar g ["g" overstreget] fremad. Og saa har jeg hernede ["hernede" indsat over linjen] faaet meget meget mere Tro til, at jeg kan føre det til ["til" indsat over linjen] noget; hjemme var jeg kommen de ["de" overstreget] til det Resultat, at jeg maaske nok havde Eeve ["Eeve" overstreget] Evner af Naturen, men at jeg af en eller anden mærkelig Grund strax var gaaet i Staa i min Udvikling. Og temmelig sikker er jeg ogsaa paa, at var jeg bleven hjemme, var jeg ikke kommen et Skridt videre. Jeg kunde gøre et en ["en" overstreget] enkelt Tilløb, men det var mig umulig at koncentrere mig om mit Arbejde, dertil havde jeg mine Interesser og Kræfter altfor meget henvendt paa andre Punkter. - Saa blev jeg reven ud af det hele og kom herned. Og da jeg havde været her en tre fire Maaneder, opdagede jeg, at jeg begyndte at faa mere ordnede Tilstande bragt til Veje. Jeg blev ligesom sigtet igennem et Sold i den Tid ["i den Tid" indsat over linjen], saa alt det overflødige blev blæst bort. - Det var en noget pinlig Proces saadan at blive rusket op og kørt omkring, men en gavnlig Kur var det, og en skønne Dag opdagede jeg, at jeg nu stod parat til at tage fat paa en frisk, ganske vist lidt flad og afblanket, men med frisk Mod og en dejlig fri Fornemmelse. - Siden den Tid har jeg arbejdet og er gaaet langsomt og jævnt fremad. Der var jo en Stansning paa Gr. af Heden, min Daarlighed og den deraf følgende Ferie i Akone, men det har ikke sat mig tilbage, som sagt, to nye Billeder ere ved at løbe af Stablen. - - Men Rom blev ikke bygget paa en Dag, og nu maa I ikke undre Eder over, at jeg gruer lidt ved Tanken om, at jeg nu ["nu" indsat over linjen] skal rives ud af det hele, bedst som jeg er kommen i Gang, bort fra dette Sted, hvor jeg mærker jeg kan arbejde, hvor jeg er kommen til at holde af Naturen, hvor jeg kan se masser af dejlige Motiver, og hvor jeg intet andet har at gøre end at nyde Kunst og Natur og arbejde, intet der kan sprede mig og faa mig til at tænke paa andre Ting. - Naa, nu har I rigtignok faaet en ordentlig Forklaring over det hele; jeg har maaske ikke sagt andet, end hvad I vidste i Forvejen eller selv kunde tænke Eder til, men jeg har ikke kunnet lade være at skrive om det, da det løber mig meget rundt i Hovedet i denne Tid. Jeg havde ["havde" overstreget] har, med Respekt at melde været lige ved at skrive til Far og bede om at maatte tage 2-300 Kr. af mine egne Penge til at fær ["fær" overstreget] være her for i Vinter, da jeg syntes, det vilde være af saa stor Betydning for mig, men da det jo er et meget ømt Sted, har jeg betænkt mig paa det. Men fristende var det. Lud og Berta har nemlig gjort mig et storartet Tilbud. De har sagt, at kan jeg se Udvej til at blive her i Vinter, maa jeg ligge paa hans Atelier, der er Sofa, Sengeklæder o.sv. som han selv har brugt, og deres Værelse er lige ved Siden af i et Hus saa de kan lige ["lige" overstreget] kige ned i Atelieret. Paa den Maade kunde jeg være her umaadelig billig! Vi har regnet ud, at jeg godt kan være her for 55 Kr om Maaneden, til Nøds ogsaa 50. - Lud og Berta sige, at de gærne ville have mig, og jeg tror, det er deres Mening, vi har det forfærdelig hyggelig sammen og Berta og jeg er umaadelig gode Venner. -
+- Nu maa jeg snart slutte, vi skal paa Banegaarden at sige Farvel til Hr Hugo, der nu er færdig med sin Ferie. - - Fru B. har i Form foræret mig et gammelt italiensk Bondesmykke; en bred Kæde med en Slags Medallion i; det er vist af Nikel og Messing eller jeg ved ikke hvad, Arbejdet er nydeligt og det har kostet 50 Lire. X [indsat i venstre margen, lodret:] hun har faaet det af en anden [indsættelse slut] - De ere stadig aldeles mageløse imod mig; Fruen og jeg er ligefrem Veninder Manden siger, at jeg er den første Veninde, hun har haft i de 7-8 Aar, hu ["hu" overstreget] de har været gifte. De bede mig tit om at hilse Eder, naar jeg skriver. - - - Skriv nu endelig snart igen. Du skriver, at I havde jo glædet Eder til at faa mig hjem til Jul; og jeg skal jo ikke nægte, at det paa nogen Maader er en drøj én at tænke paa, at jeg ["jeg" overstreget] at det endelig kan vare endnu adskillige Maaneder, inden jeg skal se Eder men - - det kan ikke nytte noget, det andet maa gaa forud og jeg ønsker derfor paa det varmeste, at det maa lykkes med den unge Pige i Huset. - Skriv snart. 1000 Kæ ["Kæ" overstreget] kærlige Hilsner til Eder alle hver især. Eders Alhed.
+Tanti salute da il vostro amico Baccino -
+= mange Hilsner fra Eders Ven den lille Baccio. - (Han har selv funden paa det, bad om at laane Brevet her - Tanti saluti da nou, siger Fru Bacci, d.v.s. mange Hilsner fra os. -</t>
+  </si>
+  <si>
+    <t>1895-3</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Baboli, Firenze</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+August  Eiebakke
+Thorvald Erichsen
+Bernhard Hirschsprung
+- Kofod
+Arnold Emil Krog
+Laurits Ring
+Alfred Rottbøll
+- Rottbøll, Fru
+Emma  Sørensen
+Salomon Sørensen
+Giuseppe Verdi</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem Brun er.
+Moll er en meget let, blød halvt gennemsigtig, fintrådet vare, fremstillet af meget blødtspundet garn. Anvendes til foer og bluser. (Textilbogen, Westermanns Forlag København 1946, s.141)</t>
+  </si>
+  <si>
+    <t>Alhed mødes ofte med de danske og norske kunstnere. Hun bagte en kage, som blev en succes. Hun har også været på en dyr restaurant og i teater med Bernhard Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kGFM</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Endelig i Gaar kom da dit Brev! Du havde jo lovet at skrive igen Mandag d. 17de, saa jeg ventede det om Torsdagen; først næste Torsdag kom det saa det var en hel Uge, jeg gik og ventede forgæves, jeg blev meget urolig tilsidst. Nu haaber jeg, at det til Gengæld varer meget kort, inden jeg igen hører fra Eder! – Jeg har været meget paa Farten i den sidste Tid, saa jeg har en Del at berette om. - - Jeg slap nok med Ring, nævnede saa vidt jeg husker paa Brevkortet, at vi skulde ud at spise til Aften sammen med ham, inviterede af ham. Det var meget vellykket; han er en brillant éen. Desværre var Lud ikke med, da den gamle Cigar Hirschsprung (Bernhard) var kommen herned og Lud maatte trække om med ham. Efter Aftensmaden gik vi hen hos ”Cornelio”, en stor Café, hvor der er en Have, der helt er omgivet af Blaaregn i Espalier. De danne et fuldstændig tæt Tag over Hovedet, det ser pragtfuldt ud. Udenfor Døren traf vi paa Clement og to Nordmænd, Eiebakke og Erichsen, (den smukke); vi satte os ved et Bord og bestilte kaffe og Likør. Lidt efter ankom Lud, han havde faaet den gamle hjem i Seng og var nu ude at lede os op, anede ikke, hvor vi var gaaede hen. Nu var vi jo ["gaaet" overstreget] bleven et større Selskab, vi sad og havde det voldsom hyggeligt og gemytligt, det er nogle livlige og ungdommelige Mennesker baade Ring og de tre andre. Rottbøll er jo noget tør ved saadan en Lejlighed, han sidder og tysser saa utaaleligt paa lille Fru Pelle ["Pelle" overstreget], naar hun [udstreget ord] ler højt; men heldigvis rager han sig gerne ind i en lærd Samtale med en eller anden, inden der er gaaet ret lang Tid, og saa kan den lille faa Lov at more sig i Fred. – Dagen efter traf jeg Lud og Hirschsprung oppe paa Samlingerne. H. havde set mig to Gange før, sagde han, éen Gang oppe hos Krog, da jeg var deroppe allerførste Gang at præsentere mig sammen med Lud, og nogle Dage senere da jeg var ude at bese Fabrikken - - Den næste Dag var jeg svært engageret. Først var der bleven tilbudt Fru R. og mig Billetter til en stor Koncert af to engelske Damer; dem kunde vi desværre ikke tage imod, da vi havde bedt fremmede til om Aftenen, Ring og en Dr. Kofod, Halvfætter til Rottbøll. Til denne Lejlighed lavede jeg Katrineblommekage. De kender den ikke her, saa jeg lavede den helt paa egen Haand, den blev vellykket, og gjorde meget Lykke. – Mens jeg gik og lavede den kom Lud. – Han skulde invitere mig fra Hirschsprung til Aftensmad og Theater bagefter. Det traf jo lidt uheldig sammen med det andet, men da Billetterne var købte, havde jeg jo intet Valg. – Jeg mødte Kl. 7 hos ”Mellieu”, en meget fin og god ”Restorant”. Salen, vi sad i, var flot udstyret med Blomster og Planter, Væggene var helt dækkede med grønne Trær, der naade til Loftet. – Vi spiste en fin lille Middag eller lettere Aftensmad: Sardiner Radiser, Smør og Brød – Suppe med engelsk Silleri og andet grønt - Brisler med Champignon – stegt Høne med Salat – Slikasparges – Is (Vanilje og Frugtis) – Brød og fin Ost – Frugt (alt muligt) – Kaffe og Likør. – Vi spiste flittig i to Timer, men der matte ogsaa arbejdes tappert, naar hver skulde naa at spise for næsten 8 fr! Regningen blev paa 23 fr! – Jeg synes rigtig godt om Hirschsprung, han er meget elskværdig og ligefrem. – Saa gik vi i Theatret, hvor vi kom en Time for sent, hvilket ikke gjorde noget, da vi alligevel ikke forstod noget af Handlingen, og Musikken var ikke kønnere, end at vi kunde faa nok paa to Timer. Det var Operaen Fallstaff, Musik af Verdi. Det var noget temmelig Gøjl, men der var smukke Sangstemmer, navnlig to Damer sang ganske dejligt. Det var morsomt at sidde og se paa de smukke og pyntede Italienerinder i Logerne (vi sad paa fine Pladser til 8 fr pr Stk.) Der sad en pragtfuld en i Nærheden af os, for det første var hun meget smuk af Naturen, og for ["for" overstreget] dertil var hun klædt aldeles overdaadigt paa, sort Fløjls Kjle ["Kjle" overstreget] Kjole ganske oversaaet med Diamanter. – De fine Italienerinder ere forfærdelig elegante, de gaa paa Gaden eller rettere køre i deres Ekvipager i de fineste lyse Silkedragter, hvad de har paa til Stads, kan jeg ikke begribe. 
+Jeg nævnede nok ogsaa Nolles Søster med Navn paa et Brevkort. – En [tilføjet: Morgen] Dag, da Lud og jeg netop var gaaet her ud af Døren for at gaa ind til Byen, kommer der en Droscke kørende, og jeg ser til min Forbavselse Lud sætte op i den med et Spring. Det var saa dem, en stor gemytlig [overstreget ord] svensk Arkitekt ved navn Salomon Sørensen og [indsat: hans] Kone Emma Nolle, der lignede denne sin Broder umaadelig meget. De var kørt herop for at spørge Konsulen om Luds Adresse! Et grinagtigt Sammentræf! Lud og jeg kom saa op i Droschen og vi travede rundt [overstreget ord] sammen hele Dagen, spiste Frokost hos ”Mellini”, gik i Baboli og paa Museer. Det var flinke unge Folk. - - - Det er desværre et kedeligt Vejr i denne Tid det regner hver eneste Dag. Men heldigvis har jeg et Motiv i Gang i et Drivhus nede i Baboli, saa jeg kan male alligevel. – Jeg har stiftet Bekendtskab med nogle Gartnere dernede, saa jeg har faaet Indpas i nogle Anlæg og Drivhuse, hvor Publikum ellers ikke kommer. – En Dag fik jeg Øje paa et deligt Motiv inde bag en lille Gitterdør, det var en lille Terrasse, smækfuld af Blaaregn. Jeg spurgte nogle Have mænd, om jeg ikke kunde komme derind og male; ”impossibile” det tilhørte Overgiardinieren og var ganske privat. Jeg opgav det imidlertid ikke men holdt Vagt ved Gitterdøren indtil Gartneren selv viste sig. Ham gik jeg paa og Resultatet af en ”Samtale” blev, at jeg gærne maatte komme ”venga, venga Signorina e s’accomodi.” Kom, kom og gør Dem det behageligt! – Det er en stor og kraftig Mand, venlig og elskværdig paa 40-50 Aar. Han viste mig ind i Anlæget, gav mig en Buket Blaaregn og stolt gik jeg hjem. – Men – næste Dag og næste Dag styrtede Regnen ned og da jeg endelig kom den tredje Dag var Blaaregnen aldeles forpjusket og umalelig. Det var mig en stor Skuffelse. Men saa opdagede jeg nogle [udstreget ord] dejlige Senerarier inde i et Drivhus og dem gik jeg paa. Jeg tror det gaar godt med dem, Gartnerne ere meget tilfredse, saa de maa jo ligne i alt Fald. – Foruden den gamle Gartner er der 4-5 andre, hans to Sønner, to grinagtige Lømler paa 16 -17 Aar, der løber og opvarter mig, vil hente Stole med Rygstød o.s.v. den ene, ”Pierre”, har faaet stor Interesse for Malerkunsten, har købt sig en Farvelade og gaar nu og maler nogle [ulæselige bogstaver –selige] Billeder, som jeg skal sige ham ”Fejlene” ved. Endvidere er der to Gartnerelever, begge mørke generte og altid i stor Travlhed, der styrter som Raketter gennem Drivhuset og skeler hen til mig. Endelig er der en Neveu af den gamle Gartner, en nydelig, pæn Mand paa c. 25-30 Aar. Han har et stille tiltalende Væsen og et intelligent Ansigt, hvilket ellers ikke er Italienernes Specialitet. Han har været syg en Uges Tid, i Gaar viste han sig for første Gang igen. Han sad i over tre timer ved Siden af mig – det blev Regn, saa han kunde ikke gaa - og tænk var det ikke morsomt, han syntes, jeg var gaaet saa umaadelig frem i italiensk i den Uge! Det gik saa flot i Gaar, vi talte om alt muligt, endogsaa om Religion. Jeg forstod alt, hvad han sagde og fortalte ham ogsaa en Del om Danmark. Han skar nogle dejlige Blomster af Urtepotterne bl.a. en pragtfuld rød Rose og et Vidunder af en gul Nellike, og bandt en yndig lille Buket til mig. Han gav mig ogsaa nogle sjældne Blade til at presse i en Bog. – Det er morsomt, jeg har faaet Indpas der, mine Sager staae i et Kontor, Og de have vist mig, hvor Nøglerne hænge, saa jeg kan selv lukke mig ind. – Nu maa jeg skrive noget om Pakken jeg maa endelig have den stribede Nederdel og det linnede Liv. Ikke Støvler, men de brune Sko, blaa Kjole, Fotografier. Skulde der ikke være hvidt gammelt Moll, at jeg selv kan sy mig et Liv af?? Fru R. har gode Mønstre, her bliver vist gebummerlig varmt. Har jeg ikke et Par Silkehalvhandsker? – Der maa være lige saa mange Breve, der kan i Pakken Vilde ogsaa gærne have min Blendramme der kan skilles i 4 Dele. Hvis noget af dette maa tages fra paa Gr. af Vægt, maa det være Rammen og endvidere kan det blaa Liv sprættes fra Nedderdelen og tages fra; Nedderdelen er lang nok alligevel. – Send mig Clemses og Brunes Fødselsdage, men husk det. – Jeg læser italiensk paa egen Haand. Nu skal Brevet hen i Kassen, ellers naas det ikke. Læser ikke igennem. Venter snart brev igen. Roserne??
+1000 Hilsner til alle – Alhed
+Dit Hoved??</t>
+  </si>
+  <si>
+    <t>1896-09-24</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Wilhelmine Berg
+Julie Brandt
+Bernhard Hirschsprung
+Emma Hirschsprung
+Heinrich Hirschsprung
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvad historien om altertavlen i Vantinge Kirke går ud på. Alhed Larsen nævner også sagen i et brev. 
+Albrecht Warberg må være i København for at modtage behandling for sin astma i blandt andet (luft)klokken, som er omtalt i brevet. Wilhelmine Berg/Tante Mis havde et pensionat i Gothersgade, og Albrecht boede ofte der, når han var i behandling i København. 
+Personen, som har været på besøg, er muligvis Laders. Navnet er svært læseligt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0334</t>
+  </si>
+  <si>
+    <t>Laura Warberg undrer sig over, hvornår Christine kommer hjem fra Julie Brandt. Sidstnævnte har ikke engang råd til mad. 
+Det er godt, at Albrecht har det bedre, men greven synes, at han skal blive i København lidt længere. 
+Laura undrer sig over, at Alhed alligevel ikke skal smøre altertavlen i Vantinge med æggehvide.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JOaj</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Herr Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 – 4.
+København 
+K.
+[I brevet:]
+Torsdag d: 24_ds_
+Kæreste Abba !
+Tak for Brevet! som altsaa er det sidste i denne Saison. Jeg var en Del skuffet i Tirsdags, da der intet kom, heller ikke om Eftermiddagen, da Alhed og jeg var kørende ned efter en Kasse Blommer. Det er jo skrevet i Mandags og underligt, at det først kom her Onsdag. Gud ved, hvornaar Putte har i Sinde at vende Næsen hjem efter! Det er egentlig galt, at stakkels Pan har hende saa længe, de siger, at hun har det saa grulig trangt, at hun tidt ikke har Raad at spise sig mæt. Lidt Fødevarer fik hun med til dem bægge og Fredag sender vi en Pakke til Brandts Fødselsdag paa Lørdag. Det er underligt af Mis hvis hun ikke tager hende Putte [”Putte” indsat over linjen] et Par Dage, hun inviterede hende dog i Sommer, da Putte var bedt til Hirschsprungs. Vi lod hende ikke tage Returbillet, da jeg den Gang tænkte mig, at hun nemlig kunde rejse hjem samme Dag som Du om hun ogsaa havde 3 Kl. kunde I dog være sammen paa Færgen. Men nu overlader vi til dem selv derinde at sende hende hjem. 
+Det er glædeligt, at Du nu mærker Bedring, saa kan Du vel rigtig gaae Ture, naar Du kommer hjem. Vi har haft og har endnu Regn hver eneste Dag, plukkede 20 Pund Brombær i øsende Byger i Mandags, saa vi maatte klædes om fra yderst til inderst. Jeg begyndte at gaae Ture om Morgenen, da Moder rejste, men det er ingen Dag mere Vejr til det. I har det vel ligedan. Vi undrer os over, at Alhed alligevel ikke skal smøre den Altertavle i Vantinge med Æggehvide, men hun paastaar, at Du udtrykkelig sagde, det hastede ikke, før Du kom hjem. Vil Du have det gjort forinden, saa kan jo et Brevkort være her paa Lørdag, hvis det kommer tidsnok i Postkassen, og saa kan hun [et overstreget bogstav] cykle derom om Efterm. Greven sagde forleden til Paludan, at Du burde vist blive endnu længere derinde, naar Klokken saa sent begyndte at virke, om ogsaa det [ulæseligt ord] kan være, saa kunde det vel nok skee uden Dig; endnu er der intet om det. Syberg har det ret godt, faaer nok helt ondt om Morgenen, men er ellers rask nok; vil med til Sandholt i Morgen, kører med os. Pallam bedt med, men er jo lykkelig ved at slippe fri; [et overstreget bogstav] han har Auktion. I Torsdags kom Ladenen og var her til i Mandags. Dersom de to ikke er Forlovede, saa
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1898-02-12</t>
+  </si>
+  <si>
+    <t>Tordenskjoldsgade, København
+Langelinje, København</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Julie Brandt
+Louise Brønsted
+Frederik Gad Clement
+Peter Hansen
+Frederik Hendriksen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Johanne Kampmann
+Marie Krøyer
+Johanne Christine Larsen
+Anton Lorenzen
+Frederik Lützhøft
+Hedevig Lützhøft
+Julius Paulsen
+Jens Rasmussen
+Karl Schou
+Marie Schou
+Andreas Peter Weis
+Kristian Zahrtmann
+Ernst Zeuthen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København bla. for at modtage sangtimer hos Hedevig Lützhøft (Mutter). 
+"Chr. A." = Johannes Larsens maleri Christian Andersen lader patroner. 
+Det vides ikke, hvem den omtalte Waldemar er. 
+Malersalen: Peter Hansen (P.) har en tid arbejdet på Det kongelige Teaters Malersal.
+Kinoptikon: et filmprojiceringsapparat udviklet af englænderen Birt Acres. Frem til engang i 1898 viste Vilhelm Pacht kinoptikon i en bygning på Rådhuspladsen i København. Der blev vist lignende film i Nationals Varieté på Vesterbrogade og i Odd Fellow Palæet.
+Razzia i byen, Røntgenske Straaler mm må være film, man kunne se.</t>
+  </si>
+  <si>
+    <t>Lidt om Johannes Larsens Christian Andersen lader patroner.
+Alhed har til selskab som xylograf Hendriksen. Malerne P.S. og Marie Krøyer var der, og Alhed kan bedst lide Marie Krøyer på afstand.
+Alhed har været syg og ikke været hos Mutter Lützhøft for at synge.
+Fru Hirschsprung har inviteret til levende billeder (Kinoptikon), men vejret blev dårligt, og de aflyste. 
+Alhed fortæller om Waldemar, som hun har oplevet til en fest, og som var en værre tørvetriller. 
+Marie Schou og Fru Kampmann er vrede på Alhed over, at hun besøger Hirschsprungs meget, men ikke dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zsTt</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Fordi jeg ikke har skreven til Dig i to Dage, skal Du ikke tro, at jeg aldrig mere vil skrive til Dig! – Tvertimod jeg vil til at være rigtig flink nu. Men jeg har ikke været rigtig rask i disse Dage, og derfor slet ikke oplagt til at skrive. – Det er fjollet, at den Forkølelse ikke snart kan gaa over men det er sandt, den er jo kronisk, skønt det Sludder tror jeg ikke paa. – Jeg har nok hele tre Breve at takke for og besvare denne Gang. Nu skal jeg se efter hvornaar Du begyndte paa Chr. A. – Du lagde det an d. 29nde Januar. – Det glæder mig meget, at det gaar saa godt med det. Kan Du nu fortælle mig, om P. synes godt om det. – Sidst jeg skrev til Dig, var nok i Onsdags, før vi skulde op i Tordenskjoldsgade til Emmas Fødselsdag. Clement var der og vi spillede Hasard, jeg vandt en Krone, jeg plejer ellers altid at tabe. Hos Hendriks gik det mig meget godt. Jeg havde Kontorchef Weiss til Bords og Anton Lorenzen til den anden Side, det var en livlig Plads. Krøjers var der ogsaa, Fru K. er nydelig; men helst lidt paa Afstand, og hun ser ikke elskværdig ud. Zahrtmann var der, jeg talte lidt med ham, han sagde om jer at I var et ”dejligt Folkefærd”. – Zeuthen var der ogsaa sikken et Bondeansigt, han har! Julius Poulsen kom der Afbud fra i sidste Øjeblik, han var bleven daarlig. – De andre, der var, kendte Du vist ikke. Gamle Hendrik drak et Glas med mig og raabte noget over Bordet, som, jeg ikke rigtig hørte, men jeg mente, det var noget med ”kære Minder”. Da jeg bagefter sad og spekulerede paa, hvilke Minder, jeg egentlig havde med gl. Hendrik, slog det mig, at han naturligvis havde sagt ”Kerteminde”. Han kunde ogsaa nok se ud til, at det var noget i den Retning. – Du vilde have at vide, hvad jeg svarede Dr. L., jeg svarede kun med et Enstavelsesord, om det var ja eller nej, ved jeg ikke da jeg ikke mere husker Spørgsmaalets Ordlyd. Jeg blev altfor befippet til at kunne svare mere. – Jeg har ikke set Mutter i 8 Dage og ikke Ungen [?] i over 14, men jeg haaber snart, jeg kan begynde igen. – Det er et modbydeligt vejr i Dag, Taage og Regn. – Fru Hirschsprung havde ellers inviteret Berta og mig og et Par andre til Frokost i Lange Linjes Pavillon i Dag og derefter til en Razzia i Byen til Kinoptikon, Røntgenske Straaler, Børneudrugning o.sv. lige saa meget vi kunde overkomme, men nu blev det daarlig Vejr. – I Morgen skulde Pan, Johanne Lugge og jeg ud til Frederiksborg til Th. Bredsdorff, bare det maatte blive godt Vejr, det kunde blive dejlig at være paa Landet en Dag. Jeg er snart ved at blive træt af dette Byliv, jeg er næsten aldrig i Ro. I Aften var vi alene hjemme, det var vist først 4de Gang i den Maaned, jeg har været her. – Jeg kunde for Resten ikke lide, hvad Du skrev om ”Woldemar”. Det er da ikke beundringsværdigt at være saadan en Tørpind, der bare sidder og æder uden at se til højre eller venstre. Saa maatte han hellere blive fra et Middagsselskab og gaa alene hen paa en Restauration. Det var ingen Fornøjelse at se paa ham, han havde hængende Øjne og Hovedfacon af den Slags, der ser ud som Hjærnen er skaaren bort. Hans Kæreste havde sikkert moret sig meget bedre, hvis han ikke havde været der. Hun er ellers meget livlig, men hun maatte sidde og hænge med ham ude i et Kabinet i Stedet for at danse og more sig med os andre. Hun blev ogsaa mere og mere gnaven, til sidst tog hun Anti[ulæseligt] og gik tidlig hjem. – Har Du endnu noget til overs for Woldemar? Fy skamme Dig, hvis Du har, jeg kan ikke lide saadan nogle tørre Theorier om at holde sin Mund. - - Nu har jeg ikke Tid til at skrive mere, kan Du hilse P. mange Gange fra mig. Jeg mødte Marie S. paa Gaden i Gaar, saa jeg vidste nok at han var rejst, hun havde lige været oppe paa Malersalen. Hun sagde, at hun havde været vred paa mig, fordi jeg aldrig kom derud, og hun paastod at det var hendes Alvor; hun og Fru Kampmann havde spadseret sammen forleden og skumlet sammen over at jeg gik helt op i Hirschsprunger. Men hvad skal jeg gøre, H’s beder mig altid, i Gar var jeg der igen til frokost. – Jeg længes ogsaa efter at komme ud til Marie og Schou, men jeg kan ikke overkomme mere end jeg har. – Nu Farvel! – Du maa ikke være vred, fordi jeg saalænge ikke har skreven. Nu skal jeg blive flink igen. 1000 kærlige Hilsner fra Din Alhed
+12 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1898-02-17</t>
+  </si>
+  <si>
+    <t>Amager
+Tordenskjoldgade, København
+Ørstedparken, København</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Berta Brandstrup
+Julie Brandt
+Thomas Bredsdorff
+Peter Hansen
+Bernhard Hirschsprung
+Harald Holm
+Viggo Johansen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Leonora Christine Ulfeldt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen bor hos Brandstrup-familien i København og tager sangtimer hos Hedevig Lützhøft. 
+Til frokost i Tordenskjoldsgade: Emma og Bernhard Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Alhed er stadig i København og bor hos Bertha og Ludvig Brandstrup.
+Berta Brandstrups forældre og ægteparret Bissen kommer til middag.
+Alhed skal høre Thomas Bredsdorff holde foredrag. Hun har været i Ørstedsparken med Brandstrups dreng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A2D5</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det var rigtignok godt, at her var Brev til mig til Middag, jeg saa mig spejdende om, da jeg kom hjem, og opdagede saa Din velkendte lange Konvolut paa Bordet herinde i den inderste Stue. – Jeg maatte gaa strax, da jeg havde læst det, da jeg skulde ud at gaa Ærinder med Berta, vi skal have en lille fin Middag med hendes Forældre og Bissens i Morgen. – Det var klaret af til det mest henrivende Vejr, nu da vi gik hjem. Jeg tænkte paa, at hvis Du havde været her, kunde vi være gaaet en Tur ud paa Amager, der saa saa dejlig ud. – Der er nu nok lidt mere end 8 Dage til jeg kommer, men ikke meget. – Du kan tro, jeg glæder mig. Det er da morsomt, at Din Fader har solgt de to Skibe, navnlig hvis de er godt solgte. – Jeg faar vist desværre ikke Tid at skrive saa langt til Dig, det varer ikke saa længe, inden Viggo, Pan og de andre kommer og henter mig, inden Standart skal vi ud paa Amager og høre Thomas tale om Leonora Chr. Ulfeldt, og jeg skal ind at gøre mig lidt pæn først. – Jeg har været til frokost i Tordenskjoldsgade i Dag og skulde der ogsaa til Middag, men kan jo ikke; nu gaar Berta derhen, jeg skal hilse mange Gange fra hende. Jeg mødte Harald Holm for lidt siden, han sejler til Fyen en af de første Dage, til Trolleborg at male Orchidéer. Jeg skal nok se at komme i ordentlig Tid til Mutter. I gaar var jeg med Drengen i Ørstedsparken, der var saa forfærdelig dejlig. – Jeg kan ikke skrive mere og har heller ikke mere Tid. – Vil Du hilse Dine Forældre, Klax og P mange Gange. – Men de fleste og kærligste Hilsner til Dig min allerkæreste Las
+Fra Din Alhed.
+17 – 2 – 98</t>
+  </si>
+  <si>
+    <t>1898-02-19</t>
+  </si>
+  <si>
+    <t>Hauserplads, København
+Hausergade, København
+Gothersgade, København
+Kongens Nytorv, København
+Nørrevold, København
+Paris</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Christian Bonnesen
+Axel Bramsen
+Berta Brandstrup
+Peter Hansen
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Harald Holm
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, hvor hun tager sangtimer hos Hedevig Lützhøft og fungerer som barnepige hos flere familier. 
+"Storartet politik i Paris": Må referere til Dreyfuss-affæren.</t>
+  </si>
+  <si>
+    <t>Alhed fandt aftenselskabet med Berthas forældre og Bissen kedeligt.
+Hun har været i Kunstforeningen (Gl. Strand) og se Harald Holm, Bonnesen samt Peter Hansens Roebillede.
+Bertha Brandstrup og Alhed har været på Kunstmuseet (Statens Museum for Kunst).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XUhi</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Kl. er godt 12, men jeg vil alligevel begynde paa et lille Brev til Dig i Aften, jeg maatte bryde saa Kort af før, og jeg ved ikke, hvad Tid, jeg faar til at skrive i Morgen. – De fremmede gik for over en halv Time siden, men saa plejer vi gærne at snakke lidt om Tingene, førend vi gaar i Seng, det har vi ogsaa gjort i Aften, og spist en Appelsin til. Jeg har for Resten kedet mig kolossalt i Aften, de sidste ½ anden Time har jeg siddet og luret paa, om de ikke snart vilde gaa. Man kan komme i med at sidde og høre alt hvad de siger som Konverzation, og saa bliver man saa led ved det til sidst. Bissens synes jeg ellers udmærket om, især han er storartet at se paa. Men gl. Bernhardt er et Vrøvl og han beherskede Samtalen hele Tiden. Unge Bissen skal maaske en lang Sørejse med et østasiatisk Skib, den Maade kunde jeg svært godt lide at rejse paa, det rolige Liv om Bord i den friske dejlige Luft, og saa anløbe enkelte Steder og gaa i Land rigtig oplagt til at høre og se. Kunde Du ikke ogsaa godet lide det? – Jeg var lidt oppe i Kunstforeningen i Dag, Du ved vel Harald Holm har Udstilling deroppe, der er mange dejlige Blomster. Men Bonnesens smaa Skitzer ser saa raa og væmmelige ud ved Siden af. – De bortloddede Ting hang der ogsaa. Jeg saa længe paa Ps smukke Roebillede, det er ikke godt at vide, hvor det nu kommer hen. – Elle kommer i Morgen, Du kan tro, jeg glæder mig til at se hende, den søde Unge. – Nu vil jeg sige Godnat til Dig min søde Unge, Kl. er slaaet ½ 1. – Hvis Du var her skulde jeg sige pænt Godnat til Dig, her paa Papiret kan det jo kun blive meget mangelfuldt, men vent til vi ses! – Din Alhed. – 
+Næste dags Aften. – Jeg har gaaet rundt hele Dagen og kom først hjem nu Kl. over 7, slugte min Middagsmad og nu i en rasende Fart skriver et Par Ord til Dig og ile op paa Posthuset med det. – Jeg har for Resten præsteret det mærkværdige at gaa vild i København i Aften, jeg gik over Hauserplads og ned ad Hausergade, men saa syntes jeg pludselig, at jeg var forkert vendt i det, og begyndte at gaa rundt i forskellige Retninger til jeg til sidst var helt vild paa det. Jeg mundede ud langt nede i Gothersgade ad Kongens Nytorv til, - jeg skulde i Pensionatet ved Nørrevold. – Berta og jeg have været paa Kunstmuseet i Dag, jeg skal hilse fra Din søde Mand. – Bagefter gik vi i Grand Café og spiste Grand Bouef, og drak Porter til, - alt mindede om Dig, og jeg tænkte meget paa Dig.
+2. Jeg gaar vist ud til Schous i Aften fra Posthuset. Jeg har Bramsens Bog, Du kan skælde mig ud, naar vi ses. – Hvis vi ses, skriv om Du ikke synes, jeg skal blive borte, om jeg ikke forstyrrer Dig, og om I have Plads. – Du synes vist, at jeg er meget indbildsk med dette at forstyrre Dig, men selv om det bare var ganske lidt, vilde jeg meget nødig. – Storartet Politik i dag. Hvem der var i Paris. – Hvordan mon det skal ende? – Nu maa jeg bene af for at naa Posthuset. Hils dem alle 1000 kærlige Hilsner fra din Alhed 
+19/2 - 98. -</t>
+  </si>
+  <si>
+    <t>u.å. 1899</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
 Christine Swane</t>
   </si>
   <si>
-    <t>Café Bernina, Vimmelskaftet 47, København, var i mange år mødested for kunstnere og bohèmer. 
-[...26 lines deleted...]
-Otto Knipschildt
+    <t>Kerteminde
+Sverige</t>
+  </si>
+  <si>
+    <t>København
+Sverige</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Hanna -
+Vilhelm  Kaiser
+Aron Bernhard Kjellmann
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Olga Lau
+Fru Palm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Brevene er muligvis ikke fra samme periode.
+Det vides ikke hvem den syge kvinde er. Det vides ikke hvem Røde Ole er.</t>
+  </si>
+  <si>
+    <t>Kerteminde By- og egnshistoriske Museum</t>
+  </si>
+  <si>
+    <t>Brev 1: Vilhelmine Larsen passer en kvinde med voldsomme hosteanfald, muligvis på nabogård til Høljeryd. Christine Swane er på Høljeryd sammen med IA Larsen
+Brev 2: Johannes Larsen og Alhed er muligvis på Båxhult og venter på at forældrene skal komme derop. Det går godt for Christine Swane i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tGsC</t>
+  </si>
+  <si>
+    <t>Kjære Faer og Ugle
+Natten er gaaet bedre end vi ventede der var kun 2 Hosteanfald hun blev mere levende henad Aften og var dog saa glad og taknemlig fordi jeg var der som hun dog trykte min Haand og takkede for hver en Hjælp jeg ydede hende. I dag ligger hun mere stille hen men ængster sig mere, I gaar vel ikke fra mig
+Fru Palm rejste imorges og de har en stor Kjerning - saa faar jeg Bernhard afsted med Brevet naar han kommer op ellers var jeg gaaet hjem et Svip det er Graavejr saa jeg skulde være der hos Dig nu faar jeg [ulæseligt ord] Kjærlig Hilsen, det er [ulæseligt ord] dette her
+Eders trofaste Moer
+Kjære lille Dinemor!
+Det var rigtignok en stor Glæde for Dine Forældre at faa et saa livligt og tilfreds Brev fra dig – ja saadan skal det være gaa Du bare dristig fremad i god Tro til, naar du er flittig, saa vil vor Herre lægge sin Velsignelse til Udviklingen af de Evner han har betroet Dig. Her gik Rullen sønder forleden Dag Vilhelm Kaiser fik saa Tøjet med igaar men i Aftes blev jeg klog paa at det er Mortensaften i Aften saa det blev lidt trangt for mig at faa Dit Tøj strøget jeg tog nu hvad jeg i en Hurtighed kunde finde Resten stryger jeg i Morgen og saa skal det komme hurtigt, de blaa Pudevaar kan jeg slet ingen finde af saa det maa være til Marie kommer hjem engang og klarer de Ærter; naar mon de dog kommer – Faer siger de har det saa godt saa de bliver vel derovre – jeg troer nu de venter paa vi gamle men jeg har trukken den Tand ud og det vil jeg skrive til Dem i Aften for her kom et Brev fra den Frie, og det maa jo afsted. Du spørger til vores Karle ja den af røde Oles er en pæn Fyr
+Jyden var her i 3 Dage saa gled han ligesaa stille sin Vej med sin Vadsæk i Haanden ad Jylland til vi troede han var oppe at bundte Hø og opdagede det først om Aftenen da Dorthe kom farende jeg kan ikke finde Karlen nogen Steder og Alt hans Tøj er borte 
+Nu traf det sig saa heldig at Hanna havde sin Fæstemand med hertil Danmark og han tog Pladsen – en rigtig næt Karl men han skal hjem til Sverrig i Marts Maaned til Sesion og om han bliver taget ligge inde de 3 Sommermaaneder, men den Sag ordner sig maaske saadan at han kjøber sig fri det taler hun da om.
+Det er en overmaade flink Pige – jeg fritaget for mange Arbejder nu Dorthe rejste til Kjøbenhavn saa Du møder hende maaske engang hun havde ingen Plads men rejste med saa lyse Tanker om Fremtiden det bliver mig for vidtløftig at fortælle Afskeden, men skriv dog til Vilhelm han er meget [forlang] og bedrøvet fordi du er saa [hvas eller hæs] du ved da nok, at han holder saa meget af Dig. Agraren var hjemme forrige Søndag og var glad for sin Løn og Nordmanden men det har jeg vist fortalt dig han skal ogsaa have en Pakke i Aften
+Lev vel hils Olga som Du hilses fra din Moder</t>
+  </si>
+  <si>
+    <t>1903-11-08</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Italien
+Genova
+Villa Eden</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Lorenz Bierfreund
+Julie Brandt
+Thora  Branner
+Alfred Goldschmidt
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Henrik Ibsen
+Otto Emil  Paludan
+Ellen  Sawyer
+- Skakke
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid var tilsyneladende i Italien med Hirschsprung-familien. Hvorfor vides ikke. 
+Warberg-familien måtte flytte fra gården Erikshaab efter Albfrecht Warbergs død. Der var tale om en tjenestebolig, og Otto Emil Paludan/Pallam overtog embede og bolig. 
+Skyldråd: Råd som leder ejendomsvurderingerne i en skyldkreds. 
+Herzeriet: Tysk for hjertet – og kærligheden.
+Museo Nazionale di San Marco er et kunstmuseum, der ligger i det middelalderlige dominikanske kloster dedikeret til Sankt Markus, beliggende på det nuværende Piazza San Marco i Firenze, Italien. Museet indeholder den mest omfattende samling i verden af værker af Fra Angelico, som tilbragte flere år af sit liv der som medlem af det dominikanske samfund. 
+Kilde: Wikipedia.
+Det vides ikke, hvem Målerne er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Johanne C. Larsen til Astrid W, 1903-11-08, 2415</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johanne har skrevet til Astrid den sidste aften på Erikshaab. 
+Hun skylder vist Astrid penge.
+Julie/Pans kåbe er kommet med flyttevognen. 
+Johanne tænker på sine oplevelser i Firenze. 
+Paludans stue er blevet smukt indrettet.
+Brev 2:
+Astrid skal skrive til moderen!</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dkGR</t>
+  </si>
+  <si>
+    <t>[Håndskreven på kuvertens forside:]
+Frøken Astrid Warberg
+Villa Eden
+Nervi
+Genova
+Italia
+Poststempel
+[Skrevet af ukendt:] fra Junge om Peter Bichel forlovelsen
+[På kuvertens bagside:]
+Poststempel
+[Skrevet af ukendt:] 13 Nov 1903
+[I brevet:]
+8 – 11 – 03 
+[Øverst lodret på første side har ukendt person anført et regnestykke] 
+Kæreste lille søde Disserbein!
+Endelig faar jeg sanket Energi til at skrive til dig, maatte nu Aanden ikke straks stikke af igen, men blive her og være lidt godt over mig! Tak for Dine Breve derude fra; du synes mig ikke ret at være i den rette Himmel - - hvad? Saa vidt jeg husker (jeg har ikke dit Brev her og gider ikke godt gaa ned efter det) skriver du ikke noget om, at du har faaet to Breve fra mig - et som var skrevet den sidste Erikshaabs Aften, men det har du vel. I dem begge glemte jeg at skrive, at dine Skakke–Fotografier er lagt i Fremtidens Haand; man har nemlig travlt. Man arbejder nemlig saa rent utroligt med alskens Skyldraad. Lige til 12-1 om Natten arbejder man. Den eneste Fordel derved er, at andre faar en utrol. Masse Nattesøvn i den Anledning. Saa du maa tøve! og stole paa, at der er absolut er ingen Tid til at lave Billeder hverken til dig eller nogen anden. 
+Saa er der det andet Forretningsanliggende. Min ”Skyld” til dig. Ja, der er det penible at jeg netop vilde have skrevet og spurgt dig om, hvordan det har sig, for jeg aner det ikke. Fik du ingen Penge af mig? Hvis du ikke gjorde det, er Sagen klar nok: jeg skyldte dig 12 Kr (Natkj.) + 2 Kr. (Svamp) og deraf skal jeg give Hr. Skakke de 4 for Billeder, altsaa skylder jeg dig 10. Du kan vist selv bedst huske om du fik nogen hos mig eller ikke. Skal du sende 10 Kr. til dem og giver Adr.? Da jeg ikke ved noget med Bestemthed har jeg ingen sendt.
+3de Forretn. Pans Kaabe var jo i Flyttevognen alligevel; Pakmesteren kom tilbage hertil og ham fik jeg til at tage Pe[ulæseligt] og en stor Pakke med sig til at putte ind i Flyttevognen. I maa da have funden den og givet Pan den for længe siden ? ? ?
+Pakken staar i de [ulæseligt], men du aner ikke hvor det var svært at finde det hele. Jeg havde dog for Resten været forberedt paa langt større Fadaiser end dem jeg har begaaet. – Nu har jeg fastsat min Rejse til Staden og jeg haaber, at jeg ikke skal bestemme mig om; Torsdag d. 19de fra Odense og jeg glæder mig kolossalt – ikke mindst til lille Alfred, hvem du nok gaar og finder bedre og bedre?
+Hvad mig selv angaar, saa har jeg det brillant; jeg spiller til min egen Tilfredshed – det gaar saa grinagtig let for mig i denne Tid og saa læser jeg med Lidenskab. Jeg læser Ibsen – ja, jeg studerer Ibsen kan jeg sige, slæber hele Tasker fulde af hans Bøger med hjem og læser saa de glimrende Lambek Kritikker - lige efter, det er en sand Svir, og jeg studerer Brandes: Henrik Ibsen og jeg studerer Bierfreund: Florenz. Denne sidste kunde jeg ikke staa for da jeg traf den i en Boghandel i Odense, købte den for 3 store Kroner [skrevet under sidste ord ”Kroner”] og har nu i Aften læst om Fra Giovanni – alias: Beato di Angelico – alias: Fiesole. – ham der har lavet alt det vidunderlige overjordiske i Museo di San Marco i Florenz. Du ved, at den tyske (svenske) Maler skrev til dig at du maatte endelig se S. Marco Kloster i Florenz og jeg sad og maabede og vidste ikke rigtig hvad det var; senere gik det op for mig, at det var det herlige Sted, hvor jeg gik og fik Kvalme af Begejstring og hvor Tutte og jeg maatte lade vore amerik. Misser passere, for at vi alene kunde nyde Herlighederne. Det var det vidunderligste jeg saa af Kunst i Florenz. Ogsaa Bierfreund er meget begejstret. hm! hvilket jo altsaa geraader hans Smag til Ære. Hvorledes gaar det med Herzeriet giver det stadig smaa Livstegn med Omsvøb fra sig? Skriver Målerne noget? Hvad siger lille Alfred for godt? Saa vidt jeg har forstaaet det, har han heldig overvunden mig som Skær, hvorpaa der jo maatte strandes. Han skrev lidt forblommet derom. Det er igen [ulæseligt]gaards Ord i Elsa Finnes Mund. Saa snart Haabet dør, dør ogsaa Kærligheden. Hvad? tror du ikke.
+Naa – Pallams Stue er bleven nydelig kan du tro. Hvem der ser den er begejstret og den er ogsaa ganske overordentlig smuk. Et dejligt rødt Gulvtæppe har vi fået, en smuk Messinglampe, to smukke Lysestager - Møblerne er jo dejlige. Chatollet ikke til at stå for. Nye Gardiner – samme Slags som de gamle. –
+Der sad jeg skam og faldt i Søvn. Klokken er lige ved 11, da ["da" overstreget] jeg ville oppe paa mit Værelse, der jo ser ud ganske som før, men ak hvor længe varer det før ogsaa det kommer under ”Forvandlingens Lov.” Naa, jeg er nu ikke mismodig, det er man jo ikke, naar man er i Ballonen – du husker vel Elles gamle Udtryk for, naar der var Fart i en – åndelig ment. Du er vel ikke ked af, at du skulle rejse – jeg kan ikke rigtig blive klog paa dig; et Sted skriver du, at du længes efter at komme ”ud” og et andet noget om at der endelig maa ligge Brev til dig nar du kommer til Nervi træt og sløj el. lignende - Hvad er den rette Mening (? Lad mig høre lidt nærmere om denne Sag. Jeg tror nok, at jeg p.Gr.a. Søvnighed maa sige Stop for i Aften bare jeg vidste, om du faar dette i Kbhvn. eller ej; I skrev ikke noget om, hvor længe Rejsen var udsat, saa det vidste I vel ikke. Farvel lille Dis og Lykke paa Rejsen, lad mig se, du holder Halen højt. 
+Skriv snart. Hils Hirschsps.
+Din Junge.
+Kære Dis!
+Bare to Ord Posten er der! Jeg er lige hjemkommen fra Kbhv. Du maa skrive til Mor, hvad tænker du dog paa? Hvor kan du lade hende gaa i den Pine og Uvished og for Peter er det jo stor Skam
+Skriv nu
+H[ulæseligt] T.</t>
+  </si>
+  <si>
+    <t>1905-11-14</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Aron -
+Halfred -
+Sophie Eckardt
+Aron Bernhard Kjellmann
+Marie Kjellmann
 Adolph Larsen
 Andreas Larsen
-Johanne Christine Larsen
-[...51 lines deleted...]
-Johanne Christine Larsen
+Jeppe Andreas Larsen
+Johan Larsen
 Johannes Larsen
 Marie Larsen
-Christine  Mackie
-[...3 lines deleted...]
-Andreas Warberg
+Lisa Nisbeth
+Christine Swane</t>
+  </si>
+  <si>
+    <t>VL bliver trakteret med forskellige retter, som hører til svensk husmandskost:
+Duppe er en opbagt hvid sovs. (Opskrift er fundet på ømf.dk)
+Palt er, i det sydlige Sverige, en ret der består af bagt blod og groft mel. Oppe nordpå er det en ret med kartofler. (wikipedia)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv
+Christine Swanes brevarkiv, kasse 1, kuvert 1, 2002/61, A8, lb 11</t>
+  </si>
+  <si>
+    <t>I A Larsen og hustru Vilhelmine Larsen var på Båxhult i Sverige for bl.a. at sælge gammelt jern. 
+Der holdtes fødselsdagsfejring af VLs afdøde søster Sophie Eckardt. Man sørgede over tabet af VLs niece Marie Kjellmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6gU</t>
+  </si>
+  <si>
+    <t>Boschult den 14/ 11 morgen
+Kjære Marie!
+Her har ingen Kjøren været, nu kommer Aron i dag, han tager Brevet med, det trækker ud med Savningen, og Ville i Dane kommer først i Morgen med Besked, om han kan kjøbe det gamle Jern, om ikke de kommer tilrette om Prisen, nej for Faer maa dog ned til Landeryd og forsøger anden Kjøber, saa er det vor Mening at rejse herfra Onsdag. I skal nok høre fra os fra Kjøbenhavn, medens jeg husker det lille Marie sørg for at faa varmet godt op i Sovekammeret og Sengene dampede godt ud, for nu er vi jo vænnede til al den Varme herovre, Brasen i Kaminen baade lyser og varmer,- vi fik brændt Bønner tilmorgen og drukket en udmærket kop Kaffe, og vi har saameget god Mad, at I ikke skal ynkes over os hverken for det ene eller andet, og saa er vi saa raske at det er en Lyst, Faer gaar de lange Veje og mærker aldeles ingen Træthed i Benet nu i de sidste Dage. Tak for dine 2 sidste Breve, de kom ganske rigtig om Tirsdagen, saa du kan se Faer har Ret. Oh saa er jeg saa glad, naar vi hører fra Eder, og hører Alt er vel, jeg fik samtidig Brev fra Uglen, lad hende høre om dette; naar vi kommer for jeg naaer ikke at skrive andet end dit, hils dem Alle, og du med de søde smaa Drenge har de gjort Rejsen til Kjærbyhus, og Kalvene, det var herligt at det gik godt og Besætningen er rask, det kan jeg lide at høre, at du giver Kalvene om Middagen, saa er der Forslag i Arbejdstiden for Agraren, Gud velsigne det ganske Hus medens vi er borte.
+Igaar det var den 16. kom Aron og Halfred og hentede mig de vilde havt Faer med, men det stod ikke til at faa ham fra Huset, det var jo Moster Sofies Fødselsdag og der var sat Blomster ved hendes Portræt, de havde faaet et Billede af Marie forstørret, det hængte over Sofaen
+Augusta var dog oppe; men sad paa sit Rum. Lisa havde travlt med at gjøre det saa godt for mig, Kaffe og Duppe da jeg kom Smørgaas før [ ulæseligt ord ] Kød Potatis Grynsuppe; Pelter ovenpaa Kaffe med Duppe inden jeg rejste ja det var saa godt for mig at see hvor glade de bleve ved mit Besøg, og saa alle de dejlige Blomster der stod en Nillike fra en Stikling af hendes Gravkrandse den havde paa Maries Fødselsdag 15 Blomster, og nu igaar stod den med 2, samme Farve som vores den lyse. Alle Børn var friske, Bernhardt havde i Sommer hjulpet saa godt med Sletten, saa Aron havde skjænket ham en Harmonika, den spillede de paa for mig, alle, om det saa var lille Syssan, saa sad hun paa Papas Knæ og spillede en frisk March det var en meget fornøjelig Besøg for mig Trods al den Vemod det rummer ved savnet af Marie. Jeg skal hilse fra alle Johannes kunde gjerne glæde os med et Par Ord fortæl naar vi kommer maaske vi dog saa dem paa Banegaarden om de dog maa sælge noget, ja ja hvor jeg beder og noget gaar der jo nok, saa meget skal der til, kommer de hjem snart eller bliver Johannes der længere. Nej nu maa jeg holde op for begynder jeg først at spørge saa løber det hele rundt for mig. Hilsen og Kys til alle 3. Moer</t>
+  </si>
+  <si>
+    <t>1906-10-27</t>
+  </si>
+  <si>
+    <t>Malmø</t>
+  </si>
+  <si>
+    <t>Dresden
+Berlin</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Bernhard Hirschsprung
+Andreas Larsen
+Johan Larsen
+Vilhelm Larsen, Georgs søn
+Rasmus Petersen, Gartner
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid Goldschmidt f. Warberg, som nu har født sit barn nr. to, Adam. 
+Hvad der var galt med Johannes Larsen nevø, Vilhelm (Ville), vides ikke.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Alhed sige til lykke til søsteren og hendes mand. Han er ked af, at Alhed skal knokle så meget og spørger, hvad jordemoderen, som bor hos Alheds søster og svoger, laver, hvis det er Alhed, der passer barnet.
+Larsen har bragt billeder til glarmesteren og ordnet have.
+Johannes Larsens nevø, Vilhelm (Ville) har det dårligt, og barnets far/Johannes Larsens bror tror ikke, at han kommer sig.
+Børnene larmer, så Larsen kan ikke koncentrere sig om at skrive brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KW2z</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag Aften 27/10 1906.
+Kæreste Alhed!
+Tak for Dit Brev i Eftermiddag! Ønsk Dis og Alfred til Lykke. Ja jeg fik det at vide i Formiddags. Det er dog forfærdeligt saa Du maa hænge i, jeg har hele Tiden haft den Opfattelse at Du ikke bestilte andet end køre ud med Sjums et Par Timer om Dagen og da Du ikke havde givet mindste Grund for den tredje Besked med Amanda forekom det mig ganske meningsløst at sige om igen. Du maa dog indrømme at 3 Beskeder i 4 Dage er lidt for rigeligt og jeg valgte saa din Udvej helt at holde min Mund. I Dag har jeg faaet 10 Billeder til Glarmesteren, der af 7 til de smaa forgyldte Rammer. Puf og Lysse hjalp mig at bære Rammerne ned og bar henholdsvis 2 og 1. Rasmus Petersen har nu faaet Løgene hjem. I Eftermiddag har jeg rodet lidt i Haven, plukket Tomater ind og gjort Lørdagsrent i Gaarden. Jeg vil forsøge at faa dette Brev med 6.20 Sludder det kan jo først komme med 8 Toget og saa faar Du det jo først paa Mandag. Jeg havde Brevkort fra Lud i Dag, han har været en Uges Tid i Dresden og Berlin med sin Svigerfader. Det er desværre saa daarligt med lille Ville for Tiden, jeg kan mærke paa Grossereren at han tror ikke han kommer sig. Børnene ligger og roder paa Gulvet og laver en syndig Spektakel saa det er mig umuligt at samle mine Tanker, vi skal gaa over at spise nu saa gaar jeg ned med Brevet bag efter. Jeg er ked af at Du har det saa strængt. Mange Hilsner og Kys.
+Din
+Johannes Larsen
+P.S.
+Hvad Fanden bestiller Jordemoderen naar hun bor hos Jer og Du passer Barnet???</t>
+  </si>
+  <si>
+    <t>1911-05-29</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Joachim Andersen
+Poul S. Christiansen
+Holger Drachmann
+Guiseppe Garibaldi
+Bernt Grønvold</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
+"Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
+  </si>
+  <si>
+    <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
+Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WmBB</t>
+  </si>
+  <si>
+    <t>Pisa 29 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else!
+Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
+Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
+Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
+En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
+Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
+Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-03-17</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Dagmar -
+Heinrich Max Bernhard Heineke
+Theodor Henningsen
+Julius Hviid
+Kathrine Hviid
+Tycho Jessen
+Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne Kirkeby for at male. 
+Den Baltiske Udstilling åbnede 15. maj 1914 i Malmö. Den var skabt under inspiration fra Verdensudstillingen. Den Baltiske Udstilling sluttede brat pga. 1. verdenskrigs udbrud. 
+Håndværkerforeningen i Kerteminde holdt en stor fest for Sophus Meyer i marts 1914. 
+Det er uvist, hvilken auktion Alhed har været til. 
+Det er uvist, hvem R.V. Hansen er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har skrevet til Karl Schou om Den Baltiske Udstilling. 
+Christine Mackie og Alhed har været til fest for Sophus Meyer. Der var 100 mennesker til stede, men helt tavst under middagen og først lidt snak bagefter.
+Ved auktionen bød Alhed et billede af Tycho Jessen op. Hun beder om, at Johannes Larsen tegner sit store svanebillede for hende og at han anmelder de tre billeder til Den Fri samt maler nogle flere akvareller til salg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kmPh</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Det er en rasende Masse Skriveri for Tiden. Jeg har lige skreven et langt Brev til Schou om den baltiske og givet Oplysninger om forskellige Billeder. Hvor er det kedeligt, at den Telefon er saa utydelig, ellers var det saa rart at sludre lidt af og til om Aftenen. – Vi har det udmærket alle sammen Anders gaar og river og skuffer i Haven. – Vi var jo saa til Mejerfest i Haandværkerforeningen det var en sjov Forestilling. Der var over 100 Mennesker, men den meste Tid ved Bordet var der saa tavst, at man kunde høre Spektaklen af de arbejdende Knive og Gafler. Mejer sad mellem Farver Henningsen og Kone, jeg saa ikke en Gang, at de snakkede sammen. Menuen lød paa Kalvesteg og Flæskesteg Fromage, Øl og Snaps. Men efterhaanden tøde de jo op og navnlig efter Bordet blev det meget gemytligt. Christine og jeg hele Tiden sammen med Dr. Hviids, Heinckes og R.V. Hansen, som jeg skal hilse Dig fra, det er en pæn Mand og saa forstandig at snakke med. Jeg aftalte at spille Tennis med Lykke Heincke til Foraaret!!! - - Jeg kan ikke huske, hvad jeg har fortalt Dig om Auktionen! Skrev jeg at jeg ikke blev hængende ved Tycho Jessens Billede? Jeg vilde bare byde det lidt op og saa blev jeg det tilslaaet for 42 Kr. – Kan Du ikke tegne mig det store Svanebillede i næste Brev, bare saadan et lille Krads paa Brevpapiret, jeg er saa spændt paa at se lidt af hvad Du laver, helst ogsaa et Par af de andre. – Husk endelig hvis Du vil have flere Blindrammer da at sige til i god Tid, det varer jo en rædsom Tid, inden de naar derop. Jeg synes rigtignok absolut, Du skal anmelde de 3 Billeder til til den fri, jeg ser i Politiken at de anmelder baade 16 og 17 og det er nogle af dem, der ikke maler Akvareller, - jeg tror de 3 vilde pynte paa Samlingen. – Nu kommer Dagmar efter Brevet. Lysse har talt flere Gange om at skrive til Dig, nu gør han det nok snart.
+Kys og Hilsen fra os alle 3 Din A.
+17- 3 – 14 
+Se dog at lave nogle Akvareller det var dejligt med 400 Kr, jeg har ikke en Øre</t>
+  </si>
+  <si>
+    <t>Forår 1919 eller 1920</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Marie Larsen</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Birkerød
+Odense</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Martin -
+Victor Bøttern
+Heinrich Max Bernhard Heineke
+Frida Madsen
+Johannes Madsen
 Laura Warberg
-Torkild Warberg
-[...44 lines deleted...]
-[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+- Wengberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen købte to svaner i Hamburg i 1915. Svanerne var næsten udryddet i Danmark på den tid, og han ville have fuglene for at tegne dem. 
+"trække den mere hen ad Bøtterns til": Victor Bøttern boede på Hindsholmvej ganske nær ved Møllebakken. Slaggerne skulle formodentlig hældes på jordvejen, som gik forbi de to familiers hus. 
+Alhed og Johannes Larsens drenge var på kostskole i Birkerød.
+Alheds mor boede fra 1915 til leje i et hus, som Larsens havde bygget til hende i Strandgade i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alhed har sat gråanden og dens ællinger ind til turtelduerne. Svanerne har overfaldet hende. Den ene svane ligger på rede.
+Alhed har talt med Heineke om slagger. Victor Bøttern har betalt 350 kr, og Alheds mor har betalt husleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/own9</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Graaanden har faaet 7 Ællinger. Vi har sat den ind til Turtelduerne af Skræk for Svanerne og de faar Vand som de nemt kan gaa op af. Men hvis der er noget at bemærke maa Du skrive til Frida eller telegrafere, Telefonen hører de muligvis ikke. Jeg rejser nu om lidt med Marie, hun var her i Gaar, saa jeg har haft vældig travlt med at blive i Orden. Jeg havde nær aldrig faaet Resedafrøet saat, begge Svanerne røg i Hovedet paa mig Gang efter Gang tilsidst maatte Anders og jeg lukke dem ind mens jeg saade. Gartneren har nu hjulpen mig at binde Gummitræet og vi har faaet kalket det hele. – Svanen har ligget meget paa Reden, men der ingen Æg endnu! – Akvarellerne kom saa fra Odense og jeg lader Madsen indramme den ene og sende derover sammen med min Rosenpastel som jeg jo har foræret hende. – Jeg ringede til Heinicke om de Slagger, han lader Martin Vejmand og Sandmanden aftage det, han mente der var c. 10 Læs om Ugen. Jeg satte saa Wengberg ud paa at snakke med ham. Jordarbejdet vilde blive c. 4-500 Kr foruden hvad der b [bogstavet overstreget] vilde løbe paa for Fyld (Slagger og mulig Ler) Han vil snakke med Marius Fragtmand og saa begynde paa det hvis han ikke hørte anden Besked. Han vilde saa trække den mere hen ad Bøtterns til. Slaggerne kunde saa samles oppe i den anden Ende. Det vilde jo tage lang Tid at faa samlet nok saa jeg sagde det var bedst han begyndte. – Jeg ringede til Bøttern at der var kommen Regning fra Birkerød og han rykkede meget villigt ud med de 350 og Mor vilde give mig Huslejen forud, saa det gik jo helt fint. – Sikken dejligt Vejr Du hidtil har haft, skriv nu endelig flittigt til Birkerød. Det meste af dette er skreven i Toget saa lægger jeg det i i Odense. Giv nu endelig strax Besked om Graaællingerne, hvis der er gjort galt. Mange Hilsner fra Din A.
+Mange Hilsner fra mig ogsaa lille Las.
+Marie</t>
   </si>
   <si>
     <t>1929-05-28</t>
   </si>
   <si>
     <t>Aage Marcus</t>
   </si>
   <si>
     <t>Rungsted</t>
   </si>
   <si>
     <t>Johannes V. Jensen
 Johannes Larsen
 Aage Marcus
 Bernhard Middelboe</t>
   </si>
   <si>
     <t>Middelboe Reproduktionsanstalt var en meget anerkendt virksomhed til fremstilling af klicheer til bogtryk.</t>
   </si>
   <si>
     <t>Kunsthistoriker Aage Marcus skriver et langt brev til Johannes Larsen vedr. forhandlinger og overvejelser med forlagene Gyldendal og Haase omkring udgivelsen af Juleroser m.fl., og han beder JL tage stilling til teknik og priser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/t3l5</t>
   </si>
@@ -3213,159 +1390,2086 @@
 Ide at faa de dejlige Billeder frem - men det kan jo være at det er for vanske-
 ligt at faa realiseret. Gyldendal sagde, at De skulde have 1000 Kr. - for de
 fire Billeder, men det var, fordi De skulde male de to af dem nu. Hvormeget en
 Bogudgave hos Haases som den paatænkte kunde bære i Honorar, kan jeg ikke sige idet hele Kalkulationen og Spørgsmaalet om, hvorvidt det Hele overhovedet kan gennemføres afhænger af Dem. Men Haase opstillede en løselig Beregning med Kr. 1200 til Dem for Ret til at reproducere fra Bøgerne til et 
 saadan lille Hefte, indtil 16 Billeder. Reproduktionsomkostningerne og Tryk-
 ning med Farverne er saa nederdrægtig store Poster og Johannes V. digter jo
 heller ikke gratis. Det er ikke nogen stor sum, men det kunde jo paa den an-
 den Side maaske blive til Noget. Nu faar vi se.
 Jeg tror ikke, De mistænker mig for noget i den Retning, men vil dog gerne
 for en Ordens Skyld bemærke, at udover at jeg er knyttet til
 Haase som Redaktør af den populærvidenskabelige Serie Haases Haandbøger og
 glad ved at give ham en god Ide, ikke [understreget] har tænkt mig at skulde have
 noget for det i nogen Retning fra ham, altsaa ikke tynger paa Kalkulationen.
 Nu haaber jeg at høre fra Dem snart og sender mange venlige Hilsner ogsaa 
 fra Familien. 
 Deres hengivne
 Aage Marcus.</t>
   </si>
   <si>
     <t>1930-06-04</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
     <t>Rørdam</t>
   </si>
   <si>
     <t>Karl Brandt
 Elise Hansen
 Vagn Jacobsen
 Johannes V. Jensen
 Aron Bernhard Kjellmann
 Elena Larsen
 Peter Andreas Larsen
 - Nilsson</t>
   </si>
   <si>
     <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
 Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/lE3T</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen 
 Boxhult
 pr. Landeryd
 Sverrig.
 [Fortrykt på kuvertens bagside:]
 WEDELLSBORG SKOVBRUG
 PR. EJBY
 [Håndskrevet i brevet:]
 Rørdam d. 4'-6'-30.
 Kære Lysse!
 Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
 Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
 Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
   </si>
   <si>
+    <t>Mellem 12. og 18. nov. 1894</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Clement Caspersen
+Olga Caspersen
+Bernhard Hirschsprung
+Johannes Jørgensen
+Johanne  Larsen
+Johannes Magdahl Nielsen
+Fritz Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. J var. 
+Luftklokken var et instrument, som Albrecht Warberg med jævne mellemrum blev behandlet i og med hos en læge i København. Han led af astma.
+Ludvig og Berta Brandstrup var nygifte, da Alhed Larsen var hos dem i Italien. "Brudegaven" må være en gave fra Alheds forældre til dem (Ludvig Brandstrup var Alheds morbror, Berta Brandstrup var datter af Bernhard Hirschsprung). 
+Kunstneren/Fritz Syberg underviste Alhed og hendes søskende i tegning og maleri, da de var store børn. 
+Af brevet, som Alhed Larsen skrev 21. nov. 1894 til sin mor, fremgår det, at moderen er blevet vred over tone og indhold i Alheds sidste brev. Deres kontrovers skyldes formodentlig manglende udtrykt taknemmelighed fra Alheds side i forbindelse med den Italiensrejsen, som forældrene betalte. I de sidste breve har mor og datter desuden været inde på, at det er svært for Laura Warberg at skaffe en ung pige. Måske har Laura W. ønsket, at Alhed skulle komme hjem og hjælpe med husarbejdet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2213 og BB 2214</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder sin mor sende en del tøj. 
+Det er Fru Baccis fødselsdag, og Alhed syr en bordløber til hende. 
+Det er skrækkeligt, at Olga Caspersen er død, og hvad skal der nu blive af Clement? Også trist, at luftklokken ikke denne gang hjalp Albrecht Warberg. 
+Hvorfor syntes Albrecht ikke om Alheds sidste brev? Man skriver ikke ofte om noget personligt i Warberg-familiens breve, men det betyder meget for Alhed at forlænge opholdet i Italien. Laura kommenterede slet ikke Ludvig og Bertas tilbud om, at Alhed kunne blive hos dem mod at betale 1 1/2 Lire om dagen til kost. Hirschsprung har ikke set Alheds malerier, og man kan ikke forlange, at han skal købe noget af hende. Sagen bør vel heller ikke blandes sammen med bryllupsgaven, som bare var et udslag af almindelig skik og brug. I øvrigt købte Laura og Albrecht Warberg heller aldrig et billede af Kunstneren (Fritz Syberg). 
+Laura Warberg synes ikke, at Alhed takkede nok for, at hun må blive i Italien, til Magdahls kommer, men det var underforstået, når Alhed skrev, at det var dejligt. Og det var desuden forudsat, at det lykkedes med den unge pige.
+Alhed Larsen har haft besøg af Johannes Jørgensen og kunsthistoriker Dr. Beckett. 
+Laura Warberg må takke Astrid/Dis for brevet og bede hende sende et par ord til Baccis. 
+Alhed er spændt på at høre om udstillingen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PFgf</t>
+  </si>
+  <si>
+    <t>[Brevets første sider mangler:]
+3 jeg for en Sikkerheds Skyld nævne nogle andre Fornødenheder, for hvis der kan ["kan" overstreget] kan være mere i Pakken eller hvis Du sender to; det koster jo ikke saa meget at sende? - : to Chemiser og to Par Buxer, en Uldklokke, og hvis der findes det en en ["en" overstreget] lang og langærmet Uldtrøje som den Frk. J. lavede til mig i Vinter, den er storartet, og mine andre ere saa tynde; naa, det var en ordentlig Lektie om den Ting, nu maa Du tænke over det og saa snart lade mig vide, hvad Du mener. - Jeg har meget knap Tid til at skrive i dag, det er Fru B's Fødselsdag, jeg har givet hende en Bordløber, som jeg kun lige har begyndt paa, da jeg vil sy den her om Aftenen.
+- Der kunde jo været ["t" i slutningen af ordet overstreget] meget at svare paa i Dit Brev, men jeg maa gøre det kort af! - Det er dog skrækkeligt med Olga Caspersen der er død, de stakkels Mennesker. Det gjorde vist ogsaa endnu mere Indtryk paa mig, fordi jeg er saa langt borte; det er saa forfærdeligt at tænke paa, at der kan komme saadan en Bombe ind i en Familie, inden man ved et Ord af det. - Og stakkels Clement, der er saa daarlig, hvor skal han saa hen? - Det var lutter sørgelige Ting, Du skrev om; hvor det er forfærdelig trist at Luftklokken ikke har hjulpen paa Far ["paa Far" indsat over linjen] denne Gang. Skriv endelig i hvert Brev, hvordan han har det? ["?" overstreget] - Hvorfor syntes Far ikke om mit sidste Brev? Du skriver kort og godt "Far syntes ikke med Streg under ["med Streg under" indsat over linjen] om Dit Brev i Dag". Jeg skal ikke nægte, at det berørte mig lidt ilde, og jeg følte mig noget saaret ved det. Det er ikke saa tit, at vi skriver noget rigtig personligt hjem i vore Breve, og det havde jeg netop gjort her, for ["for" overstreget] skreven helt, hvordan jeg syntes, det stillede sig for mig nu, og Grundene hvorfor jeg mente det vilde være saa godt for mig at blive her noget længere ["længere" indsat over linjen]. Det kan jeg ikke indse, at der var noget galt i? - - Og Du skrev slet ikke noget om, hvad I mente om det Tilbud, Lud og B har gjort mig; Berta spurgte saa nysgerrig om, hvad I havde sagt det ["det" overstreget] til det. Og det er nu virkelig forfærdelig pænt af dem, de har dog ikke for meget selv, Faderen har intetsomhelst givet dem. Og det kunde meget let komme til at gaa lidt ud over dem; Berta sagde forleden, at hun tænkte 1 1/2 Lire for Kosten om Dagen "om Dagen" indsat i højre margen vilde slaa til, saa faar jeg Lys Varme og Husrum gratis, og det er dog virkelig a ["a" overstreget] et Offer at bringe at have en Tredjemand med alt sit Tøj osv. paa Værkstedet. - Hvad gamle Hirschsprung angaar, saa saa han ikke ["ikke" overstreget] slet ingen af mine Malerier, og jeg syntes ["t" i ordet overstreget] ikke, l ["l" overstreget] man kan forlange, at han af Interesse for mig, som han næsten ikke kender, skal købe noget. Saa skulde det være for Eders Skyld som Du skriver; men jeg synes nu nok det er en kunstig Tanke, at han skal betale tilbage Brudegaven Rejsen og Stads X ["X" indsat over linjen; i venstre margen indsat:]X Du skriver det selv [indsættelse slut]; det var dog frivillig, det første fordi det er Skik og Brug, det andet fordi I havde Lyst. - Noget andet er, hvis han en Gang ser noget af mig ["af mig" indsat over linjen] paa en Udstilling som han synes om, saa er ["er" indsat over linjen] det vist ikke umulig at at ["at" overstreget] han køber det; men af pur Interesse kan man ikke forlange det. I købte dog heller aldrig noget af Kunstneren, som I dog kendte meget bedre, og han var da mindst ligesaa fattig i Forhold til os som vi til Hirsch. - - Uha, nu er jeg bange Dit næste Brev begynder med: "Hverken Far eller jeg syntes om Dit Brev i Dag", vi har hver ["hver" overstreget] virkelig
+[Fortsættelsen af brevet:]
+4 faaet lidt Skræk i Blodet efter det; - skønt det lader dog ikke til at det har kuet min [ulæseligt ord] og Ytringsfrihed. - - Det er sandt, Du skriver, at jeg ikke takkede nok, fordi jeg maa blive til Magdahls kommer; men naar jeg skriver, at det er dejligt og at jeg er glad ved det, saa synes jeg Takken er underforstaaet deri! - Og alt andet hvor jeg skrev om at blive var jo kun forudsat at det lykkedes med den unge Pige, og det samme er Tilfældet med dette Brev. Af danske har jeg set Johannes Jørgensen der har ["har" overstreget] var et Par Timer paa Atelieret en Dag. Samt en Dr. Becket, en ung Videnskabsmand, Kunsthistoriker, der er i Pension her hos Baccis, han ["han" overstreget] Lud har anbefalet ham det. Meget elskværdig og klog, kommer meget paa Atelieret. - Tak lille Dis mange Gange for hendes morsomme Brev, hun maa endelig skrive to Ord til Baccis. - - Skriv nu endelig strax igen, jeg faar aldrig Brev nu uden fra Dig, kan Du ikke stramme Joh. lidt op, naar Du kommer derhen. - Nu er jeg meget spændt paa at høre, hvad I gør med Udstillingen men det kan vist slet ikke naas. - Gør mig den Tjeneste slet ikke at tale om det til nogen, jeg synes, det er en fræk Tanke.
+Nu kun mange Hilsner
+Og jeg beder jer læse dette med velvillige Øjne. -
+Din Alhed
+Skriv nu endelig lige strax igen jeg er naturligvis meget spændt paa alt, Udstillingen, den unge Pige o.s.v.
+Skriv ikke mere Consolato di D. men Piazza Bellosguardo No 1
+Jeg har ikke mere Brevpapir</t>
+  </si>
+  <si>
+    <t>1894-08-27</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Rigmor Balslev
+Thorvald Balslev
+Harald Bing
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Thomas Bredsdorff
+Louise Brønsted
+Johanne Caspersen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Drude Jørgensen
+Hanne Langkilde
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Petersen, Skolefrøken
+Christine Rump
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>I Snøde på Langeland boede Johanne Caspersen (Tante), som var Laura Warbergs søster. 
+Chlorid Kali: Kaliumklorid.
+Alhed Larsen opholdt sig i Italien februar 1894 til foråret 1895. Majoren var en onkel til hendes nære venner, Bacci, i Firenze. Hans navn kendes ikke. Ludvig Brandstrup rejste i august 1894 fra Firenze hjem til Danmark for at blive gift. Han og hustruen kom til Firenze i efteråret. 
+Inden Reformationen i 1536 var Christiansdal et benediktinerkloster med navnet Dalum Kloster. Efter Reformation var Dalum Kloster længe et kongeligt len og blev senere ryttergods. Som herregård var Christiansdal ejet af Christian Benzon og hans efterkommere i mere end 100 år. Til Christiansdal hører en have på ca. 7 tdr. land. Sydfløjen på Christiansdal er opført i 1812-1818. Siden 1907 har stedet atter haft navnet Dalum Kloster. I 1891 solgtes hovedbygningen til Christine Rump (1867-1922), hvis arvinger i 1906 solgte gården til den katolske Skt. Hedevigsorden, som indrettede et rekreationshjem. I 1903 blev der tilmed opført et katolsk kapel, og gården fik atter sit gamle navn Dalum Kloster. I 2013 blev Christiansdal ejet af Dalum Kloster Hvilehjem.
+Indavlet: Bragt høsten i hus.
+Der er nævnt en del personer i brevet, som det ikke har været muligt at identificere: Marie K. og gl. K, Smidt, Sagfører Jacobsens dreng, Frk. Jørgensen og Kaffe-Christensen.
+Det er formodentlig Johanne, der underskriver sig med navnet Sel sidst i brevet. Hirscher er Hirschsprung.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0337</t>
+  </si>
+  <si>
+    <t>Den nye skolefrøken er kommet til Erikshaab. Hempel Syberg har været syg. Ellen og Johanne har været på besøg hos familien i Snøde på Langeland. Nu er Johanne syg.
+Christine har fået fem undervisningstimer om ugen i dansk på en skole i Odense samt musikelever, og hun tjener 36 kr. månedligt.
+Alhed har det så godt i Firenze. Hun opholder sig på et bjerg med Bacci, spiser godt og bader i en bæk. Ludvig Brandstrup er rejst til Danmark, og Alhed vil savne ham. 
+Laura Warberg har hørt, at der er meget svir på Odense (Katedral)skole, så hun har overvejet en anden skole til Andreas, men Vesterdal siger god for Odenseskolen. 
+Familien har drukket kaffe udendørs i det gode vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F9KW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+“Tre Hjorte”
+Vestergade 
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab – Mandag
+Kjæreste Abba!
+Vi har egentlig oplevet ikke saa lidt, siden Du rejste, saa det er bedst, Du strax faaer en lille Skrivelse. Torsdag Eftermiddag kom Charlotte kjørende med Frøken Petersen, den nye Lærerinde og 2 af Børnene. Marie K! er rejst til Nygaard for et Par Uger og gl. K. skal ogsaa et Par Dage derover; han var i Gaar alene paa Gjelskov, Christine og jeg gik derover, Sybergs var i Kirke, vi sludrede saa med den gamle en Timestid og morede os kosteligt over hans Fortællinger om hans Kone, hvordan hun ”tilvender” sig masser af Pakker, naar hun skal rejse og saa smider dem og Rejsetøjet rundt omkring paa Vejene. Syberg har endnu ingen Kræfter, var saa anstrengt af en 5 Timers Visit Visit ["Visit" overstreget] af Smidt i Lørdags, at han ikke kunde sove om Natten og Mini troede, han skulde blive syg igjen. – I Fredags kom der Brevkort fra Junge og Elle, de var kommen godt til Snøde, uden større Træthed skjøndt de havde gaaet hele Turen, ikke en eneste velvillig Vogn. Tante blev umaadelig henrykt over deres Besøg, men hun kommer ikke herover, da Thora kom i Lørdags og hun bliver der 8 Dage. Hende var Børnene med at hente i Aasøe, kjørte Kl. 9 dertil, var hjemme 12½, spiste til Middag og gik saa samme Tur!! var nær kommen for sent til Dampskibet, da de troede, der var en 10 Minutters Vej fra Tranekær til Aasøe!!! Kl. 12 Lørdag Aften kom de tilbage, havde kjørt et Par Mil fra Svendborg om ad Kværndrup. Junge har Blegner og vældig ondt i Halsen, hun gurglede igaar hele Dagen med chlorid Kali, var ilde tilpas, men holdt sig oppe, da Vesterdal og Christine var her. De to kom Lørdag Efterm, Chr. var kommen til Odense Tirsdag Aften sent, havde Timer hele Onsdagen, var hos Frk. Jørgensen, men traf hende atter ikke, fik af Vesterdal 5 Timer om Ugen i hans Skole, Dansk med 9 smaa søde Drenge, Christine er meget glad over det, han spurgte, om hun vilde have en Dreng at regne med, og det havde hun nok Lyst til, hvis hun kan. Vil Du fortælle Thorvald alt dette, han og jeg var saa enige i, at Christine burde have noget mere at bestille, ikke alene for at tjene noget, men ogsaa fordi et saadant Driverliv er en Ødelæggelse for hende. Af Musikelever har hun faaet Sagfører Jacobsens lille Dreng og Rimse, denne en Gang om Maaneden. Hun mener nu at tjene 36 Kr. om Maaneden og hun har lovet mig at lægge alt hen; jeg faaer saa noget hos hende til en Rejse derind paa et Par Dage; det klemmer hende jo en Del, at jeg vil hjælpe hende paa min Rejses Bekostning. I Fredags fik jeg Breve fra Christine, Thomas, Alhed og Junge og Elle. A. befinder sig saa udmærket et Par Mil fra Florenz paa et Bjærg, taler kuns Italiensk boer der sammen med Baccis og den gl. Major. Der er saa fint og smukt, de spiser saa vældigt alle sammen, Smør og Mælk er saa brillant; Kastanieskove op ad Bjærget, Brombær og Nødder, de bader i en Bæk. Hun fulgte Lud ind til Byen i Tirsdags, hentede mere Malervæsen derud, da der vil blive meget at gøre skriver hun. Naar Du nu snart ser Lud, saa maa Du da endeligt skrive til mig alt, hvad han fortæller om Alhed. Hun skriver i hvert Brev, at hun vil savne ham forfærdeligt, han er saadan en god Kammerat. – Jeg skulde hilse Dig mange Gange fra Vesterdal, han sagde at han savnede Dig meget; han var bedt til Kaffe-Christensen til Aften igaar, Dede, Elle og Muk kjørte for ham til 3 Toget. Sybergs stod ved Leddet og saae dem komme tilbage, sagde at han kører rigtig brillant. Christine havde Time idag Kl. 9 tog derfor ogsaa hjem iaftes. Junge har snakket en hel Del om, at Odense Skole er saa gruelig slem med Svir og anden Daarlighed Lærerne har den og den Skavank o.s.v. og at Dede burde i Birkerød Skole. Igaar talte jeg meget med Vesterdal derom, han mener ikke der er nogen Fare ved Odense, foreslog at faae ham til Rumps paa Christiansdal, naar han blot ikke boer i Byen, mener han ikke der kan skee noget, sagde at Birkerød er saa dyr, at Odense er brillant at tage Examen ved, den bedste i Landet til at proppe Kundskaber i Drengene. – Igaar var vejret saa mildt og dejligt her. Vi havde Kaffebordet udenfor Hovedtrappen og sad ved Bordet der og drak Kaffe. Pal. havde tabt en Flaske Portvin til mig, vi væddede om Tiden, Junge og Elle vilde komme hjem Lørdag Aften, - den drak vi til Middag igaar, Retterne var: Gemyse – Steg – Rødgrød, hvis bare Junge havde været rask, havde det været en dejlig Dag. Christine var saa livlig og munter, spillede og sang og snakkede hele Dagen. – Nu Farvel! I morgen venter jeg Brev fra Dig. Du og Thorvald har vel nok oplevet et eller andet igaar Søndag. – Junge ligger paa Chaiselongen, hun var saa henrykt over [ulæseligt] af [ulæseligt] det er kjedeligt hun skal spilde Tiden med Daarlighed, men [ulæseligt]gen haaber vi hun er helt rask, da er vi bedt til Ølstedgaard til Kaffe. - Syberg og Mini hentede Thora i Tommerup i Fredags, hun rejste fra Middelfart med Langkilde og hans Kone, kunde hun forstaae paa Snakken; - Gjelskov fik indavlet i Lørdags og havde Gilde. Unge Grevinde har det saa godt, jeg har hørt Bud. - Mange Hilsener fra os alle! Esset.
+Kære Far! Vi havde en frygtelig morsom Tur til Langeland kan du tro. – Vil du endelig huske at hilse Mine Hirscher, gl. Bernhard, gl. Bing og Tante Pe’rsen i Særdeleshed.
+Din Sel -</t>
+  </si>
+  <si>
+    <t>1895-03-13</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10 Firenze</t>
+  </si>
+  <si>
+    <t>Piazza Donatello 10
+Genua
+Monte Carlo, Monaco</t>
+  </si>
+  <si>
+    <t>Herminia -
+Onklen -
+Zio -
+Vittoria Bacci
+Francis Beckett
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Bernhard Hirschsprung
+Emma Hirschsprung
+Christine  Mackie
+Laurits Ring
+Alfred Rottbøll
+Adelheyde Syberg
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Munter er en hund på Warberg-familiens gård, Erikshåb.
+Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Majolika: særlig type italiensk fajance, fremstillet siden slutningen af 1200-tallet i Toscana og Umbrien.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2121</t>
+  </si>
+  <si>
+    <t>Det er ved at være forår i Italien. Alhed skal snart hjem til Danmark. Hun glæder sig til at opleve forår to gange. Hun skal ud og lave afskedstegninger. Fortæller om udflugter og sammenkomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y0d0</t>
+  </si>
+  <si>
+    <t>13de Marts
+Piazza Donatello 10
+Kæreste Mor!
+Mange Tak for Dit sidste lange Brev, som jeg blev vældig glad ved. Det var jo en sørgelig Meddelelse med Muntermand og jeg skrev vist netop noget om ham i Faders Brev. Jeg gad vide, om I saa var paa Glorup, jeg sendte Brevet dertil, da du havde skrevet det i Dit forrige Brev. - - For en Timestid siden tog Lud og Berta af Sted paa en lille Rejse til Genua; de skulle der mødes med B’s Far og Søster Emma og rimeligvis være der sammen med dem nogle Dage. Saa tager ”Fader Bernhardt” til Monte Carlo en 3-4 Uger og Emma kommer med herned. Berta var henrykt naturligvis. – I Aftes fulgte vi Ring paa Banegaarden; han kommer vist desværre ikke gennem Odense alligevel, han havde ellers lovet at gaa op og hilse Christine fra mig, det havde ellers [overstreget: ellers] været forfærdelig morsomt. – Ring vil jeg savne umaadelig meget, vi spiste Frokost sammen hver Dag, han malede ogsaa paa Ufficierne. – Min Cape mangler jeg desværre ikke saa lidt paa endnu, det er et sent Stykke Arbejde. Nu skal jeg hænge vældig i disse Dage, mens de andre ere borte. – Nu lader det for alvor til, at Foraaret staar for Døren, Vejret er meget omskifteligt, men af og til have vi en dejlig Foraarsdag og vi plukke hver Dag en halv Snes Violer inde i Haven. – Naar det bliver rigtig smukt Vejr, vilde jeg gærne være færdig med min Cape. Lut mener ganske vist, at jeg lærer saa meget af det, at jeg strax skulde tage fat paa en til, men det tror jeg da ikke, jeg kan bekvemme mig til, jeg maa vist ud at lave nogle Afskedsbilleder. – Baade Konsulens og Baccis ville have mig op mens jeg er alene, men jeg har sagt nej Tak; jeg vil være flittig og skal desuden passe et Lerarbejde af Luds. Og kun spise og sove deroppe vil jeg dog ikke, naar jeg ellers skal være nede i Byen hele Dagen. - - I Aften skal jeg dog derop, det er Helligdag i Morgen [tilføjet over linjen: i Morgen] og vi skulle ned i "Cascelunerne" [det andet "c" i ordet tilføjet over linjen] at se Prinserevy, ogsaa Zioen Fru Pelle og Beckett. Det er ikke umuligt, at jeg kan komme til at rejse hjem sammen med Becket, han rejser rimeligvis sidst i April; vi talte om det i Gaar, han vil ogsaa gærne have Selskab. - - Han var her i Aftes til en lille Afskedsmiddag for Ring: udmærket Suppe, Æggekage, Lammesteg [overstreget: steg] Kotteletter med Kompot, Ost og Frugt. Vi havde - - - her kom Fru Bacci, nu kan jeg ikke huske hvad jeg begyndte paa. Det sinkede [tilføjet over linjen: sinkede] mig for Resten, nu kan jeg desværre ikke naa at faa Brevet af Sted, saa bliver det nok først i Overmorgen.
+Næste Dag. Jeg er kommen tidlig hjem, jeg kunde se, det kunde lade sig gøre at naa at faa Brevet af Sted i Dag, og saa syntes jeg det var en Skam ikke at gøre det. – Der er omtrent en Time, der kan da naas en Del i den Tid. – Revyen var for Resten sjov; det blev mod al Forventning straalende Vejr, saa det hele tog sig brillant ud. De italienske Militær er nu meget smukke, deres Dragter meget smagfuldere end vore. Der er et lille morsomt, kaldet ”Berseilli creme” [spørgsmålstegn over begge ord]; deres Dragter ere meget fixe, særlig deres Hatte [tegning] der sidde strærkt paa ”Snur” og ere prydede med en mægtig Dusk Hanefjer. De ere vældig raske og kvikke og uddannes særlig til Løb. – Efter ”Revista”en gik vi lidt længere ud, hvor der slet ingen Mennesker var, for at opsøge os et rart Sted at spise Frokost paa. (”Kasjinerne”(udtales således) er et Slags Langelinie for Florentinerne; de strække sig langs Arnoen et Stykke udenfor Byen. Der er hver Eftermiddag Promenade af alle de fine Florentinere, mange i pragtfulde Ekvipager, samt Musik paa en stor aaben Plads. Længere ude er der fuldstændig landligt og henrivende smukt. Der er lange Alleer, Strækninger af Skov, og dejlige Enge.) Vi fandt et herligt Sted til Frokosten, en lille solbeskinnet Eng, der var saa fuld af smaa Krokus, at det lignede et Tæppe, aldeles som naar Skovbunden hjemme er fuld af Anemoner, kun at Tæppet her var lyseblaat! Det var et bedaarende Syn. Jeg plukkede naturligvis en Masse og besluttede at sende en Hattefuld hjem; men jeg kan se, de ere altfor sarte, sender her en Prøve. Er den ikke henrivende. efter [overstreget: efter] Frokosten, som [overstreget: som] var udmærket, Fru B. førte Kød og Vin og Fru Pelle og jeg Sardiner Brød og Kager. – Hvor vi nød Tilværelsen derude, Solen skinnede, Fuglene sang og alting duftede af Foraar. Vi lærte dem at lege Enke, det morede dem kosteligt, Majoren (der er bleven Oberst) er en gammel Knop til at løbe, han og jeg var sammen hele Tiden, vi opnaaede ”Sølvbryllup” mens alle de andre skiftedes til at være Enke. Pigen Erminia er storartet paa en saadan Tur, hun bliver et andet Menneske, naar hun kommer ud hvor der rigtig er landligt, helt vild af Henrykkelse. Saadan var hun ogsaa oppe i Acone. Hun og jeg havde spillet ”berde”, en Slags Filipine, der bestaar i at man stadig skal bære en lille grøn Gren hos sig, som man kan tage frem, naar den anden siger ”verde fruori” (= ”frem med den grønne”). Hun kom ind og skulde overrumple mig i Morges paa Sengen, men jeg halede den triumferende frem fra Hovedgærdet. [overstregede ord] – Lud og Ring snød med den Aften, de skulde lave. De gav den i Stedet inde i Byen, det var om Aftenen paa Faders Fødselsdag. Om Eftermiddagen havde vi været ude alle 4 at se en Majolikafabrik. Der opdagede vi et kønt Krus, men det var temmelig dyrt, 6 Lire, saa købte vi det i Forening og besluttede at kaste Lod om det. Det gjorde vi, da vi kom ind paa Restaurationen og jeg blev den heldige, der fik den lille Seddel, hvorpaa der stod ”Krus”. Jeg var henrykt og indviede det strax, saa Faders Skaal blev drukket standsmæssigt af den mægtige Pokal. Lud holdt en lille Tale. - - - Jeg skrev til Frk. Sperlings Fødselsdag og sendte hende de første Anemoner jeg har funden. – Du maa endelig hilse Tat Mimi mange Gange for hendes lange morsomme Brev. - -
+Have I Vinter E [udstreget: E] endnu? Jeg glæder mig saa forfædelig til at faa to Gange Foraar i Aar. Du ved ikke, hvor jeg nyder Tilværelsen i disse Dage meget, meget mere end i Fjor ved denne Tid. Den Gang var jeg saa tit gnaven og følte mig ensom og trist, i Aar nyder jeg det fuldt ud; og i Løbet af en 8 til 14 Dage bliver det hele jo endda meget smukkere, naar Mandeltræerne begynde at blomstre osv. – 
+_ Nu maa jeg desværre slutte, jeg venter mig næsten en lille overhaling over dette og de sidste korte Breve, samt at Du har ventet dette et Par Dage, men her har været saa meget Uro de sidste Dage. – Pengesagerne maa jeg vente med til næste Gang,nu [overstreget: nu] – Naa jeg maa slutte nu. 1000 kærlige Hilsner! Jeg kan ikke naa at læse igennem. – 
+Be
+14de Marts – 1895.</t>
+  </si>
+  <si>
+    <t>1896-08-26</t>
+  </si>
+  <si>
+    <t>Dora -
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Alfred Benzon
+Ch. Berleûne
+Johanne Christine Brandstrup
+Louise Brønsted
+- Gredsted
+Bernhard Hirschsprung
+Ernst  Knipschildt
+Gustav Knipschildt
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Viktor Schroll
+Hans Smidth
+Hempel Syberg
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København.
+Det vides ikke hvem Frøken Berg, Fru Larsen, Monica, Kirsten, Johan og HP var. Heller ikke hvem stiftprovsten og Bitten var. 
+Frederik Andreas Warberg og søsteren Louise, g. Brønsted, var i 1896 elever ved Odense Katedralskole. 
+Thorvald Balslev blev færdig som cand. theol. i 1896.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0339</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sin mor på besøg. De går lange ture. Knipschildt deltager.
+Laura har været i Odense at besøge børnene og en mængde andre mennesker. På børnenes skole er der rod i mange ting, og bl.a. får eleverne ikke et skema.
+Om natten er Laura ikke bange, for hun har hundene hos sig. Den ene, Munter, var på en gåtur fræk, så Laura knækkede ris af, og da den så det, løb den hjem. Hunden fik kun et par dask. 
+Hempel Syberg er dårlig.
+Thorvald Balslev er taget til Masnedsund.
+Den unge greve har givet Laura en stor melon. 
+Albrecht må købe konfirmationsgaver til tre store børn samt svamp og tandpulver i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fdLV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på brevets forside:]
+Hr. Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 - ⁴
+København K.
++ Poststempel
+[På kuvertens bagside;]
+Poststempel
+[I brevet:]
+Erikshaab – Onsdag d:26de.
+Kæreste Abba!
+Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
+Vil Du nu hilse Mis og især min Pelle saa meget. 
+Kærlig Hilsen fra Din Smaa.
+Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
+[Indlagt seddel:]
+Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
+  </si>
+  <si>
+    <t>1898-01-19</t>
+  </si>
+  <si>
+    <t>Frøken Agnes -
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Frederik Gad Clement
+Franziska  Erichsen
+Ludvig Find
+Svend Hammershøi
+Hans Nikolaj Hansen
+Marie Henriques
+Bernhard Hirschsprung
+- Hr. Alb.
+Johannes Larsen
+Frederik Lützhøft
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
+Familien Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2133</t>
+  </si>
+  <si>
+    <t>Alhed sender en fødselsdagshilsen til sin mor og glæder sig til, at hun kommer til København. Der er så megen festivitas, at Alhed slet ikke har tid til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvAt</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs øverst s 1: Tak for Kjolen som kom udmærket! 19/1 – 98]
+Kære Mor!
+Det er vist egentlig skrækkeligt, at jeg ikke endnu har ladet høre fra mig, men det gaar saa hedt med Selskabelighed, at jeg knap kan faa tid til det allernødvendigste, som f. Ex. at ri Strimler i mine Kjoler. Men nu, da d. 20nde er kommen kan jeg jo ikke trække det ud længere med at skrive, men vil sende Dig min hjærteligste Lykønskning til Din Fødselsdag samt en lille Redegørelse gørelse for, hvad jeg har taget mig til, siden jeg rejste. At male Vinterasters blev der ikke noget af, de var forbi, da jeg kom herind, men paa en Maade var det heldigt, da der vist umulig kunde være bleven Tid og Ro til at male. – Den første Aften, jeg var herinde, havde Lud og Bertha et lille Gilde, Konsulens, Frk. Henriques, Frk Agnes, og Malerne Find, Clement og Hans Nickolaj Hansen. Vi morede os storartet, drak en Masse Rødvin og endogsaa en Fl. Champagne, holdt ud til Kl. 2. – Næste Aften var Fornøjelsen af en lidt anden Art, det var nemlig det fine selskab hos ”Bernhardts”. Men jeg morede mig udmærket ogsaa der, det var umaadelig fint, den bedste Mad, jeg har smagt, og det nydeligste Bord, jeg har set. Der var bl a. 2 Søstre til Baronesserne med deres Mænd.. Jeg havde Hr. Alb. til Bords. – 
+De sidste 8 Dage har Las været her, og Du kan tro, vi har moret os sammen, vi har spadseret, været paa Kunstmusæum 2 gange, spist sammen paa Kafféer og saa i øvrigt besøgt vore fælles Venner. – I Forgaars var vi i Dagmartheatret til ”Kongesønner”, en Aften sammen med en halv Snes andre ude i Sommerlyst at høre Lützhøft synge; i Aftes var vi til Gilde ude hos Schous, vi var 17 Mennesker, Lud og Berta var med, Lützhøfts, Kunstnerens Søster og en hel Masse Malere. – Vi morede os aldeles storartet, Lüthøfts sang, Pan fortalte fynske Historier, en sang sjællandske Viser, en anden italienske, lille Hammershøj dansede ”Tarantel” o.s.v. – Vi holdt ud til Kl. 3½!! - -
+I Aften skal Las til nogen, jeg ikke kender og jeg til Middag i Tordenskjoldsgade – Pan ville have sendt Dig en Alpeviol, men jeg raadede hende til at vente, da Du ellers maatte rejse fra den. Det er forfærdelig morsomt at Du kommer det bliver vel med det første, det kan være, Du afløser Las, han rejser Fredag. – Nu kun 1000 Hilsner til Eder alle, hils ogsaa min ”Gamle”. Endnu en Gang ”til Lykke”
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-01-23</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ebbe Brandstrup
+Mogens Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Frederik Hendriksen
+Bernhard Hirschsprung
+Emma Hirschsprung
+Johanne  Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig januar - marts 1898 hos Berta og Ludvig Brandstrup i København for at modtage sang- og tegneundervisning. Hun gik dagligt tur med Brandstrup-parrets søn - formodentlig den ældste, Mogens.
+Johannes Larsen havde ærinder i København januar 1898, og han og Alhed mødtes dagligt der, indtil han 21. januar rejste hjem. 
+"Tordenskjoldsgade": Her boede Bernhard og Emma Hirschsprung. 
+Det kan ikke afgøres, hvem Hr. Møller var. Warberg og Larsen kendte mange med dette efternavn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2201</t>
+  </si>
+  <si>
+    <t>Tante Mis og andre bliver skuffede, hvis Laura Warberg ikke kommer på besøg, men hvis hun har vrøvl med sine fødder, er det jo undskyldning nok. 
+Alhed har det dejligt hos Berta og Ludvig Brandstrup. Deres lille dreng, som hun går tur med, er dejlig.
+Johannes og Alhed Larsen styrtede rundt, mens han var i København, og det er rart med lidt ro nu, hvor han er rejst hjem.
+Alhed har været til stor middag i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZDOA</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Jeg blev meget ked af det, da jeg i Aftes hørte, at Johanne ikke havde skreven til dig endnu hun havde lovet det aldeles bestemt, da jeg var hos hende i Fredags; jeg var der ogsaa et Svip i Torsdags, men det var lige i deres Middagstid, saa vi kunde ikke faa talt ordentlig om Din Rejse. De ville vist blive meget skuffede, hvis du ikke kommer, jeg talte ogsaa med Tante Mis og jeg kunde forstaa, at hun havde glædet sig meget til Dig, hun har jo selv den Idé, at der kan være saa meget at tale om. Men paa den anden Side synes jeg, at Du saa udmærket kan lade være, hvis Du stadig har ulyst til det, Dine Fødder ere jo Undskyldning nok - Men Johanne skriver jo nok herom. - Du kan tro, jeg har det yndig her hos Berta og Lud. Nu er der falden lidt mere Ro paa mig, siden Las er rejst, det var næsten ogsaa altfor galt, som vi fartede om fra Morgen til Aften Las saa ganske mat og ødelagt ud tilsidst. Din Fødselsdag spiste vi til Middag i "Bellevue" paa Hjørnet af Bregade og Langelinje vi drak en halv Fl. Rødvin til og Las udbragte Din Skaal. - I Aften skal Lud og Berta ud, saa gaar jeg ind til Hendriksder har jeg ikke været endnu. - Jeg sidder nu og venter paa Pan, hun skal med ud at køre med Drengen i Dag; han er saa dejlig, at det der en hel Fornøjelse at passe ham, han er ganske forbavsende rolig og fornuftig. -
+Jeg har været til Middag i Tordenskjoldsgade, siden jeg skrev sidst, det var i Onsdags, Berta havde Dit Brev med derhen. Las skulde netop ud til nogen, jeg ikke kendte den Aften. - De havde sagt, der var slet ingen, saa jeg kom som jeg gik og stod efter at g ["g" overstreget] have travet rundt hele Dagen. Men saa var der til min store Overraskelse 17-18 Personer, 5 Retter Mad og 3 Slags Vin. Jeg sad ved siden af Hr Møller, som Drak Glas med mig og bad mig hilse Far. -
+Det bliver nu morsomt, hvis Du kommer, berta vil gøre en lille Middag paa Dig. - Jeg længes snart efter rent Tøj jeg haaber I sender det til Lugge, jeg har ikke Plads til Kuffert. 
+1000 Hilsner Din Alhed
+Søndag</t>
+  </si>
+  <si>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
+  </si>
+  <si>
+    <t>1898-03-24</t>
+  </si>
+  <si>
+    <t>Lars, Höljeryd -
+Skomagerline -
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Anna  Eckardt, datter af Alfred Eckardt
+Peter Hansen
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Lisa Nisbeth
+Otto Emil  Paludan
+Joseph  Petterson
+Theodor Philipsen
+Niels Skovgaard
+Fritz Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Med "Trægården” menes haven (på svensk).
+Alhed Larsen opholdt sig i København, fordi hendes mormor var døende. Lille Warberg var hendes lillebror, Dedde, som skulle konfirmeres Palmesøndag i Odense Domkirke. Hempel Syberg afholdt festen, da ALs og Deddes far, Albrecht Warberg var syg. Få dage efter konfirmationen døde mormoderen.(Se evt. flere detaljer i Alhed Larsens biografi)
+Palm er højst sandsynligt Otto Emil Paludan kaldet "Pallam". 
+Missemor er barn af Marie og Aron Kjellman.
+Det er uvist, hvem Kristines mor var.
+Marie Larsen var i huset på Nedergaard ved Kolding. 
+Engelsens er muligvis en familie, som ejede en stor boghandel i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Vilhelmine og IA Larsen kom hjem til Kerteminde efter at have lavet forpagtningsaftaler vedr. Båxhult og Höljeryd.
+I København, på vejen hjem, besøgte de Den Frie Udstilling, hvor opsætningen endu ikke var helt færdig. Herefter var de på besøg hos Alfred Eckardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0BX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24/3 1898
+Kjære Marie!
+Just kom vi hjem i en stærk Nordøst Vind det var koldt kan du tro ovenpaa de varme Vogne; men vi befinder os helt vel i dag begge to. Af dit Brev der kom til Johannes i dag seer jeg at du troer vi kun beholder 1 Værelse på Boschult jo lille Ven vi beholder dem alle paa et nær som gamle Lisa Nisbeth skal bebo og det bliver Qvistværelset til Gaden over Verandaen, alle Værelser bliver malede og nyt Papir saa der bliver saa lyst og kjønt at du aldrig kan forestille dig Synet især naar Trægaarden kommer i Orden Smedens var begyndt at flytte ind inden vi rejste i Drengestuen paa Boschult og Skomagerline skal op hos Smedens og Lars i Kungsveka skal have det Jordbrug i Forpagtning for 150, Smeden 150 og Skatter og 10 Sjus for Boschult, og Petersen 600 for Holjeryd- du seer vi haar gjort vore Sager godt denne Gang nu kommer der en Tid hvor vi kun skal tage imod Penge derovre fra, det er godt hvad. Det kan jeg unde den kjære Fader – som har maattet punge ud med saameget – Vi synes udmærket godt om [ulæseligt ord]-Familien det er ganske bestemt dygtige Folk han kjørte for os igaar med den norske graa og en brun der der ligner Finga noget i Gangen vi kjørte derned paa 2 Timer i et nydeligt Sommervejr; lad mig bringe dig alle de mange hjertelige Hilsener fra dem alle derovre den snelle dygtige Marie Larsen fik mange Lovtaler kan du tro Kristines mor var ogsaa fremme at besøge mig der var saa mange mere til Kaffe at jeg kjøbte en Mængde Dappe hos Handeleren i Haljeryd der har en Søster som bager
+Hun bad os nu komme paa Hjemrejsen i Halmstad spiste vi Frokost paa et Hotel og der trakterede Fader mig med en Pilsner som gjorde mig saa tung i Hovedet at jeg fik flere gode Søvne paa Vejen 
+I Kjøbenhavn skal du blot høre hvor heldig jeg var. Vi kunde ikke sige bestemt naar vi kom saa der var ingen til at tage imod os. Fader gik et lille nødvendigt Ærinde og jeg sagde saa til ham du kan træffe mig ved den fri Udstilling for jeg vil hen at kigge ind af Døren for at have en Mening om den
+Der stod en Malersvend udenfor og børstede Søjlerne jeg gav mig i Snak med ham og spurgte om de kunde blive færdige jeg veed det knap Frue vi slider Nat med Dag for vi Malere kan jo ikke komme til før de andre Haandværkere ere færdige da jeg vender mig kommer Peder Hansen ud med 2 Herrer der bliver en Præsentation Johannes Larsens Moder – Hr Phillipsen; Hr Niels Skovgaard de blev ved send Johannes herover til Fredag men det vil han ikke derimod rejser han over et Par Dage og tager Alhed med hjem til Confirmationen med den lille Varberg i Odense Palmesøndag, Onkel Syberg er flyttet til Odense og gjør Gildet, Johannes er bedt med de bliver 44 Gjæster han har jo Vilhelms sorte Benklæder og Vest og laaner Palms Kjole – men nu tilbage til Udstillingen, saa kom Fader det er Johannes Larsens Fader – saa Afsked med Venner og saa ind med Peder at se paa Malerier – ja Marie hvor vi brugte det var jo Jag men endel kan jeg da huske som glædede mig meget Syberg er saa overordentligt smukt repræsenteret en hel Væg fylder du ved nok han har illustreret ” en Moder – og de hænger uden om hans Malerier ja begynde at beskrive dig dette kan jeg ikke overkomme men naar vi faar et Katalog saa skal du faa et sendt og saa skal jeg bemærke hvad jeg synes om hver især – Johannes’s Billeder var hængt saa smukt op men saa kom Brandvæsenet og skulde skjære en Dør til saa maatte de ned men Peder lovede at de skulde nok en god Plads
+Agrarbilledet tog sig udmærket ud derom ogsaa Blomsterne Roserne og Valmuerne saa er der de 3 Aquareller der var i Stokholm
+Saa gik vi til gamle Eckardt der var ingen hjemme derfra til Alfred der mødte vi Margrethe paa Gaden hun med tilbage Alfred var heldigvis hjemme og Musse maatte op af Sengen og vises frem saa rendte Margrethe hjem og hentede gamle Onkel der imidlertid havde været paa Aftentour der fik jeg høre at Fru Lorentzen kom til Byen men de mente ikke den lille Pige kom med – Margrethe skulde til The hos Engelsens Onkel fulgte os saa paa Banegaarden og Alfred gik [ulæseligt ord] det er et nydeligt Hjem de har og herligt uden Gjenboer
+Nu kniber det med Tiden lille Marie men du faar hørt vi er kommen vel hjem Saa skal jeg skrive mere i mit Søndagsbrev og der skal vi saa se et Billede af Marie Aron og alle Børnene hun er saa sød den lille Missemor i Virkeligheden hun er magrere men smukkere det glædede mig ogsaa hos [ulæseligt ord] at høre hvor glade de er ved dig paa Nedergaard
+Lev du kjære lille Marie og Hilsen fra os Alle sammen
+Johannes er paa Jagt</t>
+  </si>
+  <si>
+    <t>1899-02-07</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Hotel Phønix</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Berta Brandstrup
+Frederik Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+Maren -, Erikshaab
+Joseph Haydn
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+- Holstein, Frk.
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Grethe -, København
+Alhed Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Marie Schou
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Larsen skrev 8. jan 1900, at hun sagde op på Hotel Phønix, hvor det var slemt at være ansat.
+Ellen Sawyer flyttede i 1899 til Boston. Det er uklart, hvad det omtalte telegram indeholdt, og det findes ikke sammen med Johannes brev. 
+Muntermand og Bobby må være hunde.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2039</t>
+  </si>
+  <si>
+    <t>Johanne har fået telegram fra Ellen, og hun sender det til forældrene. Hun kan ikke forstå, at det er sendt fra Boston og ikke New York.
+Johanne har været til middag og kortspil hos Hirschsprung samme med Marie og P.S. Krøyer. Hun var ikke begejstret for dem. Fru Hirschsprung og Johanne spiller firehændigt to gange om ugen. 
+Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
+Johanne får for meget konfekt og slik, så hun lægger sig ud. 
+Ludvig Brandstrup har brækket benet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5f0I</t>
+  </si>
+  <si>
+    <t>Hotel Phønix Tirsdag 7de Feb.
+Tak for de tilsendte Penge.
+Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
+Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
+Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
+Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
+Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
+Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
+5480 Rikgwood St. Chicago Ill. U.S.A 
+Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
+Tak for Laan for Brevene!
+Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
+Hører jeg snart igen.
+Din Junge
+Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
+  </si>
+  <si>
+    <t>1902-10-04</t>
+  </si>
+  <si>
+    <t>Olaf Brahm</t>
+  </si>
+  <si>
+    <t>Bern</t>
+  </si>
+  <si>
+    <t>Harriet Brahm
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde 30. september 1902.
+Olaf Brahm var en tid forlovet med Thora, som var datter af Laura og Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2676</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg varden fineste mand, som Olaf Brahm nogensinde har kendt. Mindet om ham vil leve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n6wj</t>
+  </si>
+  <si>
+    <t>Bern 4-10-1902.
+Kære Fru Warberg!
+Af lille Harriets Brev til mig idag erfarer jeg den sørgelige Tldragelse, at han er død, den fineste Mand, jeg nogen Sinde lærte at kende. Jeg forstaar noget af den Sorg, det maa være for Eder, og jeg ved, det vilde være mig umuligt at bringe Dig nogen nævneværdig Trøst. Naar jeg saa alligevel vover at skrive til Dig, er det fordi, jeg vilde bede om Lov til at sige Dig, hvor dybt et Indtryk Eders Sorg har gjort paa mig. Saa synes jeg ogsaa, det kan være noget af en Trøst for Eder at vide, at hos alle vi der kendte ham, vil Mindet om den fineste og nobleste Skikkelse leve, og vi der er unge har kun Tak og Ærbødighed fordi, han lod det saaledes tilbage
+Din hengivne
+Olaf. Brahm.</t>
+  </si>
+  <si>
+    <t>1924-04-12</t>
+  </si>
+  <si>
+    <t>Hospitalsvej, Frederiksberg
+Rådhuspladsen, København
+Vimmelskaftet 47, København </t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+- Falck Jensen
+Else Jensen
+Kisse Larsen
+Eiler Lehn Schiøler
+Harald Leth
+Olaf Rude
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Café Bernina, Vimmelskaftet 47, København, var i mange år mødested for kunstnere og bohèmer. 
+Der var Folketingsvalg 11. april 1924. Socialdemokratiet fik for første gang regeringsmagten med Stauning i spidsen.
+Johannes Larsen var i København fra slutningen af februar til midt i maj for dels at male på storkebilledet til Kongens Håndbibliotek, Christiansborg, dels tavler/illustrationer til Lehn Schiølers bogværk Danmarks Fugle (se også Johannes Larsen til Alhed Larsen 3. marts 1924). 
+Christine Swane var syg. Hun blev indlagt på sanatorium senere på året. Det kan ikke afgøres, hvem Larsen, der nævnes sammen med Kisse, var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har siddet sammen med venner på Bernina og ventet på valgresultat. Bagefter gik de på Rådhuspladsen, hvor der var mange mennesker. Han kommer hjem til påske. Det er svært at nå at blive færdig med projekterne i København.
+Larsen har besøgt Christine Swane (Uglen) og set Harald Leths udstilling. Han maler i museumssalen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4j7f</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12-4-1924.
+Kære Puf!
+Tak for Brevet! Det er dejligt at Du kommer Dig saa godt. I Aftes var jeg med Magisteren ude paa Bernina for at høre Valgresultater. Der var desuden Else Johs. V, Falck Jensen og Kisse og Larsen. Vi sad og spiste Smørrebrød og drak Øl og ventede. Først omkr Kl. 11 ½ begyndte der at komme Telegr, det første fra Vonsild. Saa hørte vi et Par til og gik hen paa Raadhuspladsen der var fuld af Mennesker og stod lidt borte paa Politikens” Magna Vox og gik saa hver til sit. Jeg glæder mig til at komme hjem til Paaske og skal nok komme af Sted Torsdag Middag. Det kniber ellers med at blive færdig med hvad jeg har for her. Men ellers maa det jo vente til næste Gang. Jeg har været henne hos Uglen et Par Gange og forleden var jeg henne at se en Udstilling, Leth havde arrangeret i sit Atelier i det gamle Frederiksberg Hospital paa H[ulæseligt]. Han skal nu have Rudes Atelier naar Rude rejser. Der er ellers ikke meget at berette den ene Dag gaar som den anden, jeg sætter mig her i Museumssalen og maler og gaar kun sjældent ud. Jeg skal hilse fra Schiøler og Eiler. Mange Hilsner
+Fra Din Far</t>
+  </si>
+  <si>
+    <t>1892-07-27</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Syrak Hansen
+Alhed Larsen
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
+  </si>
+  <si>
+    <t>Anna har været på "Bernina". Hun ønsker at være sammen med Fritz og tænker på ham hele dagen under arbejdet på Den kongelige Porcelænsfabrik. Hun har stadig nogle penge tilbage og glæder sig til at få udbetalt løn på fabrikken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IIhi</t>
+  </si>
+  <si>
+    <t>[Nummer tilføjet med blyant: 6]
+Kæreste Dreng
+Jeg sender Dig paa dette Papir en privat Hilsen og et Kys i Anledning af Dagen imorgen, siden skal vi paa et andet have udfærdiget en pragtfuld Adresse med Tilbehør. Jeg gør et lille Sold paa Bernina; Meme : Chokolade, Kaffe, Kager. Skov er indbudt, nærmest fordi at vores Kvindelighed ikke tillod os at gaa alene i Bernina. Jeg vilde nok saa gerne være hos Dig kære Dreng, vi kunde da højtideligholde Dagen oppe i den lille "Dagligstue" i Bankerne Jeg har i denne Tid tænkt meget paa hine Dage, hine vidunderlige Dage. Jeg tænker paa Dig Dagen lang naar jeg sidder ude paa Fabriken, jeg kan nemlig godt have mine Tanker alle andre Steder end ved Arbejdet; dette er ikke overdrevent indviklet, en af de første Dage tænker jeg at faa fat i det rigtige Postelin, vi har hidtil malet Prøver paa gamle Skaar; den gamle Øvemaler er meget glad ved mig, klapper mig paa Skulderen og Haaret; "Brænderen" koketterer med mig saa det staar efter, forresten bilder hele Fabriken sig ind at jeg er 15 Aar og Alhed 16. Tiden gaar for mig med rivende Hast, meget hurtigere end hjemme - Marie var henne hos Hoff i Gaar, han bad, om Du vilde kvittere for Beløbet, vi kunde da afhente det, naar vi lystede. Kære Dreng, for Tiden trænge vi ikke til Penge, Kaagge har faaet fra Mester og jeg har c. 30 Kr tilbage, desværre er en Tikroner bleven borte for mig (den jeg fik fra Kaagge) men jeg haaber endnu paa at kunne finde den, desuden vil jeg vist snart kunne faa Penge paa Fabriken, jeg sender Dig altsaa alle Pengene hvis jeg senere faar Brug for nogle skal jeg nok benytte mig af dem. Det var kønt af Dig at hjælpe Knolden, vi havde førend vi fik P.s Brev regnet ud at det vilde gaa saadan. Hvad mon Knolden egentlig har bedreven, jeg studerer undertiden i "Københavns Mulkter". Jeg saa forleden at en Mand var bleven dømt til at betale 40 Kr. for at uddele 6 Lussinger til ligesaa mange Folk, saa Knolden maa da have slaaet dem halvt ihjel; jeg vil haabe at han er Dig taknemlig. - Fra Kaage og Franziska skal jeg bede Dig gøre dem den kolossale Tjeneste at sende Moders Maskine, helst i denne Uge. Kan du ikke skrue Benene fast i Bunden af en lille kasse og saa dermed Basta, den staar ved Klaveret. Farvel kære kære Dreng. Tænk i Morgen paa
+Dit lille Høns
+[skrevet på hovedet øverst på brevets første side]:
+Send straks Hoffs Papir tilbage, Kaagge brænder efter at komme derhen igen, hun er formodentlig bleven forelsket i ham.</t>
+  </si>
+  <si>
+    <t>1905-11-18</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Eckardt
+Anna Henriksen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Det er formodentlig enten Christian Brandstrup eller Christian Eckardt, som Alhed og Puf Larsen har spist frokost med på Bernina (en café).</t>
+  </si>
+  <si>
+    <t>Alhed og Puf Larsen er i København. De har spist på Bernina med Christian og været i Valby.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nPmU</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Rejsen gik udmærket, jeg har været hos Henriksen og det der ud som Cardeza [?] han skulde aflevere Tæppet her i Morgen Form. inden 12, det bliver spændende. Vi behandlede ham i Telefonen. – Chr. har haft Puf og mig til varm Frokost paa Bernina. Vi har tilbragt en behagelig Dag. Var et Svip i Valby, Lud ville helst udbetale, men havde ingen Penge. Jeg skal derud i Morgen, han vilde betænke sig. – Hvordan har I det. Her ligger tykt med Sne. Vejret er yndigt. Kys lille Bip. 1000 Hilsner Din A. 
+[Håndskrevet på kortet]: Maleren Hr. Joh. Larsen
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1921 Rylen efterårstur - udateret oversigt over fugle og øer</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OB0G3oj0</t>
+  </si>
+  <si>
+    <t>1897-01-18</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Albert Gottschalk
+Peter Hansen
+Viggo Johansen
+C V Kjær
+Nicolaus Lützhøft
+Henry Lørup
+Theodor Oppermann
+- Philip
+Ruben
+Karl Schou
+Marie Schou
+- Skov
+Agnes Slott-Møller
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Café Bernina lå på hjørnet Vimmelskaftet 47/Badstuestræde 2 i København i bygningen kaldet Tuteins Gård, som stadig findes. En schweizisk konditor og vinhandler, D.B. Schucari, åbnede cafeen i 1881. Navnet hentyder til Bernina-alperne i Schweiz. Stedet var i de to sidste årtier af 1900tallet mødested for kunstnere, litterater og bohèmer som August Strindberg, Knuth Hamsun, Holger Drachmann, Christian Krohg m.fl. 
+Wikipedia
+En alkekonge er en gammel betegnelse for en søkonge.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har været til generalforsamling i København og været sammen med en masse venner. Han har besøgt Lørups, Peter Hansen på Malersalen, Johansen, Schou m.fl. Johs. Larsen har flere fugle liggende, som skal tegnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bv6j</t>
+  </si>
+  <si>
+    <t>Kjerteminde Mandag 18 Jan. 97.
+Kæreste Alhed!
+Det var da et dejligt langt Brev, som laa her til mig, da jeg kom hjem i Gaar Eftermiddags, og det trøstede mig meget at læse om at jeg ikke skulde have daarlig Samvittighed, for det havde jeg naturligvis og lidt af det har jeg endnu, men nu maa du jo have faaet mit lille Brev fra Kjøbenhavn og saa haaber jeg at Du har tilgivet mig. Jeg kom temmelig hovedkulds af Sted herfra da det først blev bestemt, at jeg skulde rejse, om Tirsdagen, det er noget Sludder, jeg mener at jeg rejste Natten mellem Tirsdag og Onsdag og det blev først bestemt om Tirsdagen. Jeg ved ikke om Du nu kan forstaa det. Kl. 9 ½ Onsdag kom jeg til Kjøbenhavn og gik først ud til Schous men kunde ikke komme ind, jeg gik saa ud til Peters Onkel, hvor jeg lagde mit Rejsetøj og derfra til Lørups, til Eckardt, til min Fætter, til en Boghandler for at købe Fortegning til teknisk Skole og derfra til et møde i Bernina som Slott-Møller havde indbudt til og hvor jeg traf Peter, der var ikke mødt videre mange og der blev ikke vedtaget noget og Kl 9 gik Peter og jeg for at træffe Fru Neckelmann som vi spiste til Aften sammen med i en Kafé ved Stranden. Derefter fulgte vi Fru N. hjem og Peter fulgte mig saa op i sit Atelier i Helgolandsgade i ”Wieds Hotel”. Peter boede i den Til jeg var der ogsaa og overlod mig Værelset med Kaffe om Morgenen. Det bliver vist et udmærket Billede Peter maler med Jægeren, det er lidt over 2 Al højt og lidt mindre i Bredden, Portrættet af Fru N. syntes jeg ogsaa godt om, det er kun et lille Billede, vistnok kun en halv Al højt. Dagen efter hentede Peter mig og jeg var med oppe paa Theatrets Malersal, og se dem arbejde paa Dekorationerne til Borkman, hvad der var meget morsomt derefter gik vi ned og spiste Frokost og derfra gik jeg hen til Franziska og fik et romersk Bad, nu traf jeg Klaks paa Østergade og fulgte med ham hjem og spiste Middag og om Aftenen havde vi saa Generalforsamling i den frie Udstilling. Det bliver vist et frygtelig jasket Brev baade med Hensyn til Indhold og Skrift men jeg har saa travlt at det er lige ved at løbe rundt for mig. Du ved at da jeg var paa Erikshaab havde jeg en Ugle og en Maage og en Musvaage liggende og aldrig saa snart var jeg kommet hjem før jeg fik en Alkekonge en lille temmelig sjælden Svømmefugl, som havde ligget og ventet paa mig en 14 Dages Tid, saa maatte jeg jo lægge Musvaagen væk igen og allerede Dagen efter fik jeg Brev fra Peter at jeg nødvendigvis maatte rejse, saa laa det hele der igen. Nu da jeg kommer hjem igen har de fanget en meget smuk og sjælden lille Art hvid Skallesluger til mig, og da jeg jo skal have ”Lopperne” færdig til Kataloget inden den første og mine Tegninger heftet ind og sendt bort inden den 24 i denne Maaned kan Du nok indse at jeg har nok at gøre. Jeg har 4 Fugle liggende og har ikke rørt de 2 endnu. Paa Generalforsamlingen blev der ikke bestemt stort andet end at vi skal have en til i Løbet af en Maaned, da vi nemlig ikke har Vished for at vi kan faa den Byggegrund der er tale om. Til Spisningen hvor Gæsterne i Aar var indbudte, altsaa bl.a. Schou og Skov fik vi noget kedeligt Fiskefilet i Stedet for Østers og blev derfor ogsaa snydt for Rihnskvin. Bag efter holdt vi ud godt 4 og fik tilsidst Champagne som vist har været noget Skidt da jeg blev temmelig fuld, og var ret blød Dagen efter. Jeg stod op Kl. 12 og traf Skov paa Gaden, vi gik op paa Malersalen til Peter og derfra til Bernina hvor vi fik hver 2 Bayere og gik saa op i Kunstforeningen men ikke videre oplagte til at se paa Kunst. Vi traf Oppermann deroppe, som inviterede mig til Frokost. Jeg fulgte saa med Skov ud af Vesterbro for at faa lidt Appetit da jeg skulde til Middag hos Fru Lørup. Paa Vejen traf vi Gottschalk som fulgte med Resten af Vejen. Til Middagen var vi kun 4, Henry, Fru Lørup og Fru Philip, som nu er skilt fra Manden, men før vi spiste var der en Frk. Ruben yngre Søster til Fru P. som bestilte en Aquarel af mig. Glaskjær tror jeg ikke der er videre at tjene ved. Han kunde kun oftre 50 Kr paa Tegningen da det var et Forsøg, men ellers fortalte han at han ikke var videre karrig, saa hvis det gik godt kunde der maaske blive Tale om mere. Saa var jeg hos Schous. Barnet har det udmærket nu og Marie gaar i Rigsdagen og Schou har Timer, de har en Eftermiddagspige til 8 Kr om Maaneden hvad Fransiska siger er dyrt. Jeg var ogsaa hos Johansens og Oppermanns og Lørdag aften var vi hos Lützhøfft og Mutter, sammen med Schous, Franziska, Peter og Fru N. Skov og hans Søster skulde ogsaa have været der men kunde ikke komme. Min allerkæreste Alhed, jeg maa nu til at holde op denne Gang for at faa noget bestilt. Jeg har tænkt meget paa at Du skulde have den blegrøde Silkekjole paa, for du maa vist have set nydelig ud med den, Gud ved hvornaar jeg faar det at se. Jeg længes meget efter Dig min Kæreste og sender mine kærligste Hilsner.
+Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Ca. 5. januar 1892</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Peter Hansen
+Leonard Holst
+Marianne Høst
+Arnold Emil Krog
+- Laudrup
+Christine  Mackie
+Georg Neukirch
+Ruth Neukirch
+Sigrid Neukirch
+Theodor Oppermann
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Tidens kunstnere mødtes ofte på café Bernina.
+The à la Russe: I bunden af koppen lægges en citronskive, som drysses med hvid sukker, og der hældes the over.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2171</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har købt en dyr kåbe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yFtw</t>
+  </si>
+  <si>
+    <t>Fredag Eftermiddag
+Kæreste Moder!
+Skønt jeg ikke har været nede hos de gamle endnu vil jeg da i Eftermiddag skrive et Par Ord til Dig; Jeg var saa udmattet i Aftes, at jeg ikke kunde bekvemme mig til at gaa nogen Steder, men af Onkel Christian, som jeg mødte i Gaar, fik jeg at vide, at det ikke er daarligere. - Dagen i Odense gik meget godt, jeg haaber at Kommisjonerne var efter Ønske; jeg fik mig en dejlig varm og nydelig Kaabe, den kostede 32 Kr, det var jo ikke saa lidt, men saa er den vist ogsaa meget stærk; Chr. var meget sorgfuld, da Toget kørte af med hende, og Leon og jeg var ogsaa Resten af Dagen temmelig matte i Sokkerne; det er slemt at rejse hjemmefra efter en Ferie, og jeg nægter ikke, at Humøret er lidt sløjt nu de første Dage; men jeg haaber ikke, det varer ret længe, inden jeg kommer godt i Gang igen. Jeg traf en hel del Bekendte paa Rejsen bl.a P. Hansen; Marie og Neukirk tog imod ham paa Banegaarden og de fulgte mig hjem; Toget var meget forsinket, saa vi kom først her til c. Kl. 11; her var imidlertid lukket og slukket, og da jeg ikke havde videre Lyst til at gaa i Seng uden Aftensmad, bankede vi dem ikke op, men gik hen paa Runskuerkaffeen "Bernina" og spiste til Aften; P.H. havde faaet solgt et Billede til Kunstforeningen og vilde i den Anledning absolut give en flot Aften: Postejer med Østers og Champagne og bagefter "Thé a la russe". Oppermann var deroppe, han sluttede sig til vores Selskab og trakterede senere med Sodavand og Cognak; jeg gik med Marie hjem og laa hos hende om Natten. - - Jeg haaber snart at høre fra Eder, særlig om, hvordan Du har det, om Du kan taale at være oppe o.s.v. - Vi havde en lille ["lille" indsat over linjen] Batalje med Arkitekten i Gaar. Han fortalte, at der skulde komme nogle ny til vor Afdeling, de skulde sidde ovepaa, men han havde tænkt at blande de gamle og de ny saadan, at et Par af ny kom ned til os, mens et Par af de gamle skulde flytte op til de ny, Høst og jeg havde han tænkt. - Herimod nedlagde vi imidlertid alle en kraftig Protest; vi vilde ikke skilles ad; vi fik vor Vilje sat igennem, men har var lidt gal i Hovedet, daar ["ar" sidst i ordet overstreget] han gik fra os. Nu skal vi se, hvad det bliver til. - Sender Du saa Slagtemad til Fru L.? skal jeg sige noget til hende derom? [Indsat øverst side 1, på hovedet:] Mange kærlige Hilsner til Eder alle fra Din gnavne og misfornøjede Datter Alhed</t>
+  </si>
+  <si>
     <t>1937-12-15</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Rigmor Balslev
 Andreas Larsen
 Urban Larsen
 - Mårtensson</t>
   </si>
   <si>
     <t>Man må formode, at Bernhard er en (jagt)hund.</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Farbror Urban fylder 90 år. 
 Johannes Larsen vil komme til Johan og Elena i julen. Han tager muligvis toget og spørger, hvilken dag der passer bedst. De må svare omgående. 
 Larsen får malet en del, så han kan lave en udstilling i februar, men vejret er surt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0Els</t>
   </si>
   <si>
     <t>Kjerteminde 15 Dec. 1937.
 Kære Lysse og Bimse!
 I Dag fylder Farbror Urban 90 Aar, og Puf og jeg kører ned og ønsker ham til Lykke. Det var trist at det skulde gaa saadan med Vira ogsaa. Jeg tænker paa at tage op til Jer i Julen, jeg ved ikke om I regner med det, men jeg kommer i hvert Fald paa den ene eller den anden Maade. D.v.s. Puf har været noget sløj, saa det er ikke sikkert at han kan køre mig derop, men saa tager jeg med Toget. I saa Fald rejser jeg med et der gaar fra Kjøbenhavn ved 7 Tiden om Mrg. Jeg havde saa tænkt mig at Rimse kunde leje Bernhard paa min Regning og møde med ham til Frokost paa Mårtensson [utydeligt pga overstregninger] efter vi kunde gaa ud og gøre Indkøb. Vil I derfor omgaaende lade mig vide hvilken af de 2 Dage Onsdag eller Torsdag i næste Uge det passer Jer bedst saa kommer jeg. Jeg har faaet malet en Del, saa jeg kan nok faa en nogenlunde ordentlig Udstilling til Februar selv om jeg ikke faar lavet saa farlig meget mere. Det har været et surt og mørkt Vejr hele denne Maaned.
 Mange Hilsner! Jeg er spændt paa hvor lang Tid et omgaaende Svar vil tage. 
 Jeres JL.</t>
+  </si>
+  <si>
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
+Gandenz Neiiendam
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
+  </si>
+  <si>
+    <t>1894-04-13</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Sophus Claussen
+Frederik Gad Clement
+August  Eiebakke
+- Ekmann
+Thorvald Erichsen
+Ludvig Find
+Christine  Mackie
+- Rafael
+Alfred Rottbøll
+- Rottbøll, Fru
+Mathias Skeibrok
+- Sukkersten
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895.
+Det er svært at gennemskue, hvis forlovelse der er blevet deklareret. Christine Mackie, f. Warberg, blev forlovet ved nytårstid, men forlovelsen var allerede ophævet igen, da Alhed skrev brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2145</t>
+  </si>
+  <si>
+    <t>Alhed fik 34 breve og kort til sin fødselsdag. Hun fik morgenmad på sengen, og Dannebrog var hejst. Ludvig Brandstrup kom til frokost, og om aftenen fik de blæksprutte. Rottbøll fotograferede dem. Rottbølls gav Alhed potteplanter og et likørsæt, og dagen før fødselsdagen købte han møbler til Alheds værelse, hvis indretning hun har tegnet i brevet. Hun har altid afskårne blomster på værelset. Udenfor synger en nattergal. 
+Alhed ses med Find og Clement samt tre norske malere. Især er hun glad for Thorvald Erichsen, som er meget smuk. Hun vil prøve at få Rottbølls til at invitere ham. Rottbølls lever meget stille og isoleret. Fru Rottbøll må ikke gå alene ud for manden. Alhed gør det, men en aften blev hun forfulgt af to mænd, og hun indser, at hun ikke vil kunne rejse til Rom alene. 
+Rottbølls stilling er ulønnet, men han regner med at blive konsul i Rom, og det er en aflønnet stilling. 
+Det er dejligt, at forlovelsen er deklareret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IynE</t>
+  </si>
+  <si>
+    <t>Fredag d. 13de April 1894
+Kæreste Mor!
+Tak for alle de dejlig, lange Breve til min Fødselsdag! jeg var forfærdelig henrykt over dem allesammen, men foreløbig maa Du overbringe min Tak til dem alle hver især; det svimler for mig, naar jeg tænker paa at besvare det altsammen. Jeg fik ialt 34 Breve og Kort, c. 150 Sider Tekst (foruden Kortene), det var et helt Arbejde at studere det igennem, men jo forfærdelig morsomt. - Dagen forløb rigtig morsomt, jeg blev "hædret paa alle mulige Maader". Om Morgenen kom de begge ind med The paa Sengen til mig, Rottbøll bærende en stor Krukke med Tulipaner. Dannebrog var hejset hele Dagen til stor Forundring for Bello sguardos Indvaanere. Lud ankom til Frokost (Middag) Kl. 12 og vi bekom kogt Lax, Lammefrikasé og Fromage, Rødvin og Marsala. Om Aftenen fik vi stegte Blæksprutter d.v.s. kogte i Olje. Om Eftermiddagen gik vi en lang, dejlig Tur. - Rottbøll tog et Par Smaafotografier af os staaende herudenfor Gangdøren, jeg glæder mig til at sende dem hjem i næste Brev, men det ["t" sidst i ordet overstreget] er ikke fremkaldte endnu, saa vi ved ikke, hvordan de ere. Fru Rottbøll gav mig 3 dejlige Potteplanter til mit Værelse, en Kala i Blomst, en meget stor Forglemmigej og en - jeg husker ikke, hvad den hedder, liljeagtig med gulrød Blomst. [Tegning] Hr Rottbøll gav mig et lille Likørstel med en dejlig grøn Likør, "Cortosalikør" hedder den og laves paa et Kloster her i Nærheden. - Lud vil give mig et Silketørklæde, som vi skal ud at købe sammen. - I kan ikke tænke Eder, hvor mit Værelse er bleven henrivende nu. - Rottbøll tog ned til Byen Dagen før min ["min" indsat over linjen] Fødselsdag og købte flere nye Møbler til mig: et større Bord, en stor Rørlænestol, lille nydeligt Natbord med Marmorplade og et dejligt Toiletspejl, stort med udskaaren Ramme, smaa Skuffer og til at vippe baade op og ned og til Siden. Det staar paa den smukke Kommode. Rottbøll gik selv herinde og rodede hele Eftermiddagen, hængte Gardiner op og stillede i Orden. Det er bedst, I faar en ordenlig Beskrivelse.
+[Tegning med indsatte tal]
+1 Dør
+2 Puf
+3 Natbord
+4 Sofa
+5 Forhæng med Kjoler
+6 Kakkelovn
+7 Bord med Silketæppe Blomst og Fotografier
+8 Kommode med Toiletspejl
+9 Stol
+10 Vaskeri
+11 Vindu, meget stort.
+12 Puf med to Potteplanter bagved
+13 Bord med kønt Tæppe
+14 stor Stol
+Det er ganske yndigt efter min Mening det hyggeligste i Lejligheden, det samme mener Malerne Find og Clément, der var her forleden. - Og saa er her altid fuldt af afskaarne Blomster, som jeg faar af Folk og Børn heromkring, for Tiden 3 Vaser med gule Roser, Reseda, Levkøjer, Sirener, Kamelier, Blaaregn o.s.v. saa her er den dejligste Blomsterduft; jeg sover for aabne Vinduer om Natten. - Her er ganske henrivende oppe paa Bello sguardo, frisk Bjergluft og ingen Støv; en Nattergal synger lige her i Nærheden, o ["o" overstreget] især om Aftenen er det bedaarende og minder svært om gamle Danmark, jeg kan blive helt underlig stemt, naar jeg ligger henne i Vinduet og hører paa det. Dog er Sydens Nattergal noget kvikkere i Vendingen end den hjemme i Hestehaven. - Det er jo sjov med den Fugl, den har smuglet sig ind uden mit Vidende, jeg gad vide, om en saadan Fyr ellers ikke er toldpligtig? Ønsker I tilsendt et Tusindben? Her er udmærkede Exemplarer saa store og tykke som en lille Finger. Føj. - Nu kommer nok Moskitoerne snart, saa skal vi til at sove under Slør, hvis vi ikke vil ædes levende. - - Jeg er i den sidste Tid kommen noget sammen med Find og Clément og nogle andre Malere. Forleden Aften tog Lud mig med op at spise i et Pensionat, hvor han har spist i den sidste Tid sammen med disse unge Fyre. Det var rigtig morsomt. Foruden de to ovennævnte var der to ["to" overstreget] tre Nordmænd: Ejebakke, Erichsen og Sukkkersten alle Malere og en ung italiensk Musiker, der sagde at jeg lignede Rafaels Madonnaer!! - Efter Bordet gik vi alle hen paa Banegaarden og sagde Farvel til en tysk Maler Ekmann, der talte udmærket dansk. Derefter gik vi ind paa en lille Vinknejpe, hvor Find øvede sig i at springe op paa Bordene med samlede Ben, han er en frygtelig Bajads, vældig livlig. Vi sad der en Timestid og morede os godt. Jeg saa mig pludselig i en Ild af tre tegnende Malere, Find, Clement og Snekkersten, de er saa begejstrede for min store nye ["nye" overstreget; "hvide" indsat over linjen] hvide Filthat. - Den jeg synes bedst om af dem er Nordmanden Erichsen, han er en meget lang og ualmindelig smuk Fyr, han ser aldeles ud som en ung Mand fra Empiretiden, baade i Klædedragt og i sit eget Udseende. Vi har en Del fæles Bekendte, da han har gaaet paa Zahrtmanns Skole. Han kunde huske mig fra Konserterne der. Desværre kender Rottbølls ham ikke, men jeg pønser paa at faa ham introduceret [tre ? indsat over ordet] i Familien, [et overstreget ord] idet jeg pusser den lille Frue paa ham. Hun er ikke blind faa ["faa" overstreget] for mandlig Skønhed; jeg har præsenteret dem for hinanden og jeg tror nok, det gaar. Naar hun bare bliver lidt mere begejstret, end hun er, faar hun den uskyldige Mand til at invitere ham! - Er det ikke forfærdelig snedig? Men jeg savner virkelig noget mere Menneskeselskab, vi ser jo sjældent et Menneske, og naar jeg saa endda sympatiserede noget mere med ["med" indsat over linjen] Rottbølls, eller naar der bare var noget Liv i dem, men navnlig han er med al sin Elskværdighed en forfærdelig Tørpind. Lille Fru Pelle kan vist nok blive til, hun er ganske livlig af Naturen, men var bare bleven noget indskrumpet af at leve et komplet Eneboerliv med Manden. Hun fortæller, at før jeg kom, kunde der somme Tider være 14 Dage - tre Uger, hvor hun aldeles ikke ["ikke" indsat over linjen] kom udenfor sin lille 4 Værelses Lejlighed paa 3die Sal; Manden tør ikke lade hende gaa udenfor en Dør alene, og selv cykler han. - I Begyndelsen talte han ogsaa noget om, at jeg ikke maatte gaa ud alene, men det fik jeg heldigvis forpurret. D.v.s. om Aftenen kan man slet ikke gaa alene; jeg er en eneste Aften kommen til at gaa herop alene i Mørkningen og da blev jeg forfulgt af to Mænd, saa jeg maatte løbe det sidste Stykke herop af Bjærget i fuld Galop, saa det pløver ["pløver" overstreget] prøver jeg ikke paa tiere. - Hvad angaar at rejse til Rom saa kan jeg godt indse, at en ung Pige slet ikke skal gøre den Tur alene, Italienerne er ikke saa fredelige som Danskerne, saa jeg vilde aldeles ikke være hyggelig ved at være saadan helt alene en Maanedstid. Det kunde slet ikke lade sig gøre. I gør jer ikke nogen Forestilling [overstregede bogstaver] om, hvilke Glohoveder Italienerne ere, de æder én med Øjnene, og ikke nok med det, men de tiltaler én og gaar efter én ved højlys Dag paa Gaden. Du spørger om, hvad Konsulens Bestilling er; det er at hjælpe danske, der kommer herned til Rette med forskellige Ting, opbevare deres Penge o.sv. og ligeledes tage sig af danske Haandværksvende. Det er en ulønnet Stilling, nærmest en Ærespost; kun Konsulatet i Rom er lønnet, dette venter Rottbøll at faa om et Aarstid, men han har saa mange Rentepenge, at (han) ["(han)" overstreget] de lige kan leve af det. - Her kommer ikke mange danske paa Besøg her. Her har en Aften været en lille Antydning af en Billedhugger. Hans Navn var Berntsen, hvilket er det mest mærkelige, jeg har at meddele om ham. Digteren Sophus Clausen og Malerne Clément og Find har jeg ogsaa set og talt en Smule med. Men Rottbølls leve meget stille, saa her kommer ikke mange andre end Lud. - Nu skal lille Dis have et Par Ord ogsaa og saa maa jeg slutte for i Dag. - Nu skal jeg nok for Fremtiden begynde i Tide paa mit Brev og skrive paa det et Par Dage. - Det er jo morsomt at Forlovelsen nu er deklareret; jeg havde langt Brev fra Christine i Gaar. Saa Du mener, jeg forlængst har fortalt Onklerne det. Nej ikke et Ord, før Du skrev, at den nu skulde deklareres. Lud blev meget glad ved det.
+Nu kun 1000 Hilsner til Eder alle fra Eders
+Alhed
+I Morgen, Mandag om 14 Dage afsender jeg Brev igen. - -</t>
+  </si>
+  <si>
+    <t>1898-11-02</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>St. Gotthart
+Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Det unge par er på bryllupsrejse.
+Hospits er et herberg.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på vej til Pisa med tog. De står af toget og går til toppen af St. Gotthart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/66fx</t>
+  </si>
+  <si>
+    <t>Milano 2den Nov
+Kæreste Mor
+Jeg er kommen i Tanker om, at det vist var ubesindig af mig at skrive, at vi vilde spadsere over St. Gotthart, I kunne mulig ængste Eder ved Tanken derom, men jeg skynder mig herved at meddele, at vi lykkelig have tilendebragt denne i øvrigt ikke Spor af farefulde Tur. – Det var meget interessant; vi begyndte paa Spadsereturen Kl 10½ og Kl. 12½ naade vi en lille Landsby, hvor vi spiste til Middag. Kl. 1½ startede vi igen, og her begyndte den interessanteste Del af Turen, vi saa fra nu af ikke en menneskelig Bolig og ikke et dito Væsen. I 4 Timer gik vi uafbrudt opad, og Naturen blev vildere og vildere, vi fulgte Floden Reuss til dens Udspring og det var meget interessant at iagttage dens Manøvre, mange Steder dannede den pragtfulde Vandfald. Desværre havde vi det Uheld, at det regnede de sidste 3 Timer, saa vi naade fuldstændig gennemblødte Toppen, og desuden laa der saameget Taage og saamange Skyer omkring os, saa vi ikke fuldstændig kunde se men kun ane alle de sneklædte Toppe omkring, men vi fik jo alligevel et udmærket Indtryk af Alpenaturen. Det var næsten helt mørkt, inden vi naade Toppen, og det saa et Øjeblik ud [tilføjet: ud] som vi var blevne nødte til at begynde Nedstigningen med det samme, idet vi ikke kunde opdage noget levende Væsen. Der var 3 Huse, men de var helt tillukkede og ingen besvarede vores Banken Til sidst fandt vi imidlertid en aaben Dør og skønt der var meget skummelt og lugtede fælt muggent, gik vi ind og opad en Trappe. Vi bankede paa en Dør og kom endelig ind i en Stue, hvori der fandtes 2 Mænd, en Dreng og to kolossale St. Bernhardshunde. Vi spurgte om vi kunde faa Nattelogi, og det kunde vi heldigvis. – Der var dejlig varmt og I kan tro, det gjorde godt at sidde ned og faa noget at spise de skulde netop selv til at spise og havde en stor Terrin varm Suppe paa Bordet. Vi spiste med og det smagte dejlig skønt den var lavet af Ost, Vand og Hvedebrød. – Den ene Mand og Drengen bo heroppe hele Vintren og de udgøre det saakaldte Hospits e [overstreget:e) De proviantere om Efteraaret og maa være belavede paa ikke at se noget Menneske førend til Foraaret. De have Nøglen til et Hotel, hvor der er Værtsfolk om Sommeren. Der lå vi om Natten i et rigtig pænt Værelse. Næste Morgen var vort Tøj tørt og styrkede og udhvilede be- [fortsættes på side 1, på hovedet:] gav vi os paa Nedturen, der varede c. 3 Timer, vi havde no [udstreget:no] været næsten 7000 Fod oppe. Vi begyndte, hvor Toget kører ind i den store Tunnel og kommer ned, hvor den ender altsaa saaledes: (de streger ere L &amp;amp; mig [tegning indsat] midt paa Bjærget. – Vi naa først Pisa i Overmorgen Fredag. 1000 Hilsner fra os begge</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Leonardo da Vinci 
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen var på bryllupsrejse i Italien. Der findes i KTDK et brev fra Alhed Larsen til faderen skrevet og sendt samme dato som dette. Hun fortæller deri blandt andet om den samme tur på bjerget. 
+Garver Jensens søn, den lille klokker og politimester Nielsen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Fotokopi findes på Kerteminde Egns- og Byhistoriske Arkiv. BB3741.
+Det vides ikke, hvor originalbrevet findes.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har gået tur ved floden i Luzern. Der var dejligt med ænder og blishøns. De mødte to gange nogle kertemindere i byen.
+Derefter tog de toget til St. Gotthardtunellen og stod af for at gå over passet. Vejret blev dårligt, da de nåede toppen, men heldigvis mødte de nogle mennesker, som bød på aftensmad og sengely samt tørrede deres tøj. Dagen efter gik Alhed og Johannes Larsen ned til byen og blev igen våde.
+Der var dyrt i Schweiz, så Johannes Larsens forældre må hurtigt sende nogle penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H6nO</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevet s. 1:]
+MILANO
+HÔTEL BISCIONE &amp;amp; BELLEVUE
+avec Succusale au Corso
+[Håndskrevet i brevet:]
+Milano 2 Nov. 1898
+Kære Forældre!
+Sidst jeg skrev til Jer var vist i Lusern om Morgenen. Der gik vi saa lidt omkring og saa paa Omegnen og Schweizer Løven, der var nydeligt nede ved Søen og Floden Reuss der løber ned af den, Vandet var fuldstændigt klart som Havvand men med et mere blaat Skær, og saa svømmede der en Mængde Graaænder og Blishøns omkring som man kunde gaa paa Bolværket og nogle morsomme gamle Broer og se paa, de var helt tamme. Der traf vi en Søn af Garver Jensen, han kom hen og hilste paa os, jeg kendte ham ikke, han havde Fuldskæg, om Eftermiddagen sejlede vi til Flüelen og der traf vi ham igen sammen med en Søn af Politimester Nielsen og den lille Klokker, de lod helt glade ved at se en Kerteminder og bad mig hilse deres Forældre naar jeg kom hjem, de tog strax efter med en Damper tilbage til Byen og Alhed og jeg gik en Tur langs Vierwaldsstättersøen i Maaneskin. Næste Dag sendte vi vore Kufferter med Toget til den italienske Grænseby og tog selv med til den Station hvor den store St Gotthardts Tunnel begynder, der stod vi af for at gaa til Fods over Passet, en storartet Tur, men desværre begyndte det at blæse og regne saa i Mørkningen da vi naaede Toppen var vi gennemblødte og det var saa taaget at vi ingen Ting kunde se, vi var ogsaa dygtig trætte og kunde i Begyndelsen ikke finde et Menneske der ligger et Par store Hoteller en Fæstning noget Hospitte, i det sidste fandt vi endelig et Par Mennesker og en Dreng som skal være der om Vinteren, de har Proviant til hele Vinteren og var ved at fortære noget Suppe de havde kogt af Hvedebrød og Ost, vi fik noget med og Brød og Ost og Pølse og Vin ovenpaa og blev saa om Aftenen lodsede over i Hotellet, hvor vi laa om Natten. Foruden de 3 Mennesker og deres 2 store St Bernhardshunde er der kun Soldater deroppe om Vinteren de passer Fæstningen. Næste Morgen fik vi vort Tøj tørt paa det var tørret [ved] deres Kakkelovn og begav os paa Vej ned i Snevejr som gik over til Regn og vi kom Gennemblødte i Toget. Ved Grænsen var der en eller anden Fest saa det var umuligt at faa vort Tøj der var lukket, saa maatte vi lade dem expedere det efter os i Dag og nu er det nok kommet hertil, og Kl 9 faar vi det vi vil nu i Morgen rejse til Genova. I Dag har vi set Domkirken her og Malerisamlingen og Lionardos hellige Nadver. Det er svundet godt i vore Penge og vi tænker at naar vi hen i Ugen kommer til Florents vil vi snart faa nogle fra Jer. I Tyskland brugte vi ikke saa meget men Schweiz var et nederdrægtigt dyrt Land, og der gik 4 Dage i mod 3 i hvert Land, her i Italien lader de til at have noget rimeligere Priser. Nu maa i endelig være klar til at sende os nogle Penge, naar I faar Brev fra Florents, for saa er det lige op over. Mange Hilsner fra os begge Jeres hengivne Johannes Larsen
+Alhed sidder og skriver hjem</t>
+  </si>
+  <si>
+    <t>1914-03-02</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Adam Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Moritz Goldschmidt
+Selmar Goldschmidt
+- Kramer
+- Printzen
+Esther Printzen
+Ellen  Sawyer
+Martha -, Stuepige hos Brønsted
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg-Goldschmidt til Laura Warberg 1914-03-02, BB2435</t>
+  </si>
+  <si>
+    <t>Astrid har været i København og købe en masse tøj samt se Sybergs udstilling i Kunstforeningen. Bagefter var hun til middag hos Brønsted i Birkerød. Den følgende dag besøgte hun sig svigermor, der gav hende stof til en kjole og om aftenen til fødselsdagsfest.
+Astrid spiser frokost med sine børn på skift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/X7xB</t>
+  </si>
+  <si>
+    <t>2 – 3 – 14
+Kære Mor! Tak for Dit udmærkede Brev i Dag – hvor storartet, at det går så godt frem med Dig nu og at Du kan gå de gode Ture; der må være aldeles henrivende i Kerteminde nu i denne dejlige Forårstid, for selv om det også er lidt koldt, så er det dog en stor Fornøjelse at mærke, hvor Dagene længes og lysner; og blot Solen viser sig, så er der dog megen Varme ved den allerede. 
+Jeg havde en yderst vellykket Tur til Kjøbenhavn – Lugge hjalp mig storartet, og vi fik Alverdens Ting for de 50 Kroner. Nemlig en pragtfuld, brandgul Spadseredragt – hypermoderne – lige hentet på Skræderiet, rundskåren Jaket med Bælte om Livet – egentlig en Konfirmationsdragt – vi gik nemlig i Børnekonfektionen, hvad mange Voksne plejer. Pris 34,00. Dernæst en Paraply – meget god og net – 5,00 Kr. Et Par gule Rhandsker til Dragten – 2 Kr. – en ligeledes brandgul Fløjlshat med Fjer – Udsalg hos Goldschmidt - - 5 Kr! (alle Hatte solgtes til 5 Kr.) En hvid, langærmet Blusebeskytter – da Dragten er uforet og endnu lidt kølig- 1,35. Efter alt dette gik vi med god Samvittighed op på Bernina og spiste os gode og mætte uden Hensyn til Prisen, (jeg gav naturligvis) Derpå et meget opløftende Besøg i Kunstforeningen at se Sybergs dejlige Billeder. Kl 6 tog vi ud til Birkerød sammen med Magisteren. De havde en meget fin og festlig Middag, som indtoges i Hygge, Velvære og en varm Spisestue; alle de Små sad stilfærdigt ved det lille Bord, betjent af den gode og tro Martha. Vi fik et mægtigt Fad med en overordentlig fin Anretning på Serviet – med Rugbrød under – af varm, kogt Skinke (herlig!) garneret med Ærter, Rosenkål og Jordskokker. Hertil en veltempereret Rødvin! Derpå Ostepind – Schweizerost og Rochefort samt Æblegrød m Fløde. Jeg var dybt rørt over al den megen Ære! Siden havde vi en rasende hyggelig Aften med Snak – Musik og Sang; Lugge spillede en Mængde smukke Sager af et Gavotte-Album, som Elle har foræret hende. Ud på Aftenen åbenbarede den tro Martha sig sig igen i hvidforklædet Pragt med en Bakke med Te – Kix – Smør og Marmelade. Det var fra først til sidst et ganske henrivende Besøg. Jeg rejste næste Formiddag – gik op en Visit til min Svirmor, som var ene hjemme – og meget elskværdig. Hun forærede mig Tøj til en ganske yndig Sommerkjole, lyst Muselin med et lille brunligt Mønster og en Bort af blå Sirener. Jeg blev meget henrykt over den – det var min Bekymring, hvordan jeg skulde få en ny Sommerkjole, når jeg nu havde fået alt det andet. – I Aftes var jeg så til Fødselsdag hos Esther Printzen – hendes Far havde lige været i - Rothenburg! boet på Eisernen Hut! og var vildt begejstret! Han havde købt en hel Mappe fuld af smukke Raderinger derfra (til 30 Mrk.!) samt to tykke Bøger om Byens Historie. Jeg så alle Billederne og genkendte med Rørelse de fleste Steder. Det var en rar Aften – og vi blev voldsom trakteret – varm Aftensmad – Dessert – Kage – Konfekt – Appelsiner etc. Desværre traf det sammen med de Gamles Besøg herovre – så jeg gik glip af en Champagne-Sange hos Kramer; men kunde dog ikke snyde Esther. Nu kommer Sjums til Frokost – vi skal 
+[Skrevet på hovedet øverst på s1:]
+spise sammen; desværre falder Adams Frokost ½ Time før Sjumses – og begge vil spise med mig, så jeg må skifte lidt med dem; i Dag er det Sjumses Tur. Mange Hilsner fra Din A.</t>
   </si>
   <si>
     <t>1946-02-25</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Henrik Gether
 Peter Hansen
 Johannes V. Jensen
 Elena Larsen
 Jens Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Peter Magnussen
 Alhed  Møhl, Lysses datter
 Peter Tutein
 Viggo Winkel</t>
   </si>
   <si>
     <t>Johannes Larsen synes, at huset ser godt ud med frontispicen på bagsiden.
 Larsen har ligget syg. Han har fået kataloget fra auktionen over afdøde Gethers kunstsamling. Værkerne er sat til meget høje priser.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FiCf</t>
   </si>
   <si>
     <t>Kjerteminde 25 Febr. 1946.
 Kære Lysse.
 Til Lykke med Fødselsdagen!
 Tak for Brevet med Tegningerne af Huset. Jeg synes det ser udmærket ud og giver Dig Ret i at Vinduerne klæder Huset bedre end de nuværende. Det ser ogsaa godt ud med Frontispicen paa Bagsiden. Jeg har ikke skrevet før paa Gr. af flere Ting. Først var Else og Puf og jeg til Fest hos Johs. V. i Kjøbenhavn og saa blev jeg forkølet da vi kom hjem, laa et Par Dage og stod op og maatte gaa i Seng igen. Nu var jeg lidt oppe i Gaar og er ogsaa oppe i Dag. Vi har faaet Vinter. I Gaar trak Masser af Alliker S paa og Dagen efter begyndte det at sne. Lørdag og Søndag havde vi Snestorm og ind i mellem 7⁰ Frost det koldeste vi har haft i Aar. Her er nu Kaneføre men i Dag har Solen været lidt fremme Jeg har i Dag faaet en Katalog fra W &amp;amp; M ∞der i Lørdags havde Auktion over afdøde Generalkonsul Gethers Malerisamling. En Skovvej af Poul Christiansen kostede 25000 Kr. et Høstbillede af Peter Hansen 28.810 Kr. En Aquarel af mig med Udsigten herfra Stuen og Kirkemøllen kostede 7.950 Kr. til disse Priser kommer 12 ½ %. Der blev solgt 131 Billeder alle til gode Priser saa der indkom jo et klækkeligt Beløb. 
 Paa min Riffel staar der,
 72938.80N. ∞∞72938. Waffenfabrik Mauser &amp;amp; Oberndorff A/N.
 Muligvis skal det sidste være C. Berndorff.
 Mange Hilsner til Jer allesammen incl. Peter Tutein hvis han er der endnu.
 Din Far.</t>
+  </si>
+  <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1890-08-12</t>
+  </si>
+  <si>
+    <t>Store Høljeryd</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Anna Eckardt
+Christian Eckardt
+Ingeborg  Eckardt
+Kristina Eckardt
+Margrethe  Eckardt
+Valdemar Eckardt
+Elisabeth Eckardt    
+Georg Larsen
+H.B. Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Johan  Norden
+Christine Swane
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var fraværende grundet aftjening af værnepligt. (juni 1890-marts 1891). Georg Larsen var kommis i sin fars forretning og er muligvis blevet i Kerteminde, for at styre tingene.
+Det er uvist, hvem Frises er.
+Christian Eckardt var blevet enkemand året før i 1889.</t>
+  </si>
+  <si>
+    <t>Der er blevet holdt en stor fest (sølvbryllup) på Store Høljeryd. Vilhelmine Larsen savnede meget sine to drenge, Johannes og Georg. De fik slet ikke brev fra Johannes og Georgs telegram kom dagen efter. Christian Eckardt har givet dem et billede af Store Høljeryd. Christine Swane gav dem en sløjfe til en stol. Vilhelmine Larsen glæder sig til at se Johannes og Alfred Eckardt ved toget på søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DVRe</t>
+  </si>
+  <si>
+    <t>Kjerteminde nej Høljeryd –
+Kjære Johannes!
+Saa haaber vi at sees paa Søndag faa at vide hos Alfred hvad Tid vi kommer og hvor længe vi kan sees
+Først tænkte vi at ligge i Kjøbenhavn om Natten men det er jo en hel Kapital for 6 paa et Hotel, saa kan vi sees en Time eller 2 maa vi være glade for det vi tage saa hjem med Aftentoget til Ullerslev.
+Det var kjedeligt du slet ikke faar Fader at se denne Gang han rejser herfra i morgen Onsdag for det er jo nu lige i Høst, saa han daarlig kan undværes; men vi savnede meget Brev fra dig i Mandags, Georgs Telegram kom først i Morges tillige med et fra Frises og 3 andre i Fællesskab. Norden, H.B. Larsen og Albreckt.
+Det var dejligt Vejr og vi havde det saa hyggeligt og rart alle Eckardts er herovre; den lille Stue var pyntet saa smukt med Blomster og Grønt og et Bord med Gaver E gav os Høljeryd ligesom Margrethes Maleri Christine en sløjfe til en Stol 6 servietter og Sofapude Betræk; af vore Pigebørn og Margrethe.
+Nu i morgen kjører vi Fader ned og faar maaske da dit Brev vi længes meget det var svært for mig at I to Sønner ikke var med at holde den Dag
+Gud give I maa faa det godt i denne Tid – mon ikke de har sendt dig noget senere
+Hils Alfred og faa ham til at møde paa Søndag det er vist 6¼ ved Helsingørbanen og saa kjører vi igjen Kl 8 ad Korsør ( vi [ulæseligt ord] en Fartplan)
+Kjærlig Hilsen fra os Alle sammen 
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-12</t>
+  </si>
+  <si>
+    <t>Henriette -
+Otto -, Baron
+Ludvig Brandstrup, billedhugger
+- Bøjsen
+Holger Grønvold
+Marie Juul
+Jørgen Hermann Kruuse
+Christine  Mackie
+Jonas -, Onkel
+- Paulsen
+- Schade, Fru Schades børn
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Thora Th
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+- Westh</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2206</t>
+  </si>
+  <si>
+    <t>Alhed sender en hue til sin lillebror. Hun har for flere dage siden leveret sin kjole ind til en syjomfru.
+Thora og Alhed har spist gåsen sammen med Kruuserne og Onkel Jonas. Alhed har været til fin middag hos Komtessen. Alle var meget elskværdige, og greven spøgte ved bordet med, at Alhed var rendt hjemmefra.
+Det er dejligt, at Christine er så glad for sin plads. 
+Alhed lærer godt hos Onkel Ludvig (Lut), og hun synes ikke, de skal finde en skole. 
+Mandag tager Alhed til Værnehjemmet. Hun glæder sig ikke, for hun har hørt, at man bliver holdt i meget kort snor dette sted. 
+Marie Juul og Alhed har været hos fotografen og få taget opstillede billeder med Marie i sygeplejerskedragt og Alhed som patient.
+Alhed ønsker sig penge til en bjørneskindsmuffe til jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bjvS</t>
+  </si>
+  <si>
+    <t>Lørdag Aften
+medfølgende Hue er til Dede!
+Kys begge de Smaa
+Er Henriette rejst?
+Hils hende ellers mange Gange!
+Kæreste Moder!
+Tak for Dit Brev og for Vadsækken med Indhold; Kjolen har jeg for flere Dage siden leveret ind til en Syjomfru, men hun var meget optaget, saa jeg faar den først Fredag; den bliver vist for Resten nydelig, det har været et vældigt Arbejde at sy den Forbredde. Den Frk West maa være flyttet, jeg kunde aldeles ikke finde hende. Thora og jeg var med til at spise Gaasen i Aftes tillige med Kruuserne, det var meget morsomt; de talte begge i høje Toner om Dig og Fader og bad mig sende mange Hilsner; O ["O" overstreget] særlig paalagde Onkel Jonas mig at formelde "Justitsraaden" Lians Kompliment. - - I Søndags var jeg til en lille udsøgt Middag hos Komtessen, Arreskoverne, Bøjsens, (ing. Finsen) Poulsens, Fannys og Baron Otto. Det var rigtig morsomt, alle var saa elskværdige mod mig, særlig Greven, der talte meget med mig og ved Bordet drak Glas med "den unge Dame, der var rendt hjemme fra, d.v.s. der havde faaet Lov at blive borte 14 Dage og saa blev borte i 1/2 Aar." - Derimod synes jeg, at Fanny har forandret sig meget, hun oplukte ikke sin Mund til mig hele Aftenen.
+- Jeg havde forleden et meget langt Brev fra Christine, hvor det dog er morsomt, at hun er saa fornøjet med sin Plads, hun er jo ligefrem begejstret for det hele. - Jeg synes ikke vi skal være saa forhippede paa at faa mig til at tegne et andet Sted endnu, jeg lærer udmærket godt hos Onkel Lut, jeg talte med ham om det forleden, og vi ere enige om, at det er det bedste, han har talt med flere om det, f. Ex. Grønvold (Lærer ved den techniske Skole) men ingen anbefaler Skolerne. - I næste Uge kommer Frk. Jensen [et kryds er indsat over "Frk."] herind og saa skal vi i Theatret en Aften, vist nok Tirsdag til "Fulvia", jeg giver saa Thora og mig Billet og Thora giver Frk Jensen og de unge Schader, det glæder vi os alle meget til. Paa Mandag tager jeg ud paa Værnehjemmet, det glæder jeg mig oprigtig talt mindre til, jeg har haft det saa yndigt her hos Thora, som jeg er kommen til at holde meget af, og saa har jeg hørt, at man bliver holdt saa vældigt i Ørerne derude, - i Seng paa bestemt Tid! det er meget slemt, da det jo er den eneste Tid, jeg kan besøge Folk; og sæt, at jeg nu ikke maa gaa i Theatret! - Forleden Dag var jeg med Marie Juul hos Fotografen, hun skulde fotograferes i sin Sygeplejerdragt, saa fandt vi paa at lade os tage sammen paa sex: jeg sidder ned ved et Bord, hvorpaa der staar en Medicinflaske og et Glas Vand med en Ske i og Marie staar op og lægger en Bandage om mit Hoved, det er en grinagtig Opstilling, paa Tirsdag faar jeg ["jeg" overstreget] vi dem, saa skal jeg sende et hjem. I Morgen skal jeg til Middag hos Marie Juul sammen med Marie Sperling Jeg ønsker mig til Jul Lærredslommetørklæder og en Mu ["og en Mu" overstreget] Penge til en Muffe, her er nydelige graa Bjørneskindsmuffer til 5 Kr., jeg fryser saa forfærdelig paa Hænderne med Skindhandsker
+Mange Hilsner til Eder Alle!
+Din ærbøde Datter 
+Alhed Warberg
+P.S. dette Brev er yderst kedeligt.</t>
+  </si>
+  <si>
+    <t>1891-10-06</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup
+Jens Busk
+Christian Caspersen
+Alhed Larsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Ernst Schmiegelow</t>
+  </si>
+  <si>
+    <t>Alhed/Be Larsen, f. Warberg, var fra 1. dec. 1890 lærling ved Den Kongelige Porcelainsfabrik (i brevet kaldt Fabriken) i København. Fra november 1890 til 1. nov. 1891 boede hun på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1389</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg mødte bekendte på turen til København. Han blev modtaget på banegården af Alhed/Be Larsen.
+Albrecht har besøgt Laura Warbergs forældre, og faderen havde det lidt bedre. Han får morfinindsprøjtninger.
+Ved Værnehjemmet ventede Albrecht længe på Alhed, men hun kom ikke.
+Mandag fik Albrecht fjernet en polyp i næsten hos en læge og derefter flere. Det gør ikke ondt. Albrecht skal smøre næsen med kokain.
+Niels Caspersen og Albrecht skal i teatret, og Albrecht håber, at Alhed kommer med.
+Albrecht beder Laura sende Alhed nogle pærer til Lauras gamle far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdVE</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 6 Oct 1891
+Kære Smaa!
+Om endskøn jeg ikke har været her i 2 Dage, kan jeg tænke, at Du venter Brev fra mig i Morgen, og det skal Du saa ogsaa faa. Rejsen herover var helt fornøjelig; paa Dampfærgen talte jeg omtrent hele Tiden med Fanny og hendes Moder. Jeg saa ogsaa Lieutnant [ulæseligt], men var ikke sikker paa, at det var ham, før Be paa Kjøbenhavns Banegaard bekræfter det. I Korsør modtog N. Caspersen mig, og jeg kom saa til at rejse med flere Rigsdagsmænd, bl.a. Jens Busk, som jeg talte med den meste Tid og syntes godt om. Igaar Aften var jeg hos Dine Forældre; Din Fader har det – forekommer det mig – lidt bedre end i Sommer, men han faar sine Morfinindsprøjtninger, vistnok hver Aften. Jeg glemte at fortælle, at Niels (br.) og Be modtog mig paa Banegaarden og fulgte mig herop; Be fik saa nogle af Pakkerne og saa fulgte vi hende hjem, medens jeg saa derefter fik Aftensmad i Paraplyen; jeg bød ogsaa Be, men hun vilde ikke. I Gaar gik jeg ud til Værnehjemmet paa den Tid, da jeg ventede, at hun skulde komme fra Fabriken; jeg gik i en god halv Time frem og tilbage i Helgolandsgade, men der kom ingen Be og saa gik jeg til de Gamle efter først at have faaet hende sendt et Brevkort om, at hun kommer herop i Dag, naar hun har spist til Midag. Mandag Morgen gik jeg til Dr Schingelow; han undersøgte Næsen, erklærede, at den var fuld af Polyper og gav mig en Recept paa Cocain, som jeg skulde smøre med, naar jeg havde været i Klokken; jeg mødte saa Kl 1½, maatte vente 1 Time og kom saa ind og fik en Polyp taget ud; den saa saaledes ud: [Tegning] I Dag har jeg atter været hos ham og er kommen af med en eller to Polyper, og i Morgen skal jeg atter møde; det gør slet ikke ondt, da Næsen bliver bedøvet, men jeg maa saa ikke puste den nogen Tid efter, og maa altsaa lade Blodet gaa igjennem Halsen. I Eftermiddag har jeg haft Besøg af Niels Caspersen, og vi skulle sammen i Folketeatret (se Den skjønne Helene); jeg venter hvert Øjeblik Be og saa skal hun selvfølgelig med.
+Din Fader vilde gjerne smage Pærerne fra Træer paa Blegpladsen; kan Du ikke sende Be nogle Stykker, saa kan hun give den Gamle en. 
+Nu er Klokken c 6 og Be er endnu ikke kommen; jeg begynder saa smaat at tvivle paa, om det overhovedet lykkes mig at faa hende at se herinde.
+Mange Hilsener til alle.
+Din A</t>
+  </si>
+  <si>
+    <t>1892-09-02</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Peter Eilschov
+Niels Langkilde
+Johanne Christine Larsen
+Christine  Mackie
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det indlagte brev, der er omtalt, findes ikke sammen med Laura Warbergs brev.
+Thora Syberg, f. Warberg, var 12 år i 1892. På godset Arreskov boede Anna og Erik Schaffalitzky de Muckadell. De var Albrecht Warbergs arbejdsgivere. 
+De Eilschovske Boliger blev opført 1765-1767 i Munkemøllestræde i Odense af Peter Eilschov, som havde sin bolig på Marielund. Niels Waldemar Langkilde købte 1870 Marielund. Det vides ikke, hvad hans kone hed. Man kunne som ugift købmandsdatter eller enke af god familie tildeles en lejlighed i De Eilschovske Boliger. Stamtavlen betød således noget. Det vides ikke, om Christine Warberg (g. Mackie) kom til at bo på stedet, men sagen er omtalt i flere breve fra september 1892.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0351</t>
+  </si>
+  <si>
+    <t>Andreas/Dede har fået et flot resultat i skolen. Thora har været på Arreskov for at invitere til konfirmation, og de sagde ja til at komme.
+Christine har været på Marienlund for at søge om en af Eilschovs Boliger, og på grund af sin stamtavle får hun nok en lejlighed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0xlR</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Godsforvalter Warberg
+cand. jur.
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K. 
+[Skrevet med blyant:] 
+1895
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag.
+Kjæreste Abba!
+Indlagte Brev kom idag og jeg sender det strax Dede tror jo Du er kommen hjem. Flot Resultat, 10 flyttet op første Gang! tro mig, han er henrykt, han var saa optaget af sine Karakterer og det hele i Søndags, ventede kun at komme H. op – Han var jo nederst altsaa N 21 i A. Jeg var glad ved Junges Brevkort i dag [Skrevet oven over linien ”om”] at han er kommen godt til Byen. Thora var paa Arreskov igaar at bede dem til Konfirmationen, de var saa venlige og sagde Ja til Indbydelsen. I Hast! Christine skriver idag, at hun har været paa Marienlund, Langkilde er i Bestyrelsen for Eilskovs B., han var ikke hjemme, har en, han protegerer Fruen sagde til Chr., at hun C. var vist en farlig Konkurrent og efter Stamtavlen saae det ud til hun skulde blive den lykkelige 
+Kjærlig Hilsen!
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-03-03</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Peter Hansen
+Jean Jensen
+- Jørgensen, arkitekt
+Christian Kampmann
+Johanne Kampmann
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+- Vesterdal
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Grevens" er ægteparret Schaffalitzky de Muckadell, som var Albrecht Warbergs arbejdsgivere.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alheds galoscher, som hun glemte i Kerteminde.
+Jørgen (ansat ved Erikshaab) er kørt efter lægen til Albrecht Warberg, som stadig er syg.
+Warberg-familien har haft mange gæster, som vel skulle se til den syge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bw6C</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev og Galoscherne! Du havde slet ikke behøvet at sende dem, jeg kunde jo have faaet dem, naar jeg kommer ned til Dig. For der er vist ikke andet at gøre, end at jeg kommer om ad Kerteminde igen. Men stort mere end en Dags Tid bliver det nu ikke, jeg vil blive hos Mor saa længe som muligt, og Kampmanns gaar det jo heller ikke at snyde altfor galt. Men det er sandt, saa er det jo, jeg forstyrrer Dig, naar jeg kun er der én Dag. Hvad skal vi gøre ved det? – Det er kedeligt, P. er rejst fra Dig, jeg synes, det maatte være saa morsomt for Dig at have ham. Tænk, nu kørte Jørgen, som skulde have haft dette Brev med til Højrup, han skal ned efter Doktoren, men jeg troede først, han kørte om en Timestid. Saa er jeg bange, Du ikke faar dette Brev i Morgen. Jeg er da ellers ligesaa flink til at skrive til Dig, som jeg var i København? Kan Du nu ogsaa være rigtig sød til at skrive til mig! Jeg er ikke fri for at føle mig lidt ensom, det er saa løjerligt at gaa og være eneste Barn; i København tænker jeg ikke paa at savne de andre, men herhjemme hvor de høre til, synes jeg hele Tiden, der mangler noget. Det er jo ogsaa lidt trist at Far ligger, men han har det da gennemgaaende bedre. Nu skal vi høre, hvad Doktoren siger i dag, om han snart maa komme op. Han er ellers Taalmodigheden selv og ligger og siger Vittigheder og er altid parat til en Snak. Hans Ven Vesterdal var herude et Par Timer forleden efter Middag for at se til ham. – Det er desværre bleven Regnvejr, jeg vilde ellers have været ud en lang Tur med Gamle, det var saa nydelig Vejr i Formiddags.
+Næste Dag. Videre naaede jeg ikke, vi fik Visitter hele Eftermiddagen, foruden Doktoren kom Jørgensens, Grevens og Amstrup med Dis, som det var morsomt at faa en Passiar med. Vi var et lille Slag nede i Haven, der er gule Krokus. Det var en henrivende Luft, da Regnen var hørt op. I Dag er det gamle Jeans Fødselsdag. Hun vidste ikke, at vi huskede den, saa hun o.s.v. Posten kommer! 1000 Hilsner fra din egen Alhed
+3die Marts – 98.</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Svanninge
+Arreskov
+Odense</t>
+  </si>
+  <si>
+    <t>Maren -
+Asta Blom
+Jeppe Andreas Larsen
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>De gamle "Naader": Anna og Erik Schaffalitzky de Muckadell, grevskabet Muckadell, Alheds fars arbejdsgivere.
+"Dit Træ": Johannes Larsen maler et billede af en guldregn.
+Fattigattest: Man kunne kun få lov at blive gift, hvis man fremviste anmærkningsfri fattigattest.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været på besøg på Arreskov (hos Erik og Anna Schaffalitzky de Muckadell).
+Præsten skal ud at rejse, så Alhed og Johannes Larsen må skynde sig at blive gift tirsdag. Larsen må rejse til Erikshaab og hjem igen for at male på sin guldregn. Hans far skal skrive under på en attest, og Larsen må skaffe fattigattest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rwb1</t>
+  </si>
+  <si>
+    <t>Elskede Ladersen!
+Nu ere vi komne hjem fra Præstens og Arreskov. Turen har været rigtig vellykket. De gamle ”Naader” var saa flinke imod os og kyssede os til Afsked og ønskede os alt godt i Fremtiden. De var meget interesserede i min ”romantiske Madlavning”, som de kaldte det, da de hørte, at jeg skulde lave Mad paa en Primus. – Bagefter var vi altsaa i Præstegaarden og nu skal Du bare høre; Præsten skal rejse allerede paa Onsdag, saa vi maa altsaa gifte os paa Tirsdag og Du maa altsaa komme paa Mandag. Det er der meget kort til. – Men nu skal jeg sige Dig noget, Du er den allerbedste sødeste godeste Dreng og jeg holder saa uendelig meget af Dig, hvis Du vil gøre, hvad jeg nu beder Dig om. At Du vil rejse igen med Iltoget og lade mig blive her. Saa vil jeg Dagen efter køre ned til Svanninge og lave lidt i Stand til Du kommer, saa kan Du komme et Par Dage efter, naar Du er færdig med Dit Træ. Jeg er saa ked af, at jeg ikke kan tale med Dig i Stedet for at skrive, for hvis Du gør Vrøvl er jeg der jo ikke til at modbevise Dig. – Men jeg tror nu, Du vil synes, at det er rigtig godt saadan, ikke sandt? Jeg vil glæde mig 1000 Gange mere til Mandag og Tirsdag, naar det kan blive saadan. Jeg glæder mig umaadelig meget til at se Dig. – Naar det nu klart ikke skal forstyrre Dig med Din Guldregn, men der er jo da kun to Dage, og Du sagde jo, at jeg kunde skrive efter Dig. – Hermed følger Din Attest, der hvor de smaa Kors staa, skal din Fader altsaa skrive under. Og saa skal Du altsaa have den Fattigattest hos Borgmesteren. Skal Maren derop? Du maa endelig møde med begge Attesterne, ellers kan der jo ikke blive noget af. – Kan Du se, jeg hedder Maria, det vidste Du vist ikke? Du vidste maaske ikke en Gang, at jeg hedder Marie? (hvad jeg altsaa ikke hedder.) – Det er dog et bedaarende Vejr i disse Dage, bare det maa vare ved. Der sidder en Nattergal og synger saa dejlig ovre ved Aaen, jeg gad vide, om der er Nattergale i Svanninge? – Jeg har i Dag set en meget flot Hund ved Navn ”Spækmand”, storartet Navn! – 
+- Nu vil jeg slutte! – Kl. er 12 ½ og jeg skal tidlig op i Morgen, Asta og jeg skal nemlig til Odense med ½-11 Toget. – Kan Du nu skrive ligestrax til mig! Jeg holder rigtignok umaadelig meget af Dig. 1000 Millioner Hilsner fra Din Alhed
+9ende Juni – 1898 –</t>
+  </si>
+  <si>
+    <t>1906-08-03</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+- Andresen
+Carl Andresen
+Christian  Brandstrup
+Thora  Branner
+- Mogensen, Fru
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Hans Smidth
+Henry Smith, nær Erikshaab
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Erholm ligger i Gelsted, Assens Kommune.
+Brahesborg Gods er beliggende mellem Assens og Glamsbjerg. 
+Johanne Warberg blev gift med Adolph Larsen, som var Johannes Larsens bror. 
+Det vides ikke, hvem Doktorens og Marie var. 
+Gelskov var nogle år forpagtet af Hempel Syberg (Onkel Syberg), hvorefter Mogensen-familien overtog forpagtningen.
+På Ølstedgård boede Albrecht Warbergs søster (Tante Visse) med familie.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0013</t>
+  </si>
+  <si>
+    <t>Johanne takker for brevet , og hun vil tage til Brahesborg og tale med godsforvalteren. Hun håber det bedste.
+Brylluppet er sat til 22. august. 
+Johanne kunne ikke holde ud at være på Erikshaab.
+Paludan har givet Johanne 60 kr. i bryllupsgave. 
+Tante Visse/Louise Amstrup har talt grimt om Johanne, men Andresen stoppede hende. 
+Johanne spørger, om moderen har taget hendes kogebog med fra Erikshaab. Hendes skrivebord og klaver var i god stand, men hendes bøger lå i et pulterkammer udsat for mus og regndryp. 
+Det er synd for Andreas/Dedde, at han skal slide i varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HYYW</t>
+  </si>
+  <si>
+    <t>3 Aug. 06.
+Kæreste Mor!
+Det var rigtignok et epokegørende Brev, jeg fik fra dig! Jeg skrev øjeblikkelig en Ansøgning – d.v.s. Fuldmægtigen lavede Kladden – og fik det af Sted samme Dag; mere expedit kunde det altsaa ikke være. Men Grevinden kan jeg ikke faa fat i, da hun tager lige fra Erholm til Fanø og bliver der. Jeg tager derimod i Morgen selv over til Brahesborg for at tale med Godsforvalteren – det kan aldrig skade, mulig gavne. Hvis han saa fortæller mig, at der absolut er alt Haab udelukket for mig, så vil jeg ikke gøre Grevinden Ulejlighed, men hvis jeg kan mærke mig til, at der er Gnist af Mulighed, skriver jeg til hende og beder hende gøre noget for mig, hvis hun kan. Onkel Syberg er meget interesseret i det og mener at jeg skal bære mig saadan ad. – Jeg gør mig slet intet Haab, men vil selvfølgelig alligevel hænge i med det ud af alle Kræfter. Det var dog forfærdelig pænt af Onkel Christian at skrive til dig, vil du hilse ham, naar du ser ham og takke ham fra mig. Tænk! Hvis det skulde lykkes! Hvis jeg faar det, telegraferer jeg til dig! -------------
+Jeg kan ikke huske, om jeg skrev til dig, at vi ellers havde berammet Bryllupsfest til d. 22nde Aug., men hvis Godsforvalteren forlanger det opsat p.Gr.a. Legatet, saa opsætter vi det selvfølgelig. Men det vilde være næsten grinagtig småligt for de 14 Dage. – Jeg cyklede fra Erikshaab i Gaar ved 11 Tiden; jeg kunde ikke rigtig holde ud at være der; desværre fik ["fik" overstreget] kom jeg ikke rundt til Folk (undt. Degnens Fru Peja og Stationsforvalterens) jeg kunde bogstavelig talt ikke; Heden virkede saadan paa mig, at jeg blev daarlig det slog sig paa vore Maver, saa jeg var helt elendig – tilsidst. Men jeg er ked af at tænke paa Smidts, Doktorens og den gl. Grevinde. Da jeg sagde, at jeg vilde rejse den og den Dag, sagde Marie blot ”ja jeg vil ikke bede dig blive, Ja Otto skal jo rejse ”. Men da Pallam havde bestemt at rejse Mandag og jeg rejste Torsdagen før, lød det jo ikke hel plausibelt. Men tænk, da jeg skulde cycle, fulgte Pallam mig hen til den lille Skov og gav mig 60 Kr!! som jeg selv skulde købe Brudegave for; synes du dog ikke, det var imponerende! Jeg er forfærdelig glad ved det, sætter dem foreløbig i Sparekassen hernede og holder det hemmeligt paa visse Steder. - - Den sidste Aften var vi paa Gjelskov til Ære for mig; vi fik Rødvin og det var i det hele overmaade festligt. Jeg snakkede meget med Fru Mogensen, der talte meget smukt om dig og alt andet end venligt om Tante Visse; og hun sagde, at det var jo aldeles utilgiveligt, hvad Fru Jørgensen der havde gjort. 
+Andresen var forleden paa Ølstedgrd. hvor Tante Visse straks begyndte at snakke om mig, men Andresen stoppede Diskutionen ved at sige, at han syntes nu, jeg var en rar Pige og kunde ikke se andet, hvorpå Tante Visse tav stille. --------------------------------
+Herude befinder jeg mig saa udmærket. Onkel Syberg er saa flink og venlig imod mig og Tutte og jeg har det jo som altid storartet sammen. Kirstine er ogsaa flink og meget mere tiltalende end i Vinter. Hun giver os god Mad. - - Mon du dog havde min skrevne Kogebog med som jeg bad dig om, saa var det dog ærgerligt, at jeg ikke fik den; men ellers kan jeg jo faa den naar du til Efteraaret sender det andet. Mit Skrivebord stod godt i Spisestuen, Klaveret i Havestuen, men alle mine gode Bøger laa i en Hob paa Gulvet paa Pulterkammeret, udsat for Mus og Støv og Regndryp fra Taget!
+Hvad mener du saa om Saften skal jeg sende den, hvis Varmen vedvarer eller hvordan? Nu er der vist ikke mere for denne Gang! Jeg længes meget efter at høre, hvordan du synes, Dedde har det, om han taaler Læsning og Hede o.s.v. Jeg var gruelig ked af det for ham, da han rejste ned og skulde til at slide i den trykkende Luft. Hils ham mange Gange og kærlig Hilsen til dig selv fra Junge – og Tutte.</t>
+  </si>
+  <si>
+    <t>1916-01-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Marie Bang
+Elisabeth Grundtvig</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Hans Agerbek
+Marie Bang
+Bjørnstjerne Bjørnson
+Johannes  Clausen, præst
+Elisabeth Grundtvig
+Frederik Grundtvig
+Ditlev Havemann
+Ludvig  Helveg
+Hanne Langkilde
+Mads Melbye
+Karen Mühldorff
+Hans Nobel von Nøragger
+Otto Emil  Paludan
+C.E. Skjerbek
+Amalie Suckow
+N.J. Termansen
+Andreas von Sperling
+Joachim  von Sperling
+Ulrich  von Sperling
+Vilhelmine von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>En del personer, som kun er nævnt ved fornavn eller efternavn, har det ikke været muligt at identificere. Der er ligeledes flere familiemedlemmer, som det ikke har været muligt at finde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A 54, Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling sender et "rundrejsebrev" til sine venner i anledning af, at hun har haft 50 års jubilæum som stamhusbesidder. Hun beskriver de første år på Sandholt, hvor hendes forældre og den gamle godsforvalter gjorde alt arbejdet. Hun var meget usikker og kom først ind i arbejdet efter, at hendes forældre var flyttet og den nye godsforvalter Warberg kom til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ou54</t>
+  </si>
+  <si>
+    <t>Kære Venner! Det er saa trættende og kedeligt ret mange Gange at skrive ét og det samme, men da jeg tror, at mine Venner, som hver især i deres Breve har bragt mig deres Lykønskning paa den kærligste og bedste Maade, gerne vil høre lidt om, hvordan jeg har haft det, saa vil jeg prøve paa at lave et Rundrejsebrev. Mit Jubilæum har staaet truende for mig et Aarstid, fordi jeg var klar over, at skulde der laves til Fest, vilde det voxe mig over Hovedet og hverken blive tilfredsstillende for Deltagerne eller for mig selv. I Stedet for Fest fandt jeg saa paa, at jeg kunde give Lyndelse Kirke, som jo nu er selvejende og hvis Formue og Husholdning bestyres gennem Menighedsraadet, et Varmeapparat i Stedet for den lunefulde Kakkelovn, som varmede daarligt og imellem osede slemt, men da det saa trak ud i det uendelige før Tilladelsen til at sætte dette Apparat op, blev færdig fra de gejstlige Autoriteter, finder jeg igen en Tid af en Del Utaalmodighed og syntes, at Jubilæer var noget rigtig besværligt noget. Imidlertid det naaede sig; skønt en Del udenoms Arbejde stod tilbage, fungerede Apparatet rigtig godt 1ste Juledag, efter Sigende for vi kunde ikke komme til Lyndelse paa Grund af Snedriver. Jeg gik og tav stille med, at jeg skulde have Jubilæum, og ret mange vidste heller ikke noget om det, og efterhaanden kom det ogsaa til at ligge mig temmelig fjærnt. Har det nu i Graven saa meget at sige med saadan et bestemt Aaremaal? 
+2 Juledag kom jeg først rigtig med. Det slog mig, at den Dag for 50 Aar siden kom jeg hertil for saa i de følgende Dage at opleve Bedstefars langvarige Dødskamp og hans Død. Men da det først var gaaet rigtigt op for mig, gennemlevede jeg det altsammen paa ny saa at sige Time for Time. Jeg talte ikke meget om det, men jo mere det trængte paa, jo bestemtere følte jeg, at jeg maatte fortælle det, saadan som det var gaaet til, alt sammen, og da vi kom ned til Folkene for Nytaarsaften at drikke det gamle og det nye Aars Skaal med dem, satte jeg mig, da det var gjort, for Bordenden og fortalte dem om Dagene fra 26 December til 9 Januar 1866. Jeg begyndte med at oplyse dem om, hvordan der den Gang saa ud i Folkestuen, hvor der stod to store Senge med Omhæng, hvori Pigerne laa, og at dersom en af dem laa syg, og her kom fremmede Kuske, maatte de, naar Kuskene kom op for at spise, trække Gardinerne for og lade, som de slet ikke var til, og om forskelligt af den Slags, og derfra gik jeg saa over til Dagene, ganske som de var gaaet. Det faldt mig naturligt at drage dem med ind i denne store Oplevelse, og jeg fandt ogsaa forstaaende Lydhørhed. Jeg tror, det er godt, at de faar at vide, hvordan der har set ud, og hvad der er sket i de Stuer, hvor de færdes, og hvad der har præget den, som de tjener. Nytaarsaften 1865, da Bedstemor og Tante og Hanne Langkilde og jeg sad trykkede og forpinte i Vinterdagligstuen, medens Bedstefar laa og stred med Døden, hørte vi ”Træd frem, min Sjæl, paa Aarets Morgen” blive sunget nede i Husholderskens Stue og fik senere at vide, at det var Skytte Simonsen, der havde sunget den. Det gjorde os den Gang saa godt. Og nu Nytaarsaften 1915 endte vi igen det gamle Aar med alle at synge den gamle Salme.
+Nytaarsmorgen kan jeg godt sige, at jeg kørte til Kirke noget ør i Hovedet af Minder og havde tænkt mig helt og bart at skulle have været sammen med mine gamle i Kirken, men saa tog alligevel Varmeapparaet saa meget af min Interesse, saa det ikke rigtig blev til noget. Saa gennemlunt, ogsaa om Benene, har der aldrig været. Prædikenen var fuld af varm Fædrelandskærlighed og rar, og da vi gik ud af Kirken, vendte jeg tilbage og fik givet Haanden og hilst paa mange af Lyndelsemændene. Ellers var Dagen helt stille. Frandsens kom ikke paa Visit, som de ellers har gjort hvert Aar, - og saa først den Dag fik jeg rigtig begyndt at føle, hvordan det egentlig gik til at blive Stamhusbesidder. Nu kom Gennemlevelsen deraf og af mine første Aar. Til den 2 Januar havde jeg som til et ganske almindeligt lille Nytaarsselskab bedt Provstens og Paludan og Clausens, Henry og Edv. Smidts og Frk. Plum, og saa havde Edvards svaret, om de maatte tage tre Julegæster, Fru Mühldorff og Fru og Frk. Wentorp, med. Jeg havde jo sagt Ja, men var ganske forbløffet over saa mange fremmede Damer, jeg syntes, at jeg helt fik Mundkurv paa, og det tilligemed Træthed, gjorde det saa vanskeligt at faa det, som jeg gærne vilde sige, til at forme sig. Natten mellem 1 og 2 Januar havde vi Storm og næsten Skybrud, vi har det for Resten næsten hver Nat, men den Nat sov vi nu ikke godt, og jeg var en Del kaput om Morgenen. Det øsregnede, saa vi opsatte at lade Martin køre ud for at møde Viktoria, som havde været hjemme, til efter Kl. 12, da det var blevet Tørvejr, men Maren og Marie Sørup og Marie Brandt havde da alligevel faaet dækket det nydeligste Bord med smaa røde Tulipaner i Potter og Liljekonvaller i Glas og Lys i Stedet for Lamper, saa det gjorde et ligefrem grumme kønt Indtryk, da vi Kl. 5 gik ind til Bordet. Den Dag havde jeg Provsten til Bords. Vi fik Dyresuppe, Rouletter, Dyresteg og Risrand med henkogt Frugt, Rødvin og Sherry. Imellem Rouletterne og Dyrestegen lagde vi et langt Mellemrum, og i det holdt Provsten og jeg vore Taler. Jeg kunde ikke andet, end da han var færdig, at tage hans Haand og sige, at han kunde ikke have sagt noget, som jeg kunde være blevet mere glad over. Og hvad sagde han saa, ja, han sagde meget, og alt var godt, men jeg kan slet ikke gengive det. To Ting bed jeg mig fast i, den ene: der er arbejdet meget paa Sandholt. Den anden: hans Omtale af mig, saa at ægte, dyb Menneskelighed er Grundpræget. Det var alt det, som jeg allerhelst vil være, alt, hvad der er Maal for mig, men som jeg slet ikke endnu er, og saa syntes jeg alligevel, at Billedets Lighed var truffet rigtig. Der var Oprejsning i, hvad han sagde, og saa faldt det af sig selv, at det blev en Festdag. Henry Smidt sad og saa til og nikkede bifaldende, og de fremmede Damer var slet ikke mere fremmede. De var nu i sig selv rigtig tiltalende. 
+Saa skulde jeg jo til at tale: ”Ja, lige fra jeg var lille, har jeg elsket Sandholt, og vi har været forlovede, men det var hemmeligt. Folkene gik og sagde til mig: ”Du skal have Sandholt”, men oppe i Stuerne blev der ikke talt om det, og det gav mig ikke nogen rigtig Frimodighed, jeg syntes mest, det var noget flovt noget, som jeg generede mig for. Den 8 Januar 1866, da Mor og jeg stod i den store Dagligstue og saa Lyndelsemændene bære Bedstefar ned ad Broen, gik det op for mig, og nu havde jeg og Sandholt hinanden, saa det er den egentlige Guldbryllupsdag, men da overvældedes jeg i den Grad af Frygt og Bæven, saa at jeg var helt ude af det og først blev kaldt tilbage ved, at Mor talte godt for mig og tog en lille Ring af sin Finger og satte den paa min.
+Efter Bedstemors Død i Marts samme Aar flyttede mine Forældre og smaa Brødre hertil fra Sollerup, og Far styrede saa for Godset, og Mor for Huset, og jeg var som en Datter er i sit Hjem. Det var jo paa en Maade godt nok, jeg blev jo fri for Ansvaret, men alle vidste, at Sandholt var mit, og mange kom til mig med Spørgsmaal og Begæringer, og dem kunde jeg ikke svare paa, dels fordi jeg ikke forstod det, og dels fordi jeg ikke kunde bestemme over noget. Jeg syntes, det var som at sidde i Klemme, naar nogen henvendte sig til mig, og at jeg blev usand ved ligesom at snakke mig fra det. I 1872 bosatte mine Forældre sig paa Frederiksberg og jeg blev ene med Mors to Søstre, men derfor fandt Sandholt og jeg ikke hinanden, og jeg blev ved at være usikker og paa gyngende Grund. Det var ikke, at jeg ikke gærne vilde give Sandholt alt, hvad det kunde ønske sig i Retning af Reparationer og Skovplanter, o.s.v., det var bare saadan at jeg ikke rigtig kunde faa fat. Jeg holdt saa meget af Godsforvalter Havemann, men han var saa gammel og nervesvag, saa at han ikke kunde føre mig frem til bedre Forstand paa Tingene, og i den højeste Grad savnede jeg, at jeg ingen Forberedelse havde hverken til at styre Gods eller Hus, og jeg slap aldeles ikke ud af Klemmen. Men saa var der noget andet, der optog mig. Fra jeg læste hos Agerbæks, har jeg været stærkt taget af alt det Grundtvigske, - Grundtvig var blevet Kongen for mig, - og ikke mindst af hans Folkevækkelse og Folkeoplysning. Noget større kunde jeg ikke tænke mig, end at faa med den Slags at gøre. Derfor holdt vi Aftenskole, og jeg fik de bedste Mænd som Clausen i Nr. Lyndelse, Termansen, Schrøder, Helweg i Odense og Melbye i Asperup til at holde Foredrag paa den store Sal.
+Jeg tror nu, at det har gjort sit Gavn og har sat noget ind her paa Egnen, og naar der jo er et virkeligt Tillidsforhold mellem mig og Lyndelserne, tror jeg nu nok, det har sin Rod i Aftenskolen og Foredragene. Men hvad gik saa for Resten en hel Del af min Tid med? Med Læsning og Veninder og Friluftsliv med to store Hunde. Paa Sandholt fik jeg ikke fat, og jeg led fremdeles ved meget stærkt at føle et Ansvar, som jeg ikke kunde løse. I 1876 døde Far, men det greb just ikke ind i mine Forhold herovre; det gjorde det derimod, da Havemann i 1877 trak sig tilbage, og Warberg blev Godsforvalter. Han magtede det hele og ogsaa at faa mig med ind i Arbejdet. Der var saa meget, der hjalp, han havde det ikke med ”over- og underordnet”, alle var Mennesker for ham, og han vilde gærne hjælpe og støtte dem paa bedste Maade. Jeg slap bort fra den gyngende Grund og fik Fodfæste. Men det, der allermest løste mig ud af den Klemme, hvori jeg sad, naar jeg syntes, jeg snakkede mig fra Spørgsmaal og Begæringer, det var, at han sagde, at jeg dog paa ingen Maade maatte føle det som en Skam eller genere mig for at sige: jeg er ikke rigtig inde i det, maa jeg faa Tid til at tænke mig om og søge Oplysning om det. Fra det af blev det helt rart, naar nogen kom og vilde talte med mig, og jeg har aldrig mærket, at nogen oversaa mig for det. Men Hovedsagen var dog, at jeg fik Lov til at være sand. Dermed blev noget givet mig for hele mit Liv, dette at maatte være helt fri for at lade bedre og klogere, end jeg er, dette at maatte bekende min Ringhed. Og saa var der endnu en anden Ting, som Warberg sagde, der stivede mig af og gav mig et Stød fremad, og det var: ”Ja, hvad skulde Penge dog være gode til, naar det ikke er til at gavne og glæde andre Mennesker!” Jeg havde nok tænkt noget i den Retning, men dog været bange, og nu fik jeg Lov til at lægge ud. I de første 11 Aar havde Sandholt og jeg ikke rigtig haft hinanden, nu fik vi det. Nu var jeg i Gang, og Gangen fortsattes ogsaa, da Warberg døde, og Paludan kom og helt gik ad den samme gode Vej, saa at Samarbejdet er faldet saa naturligt og ligetil. Der fortælles, at Bjørnson en Gang skal have sagt til sin Kone: ”Men, Caroline, skal jeg da altid være gift med Dig?” Og i de mange Aar har jeg ogsaa af og til sagt til Sandholt: ”Skal jeg da altid være bundet til Dig?” Men saa har Sandholt altid svaret: ”Ja, hvad vil Du gøre uden mig? Jeg er jo Din Arv og Dit Ansvar og Dit Hjem og Dit Liv!” Og saa har jeg besindet mig, og mit Ord er blevet, som det nu ogsaa i Dag er mit sidste, til Sandholt, saaledes som der staar i den lille, svenske Folkevise: "Og lever jeg, saa har Du mit Hjerte, og er jeg død, saa har Gud min Sjæl.” Og saa vil jeg bede Dem om at drikke Sandholts, min gamle Ægteherres Skaal.”
+Jeg havde ikke haft Tid til i Forvejen at skrive, hvad jeg vilde sige, men jeg tror da, at det omtrent var, hvad jeg sagde, skønt der vist er lidt bedre Facon paa det skrevne. Nu vil jeg blot tilføje min hjærteligste Tak til hver især af mine kære Venner for al den Forstaaelse og Kjærlighed, de har givet mig, hver eneste en har bragt mig noget, jeg trængte til, og som jeg gemmer, og hver har bragt mig det paa sin Maade, saa jeg har jer saa levende for mig. Maa jeg saa løse følgende Rundrejsebillet til denne lille Skrivelse: Ville Bang og Inger Krogh, Tante Emilie, Elisabeth Grundtvig, Nysøgaard, Hillerød. Derfra tilbage til mig.
+Jeres alles gamle hengivne 
+Line Sperling.
+Sandholt, d. 6. Januar 1916.</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Margrethe -
+Louise Amstrup
+Rasmus Balslev
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Thora  Branner
+Louise Brønsted
+Syrak Hansen
+Alhed Larsen
+- Løngreen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad degnen og sadelmageren hed. 
+Kunstneren er Fritz Syberg, som i denne periode gave Warbergs børn tegneundervisning i hjemmet. 
+Warberg-familien kendte mange fra Balslev-slægten, så det er svært at vide, hvilken Balslev, Laura W skulle træffes med. 
+På Arreskov boede Albrecht Warbergs arbejdsgiver. 
+Sollerup Skole for Unge Piger var en kombineret husholdningsskole og et uddannelsessted, hvor kvinder kunne blive småbørnslærerinder. Flere af Warbergs døtre var elever ved denne skole.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0354</t>
+  </si>
+  <si>
+    <t>Det er 22 år siden, at Laura og Albrecht skrev det første brev til hinanden.
+Det glæder Laura, at Albrecht skal mødes med Conrad og Else.
+Hempel Syberg har talt med greven om en ny centrifuge.
+Laura vil tage returbillet til København og besøge sine forældre. 
+Sadelmageren har ordnet gulvtæppet, så det dækker gulvet. Det gamle kom ind i Albrechts stue.
+Børnene tegner ikke om aftenen, for de kan ikke uden hjælp. Fritz Syberg har hentet gipsornamenter til at tegne efter. 
+Thora har fået et dukkekomfur, som hun og Charlotte skal lege med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VGSK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter A C Warberg
+“Tre Hjorte”
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel.
+[I brevet:]
+[Fortrykt logo]
+[Håndskrevet:]
+Erikshaab d: 20de (Aften)
+Kjæreste Abba!
+Paa Mandag er det 22 Aar siden jeg fik det første Brev fra Dig og skrev det første Brev til Dig; gid jeg inden i dette kunde sende et rigtig eftertrykkeligt Kys! Men vær vis paa at Du har det tilgode til vi sees paa Fredag! Jeg længes i mellem Stunder saa latterlig meget efter Dig og efter at kysse Dig Kjæreste! Jeg vil da haabe at Din Lune forlængst er overstaaet; dette forresten sagt i Alvor og ikke for Kyssets Skyld. 
+Det glæder mig at Du træffer sammen derinde med Conne og Else; hun skrev saa beskedent, om jeg troede Du vilde tage Dig lidt af hende, til Conne kom fra Sverrig. Jeg har iaften skreven 4 Sider til hende i det Haab at hun faaer det inden hun rejser; hun bad mig nemlig sende sig Din Adresse. At jeg ikke træffer dem er derimod ikke saa uheldigt; jeg har jo nylig været hos dem og Du veed nok! for mange Bekjendte for nogle faa Dage i Kjøbenhavn, det elsker jeg ikke. Lille Visse var her i Eftermiddag, hun har slet intet hørt fra Vejle Mølle siden vi var der, stakkels Skind! – Sybergs var i Odense i Torsdags; Dagen før var han paa Arreskov for at bede om at stille Centrifuge op. De Grevens [oven over linien er skrevet: ”Grevens”] havde beklaget at jeg var rejst forgjæves derover; imorgen Formiddag gjør jeg det om, saa fortæller jeg Grevinden, at Fader og Moder har bedt mig derind og at jeg gjør Rejsen med Returbillet og for mine egne Penge. – Torsdag og Fredag havde vi Sadelmageren; han syede i Spisestuen, mens der var rykket ud af Kontoret og dette fik en tilgavns Rengjøring. Paludan sad i et grufuldt Roderi i Din Stue, han var flink til at hjælpe med at støve af og ordne alt igjen. Nu er der saa yndigt, Tæppet naar over hele Gulvet og seer ganske nyt ud. Af det gamle blev der et temmelig stort under Sofa og Bord i Din Stue. Jeg glæder mig til at min egen Ven skal komme hjem og finde det saa hyggeligt. Paa Mandag kommer Balslev med Tilbehør, jeg maatte skrive efter ham. Imorgen tænker jeg Styrtebadet kommer repareret tilbage fra Frost. – Børnene tegner ikke om Aftenen, de kan ikke paa egen Haand. Kunstneren medbragte i Lørdags nogle gl. Gibsornamenter fra Maler Hansens Loft at tegne efter, naar han kommer tilbage; de glæder sig meget dertil. Alhed var igaar spadserende hos Komtessen, der har det nogenlunde og lod til at være glad ved Alheds Snak. Jeg vil derover en af Dagene. – I morgen – Søndag – skal de 4 og Frøken Løngren til Høstgilde hos Margrethe Jokums, jeg skal over til Gjelskov. Mimi fik sig da en ny Kaabe i Odense til min store Glæde og hendes egen med vil jeg haabe! Tutte kjøbte sig et lille Komfur som Muk skal om i morgen Formiddag at koge paa med hende. Nu bliver dette vel nok mit sidste Brev til Dig kjæreste Abba! Jeg skal nok huske Degnens Fødselsdag paa Mandag. – 22 Aar! Jeg kan næsten komme til at græde ved at tænke tilbage paa de mange sorgfulde Timer jeg i Løbet af de 22 Aar har voldet Dig. Jeg vil haabe Du selv tænker mest paa de lyse! 
+Og saa Farvel min egen Ven! Børnene hilser! Elle og Muk, - de andre er jo paa Sollerup, kjørte Kl. 3 i den lille aabne Vogn. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
+[I brevet:]
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1902-12-19</t>
+  </si>
+  <si>
+    <t>Lohals
+Snøde</t>
+  </si>
+  <si>
+    <t>Susan -
+Christian  Brandstrup
+Thora  Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+- Jansen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far
+Ellen  Sawyer
+Harris Sawyer
+Anna Schaffalitzky de Muckadell
+Hempel Syberg
+Vilhelm  Sørensen, pastor
+Albrecht  Warberg
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad det er, Hempel Syberg har været udsat for.
+Albrecht Warberg døde få måneder før, at brevet er skrevet. Laura Warberg er tydeligt i gang med at nedlægge hjemmet på Erikshaab. 
+Louise/Lugge og Johannes Nicolaus Brønsted blev gift 2. jan. 1903. 
+Det vides ikke, hvem John er (i øvrigt er navnet svært læseligt, så måske står der noget andet).
+Christine blev forlovet med William Mackie i slutningen af 1902, og de blev gift i 1903. 
+Astrid boede på Bülowsvej i København fra sidst i 1902 til et stykke hen i 1903.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1902-12-19, 2400</t>
+  </si>
+  <si>
+    <t>Laura glæder sig ikke til at holde jul hos Hempel Syberg, for han er for tiden utålelig. Heldigvis har Thora det godt.
+Hvis Astrid ikke når at få billedet af sin far til tanten med posten, må hun give hende det, som hun selv har. 
+Louise/Lugge og kæresten har fået en ny, større lejlighed, og Laura sender dem møbler. Naboen er Johannes Nicolaus' mor, og hun forærer det unge par en masse. Selv har de købt gulvtæppe, gardiner mv. 
+Christine har været en dag hos sine nye svigerforældre. Hendes forlovelse er rygtedes i Boston, så nu ved alle i Danmark nok snart besked. Ellen har fået en dygtig pige i huset. 
+Laura spørger Astrid, om hun vil have kommode mm. sendt til Bülowsvej.
+Lauras bror, Christian, har bedt hende sende Susan penge. Dr. Mackie betaler nok Christines rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7cvL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hr. Caspersen
+Snøde
+pr. Lohals
+Langeland. 
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 19de Debr.
+Kære lille Putte!
+Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
+Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
+2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
+3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
+Nu har jeg ikke Tid til mere lille Putte!
+Kærlige Hilsener til Eder alle tre fra Mor. 
+[Skrevet på hovedet på sidste side:}
+Gardinerne er røde
+Damask ensfarvede, 
+M kan ikke finde Pos
+[Tapetprøver:]
+Sovekammer.
+Der er 5 lyse Striber ved Siden af hinanden. 
+M[ulæseligt]in. 
+Min Stue</t>
+  </si>
+  <si>
+    <t>1910-05-22</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Hans Jørgen -
+Line Træskomands -
+Hans Christian Caspersen
+Johanne Caspersen
+Rasmus Dalberg
+Adam Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Johanne Schroll
+Henry Smith, nær Erikshaab
+Hempel Syberg
+- Thagensen</t>
+  </si>
+  <si>
+    <t>På Glorup boede Albrecht Warbergs bror med familie.
+Det vides ikke, hvem Munk, Doktoren, Jørgensens, Kaptajnen og Marie er.
+På Sandholt boede Nicoline von Sperling, som var en ven af Warberg-familien. 
+Munter var Warberg-familiens hund. Den må være blevet hos Paludan på gården Erikshaab, efter at Laura Warberg flyttede fra stedet, da hendes mand, Albrecht, var død.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1910-05-22, 2420</t>
+  </si>
+  <si>
+    <t>Valget var en skuffelse.
+Der er dejligt på Erikshaab i forårsvejr.
+Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
+Hunden Munter er blevet gammel. 
+Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0u8z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St Pauli Kyrkogatan 19.3
+Malmø
+Skåne
+[Diverse tegninger og kradserier]
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22de Maj – 
+Kære Astrid!
+Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1914-02-05</t>
+  </si>
+  <si>
+    <t>Charlottenlund</t>
+  </si>
+  <si>
+    <t>Vilhelm Andersen
+Ebbe Branner
+Frits Branner
+Thora  Branner
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Johanne Caspersen
+Poul Caspersen
+Johanne Caspersen, datter af Poul Caspersen
+Adam Goldschmidt
+Ina  Goldschmidt
+August Kattrup
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>"Den nye Støtte" ved Femvejen: Dette "Mindesmærke, der knytter sig til Bernstorff, er opstillet paa den saakaldte »Femvej«, Navnet for den aabne Plads, som har dannet sig ved Skæringen mellem Jægersborg Alle, Bernstorffvejen, Ordrup Gade og Vejen til Ordrup Krat.
+(...) Monumentet er tænkt, dels som et Mindesmærke for Bernstorffs Herskab i sidste Halvdel af det nittende Aarhundrede, Kristian den Niende og Dronning Louise, dels som et Samlingsmærke for de mange Kirkesogne, hvoraf det oprindelige Gentofte Sogn nu bestaar.
+Det er udført i bornholmsk Granit efter Tegninger af Arkitekt A. Clemmensen og Billedhugger Bundgaard og bestaar af en Obelisk med Portrætmedaljoner, flankeret af en Balustrade i Granit; bag Monumentet en Forsænkning med Kildevæld og to af de gamle Alletræer. Det afsløredes 7. September 1913. Indskriften er forfattet af Professor Vilh. Andersen. Der staar: [mod Syd] Som et Minde • om Bernstorfs kongelige Herskab • der paa dette Sted i et stille Hjem tænkte paa Tidens Tarv • til Danmarks Bod og Herskerhusets Hæder . [paa Forsiden over Portrætterne] Kong Christian den Niende og Dronning Louise [mod Nord] satte vi • Mænd og Kvinder af Gentofte-Ordrup-Hellerup Sogn • denne Sten • som et Mærke • i Sognenes Midte • paa Sammenholdet i deres Styre • [paa Bagsiden] som et Maal • for dem der i Tidens Løb • mens Linden løves • bor her mellem Skov og Sund • at de under samme Himmel • og med det samme Haab skal tjene Fædrelandet og Fremtiden • som hine." Gentofte Sogn i for- og nutid. https://slaegtsbibliotek.dk/920358.pdf
+Fritz Syberg udstillede på Den Frie 1914 (Weilbachs Kunstnerleksikon). 
+Det vides ikke, hvem Olesen, der havde en butik i København, var. 
+Om hussalget og arbejdet som arkitekt: Sagen drejer sig om Laura Warbergs bror, Christian Brandstrup, og hans familie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2620</t>
+  </si>
+  <si>
+    <t>Laura Warberg går tur i den gode luft og har blandt andet set støtten/obelisken ved Femvejen. 
+Det var et held, at Laura blev syg hos Caspersens, for de har været mageløse. 
+Laura skal mødes med Alhed og Louise/Lugge og købe møbelstof. 
+Salget af Eline og Christian Brandstrups hus er gået i orden. 
+Thora Branners drenge har mæslinger. 
+Minna Warbergs far er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHau</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Charlottenlund – Torsdag
+Kære Astrid!
+I Gaar kom jeg herud for at komme lidt til Hægterne igen i denne gode Luft; glæder mig til at gaae de dejlige Ture igen, har i Form. været ved 5-Vejen og set den nye Støtte med den i sin Tid meget omstridte Suskription af Wilhelm Andersen. Det var min første Udflugt siden Sygdommen. Gid vi dog kunde faae godt Vejr her; jeg bliver vist til Tirsdag. Jeg turde ikke tage Sporvognen i Gaar, men gav 3 Kr. for en Bil; vi kørte akkurat 12 Minuter, men, det er dobbelt Takst herud. Caspersens kørte med, en herlig lille Tur! De spiste senere Middag hos Pouls, godt at Tante nu kan røre sig lidt frit igen. De har været mageløse mod mig begge to; Kalder det et Held, jeg blev syg der. I Morgen kommer nok Las’s nogle Dage til Byen for at see Sybergs Udstilling; de er bedt til Frokost hos Caspersens paa Søndag, saa skal jeg derud pr. Sporvogn. Jeg haaber at faae Alhed og Lugge med mig nogle Indkøb hos Olesen til mit Hus, bl. rødt Damask til Sofaen. Jeg taaler saa lidt i mit Hoved endnu, men det er da heldigvis ikke Svimmelhed, kun Træthed. Chr. ofrer sig og spiller Whist en god Time med os om Aftenen. Nu er endelig Salget af Huset i Orden og de har begyndt at see paa Lejlighed inde i Byen; der mener han lettere at kunde faae noget Arbejde som Arkitekt; Han især har været dybt nede over at skulde herfra; men de boer altfor dyrt. Du veed vel at Thoras Drenge ligger af Mæslinger, men jeg haaber, hun alligevel kommer til [ulæseligt] derude i Dag. Hvordan har I det lille Putte. Gud veed, om jeg naaer over til Eder! om jeg ikke rejser hjem, saa snart mine Ærinder er besørgede. – Du veed da nok, at Minnas Far er død for en Uges Tid siden; det er meget sørgeligt. Maaske jeg har skreven det til Dig. Nu hører jeg vel lidt fra Dig inden Søndag; saa skriver jeg igen. 
+Kærlige Hilsener til Dig og Børnene fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1886-09-14</t>
+  </si>
+  <si>
+    <t>Sortedams Sø
+Kerteminde
+Los Angeles</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Alfred Eckardt
+Margrethe  Eckardt
+Sophie Eckardt
+Anesine Frölich
+Christian Iversen
+Marie Kjellmann
+Georg Larsen
+Jeppe Andreas Larsen
+Peter Larsen
+Vilhelm Larsen
+- Markusen
+Rasmus Petersen, Gartner</t>
+  </si>
+  <si>
+    <t>Tiras er muligvis en jagthund.
+Klodser: at tegne efter klodser kan være en del af undervisningen i perspektivtegning.
+Præliminæreksamen svarer til realeksamen (almindelig forberedelseseksamen). Den blev indført i 1881, som afslutning på realundervisningen. (Wikipedia)
+Gamle Kjelmann er muligvis far til Bernhard Kjellmann. Det er uvist, hvem der skal konfirmeres. Det er uvist hvem gamle Møller er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens far og brødre har været på jagt. Der skal snart være konfirmation. Vilhelmine Larsen vil gerne høre, hvad Johannes synes om at tegne efter klodser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VQBE</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 14 September 1886
+Min egen kjære Johannes!
+Du kan rigtignok tro at Fader blev glad Du saa hurtig er færdig med Geometrien, Gud Fader velsigne din Gjerning mit Barn;
+Jeg sidder her paa Kontoret for Fader og Georg er ude paa Hønsejagt gamle Tiras blev som ung igjen da Fader tog Bøssen frem de gik imorges og fik 3 Høns men saa blev der Middag og Kaffe og afsted igjen med Forøgelse af Vilhelm og Peder Larsen
+Din lille Fugl har det godt han spiser og synger lystigt – har jeg fortalt dig at vores ene smukke Rude i Gangdøren blev slaaet itu Festdagen ved et Lufttryk var det ikke kjedeligt.
+Vi skal hilse fra Fru Markusen hun var her forleden med de smaa Piger og kom i dag for at sige Farvel til os – her var Brev fra Moster Sofie det var godt med Deres Helbred og de havde faaet Brev fra Alfred – han var rask trods det gode Vejr var han ikke søstærk endnu – muligen ”Rigmor” kommer til Kjerteminde med Kul
+det var jo en sand Svir for Sødskenden Eckardt, om de kunde samles saamange til Konfirmationen Moster Sophie kommer ikke hun tør ikke for sit Helbred og det var jo ogsaa skrækkeligt skulde hun komme til at miste det gode Helbred hun nu har faaet – de havde været til Kirkeconsert og moret sig godt og jeg tror nok de i det hele taget befinder dem vel derovre, gamle Kjelmann er ved at dø og er meget lidende der blev bedt for ham fra Prædikestolen
+Nu som jeg sad saa jeg Kristian Iversen i bedste Velstaande og Rasmus kan jeg hilse fra han har Neriumen deromme i Drivhuset om den vil blomstre til [overstreget] Julen jeg vrøvler jo jeg mener Confirmationen jeg kan dog ikke vide om der ikke skal komme Brev fra Amerika til den Tid ogsaa
+Jeg glæder mig over at Du spadserer i dette mageløse Efteraarsvejr, der stod om en Masse Tilskuere ved Sortedams Søen for at se de sorte Svaner slaaes – har du ikke været saa heldig Johannes det var saa hæftige Kampe at der maatte Mænd i Baade ud for at skille dem ad
+min lille Ven skriv snart og fortæl mig hvad du synes om at tegne efter Klodser fortæl mig endelig en Heel stor Mængde om Dig selv; og le mig nu ikke ud fordi jeg skriver heel med stort for dette at vide noget om Dig er en [Sørejse?]; for resten maae jeg gjøre Dig opmærksom paa at vide ikke skrives hvid som du gjorde forleden min Slump vær dog forsigtig og husk naar Du saadan med Salvelse siger gagge jeg har taget Prælemineren saa maa der ingen Fejl komme, nu forstaar du mig nok 
+Johannes skulle du skrive fejl til til mig gjør det ikke saameget 
+hvad synes Du om dine Husfæller fortæl mig lidt derom det var jo ganske overraskende at gamle Møller er borte med Alle; ja det fortalte Margrethe mig – Hils nu endelig Frøken Bendal imorgen skal hun have det længe ventede Brev vi ere Alle raske og haaber du er ligesaa Lev vel og Gud bevare dig min Skat nu og altid velsigne dig og styrke Dig til din Gjerning
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1903-11-10</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Italien
+Genua
+Hotel Eden</t>
+  </si>
+  <si>
+    <t>Kærbyhus var Christine Swanes forældres hjem i Kerteminde, efter at de måtte afhænde købmandsgården, Langegade 50, pga. svigtende økonomi. 
+Astrid Warberg var i huset hos Bernhard og Emma Hirschsprung i 1903-1904. Hun var med dem i Italien i efteråret og julen 1903.
+Efter en tid at have været kæreste med stud. med. Peter Bichel, gjorde Astrid forholdet forbi.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane til Astrid W-G, 1903-11-10, 2414</t>
+  </si>
+  <si>
+    <t>Christine Swane føler med Astrid. Det er en stor beslutning at binde sig til et andet menneske, og der går sommetider år. Mon ikke Astrid genvinder troen på sig selv? Rejsen vil nok også hjælpe, og når Astrid kommer hjem, ser hun sikkert lysere på alt. Astrid må huske, at Christine er hendes ven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adrs: Hr. Hirschsprung
+Hotel Eden
+Nervi – Genua
+Italien.
+[Håndskrevet på kuvertens bagside af ukendt person:]
+fra Las’ søster, Christine Swane, f. Larsen
+Poststempel
+[I brevet:]
+“Kærbyhus” den 10-11 1903.
+Min kære lille Dis!
+Vær sikker paa at jeg føler med Dig. Hvad tror Du dog jeg bryder mig om hvad der saa end [”saa end” indsat over linjen] vil blive sagt om Dig, vi er jo Venner ikke sandt? Og Du ved godt jeg holder af Dig, dette skal da ikke skille os men det ved Du [”Du” indsat over linjen] alt sammen ikke. Og naar Du siger mig Du har handlet som Du maatte handle, saa forstaar jeg Dig. Men lille Dis tror Du ikke der skal meget til for at kunde være sikker, mest af alt for at kunde være sikker paa sig selv: Jeg synes der maa År til for at blive sikker paa om man tør binde sig til et andet Menneske, men naturligvis, det er vel noget som er forskelligt for hvert [”hvert” overstreget] De forskellige Mennesker. Du spørger om jeg ikke synes, man mister Troen paa sig selv, jo desværre det synes jeg, men maaske den kan komme igen lille Dis. Jeg tænkte paa at skrive til Dig da jeg hørte om Din snarlige Afrejse, det glædede mig meget at Du skulde ud at rejse, nu ved jeg det vil hjælpe Dig over meget. Hjælpe Dig til at komme til Klarhed over Dig selv. Du skal se lille Dis naar Du kommer hjem igen ser Du nok lysere paa det Hele. Lille Dis selv om mine fat[t]ige Ord ikke kan hjælpe Dig saa ved Du at jeg er Din Ven hvad der saa end sker. – Tak for dit Brev og Udklippet og fordi Du holder lidt af mig. Hav det godt, mange Hilsner din Ven
+Uglen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3442,59 +3546,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yFtw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Els" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yWfG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JOaj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2D5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3l5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZDOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n6wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IIhi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nPmU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OB0G3oj0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yFtw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Els" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FiCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DVRe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bjvS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0xlR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rwb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HYYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M67"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3526,2957 +3630,3045 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="F3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="D4" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="I4" s="5"/>
-[...5 lines deleted...]
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="s">
-        <v>18</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>22</v>
+        <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>52</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>53</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5"/>
-      <c r="J6" s="5" t="s">
-        <v>53</v>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="M6" s="5" t="s">
         <v>56</v>
       </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>61</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>71</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="I8" s="5"/>
+        <v>72</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>73</v>
+      </c>
       <c r="J8" s="5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>28</v>
-[...12 lines deleted...]
-        </is>
+        <v>58</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F10" s="5" t="s">
-        <v>80</v>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>27</v>
-[...9 lines deleted...]
-        </is>
+        <v>70</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>44</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>109</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="G15" s="5" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>51</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>133</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>134</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>28</v>
+        <v>59</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>142</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>137</v>
+        <v>64</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>28</v>
-[...12 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>149</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>144</v>
+        <v>64</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G19" s="5" t="s">
+        <v>156</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>27</v>
+        <v>163</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>18</v>
+        <v>164</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>29</v>
+        <v>165</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>157</v>
+        <v>168</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>158</v>
+        <v>169</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>159</v>
+        <v>170</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>160</v>
+        <v>171</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>51</v>
+        <v>173</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F21" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>163</v>
+        <v>176</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>164</v>
+        <v>177</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>165</v>
+        <v>178</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>166</v>
+        <v>179</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>16</v>
+        <v>182</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>18</v>
+        <v>93</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>169</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>22</v>
+        <v>185</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>172</v>
+        <v>186</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>173</v>
+        <v>187</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>174</v>
+        <v>188</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>175</v>
+        <v>189</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>71</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>190</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>176</v>
+        <v>191</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>177</v>
+        <v>192</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>181</v>
+        <v>196</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>51</v>
+        <v>107</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>18</v>
+        <v>198</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
-        <v>183</v>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>59</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="s">
-        <v>190</v>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>191</v>
+        <v>205</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>193</v>
+        <v>207</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>194</v>
+        <v>208</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>195</v>
+        <v>209</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>196</v>
+        <v>210</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>198</v>
-[...7 lines deleted...]
-        </is>
+        <v>212</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>200</v>
+        <v>214</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>201</v>
+        <v>215</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>202</v>
+        <v>64</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>203</v>
+        <v>216</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>204</v>
+        <v>217</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>51</v>
+        <v>220</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
-        <v>207</v>
+        <v>221</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>209</v>
+        <v>223</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>210</v>
+        <v>224</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>211</v>
+        <v>225</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>213</v>
+        <v>227</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>15</v>
+        <v>228</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>17</v>
+        <v>230</v>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>221</v>
+        <v>237</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="s">
-        <v>222</v>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>22</v>
+        <v>240</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>225</v>
+        <v>241</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>226</v>
+        <v>242</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>227</v>
+        <v>243</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>228</v>
+        <v>244</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>28</v>
+        <v>133</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>229</v>
+        <v>125</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>134</v>
+        <v>245</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>230</v>
+        <v>246</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>231</v>
+        <v>247</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>233</v>
+        <v>249</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>234</v>
+        <v>250</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>235</v>
+        <v>251</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>236</v>
+        <v>252</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>29</v>
+        <v>125</v>
       </c>
       <c r="G31" s="5" t="s">
-        <v>238</v>
+        <v>254</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>16</v>
+        <v>255</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>120</v>
+        <v>257</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>240</v>
+        <v>258</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>241</v>
+        <v>259</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>242</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>236</v>
+        <v>261</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>243</v>
+        <v>133</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>237</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>134</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>244</v>
+        <v>262</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>245</v>
+        <v>263</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>246</v>
+        <v>264</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>247</v>
+        <v>265</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>248</v>
+        <v>266</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>249</v>
+        <v>267</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>250</v>
+        <v>268</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>116</v>
+        <v>60</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>125</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>253</v>
+        <v>269</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>254</v>
+        <v>270</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>120</v>
+        <v>271</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>255</v>
+        <v>272</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>257</v>
+        <v>274</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>258</v>
+        <v>275</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>259</v>
+        <v>58</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>261</v>
+        <v>276</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>262</v>
+        <v>277</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>264</v>
+        <v>279</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>265</v>
+        <v>280</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>266</v>
+        <v>281</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>268</v>
+        <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>17</v>
+        <v>283</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>18</v>
+        <v>284</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>269</v>
+        <v>285</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>270</v>
+        <v>286</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>120</v>
+        <v>287</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>271</v>
+        <v>288</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>272</v>
+        <v>289</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>273</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>274</v>
+        <v>291</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>275</v>
+        <v>69</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>51</v>
+        <v>182</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>277</v>
+        <v>293</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>120</v>
+        <v>294</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>280</v>
+        <v>297</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>281</v>
+        <v>298</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>299</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>282</v>
+        <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>283</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>300</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>285</v>
+        <v>301</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>288</v>
+        <v>304</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>289</v>
+        <v>305</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>290</v>
+        <v>306</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>291</v>
+        <v>307</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>197</v>
+        <v>308</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>293</v>
+        <v>311</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>294</v>
+        <v>312</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>295</v>
+        <v>313</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>296</v>
+        <v>314</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>298</v>
+        <v>316</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>268</v>
-[...10 lines deleted...]
-        </is>
+        <v>229</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>317</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>300</v>
+        <v>318</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>301</v>
+        <v>319</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>120</v>
+        <v>74</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>302</v>
+        <v>320</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>303</v>
+        <v>321</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>304</v>
+        <v>322</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>305</v>
+        <v>323</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>306</v>
+        <v>324</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>307</v>
+        <v>60</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>325</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
-        <v>310</v>
+        <v>326</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>311</v>
+        <v>327</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>312</v>
+        <v>328</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>313</v>
+        <v>329</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>314</v>
+        <v>330</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>331</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>27</v>
+        <v>58</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>315</v>
+        <v>59</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>29</v>
-[...7 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>317</v>
+        <v>333</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>318</v>
+        <v>334</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>319</v>
+        <v>64</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>320</v>
+        <v>335</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>321</v>
+        <v>336</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>322</v>
+        <v>337</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>323</v>
+        <v>338</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>339</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>275</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>59</v>
+      </c>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F42" s="5" t="s">
-        <v>324</v>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>340</v>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K42" s="5" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>329</v>
-[...3 lines deleted...]
-      </c>
+        <v>342</v>
+      </c>
+      <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>331</v>
+        <v>343</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>268</v>
+        <v>59</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>315</v>
+        <v>58</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>71</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H43" s="5" t="s">
+        <v>344</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>335</v>
+        <v>64</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>15</v>
+        <v>58</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>16</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>347</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>357</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>348</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>349</v>
+        <v>358</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>350</v>
+        <v>359</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>22</v>
+        <v>360</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>275</v>
+        <v>173</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>27</v>
-[...4 lines deleted...]
-        </is>
+        <v>58</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>357</v>
+        <v>74</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>358</v>
+        <v>367</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>359</v>
+        <v>368</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>361</v>
+        <v>370</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...9 lines deleted...]
-        <v>363</v>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>22</v>
+        <v>373</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>315</v>
+        <v>58</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>371</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>379</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>372</v>
+        <v>59</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>374</v>
+        <v>74</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>315</v>
+        <v>384</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>379</v>
+        <v>378</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>387</v>
+        <v>24</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>16</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>388</v>
+        <v>229</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>397</v>
+        <v>71</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="I51" s="5"/>
+      <c r="J51" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="K51" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="J51" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>400</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="5" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>27</v>
+        <v>133</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>315</v>
+        <v>16</v>
       </c>
       <c r="E52" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="F52" s="5" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>405</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>406</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>407</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>408</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>409</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>411</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>315</v>
+        <v>58</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>27</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>413</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="I53" s="5"/>
+        <v>414</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>415</v>
+      </c>
       <c r="J53" s="5" t="s">
-        <v>413</v>
+        <v>74</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>22</v>
+        <v>64</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>424</v>
+        <v>58</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>426</v>
+        <v>16</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>430</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>431</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>27</v>
+        <v>133</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="I56" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="E56" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>437</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>438</v>
-      </c>
-[...4 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>443</v>
       </c>
-      <c r="F57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="H57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>445</v>
       </c>
-      <c r="I57" s="5" t="s">
+      <c r="M57" s="5" t="s">
         <v>446</v>
-      </c>
-[...10 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="I58" s="5" t="s">
         <v>450</v>
       </c>
-      <c r="B58" s="5" t="s">
+      <c r="J58" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>451</v>
       </c>
-      <c r="C58" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>452</v>
       </c>
-      <c r="I58" s="5"/>
-[...5 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="L58" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>455</v>
+        <v>454</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>16</v>
+        <v>58</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>59</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="H59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>457</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="J59" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="K59" s="5" t="s">
         <v>458</v>
       </c>
-      <c r="J59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>459</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>66</v>
+        <v>173</v>
       </c>
       <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>466</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="M60" s="5" t="s">
         <v>467</v>
-      </c>
-[...7 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>471</v>
+        <v>468</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>16</v>
+        <v>469</v>
       </c>
       <c r="D61" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>472</v>
       </c>
-      <c r="E61" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G61" s="5" t="s">
+      <c r="I61" s="5" t="s">
         <v>473</v>
       </c>
-      <c r="H61" s="5" t="s">
+      <c r="J61" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="K61" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="J61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K61" s="5" t="s">
+      <c r="L61" s="6" t="s">
         <v>476</v>
       </c>
-      <c r="L61" s="6" t="s">
+      <c r="M61" s="5" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>479</v>
+        <v>478</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>197</v>
+        <v>16</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>434</v>
-[...9 lines deleted...]
-        </is>
+        <v>133</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="I62" s="5" t="s">
         <v>480</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="K62" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="K62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>483</v>
       </c>
-      <c r="L62" s="6" t="s">
+      <c r="M62" s="5" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>486</v>
+        <v>485</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>197</v>
+        <v>16</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>434</v>
+        <v>133</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F63" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="I63" s="5" t="s">
         <v>487</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="J63" s="5" t="s">
         <v>488</v>
       </c>
-      <c r="J63" s="5" t="s">
+      <c r="K63" s="5" t="s">
         <v>489</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>490</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>491</v>
-      </c>
-[...1 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>496</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="K64" s="5" t="s">
         <v>497</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>498</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>501</v>
+        <v>500</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>502</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E65" s="5" t="s">
+      <c r="I65" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="F65" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="J65" s="5" t="s">
         <v>504</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="K65" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="J65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>506</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>507</v>
-      </c>
-[...4 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="I66" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="E66" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>512</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>514</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>515</v>
-      </c>
-[...4 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>472</v>
+        <v>24</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>517</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="I67" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>522</v>
+        <v>523</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>538</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6504,44 +6696,46 @@
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
+    <hyperlink ref="M68" r:id="rId73"/>
+    <hyperlink ref="M69" r:id="rId74"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>