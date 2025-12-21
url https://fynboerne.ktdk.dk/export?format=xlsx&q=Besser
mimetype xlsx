--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1678" uniqueCount="1067" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1688" uniqueCount="1074" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4401,50 +4401,90 @@
   </si>
   <si>
     <t>Franz GIersing
 Johanne Giersing
 Thomas Jensen
 - Marstrand
 Marie Schou
 Anna Louise Syberg
 Ernst Syberg</t>
   </si>
   <si>
     <t>Fritz Syberg havde på dette tidspunkt i flere år haft planer om at male Else og Johannes V. Jensen i deres feriebolig i Tibirke.</t>
   </si>
   <si>
     <t>Fritz Syberg har huset fuldt af børn og gæster nogle dage, og andre dage er han og Marie alene. Franz/Trylle samt Thomas Jensen er lige nu i Tyskland til noget musikhistorisk træf. Syberg har tænkt at holde fast i at besøge Jensen fx. fra 31. juli og male på portræt(ter) af dem. Lige nu er blandt andre Johanne/Besse og hendes søn på Pilegården.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bKZr</t>
   </si>
   <si>
     <t>Pilegaarden 26-7-29.
 Kære Johannes V. og Else.
 Vi har jo havt en dejlig Sommer siden vi saas sidst, jeg haaber den har bekommet Jer vel. I øvrigt er det en urolig Feri[e]tid i Aar, [i] hvert Fald herovre. Børnene kommer og gaar, snart er vi Huset fuldt, snart er Marie og jeg alene. I Øjeblikket er Trylle og Besses Mand Thomas Jensen i Baden-Baden for at overvære en Uges Musikhistorie af en eller anden, eller rettere af flere forskællige Arter, og jeg venter dem ikke tilbage før først i August. Derimod venter vi et større Besøg sidst i Juli. Men hvordan det nu falder ud, har jeg tænkt at fastholde min Plan om at tage op til Jer om [”om” overstreget] f. Eks. den 31 Juli og tage et Livtag med Billederne indtil I rejser til Kbhvn, hvis det da ellers passer Jer?
 I Øjeblikket er her ikke andre end Rille, Besse, hendes Dreng, Rabbe og Fru Marstrand Men de har alle et velsignet Humør og fylder Landskabet med Latter og højrøstet Tale, men tror virkelig at vor Klode er et godt Sted. Hils! – Marie beder hilse.
 Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
   </si>
   <si>
     <t>1929-10-24</t>
   </si>
   <si>
     <t>Anna Louise Syberg</t>
   </si>
   <si>
     <t>Johanne Giersing
 - Hillingsøe
 Hans  Syberg
 Kirsten Syberg
 Ulla Syberg</t>
   </si>
   <si>
     <t>Eftersom brevet er underskrevet "Far", må det være stilet til et af Fritz Sybergs børn. Kælenavnet Rulser kendes ikke umiddelbart fra andet Syberg-materiale. Hans og Johanne er omtalt i brevet. Clara var død i 1929. Den eneste af de resterende, der havde fødselsdag i oktober, var Anna Louise/Rabbe. Man må formode, at hun opholdt sig hos Hans og Ulla Syberg, eftersom Fritz beder hende hilse dem.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, No. 2, 1239</t>
   </si>
   <si>
     <t>Kunsthandler Hillingsøe vil komme hjem til Hans og se på billeder. Fritz Syberg sender prisoversigt. Hvis Hans er i tvivl, må Hillingsøe ringe eller skrive til Fritz Syberg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M6zq</t>
@@ -6011,59 +6051,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M166"/>
+  <dimension ref="A1:M167"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -11938,685 +11978,687 @@
       </c>
       <c r="I131" s="5" t="s">
         <v>816</v>
       </c>
       <c r="J131" s="5" t="s">
         <v>212</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>817</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>818</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>820</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>97</v>
+        <v>138</v>
       </c>
       <c r="D132" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H132" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="E132" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H132" s="5" t="s">
+      <c r="I132" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="I132" s="5" t="s">
+      <c r="J132" s="5" t="s">
         <v>823</v>
       </c>
-      <c r="J132" s="5" t="s">
+      <c r="K132" s="5" t="s">
         <v>824</v>
       </c>
-      <c r="K132" s="5" t="s">
+      <c r="L132" s="6" t="s">
         <v>825</v>
       </c>
-      <c r="L132" s="6" t="s">
+      <c r="M132" s="5" t="s">
         <v>826</v>
-      </c>
-[...1 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>828</v>
+        <v>827</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>459</v>
+        <v>828</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F133" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="s">
         <v>829</v>
       </c>
-      <c r="G133" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H133" s="5" t="s">
+      <c r="I133" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="I133" s="5" t="s">
+      <c r="J133" s="5" t="s">
         <v>831</v>
       </c>
-      <c r="J133" s="5" t="s">
+      <c r="K133" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="K133" s="5" t="s">
+      <c r="L133" s="6" t="s">
         <v>833</v>
       </c>
-      <c r="L133" s="6" t="s">
+      <c r="M133" s="5" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>836</v>
+        <v>835</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>360</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>208</v>
+        <v>459</v>
       </c>
       <c r="E134" s="5" t="s">
-        <v>77</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>836</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
         <v>837</v>
       </c>
       <c r="I134" s="5" t="s">
         <v>838</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>212</v>
+        <v>839</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>603</v>
+        <v>77</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="K135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K135" s="5" t="s">
+        <v>846</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>581</v>
+        <v>217</v>
       </c>
       <c r="E136" s="5" t="s">
-        <v>77</v>
+        <v>603</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G136" s="5" t="s">
-        <v>848</v>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="K136" s="5" t="s">
-        <v>851</v>
+      <c r="K136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L136" s="6" t="s">
         <v>852</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>853</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
         <v>854</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>636</v>
+        <v>97</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>650</v>
-[...4 lines deleted...]
-        </is>
+        <v>581</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G137" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G137" s="5" t="s">
+        <v>855</v>
       </c>
       <c r="H137" s="5" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>857</v>
+        <v>212</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>858</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>859</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>860</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>861</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>97</v>
+        <v>636</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>515</v>
+        <v>650</v>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
         <v>862</v>
       </c>
-      <c r="I138" s="5"/>
+      <c r="I138" s="5" t="s">
+        <v>863</v>
+      </c>
       <c r="J138" s="5" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>636</v>
+        <v>459</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>868</v>
+        <v>515</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
         <v>869</v>
       </c>
-      <c r="I139" s="5" t="s">
+      <c r="I139" s="5"/>
+      <c r="J139" s="5" t="s">
         <v>870</v>
       </c>
-      <c r="J139" s="5" t="s">
+      <c r="K139" s="5" t="s">
         <v>871</v>
       </c>
-      <c r="K139" s="5" t="s">
+      <c r="L139" s="6" t="s">
         <v>872</v>
       </c>
-      <c r="L139" s="6" t="s">
+      <c r="M139" s="5" t="s">
         <v>873</v>
-      </c>
-[...1 lines deleted...]
-        <v>874</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>875</v>
+        <v>874</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
         <v>876</v>
       </c>
-      <c r="D140" s="5" t="s">
+      <c r="I140" s="5" t="s">
         <v>877</v>
       </c>
-      <c r="E140" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H140" s="5" t="s">
+      <c r="J140" s="5" t="s">
         <v>878</v>
-      </c>
-[...2 lines deleted...]
-        <v>857</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>879</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>880</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>882</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>16</v>
+        <v>883</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>883</v>
+        <v>884</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>884</v>
-[...1 lines deleted...]
-      <c r="I141" s="5" t="s">
         <v>885</v>
       </c>
+      <c r="I141" s="5"/>
       <c r="J141" s="5" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>886</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>887</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>889</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>217</v>
+        <v>636</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>603</v>
+        <v>890</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>212</v>
+        <v>878</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>217</v>
       </c>
       <c r="E143" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>212</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>459</v>
+        <v>217</v>
       </c>
       <c r="E144" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>904</v>
+        <v>212</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>905</v>
       </c>
       <c r="L144" s="6" t="s">
         <v>906</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>907</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
         <v>908</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>459</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>515</v>
+        <v>603</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
         <v>909</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>910</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>911</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>912</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>913</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>914</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
         <v>915</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D146" s="5" t="s">
         <v>459</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>603</v>
+        <v>515</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
         <v>916</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>917</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>918</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>919</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>920</v>
@@ -12662,889 +12704,934 @@
       </c>
       <c r="K147" s="5" t="s">
         <v>926</v>
       </c>
       <c r="L147" s="6" t="s">
         <v>927</v>
       </c>
       <c r="M147" s="5" t="s">
         <v>928</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
         <v>929</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D148" s="5" t="s">
         <v>459</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>515</v>
+        <v>603</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
         <v>930</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>931</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>932</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>933</v>
       </c>
       <c r="L148" s="6" t="s">
         <v>934</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>935</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
         <v>936</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>650</v>
+        <v>459</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>17</v>
+        <v>515</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
         <v>937</v>
       </c>
       <c r="I149" s="5" t="s">
         <v>938</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>871</v>
+        <v>939</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>636</v>
+        <v>16</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>650</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>857</v>
+        <v>878</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>162</v>
+        <v>636</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>147</v>
-[...2 lines deleted...]
-        <v>949</v>
+        <v>16</v>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
         <v>950</v>
       </c>
       <c r="I151" s="5" t="s">
         <v>951</v>
       </c>
       <c r="J151" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="K151" s="5" t="s">
         <v>952</v>
       </c>
-      <c r="K151" s="5" t="s">
+      <c r="L151" s="6" t="s">
         <v>953</v>
       </c>
-      <c r="L151" s="6" t="s">
+      <c r="M151" s="5" t="s">
         <v>954</v>
-      </c>
-[...1 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>956</v>
+        <v>955</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D152" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="E152" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
         <v>957</v>
       </c>
-      <c r="D152" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H152" s="5" t="s">
+      <c r="I152" s="5" t="s">
         <v>958</v>
       </c>
-      <c r="I152" s="5" t="s">
+      <c r="J152" s="5" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
       <c r="K152" s="5" t="s">
         <v>960</v>
       </c>
       <c r="L152" s="6" t="s">
         <v>961</v>
       </c>
       <c r="M152" s="5" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
         <v>963</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>16</v>
+        <v>964</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>650</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>17</v>
+        <v>658</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>970</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H154" s="5" t="s">
         <v>971</v>
       </c>
-      <c r="E154" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H154" s="5" t="s">
+      <c r="I154" s="5" t="s">
         <v>972</v>
       </c>
-      <c r="I154" s="5" t="s">
+      <c r="J154" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="K154" s="5" t="s">
         <v>973</v>
       </c>
-      <c r="J154" s="5" t="s">
+      <c r="L154" s="6" t="s">
         <v>974</v>
       </c>
-      <c r="K154" s="5" t="s">
+      <c r="M154" s="5" t="s">
         <v>975</v>
-      </c>
-[...4 lines deleted...]
-        <v>977</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>978</v>
+        <v>976</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>97</v>
+        <v>977</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>459</v>
+        <v>978</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>603</v>
+        <v>515</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
         <v>979</v>
       </c>
       <c r="I155" s="5" t="s">
         <v>980</v>
       </c>
       <c r="J155" s="5" t="s">
         <v>981</v>
       </c>
       <c r="K155" s="5" t="s">
         <v>982</v>
       </c>
       <c r="L155" s="6" t="s">
         <v>983</v>
       </c>
       <c r="M155" s="5" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
         <v>985</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>493</v>
+        <v>459</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
         <v>986</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>987</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>988</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>989</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>990</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>991</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
         <v>992</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>459</v>
+        <v>493</v>
       </c>
       <c r="E157" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="F157" s="5" t="s">
+      <c r="F157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H157" s="5" t="s">
         <v>993</v>
       </c>
-      <c r="G157" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H157" s="5" t="s">
+      <c r="I157" s="5" t="s">
         <v>994</v>
       </c>
-      <c r="I157" s="5" t="s">
+      <c r="J157" s="5" t="s">
         <v>995</v>
       </c>
-      <c r="J157" s="5" t="s">
+      <c r="K157" s="5" t="s">
         <v>996</v>
       </c>
-      <c r="K157" s="5" t="s">
+      <c r="L157" s="6" t="s">
         <v>997</v>
       </c>
-      <c r="L157" s="6" t="s">
+      <c r="M157" s="5" t="s">
         <v>998</v>
-      </c>
-[...1 lines deleted...]
-        <v>999</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1000</v>
+        <v>999</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>493</v>
+        <v>459</v>
       </c>
       <c r="E158" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="F158" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F158" s="5" t="s">
+        <v>1000</v>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
         <v>1001</v>
       </c>
       <c r="I158" s="5" t="s">
         <v>1002</v>
       </c>
       <c r="J158" s="5" t="s">
         <v>1003</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>1004</v>
       </c>
       <c r="L158" s="6" t="s">
         <v>1005</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1000</v>
+        <v>1007</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>459</v>
+        <v>493</v>
       </c>
       <c r="E159" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>97</v>
       </c>
       <c r="D160" s="5" t="s">
         <v>459</v>
       </c>
       <c r="E160" s="5" t="s">
         <v>603</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
         <v>1014</v>
       </c>
       <c r="I160" s="5" t="s">
         <v>1015</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="K160" s="5" t="s">
         <v>1017</v>
       </c>
       <c r="L160" s="6" t="s">
         <v>1018</v>
       </c>
       <c r="M160" s="5" t="s">
         <v>1019</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
         <v>1020</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D161" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="E161" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H161" s="5" t="s">
         <v>1021</v>
       </c>
-      <c r="D161" s="5" t="s">
+      <c r="I161" s="5" t="s">
         <v>1022</v>
       </c>
-      <c r="E161" s="5" t="s">
+      <c r="J161" s="5" t="s">
         <v>1023</v>
       </c>
-      <c r="F161" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H161" s="5" t="s">
+      <c r="K161" s="5" t="s">
         <v>1024</v>
       </c>
-      <c r="I161" s="5" t="s">
+      <c r="L161" s="6" t="s">
         <v>1025</v>
       </c>
-      <c r="J161" s="5" t="s">
+      <c r="M161" s="5" t="s">
         <v>1026</v>
-      </c>
-[...7 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1030</v>
+        <v>1027</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>957</v>
+        <v>1028</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>650</v>
-[...4 lines deleted...]
-        </is>
+        <v>1029</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>1030</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H162" s="5" t="s">
+        <v>1031</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>857</v>
+        <v>1033</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>1036</v>
+        <v>964</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>1037</v>
+        <v>650</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H163" s="5" t="s">
+      <c r="H163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I163" s="5" t="s">
         <v>1038</v>
       </c>
-      <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="K163" s="5" t="s">
         <v>1039</v>
       </c>
-      <c r="K163" s="5" t="s">
+      <c r="L163" s="6" t="s">
         <v>1040</v>
       </c>
-      <c r="L163" s="6" t="s">
+      <c r="M163" s="5" t="s">
         <v>1041</v>
-      </c>
-[...1 lines deleted...]
-        <v>1042</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1043</v>
+        <v>1042</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>76</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1044</v>
-[...1 lines deleted...]
-      <c r="I164" s="5" t="s">
         <v>1045</v>
       </c>
+      <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
         <v>1046</v>
       </c>
       <c r="K164" s="5" t="s">
         <v>1047</v>
       </c>
       <c r="L164" s="6" t="s">
         <v>1048</v>
       </c>
       <c r="M164" s="5" t="s">
         <v>1049</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
         <v>1050</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D165" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
         <v>1051</v>
       </c>
-      <c r="D165" s="5" t="s">
+      <c r="I165" s="5" t="s">
         <v>1052</v>
       </c>
-      <c r="E165" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H165" s="5" t="s">
+      <c r="J165" s="5" t="s">
         <v>1053</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="K165" s="5" t="s">
         <v>1054</v>
       </c>
-      <c r="J165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1055</v>
       </c>
-      <c r="K165" s="5" t="s">
+      <c r="M165" s="5" t="s">
         <v>1056</v>
-      </c>
-[...4 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E166" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1061</v>
+      </c>
+      <c r="J166" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="K166" s="5" t="s">
+        <v>1063</v>
+      </c>
+      <c r="L166" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="M166" s="5" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="5" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B167" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C167" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="D166" s="5" t="s">
+      <c r="D167" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="E166" s="5" t="s">
-[...26 lines deleted...]
-        <v>1066</v>
+      <c r="E167" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1069</v>
+      </c>
+      <c r="J167" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K167" s="5" t="s">
+        <v>1071</v>
+      </c>
+      <c r="L167" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M167" s="5" t="s">
+        <v>1073</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13671,44 +13758,45 @@
     <hyperlink ref="M142" r:id="rId147"/>
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
+    <hyperlink ref="M167" r:id="rId172"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>