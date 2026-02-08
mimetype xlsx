--- v1 (2025-12-21)
+++ v2 (2026-02-08)
@@ -5,843 +5,260 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1688" uniqueCount="1074" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1884-10-27</t>
+    <t>1922-05-24</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Vilhelmine  Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Kerteminde</t>
-[...17 lines deleted...]
-Niels Voller</t>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Besser</t>
+  </si>
+  <si>
+    <t>Besser
+Nordby, Samsø</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
-    <t>Johannes Larsen har bedt om nogle portrætter af forældrene, og det skal han få. I A Larsen kommer til København i november.</t>
-[...97 lines deleted...]
-    <t>Höljeryd 25 August 1896.
+    <t>Johannes Larsen beder Alhed Larsen sende nogle silkeskjorter til Samsø, hvor det er blevet varmt vejr. Han er spændt på, om sønnen Puf kommer derover. Det har været tordenvejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OpS1</t>
+  </si>
+  <si>
+    <t>Besser 24 Maj 1922.
 Kæreste Alhed!
-Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
-[...68 lines deleted...]
-    <t>Kjerteminde 18 Novbr. 1896.
+Jeg er meget spændt paa om Puf kommer, for saa maa det vel blive i Mrg med Odense Damperen. Du maa endelig sende et Par Silkeskjorter med Rylen, for sikken Varme det nu er bleven, jeg kan vist ikke klare mig i Længden i de blaa. I Dag skal vi vist op til Nordby. Det var Tordenvejr i Gaar Mrg. og i Aftes og i Nat lynede og tordnede det stærkt. Jeg synes der var noget mere foruden Skjorterne men det gaar mig saadan hver Dag at jeg kommer i Tanker om et eller andet og naar jeg saa skal skrive saa er det glemt. Det er dejligt det er bleven saa varmt. Mange kærlige Hilsner 
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1922-05-27</t>
+  </si>
+  <si>
+    <t>Besser, Samsø
+Nordby, Samsø
+Stavnsfjord, Samsø
+Henne, 5453 Henne
+Ballen, Samsø</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på vej afsted på tur med skibet Rylen sammen med Achton Friis og Skipper Petersen. De skal lave forarbejde til bogværket De Danskes Øer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er stadig på Samsø, på den nordlige del af Øen og på øerne i Stavns Fjord. Han er meget begejstret for byen Nordby med alle frugttræerne, og han arbejder, cykler og går meget. 
+Han er meget skuffet over, at sønnen Andreas Larsen alligevel ikke kommer med Rylen. Han er nervøs for, om Alhed Larsen når at få brevet inden hendes afrejse til København. Han føler ikke, at han har tid til at skrive hver dag, men opfordrer kraftigt Alhed Larsen til at skrive brev dagligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9jSf</t>
+  </si>
+  <si>
+    <t>Besser 27/5 Lørdag 1922
 Kæreste Alhed!
-Skjønt der kun var [noget af papiret mangler] Kvarters Ophold [noget af papiret mangler] med Christine ly [noget af papiret mangler] hvordan de boede de [noget af papiret mangler] storartet Lejlighed [noget af papiret mangler] traf Deres Moder der [noget af papiret mangler] til Aften og kom i god Tid til Toget. Det var i det hele taget den behageligste Hjemrejse jeg endnu har haft, jeg kom til Ullerslev 5 ½, kørte med en Bondekarl fra Stationen til Ullerslev By og gik saa Resten og kom hjem saadan noget som 10 Minutter over 7 saa jeg kunde sidde og hvile mig 1 Time inden jeg [noget af papiret mangler] 
-[...539 lines deleted...]
-Du kommer til selv at reparere et Par Sting på Huen, - jeg er kommen bag efter med det</t>
+Tak for dit Brev, dateret Mandag som jeg fik i Aftes Kl 10 1/2 da vi kom Hjem fra Nordby hvor vi har været nogle Dage. Vi har det godt men strængt. I Gaar begyndte jeg at tegne Kl. 6 inden Kaffen og saa var vi ude i [ulæseligt ord] hvor jeg lavede en Tegning en Aquarel saa hjemme til Middag saa om Eftr ude paa den nordligste Spids hvorfra vi kom hjem Kl. Kl. 6 og spiste til Aften der efter en mindre Tur NØ langs Stien og Kl. 9 da vi kom tilbage til Nordby, ca 1 1/2 Mils Cykletur her til Besser. Jeg synes det er meget og det vilde Du vist ogsaa hvis Du saa det Landskab det foregår i, alligevel er jeg ikke videre træt til Mrg, saa jeg er altsaa kommen mig godt. Det første 8-10 Dage var jeg dødtræt hver Aften og om Mrg. med. I Dag skal vi rundt paa Øerne i Stavnsfjord og i Mrg kommer Rylen. 
+Jeg kan ikke se af Dit Brev hvornaar Du tænker at foretage den Kjøbenhavns Rejse. Jeg ved heller ikke hvornaar det er Pintse. Maaske er Du rejst naar dette kommer til Kjerteminde. Det er ikke nemt for mig at faa Tid til at skrive eller faa Breve af Sted til enhver Tid naar vi rakker saadan rundt, men Du maa endelig skrive tidt ligesom da jeg var i Henne. Jeg bliver saa glad ved at faa Brev fra Dig. Det var en stor Skuffelse for os at Puf ikke kom. Efter Dit sidste Brev havde vi sikkert ventet at se ham Torsdag. Hils dem alle sammen og skriv endelig tidt. Mange kærlige Hilsner 
+Din hengivne JL.
+Nordby var en dejlig By meget stor og tæt og næsten druknet i blomstrende Pæretræer. Der var ingen andre Træer i Byen end Frugttræer og ingen Buske uden Frugtbuske. En Mængde Morbærtræer.</t>
+  </si>
+  <si>
+    <t>1922-05-29</t>
+  </si>
+  <si>
+    <t>Besser, Samsø
+Hjortholm, Samsø
+Langøre, Samsø
+Møgelskaar, Samsø</t>
+  </si>
+  <si>
+    <t>Sigurd -</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på tur til øen Hjortholm ved det nordlige Samsø. Mens selskabet afventer Rylens ankomst, har de været på udflugt med en lokal lærer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/B3iq</t>
+  </si>
+  <si>
+    <t>Besser 29 Maj. 1922. Mandag.
+Kæreste Alhed.
+Tak for dit lange Brev, som laa her i Forgaars Aftes da vi kom hjem fra Hjortholm hvor vi havde været hele Dagen. Det er en dejlig Ø den største i Stavnsfjord. Jeg fik tegnet og malet lidt der, bl.a. en Ederfugl paa Reden, men det var et kedeligt Vejr det blæste en lille Storm hele Dagen. Forhaabentlig for vi bedre Vejr til resten af Øerne. I Dag er det igen godt Vejr og vi venter at Rylen kommer, vi cykler saa til Langøre og gaar om Bord. I Gaar var vi en Tur i Bil med en Lærer her der hedder Sigurd, ude ved noget der hedder Møgelskaar. Jeg har nu faaet lavet 30 Tegninger i Blokbogen og nogle Tegninger og do farvelagte i den mindre Skitsebog. 
+Mange kærlige Hilsner 
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t> 1. jun. 1922</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IsmqCYZO</t>
+  </si>
+  <si>
+    <t>20. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AsfY1lyZ</t>
+  </si>
+  <si>
+    <t>24. maj. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/61N6kNkx</t>
+  </si>
+  <si>
+    <t>13. maj - 15. juni 1922. </t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
+Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
+  </si>
+  <si>
+    <t>13. maj. 1922</t>
+  </si>
+  <si>
+    <t>Bentsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/moeuxMUl</t>
+  </si>
+  <si>
+    <t>21. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ft5uWdAb</t>
+  </si>
+  <si>
+    <t>26. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Kz3r8JCL</t>
+  </si>
+  <si>
+    <t> 2. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xg3d7YmI</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -892,228 +309,3871 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>17. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er særligt en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Rejsen beskrevet i denne dagbog foretages i perioden fra 17. juni til 24. juli 1924
+. . . .
+Bemærk at denne dagbogs første og sidste sider indeholder et samlet overblik over iagttagede fugle, med datidens latinske og danske artsbestemmelser.
+De gamle artsbestemmelser er alle kommenteret med nutidige danske og latinske betegnelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/A622cSGK</t>
+  </si>
+  <si>
+    <t>28. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9kvOQSVC</t>
+  </si>
+  <si>
+    <t>1942-04-10</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen fyldte 80 år 5. april 1942. Hun boede Enghaveplads 20 i København. 
+Det vides ikke, hvem Hjelmslevs og Besser var.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Elise Hansens runde fødselsdag er blevet fejret. Lille Alhed sad på skødet af Johannes Larsen under middagen, men hverken på dette tidspunkt eller et par dage efter kom hun sig over sin generthed og skyhed.
+Elena Larsen m.fl. tager til Kerteminde søndag. Hun har været på flere besøg hos familie og venner og desuden flere gange hos tandlægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dEZS</t>
+  </si>
+  <si>
+    <t>Fred. 10-4-42
+Kære Lysse!
+Det er rigtignok længe siden jeg har faaet mig en Snak med dig, Tiden iler aldeles forskrækkeligt. Først var der Mors Fødselsdag som forløb straalende med Gratulanter fra Morgenstunden og Stuerne efterhaanden som et Blomsterhav Om Aftenen Middag: Aspargessuppe Kalvefilet Ost og Hofdessert. Rødvin og Madeira. Senere Smørrebrød, Øl og Snaps. Jeres Telegram kom i det psykologiske Øjeblik da vi sad ved Desserten. Det var en festlig Aften og Las var meget tilfreds med sine nye Børnebørn. Han havde Alhed paa Skødet under hele Middagen, men hun var ikke nogen underholdende Borddame, hun sad med forskræmt og nedslagent Blik under hele Maaltidet uden at aabne Munden. Heller ikke da Las var her i Gaar havde hun overvunden sin Skyhed; skønt Las søgte at lokke for hende ved at brolægge Gulvet med 25 Ører, kunde han ikke faa hende lokket hen til sig. Paa Søndag bliver det nok til at vi rejser til Kjerteminde allesammen, Las vil gerne have os med og man kan jo ikke sige nej til ham. Jeg er ellers nervøs for at fjerne mig yderligere fra Båxhult. Jeg har truffet mange Mennesker, var hos Magisterens til Frokost i Mandags med Ungerne, der var alle Pigebørnene og Mudis Mand. 
+Saa var jeg hos Hjemslevs i Forgaars og i Gaar var jeg hos Hubert sammen med Preben Vilmann; det var svært hyggeligt at træffe dem igen og vi havde det som om vi havde truffets Dagen før. Hubert var sig selv lig. Han forsøgte at faa en Telefonsamtale med dig men det gik ikke. I Aften skal Mor og jeg sammen med Las til Middag hos Swane og i Morgen skal jeg i Teatret med Erna. Nu har du altsaa Repetoiret. Om Dagene gaar jeg til Tandlæge saa du kan se det er ikke lutter Pjank altsammen. Jeg har faaet 9 Huller færdige, saa nu mangler jeg vist kun 5. - Sikken et Foraarsvejr det er nu; jeg kan forstaa at ogsaa I maa have haft Stortø, for Peter skriver at Mælkebilen kører om Båxhult nu og det var altsaa umiddelbart efter at vi rejste. Peters Brev kom i Morges, det skal han have mange Tak for. Samtidig kom det Brev jeg skrev til Bessers Fødselsdag. Dét kom i Forgaars og Peters i Gaar; de kan aabenbart kun tage eet om Dagen. Naah, nu skal jeg til mine Tænders Pleje, saa Farvel med Jer.
+Masser af Hilsner fra
+Nissepigen.
+Jeg er nok hjemme inden I faar dette.
+Elena Larsen
+Enghaveplads 20 III</t>
+  </si>
+  <si>
+    <t>1943-07-09</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Bisserup pr. Rude</t>
+  </si>
+  <si>
+    <t>Saxo
+Axel  Bentzen
+Johannes Bjerg
+Christen Dalsgaard
+Einar Immanuel  Geert-Jørgensen
+Victor Haagen-Müller
+Aksel Jørgensen
+Vilhelm  Lauritzen
+Elisabeth Neuhaus
+Louise Neuhaus
+Henrik Raaschou-Nielsen
+Leo Svane, senior
+Lars Swane
+Leo Swane
+Sigurd  Swane
+Viggo Thorlacius-Ussing
+Frederik Vermehren
+Axel West
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8 lb 11.</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus henvender sig til Christine Swane, for at bede hende om at donere nogle billeder i forbindelse med oprettelsen af Sorø Kunstmuseum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7BK</t>
+  </si>
+  <si>
+    <t>p.t. Bisserup pr. Rude. Sjælland 9/7 1943
+Kære Ugle, når jeg skriver til dig i Dag, er det i Egenskab af Tigger. Ikke for mig selv, men for det nystiftede, nu i de sidste Dage af Maj oprettede Sorø Kunstmuseum, hvortil der søges kgl. Konfirmation på Fundatsen for at Museet i Løbet af et Aar eller to kan komme ind i rækken af Provinsmuseer – dels på Finansloven, og dels ved Carlsbergfondets Uddelinger. Museet er planlagt som det eneste Provinsmuseum for Kunst (udenfor Kbhvn.) på Sjælland af den Art, og dets Tilknytning til en stor offentlig Skole må give det en vis Betydning med Aarene, men Begyndelsen har været ualmindelig trang. ”Soransk Samfund” havde fået det næsten i Orden, da Krigen kom over os, og foreløbig forhindrede, at der blev bygget en selvstændig Museumsbygning på Akademiets Grund. Mange gamle Soranere havde givet Bidrag i Penge og Materialer, Arkitekt Vilh. Lauritsen havde tegnet den ny Bygning, som nok en Gang vil komme. Men alt dette forandredes i Eftersommeren 39, og vi har nu for at komme i Gang lejet egnede Lokaler overfor Akademiparken.
+Dem må vi foreløbig nøjes med, og den Sorø Akademi tilhørende udmærkede [”udmærkede” indsat over linjen] Samling af middelalderlig Træskulptur, som henligger i den såkaldte Saxos Celle i Klosterporten, og som skulle have dannet Grundlaget for Museet, tør vi foreløbig ikke røre ved. Men det, der er hængt op i Dag, er ikke helt at kimse af. Vi har søgt at finde frem ad de naturlige Veje gennem Kunstnere, som selv har gået på Sorø eller haft Fædre der [”eller haft Fædre der” indsat over linjen] og sådanne som har været Lærere der f. Ex Dalsgård ( og mig). Jeg nævner Axel Bentsen, som nu har haft sin Søn her, og Haagen Müller, som er Student herfra, hvad Zahrtmann og Vermehren også er. Bentsen og H-M har givet os Billeder. Ja hvem er nu ”Vi”. Det er først og fremmest Thorlacius-Ussing, som selv er Student fra Sorø, og som qua Kunsthistoriker er den drivende Kraft i Foretagendet, og så mig m.fl. Jeg mener naturligvis, at sligt kan i al Stilhed have stor Betydning for den Ungdom, der gror op. Desværre har vi været stærkt modarbejdede af vor nye Rektor – West – og næsten hele Lærerkollegiet, for jeg lever i en Ørken, hvad Kunst angår. Og der har og er stedse mange Modintriger. Derfor så jeg også gærne Museet opfyldt med en Række gode [”gode” indsat over linjen] moderne Billeder, så
+2
+at Ministeriet ikke kan knibe udenom. Og så har jeg tænkt på dig og foreslået Th. Ussing, at vi prøvede at spørge dig, om du kan tænke dig, at overlade Museet et Billede, og lade ham vælge et, du skal jo blot give ham et Par til Valg, og de behøver jo ikke at være store. Ussing bad mig i Foråret henvende mig til Bentzen, der svarede venligt og til S. Swane. Det sidste vilde jeg ikke. Men jeg ved, at Ussing, der aldrig selv vil henvende sig til Kunstnerne i slig Anledning, foranledigede, at Rektor Raaschou-Nielsen, der gik af for 2 Aar siden, og som i Modsætning til sin Efterfølger havde stor Interesse for Sagen, skrev til S. Swane, med det Resultat – som jeg havde forudsagt – at han aldrig fik noget Svar. Det var et stift Stykke, men når man er nærig som helt sagnagtigt er i og har den Kam, kan man jo intet vente, uden netop dog et Svar. Som altså end ikke kom, formentlig er Portoen for høj. Begrundelsen for Henv. Til S.S. – der jo nu er ved at blive så ringe som Maler – var, at hans Far var Student fra Sorø, og den kan jo også gælde dig på din Søns Vegne. Men jeg har måske vovet mig for langt ud, og du skal være helt frit stillet, blot tænker jeg at du vil svare mig hertil Bisserup pr. Rude, hvor L og jeg er i Juli i et lejet Hus, der hedder ”Lille Sterrede”. For at slutte om Museet, så blev det ”stiftet” i stor Højtidelighed af Undervisningsministeriets Repræsentant (fraværende Rektor West!) i Akademiets Festsal 29/5 i Overværelse af mange Honoratiores. Direktør Leo Swane der havde deponeret 6 Billeder (fra Eckersberg til Ring), Direktør Ussing, Aksel Jørgensen, Bjerg, Chr. Iversen og en lang Række Museumsinspektører o.a. Så det er som sagt en Begyndelse, jeg kender jo ingen Maler, dem jeg holdt af er mest døde og borte. Men så kom jeg – du vil tilgive mig – i Tanker om dig.
+De sidste Aar har været meget svære for L. og mig, som du kan tænke. Vi vilde gærne have set dig hos os, men Trafiken er jo vanskelig. I 1941 om Sommeren lå jeg længe på Rigshospitalet p. Gr. af Depression. Det har næsten været værre i dette Forår, men nu kan jeg p. Gr. af Luftalarm o. lg. Ikke lade L. være ene. Hun tager Sorgen lidt anderledes, hvor hendes lille Digtsamling hos Munksgård i Febr. d. A ”En Flygtnings Spor” jo viser. Jeg har ikke kunnet læse den, for mig er der kun det Middel at male, og 
+3
+det har jeg, siden Isa døde næsten ikke kunnet. Måske mest i Aar, da jeg bliver behandlet af Dr. med. E. Geert-Jørgensen. Men jeg er så uhyre søvnløs. Vort Hjem er jo stort og besværligt, og Skolen trætter mig også nu, særlig da det sidste Aar. Vi har boende et Par Drenge, fordi vi synes, det bringer lidt Liv, men det er tidt besværligt, dog vistnok godt for Louise.
+Jeg ved så lidt om dig. Kunde du ikke lade os vide lidt. Jeg spurgte Leo, men fik egentlig ingen Besked. Sigurd sagde han om, at han ikke kunne lide og ikke så.
+Nå nu vil jeg slutte. Hils Lasse, hvis han bryder sig derom. Han siges at være bleven gift. Jeg håber du er lykkelig, og så er du sådan en dejlig Maler.
+Mange Hilsner fra os.
+Din Siegfred N.
+Du kan jo ringe til Direktør Thorlacius-Ussing Godthåb 40. Billedet kan det jo vente til Septbr., hvis der altså er Håb.</t>
+  </si>
+  <si>
+    <t>1943-08-16</t>
+  </si>
+  <si>
+    <t>Louise Neuhaus
+Lars Swane
+Viggo Thorlacius-Ussing
+Axel West</t>
+  </si>
+  <si>
+    <t>3 M = tredje mellem, som svarer til nutidens 8. klasse.(wikipedia)
+Det har ikke været muligt at finde oplysninger om graver Alex Petersen og hans søn Mogens.
+Det Anckerske Legat blev oprettet af Carl Andreas Ancker i 1857. Det uddeltes hvert år i fire portioner à 900 rigsdaler til en kunstner til brug for en studierejse i udlandet.(wikipedia)
+Siegfred Neuhaus fik tildelt legatet i 1942.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 5, 2002/61, A8, lb 11.</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus takker Christine Swane for at donere et billede til Sorø Kunstmuseum. Lige nu opholder han sig 14 dage i et lejet hus for at male, men han får ikke lavet noget, da han stadig er i krise efter datterens død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wTR2</t>
+  </si>
+  <si>
+    <t>Bisserup pr Rude 16 aug 1943
+Kære Ugle, jeg takker dig meget for dit Tilsagn om et Billede til Museet i Sorø, jeg er glad ved, at jeg ikke kom til at stå med Håret ned ad Nakken overfor Thorlacius-Ussing, men jeg har meddelt, at du selv vilde sætte dig i Forbindelse med ham, når du kom hjem. Det skulle altså blive det første Provinsmuseum på Sjælland, der kom ind under de alm. Regler. Til Trods for skarp Modstand fra Akademiets nye Rektor West og så at sige hele Lærerkollegiet. Så højagtet er Kunst i Sorø! Men netop derfor bryder jeg en Lanse for det ny Museum, skønt Rektor West – du har villet regnes for min Ven i 29 Aar – har meddelt mig, at ”Øksen ligger ved Træets Rod”. d.v.s. at Embedet vil blive nedlagt, når jeg tager min Afsked. Så vil de have en Seminarist med 33 ugent Timer. Mine Forelæsninger om Kunst i Gymnasiet kan han i hvert Fald ikke gøre efter!
+Nå jeg vilde spørge dig om noget, du kan nok her svare snart, da jeg bliver her til 31/8. Men jeg var ude i Odsherred og malede der – det var d. 24/6 – henvendte en Mand fra Birkerød sig til Louise for at få os til at tage hans Søn i Huset, og skønt vi egentlig ikke vilde have flere end de 2, vi har for vore Synders Skyld, syntes L. godt om Faderen og Sønnen og lovede, at Drengen Mogens, der skal ind i Akademiets 3 M. og altså må være en 14 Aar gl, måtte bo hos os fra i Går. Faderen Graveren Alex Petersen, Blokhuset, Birkerød anførte, at han kendte dig. Vil du ikke sige os din Mening herom, vi vil jo helst have det roligst muligt. 
+Her har vi været til 3/8, så tog vi på en Familievisit i Sakskøbing, men den 13/8 vendte jeg tilbage til Bisserup, fordi her var noget, jeg gerne vilde male. Siden har det regnet og stormet, L. er i Sorø og jeg er ene i dette lejede Hus, hvor en Kone hver Dag vil lave lidt Mad til mig. De tre Dage har været yderlig melankolske, særlig Aftnerne og Tankerne om Natten.
+Og ingen Maleri endnu.
+Jeg håber, at I alle tre har det godt. Hils Lasse meget, jeg var glad ved hans gode Hilsen.
+Du kan skrive, blot et Par Ord, enten til Louise i Sorø – eller til mig under denne Adresse. De 14 Dage, jeg bliver borte fra Akademiet – jeg betaler selv Vikaren – er vel nok det mindste, man kan forlange på det Anckerske Legat. Og så lidt godt Vejr!
+Mange venlige Hilsner fra din Siegfred Neuhaus</t>
+  </si>
+  <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Valby
+Azaleavej 5</t>
+  </si>
+  <si>
+    <t>Rich[ard] Ancher
+- Bergmann
+Johanne Giersing
+- Hillingsøe
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Johanne/Besse Giersing var skuespiller.
+Det er muligt, at Ancher er Richard Ancher.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1270</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er på vej til Aarhus for at se Johanne/Besse optræde. Han har fået en check på 2000 kr. fra Bermann og spørger Hans, om han har fået sine 500 kr.
+Syberg bliver mistroisk overfor kunsthandlere. Han har været troskyldig og givet Ancher et billede med, og nu er det solgt, men Ancher har trods flere rykkere ikke sendt Syberg penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SgBP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+KORRESPONDANCEKORT
+Til
+[Håndskrevet på kortets adresseside:]
+Billedhugger
+Hans Syberg
+Azaleavej 5 [et overstreget tegn]
+Kjøbenhavn Valby
+[Håndskrevet på kortets tekstside:]
+Posthuset Kjerteminde 2-11-29
+Kære Hans. Jeg staar og skal rejse til Aarhus og se Besse i Alladdin [det andet "l" i ordet overstreget] og netop paa Falderebet modtog jeg en Check fra Dir. Bergmann paa 2000 Kr - har Du overtaget de 500? i saa Fald er alt jo i Orden men send mig et Par Ord desangaaende. Jeg er her paa Pladsen igen Mandag Aften. Man bliver jo noget mistroisk mod Kunsthandlere - der er denne Ancher som nu i saa mange Aar har købt Billeder, men nu har jeg været letsindig og for ca. [et overstreget tegn] to Maaneder siden ladet ham faa et Billede til 500 Kr. Billedet er forlængst solgt ved jeg (fra Hillingsøe) Jeg har for ca tre Uger siden sendt ham et Rykkerbrev, og i forrige Uge sendte jeg ham en Postopkrævning men har stadig intet hørt fra ham. Det er ikke min Mening Du skal gøre noget ved det, det er blot for at forklare hvorfor jeg nu bliver urolig m.H. til Bergmann. Jeg haaber I har det godt i dette dejlige Vejr. Hils alle, alt vel. Hilsen fra Far.</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
+    <t>1913-05-01</t>
+  </si>
+  <si>
+    <t>Lars Syberg</t>
+  </si>
+  <si>
+    <t>Ebbenheim bei Wiesbaden</t>
+  </si>
+  <si>
+    <t>Johanne Giersing</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa i Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 015</t>
+  </si>
+  <si>
+    <t>Hans ønsker Lars/Sakker tillykke med fødselsdagen. Hans og Johanne/Besse spiser i den restaurant, som man ser på kortet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V1gj</t>
+  </si>
+  <si>
+    <t>[På kortets billedside er fortrykt:]
+Gartenwirtschaft
+"Restauration zum Gambrinus"
+Ebbenheim b. Wiesbaden. Bes. Jean Roos
+Haltestelle der electr. Strassenbahn. Telephon 3313
+[På kortets tekstside er fortrykt:]
+Postkarte
+No. 696 R. Konrady Kunstverlag Wiesbaden 139
+[I adressefeltet er håndskrevet med blåt:]
+H Lars Syberg
+Via S Luca 1.
+Pisa 
+Italien
+[Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
+Kjerteminde
+Danimarca
+[I tekstfeltet er håndskrevet:]
+1 Maj
+Kære Sakker!
+Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
+  </si>
+  <si>
+    <t>Martin Rosholt
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
+De to er ærgelige over, at der ikke er brev fra forældrene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rDCL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på s. 1:]
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S Luca 1
+Pisa
+Italien
+[Adressen er overstreget, og med sort er skrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Frankfurt 1/5-13
+Kære Allesammen.
+Vi dejser rundt i frankfurt for at P ["P" overstreget] vente paa at Posthuset kan aabne vi haaber at der er Brev fra Jer 2 1/4 Time maa vi vente fordi det er 1ste Mai og Kristi Himmelfart nu spiser vi for ikke helt [s. 2] at spilde Tiden det har regnet til Morgen men er nu dejligt Vejr vi skal se at naa Koblenz. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen
+Nu sidder i maaske i Pilegaarden - Hvordan er det? Hvordan har Martin og den "Gamle Ged" det? Og Rovmorderen, Rilles lille Kone, - I Gaar havde vi en vidunderlig Tur. I Dag er Vejret ikke rigtig godt der er begyndt at trække Byger op. - Mange Kys fra Besse
+Vi har været paa Posthuset og er meget ærgerlige over at I ikke har skrevet vi har nemlig faaet den Ide at I ikke ved hvor vi er henne og at I saa er dumme nok til at fare rundt med Ekspressen for at finde os</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-05</t>
+  </si>
+  <si>
+    <t>Clara Syberg</t>
+  </si>
+  <si>
+    <t>Tyskland
+Hagen</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegaarden</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 017</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse var glade for at høre "Alt vel". De skal på museet og se deres fars billede. Og de har talt med en fuld tysker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/og82</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kortets billedside:]
+Er det morsomt at gaa paa Realskolen?
+[Fortrykt på kortets billedside: Et langt digt]
+[Fortrykt på kortets tekstside:]
+POSTKARTE.
+1908. Verlag: Leo Kürten, Köln
+[Håndskevet i kortets adressefelt:]
+Freulein
+Nolle Syberg
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i kortets tekstfelt:]
+Kære levende Nolle.
+Vi blev meget glade over Jeres "Alt vel." - Vi er i Hagen, vi bliver her til i Morgen for at vi kan komme op i Musæet og se Fars Billede. - Vi har i Dag mødt en fuld Tysker vi havde en vældig Grinigennem med ham, han kunde Dansk - En Bajer - Danske Pige jeg elsker Dig, det er det lader til at være en Sætning som mange Tyskere kan Mange Kys Besse</t>
+  </si>
+  <si>
+    <t>1926-07-06</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Valby Langgade 30</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Både Johanne (Besse, Fritz Sybergs datter), hendes mand, Harald Giersing, og Marie Schou/Syberg boede på det nedlagte gartneri, Valdal, på Valby Langgade i 1926. Marie fortsatte med at arbejde i Rigsdagen, efter at hun og Fritz Syberg var blevet gift, og hun flyttede først til Kerteminde, da hun var blevet pensioneret. 
+Jensen-familien havde et hus i Tibirke, Nordsjælland.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz og Lars (Sakker) Syberg vil komme på besøg hos Jensen en af de næste dage. De tager toget hjem om aftenen. 
+Fritz Syberg har haft en maveomgang, og Johanne (Besse) tilkaldte læge, men alt er godt nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ny9b</t>
+  </si>
+  <si>
+    <t>Valby Langg. 30 6-7-26
+Kære Joh. V. og Else.
+Jeg haaber at komme ud til Jer en af Dagene, men kan ikke sige med Sikkerhed hvilken Dag, dog bliver det snart, maaske allerede i Morgen, men bestemt ved jeg det ikke. Dersom I ikke har noget derimod, tager jeg Sakker med han har aldrig set noget af Nord-Sjælland. Vi bliver saa hos Jer og tager med Toget hjem om Aftenen, der gaar vist Tog ved 10 Tiden fra Hillerød.
+Forresten har jeg lige overstaaet et Mavetilfælde hvor Besse fandt det raadeligt at tilkalde Læge. Det var ubehageligt, men havde ingen Følger – j.m. ingen Operation til Følge – alt er nu i Orden. Altsaa paa snarlig Gensyn – (maaske i Morgen).
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1924-05-29</t>
+  </si>
+  <si>
+    <t>Pilegaarden</t>
+  </si>
+  <si>
+    <t>Sybergs Have, Kerteminde
+Møllebakken, 5300 Kerteminde
+Svanninge, 5600 Faaborg</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Franz GIersing
+Harald Giersing
+Sven Lange
+Johannes Larsen
+Betty Nansen
+Edith Rode
+Helge Rode
+Harald Slott-Møller
+Clara Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Pilegården (nuværende adresse Sybergs Have, Kerteminde) blev i 1902 erhvervet af Anna og Fritz Syberg. Efter Fritz Sybergs død i 1939 blev stedet overtaget af sønnen Franz Syberg og hans familie. I 1955 nedbrændte huset ved en ildebrand. 
+Pechvogel: Ulykkesfugl, en der altid kommer galt fra det.
+Fritz Syberg boede i Svanninge 1895-1902 med Anna. Han købte i 1914 det lille bondehus "Poppelhuset" og forærede det 3 år senere til datteren Besse Giersing, da hun giftede sig med maleren Harald Giersing. Huset blev brugt om sommeren frem til Giersings død i 1927.
+Besse Giersing var skuespiller, og hun har tilsyneladende fået dårlige anmeldelser.
+Kilde:
+Wikipidia
+Den store, danske encyklopædi</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver i brev til datteren, Besse Giersing, et langt, vredt angreb på anmelderne i den danske presse, og han prøver at opmuntre hende til at holde ud. Held er ifølge Fritz Syberg en familiearv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zW1g</t>
+  </si>
+  <si>
+    <t>Pilegaarden 29-5-24
+Kære Besse. Tak for Dit Brev med Anmeldelser, de skal nok blive sendt til Nolle. Naa - ja - man er ude efter Dig "kan jeg nok mærke", at det er Fru Nansen og Edith Rohde det vil m.a.O. sige, det er den "Aands"retning som man populært kalder Kritikerne Slot-Møller, Helge Rohde og m. A. har sin Plads der og nu ved Du altsaa at i det Lag akcepteres Du ikke. Om det saa var selve Georg Brandes hører han (desværre) til der, (Jeg skriver desværre i Parentes men i og for sig er jeg lige glad). Der findes ogsaa den elskelige Sven Lange - ja jeg understreger ikke deres Betydning, de er en Magt, men jeg vil ikke beskæftige mig for meget med at tænke paa dem, deres Tal er Legio. _Der er kun en Maade at protestere imod den misundelige Hulken paa, nemlig ved sit Arbejde og sit Held. Og det er forresten hvad der kan siges ikke alene om "Vennekritikken" men om den meste Kritik. Man maa over for Kritiken have en Natur som Kattens, den maa slaas ihjel 7 Gange før den dør af det. Lad os nu haabe at Somren - nu den endelig er kommet - giver Dig Kræfterne - Energi og Lyst har Du jo og Evnerne ogsaa (selv disse Anmeldelser aner [ordet "aner" overstreget] kender jo dette Faktum), og jeg ved en Ting m. H. til Dig, at Du er ingen Pechvogel, Heldet vil følge Dig (det er Familiearv) blot Du er legemlig stærk nok tiol at taale ["til at taale" overstreget], blot Din Fysik kan holde til det lange Løb. Dette med Held er noget mærkeligt noget, i en vis Forstand vil Held og Munterhed sige det samme, det er nemlig meget mere en Sindstilstand end det er ydre Vilkaar, der er betegnende for, om man [ordet "man" overstreget] Heldet følger En. (Se Fortællingen "den lykkelige uden Skjorte".) Det virkelige Uheld, den virkelige "Pechvogel", det er den misundelige, der giver efter for sin Misundelse; Sikken et Liv de maa føre, selv om hele Landets Aviser aabner sine Spalter for dem. Hvo ["Hvo" overstreget]Jeg har tidt sagt at jeg hellere vilde tjene Livsopholdet ved at være Skraldemand end Bladanmelder, jeg har undertiden gjort mig selv det Spørgsmaal om jeg ogsaa hellere vilde være Natrenovationsmand, men jeg indrømmer at dette sidste vilde være en haard Prøve for Ens Heroisme; Ja der er mange ækle Bestillinger i denne Verden. 
+Kan Du nu hilse Bamsen og sige der staar en fin rød Cykel og venter paa ham, saa snart jeg hører fra Jer at I er kommet til Svanninge skal jeg sende den. Hils Giersing. Mange Hilsener og Kys fra Far.</t>
+  </si>
+  <si>
+    <t>1932-2</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Johanne Giersing
+Sven Havsteen-Mikkelsen
+Jens Villads Valdemar Hermansen
+Thomas Jensen
+Adolph Larsen
+Elena Larsen
+Jens Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Bendt Rom
+Kirsten Rom
+Jørgen Schou
+Marie Schou
+Leo Swane
+Fritz Syberg
+Lars Syberg
+Odette Syberg
+Mark Twain</t>
+  </si>
+  <si>
+    <t>På Kærbyhus boede Johanne og Adolph/Beser Larsen. Sybergfamilien boede på Pilegården. 
+Det vides ikke, hvem frk. Jørgensen var. 
+Hermansens system er et meldesystem i bridge publiceret af oberstløjtmant Hermansen under titlen "Lynsystemet" i 1931, 2 udgave i 1933. Det var ikke ret fleksibelt og bruges ikke længere.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen har sendt Vilhelm/Klaks Larsens saddel og seletøj til Johan/Lysse Larsen. 
+Lørdag kommer Fritz Syberg/Baronen med familie på besøg for i radioen at høre en koncert med Thomas Jensen, som er Johanne/Besse Syberg/Giersings mand. Besse har stået model for sin far en tid. Andreas har været på besøg på Pilegården og spillet bridge.
+Kirsten og Bendt Rom har været hos Larsen nogle dage, og man har haft gode middage, overværet Bendt Roms lysbilledforedrag, hørt musik og i det hele taget holdt fest. De følgende dage kommer Bøtterns på besøg, og Andreas skal til Kærbyhus og spille bridge.
+Andreas og Johannes Larsen har været til boksekamp, og Andreas har været på køreture.
+Mark Twain-bogen bliver sendt til Elena/Bimse, når Johannes Larsen har læst den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5EC</t>
+  </si>
+  <si>
+    <t>Kære Lysse, Tillykke. 
+Som du ser af medfølgende Fragtbrevsduplikat har vi sendt en Sæk Seletøj (d.v.s. Klakses Saddel og Trense) til dig. Nu haaber jeg det maa Båxhult hurtigere og med mindre Besvær for dig end det islandske Ridetøj. Fragtbrevsduplikatet kan maaske gøre Nytte, som Bevis. De to Læderlapper, som dækker det øverste af Stigbøjleremmene gør du vel i at smøre med Tran paa Undersiden, saa vil de hurtigt blive bløde, saa de ikke gnaver Jeres Ben under Ridningen. Paa Lørdag Aften kommer Baronens herop forat høre en Koncert som Thomas Jensen, Besses Mand, skal
+2.)
+udsende i Radioen, vi vil saa fejre din Fødselsdag med Chokoladedrikning. Besse har været paa Pilegaarden nogen Tid forat staa Model for Baronen, jeg har saa været dernede et Par Gange til Bridge, Kontraktbr. efter Hermansen. (Ofdette, Sakker, Besse og undertegnede). Kirsten Rom har været her nogle Dage, mens Bendt Rom var paa Foredragsrejse i Jylland. Da han kom tilbage holdt han x) Lysbilledforedrag for os ovre i Værkstedet efter et vellykket Aftensbord: Baronen, Marie, Besse, Odette, Sakker, Kirsten og Bendt Rom og Mikkelsen, som kom uventet fra Korsør, 
+3.
+hvor han bor nu. Efter Lysbillederne spillede vi paa Grammofon og drak Øl m.m. ovre i Mors Stue; hele Huset var pyntet med Blomster af Kirsten Rom og der var Ild i Kaminen. Festen sluttede med at Far uddelte til Damerne af de Callaplanter, som stod i Trappestuen.
+Samme Dag bryggede vi, saa vi havde nok at gøre.
+Imorgen skal vi have Bøtterns til Muslinger og i Overmorgen skal Frk Sørensen og jeg til Bridge i Kærbyhus, Baser er begyndt at spille Bridge. (Vi skal over at indføre Hermansen). Naar du saa hører at Far ikke 
+4)
+havde tid ["tid" overstreget] Tid til at tage til England med Skriveswane, fordi vi skulde til Boksekamp i Kæmpehallen, og at vi har været til Middag i Faaborg og en Tur til Svanninge forleden og at jeg har været paa Ford-tur (!!!!) til Korsør-Roskilde ["Korsør-" indsat over linjen] med Buf og at dette kun er hvad jeg tilfældigvis husker i Øjeblikket, saa kan du forstaa at vi har det livligt for Tiden. - Du kan sige til Bimse at jeg har faaet den Mark Twain til hende, men Far vil læse den først, og M.T. skriver i Forordet, at kun en Idiot vil give sig til at læse saadan en Samling Smaahistorier paa 
+5.
+een Gang, man skal læse en en Gang imellem, hvis man vil kunne more sig over dem og da Far er en klog og forsigtig Mand, kan det vist vare længe endnu. Vi har en Ederfugl, men den har Far vel skrevet om, det sorterer jo nærmest under Ornithologien. - Den Grammofon jeg omtalte før, er vores gamle fra 1912, men der er kommet nyt Værk i den og en ny Lyddaase og nu samler vi paa Plads.
+Naa nu vil jeg ønske dig en god Fødselsdag.
+Hilsner til Jer alle 4 fra Puf.
+Tak for sidst. 
+[Indsat øverst s. 2:] x) Luftrejse: København - Holland - hollandsk Indien, Bali.</t>
+  </si>
+  <si>
+    <t>1935-05-09</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Kirsten Syberg
+Lars Syberg
+Peter von Syberg</t>
+  </si>
+  <si>
+    <t>Hans Syberg og Grete Jensen etablerede virksomheden Hans og Grete-Keramik. Lars/Sakker Syberg overtog den i 1934, flyttede den til Tåstrup og udvidede den.
+Franz/Trylle Syberg fik Raben-Levetzaus Legat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A120, Lb. 2, 1279</t>
+  </si>
+  <si>
+    <t>Hans har misforstået noget. Fritz Syberg har givet Hans og Lars/Sakker ca. samme beløb i forbindelse med overdragelse af fabrikken. Deres søskende har ikke fået penge udover i julegave. Ernst/Rille er ved at få succes som maler, Franz/Trylle har sin løn, og Johanne/Besse har ikke fået penge af Fritz, siden hun giftede sig. 
+Fritz Syberg håber, at fabrikken kommer til at køre, og han beundrer, at Hans og Lars har lagt så meget energi i foretagendet, men hvis fabrikken skaber splid mellem hans børn, vil han ønske, at den går rabundus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vbnR</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+9-5-35
+Kære Hans
+Besse har faaet et Brev fra Dig hvoraf Du ["Du" overstreget] jeg ser at Du paa et Punkt svæver i en stor Misforstaaelse, nemlig med Hensyn til at Besse, Trylle og Rille skulde have faaet udbetalt Pengebeløb af lignende Størrelse som Du og Sakker har faaet til Fabriken; [kommaet i ";" overstreget] men ["men" overstreget] Det passer ikke. Sakker har i den Tid han har drevet Fabriken nøjagtig faaet samme Beløb udbetalt som Du, jeg kan desværre ikke huske hvormeget I hver har faaet, men jeg har søgt at være retfærdig imellem Jeg ["Jeg" overstreget] Jer og ingen Hensyn taget til at Sakker sad smaat i det. Han fik et Startbeløb paa 2000 Kr. saavidt jeg husker, som Du ikke fik Del i, til Gengæld fik han kun 1000 Kr. i Julegave det Aar alle I andre - Du med - fik 2000. Kr. saa han har havt den Fordel at faa 1000 Kr mere end Du i den Tid ["Tid" indsat over linjen] han havt med Fabriken at gøre. At Besse, Rille og Trylle skulde have faaet udbetalt lignende Beløb som Du og Sakker har faaet, - jeg er nær ved at sige til den skidt Fabrik - er en fuldstændig fejl Tanke. Besse har overhovedet intet modtaget af mig siden sit Giftermaal med Giersing, naar undtages de 2000 Kr hun ligesom i Andre, med Undtagelse af Sakker fik i Julegave for et Par Aar siden. Rille og Rabbe har jeg hidtil (indtil Rille blev cand jur) betragtet som mindreaarige. Trylle tjener jo sin Løn og har i sidste Aar havt en Legatindtægt der hvert Fald er over 1000 Kr. Rille begynder at sælge og da han slaar an som Maler bekymrer jeg mig ikke saa meget for ham. 
+Men for at [et overstreget bogstav] slutte med Begyndelsen:
+Sakker er saa meget yngre end Du saa de 1000 Kr. han har faaet mere end Du maa kunne gaa paa hans Mindreaarighed.
+Naar jeg sagde "skidt Fabrik" skal Du ikke tage det alvorlig, jeg ser gærne at den Fabrik gaar og vil være meget ked hvis Sakker skulde faa i Sinde at opgive den. Jeg synes blot at den maa volde saa mange Spl ["Spl" overstreget] Spekulationer og Bryderier og Slid saa jeg beundrer at han bliver ved den og jeg beundrer ogsaa at Du havde Heroisme nok til at slide med den i de Aar Du havde den; den bliver, som jeg ["jeg" overstreget] før sagt, næppe andet end et Foretagende der med Slid og Slæb kan de ["de" overstreget] føde sin Mand til Husbehov. Hidtil har Du altsaa faaet ligesaa meget i Pengebeløb for Fabriken som Sakker, hvad de Andre har faaet er nogenlunde det samme som Du fik da Du var i samme Alder som dem (Penge var lidt mere værd den Gang) undtagen Besse, som absolut intet ar faaet andet end sin Mødrenearv og saa den omtalte Julegave paa 2000 Kr. Jeg synes I skulde enes uden Bitterhed om det Spørgsmaal, kan I ikke det maatte [det følgende skrevet lodret langs arkets højre kant] ærlig talt Fabriken hellere gaa rabundus. Dens eneste Værdi er kunstnerisk, men selv Guld kan købs for dyrt. [Det følgende skrevet øverst på s. 2, på hovedet:] Mange Hilsener fra Far. Hils Ulla og Børnene
+Far.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1939-09-09</t>
+  </si>
+  <si>
+    <t>Neville Chamberlain
+Johanne Giersing
+- Smith, Lærer
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
+  </si>
+  <si>
+    <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
+Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
+Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/q95M</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+9-9-39
+Kære Hans.
+Jeg har faaet nogle Fotografier af Tyren, taget af Lærer Smith i Odense. Maaske har Du ogsaa faaet nogle? Dersom jeg var tilstrækkelig rig havde jeg en Bestilling til Dig, et Monumentalværk i Granit "Tyrens Kamp med Kvælerslangen". Det er en Tale af Chamberlain der har fremkaldt Motivet i mig. Den Talen ["Talen" indsat over linjen] gjaldt Tyskland, hvis Maal er "at regere i Europa". Ja rigtig min Herre, Tyskland vil regere i Europa, Italien og Frankrig vil, Norge Sverige og Danmark vil, saagar San Marino Andorra og Luksemburg vil, hvor forbryderisk naar man dog har England (som intet har at gøre i Europa), til at sætte Lus i Skindpelsen, om Forladelse til at beskytte alle de smaa Stater baade i og udenfor Europa. Men altsaa Der vil jo ingen Tvivl være op ["op" overstreget] om hvem der er Tyren og hvem Kvælerslangen. Derimod kan man jo vise sin Sympati og Antipati ved at lade Tyrens Undergang og Kvælerens Triumf, eller det mo ["mo" overstreget] omvendte, være det dramatiske Moment i i Skulpturen! Jeg vilde nu, hvis jeg havde Pengene dertil, sætte som en Betingelse at Kampen skulde fremstille et af Kampens Højdepunkter, hvor Bestiernes Egenskaber uf ["uf" overstreget] udfolder sig i fuld Blomst, alle deres Egenskaber. Iøvrigt kan jeg meddele Dig at jeg stadig passer Geschæften selv om det koster mig Selvovervindelse "at tage Initiativet" hver Dag, men jeg ved at det vilde blive meget værre hvis jeg gav efter og slap Kontakten. Derimod har jeg aftalt med Besse at bo hos hende i Vinter. Hvo ["Hvo" overstreget] Hvornaar jeg rejser derop afhænger af - mig selv. Men det letter Sindet at jeg naarsomhelst kan skifte Luft, Tanken om at jeg ikke Resten af mit Liv er henvist til Kjertemindeluften forekommer mig som et Fund.
+Hilsen til Jer allesammen
+Far.</t>
+  </si>
+  <si>
+    <t>1917-11-14</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Harald Giersing
+Johanne Giersing
+Ida Kattrup
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Gartnerens syge søn: Der er formodentlig tale om den gartner, som ejede det det nedlagte gartneri Valdal, Valby Langgade 30, hvor adskillige af Fynbomalerne gennem årene boede til leje. Marie og Jørgen/Buf Schou boede på dette sted, efter at Marie Schou/Syberg var blevet skilt fra Karl Schou. 
+Astrid W-G blev gravid med Jørgen/Buf Schou, mens hun stadig var gift med Alfred Goldschmidt. Det er formodentlig derfor, Laura Warberg er "misfornøjet" med hende.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0457</t>
+  </si>
+  <si>
+    <t>Astrid takker for sendingen med madvarer og tøj. Hun inviterede straks Marie og Jørgen/Buf Schou på middag. Marie er nu glad for lille Janna. Astrid tager vuggen ind i stuen henunder aften hver dag. 
+Jørgen/Buf sover på Valdal, fordi gartnerens søn truer med at slå sin far ihjel, så Jørgen må være på vagt.
+Johanne/Besse Syberg og Harald Giersing skal giftes, og Marie har købt bryllupsgave. Jørgen/Buf må ikke gifte sig. 
+Astrid er ked af, at hendes mor ikke skriver til hende. Laura Warberg er åbenbart misfornøjet med datteren. Johanne må fortælle deres mor, at Ida Kattrup også blev gravid, uden at være gift, og sådan kan det gå også i "andre bedre Familier".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RYZw</t>
+  </si>
+  <si>
+    <t>Kæreste lille Junge!
+Tusind Tak for den storartede Sending! hvor har jeg svælget og haft det godt hele Ugen! med reel og flot Mad hverevige Dag – i Dag nød jeg den sidste Suppe – som [ulæseligt]. Ævlerne er jeg også henrykt over – og Tøjet til Janna. Kassen kom i Mandags Morges – jeg ringede straks til Valdal og inviterede Fru Syberg og Buf til Middag. Buf gav Smør, Ost og Kix, så fik de altså den herlige Frikassé - lavet efter Din Anvisning – og Frugt til Dessert. Fru S. i glimrende Humør og øjensynlig glad ved Indbydelsen – morsomt, ikke sandt? Hun er jo nu overlykkelig ved Ungen, som efter Bordet blev badet og var yndig. Ja, Junge, hun er nu yndig! Nu er hun begyndt at ”være oppe” lidt – d v s. henunder Aften triller jeg Vuggen ind i Stuen – hænger lidt op i Stangen – og så ligger hun og pludrer begejstret og ler i ét væk – hun er forfærdelig sød og jeg elsker hende. Buf sover hjemme hele denne Uge, fordi Gartnerens syge Søn forleden lavede en rystende Ballade deroppe, de frygter, han skal slå den Gamle i hjel under et Anfald. Da Fru S. så i denne Tid er vældig ophængt i Rigsdagen til sene Aftenmøder har hun udbedt sig Buf som Mandfolk til Beskyttelse. Men jeg har jo mit lille Nus og er ikke mere bange for at være her alene. Du har vel set at Besse og Giersing skal giftes en af Dagene? Fru S. havde den Aften lige købt Brudegave, som hun viste os - for 100 Kr dejligt gammelt Sølvtøj, (en Ske fra 1747 og 6 store Gafler – mrk. K, hvilket antyder at det er jødiske Gafler: til Kød!) da hun viste os Gaven, må hun vist være kommen til at tænke på noget – for hun sagde pludselig til Nusset – som hun havde på Armen – ”ja, Du skal rigtignok også få en fin Brudegave af mig!” og det er da også Synd at Buf skal snydes for ["for" overstreget] Brudegave bare fordi han ikke må gifte sig! – Tutte hører og ser jeg intet til – hun bebudede jo sin Ankomst Dagen efter d 26’, men derved er det bleven. Og hvad er det med Mor? Jeg telefonerede lige med Tante, som antydede at der var noget – men hun kom senere op og talte om det, jeg beklagede nemlig, at jeg aldrig mere hørte fra Mor. Kan Du ikke få ordnet lidt Forsoning? det er dog så meningsløst, synes jeg, at gå og være misfornøjet med mig, når jeg går og er så rasende glad og lykkelig. Brænd dette Brev straks – og fortæl så Mor, at Ida Kattrup blev viet igår til en Assistent i Banken - jeg fik lige Kort derom nu, de var begge heroppe for c 3 Uger sidem, da stod den på, at han ikke vilde gifte sig – Ida havde fået ½ Års Permission fra Banken og vilde rejse til Jylland – Barnet ventes i Februar -: altså kan denslags også hænde i andre bedre Familier! – Jeg skal hen at skrive en Lykønskning til hende – hun var så fortvivlet sidst heroppe. 
+Ja, så Tusind Tak lille søde Junge, og mange Hilsner fra Din Dis.
+Ps: Når Du ser Be, så røm Dig for hende – fra mig! så ved hun nok!</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
+  </si>
+  <si>
+    <t>1937-11-21</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ejnar Munksgaard
+Gustav Petersen
+Carl Petersen, kunsthandler
+Gudrun Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte bog må være Poul Uttenreitter: Fritz Syberg, udgivet af Kunstforeningen, København 1935. Heri findes gengivet Fritz Sybergs selvportræt, 1916, s. 149, og på s. 115 samt 95 er der malerier af bølgende rugmarker. 
+Så vidt vides udkom der ikke en engelsk udgave af bogen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 210, Lb. 2, 1286</t>
+  </si>
+  <si>
+    <t>Et billede skal klæbes op på træplade. 
+Fritz Syberg og Johanne/Besse har vist Gustav og Carl Petersen 15 billeder, som de overvejede at sælge, men kunsthandlerne fandt prisen for høj. Syberg vil også helst beholde dem. De to kunsthandlere kommer nok hjem til Hans og ser på et par malerier. 
+Syberg sender Hans den nye bog. Visse af gengivelserne i den er udmærkede, andre ikke. De fotografier, som Hans tog til bogen, nåede ikke at komme med, men de kan bruges i den engelske udgave. Munksgaard siger, at denne er på vej.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9t6e</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21-11-37
+Kære Hans
+Ja nu er det ordnet saaledes at vi faar Billedet der skal klæbes paa Træplade ["der skal klæbes paa Træplade" indsat over linjen] sendt her til Pilegaarden. Du skal senere faa Maalene paa Størrelsen af Træpladerne og saa ordner vi det en Dag i Julen ["og saa ordner vi det en Dag i Julen" indsat over linjen]. Der blev ingen Handel af denne Gang. Vi havde - Besse og jeg - taget 11 mindre og 4 lidt større Billeder ud som jeg ikke vilde arbejde mere paa fordi Aarstiden var for fremskreden og dem viste vi, eller rettere ["vi, eller rettere" overstreget] Besse saa til G. &amp;amp; CP. De var Liebhavere til hele Butikken, men Besses Priser vilde de ikke akseptere. De bød 14.000 Kr. for dem Besse forlangte 28,000 Kr. (Selv havde jeg vurderet dem til 19,000, - 2,000 pr. Stk af de større, 1,000 pr. Stk af de smaa) Men da jeg helst vil beholde dem allesammen, saa jeg ikke skiller mig af med nogen inden Dampen er gaaet af mig overfor dette Stof, er jeg meget glad ved at Sagen er stillet i Bero. Desuden kommer vi saa ind i et nyt Skatteaar. De Billeder Jeg har staaende hos Dig: Gudrun ved Hækken, de to Plantagebilleder samt Søndermarksbilledet, talte de om og er Liebhavere til, og de kommer ogsaa nok en Dag. Men de vil selvfølgelig have Prisen ned. Hermed følger et Eksemplar af Bogen. Nogen af Gengivelserne synes jeg er udmærkede f. Eks. Selvportrætet Bygmarken der bølger, enkelte er mislykket f. Eks Besses Kornbillede. Som Helhed ser Bogen jo godt ud og vækker megen Beundring, selv om man nu bagefter kan se en [et overstreget ord] Del ["Del" indsat over linjen] Fejlgreb ved Udvalget af Billeder ["ved Udvalget af Billeder" indsat over linjen] der kunde være undgaaet dersom jeg selv havde været med til supplere Stoffet. De sidste Fotografier, de Du lod tage, kom ikke med fordi det var for sent, men kan eventuelt blive benyttet til den engelske Udgave. Munksgaard (med Familie) var her i Besøg forleden og fortalte mig at den engelske Udgave var under Forberedelse. Hils Ulla og Børnene
+Mange Hilsener fra Far</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>December 1913</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Alhed Larsen
+Johannes Larsen
+Christian Rex
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg fødte sit sidste og syvende barn 6. oktober 1913. 
+Alhed og Johannes Larsen har tilsyneladende været til fest på Kongeskibet.
+Den omtalte billedbog med illustrationer af Peter Hansen, Fritz Syberg og Johannes Larsen og - formodentlig - tekst af Johannes V. Jensen blev ikke realiseret. 
+Johannes V. Jensen udgav over en årrække en del bøger med titlen myter; således også en med tekst om Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
+  </si>
+  <si>
+    <t>Syberg-parrets unge pige er syg, og Anna, som ammer den nyfødte, har fået ondt i brystvorterne. To af drengene er også syge, så storesøster Besse (Johanne) er blevet kaldt hjem fra København.
+Johannes og Alhed Larsen har været til fest med kongen og officerer. Det var lidt skuffende. 
+Fritz Syberg, Johannes Larsen og Peter Hansen pønser på at lave en billedbog - formodentlig med tekst af Johannes V. Jensen.
+Syberg takker for bogen Kongens Fald.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uUmD</t>
+  </si>
+  <si>
+    <t>Posthuset Kjerteminde
+Kære Joh V. og Else.
+Jeg sender Betalingen for en Uldtrøje pr. Postanvisning, som Else har lagt ud for til Anna. Det har trukket ud, men vi har havt så meget om Ørerne i den sidste Tid. Vor Pige blev syg for tre Uger siden og drog først på Sygehus siden hjem til sine Forældre. Hønset, som var blevet forkælet, kunde ikke tåle den bratte Overgang til Pigearbejde og blev så syg, fik ondt i sine Brystvorter og sad med Stine ved Brystet mens Tårerne løb ned ad Næsen på hende af Smerte over den lille Ulveunges Sugen, så blev Trylle syg og nu ligger Sakker og Rille også syge af Angina. Besse var i Kjøbenhavn og hende måtte vi så forskrive hjem igen. Nu tror jeg heldigvis at Miseren er kulmineret og vi går mod lysere Tider igen.
+Kongefesten så vi intet til. Derimod mærker jeg i Dag lidt til Eftersmækket. Der hersker almindelig Utilfredshed over at den Ordensbyge man havde ventet sig, kun blev til nogle få Dråber. For Alhed blev det vist også meget af en Skuffelse. Kongen var distrait i det Øjeblik hun blev præsenteret og så hende slet ikke. Senere kom Officererne op og dansede, men de overså hende også til en Begyndelse Der var tre unge Skønheder som erobrede alle Kavalerer. Ak ja når man er 40 År er man ikke længer 18. Senere fik hun Oprejsning, tror jeg, Las stiftede Bekendtskab med Officererne, og og et Slæng af de dansende, hvor i mellem Alhed blev indbudt med i Orlogsfartøjerne og drukket fulde i Champagne. Ja Livet er ikke altid en Dans på Roser!!
+Jeg har haft Brev fra Peter, som er meget glad ved at være med i vor Sammensværgelse, og ligeledes ved at det ikke er før Skt Hans 1915 at den går af. ”Han vilde ellers blive nervøs” Det gør intet at han bor i Italien Meningen er først og fremmest at lave en Billedbog hvor Billedstoffet har et personligt Præg i Modsætning til de moderne Billedbøgers Upersonlighed. Billeder og Tekst skal blot harmonere sammen uden [ordet ”uden” overstreget] og ikke være bunden af hinanden. Vi må lave Illustrationsstoffet så højt så vi har noget at rage imellem, noget at skyde ud af. Jeg skal nu have konfereret med Las om Bogens Format. Har Du nogen Ønsker der? Dette må vi nemlig være på det rene med af Hensyn til Helsidesbillederne.
+Glædelig Jul til Jer alle sammen Jeg husker ikke om jeg har sagt Tak for ”Kongens Fald” – Tak! Jeg læste igen din ”Myte” om Las – der er sg’u ingen der kan skrive om Kunst herhjemme uden Du. 
+Hilsen til Jer alle Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-01-08</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. Den omtalte rejse til Schweiz og Sydeuropa blev ikke realiseret.
+Planen om at lade Fritz Syberg male fresker i Kuppelsalen på Faaborg Museum blev skrinlagt.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har foreslået Anna, at de skal bo i Schweiz i tre år, men hun vil hellere bo i København. Johs. V. Jensen og Syberg kunne måske engang tage sammen til Amerika og leve som nybyggere. Når Syberg er færdig med skitserne til Kuppelsalen i Faaborg, vil han gerne sammen med Hans og Johanne (Besse) tage ni måneder til Schweiz med afstikkere til Sicilien og Grækenland. Der dr dejligt i Danmark, og vinteren er smuk, men Syberg længes ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/blTV</t>
+  </si>
+  <si>
+    <t>Pilegården 8 Jan. 1914
+Kære Ven!
+Dit Brev traf mig just som jeg havde foreslået Anna at vi skulde rejse til Schweiz og bosætte os i tre År [”År” indsat over linjen]. Mit Forslag gjorde imidlertid ingen Lykke. Jeg længes altså selv ud, men Amerika har jeg ingen Mod på. Kunde vi ikke en Gang mødes i vore Udlængsler selv om det blot blev til en Jagttur til Sverige. Amerika, ja var det en Tur til en eller anden kanadisk Indsø, med et indiansk Navn, hvor vi kunde slå os ned en Tid og søge Sporene af Amerika således som de første Nybyggere fandt det, men de moderne Vidundere kan jeg ikke overkomme Når Du skriver om dem er det noget andet, så er Jorden ung, når jeg selv kommer i Nærheden af dem føler jeg kun hvor vor Klode ældes. Nej jeg har planlagt en Tur til Levanten, en Fortsættelse af vort Italiensophold. Når jeg har min Udstilling, Indretningen af det ny Faaborg Musæum [et overstreget, ulæseligt ord] fra Hånden, samt er færdig med mine Aquareller til Freskerne i Kuppelsalen, rejser Hans, Besse og jeg bort i 9 Måneder. Helst ønskede jeg Turen skulde strække sig over tre År, og det kunde lade sig gøre ved at vi bosatte os i Schweiz (den franske Del for Sprogets Skyld) Vi vilde der bo så centralt så jeg kunde foretage Smårejser til Sicilien og Grækenland, men Familien vil ikke.
+Anna vil bo i Kjøbenhavn, som er min Rædsel. I det hele taget vilde jeg for Øjeblikket være glad ved at bo hvorsom helst blot jeg var uden for Danmarks Grænser. Endnu er jeg ikke kommen hjem fra vor sidste Rejse, men i Løbet af et halvt Årstid, kan jeg ikke undgå at komme til det Punkt at jeg uigenkaldelig er hjemme. Her er kønt nok herhjemme, Landskaberne har aldrig været så dejlige som i Vinter, men jeg kan ikke få mig til at begynde.
+Omkring den 20 kommer jeg til København. Anna kommer ikke med, det er Skæbnens Ironi. Jeg håber at træffe Dig og være lidt sammen med Dig.
+Hils Else og Børnene.
+Din hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-01-30</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Jens Jensen
+Villum Jensen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Anna Syberg
+Anna Louise Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Barnet, der i brevet kaldes Stine, var Anna og Fritz Sybergs syvende barn, og hun blev siden døbt Anna Louise Magdalene Syberg. 
+Troperne: Fra november 1912 til april 1913 rejste Johannes V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm.</t>
+  </si>
+  <si>
+    <t>Anna, Hans, Fritz og baby-Stine (Anna Louise) skal til København og hænge udstilling op, og de har lejet et værelse hos Lützhøft. Anna og Besse/Johanne taler tit om at flytte til København, men Fritz har opstillet et regnestykke, der viser, at det vil være alt for dyrt at bo der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/m4b0</t>
+  </si>
+  <si>
+    <t>Pilegården 30-1-14
+Kære Joh. V. og Else!
+Hvis alt går som jeg venter kommer Anna, Hans og jeg til Kbhvn på Søndag - - ja og Stine. Tidspunktet for min Udstilling i Kunstforeningen er blevet skudt ud til omkring 8 Fbr. Så hvis jeg ikke får andet at vide fra Jastrau, så [”så” overstreget] begynder vi Ophængningen af Billederne Mandag den 2den. 
+Vi har det iøvrigt aldeles storartet herovre på Marken i Regn Tåge og Søle. Anna og Besse taler en Gang imellem om Kbhvn. + Asfalt og Gadelygter, men jeg siger som Du da Du [”Du” indsat over linjen] var i Troperne: ”jeg foretrækker tågede Popler”. Desuden gjorde jeg et Regnestykke op for Anna i Dag, ved at bo her sparer vi i Husleje Skolepenge og Skatter 3000 Kr. om Året og da vi i Forvejen har et st [”st” overstreget] så højt Budget så vi slet ikke tør nævne det [”så vi slet ikke tør nævne det” indsat over linjen] slår Anna Kors for sig og siger: ”København er for dyr –”. Hvordan det nu kan være, det er billigere at rejse til Udlandet og leve delvis på Rejser fremfor at sidde på en Plet her i Danmark. Men Du [”Du” overstreget] I ser heraf at Spørgsmålet Kbhvn. er på Dagsordenen.
+Vi glæder os til at se Jer. Vi har lejet et Værelse i Stormgade 25 hos Lützhøft et Værelse som er afsondret fra deres øvrige Lejlighed, som netop var ledigt i Februar. Hvis vi ikke ser hverandre forinden spørger jeg i Telefonen i Løbet af Mandagen. 
+Hils Jeres to lyshårede Drenge og iøvrigt mange Hilsener fra os alle her.
+Eders hengivne Ven
+Fritz Syberg.
+Vi kommer først med Aftentoget ca 8 - 8 ½ - 9.</t>
+  </si>
+  <si>
+    <t>1915-01-28</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>"Kunstforeningen arrangerede i 1915 en retrospektiv udstilling med 64 af Anna Stybergs arbejder. Udstillingen blev en succes, og salget var stort, bl.a. købte Faaborg Museum 16 billeder. I udstillingskataloget priste maleren og kunsthistorikeren Ernst Goldschmidt AS og hendes kunst i en varmt anerkendende beskrivelse." Dansk Kvindebiografisk Leksikon: Anna Syberg (netudgaven, lokaliseret aug. 2019). 
+Franz/Trylle Syberg led af luftvejssygdomme hele sit liv.
+Hans Syberg lavede en del små dyreskulpturer i Zoologisk Have.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kommer muligvis en enkelt dag til København for at se Annas udstilling, muligvis ikke. Han tør ikke rejse fra børnene. 
+Besse/Johanne Syberg er flyttet til København for at male. Hans Syberg arbejder i Zoo. Selv laver Fritz Syberg træsnit. 
+Hvis Fritz Syberg kunne gøre sit liv om, gjorde han det gerne med Anna en gang til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ljUL</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-1-15
+Kære Ven.
+Tak for Dit Brev. Jeg har længe gaaet og havt Lyst til at skrive til Dig og Else, nu kom Du mig i Forkøbet. Hils Else og sig Tak for hendes rare Nytaarsbrev, som jeg ingenlunde har glemt. Det er mulig jeg tager en Dag over til Annas Udstilling, men mere bliver det ikke og det er i det hele taget usikkert om jeg beslutter mig [”mig” indsat over linjen] til Rejsen. Jeg tør ikke være fra Børnene. Trylle med sin Astmah og den lille som jeg stadig maa have vaagent Øje med, kan daarlig undvære mig. Kommer jeg, skal jeg nok skrive og haaber saa vi kan være sammen om Aftenen, eller gaa sammen paa Annas Udstilling næste Dag. Besse er i København for at male og bor i Jeres umiddelbare Nærhed Schlegels Allé 6-5: Hun er [”er” overstreget. ”har” indsat over linjen] har lige faaet sig indrettet, og I har næppe set noget til hende endnu. Hans rejser over i Morgen (Fredag) og vil slaa sig paa zoologisk Have igen. Selv er jeg i Gang med nogle Træsnit, og [”og” overstreget] nyder Kakkelovnsvarmen og klager i øvrigt ikke. Kunde jeg leve mit Liv med Anna om en Gang til, begynde med vores Forlovelsesdage, gjorde jeg det gærne.
+Mange Hilsener til Jer begge to og til Jeres Drenge
+Din hengivne Ven 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1917-10-29</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har læst Johs. V. Jensens kronik. Vores kulturs udvikling fra oldtiden til "Indianerstandpunktet" var fin, og derefter er alt forfald. Selv holder Syberg af det primitive liv. Den tyske samfundsorden indeholder idealisme, men den vil nok også blive ramt af forfald.
+Syberg har for første gang solgt billeder fra hjemmet, og familien er nu sikret økonomisk nogle år. Naturen og vejrliget er dejligt på Fyn.
+Besse/Johanne er blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CWCf</t>
+  </si>
+  <si>
+    <t>Pilegaarden 29-10-17
+Kære Ven!
+Din Kronik igaar læste jeg baade med Glæde og Bedrøvelse. Forstaar hvor Du vil hen, men hvem i denne onde Verden elsker Sandheden. Maaske der en Gang i Stenalderen har eksisteret et Samfund paa disse Breddegrader med et vist relativt Højdepunkt af demokratisk Samfundsfrihed. Men jeg er kommen paa det rene med at paa den Maade set er vor højtpriste Kulturudvikling kun Forfald. Fra Menneskene gik rundt som Flokke af Arter til de Tusinder af Aar fremefter naaede til Indianerstandpunktet, se det er Fremgang (Udvikling) Fra Indianerstandpunktet og fremefter er Forfald; Ødelæggelse af Evner Instinkter Smag o.s.v. 
+Jeg har før troet (i enkelte Øjeblikke) at min egen Smag for Simpelhed og primitivt Liv var [et overstreget, ulæseligt ord] et Udslag af Atavisme, Mangel paa Kraft til at svinge mig op til en ”højere Smag” men jeg kan ikke mere give mine Medmennesker den cadeau. Det er simpelthen mine Instinkters relative Sundhed der gør sig gældende, naar jeg reagerer mod alt det som bærer Forfaldet i sig. 
+Selvfølgelig har Du Ret. Tyskernes Samfundsorden er den eneste hvori der er et Moment af Idealisme og Sandhed. Og det kommer særlig frem nu de maa kæmpe for den – (for hvem der kan se) men Forfaldet venter vel nok paa dem ogsaa, selv om de er kraftige og sunde nok til at modstaa Englænder- og Amerikanersmitten en Tid. Verdens og Menneskenes Endemaal er selvsagt Undergang og vi er langt paa den anden Side Kulminationspunktet, (selv om Nedgange naturnødvendigt ikke gaar i en lige Linie men bestaar af relative Op- _og Nedgange) _
+I øvrigt gaar alt vel. Jeg balanserer den af med Søvn og Sundhed til Nødtørft. Har for første Gang mærket hvad det vil sige at sælge Billeder ud af Døren i større Masse, saa jeg kan se Fremtiden i Møde for flere Aar uden Spekulation paa Familiens Klæder Sko og Føde. Her er vidunderligt. Bygerne trækker og Skyerne trækker, Morgen, Middag, Aften og Aarstid laver Sceneforandringer i det uendelige kort sagt Vi [”Vi” overstreget] jeg sidder stille paa Toppen af de fynske Bakker og Verden kommer til mig. – Besse er blevet gift.
+Mange Hilsener fra Din hengivne Fritz Syberg
+[Det følgende skrevet lodret op langs papirets højre side] Hils Else mange Gange</t>
+  </si>
+  <si>
+    <t>1919-09-13</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Christian Caspersen
+Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johan Larsen
+Frida Madsen
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Villaen på Møllebakken er ved at blive bygget om. Alhed Larsen opholder sig det meste af efteråret hos familie i Birkerød( Anna og Otto Meyer). Drengene Puf og Lysse går i skole i Birkerød. Johannes Larsen har lavet en akvarel med gæs.</t>
+  </si>
+  <si>
+    <t>Håndværkerne er færdige med at lægge tag på huset. Giersing , Besse og Rabbe har været på besøg og Max.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEQ6</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Septbr 1919
+Kæreste Alhed!
+Du kan tro Haandværkerne har hængt i i Gaar og i Dag. Tømrerne arbejdede over i Aftes med Taget for at det kunde naaes og nu er Taget lagt paa igen, saa der kan ikke risikeres noget selv om der kommer Regn. Jeg gav dem en Kasse Øl til Frokost. I Gaar Eftermiddag havde jeg Besøg af Giersing, Bess og Rappe. De skulde rejse 7,15 og jeg satte mig saa i Bevægelse for at vi kunde komme til at spise lidt tidlig, men begge Pigerne var væk; og Kl. nærmede sig 5½ og der var stadig ingen. Algren fortalte at Frida var taget paa landet og Ellen gaaet til Byen, men han tilbød saa at hente sidstnævnte han vidste at hun hver Dag mødte sin Kæreste paa Hjørnet af Trollegade. Han cyklede saa og et Øjeblik efter kom hun saa vi fik Mad i god Tid. Jeg skal hilse fra dem. Jeg har faaet lavet en Aquarel med Gæs i Dag. Hils Drengene. Det er vældigt morsomt at Du er ude at more Dig.
+Din Johannes Larsen
+P.S.
+Tak for Dit Brev som jeg fik nu. Her er ingen Piger eller Algren nu. Jeg saa ham gaa og virke med Musefælder i Gaar men har glemt at spørge om han fik nogle. Jeg skal hilse fra Max der er her nu, han er flittig til at komme baade i Gaar og i Dag har han været her 2 Gange
+JL.</t>
+  </si>
+  <si>
+    <t>1921-07-20</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Dyreborg
+Faaborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Harald Giersing
+Johanne Giersing
+Christine Rasmussen
+Fritz Syberg
+- Søberg</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
+Musset og Museumsgården: Faaborg Museum. 
+Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnrN</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juli 1921
+Kæreste Alhed!
+Jeg hørte saa daarlig i den Telefon og kunde ikke raabe saa højt. Vi sad inde hos Politimesteren der bor i Museumsgaarden og er i Familie [med] Friis. Vi har været paa Museet i Dag og været sammen med Etatsraadinden og Baronen, men jeg kunde jo ikke komme til snakke alene med hende. Jeg synes I skulde komme snarest muligt. Jeg glæder mig til at se jer. I Hast da Puf er ved at fyre op og vi skal sejle til Dyreborg. I kan altsaa faa at vide hvor vi er ved at telefonere til Fru Friis Adr. Frk Søberg Søbergs Sommerhotel Dyreborg. 
+Jeg skal hilse fra Besse og Giersing som jeg traf paa Vejen herned. Mange Kærlige
+Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1927-01-28</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Bodil Hauberg</t>
+  </si>
+  <si>
+    <t>Efter at Harald Giersing i få dage havde været syg af influenza, fik han lungebetændelse.</t>
+  </si>
+  <si>
+    <t>Harald Giersings død var uventet. Alle havde det så godt med ham. Syberg håber, at Besse/Johanne klarer det. Bodil Giersing skrev, at Harald Giersing var meget bange for at dø, og at Besse/Johanne holdt ham i sine arme de sidste fem timer og sang for ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ueGf</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-1-27
+Kære Johannes V. og Else.
+Tak for Eders Brev. Ja det var rigtignok et uventet Dødsfald, man rammes ofte der hvor man er mest sikker. At det netop skulde blive Giersing. Nu bag efter er det som man gaar med daarlig Samvittighed fordi man aldrig har havt en Antydning af Frygt derfor. Ingen er jo sikker for Knokkelmandens Besøg. Og hvor godt vi alle havde det med Giersing – allesammen – faar man først gjort sig bevidst nu – da det er for sent. Men maaske er den Glæde man aldrig bliver sig bevidst den største. Jo ældre man bliver jo mere usikker bliver man over for Bedømmelsen af Værdier. Jeg vil haabe Besse bærer sin Skæbne hvor haard den end er. Han bar hende paa Hænderne. Jeg fik et Brev fra Bodil Giersing samme Morgen han var død og jeg kan ikke lade være med at fortælle Jer indholdet. G. var meget ængstelig for Døden og vis paa at han skulde dø. Besse [”Besse” overstreget] Han døde i Besses Arme mens hun i 5 Timer i Træk sang for ham alle sine Sange lige fra hendes italienske Viser til ”Bro Bro Brille” – mens Taarerne trillede ned ad hendes Kinder - - Jeg kommer til København sidst i Fbr. Mange Hilsener Eders hengivne Fr. Syberg.</t>
+  </si>
+  <si>
+    <t>1935-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Thomas Jensen
+Marie Schou
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>De omtalte kronikker: Johannes V. Jensen: "Fritz Syberg", Politiken 1. marts 1935. Optrykt i "Ord og Virkelighed" bd. 4, s. 67-73. Johannes V. Jensen: "Raadhusklokkerne", Politiken 2. januar 1935.
+Syberg-ordet "koboldmaki", som måske kan oversættes til "drillenisse-abekat", refererer til sidstnævnte Jensen-kroniks et-årige pigebarn, der stolprer under juletræet, og som udnævnes til at være det nye års fylgje, dvs. værneskikkelse Ordet optræder ikke i Jensens to kronikker. 
+Poul Uttenreitters bog "Fritz Syberg" blev i 1935 udgivet af Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikkerne. Uttenreitter vil blive glad for tilføjelsen i en af dem. Han er sikker på, at hans nye bog vil få hård kritik. 
+Når Syberg ikke har besøgt Jensen længe, skyldes det blandt andet, at Marie ikke kunne lide at rejse og heller ikke at være alene hjemme. Desuden har Syberg problemer med hjertet.
+Besse (Johanne) og hendes mand har sendt en stor buket blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MC7P</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+1-3-35
+Kære Ven
+Tak for Kroniken eller Kronikerne, ogsaa den foregaaende med Koboldmakien. Du har gjort en lille Tilføjelse i den om Uttenreitters Bog der vil varme hans Hjerte. Han er i Forvejen beredt paa, siger han, at Fagfolket, især Schultz (Dagens Nyheder) vil jævne den med Jorden, for det er ikke den vedtagne Metode at skrive Kunstkritik paa. Nu faar vi se.
+Jeg vilde gærne ud et Par Dage og især vilde jeg gærne en Tur op til Jer i Tibirke til Sommer. Hvad der har holdt mig tilbage de sidste tre Somre er egentlig Marie, som følte sig saa ene naar jeg rejste væk og ikke kunde bekvemme sig til at tage med eller i det hele taget tage her fra Pilegaarden uden naar hun tog til sin Søn. 
+Dog er det ogsaa rigtig nok at mit Hjerte gør mig betænkelig, ikke for min egen Skyld, men jeg ved hvor hjælpeløs jeg er dersom jeg faar et rigtig Anfald, jeg kan næppe rejse Hovedet fra Puden. Nu har jeg mærkelig nok intet fejlet i næsten 2 Aar. Men Hjertet sidder som en lille ond Fornemmelse i venstre Side, og [”og” overstreget] jeg mærker det ganske svagt al Tid og ved aldrig hvilket Minut det rigtig store Anfald er der. Men foreløbig, en Kjøbenhavnstur tør jeg da nok tage, dersom saa skulde være. Fraset dette har jeg det udmærket. Foreløbig har Din Kronik havt det for mig overraskende Udslag at der nu i Aften kom en overdaadig Buket Blomster ind til mig. Den viste sig at være fra Besse og hendes Mand og bar Indskriptionen ”vi siger det med Blomster” Som Teaterfolk er de jo fortrolige med Blomstersproget. Først faar jeg Din Kronik og derefter ogsaa Blomsterne det er efter Skriftens Ord ”den som haver ham skal gives o.s.v”
+De hjerteligste Hilsener til Jer begge to Skulde I finde paa at besøge mig saa har jeg en flink Pige og Senge i Massevis, ganske vist af den spartanske danske Sengetype.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-05-01</t>
+  </si>
+  <si>
+    <t>Emil Brückner
+Marie Schou
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Sagføreren er muligvis Emil Brückner. Fritz Syberg lånte i 1935 et stort billede af ham til en udstilling.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb.2, 1281</t>
+  </si>
+  <si>
+    <t>Fragtmanden kommer og henter og afleverer billeder. Måske har sagføreren plads til et af de store billeder. Fragtmandn kommer også til Hans.
+Det sner. Johanne/Besse kommer den følgende dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PSk2</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+1-5-35
+Kære Hans
+Paa Fredag kommer Fragtmanden, og dels henter, dels afleverer Billeder. Men jeg har besluttet at lade Sagføreren beholde det, han har, en Tid endnu, saa kan jeg senere se at faa et Landskab over til ham. Mon han har Plads til det meget store jeg havde paa Odenseudstillingen? - Men foreløbig bliver der saa ingen Forandring - 
+Hos Dig skal han ["han" overstreget] Fragtmanden ["Fragtmanden" indsat over linjen] ikke have andet end Vinterlandskabet og saa aflevere de tre af Tante Marie.
+Det sner paa fuld Kraft, endelig faar vi Vinter her i Kjerteminde. Besse ringede før, hun kommer her i Morgen
+Hilsen til Jer alle.
+Far.</t>
+  </si>
+  <si>
+    <t>1935-05-04</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Grete Jensen, f. Hansen
+Marie Schou
+Clara Syberg
+Johanne Syberg
+Lars Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Tante Marie var Fritz Sybergs hustru nummer to, Marie, f. Hansen. 
+Det omtalte, indlagte brev findes ikke sammen med Fritz Sybergs brev. 
+Hans og Grete var et keramisk værksted, som blev grundlagt af Grete Jensen og Hans Syberg. De fremstillede det stel, som populært kaldes Syberg-stellet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv 2010/57</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil komme, når Maries gravsten skal sættes på graven. 
+Besse er syg, og hun får ikke teaterjobs. Hendes søn har galdesten, så Besse er fortvivlet. 
+Fritz Syberg har ydet megen økonomisk støtte til Hans og Grete-keramikken. Det er et charmerende stel, men produktionen giver ikke overskud. Bliver produktionen kraftigt udvidet, er der en risiko for, at det vil gå ud over den kunstneriske kvalitet. 
+Hvis Sakker/Lars og Besse/Johanne skal drive foretagendet sammen, vil de ikke få meget at leve af. Der skal jo også betales procenter til Grete. Fritz Syberg er villig til at betale en afståelsessum til Hans, hvis hans to søskende skal overtage fabrikationen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ySm8</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+4-5-35
+Kære Hans.
+Jeg glemte i Telefonen at spørge Dig om hvornaar Stenen til Tante Maries og Nolles Grav er færdig. Jeg kommer over naar den skal sættes paa Graven da jeg gærne vil se den paa Stedet, og ikke har Energi til at foretage to Rejser. Med Hensyn til det jeg talte om Besse til Dig, da er Sagen alvorligere end jeg kunde give Dig Forestilling om i en Telefonsamtale. Hun er vist ["Hun er vist" overstreget] Det er ikke udelukket at hun er farlig syg, hvert Fald er hun fuldstændig slaaet ud fra Teaterbanen, men al det vil jeg helst overlade til hende selv at fortælle Dig. Dertil kommer at hendes Søn er syg og Lægen har erklæret at han lider af Galdesten og det har gjort hende meget fortvivlet, og har ført andre Bestemmelser med sig som jeg som sagt helst vil lade hende selv udtale sig om. Med Hensyn til "Hans og Grete" da staar den økonomiske Side af Sagen saaledes at den endnu ikke har kunnet svare sig. For mit Vedkommende staar Sagen saaledes at jeg har bidraget mit til at holde den paa Fode, dog saaledes at hver Gang jeg har givet Penge til den har jeg delt dem mellem Dig og Sakker ligelig fordi jeg syntes at Du skulde have noget for Dit Arbejde og Dine Udlæg. For Dig har jo Fabrikken heller ikke givet andet end Slid og Tab set fra den økonomiske Side. En anden Ting er at der er skabt en Fabrik for Keramik med en kunstnerisk Charme som bør bestaa. 
+Kommer du i Hænderne paa en Jøde eller anden dygtig Forretningsmand vil den muligvis kunde drives op til et indbringende Foretagende, men med det Resultat at den kunstneriske Side gaar tabt og Sakker hvordan hans Stilling i saadan en Fabrik end bliver til at begynde med, i Løbet af to Aar vil [et overstreget bogstav] være frosset ud af Forretningen, og om det ikke vil gaa Dig ligesaa - det ved jeg ikke.
+Hvis Sakker og Besse driver den saa vil det blive et lille Foretagende der gaar paa bedste Beskub, kan give et tarveligt Levebrød og beholder sin kunstneriske Charme. - Enten eller - 
+Hvordan I vil ordne Jer med ["med" overstreget] naar Fabrikken skal overdrages Sakker maa I selv om. Den har jo allerede Gretes Procenter at slæbe paa og ret meget vil den ikke kunne bære under Sakkers Ledelse dersom han og Odette skal kunne leve af den. Men jeg skriver dette Brev for at lade Dig vide at jeg er villig til at betale Dig en Afstaaelsessum naar ["naar" overstreget] om Fabriken eventuelt gaar over til Sakker og Besse, hvis Størrelse jeg ikke kan sige noget om andet end den maa indrette ["indrette" overstreget] fastsættes efter hvad I alle er tjent med.
+Mange Hilsener fra Far.
+Læs indlagte Brev og send mig det igen.</t>
+  </si>
+  <si>
+    <t>1938-06-27</t>
+  </si>
+  <si>
+    <t>Hammeren Vejleby pr. Skibby</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Johanne Giersing
+Jørgen Schou
+Mette Schou
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket lille hæfte Poul Uttenreitter arbejdede på. Fritz Syberg lavede i flere omgange illustrationer til den Grimme Ælling. 
+Onkel Peter og Onkel Kristian var muligvis brødre til Fritz Sybergs mor. Hun havde 10 søskende. Der er en lokalitet nord for Faaborg ved navn Enemærket.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, !910/57, A 120, Lb. 2, 1288</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for fotografierne, som sætter ham i den rette stemning. 
+Syberg har ventet besøg af Hans med familie og også af Johanne/Besse og hendes søn. I stedet kom Jørgen Schou/Nilken og hans kone. Uttenreitter har været på besøg og lånt akvareller samt nogle optegnelser om et par onkler. 
+Syberg maler på billeder af den Grimme Ælling og er nået til nr. 60. Han vil fortsætte med dette i to år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lhHP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Billedhugger
+Hans Syberg
+Hammeren
+Vejleby p. Skibby
+[På kuvertens bagside diverse udregninger og et par tegninger]
+Pilegaarden Kjerteminde
+27-6-38
+Kære Hans.
+Tak for Dine mange Fotografier I Eftermiddag har jeg digtet Billedet færdigt og sender det i Morgen eller overmorgen. Fotografierne hjælper til at sætte mig i Stemning, hvad selve Fælledparken angaar da er den jo blevet ikke saa lidt mere tilgroet Vi har ventet Jer hver Dag og ligeledes Besse og Bamse men endnu er I ikke kommet derimod kom lige nu Nilken og Mette som er paa Vej til Faaborg og Jylland eller omvendt. Ellers er her intet Nyt. 
+Jo Uttenreitter har været her for at ordne det lille Hefte med Aquarellerne af den graa Ælling. Tilfældig saa han noget jeg har skrevet om Onkel Peter den Gang Onkel Peter døde og bad om det for han vilde gærne lave en Opsats ud af det. Tillige havde jeg en Aquarel fra S ["S" overstreget] Nørremarks Landskabet med Enemærket og Onkel Kristians Marker. Jeg lod ham faa det hele med.
+For Øjeblikket maler jeg Billeder til den grimme Ælling, komponeret ud fra den aabne Horisont og Skymotiver jeg er i Løbet af de sidste 6 Maaneder naaet til No 60. fra samme Sted. Jeg har bestemt at jeg vil blive ved i 2 Aar. Nu faar [et overstreget bogstav] vi se.
+Hils Ulla og Børnene. Mange Hilsener
+Far.</t>
+  </si>
+  <si>
+    <t>1897-09-07</t>
+  </si>
+  <si>
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>- Andersson
+Johan Elmqvist
+Johanne Giersing
+Adolph Larsen
+Karl Schou
+Marie Schou
+- Strömdal
+Anders -, Sverige
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Christine og hvem Maries mand er. Heller ikke Gryllesen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Österberg med 1000 kr. til arbejdsløn. Elmqvist var forbavset over, at Alhed havde så mange ringe på.
+Anders fortalte en masse om, hvor elendigt Christine (ikke Swane) passede huset.
+Efter middagen gik Larsen på jagt i regnvejr. Adolph Larsen (Agraren) og Fritz Syberg (Baronen) var på jagt dagen før, og Syberg forstuvede foden, så i dag er han hjemme og passer Johanne (Besse). Derefter følger en lang beretning om en mislykket jagttur. Larsen og hans bror plukkede dog nogle rørhatte. 
+De folk, der var på tur til markedet, købte småting med hjem, og Johannes Larsen vil sende Alhed noget. Maries mand købte en ged.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ8S</t>
+  </si>
+  <si>
+    <t>Höljeryd 7 Septbr (Långaryds Marknad.) 1897.
+Min egen Kæreste!
+Saavidt jeg husker lovede jeg i Gaar at skrive naar jeg kom hjem, men da det jo er Markedsdag i Dag er det umuligt at faa Brev af Sted til Landeryd og jeg opsatte derfor Skriveriet til i Eftermiddag. Det varede noget inden vi kom fra Stationen i Gaar, Anders havde nogle Ærinder at besørge først, jeg var inde hos Elmquist og blev tratteret med en Bayer og 1 Cigar og tog til Gengæld 1000 Kr. med til Østerberg til Arbejdsløn. Elmquist var forbavset over den Masse Ringe Du havde paa, en 3-4 Stykker, mente han, jeg antager det var Slangeringen han havde faaet Øje paa, men han mente Du maatte være for ung til at være Enke, her faar de nok en Ring hver Gang de bliver forlovet og en hver Gang de bliver gift, og beholder dem, saa de jo efterhaanden kan faa en hel Samling, han mente for Resten at Du ikke kunde være mere end aderton – nitton År, og paastod at Folket sagde Du var min Fästemø. Vi kom sen af Sted og havde med som Passager en søn af Carl Andersson, Carlsro, da [vi] kom til Nyby slap vi ham og saa kan du tro at Anders begyndte at fortælle mig hvad Christine var for en, og hvor usselt hun passede Huset og Kreaturerne, og hvordan hun drak sig fuld sammen med Mo[ulæseligt], skønt Munden gik livligt paa ham kunde han dog blive ved med det til vi naaede omtrent hjem. Da vi havde spist til Middag gik jeg paa Jagt og fik en Hønekylling, hvad vi jo manglede i at have nok til en Middag. Det regnede for Resten af og til hele Eftermiddagen og det var egentlig ækelt at gaa i Skoven, jeg er snart ked af at gaa paa Jagt i alt det vaade og saa kan Hunden jo ingen Ting finde og Vildtet holder ikke. Agraren og Baronen var ogsaa ude i Gaar Eftermiddags, og de kom hjem med det Resultat at Baronen havde forstuvet sin ene Fod ved at krybe over et Hegn, og nu gaar han omkring ved den tykke Stok. I Formiddags gik Agraren og jeg paa Jagt, Baronen blev hjemme og passede Besse og Resten kørte paa Markedet. Det var ellers en temmelig uheldig Jagttur vi havde, saa snart vi var kommen derhen hvor vi hentede Myrerne fløj der 2 Tjurhøner op og vi skød paa hver sin uden at træffe nogen af dem, lidt efter fløj de ud af et Par Træer, og jeg kastede et Skud efter den ene igen bus, vi gik saa igennem Ekhult og Båxhult der traf vi en Høne som vi ikke fik Skud til og ude i Bækken der løber fra Horshult Søen ud i Aaen lettede der et halvt hundrede Ænder, men for langt ude, dem gik vi efter og der hvor Bækken løber ud i Aaen fik jeg Øje paa nogle af dem, der laa saadan at jeg kunde krybe til dem bag nogle Buske, hvad jeg ogsaa gjorde, men skønt jeg var saa beskeden kun at holde paa den nærmeste, som laa alene, jeg gjorde det for at være sikker paa dog at faa noget for mit Skud, opnaaede jeg kun at den efter Agrarens Beretning blev et godt stykke efter de andre, men de fløj om bag en Skov paa den anden Side Bækken saa vi kunde ikke gaa efter dem. Lidt efter jagede Tjalje en gammel Urhane ud i noget Krat, jeg saa kun et Glimt af ham mellem Træerne, men fyrede dog en Patron paa ham, til ingen Nytte naturligvis. Det regnede af og til som sædvanlig og jeg blev mere og mere led ved at gaa, men vi gik dog ned over Broen og om i Kongsveka, hvor vi tossede dygtigt rundt og saa nogle Høns uden at faa Skud indtil der pludselig lettede en stor Flok mest voxne Hanekyllinger, et lille Stykke fra mig, de satte sig imidlertid strax igen og vi gik saa hen til dem, jeg fik Øje paa en der gik paa Jorden, men den forsvandt strax, saa opdagede Agraren en og spurgte om han skulde skyde, jeg sagde ja og han skød, saa kom hele Flokken op og jeg skød Bus paa en der fløj ud til Siden, 2 Patroner spildt igen, noget efter stod Tjalfe for en Hanekylling, den kom ud til Agraren, bus, i alt 8 Patroner ingen Høns. Vi traf saa flere af Flokken og nogle Tjurer uden at faa Skud mere og gik saa hen og samlede Tasken fuld af Rørhatte, udmærkede Rørhatte, bedre end sidst, alle sammen saadan [tegning] eller saadan [tegning] omtrent halvt af hver i Størrelse. De andre var kommen fra Markedet og havde spist Frokost da vi kom hjem, Maaltiderne er nemlig lagt om i Anledning af Markedsturen og vi skal først spise en Gang i Aften, jeg mener Middagsmad. Frokost har jeg spist. Vi skal have Suppe med Rødder og Rørhatte, jeg har skrællet de halve faaet Lov til at de maa komme i Suppen, Urhøns, stegte, og Krøsengrød med en Mængde tyk Fløde som der ikke skal Mælk i. For Øjeblikket skinner Solen og Agraren og Baronen staar ude ved Havelaagen og morer sig med at se paa de mere eller mindre fulde Maarkedsfolk der stadig ruller forbi. Dem som var paa Markedet herfra havde en Del Sukkergodt med hjem. Agraren fik et lille Glaskrus [tegning] med noget Syltetøj i jeg fik 2 flade Tallerkner med Sukkergodt inden i og Billeder og Vers udenpaa, og den ene er til Dig, Du skal faa den nu hvis den kan være i Brevet ellers maa Du have Taalmodighed til Du faar mig at se. Nu tror jeg at jeg vil holde Pause til vi har spist saa skal jeg fortælle Dig om en Konvolut Marie fik af Schou og om hvad der staar paa den det kan jeg nemlig ikke huske. – Jeg har været inde og set at der er Pærer i Tyttebærgrøden. – Efter Middag. Paa Maries Konvolut staar der: ”Til den snällaste Flickan på hela Marknaden” og neden under ”jag älskar dig glöm ej mig”. Jeg sender her med din Pakke som er en hel Del mindre min og ikke saa pragtfuld men meget kønnere. Naar jeg nu har tilføjet at Middagen forløb udmærket, naar undtaget at Gryllesen [?] hele Tiden blev plaget af en ”slim Loppe” tror jeg at jeg har givet Dig en temmelig udførlig Beretning om hvordan det er gaaet til her siden i Gaar Middags, nej det er sandt her har gaaet en Gedebuk omkring, det var den vi mødte henne ved Strømdals da vi kørte til Landeryd, Maries Mand havde købt den for 10 Kr. den er temmelig skikkelig naar man giver den Brød, men naar der ikke er mere stanger den. Nu vil jeg hilse Dig fra alle her og naar jeg er færdig med Brevet vil jeg gaa ind i Spisestuen og spørge om det ikke er rigtigt at jeg har gjort det. Jeg længes meget efter Dig og efter at høre hvordan Du er kommen hjem og hvor meget Du saa vejede. Det er bleven et meget langt Brev og det er vist fuldt af Sludder, men jeg haaber at Du kommer igennem uden at kede Dig altformeget. En hel Mængde allerkærligste Hilsner fra Din egen Kæreste, er jeg ikke det?
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-03-20</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Johanne Giersing
+Jørgen Hansen
+Anders Madsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at det er blevet vinter. Dagen forinden var han og Tuk med Jørgen Hansen ude at sejle. Ved Dyreborg blev de overfaldet af en snebyge med hård blæst og måtte krybe i læ og så vende hjem. Tuk sov gennem det hele og er i dg ude at køre med slæde. Besse går ud med ham men kommer straks tilbage og fryser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Vzls</t>
+  </si>
+  <si>
+    <t>Svanninge 20 Marts 1899
+Kære Høns
+Vi har fået Vinter her, hvordan er Klimatet hos Jer? I Går var vi ude at sejle, Jørgen Hansen, Tuk og jeg. Vi kom kun til Dyreborg, så blev vi overfaldet af en Snebyge med hård Blæst og måtte krybe i Læ ved Anders Madsens Bro. Efter at vi havde ventet en Times Tid, hvori Vejret tog til stak vi hjem igen. Tuk sad hyllet i min Kavaj, Islænderen og den store Skindpels og fald i Søvn og sov fra hele Historien. 
+I Dag er han ude og kører med Slæde, Vinden og Forårsluften har snart farvet ham til Indianer Besse går ud med ham en Gang imellem, men kommer straks hylende tilbage og fryser.
+Tak for Brevet og Farveladen, Børnene står allerede og smører løs af alle Kræfter. Du skriver ikke noget om om Oppermann får solgt nogen Akvareller? Mange Hilsener fra Din Fritz
+Hils Fransiska og Marie.</t>
+  </si>
+  <si>
+    <t>1903-09-23</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>"Kukkeren" er muligvis Hans Syberg, som bl.a. havde "Tukuk" som kælenavn. Sidst i brevet nævnes "Tuk", som er et andet af Hans Sybergs kælenavne.</t>
+  </si>
+  <si>
+    <t>Fritz vil gerne høre nyt fra Anna og beder hende hilse Kukkeren. Hvis det gode vejr holder, kunne Anna komme derud om lørdagen og blive til søndag. Men måske kunne Sakker blive hjemme med Olga. Ellers kan hun evt. send Besse og Tuk derud alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jFQ5</t>
+  </si>
+  <si>
+    <t>Kære Høns!
+Tak for det tilsendte. Jeg går ud fra at Sakker og I alle har det godt siden Du ikke nævner et Ord derom, men beder Dig dog omgående lade mig lidt vide. Hils Kukkeren og sig at en Ælling har slået sig ned lige ved Siden af Båden hvor den ligger og dukker hele Dagen.
+Jeg har en Plan: dersom det gode Vejr varer ved så kunde Du jo tage herud med hele [Rusen] på Lørdag og blive her til om Søndagen så tager jeg muligvis med hjem. Måske er det dog bedst at lade Sakker blive hjemme men Du må jo så se hvordan Du kan indrette Dig med Olga. Dersom Du ikke bifalder det kan Du så ikke se at få både Besse og Tuk herud om Lørdagen – De kan jo nok rejse alene.
+Mange Hilsener til Jer alle Din Fritz</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
+    <t>Sommer eller efterår 1912</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Henry Lørup
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig i Italien fra efteråret 1910 og små tre år frem.
+Af brev fra Fritz Syberg til Mads Rasmussen 28. juni 1912 fremgår det, at familien 1. juli - 1. november 1912 boede på Hotel Balestri i Marina di Pisa. 
+Kristian Zahrtmanns bog Lovisa udkom i København 1912. Zahrtmann har i den skrevet: "Et Minde om Oplevelser 1877, næsten fortalt ganske som det er gaaet til. Personerne har jeg mødt, Lionardo og Lovisa ses i medfølgende Billeder."
+Ingrassere: Italiensk for at blive tyk. Scultore: Billedhugger.</t>
+  </si>
+  <si>
+    <t>Der er varmt i Italien. 
+I forlængelse af at man har talt om ismer: Henry Lørup skrev engang til Johannes Larsen: "Find blev i går Symbolist".
+Syberg har lejet et badehus, som han bruger til atelier. Folk bruger badedragt, og Syberg har været nødt til at anskaffe badebukser til sine drenge. Han maler billeder af dem. 
+Syberg-familien har lært en familie at kende, og deres yngste er glad for Sakker (Lars). Anna er blevet kobberfarvet, og Fritz har lyst til at male hende. Besse (Johanne) er blevet tyke, og en officer er glad for hende. Nolle (Clara) ser skiftevis fransk og dansk ud. Hans slider som billedhugger og elsker livet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkrA</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri.
+Kære Venner!
+Her er varmt. Jeg har ikke sovet i tre Nætter og har måttet indstille Professionen i Dag. Jeg er ved at søge ud i Periferien af mig selv af Trang til at indvinde nyt Terræn. Mine Rejser er ikke så lange de foregår indenfor Familien, men en Rejse på Stedet kan være ligeså vanskelig som en til det indre Afrika eller Sibirien. Det lyder vist blødt. Varmen må bære Skylden. Du siger ”futuristisk” med samme Ugenerthed som en Sømand siger ”spejlgattet” om et Skibsskrog. Jeg har oplevet adskillige Ismer og Sandheder tro der er Tider hvor jeg har taget dem alvorlig. Jeg kender Ingen der tog dem så smukt som Maleren afdøde [”afdøde” indsat over linjen] Henry Lørup. Han skrev følgende Efterskrift i et Brev til Johannes Larsen ”Find blev i går Symbolist.”
+Zahrtmann har mindedes mig igen.
+Jeg modtog for et Par Dage siden Bogen Lovisa, Jeg synes den er smuk. Vi har lejet et Badehus som jeg benytter til Atelier. Det kunde være meget rart dersom Folk ikke gik i Badedragt, men det gør de, oven i Købet i hele Dres. Mine egne tre Drenge har jeg udstyret med Badebukser af det mindst mulige Mål. Men helt nøgne tør man ikke præsentere dem. Jeg maler på tre Billeder af dem.
+I øvrigt har vi det rent umoralsk godt. Vi har gjort Bekendtskab med en Familie med tre pragtfulde Døtre. Den yngste hedder Brunhilde og er blevet udset til Sakkers Kæreste. Hun er meget indtaget i ham og kalder ham Lorenzo magnifico. Men han prygler hende. Børnene taler flinkt Italiensk, selv lærer jeg det aldrig. I denne Varme forfalder jeg til at tale dansk til vores italienske Tjenestepige
+Anna har antaget sin Kobberfarve og jeg får Lyst til at begynde på en ny Serie Portrætter af hende. Besse blomstrer og ”ingrassare’r” bliver fed, - det skønneste en Kvinde kan foretage sig her i Italien. En lille Officersspire kurer til hende for Tiden. Han skal være [ulæseligt]atiker og ind i Hærens Luftflåde og er meget meget skudt. Nolle ser hveranden Dag engelsk og hveranden Dag fransk ud. Hun er den der taler bedst Italiensk. De tre Drenge bader fra Morgen til Aften.
+Gid vi havde Jer her.
+Eders hengivne
+Fritz Syberg
+Jeg har glemt Hans: Han bor alene i Pisa slider som ”scultore” og synes at Livet er en mageløs Ting.</t>
+  </si>
+  <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1914-10-09</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914.</t>
+  </si>
+  <si>
+    <t>Else Jensen takker Fritz Syberg for hans besøg. Hun skriver om, hvordan J.V. er blevet modtaget, fordi han har luftet sine tyske sympatier. 
+Hvis hun kan hjælpe, når Besse skal indkvarteres, må han endelig sige til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LFOV</t>
+  </si>
+  <si>
+    <t>d: 9-10-14.
+Kære Syberg. Tusind Tak for Pærerne og Tak for dit lille Besøg, vi var saa glade over at være sammen med dig og syntes vi havde det saa hyggeligt. Har du set, hvor J.V. er blevet modtaget, fordi han ikke har holdt tæt med sine tyske Sympatier. Det gør naturligvis ikke noget, men jeg kan ikke lade være med at blive lidt ulykkelig, hver Gang Tyskerne gør noget utiltalende, for saa synes jeg de andre faar en vis Ret over Johannes V, der var jo ogsaa uforsigtigt at lade noget trykke i et tyske Tidsskrift, og han har jo ikke senere kunnet faa det ud paa danske, nu maa vi tage vor Klø og saa haabe Tiden vil give os Ret. 
+Hvis jeg paa nogen Maade kan være til Nytte, naar Besse skal indkvarteres, saa maa du endelig sige til, jeg har masser af Tid til min Radighed.
+Vi ser dig vel, naar du følger Besse ind.
+Hils alle Børnene
+Din hengivne 
+Else</t>
+  </si>
+  <si>
+    <t>1918-09-25</t>
+  </si>
+  <si>
+    <t>Otto Gelsted
+Harald Giersing
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen byggede et hus i Tibirke. 
+Det er uklart, hvad ordene om at Trylle/Franz er "i Klokken" betyder.
+Marie Schou/Syberg boede bortsat i København og arbejdede som stenograf i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede til Pilegården, da hun blev pensioneret.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har hørt, at Jensen-familien bygger i Tibirke. Han selv føler sig ensom og halvgammel. Syberg maler nogle oliebilleder af fynske landskaber, og han har også skrabet malingen af en del. Han er husmor for otte personer dagligt, og da det er svært at skaffe madvarer, har han købt to smågrise. Hans har også oprettet et kaninstutteri, men en del af ungerne er gået til. Familien lever af sild, byggrød og kartofler, og Syberg får mundvand ved tanken om flæsk, ligesom han fantaserer om vildsvin.
+Børnene har det godt. Besse/Johanne og hendes mand har lige været på besøg, og Nolle/Clara også - hun virker beroligende på Syberg. Marie er på arbejde i Rigsdagen, og Syberg har ikke lyst til at tage til København. September er trist, og der er lang tid til sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/37qg</t>
+  </si>
+  <si>
+    <t>Pilegaarden 25-9-18
+Kære Venner!
+Hvordan har I det? Jeg talte i Gaar med Gjeldsted, han fortalte at I byggede endnu og opholdt Jer i Tibirke og jeg forstaar deraf at Din Sygdom har været langvarig. Blot Du maa blive rask og ingen Mén faar af det, saa er Tidspunktet Du har valgt at ligge syg i omtrent det fornuftigste Du kunde vælge. Verden er saa modbydelig som aldrig før. Jeg tænker tidt paa Jer og ønsker at I var saa nær saa jeg kunde komme hen og aflægge Jer et Besøg, men I er ogsaa de eneste Mennesker jeg længes efter. Det er ikke fordi jeg finder det videre rart med min Ensomhed herovre, men ”Mennesker” kan jeg ikke sige jeg føler Længsel efter. Det er vel nok det [”det” overstreget] et af de kritiske Øjeblikke i Livet naar man pludse [”pludse” overstreget] ser at man befinder sig i Opløbet. Du har en Række Aar for Dig inden Du naar til det Punkt, Du baade bliver rask og faar vel denne uendelige Krig lagt bag Dig inden Du ser Dig stillet foran den sidste Spurt. Men naar man nærmer sig de 60 saa stærkt, som jeg gør, saa er det den korte og sværeste Ende der er tilbage. Jeg har taget fat paa Oliefarven igen og maler Landskaber med alle de Hestekræfter jeg kan opdrive. Dels for at faa lavet nogle fynske Landskaber, dels for – og ikke mindst – for ikke at gaa til. Jeg vilde gærne holde ud til Enden. Foreløbig har jeg gjort 15-16 Billeder, Kornbilleder med modent Korn i Traver og Landskaber med Popler og skrabet omtrent det dobbelte Antal ud Iøvrigt har jeg nok til at holde mig vaagen. Naar man er 8 eller [”8 eller” overstreget] 8 Mennesker hver Dag at være Husmoder for – og det maa jeg – saa er der lagt Beslag paa En. Min Husbestyrerinde har sagt Pas m. H. til Fremskaffelsen af Fødemidler Men det morer mig forresten at overvinde Vanskelighederne [de afsluttende bogstaver ”ne” overstreget] af den Art. Jeg har købt to Grise som jeg feder op dels med Frugt fra Haven, dels med hamstret Korn og Kartofler. De æder med en Energi som ligefrem kan begejstre En. Hans har indrettet et Kaninstutteri. Foreløbig har Katten ædt tre af Ungerne, men de yngler jo saa man ligefrem stejler ved [at] være Vidne dertil. En fik Unger to Gange i Løbet af en Maaned men det sidste Kuld var desværre frosset ihjel om Natten, vi havde ikke ventet det før 14 Dage senere. Og i øvrigt koger rister steger og salter vi Sild. Kød og Flæsk findes ikke paa Kjertemindeegnen, vi har ikke set Oksekød i et halvt Aar og Flæsk ikke siden Jul, men vi befinder os udmærket med Sild og Byggrynsgrød som Hovednæringsmiddel – ja og Kartofler. Jeg tænker tit paa Menuen i Din Bog ”Skibet” Sild, Sild, opblødt Grut og Børsteflæsk og igen Sild. ”Børsteflæsket” faar forresten mine Tænder til at løbe i Vand, Gud ved hvordan et stegt Vildsvinehoved vilde smage – Drengene har det godt, Trylle er i ”Klokken”, de andre to gaar til Dans to Gange om Ugen. Rabbe vokser men er spinkel. Hans driver den af og er vist lidt paa Kant med sig selv. Besse havde jeg fornylig Besøg af sammen med Manden. Hun er bleg og Københavnsk, men i straalende Humør og det var de forresten beggeto. Nolle var her i Ferien hun er sød at have i Huset, hun virker saa behagelig og beroligende paa mig. Marie er i Arbejde i Rigsdagen igen, og til København kommer jeg ikke for det første, det er da min Bestemmelse, som jeg forresten ikke føler mig forpligtet til ikke at bryde. Kjertemindeegnen er monoton for Tiden aldrig har jeg oplevet en mere traurig September – hvor er Juli dog en dejlig Maaned – eller rettere 20 Juli – 20 August – Efteraaret virker nedtrykkende paa mig i Aar, det er første Gang jeg har konstateret det. Der er langt til Sommer igen og saa er den kun som et Aandedrag Der er noget lumpent i at man ikke kan fiksere den naar man staar midt i den holde paa den en 14 Dages Tid. Men den gode Tid er kun kort og de gode Mennesker dør tidlig, - de dør i Skyttegrave, - Mod og Sagtmodighed, Munterhed og Visdom ryddes ud og tilbage bliver Fordringsfuldhed og Forbenethed ja det er ”en lille skidt Planet” vi lever paa. 
+Ha’et nu saa godt som mulig bliv snart rask.
+Mange Hilsener til Jer begge og til Børnene
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-07-26</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Johanne Giersing
+Thomas Jensen
+- Marstrand
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg havde på dette tidspunkt i flere år haft planer om at male Else og Johannes V. Jensen i deres feriebolig i Tibirke.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har huset fuldt af børn og gæster nogle dage, og andre dage er han og Marie alene. Franz/Trylle samt Thomas Jensen er lige nu i Tyskland til noget musikhistorisk træf. Syberg har tænkt at holde fast i at besøge Jensen fx. fra 31. juli og male på portræt(ter) af dem. Lige nu er blandt andre Johanne/Besse og hendes søn på Pilegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bKZr</t>
+  </si>
+  <si>
+    <t>Pilegaarden 26-7-29.
+Kære Johannes V. og Else.
+Vi har jo havt en dejlig Sommer siden vi saas sidst, jeg haaber den har bekommet Jer vel. I øvrigt er det en urolig Feri[e]tid i Aar, [i] hvert Fald herovre. Børnene kommer og gaar, snart er vi Huset fuldt, snart er Marie og jeg alene. I Øjeblikket er Trylle og Besses Mand Thomas Jensen i Baden-Baden for at overvære en Uges Musikhistorie af en eller anden, eller rettere af flere forskællige Arter, og jeg venter dem ikke tilbage før først i August. Derimod venter vi et større Besøg sidst i Juli. Men hvordan det nu falder ud, har jeg tænkt at fastholde min Plan om at tage op til Jer om [”om” overstreget] f. Eks. den 31 Juli og tage et Livtag med Billederne indtil I rejser til Kbhvn, hvis det da ellers passer Jer?
+I Øjeblikket er her ikke andre end Rille, Besse, hendes Dreng, Rabbe og Fru Marstrand Men de har alle et velsignet Humør og fylder Landskabet med Latter og højrøstet Tale, men tror virkelig at vor Klode er et godt Sted. Hils! – Marie beder hilse.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-05-12</t>
+  </si>
+  <si>
+    <t>Jakob -
+Johanne Giersing
+Grete Jensen, f. Hansen
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Kirsten Syberg
+Lars Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Hans Syberg og Grete Jensen etablerede sammen virksomheden Hans og Grete-Keramik. I 1935 gik Hans ud af foretagendet, og hans bror, Lars/Sakker, overtog det, som man nu kaldte "fabrikken". Fritz Syberg bidrog med penge, og der opstod nogen strid mellem hans mange børn om, hvem der havde fået hvad og hvor meget.
+Der blev betalt procenter til Grete Jensen for hendes design. 
+Hans Syberg lavede på Fritz Sybergs bestilling en sten til Marie Sybergs grav.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1278</t>
+  </si>
+  <si>
+    <t>Lars/Sakker er hjemme hos Fritz Syberg, og nu kender Syberg til fabrikkens skæbne. Fritz Syberg har givet Lars 7000 kr., Hans 5000 Franz 2500 og Ernst 4000. Anna Louise/Rabbe har 10.000 til sit ophold i København. Desuden har Syberg lånt og givet Jørgen/Nilken Schou og Jakob penge. Han har nu 30.000 i sparekassen. Johanne/Besse vil helst have sine penge fra faderen stående til nødsituationer.
+Syberg vil gerne tale med Hans om, hvordan hans afståelse af fabrikken skal foregå, for Hans har lagt flere års slid i virksomheden. Sagen må ordnes, så Lars også er tilfreds. Det er dyrt at betale procenter til Grete. 
+Fritz Syberg ser frem til at se stenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kuu5</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+12-5-35
+Kære Hans.
+Sakker er her. Egentlig havde vi ventet at Du tog med. Jeg er nu for første Gang blevet sat ind i Fabrikens Skæbne. Sakker er klar over de Beløb han har faaet af mig. Hvor meget Du har faaet er jeg ikke helt klar over, men det siger mindre. Naar jeg regner Julegavebeløbet fra, er der fra min Side indbetalt 7000 til Sakker og ca. ["ca." indsat over linjen] 5000 til Dig. Selvfølgelig vil jeg ikke have at det skal være en Fordring paa Fabriken for det vil den jo slet ikke kunne bære. Trylle har i samme Tidsrum faaet 2,500 Rille 4000. Rabbe har jeg sat 10,000 ud for som vel at mærke bruges til hendes Ophold i Kjøbenhavn med 210 Kr. pr. Maaned. Nilken har faaet 2,000 Jakob har jeg laant 3000 paa uvis Frist. Det er hvad jeg i Øjeblikket kan huske. Helt sikkert er jo saadant Hukommelsesværk ikke ["ikke" indsat over linjen], men hvert Fald er det ikke mindre. Dertil kommer Udgifterne ved Tante Maries Død. Paa Sparekassebog ejer jeg i Øjeblikket 30,000 Kr. foruden hvad jeg har udestaaende (a 10,000.) Imidlertid ["Imidlertid" overstreget] Dertil kommer at Besse har i Forvaring 7000 Kr. Jeg har et Par Gange sagt at i det mindste de 2000 skulde være hendes men hun har stadig [et par overstregede tegn] afslaaet det med den Motivering at de Penge skal staa som en Nødskilling. Hverken Fabriken, Rille eller Rabbe kunde man vide hvordan deres Fremtid vilde forme sig. Naar jeg nu kommer over vil jeg gærne tale med Dig, for afstaar Du Fabriken til Sakker vil jeg absolut gøre mit til at Du ikke skal føle Dig forurettet Vi maa kunne tale os tilrette derom, se Sagen baade fra Din Side, min Side, og Sakkers Side. Det sidste bliver det sværeste. At Du som har lagt flere Aars Slid ind i den vurderer den paa Din Maade er forstaaeligt og at Sakker ser paa det som han gør, ser paa den som ["ser paa den som" indsat over linjen] en Ting der maa vurderes efter hvad den er værd i Salg X) er lige saa forstaaeligt. Mig skal I nemt komme overens med.
+Jeg glæder mig til at se Stenen. Alt gaar vel, blot mindsker Arbejdskraften, jeg kan ikke holde ud saa længe.
+Hils Ulla og Børnene
+Mange Hilsener fra Far.
+X) Heri indbefattes Gretes Modeller, der jo er dyrt betalt ved %er. Vist nok det dyreste Modeller i Danmark.</t>
+  </si>
+  <si>
+    <t>1944-07-04</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+R.A. Christophersen
+Thora Cohn
+Johanne Giersing
+I.G. Jacobsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Dagmar Madsen
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ester -, pige i huset hos Johannes Larsen
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Gudrun Syberg
+Hans  Syberg
+Lars Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>26. maj 1944 sprængtes en Schalburgtage-bombe i Odense centrum. Den omtalte Passage gik fra Vestergade til Pogestræde. Den blev etableret i 1926. (Johnny Wøllekær og Jørgen Thomsen: Det blev Strøgpassagen og ikke Strømpeskaftet. Artikel fundet på nettet juli 2023).
+Kæreste var Else Overgaards moster.
+Det vides ikke, hvem Else Larsens kusine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2002/61, A8, lb 11, kasse 1, kuvert 2.</t>
+  </si>
+  <si>
+    <t>Else Larsen takker for de flotte gaver. Ane fik rulleskøjterne, og Jeppe arvede de gamle. Ane går til svømning. Thora og Jeppe bader fra badehuset.
+Puf og en gartner har ordnet haven meget fint. 
+Det er lykkedes Else at hyre en pige, Ester.
+En Schalburgtage-bombe, som var rettet mod Fyns Stiftstidende, har beskadiget Elses forældres kontor og lejlighed samt omliggende ejendomme. Elses mor er meget ude af fatning. Hun og manden ventede i fem dage på nye vinduer, men en ny sprængladning smadrede dem. Elses forældre kom til Kerteminde, men tog hurtigt tilbage til Odense. Elses mor blev derefter syg med høj feber, men heldigvis kom Ester og kunne hjælpe med diverse. 
+Else har sammen med hele Syberg-familien deltaget i Johanne/Besse Giersings begravelse på Drigstrup Kirkegård, og det var meget trist. Franz/Trylle Sybergs 40års fødselsdagsfest blev aflyst. 
+Else har været på besøg hos Johanne/Junge Larsen, og hun havde det overraskende godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3dkp</t>
+  </si>
+  <si>
+    <t>1) Kerteminde d. 4/7 1944
+Kære Ugle og Rie!
+Mange Tak for jeres Breve og jeres mange Forsendelser, jeg er meget glad for Tallerkenerne og Fadet, vi trængte saadan til begge Dele og Las er glad for Glassene, han skriver nok selv; og sikken en Flothed med Rulleskøjter, Ane havde faaet et Par, men hun fik de ny og Jeppe de gamle og begge var meget glade, han er allerede den dygtigste, Ane er ikke saa ihærdig til at lære, naar hun ikke kan straks, taber hun Modet. Heldigvis er hun vedholdende med Svømningen, hun faar Undervisning i Aar igen og bliver meget rost af Lærerinden, hun opholder sig næsten hele Dagen ude paa Badeanstalten, der er heldigvis meget lavere i Aar, hun kan næsten bunde ved Broen. Jeppe og Thora opholder sig ved Badehuset hele Dagen, vi har faaet lavet en Bro, som Jollen ligger ved. I Haven foregaar en Masse, vi har haft en Gartner gaaende nu i 2 Maaneder foruden at Puf har været der hele Tiden og der er ryddet vældig op alle Vegne, fældet udgaaede Træer og Hylde og Elme, som stod allevegne, Køkkenhaven i fin Stand og alle Plænerne klippet med Maskine, bare det giver Arbejde til en Mand den meste Tid. Men jeg glemmer det vigtigste, jeg har faaet en Pige i sidste Øjeblik efter at jeg havde opgivet fuldstændig og indrettet mig paa at være alene med Grete til lidt Hjælp, denne er fra Aarhus og Veninde med Christiansens Pige og er gennem hende bleven anbefalet Pladsen, hun har ikke været i Huset i et Aar, men lader til at være helt flink og omgængelig og ihvertfald en stor Hjælp. Her var en kort forinden, som jeg havde telefoneret til efter en Annonce, hun havde Masser af Tilbud og forlangte 175 Kr, var 20 Aar og kunde daglig, men vilde gerne lære finere Madlavning, jeg gik ind paa alt, men hun ringede næste Dag, at hun havde taget en anden Plads, det er et formeligt Kapløb, naar der er en eller anden Form for Hushjælp i Udsigt. Iøvrigt har vi haft en temmelig bevæget Tid, Far, Mor og Kæreste skulde jo komme til Pinse, men 
+2) umiddelbart forinden blev Fyns Stiftstidende bombet, hvorved en Mur væltede ind i Fars Kontor og i Lejligheden blev naturligvis alle Ruder knust og Glasskaarene fløj rundt og ødelagde forskelligt, alt i Vinduerne røg ned paa Gaden og ikke mindst, de fik alle 3 saadan et Chok, som Mor ihvertfald ikke har forvunden endnu, jeg var der Dagen efter. Bulteriet var ubeskriveligt, der havde ligget en Bombe i Passagen og den havde raseret samtlige Ejendomme i den Grad, at alle Døre og Vinduer var slaaet til Pindebrænde, Butikkerne var fuldstændig raseret, Varerne laa og flød paa Gaden som iøvrig var dækket af et tykt Lag af Glasskaar og Murbrokker, hvorimellem Folk gik og ledte efter deres Ejendele, fra Etagerne øste de ustandselig Spandevis af Skaar og Ragelse ud af Vinduerne ned paa Gaden, de bliver ikke beboelige i flere Maaneder. Mor, som jo var sluppet meget naadigt gik og græd og jamrede og kunde slet ikke faa fat paa noget, Far og Kæreste var graa i Ansigterne af Træthed, de havde ryddet op fra Kl 2 om Natten og gik i susende Gennemtræk fra alle de aabne Dør og Vinduesaabninger. Imidlertid fik de da slaaet Pap og Brædder for og kom ned Pinsedag, men rejste allesammen næste Dag for at komme hjem og faa Ruder i, det maatte Mor saa vente paa i 5 dage og de andre opgav definitivt enhver Tanke om Ferie, nu skulde alt takseres og interimistisk ordnes og Kæreste kom langt bagud med Kontorarbejdet, der var jo ikke Ro eller Fred til nogetsomhelst. Deres Telefon var den eneste som duede, saa den brugte alle og Cigardamen, som havde Fars tidligere Butik maatte installeres hos dem og er der da endnu og dele sin Smule Tobak ud, det giver jo en masse Uro. Saa kom Mor da endelig herned, men gik Glip af nogle dejlige Dage og et Par Dage efter kom den næste Bombning, som ikke gjorde saa megen Ravage hos os, men var til Gengæld mere sindsoprivende, Mor var jo heldigvis her, hun klappede helt sammen da jeg kom ned og fortalte det og vilde trods kraftige Protester derind. Der var ikke sket noget videre, for de havde været 
+3) saa forsynlige at sætte Vinduerne paa Klem, saa de fløj op i Stedet for at sprænges, men en stor Ejendom paa Hjørnet af Vestergade og Klaregade var brændt og J.G. Jakobsens Bagside og Guldsmed Christophersens Baghus var ødelagt, saa det var jo paa nærmeste Hold, Kæreste troede, hendes Trommehinder var sprængt, hun kunde ikke høre længe efter, Kontorruderne, som de omsider havde faaet i efter at have gaaet i Mørke i 8 Dage med det dejligste Solskin udenfor, var naturligvis røget igen; Mor blev saa inde om Natten og da bombede Danskerne et Par Fabrikker i Byens Udkant og saa kunde de ikke afvente Schalburgernes næste Modsvar, alle flygtede fra Byens Midte, Far og Mor fik i Huj og Hast et Klædeskab med Tøj, en Kuffert med Sølvtøj o.lign. anbragt ude omkring og tog herned om Aftenen, og siden har Mor saa boet i Sommerlejligheden og Far og Kæreste er rejst frem og tilbage Morgen og Aften, der var ikke eet Menneske i deres eller de tilstødende Ejendomme i den Tid, men der er ikke sket noget og nu er Folk begyndt at flytte ind igen og de var besluttet paa at rejse hjem til 1 Juli skønt vi godt kunde huse dem med 2 ledige Pigeværelser, men saa i Tirsdags blev Mor syg med Hoved og Halspine og Onsdag laa hun med 40,1 og var meget daarlig med en rygende Angina, Torsdag var hun ved Hjælp af Piller lidt bedre og Fredag flyttede vi hende i Ambulance herop, de skulde jo ud af Lejligheden til Lørdag, hun vilde absolut hjem, men det var jo den rene Elendighed at faa hende derud og ligge, Kæreste blev hernede for at passe hende og heldigvis dukkede saa Ester (Pigen) op Torsdag og gik i Arbejde Fredag, det lysnede svært paa det hele. Lørdag kom saa Far om Eftermiddagen og en Kusine til mig, hvis Forældre var taget til København, hun skulde være taget om til dem Lørdag, men kunde altsaa ikke komme afsted og var muttersalene og vi havde saa en helt rar Søndag, Mor var meget bedre og lidt oppe og Vejret var ogsaa
+4) dejligt, ganske vist var vi til Besses Begravelse paa Drigstrup Kirkegaard om Eftermiddagen, det var meget sørgeligt, hun havde lige været paa Pilegaarden, heldigvis naaede alle hendes Søskende hertil til Begravelsen trods en Masse Genvordigheder, Trylle og Gudrun vidste ikke engang om Meddelelsen om Tid og Sted for Begravelsen var naaet frem til dem. Trylles 40Aars Fødselsdag skulde have været fejret i Morgen med hele Familien og os, det bliver der ikke noget af nu, de fleste er rejst ved første Lejlighed hjem til deres Familie, sikke ogsaa Tilstande, Gudskelov de ikke bor i København. 
+I Dag er Mor rejst, og nu haaber jeg de faar nogenlunde Ro, hun kan ikke tage meget mere, men hun var utaalmodig efter at komme hjem og hygge lidt om dem, der ser jo ud af [ulæseligt ord] efter Rystelserne. Her er fredeligt, men vi følger spændt Begivenhedernes Udvikling, kun Las tager til Klax Fødselsdag Puf vil nødig tage herfra og desuden havde vi paa det Tidspunkt, da vi sagde nej, ingen Pige. Vi var paa Lindøgaard forleden, Tante Junge havde det forbausende godt, men ingen derfra tager til Rørdam, mon du faar Held til at komme over, vi skulde have Mornine i denne Maaned, men nu ved vi jo ikke hvordan alting gaar. 
+Nu tror jeg ikke, der er mere at berette, jeg er ogsaa bange for, det snart er ulæseligt, saa jeg vil slutte med Tusind Hilsner til jer begge fra
+alle her og jeres Else</t>
+  </si>
+  <si>
+    <t>21. jan. 1914</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qCtlDz8Q</t>
+  </si>
+  <si>
+    <t>22. jan. 1914</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QzNv6xBt</t>
+  </si>
+  <si>
+    <t>28. jul. 1925</t>
+  </si>
+  <si>
+    <t>Poul Holbeck
+Peter Nielsen
+Jakob Rosing
+Peter Rosing</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hBq1uNhk</t>
+  </si>
+  <si>
+    <t>19. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/dWj7jadr</t>
+  </si>
+  <si>
+    <t>20. aug. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SMnMcBiq</t>
+  </si>
+  <si>
+    <t>30. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+  </si>
+  <si>
+    <t>15. jul. 1925</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AbIwK2ds</t>
+  </si>
+  <si>
+    <t>26. jul. 1925</t>
+  </si>
+  <si>
+    <t>Kata -
+Olaf Asmussen Hagerup
+Poul Holbeck
+Helga Lehn Schiøler
+Enoks Lyberth
+Peter Nielsen
+Bolette Rosing
+Jakob Rosing
+Peter Rosing
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqdWSk9Z</t>
+  </si>
+  <si>
+    <t> 9. aug. 1925</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Grønland
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller
+- Nørdam
+Henning Scheel
+Jes Svane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KRmo1USA</t>
+  </si>
+  <si>
+    <t>11. sep. 1925</t>
+  </si>
+  <si>
+    <t>Niuvertoq -
+Christen Hauge
+Eiler Lehn Schiøler
+Knud Oldendow
+P Vedsted
+Richard West</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/d8BQ6gjM</t>
+  </si>
+  <si>
+    <t>12. sep. 1925</t>
+  </si>
+  <si>
+    <t>Frederik Balle
+Jens Chemnitz
+Svend Koch
+Dan la Cour
+Eiler Lehn Schiøler
+- Nolager
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/s5dKk7Qe</t>
+  </si>
+  <si>
+    <t>24. jun. 1925</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+John Møller
+Aage Nissen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/eQoJvbFY</t>
+  </si>
+  <si>
+    <t>19. aug. 1925</t>
+  </si>
+  <si>
+    <t>Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GjmjBRL3</t>
+  </si>
+  <si>
+    <t>1900-12</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Augusta Mogensen
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ventede barn nummer to, og Ellen regnede åbenbart med, at det blev en pige. Det blev en dreng.
+Ellen Sawyer boede i Boston med sin familie. Alhed og Johannes Larsen boede til leje i et hus eget af hans forældre i Kerteminde. Deres villa blev bygget 1901-1902.
+"at du har lille Disser": Ellen og Alheds yngre søster Astrid/Dis var i huset hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1684</t>
+  </si>
+  <si>
+    <t>Det glæder Ellen, at Alheds hofte har det bedre, og hun sender en varmedunk. Godt, at Alhed har Astrid/Disser til hjælp.
+Hvornår ventes barnet? Ellen sender en sommerhue.
+Grethe/Margrethe kravler rundt og trækker alting ned. Måske kan de to børn blive døbt sammen den følgende sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zAQG</t>
+  </si>
+  <si>
+    <t>Kære gode Beser!
+Jeg havde beregnet at skrive et godt langt Julebrev til dig, men Tiden er løbet fra mig som sædvanlig, så det bliver kun til et ”glædelig Jul” til dig og Gajen og Las
+I kan sagtens som kan fejre den i eget Hjem, selvom det kun er midlertidigt. eg [”eg” overstreget]
+Mor skrev idag at du er bedre i Hoften og det var jeg rigtignok glad ved at høre, for jeg skal ikke nægte, jeg var lidt ilde tilmode ved at høre om det.
+Du er vel nok rigtig rigtig forsigtig og passer på min Niece. Hvornår er det hun ventes? i Marts? Måske kan hun blive døbt sammen med min Grethe til Sommer.
+Bare du nu må komme lidt let over det – de siger jo at No 2 ikke er nær så vanskelig at få og det er jo en god Ting
+Fru Mogensen klarede det skam elegant – bare du kunde ligesådan.
+Skal I ikke snart have Gajen fotograferet igen jeg vilde gærne snart se hvordan han ser ud nu. Det er forbavsende så hurtig de udvikler sig, de små, og hvor er de søde men hvor er det trættende at passe dem. Grethe er nu i en Alder, hvor det næsten ikke er ”Pigearbe” at passe hende. Hun står op fra sin Stol, falder ud af sin Seng – el. prøver på det, så man kan ikke forlade hende et Øjeblik – særlig når det er for koldt at krybe på Gulvet. Og når hun kryber er hun hele Tiden efter hvad hun ikke må have, trækker alting ned o.s.v. Der er kun en Lindring, og det er hendes nye Lærredsbilledbog med Dyr – den kan hun blade i i Timevis og småle og pludre om. –
+Vi har nu fået Vinter og knagende Kulde og jeg begynder at komme i Julestemning. Imorgen afgår en Julepakke hjem til, - der er en Gummivarmedunk til dig som du vil finde helt behagelig at have i Sengen, når du har været oppe og pusle om Gajen, - som du vel er af og til endnu. Jeg sender også en lille Sommerhue til min Niece, - Grethe har gået med den, men den kan godt så lidt endnu.
+Hvor dejligt for dig at du har lille Disser Nu Farvel og glædelig Jul til jer alle 3 fra Elle
+[Indsat med blyant øverst side 1:]
+Du kommer til selv at reparere et Par Sting på Huen, - jeg er kommen bag efter med det</t>
+  </si>
+  <si>
+    <t>1912-06-14</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Marina di Pisa, Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Puccio Capanna
+Johanne Giersing
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Familien Syberg bor to steder på Via S. Lorenzo i Pisa i årene nov. 1910 til forsommeren 1913.
+Besse: Johanne Giersing
+Campo Santo er begravelseskapellet i Pisa. I dette findes et stort antal sarkofager, relieffer mm. 
+Campo Santo betyder hellig mark eller ager, i Italien et almindeligt navn på kirkegårde, særligt på dem der er omgiver af mure med indvendige buegange.
+Camposanto Monumentale i Pisa er den mest berømte campo santo. Dens buegange stammer fra den sene middelalder og er smykket med berømte fresker blandt andet "Dødens Triumf" og med skulpturer. Anlægget blev svært beskadiget ved et bombardement under 2. verdenskrig. 
+Scirocco: er en vind, der blæser fra Nordafrika mod Sydeuropa og er især kendt i det sydlige Italien. VInden er desuden kendt for at bringe sandskorn fra Sahara til Sydeuropa. 
+"Baedeker" er betegnelsen på en rejseguide - efter den tyske forlægger Karl Baedeker 1801-1859.
+Campanula: latinsk betegnelse for klokkeblomstslægten. 
+Kilde:
+Wikipidia.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har travlt med at male på flere billeder på Campo Santo i Pisa.
+Derefter tager hele familien på en lang sommerferie - helt undlade at male kan Syberg nok ikke, skriver han.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LRbZ</t>
+  </si>
+  <si>
+    <t>Pisa 14 - Juni 1912.
+Via S. Lorenzo 44
+Kære Goldschmidt
+Nu har vi endelig faaet Sommer. For et Par Dage siden Scirocco og Torden - i Dag Sol. 
+Jeg maler i Camposanto: et Motiv med Besse-Anna et gammelt græsk Relief en "Baedeker" og en Campanula. 
+Farven i Motivet er gulgrå. Campanula'en er violet Hattebåndene er, det ene rødt det andet grønt. Puccio's Freske har jeg afsluttet, ikke definitivt jeg vil se på den til Efteråret, men efter at have arbejdet med den i 1 1/2 Måned hver Dag må jeg stoppe lidt.
+Den første Juli drager vi til Marina di Pisa. Jeg glæder mig til Flyvesandsklitterne, Marehalmen, Enebærtræerne og de vilde Evighedsblomster. Børnene glæder sig til at bade og læse Romaner i tre Måneder - Jeg selvfølgelig også, men rigtig lykkelig er man jo kun når man træller i Arbejdet og det kommer jeg jo nok til. Sådan er man jo*)
+Ha'et godt. Din hengivne
+Fritz Syberg.
+*) Jeg ved ikke om dette er Sandhed eller Løgn eller lidt af begge Dele.</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
+  </si>
+  <si>
+    <t>1913-05-04</t>
+  </si>
+  <si>
+    <t>Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Johanne/Besse har også tidligere på et postkort fra cykelturen i 1913 omtalt lillebror Ernst/Rille og hans Rovmorderveninde. Hohen Sieburg var den borg i Tyskland, som Syberg-familien kom fra. Den stod allerede i 1913 som en ruin.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 019</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ledt efter en lille Sybergprinsesse til broderen, men der er kun Sieburgere, så han må nøjes med sin rovmorder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/j7gX</t>
+  </si>
+  <si>
+    <t>[Fortrykt på billedsiden:] CÔLN, Denkmal König Friedr. Wilh. III auf dem Heumarkt.
+[Fortrykt ved adressefeltet på tekstsiden:] 220 Verlag H. Worringen, Köln Altermarkt 47.
+[Håndskrevet på kortets tekstside:]
+Skuespilleren
+Hr. Negertamp
+Pilegaarden
+Kjerteminde
+Dänemark
+Kære lille levende Nigger - Du kan tro vi har ledt efter en lille Sybergprinsesse til Dig, men her er kun Sieburgere [de sidste tre bogstaver i ordet indsat over linjen] og dem er der jo ikke noget ved. Du maa nok nøjes med Rovmorderen men hun er da næsten ogsaa lige saa køn. Mange Kys fra Besse
+Hagen - 4 - 5 - 1913</t>
+  </si>
+  <si>
+    <t>1913-05-07</t>
+  </si>
+  <si>
+    <t>Tyskland
+Stolzenau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 018</t>
+  </si>
+  <si>
+    <t>Det regner. Hans og Johanne er hjemme om 5-6 dage. De venter på, at deres værelser bliver klar. Hotelværten har ingen ører.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WYXg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+POSTKARTE
+[Håndskrevet i adressefeltet:]
+Sybergs
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i tekstfeltet:]
+Stolzenau 7-5-13.
+Kære Allesammen.
+Det regner endnu hele Dagen, - syvende Dag. - - Vi tænker at kunde være hjemme om circa 5-6 Dage. Vi spiste under et Skur i Dag. Mange Kys Besse
+[S. 2] 7-5-13
+Kære Allesammen
+Vi cyklede Kl 8 fra Bielefeld og kommer her til Stolzenau [ulæseligt ord] Kl 8 1/4 det er ikke nogen lang Tur men meget fugtig. Vi sidder og venter paa at vores Værelser kan blive færdige og ser imens paa at to sidder og drikker af nogle kollosale Glas. Mange Hilsner fra Hans. Vores Vært er uden Ører og med et mægtigt Ar. Tyskerne er dog nogle Festigummer med alle deres Ar i Ansigtet</t>
+  </si>
+  <si>
     <t>1901-2</t>
   </si>
   <si>
     <t>Fritz skriver til Anna - familien har det godt. Han fortæller en del om nogle billeder, han arbejder på . I Kerteminde går der historier om Johannes Larsens fantastiske salg i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5W73</t>
   </si>
   <si>
     <t>[Anført med blyant: 1901-2?]
 Kjerteminde Fredag
 Kære Høns!
 Vi har det udmærket og Tiden går jo rask nu er det snart den anden Søndag efter Din Bortrejse. Jeg er ved at tage fat på et større Billede af Besse i Sengen. Jeg har flyttet Dunkernillernes Seng ned i Atelieret for at have Synet f dem i Nærheden når de klæder sig af og på.
 Nolles Billede skal vist have en Gennemhøvling til, men det skal tørre godt først så kan Du ogsa få det at se inden. Jeg mener at jeg må kunne få det noget klarere i Farven. I Dag har jeg fernisseret Billeder til Brandts lille raske, jeg sender ialt 24. Jeg skal nok sende Dig Titler og Priser, så kan Du konferere med Brandt om der skal forandres noget derved, idet kan I bedst se når de er hængt op. Jeg skal nok skrive til Brandt også, så Du ingen "Uvilje" møder fra den Side. Her i Kjerteminde går "Stærke" Historier om Las' Salg i København. Og de stammer vist fra gamle Larsen. Glarmesteren spurgte mig om det var sandt at Johs Larsen havde fået budt 15000 Kr for sine Billeder ovre i København, men vilde ikke sælge dem, for det havde den Gamle sagt "men", føjede han til "Det er jo ikke sandt ret meget af hvad han siger. Jeg glæder mig morderligt til at male Børnene både nu i Vinter og til Sommer. Når jeg tænker på vores Misere i de forgange År, så glæder jeg mig dobbelt over at mine Kunstnerideer ikke volder nogen Mennesker nogen Fortræd - det burde de da ikke kunde - mine Børn må jeg da have lov til at dyrke uden Hensyn tilhøjre eller venstre. Haet nu godt og mal endnu bedre (Citat af Zahrtmann)
 Din hengivne Fritz 
 Jeg sender nogle Penge da vi er bange Du savner.</t>
+  </si>
+  <si>
+    <t>1923-11-11</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Peter Oluf Brønsted
+Elisabeth Mackie
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted sender fødselsdagskort til søsteren Ellen Brønsted. AMB har været til andespil sammen med Elisabeth Mackie. Sigurd Swane kommer til Mortens gås.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XZSC</t>
+  </si>
+  <si>
+    <t>[11-11-1923]
+Fredag
+Kære Beser Pige!
+Til Lykke med Fødselsdagen!
+Jeg maa sandelig sige I er beskedne hverken Mudi, Peder eller du sender Ønskeseddel. Følgen er at jeg har haft en farlig Mas og maaske faaet noget du maaske slet ikke bryder dig om. 
+I Aftes var Putte og jeg til Andespil i Kerteminde Klub. Der var dækket et mægtigt langt Bord der var pyntet med farvet Løv og 10 Ænder og 2 Gæs paa Fade. Saa blev der udleveret Sedler og raabt Numre op. Desværre vandt vi ikke noget; men sikke en Fryd det kunde have været at sende en Gaas eller And hjem.
+Ellers tror jeg ikke, jeg har afleveret Noget, vi har meget travlt for Tiden. Swane kommer til Mortensgaas i Morgen.
+Hilsen til jer alle fra Lomme.
+Tak for Brevet!</t>
+  </si>
+  <si>
+    <t>1912-04-24</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Toulouse, Frankrig
+Borgo Largo, Pisa, Italien
+Arno, Pisa, Italien.</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Passegiata: promenade.
+Lung Arno: floden Arno, der løber gennem Pisa.</t>
+  </si>
+  <si>
+    <t>Anna Syberg beder Ernst Goldschmidt sende flere beretninger om skandaler, han har hørt om.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G0Yx</t>
+  </si>
+  <si>
+    <t>Adr. poste rest. Toulouse Francia
+Kære Ernesto
+Paa Hjemvejen fra en "passegiata" paa Lung Arno er vi dumpede herind paa Posthuset i Borgo Largo for at sende Dig en Hilsen. Bare det ikke er for sent. Hvis Du faar dette Kort saa sæt Dig straks ned paa din E... og fortæl os om alle de Skandaler Du bebudede men som vi ikke fik paa Grund af Pladsmangel. Er Du rask. Du skalkomme til Marinaen - det kunde være saa Grin. Mange Hilsener fra Anna, Besse og Nolle Lad os vide din Adresse i Fremtiden.</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
+    <t>1914-09-06</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og børnene har tilbragt sommeren i Svanninge efter Annas død.
+Hans og Besse/Johanne stod model til Adam og Eva i Fritz Sybergs Skabelses-serie. Spædbarnet på akvarellerne er formodentlig Anna Louise, Syberg-parrets mindste barn. 
+1. verdenskrig varede fra 1. august 1914 til 11. november 1918.</t>
+  </si>
+  <si>
+    <t>Syberg-familien er igen på Pilegården. Børnene leger og laver bla. søslag med fiskerdrengene. Hans hugger en buste af Anna i marmor. Fritz Syberg maler Adam og Eva i haven. Han føler sig ensom og er forstemt på grund af krigen og alt det tyskerhad, som den medfører. Syberg kommer muligvis til København en tur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uFjm</t>
+  </si>
+  <si>
+    <t>Pilegaarden 6 Septbr 1914
+Kære Ven!
+Ja vi er her paa Pilegaarden igen og har været her siden Skolens Begyndelse sidst i forrige Måned. Her er alt stille og ensomt, i det mindste for mig. Børnene lever deres sædvanlige Liv er fuldt optaget af Drager og Krig. Forleden holdt de et stort Søslag hvori der deltog 16 Pramme, med hele Kjertemindes Fiskerdrengebestand. Hans arbejder på en Marmorbuste af Anna, som jeg har modelleret mens vi var unge og ugifte. Vor Have er et Paradis hvor jeg maler Hans og Besse, men ”Adam” er desværre ene. Krigen gør at jeg føler mig endnu mere ensom for jeg kan ikke undgå at lade [”lade” overstreget] blive forstemt af al den Tyskerfjendtlighed som hersker her i alle Kredse. Selv stiller jeg mig absolut som Germaner i hele denne Sag, og har været åbenmundet nok til at udtale mig derom et Par Gange, men har mødt en så forstokket og fana [”og fana” overstreget] Uvidenhed og så fanatisk et Tyskerhad så jeg skal nok bevare min Mund for Fremtiden.
+Måske kommer jeg et Svip til Kbhvn. sikkert er det ikke men sker det ser jeg ud til Jer. Hils Else og Børnene.
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1933-12-10</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Viggo Johansen
+Karl Madsen
+Edvard Munch
+Julius Paulsen
+Laura -, pige i huset hos Fritz Syberg
+Joakim  Skovgaard
+Franz Syberg
+Kirsten Syberg
+Ulla Syberg
+Jens Thiis</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57 A 120 , 1271</t>
+  </si>
+  <si>
+    <t>Syberg maler i Holstenshusskovene. 
+Han er blevet medlem af "Kungliga Akademien för de fria Konstnerna". 
+De træsnit, som Hans sendte, er væk, og Syberg frygter, at pigen Laura er kommet til at brænde dem. 
+Franz/Trylle har haft julekoncert. Der var ikke mange gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/p9QO</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+10-12-33
+Kære Hans
+Tak for de 100 Kr. Jeg maler i Holstenshusskovene i denne Tid. Dydensborg kører for mig, han er jo glad ved at tjene lidt i denne sløje Tid, der er intet at køre med. Det er koldt at sidde ude, men i Fodposen gaar det.
+Jeg kan meddele Dig at jeg for nogle Dage siden fik et meget fint Brev fra "Kungl. Akademien för de fria Konsterna", fra Stockholm, hvori meddeltes mig at de den 27 November havde indvalgt mig som Medlem........ endvidere: "i denne kallelse ber Akademien Eder se ett upriktigt uttryck af ["af" overstreget] av dess höga uppeskattning av Eder konstnärliga gärning". Der sidder (af udenlandske): Jens Tiis, Edward Munck, Karl Madsen, Joachim Skovgaard, Viggo Johansen, og Julius Paulsen ------------------!
+Desværre har jeg en mere kedelig Nyhed at meddele Dig, de Træsnit Du sendte mig, (som jeg selv glemte og tante Marie, efter mig, glemte) har Ulykken forfulgt yderligere ; [";" overstreget]. Jeg skulde bruge et af dem i Dag men væk var de og væk blir de. Saavidt jeg kan spore har vor Pige Laura puttet dem i Komfuret Nu benytter jeg et Træsnit Besse der syer, dem har jeg Masser af, men det var kedelig at det netop var dem jeg har saa faa af det skulde gaa ud over. Forleden havde Trylle Julekonsert. Alt gik vel, men der kom kun faa til Konserten fordi der baade var Valgmenighedsgudstjeneste og Generalforsamling samme Aften. Trylle er glad ved at den er overstaaet.
+Hils Alle
+Paa Gensyn til Jul
+I kommer vel Juleaften? lad mig vide det for Julegavernes Skyld
+Hilsen til Jer alle Far.</t>
+  </si>
+  <si>
+    <t>1899-03-22</t>
+  </si>
+  <si>
+    <t>Niels  Dorph
+Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Børnene er begejstrede for de gaver, Anna har sendt. De maler billeder til Anna, men har lidt tabt interessen. Fritz er ved at lave et skib til Hans. Det er blevet vinter med frost og snestorm. Fritz er blevet skidt tilpas, men glæder sig over, at Anna tog afsted inden, da hun vel ikke var rejst ellers. Børnene har det godt.
+Brevet er skrevet på bagsiden af et brev fra N.V. Dorph til Fritz Syberg angående muligheden for at få en gengivelse af et arbejde fra forårsudstillingen med i den oversigt som bladet "Kunst" bringer i april.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZljA</t>
+  </si>
+  <si>
+    <t>Svanninge d. 22 Marts 1899
+Kære Høns!
+Dine Foræringer til Børnene i Dag gjorde umådelig Lykke. Besse var henrykt over at Puttinele havde små Støvler på og Tukkuk lo så han klukkede da han genkendte sin gamle Ven Nulejessen, han havde just ligget og fortalt mig om hvordan han (Nissen) optrådte ude hos Mester i Julen. Nu ligger de og maler Billeder til Dig, men de bliver vist ikke så vellykkede som dem de lavede i går. Det morer dem ikke rigtig at male længere. – Desuden har jeg i Dag begyndt at lave et Skib, en kragerigget Jolle til Tukkuk, foreløbig har jeg ikke fået gjort andet end udhulet Skroget, men den optager alligevel stærkt Tuks Fantasi.
+Vi har en ren balstyrig Vinter her, med Frost og Snestorm. Jeg går og hænger af og er meget skidt tilpas, men der er jo ikke noget at gøre andet end vente med Tålmodighed på at det skal blive Forår.
+Det glæder mig at Du kom afsted inden jeg blev skidt igen ellers havde Du vel ikke rejst. Mor Dig nu godt. Børnene er raske og kvikke. Især er Tuk en Pokkers Karl til at døje Mosten. Hilsen til alle og Kys fra Børnene og Din
+Fritz. 
+[Brevet er skrevet på bagsiden af et brev fra deb 18. februar 1899 fra N.V. Dorph til Fritz Syberg - se dette]</t>
   </si>
   <si>
     <t>1903-01-23</t>
   </si>
   <si>
     <t>Overkjærby</t>
   </si>
   <si>
     <t>Jens Birkholm
 Johanne Giersing
 Viggo Johansen
 Theodor Oppermann
 Clara Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
   </si>
   <si>
     <t>Fritz Syberg har været i Bregnør og Munkebo. Han fangede en krage, men slap den løs. Han har sovet dårligt den forløbne nat.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fM7e</t>
   </si>
   <si>
     <t>Over Kærby 23/1 1903
 Kære Høns!
 Tak for Dit Brev og Billederne. Nolle var mest glad ved sit. Besse skrev et Brev til Dig i Aftes men kasserede det ganske koldblodig da det var færdig fordi "det var noget Vrøvl" I dag har jeg været i Bregnør og Munkebo. Jeg fangede en Krage som havde forvildet sig ind i en Ruse der stod på Land, men da jeg ikke gad bære den hjem lod jeg den flyve. Forrige Nat sov jeg dejligt men sidste Nat lå jeg vågen det meste af Natten så jeg er lidt tung på Øjenlågene for Øjeblikket. Jeg har skrevet til Oppermann og indprentet ham at han må købe et af Birkholms Billeder til Kunstforeningen. Hvis han ikke arbejder derfor, så siger jeg at det er fordi han ikke tør har jeg truet med. 
 Hils Birkholm 
 og V Johansens
 Din hengivne
 [overstreget: Broder]
 le ikke af mig, jeg er så overtræt.
 Din hengivne 
 Fritz</t>
   </si>
   <si>
-    <t>1903-5</t>
-[...70 lines deleted...]
-    <t>1903-09-23</t>
+    <t>1910-12-06</t>
   </si>
   <si>
     <t>Johanne Giersing
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>"Kukkeren" er muligvis Hans Syberg, som bl.a. havde "Tukuk" som kælenavn. Sidst i brevet nævnes "Tuk", som er et andet af Hans Sybergs kælenavne.</t>
-[...20 lines deleted...]
-Nicolaus Lützhøft
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-05-05</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Mads Rasmussen
+Anna Syberg
 Clara Syberg
+Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>Det vides ikke, hvem Lassen, Knud, Peter og Olga var.</t>
-[...17 lines deleted...]
-[Indsat på side 1, langs venstre margen:] Peter har solgt Gødningsamlerne for 1000 Kr</t>
+    <t>Johannes V. Jensen skriver om sin snue og hvordan Else varter ham op. De drømmer om at bo på Isle of Wight og han mener, Fritz Syberg også bør prøve at bo i England. Derudover diverse andet, blandt andet at han vil forsøge at sende sin seneste bog, som har vakt røre i andedammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TobY</t>
+  </si>
+  <si>
+    <t>5 Maj 11
+Kære Ven
+Skubbet op i Hovedpuder og med en Aargang af Ill. Tidende fra 1864 til Underlag skriver jeg dette. Jeg har Snue og bliver dægget for af Else som elsker naar jeg leger syg. Udenfor er det stille og vil give Varme opad dagen, jeg kan se de grønne Træer i Frederiksberg Have. Vi er kommen hjem fra Rejsen, som var god, og er ikke kommen hjem alligevel. Børnene er jo borte i Kalundborg, og jeg bryder mig ikke rigtig mere om Købehavn. Vi drømmer om at tage til Øen Wight og bo. Kanalen, det var det jeg sagde. Tænk dig Dieppe med blomstrende Frugttræer, høje Kalkklinter med grønne Volde foroven og Kanalen melket og opalgrøn nedenunder! Jeg kastede en Flintesten i Stranden og viede dig til at finde den. Hvorfor slås du med skidne Løgspisere? Vi skal leve i England. De har slette Malere derovre, du burde forny den danske Indvandring. Har du ikke 8 Aar til England? Jeg vil lave en Bog om Vilhelm Erobreren. Ved du af at paa Wight er der ingen Vinter, der gror Myrter? ---Nu har jeg spist Byggrynsgrød med tyk raa Fløde og kogte udhuldnede Svesker, om lidt kommer Else med en Krydder og ber mig endelig spise den. Om en Time staar den syge Mand op, ryster sig og gaar i Byen. Fuglesang! Bogfinken vrinsker udenfor Vinduerne, de laver stor Bryllupskonkurrence paa Kvistene. Røgen staar stille over Jostys Tag. Zoologisk Have? Jeg tror jeg skal op og give den gamle Bavian en Banan i dag, han nyder den saa kolossalt og hader mig for det. Han ligner Brandes, og jeg faar Bugt med den ene gennem den anden. - Ellers noget der staar fast? Vi lever paa det løse. Naar jeg har faaet lavet nogle Artikler, tager vi paa Cykletur i Sjælland og maaske Sverig. Just nu spørger man mig, Mads Rasmussen, pr Telefon, om jeg vil holde et Foredrag i Venstreklubben. Jeg lader ham svare gennem Else at jeg desværre har faaet et Træskosøm i Øjet, saa det kan ikke gaa rundt. Om jeg vil have en varm Klatkage med Strøsukker paa? (Bulletin fra Køkkenet) Jeg varer ja. Else kan ikke blive klædt paa for at varte mig op. Vi havde den dejligste Galop paa Fælleden i gaar, og i morgen haaber vi at ride og se Flyvning samtidigt.- ak ja men jeg kan ikke se jer mere, I har været for længe borte. Hvordan ser I ud? Hans er selvfølgelig Lazaron, Besse og Nolle med sammenlagte Duge paa Hovedet., Sakker Rygende Lerpibe og tabende Mundvandet, Rille spejlblank af Makaroni og Trylle med Klude bundne om Benene. Maleren selv ser jeg gestikulere ivrigt, hugge og stikke og klippe i Luften med Hænderne og Moderen klædt i Zinnober taler et Italiensk der driver Tolke og Translatører til Fortvivlelse?? Dog I er naturligvis jer selv allesammen. - Min sidste Bog der har rørt op i Andedammen skal jeg forsøge at sende, Jeg har den maaske Overtro at Pakker ikke naar ind i Italien.
+Nu maa I leve vel. Else beder mig hilse mange gange. Jeres hengivne 
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-7</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig.
+Marin di Pisa, Pisa, Italien. 
+Fynshoved, Martofte</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ernst Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Rille: Ernst Syberg (se denne)
+Besse: Johanne Giersing (se denne)</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
+Frits Syberg maler som en engel, skriver hun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJDN</t>
+  </si>
+  <si>
+    <t>Kære Ernesto
+Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
+Mange Hilsener Din hengivne Anna.</t>
+  </si>
+  <si>
+    <t>1922-05-31</t>
+  </si>
+  <si>
+    <t>Langøre</t>
+  </si>
+  <si>
+    <t>Langøre, Samsø
+Kyholm, Samsø
+Vejrø, Samsø
+Fænø
+Hjelm
+Tunø 
+Æbelø
+Endelave
+Hundsholm
+Bosserne</t>
+  </si>
+  <si>
+    <t>Bertram -
+Achton Friis
+Vagn Jacobsen
+Andreas Larsen
+Johan Larsen
+Albert Naur
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Skipper Petersen og Achton Friis er på sejltur med skibet Rylen. Friis og Larsen laver forarbejde til bogværket de Danskes Øer. Om opholdet på Samsø se "De danskes øer" bind 2. Dette gælder bl.a. også Vejrø, Kyholm og Hjelm.
+Hvem den omtalte Martin er, vides ikke. 
+Maleren Albert Naurs kone døde i efteråret 1921, og Naur boede derefter nogle måneder hos Alhed og Johannes Larsen. Det er uvist, hvad dette "Stød" nr. to går ud på.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Samsø med skibet Rylen. Han har travlt med at se og tegne de mange småøer omkring øen. Det har været stormvejr. Achton Friis er forkølet.
+Puf og Lysse havde husket at lægge diverse ting på Rylen til Johannes Larsen, men de havde glemt hans bøsse. 
+Larsen kan ikke sende brev de næste dage, hvor han er på ubeboede øer.
+Det er trist med Naur, men han kommer nok over det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QtzW</t>
+  </si>
+  <si>
+    <t>Langøre 31 Maj 1922.
+Kæreste Alhed!
+Tusind Tak for dit Brev som kom i Aften eller rettere laa her da jeg kom hjem til ”Rylen” efter at have været ude at tegne. Det var dejligt at Bertram var saa glad ved Dig, og jeg glæder mig til at se Din nye Hat. Jeg havde en dejlig Tur over til Holmene her i Stavnsfjord. Vi roede derover om Mrg Kl. 7 1/2 efter at have faaet Havregrød og Kaffe og lidt over Middag roede Petersen hjem med Friis, men jeg blev der og bad Petersen om at hente mig Kl. 6. Jeg gik saa og saa paa Maager og Ederfugle og tegnede et Par Tegninger, og naar jeg syntes jeg trængte tog jeg mig et Par (ulæseligt) Grog og en Pibe Tobak. I Mgs var Friis forkølet og blev liggende, vi skulde ellers have været herfra til Kyholm Lindholm Vejrø og Bosserne. Jeg roede saa over til en lille Holm der hedder Hundsholm og var dér til Middag og tegnede. Det var godt vi ikke kom af Sted i Mrgs for da jeg roede hjem i Mrgs for da jeg roede hjem i Middags blæste det en Storm og det gør det endnu. Jeg har ogsaa været ude at tegne i Eftermiddag og har nu nogle og Tredive (vist 37) Bloksbogsblade. Naa nu er Petersen der med Martin det er Satans her er aldrig ro til at foretage sig noget. Ja nu er vi færdige med at spise, bemærk Fedtpletterne! Blæsten suser og Rylen ligger og gnubber sig opad Bolværket men Solen skinner ind ad Vinduerne. Og her er virkelig ganske hyggeligt. Bare den forbandede Blæst vilde holde op. Og bare nu Jacobsen vil være lidt imødekommende. Jeg skrev til ham forleden i Anledning af at vi ikke kom til Odense. Jeg fik Brev med Rylen fra Puf og Lysse, og de havde husket at sende al Ting undtagen min Bøsse. Det var vel nærmest her omkring jeg kunde have haft Brug for den, men nu kan jeg jo ikke faa den før Puf støder til os ved Fænø og saa er det vel ikke Umagen værd at føre den med.
+Her ruger en Mængde Ederfugle, men Krager og Skarns Folk ødelægger mange Reder. 
+Vil Du takke Puf og Lysse for Deres Breve. Hvis Stormen varer skal jeg skrive herfra i Morgen men saa varer det vel noget inden jeg kan skrive for der er jo ingen Mennesker paa Ryholm, Vejrø og Bosserne, men fra Hjelm og da der vel Post en Gang om Ugen. Fra Hjelm skal vi til Thunø og derfra til Endelave, Æbelø og Fænø. Det er trist med Naur, men har han taget det første Stød , kommer han vel over dette ogsaa. Mange kærlige Hilsner 
+Din JL.
+Næste Adr. Poste restante Thunø</t>
+  </si>
+  <si>
+    <t>1923-11-14</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Larssen</t>
+  </si>
+  <si>
+    <t>Det er vanskeligt at læse, om brevets datering er 14. eller 19. november.
+Johannes V. Jensens Madame d'Ora udkom første gang i 1904. Som teaterforestilling blev den vist på Odense Teater i 1923.</t>
+  </si>
+  <si>
+    <t>Syberg kom ikke til premieren på Madame d'Ora, men han, datteren og svigersønnen m.fl. så stykket søndag, og de har nydt det. Romeo og Julie med Anna Larssen var i sin tid en skuffelse, men Madame d'Ora var som igen at læse Shakespeares skuespil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tdQb</t>
+  </si>
+  <si>
+    <t>Pilegaarden 14-11-23
+Kære Ven.
+Vi har her paa Pilegaarden i to Dage levet i godt Selskab, nemlig med Madame D’Ora. Desværre kom jeg ikke til Din Premiere, men derimod var jeg sammen med Besse og Giersing – og andre fra Kbhvn – til anden Opførelse i Søndags. Kære Ven jeg føler Trang til at sige Dig at det har været et Par festlige Dage for os. Manglerne ved Fremstillingen bryder jeg mig ikke om. Jeg erindrer hvilken Skuffelse det var for mig at [”at” overstreget] i sin Tid at se Romeo og Julie (med Anna Larsen) Muligvis er jeg blevet vant til ved gode Skuespil at skulle se bort fra den mangelfulde Fremstilling af dem. - - Hvor er de to Figurer Madame D’Ora og Edmund dog et Par knusende gode Figurer, hvor gaar de mig til Hjertet, hvor er de typiske og uforglemmelige. Hvor gammel var Du da Du skrev det Skuespil?
+Det har for mig virkelig været paany at opleve en Glans fra de Dage da jeg som ung læste Romeo og Julie og Kong Lear.
+Hils Else og Børn Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-10-24</t>
+  </si>
+  <si>
+    <t>Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+- Hillingsøe
+Hans  Syberg
+Kirsten Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Eftersom brevet er underskrevet "Far", må det være stilet til et af Fritz Sybergs børn. Kælenavnet Rulser kendes ikke umiddelbart fra andet Syberg-materiale. Hans og Johanne er omtalt i brevet. Clara var død i 1929. Den eneste af de resterende, der havde fødselsdag i oktober, var Anna Louise/Rabbe. Man må formode, at hun opholdt sig hos Hans og Ulla Syberg, eftersom Fritz beder hende hilse dem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, No. 2, 1239</t>
+  </si>
+  <si>
+    <t>Kunsthandler Hillingsøe vil komme hjem til Hans og se på billeder. Fritz Syberg sender prisoversigt. Hvis Hans er i tvivl, må Hillingsøe ringe eller skrive til Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M6zq</t>
+  </si>
+  <si>
+    <t>Pilegaarden 24-10-29
+Kære lille Rulser.
+Tak for Dit Brev, hvoraf jeg ser at Du har det godt og har havt en indbringende Fødselsdag. Jeg sender her et Brev og nogle Kritiker fra Besse som I kan more Jer med at læse. Her paa Stedet passerer ingenting, og det er godt det samme, intet Nyt er jo godt Nyt naar alt hidtil har gaaet vel. Vil Du sige til Hans at der kommer en af Dagene en Kunsthandler Hillingsøe og ser paa mine Billeder. Han købte i Sommer for 1500 Kr. og vil denne Gang købe noget mere, men han vil gærne se hvad jeg har staaende hos Hans. Der er dels Aquarellerne og dels alle mine Smaabilleder baade fra Søndermarken og Frederiksberg Have. Disse sidste koster fra 100 Kr. til 300, altsaa naar han køber "en bloc" faar han dem til en Gennemsnitspris paa 200. Noget lignende gælder for Aquarellerne, dog er Forskellen større der de koster fra 80 K. til 350 Kr. Gennemsnitten er altsaa ogsaa der 200 men det kommer jo an paa hvad han vælger ud. Han vil muligvis ogsaa have større Billeder - han er ikke bange for at købe Billeder til 2000 K. Men hvis Hans ikke er sikker paa hvad han skal forlange [det følgende indsat øverst s. 2, på hovedet] kan Hillingsøe jo skrive eller telefonere til mig. Ha et nu godt [det følgende indsat øverst s. 1, på hovedet] Hils Hans og Ulla og lille Kjesser mange Gange. Et Kys fra Far.</t>
+  </si>
+  <si>
+    <t>1938-05-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Carl Laurin
+Svend Rindholt
+Franz Syberg
+Gudrun Syberg</t>
+  </si>
+  <si>
+    <t>Brevet er adresseret til Tamp. Eftersom det er underskrevet "Far", og brevet tydeligvis er skrevet af Fritz Syberg, må Tamp være et af hans børn. Efter indholdet at dømme, er Tamp Ernst Syberg. 
+Det er uklart, hvem familien i Sverige var - måske havde Ernst Syberg en tid en svensk kæreste. "ham den skoldede" kendes heller ikke. 
+Det vides ikke, hvem Thomas var. 
+Om Laurins anmeldelse af Fritz Sybergs udstilling se Erland Porsmose: Fritz Syberg, kunsten, naturen, kærligheden s. 340 og note 587.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1991/63 Ps 52</t>
+  </si>
+  <si>
+    <t>Fritz Syberg m.fl. troede, at brevskriveren var udvandret eller død. Han fik et brev fra familien i Sverige og kunne ikke regne ud, hvem det var fra.
+Siden de sidst sås, har Syberg malet 30 billeder. Egentlig var det landskaber, men de udviklede sig til Den Grimme Ælling-billeder. 
+Laurin kalder i tidsskriftet Samleren Fritz Syberg for "The grand Oldman" i dansk maleri. 
+Syberg maler fem-seks timer hver dag.
+Franz/Trylle skal til London for stipendiepenge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eki6</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-5-38
+Kære levende Tamp
+Ja, vi troede saa smaat at Du var død eller udvandret, eller gift og bosat i Sverige. Men nu hører vi ["vi" indsat over linjen] fra Besse at det er ingen Ting blevet til Jeg fik en Hilsen fra Familien i Sverige og troede at det var fra ham den skoldede, men Gudrun regnede straks ud at det var fra en anden for der stod Hilsen fra hans Hustru. Jeg gættede saa paa min ny Svigersøn ["Svigersøn" overstreget], eller Svigerdatters Broder ["eller Svigerdatter" indsat over linjen. "Broder" indsat lodret i højre margen], som det jo saa ganske rigtig heller ikke var. 
+Det er rigtig nok at jeg arbejder jævnt flittig. Siden vi saas sidst har jeg faaet gjort ca 30 Billeder. De første var tænkt som Forarbejder til et større Efteraarslandskab, men de er mere og mere gledet ud til at blive "grimme Ællingbilleder" og som saadanne har jeg i Sinde at fortsætte med dem til vi naar Juni næste Aar.
+Foreløbig er de nærmest bygget over Mottoet: "Der var saa dejligt ude paa Landet. Det var Sommer, Kornet stod gult, Havren grøn Høet var rejst i Stakke .... o.s.v. 
+Du lever uden for Lands Lov og Ret det gør jeg selv ogsaa, men Bladene ser jeg. Jeg fik en meget interessant [et overstreget bogstav] Eksemplar af "Samleren" hvor Laurin gennemgik min Produktion og udnævnte mig til "the grand Oldman" inom dansk måleri" Han er vist i Lag med at lave noget om Moderbilledet fra Odense Museum. Jeg fik nemlig et Fotografi fra Svend Rindholt aaf [(det ene "a" i ordet overstreget] det, med Anmodning om at skrive noget om dets Tilblivelse og sende til L.
+Hvor længe jeg i øvrigt holder ved jeg ikke, men jeg maler 5 á 6 Timer hver Dag i to Omgange, Formiddag og sen Eftermiddag, Resten af Dagen sover jeg til Middag og skider Verden et Stykke. Jeg kan hilse fra Gudrun og Trylle, han har faaet et Stipendium som skal anvendes til en Londontur og de begge skal over og høre Thomas dirigere Trylle Kvintet. Hilsen fra os alle
+Far.</t>
+  </si>
+  <si>
+    <t>1939-03-19</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Viggo Jacobsen
+Tage la Cour
+Hans  Syberg
+- Sørensen, tømrermester
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem Tamp er. Indholdet i dette og flere andre breve tyder dog på, at der er tale om Ernst Syberg. Der er sagfen om la Cours anmeldelse, som er nævnt i flere breve. Det vil desuden være oplagt, at Ernst, som oprindelig var jurist, tog sig af Fritz Sybergs skatteregnskab. Endelig opfordrer Syberg brevets modtager til at male "endnu bedre". 
+P. la Cour er formodentlig Tage la Cour.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A 120, Lb 2, 1267</t>
+  </si>
+  <si>
+    <t>Tømrermester Sørensen har snydt sig selv for 20 kr., og Fritz Syberg beder Ernst se på sagen.
+Viggo Jacobsen har været på besøg, og Syberg har lovet ham at deltage i udstillingen i Odense. Hverken dér eller på Den Frie sælger man noget. 
+Hans skrev, at Ernst var blevet vred over en anmeldelse af la Cour. Litterater tror, at de har forstand på kunst. De indtager gerne modsatte synspunkter året efter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gi9G</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+19-3-39
+Kære Tamp.
+Hvordan gaar det, kommer Du saa hjem i Paasken? I saa Fald vil jeg bede Dig tage en Regning fra Tømmermester Sørensen med hjem, den maa ligge imellem de Dokumenter af forskellig Art Du benyttede til at lave Skatteop ["Skatteop" overstreget] Indtægtsopgørelse efter, og han (S.) mener at han har lavet en Fejl paa 20 Kr. i sin egen Disfavør som han i saa Fald gærne vil have rettet. Alt er vel her. Viggo Jacobsen var her for et Par Dage siden og saa maatte jeg jo love ham nogle Billeder til Odenseudstillingen i Paasken. Besse var her paa et kort Besøg og vi tog 5 Billeder ud hvorimellem to ældre, et Interiør og en Granskov. Iøvrigt et større Kornbillede med væltede Havreneg og to smaa Landskaber. I og for sig er det jo ganske ligegyldig da der aldrig sælges noget i Odense. Det gør jeg ["jeg" indsat over linjen] jo heller ikke i den Frie i Aar men det gør ingenting jeg har Tid at vente. Hans skrev at den Frie "ser rædsom ud" men det gør den jo næsten al Tid. Saa skrev han at Du var blevet ærgerlig over en Anmeldelse af P. la Cour Jeg har læst den. Jeg synes nærmest den var tom, men ellers som Litterater laver den slags Ting, henrykte naar de kan opdage eller selv faa blandet Litteratur ind i Maleriet, saa tror de at de kan det hele. De er gravalvorlige og generes ikke det mindste af næste Aar at starte en ny Anskuelse lige saa gravalvorlig og ganske modsat den fra i Fjor.
+Jo mere man arbejder med Kunst, jo mindre forstaar man sig paa den, det er nok Sagen. Heldigvis har man Lov at gaa sin egen skæve Gang. naa! paa Gensyn og husk Sørensens Regning. -
+"Ha' det godt og mal endnu bedre" for at citere Zahrtmann.
+Mange Hilsener
+fra Far.</t>
+  </si>
+  <si>
+    <t>1896-08-25</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
+Marie Larsen
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
+Kæreste Alhed!
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>1899-11-25</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Lina -
+- Eckmann
+Johanne Giersing
+Niels Chr.  Jantzen
+Ellen Johansen
+Fru Jungberg
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Laura Warberg
+- Østerberg</t>
+  </si>
+  <si>
+    <t>Den lille lejlighed: Alhed og Johannes Larsen flytter i efteråret 1899 ind i en lejlighed på Feden.</t>
+  </si>
+  <si>
+    <t>Der tre breve. Hovedbrev fra Vilhelmine Larsen i Kerteminde og to vedlagte breve fra Marie Larsen på Båxhult.
+Hovedbrev: Christine Swane må være tålmodig, hun skal nok få sine penge. Hun skal ikke tage sig af hvad Ellen Johansen siger. Det er stadig usikkert, om forældrene tager til Sverige.
+Vedlagte breve: Marie Larsen håber meget at forældrene kommer til Båxhult. Johannes Larsen maler på to billeder med Alhed og Puf, samt et billede med grantræer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iMUd</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 25/11 99
+Kjære lille Ugle !
+Nu kom dit længe ventede Brev og du kan saa faa dit Søndagsbrev. Jeg er lige færdig med at veje noget Uld som skal være til Dækner – du havde nu ligefuldt faaet et Brev midt i Ugen om jeg havde faaet 1 Kr. at sende dig men det trækker ud med Jantzens Roepenge saa snart de kommer skal jeg sende dig hav Taalmodighed saalænge. Skriv ikke til Vilhelm derude han er her – kom i Aftes – og boer paa Johannes Værelse og har allerede i dag tilmorgen begyndt paa sine skriftlige Arbejder – han sidder foran det store Vindue og tegner paa Spillebordet der er god Plads for ham Kl 8 kommer han ned og til Kl. 9 er hans Værelse i Orden saa efter Middag gaar han igjen Kl. 1 og arbejder til 5 ved den lave Lampe
+Efter Nytaar vil hun saa til Sybergs hun kom fra Erikshaab der længes de ogsaa snart efter Alhed og Barnet Fru Varberg var helt ængstlig for dem, jeg tænker mig de kommer lige til Erikshaab til Juul og saa her senere i Vinterquarter paa Feden.
+Du skal sandelig ikke tage dig nær hvad Ellen Johansen finder for godt at komme med – er hun dygtig nok til at møde op med en saa afgjørende Kritik Jeg troer det ikke.
+Her sender jeg disse Breve fra Sverrig de kom i forgaars og Agraren fik de sidste nu skal du have disse.
+Jeg har ikke svaret endnu for det for det staar jo paa om jeg kan skrive vi kommer eller Marie skal rejse ene hjem nu paa Mandag skal Faer til Odense maaske der da bliver Udsigt til et bestemt Svar.
+Det var herligt du hørte Grig den gode Jensen det gjør saa godt paa mig at høre en saadan Venlighed hils hende fra mig.
+Gud ske Lov lille Dine jeg synes du er mere glad i Aar derovre i det store Kjøbenhavn nu paa Dagen kom jeg i Tanke om din Kaabe; men hvor er den? Jeg maa Opdagelse – saadan kan det gaa da jeg nu skulde paa Pulterkammer og se efter nogle Sengeklæder til Vilhelm der ligger en Bunke snavset Tøj og noget af dit saa jeg da imellem vi skal vaske paa Onsdag saa du maa endelig sende det saa hurtig du kan
+Nu lev vel 
+Vi ere alle raske
+Din trofaste Moder som altid har Eder i Tankerne Agraren er ogsaa rask han fik en stor Pose med Tøj Pølser og Fedtegrever.
+Georg har slagtet.
+Båxhult d. 17-11 1899
+Kære Moder!
+Tak for dit Brev; jeg var selv paa Høljeryd i Aftes og blev henrykt over at der var Brev; det andet Brev fik vi Mortensaften, jeg fik det med hjem da jeg var nede med det jeg havde skreven til Jer. Hvor det glæder mig at Du er glad ved den nye Pige og ligeledes at Karlene er flinke, bare det nu maa vare ved, saa kan vi jo faa det rart i Vinter. Jeg havde sikkert ventet at faa noget bestemt at vide om Jeres Rejse herop, men der stod jo kun det samme at I ikke helt havde opgivet den; kom dog endelig, alle hvem vi taler med spørger om I ikke snart kommer og vi svarer altid at vi haaber I kommer mens vi er her; Johannes kan vist ikke sige bestemt hvor længe de bliver her, Alhed mener at det maaske varer en Maanedstid endnu, de 2 Billeder med Alhed og Gaun har staaet stille en Tid paa Grund af at Johannes har malet et Billede ovre i Skoven, det er en Del Fyrre og Grantræer og da de rimeligvis bliver hugget i Vinter har han hængt svært i med det i den sidste Tid; nu kan han vist faa det færdigt paa et par Dage og saa tænker jeg han tager fat med Kraft paa de andre 2. Alhed længes efter at komme hjem og faa den lille Lejlighed indrettet, men det taler hun naturligvis ikke om for han maa jo have Ro til sine Arbejder.
+Nu vil jeg bede Dig om at sige bestemt i næste Brev om I kommer eller ikke, for jeg har tænkt, at hvis I kommer, saa kan jeg følges hjem med Jer, kommer I derimod ikke; saa er det vel bedst at jeg rejser hjem, nu da her er Pige kan de jo nok klare sig uden mig; Alhed og Las kunde jo saa leje sig paa Kost hos Sybergs. Vi har det for Resten saa udmærket sammen herovre, Sybergs Børn er søde og morsomme og vi kommer alle godt ud af det med hinanden; Sybergs har Sovekammer i Hjørneværelset, hvor jeg ellers har ligget og jeg har sat en Seng ind i Kontoret og residerer der. paa Mandag skal vi slagte Gris, Sybergs har købt en hos Smedens for at have noget til Vinterbrug, det helt grinagtigt at slagte herovre. Hønset og jeg var i Nyby i Onsdags, der var Torvedag og vi var der for at købe Suppeurter, Adolph kørte for os og Lina var ogsaa med, det var dejligt Vejr saa det var en yndig Tur; Vejret har været storartet i de sidste Dage, Hønset,Tukuk, Besse og jeg har været på Strømhult i dag, vi gik hjem i det dejligste Maaneskin; jeg tror det er Fuldmaane i Aften, saa jeg gik og ønskede at I vilde komme en af Dagene, men selv om det bliver lidt senere og I ikke vil køre herop om Aftenen, saa kunne I jo ligge over om Natten enten i Halmstad eller paa Landeryd. Vi var nærmest paa Strømhult, for at spørge om Sybergs ikke kunne faa noget Brænde derovre, for paa Høljeryd faar vi kun noget skrækkeligt vaadt noget og det skøndt Johannes selv havde været nede hos Østerberg og bedt om Smeden maatte faa noget godt tørt Ved, naar han kom derned, Karlene faar alt det tørre, det er lige haardt nok at vi ikke kan faa ordentlig Brænde, naar vi tænker paa de Bjerge vi havde paa Høljeryd da den hvemmelige Birds overtog Sagen han ventes herop i disse Dage, eller maaske han kun kommer til Landeryd.
+Saa kommer Klaks jo hjem om en 14 Dagestid det bliver morsomt en Gang igjen at faa ham hjem en Tid: Hør hvis I ikke kommer herover snart, saa kommer vi til at have nogle Penge sendt, vi ejer nu ikke en rød Øre mere, er der ikke flere som skal betale herovre? f.e.x. Anders oppe i Fru Jungbergs Hus eller Eckmann, saa kunne vi jo forsøge at faa dem, ellers maa I endelig sende os nogle; det er saa ubehageligt at være aldeles uden Penge. Nu er Du nok sød lille Moer og skriver saa snart Du faar dette Brev, baade om Rejsen og om dette sidste. Det er morsomt Agraren at synes om den nye Elev og at Uglen maaske snart bliver flyttet op. Hils alle derhjemme. 
+Mange kærlige Hilsner til Jer selv fra Jeres hengivne Marie.
+P.S. Hilsen fra Sybergs til Jer og lille Marie, har hun det stadig godt?
+Båxhult d. 18-11.
+Kære Forældre!
+Jeg vil kun tilføje at det nu er Tiden for Jer at komme, vi faar i den nærmeste Tid saa megen dejlig Mad i Huset; Baronen og Johannes købte i Morges en Raabuk, det var netop med Tanken paa Jer at den blev købt, Baronen ytrede, ”Vi vil dog ikke have Smalhans i Huset, naar Jeres Forældre kommer,” I kan se at vi alle venter Jer saa I kan da ikke nænne at skuffe os vel? Johannes er ovre i Skoven at male, saa han naar ikke at skrive, jeg gaar nemlig ned til Høljeryd nu og tager Brevet med.
+Hilsen fra os alle.
+Marie
+Her har været meget smukt i Dag, med Rimfrost paa alle Buske og Træer. Vi har det godt.</t>
+  </si>
+  <si>
+    <t>1907-11-10</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Peter Hertz
+Vilhelm Slomann
+Hans  Syberg
+- Vogt-Møller</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at han har solgt adskillige billeder. Han kommer nok hjem tirsdag eller onsdag. Der er nu solgt for 2900 Kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lL9E</t>
+  </si>
+  <si>
+    <t>[Med blyant påskrevet] 11-11-1901 
+Kære Høns.
+Idag har jeg en glædelig Nyhed. Sloman har købt ”på Landet” for 1200 og Vogt=Møller Rugen med Solpletter for 300 Kr. Igår gik der slet intet, men i forgårs gik der foruden de to Aquareller med Besse, som jeg har skrevet om til Dig: en med Besse (på Højkant) 125 (tror jeg) og den med Hans stående på Stenen (Studie til det store Billede) som egentlig var Din og derfor sat til 350 Kr. – gik til fuld Pris. Jeg tror nok jeg kommer hjem Tirsdag eller Onsdag. Vi er nået til 2900 Kr. nu. Det går da opad. Mange Hilsener fra Din hengivne Fritz.
+Lille Peter Hertz kom og trykkede mig i Hånden med de Ord ”hvor det dog er en dejlig Udstilling De har.</t>
+  </si>
+  <si>
+    <t>1911-02-22</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 31</t>
+  </si>
+  <si>
+    <t>Otto Balle
+Carl Bloch
+Paul Cézanne
+Henrik Gamst Jespersen
+Johanne Giersing
+Charles Henrichsen
+Johannes Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Bertel Thorvaldsen
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Johannes V. Jensen fik nytårsdag 1911 artiklen Fétischisme i Kunsten trykt i Riget. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56. Grete Zahle: Dagens Lys. Rhodos s. 26 og 116.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for breve og artikler. Johannes V. Jensens artikler om fetich og om Johannes Larsen var gode. Syberg kan ikke lide Carl Blochs billede, og han bryder sig ikke om Henrik Jespersen.
+Familien er ved at flytte til en syvværelses lejlighed, og Anna er på auktion for at købe senge.
+Hans er i marmorhuggerlære, Clara, Lars og Franz går i kommuneskole. Johanne og Ernst blev smidt ud af en katolsk skole, da de ikke kunne slå korsets tegn på den rette måde, men nu er de kommet i en nonneskole, som gerne ville tage protestanter.
+Syberg har fundet et område nord for bymuren, hvor han vil male. Ingen andre har malet disse motiver, og det bliver ikke genremalerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iGwx</t>
+  </si>
+  <si>
+    <t>Pisa 22 Fbr. 1911
+efter den 15 Marts
+Via S. Lorenzo 31
+p.p. 
+Kære Johannes V. og Else!
+Tak for den indholdsrige Brevpakke vi sidst fik fra Jer. Jeg siger nu som før, Din Artikel om Fetischdyrkelsen var ug. At Du tager fejl af Cesanne og van Gogh ved jeg godt, men det kommer ikke det Smør ved. Din Arikel om Las holder jeg måske dog mere af, eller rettere sagt, jeg holder mere af den. Som et Kuriosum kan jeg meddele, at det Billede af Carl Bloch [et bogstav overstreget] Las anbefaler Dig til Nedslagtning, har Zahrtmann i en [”en” indsat over linjen] større Forsamling af Danmarks Malere hævdet, var, - sammen med Thorvaldsen – det højeste, dansk Kunst var nået til. Som sædvanlig er de Lærde uenige: C. B.s Billede kan jeg egentlig heller ikke lide.
+Det er i det hele taget ikke et Arbejde, som er en ordentlig Pen værd, at beskæftige sig med hvad der trænger til at slås ned, synes jeg. Hvor skal man begynde. Vil man give Ris skal det dog helst være den rigtige Ende som får dem. Henrik Jespersen er en Maler hvis Billeder har den Virkning på mig, at jeg kunde tænke mig Malernes Helvede behængt med dem, men der findes i Danmark 100 Malere af H Jespersens Art og de 99 er meget værre end han. Men at skrive Kroniker om Otto P. Balle og Charles Henrichsen of. kan jeg ikke tænke mig nogen gider. Som sagt Din Artikel var god og gid Du vilde skrive nogle flere.
+Vi er ved at flytte – det vil sige vi skal flytte den 15 i næste Måned. Anna er på Auktion i et gammelt ”palazzo” på Lunig’Arno for at købe os nogle Senge og et Bord. Vi får en 7 Værelses Lejlighed, med en dejlig Udsigt over mod Pisa [”mod Pisa” overstreget] nogle gamle Haver, Pisas Bymur og Bjærgene. Dersom Else tænker på at komme herned får vi god Plads, især Plads – da jeg garanterer for at Møblementet ikke skal komme til at fylde meget i Lejligheden.
+Vi har – tror jeg – bidt os fast her på Pladsen. Hans er i Marmorhuggerlære, Sakker Trylle og Nolle går i Kommuneskole, Besse og Negeren har vi lidt vanskelig ved at få anbragt da Besse er for gammel til at de vil tage hende i Kommuneskolen og Negeren for ung. Vi fik dem i en katolsk italiensk Skole, men der gik de kun en Dag, så blev de hældt ud fordi de ikke kunde slå Kors for sig på den rette Måde, og altså måtte være Kættere. Nu har vi fundet en fransk-italiensk Skole, drevet af Nonner der er klædt omtrent således [tegning] – de er tillige glatragede på hele Hovedet. [Overstregning] De vil [overstregning] nok tage imod Protestanter. Jeg er selv meget optaget uden at jeg dog faar lavet så overvældende meget. Men jeg er ved at komme i Gang. 
+Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-12-03</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Johanne Giersing
+Emmerik Jensen
+Jens Marinus Jensen
+Villum Jensen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde sarkofager, freskomalerier mm. Fritz Syberg malede flere motiver der under sit ophold i Pisa.
+Franz Syberg (Trylle) led af astma og bronkitis hele livet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han arbejder i Campo Santo på en kopi af freskoen Dødens Triumf og beskriver denne tavles motiver. 
+Syberg har haft influenza, og Trylle (Franz) er ramt af astma. Der er hundekoldt i husene i Pisa om vinteren.
+Børnene er blevet gode til italiensk og retter på forældrene.
+Fritz Syberg har drømt om Else og Johannes V. Jensen, mens han var syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfJv</t>
+  </si>
+  <si>
+    <t>Pisa 3 Decembr. 1911
+Via San Lorenzo 44.
+Kære Venner
+Tak for Brevet. At høre fra Dig er altid at få en Snaps Danmark i Ekstrakt, det er som den berømte Dråbe i Bibelen /eller hvor det er) der kunde fylde det ganske Hus med sin Duft. Jeg sender her nogle Resultater af Besses Virksomhed som Fotograf Vil I nøjes med dem foreløbig så skal vi se om vi kan få fat på en Fotograf som vil lade være at snyde os al for galt. Vi har havt Septembersol hidtil men i de sidste Tage tager Vinteren fat. Termometeret er sunken fra 12-14-Gr. C. til 7-8.do og Regnen er begyndt. Eftermiddagene er dog gærne lyse og klare. Jeg arbejder for Tiden i ”campo santo” på en Kopi i Aquarel af en Freske. Motivet er meget virkningsfuldt. Det hedder Dødens Triumf og forestiller et fornemt og rigtklædt Jagtselskab der på deres Vej gennem Skoven skal op at ofre i et lille Kapel, men pludselig standser fordi de føler sig stillet Ansigt til Ansigt med Døden. Døden fremstilles hæsligt i tre Kadavere i deres Kister, den ene [”ene” indsat over linjen] en tyk Rigmand med Tungen ud af Halsen er endnu [”er endnu” indsat over linjen] i forholdsvis frisk Tilstand, den anden, Resterne af noget der har været Konge en Gang, er i fuld Opløsning (composto siger Italienerne og det lyder så dejlig agrarisk) den tredje er et tørt Skelet der lægger Hånden på det Sted hvor Hjærtet har siddet og smiler kærlig til et Knippel Slanger der mylrer ud mellem hans Sideben. Hestene fnyser, Kongen (den levende) [”(den levende)” indsat over linjen] holder Hånden for Næsen, Dronningen bliver højtidelig stemt og gedanchenvoll. En Mand der sidder til Hest [”(til Hest)” indsat over linjen] nærmest i Forgrunden bøjer sig nysgærrigt frem over sin Hest[s] Manke, han holder en Falk på Hånden og hele hans Legeme, hans Ansigt – alt hos ham spinder af tilbageholdt Livsglæde. Han minder mig hele Tiden om Amtmanden (eller er det Birkedommer han er) i Blichers Juleferierne – ham der kommer spadserende ind til Frokostbordet om Morgenen med Gedebukken under Armen og præsenterer sig som Hr. Mads.
+Jeg har ligget syg i tre Dage af Influensa og Reumatisme. Trylle har også havt en meget hård Omgang Astma. Men nu går alt godt igen. Sommer og Vinter har vi det alle bedst, Forår og efterår er den værste Tid også her. Vi glæder os meget til at se Jer hernede x), send os det snart. Vinteren er ikke rar hernede. Husene der om Somren er så dejlig kølige er Gletscherhuler om Vinteren, men nu er vi aklimatiseret. Børnene kan alle katolske Bønner. Riller retter sin Moder i italiensk, forresten er det ikke meget der er hængt ved nogen af os. Mange Hilsener til Dig, Else og Børnene fra os alle sammen. Din hengivne Ven Fritz Syberg.
+Jeg drømte, da jeg lå syg, at I var hernede corporlig. Vi boede Sa [”Sa” overstreget] sammen i Marinaen spaserede ad Promenaden under de elektriske Lamper og nød Aftenluften og Pinjeduften – gik i Bad om Formiddagen med hele Børneflokken – spiste til Middag sammen i Haven – spiste os fulde i friske Druer – alt i det dejligste Septembervejr.</t>
+  </si>
+  <si>
+    <t>1911-12-20</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen opfordrer til, at de ikke dropper deres plan, selv om John Martin bakkede ud, når talen faldt på kontanter. JVJ takker for billederne. Else fortsætter brevet og takker ligeledes for billederne. Hun undrer sig over, så travlt, alle har med jul. Der er mere halløj end nogensinde. Ellers lever de meget stille for at få arbejdsro til at JVJs bog skal komme til foråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fnJm</t>
+  </si>
+  <si>
+    <t>20 Dec 11
+Kære Venner!
+Mit sidste Brev har du vel faaet efter at du skrev dit. Ja Martin krøb altsaa i et Hul da det trak op til Kontanter. Derfor lader vi ikke vor Plan falde men vi kan giv os god Tid til at tænke paa den. Det Forslag om at blive ved den Sommer i Fyen ogsaa med Illustrationsloftet synes mig godt: jeg skal snakke med Gyldendal om det. Nu glædelig Jul og tak for de smaa Billeder, særlig til Frøken Besse, som har taget dem. Nu kommer Else.
+Kære Anna og Syberg. Tak for Brevene og Billederne, det er morsomt at se jer alle igen, selv om det er i lille Maalestok. Her gaar vi naturligvis rundt i Juledelerium Øjnene staar stive i Hovedet paa alle Damer, fordi de bestandig maa gaa og tælle efter om de nu har faaet køvt lige saa mange Julegaver som der er Personer de nødvendigvis maa give noget og saa er der Rengøring og Julebagning og Mad til tre Helligdage i Rad. Jeg kommer undertiden i Panik ved at se paa de andre for det maa jo være splittergalt, at jeg slet ingenting gør. Her er mere Halløj end nogensinde, de siger, det kommer af Opgangstider. For resten er det dejlig mildt, Taage eller Smaaregn bestandig og umådelig mørkt, vi har endnu ikke haft Frost, jeg synes det er dejligt. 
+Vi lever umaadelige stille og isoleret, ser ingen Mennesker, vi har efterhaanden Ord for at være sure og menneskefjendske, men det passer ikke. vi er kun nødt til det for at faa Arbejdsro til Foraaret bliver J. rimeligvis færdig med sin Bog og saa gaar den løs igen.
+Hav det nu godt allesammen og glædelig Jul. Det er saa morsomt at høre fra jer en Gang imellem. Hilsen til hele Familien
+Else J.</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Hans Smidth
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver til Anna og Fritz Syberg og forsøger ihærdigt at lokke dem til at komme til Danmark til sommer, helst på besøg hos Johannes V. og hende selv i Tisvilde, hvor de skal leje et hus. Johannes V. har fået et par små billeder af Hans Smidth, som han er meget glad for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dP2V</t>
+  </si>
+  <si>
+    <t>14/5-12
+Kære Anna og Syberg.
+Betænk jer nu en Gang til inden I tager nogen absolut Bestemmelse med Hensyn til Sommerrejse. Jeg synes I skulde komme . I maa nu til at nyde jeres anden Ungdom, som kommer naar ens Børn er saa store at de kan undvære en. Hans og Besse er jo nu voksne og maa sagtens kunne tage sig af de smaa desuden kender I jo nu sikkert paalidelige Folk i Italien som ogsaa kan se lidt efter dem. Og hvorfor skulde I dog ikke komme til Italien igen fordi I kom lidt hjem, er det saa skæbnesvangert at gøre en Ferie her. Vi skulde ikke sige noget til et Menneske før I var her og saa tager vi til Tilsvildeleje med det samme og gaar i Vandet og spiser Hummer, som fanges der en masse og spiller Violin og Fløjte og Kort og snakker om det nye Kunstblad som en Gang skal komme I skal ogsaa faa Lov at gøre en Afstikker til Fyns Hoved og saa rejser I tilbage til Italien naar den værste Varme der, er overstaaet og imidlertid har Børnene faaet Lejlighed til at mærke hvor daarligt de kan undvære deres Forældre, hvad Børn jo ellers ikke aner, saa er I nok saa søde at lade mig vide, naar I kommer for at jeg kan faa en Jernseng til dirigeret derud.
+Det kan jo heller ikke nytte mere, at jeg skriver og fortæller jer om de smaa Ting der nu og da hænder os det kan jo slet ikke interessere jer mere og store Begivenheder hænder jo aldrig. Altsaa I maa komme. Vi har ogsaa en Masse Ting at vise jer. J.V. har faaet et Par smaa Billeder af Hans Smidt som han er lykkelige over og flytter hver Dag og tror bestandig, at nu har han endelige fundet den absolut eneste Plads, hvor der kan være Tale om at anbringe dem. 
+Børnene har det godt og vil bygge et Skib til Sommer, Jens medbringer den theoretiske Viden, han er tandløs og sidder altid med Næsen i en bog. Villum bliver kønnere og kønnere. Skildpadden skal vi have i et Tøjr paa Marken, vi maa løbe an paa, at den nok skal kunne taale at undvære den Vælling, den ellers plejer at faa om Morgenen, og som vi ikke kan skaffe den der.
+I kunde da ogsaa egentlig sagtens tage Børnene med og saa blive her hele Somren. 
+Jeres Else..</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Johannes Kragh
+Peter Magnussen
+- Rafael
+Georg Seligmann
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Jens Ferdinand Willumsen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Corriere toscana: Den toscanske kurér. 
+Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
+Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
+Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kXix</t>
+  </si>
+  <si>
+    <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
+Kære Johannes V. – kære Else.
+Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
+I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
+Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen ønsker Fritz og Anna Syberg velkommen hjem, hun og Johannes V. er også kommet hjem. De har været i Berlin, men Johannes V. længtes alligevel hjem. Else håber at se Sybergs inden de selv tager på landet - mon de kommer over for at se udstillinger? Hun glæder sig til at de kommer op i sommerhuset. 
+Johannes V. afslutter brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kpam</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2
+d:3-5-13
+Kære Anna og Syberg.
+Velkommen hjem igen. som I ser er vi ogsaa kommet hjem, vi rejste ikke længere end til Berlin. Det viste sig, at J.V. længtes efter at komme hjem og kun vilde rejse for at more mig, og det syntes jeg, vi godt kan opsætte til en anden Gang. Her er jo saa dejligt herhjemme for Tiden, saa der er saamænd ikke noget at rejse efter. Mon I skal over at se Udstillingerne naar I faar alle Ungerne indstallerede? Hans og Besse maa vel snart komme hjem, saa kan de jo tage sig af de smaa. Det vilde være saa morsomt at se Jer, inden vi tager paa Landet, hvad vi for øvrigt ikke gør før i Begyndelsen af juni. I hvert Fald glæder vi os bestemt til at I kommer i Juni Juli ud til Huset. I skal faa det ene Gavlværelse med en vidunderlig Udsigt. Jeg glæder mig saadan til at vise jer vor Egn, som I jo slet ikke ved noget om.
+[Her fortsættes brevet af Johannes V. Jensen]
+Kære Venner! Ja nu er det allerede som om jeg slet ikke havde været paa Rejse, og naar vi med det første ses haaber jeg det vil være som om der slet ingen Tid er gaaet siden I rejste. Her er saa uendelig dejligt og stille at man gærne kunde glemme at trække Vejret. Til Middag skal vi have Øllebrød og stegt Lever, som Else paastaar ar jeg aldrig har kunnet lide, men alt hvad vi faar her er Livretter for mig efter at jeg saa længe har ernæret mig udelukkende af Dysenteribaciller og kinesisk Ligvand. Kort sagt, her staaar den paa topmaalt Tilfredshed, en Tryllering som vi har besluttet at drage Jer med ind i naar I kommer. En Brud kører forbi i Pilealle paa Summehjul, hvilket foranlediger Else til en uanstændig Bemærkning og til at ryste med Pulsen af uterligt Grin. Nu siger hun det er bedste jeg slutter af. Altsaa paa Gensyn! Jeres hengivne 
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1914-06-27</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Johanne Giersing
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg skulle gennemgå en operation, og hun overlevede den ikke.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Anna Syberg skal indlægges den følgende dag kl 16. Hun beder Hans undersøge, hvad tid Fritz Syberg kan være i København og følge med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VBba</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:] BREVKORT
+Til
+[I adressefeltet:]
+Hans Syberg
+(Erichsen)
+Skindergade 33 III
+Kjøbenhavn
+K
+[I tekstfeltet:]
+Kære Hans
+Jeg skal indlægges imorgen Kl 4. Har telegraferet til Far om han vil rejse med Ullerslevdiligencen i Nat. Vil Du ikke undersøge hvad Tid han saa kan være her imorgen tidlig og tage imod ham og følges med ham hernedad. Besse rejste 12 1/2 Mor.</t>
+  </si>
+  <si>
+    <t>1920-09-15</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Fritz Magnussen
+Peter Magnussen
+Per Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
+Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
+Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
+Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
+Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære søde Ly!
+Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
+Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
+Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1922-09-15</t>
+  </si>
+  <si>
+    <t>Femø</t>
+  </si>
+  <si>
+    <t>Femø
+Fejø
+Skalø
+Askø
+Lilleø
+Lindholm, Lolland
+Bandholm
+Knuthenborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Johanne Giersing
+Georg Jacobsen
+Andreas Larsen
+Johan Christian Petersen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Rylen er ankommet til Femø med Johannes Larsen og Achton Friis om bord. De besøger også andre mindre øer i omegnen og sejler også til Bandholm på Lolland med besøg i Knuthenborg Park. Alhed Larsen får anvisninger i forhold til håndværkernes arbejde i villaen, og Puf skal sørge for at få stækket vingerne på ænderne korrekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TSVC</t>
+  </si>
+  <si>
+    <t>Fæmø 15 Septbr Fredag 1922
+Kæreste Alhed!
+Tak for Brevet. Vi er lige kommen ind i Havnen her og Friis har været oppe at hente Post, foruden Dit Brev en Blokbog fra Papirpetersen, meget belejligt da der kun er 2 Blade igen i den anden. Desværre er det nu begyndt at regne igen, det har vi jo haft lidt rigeligt af men jeg har dog hidtil faaet lavet 5-6 Tegninger. Vi har nu været paa Fejø, Skalø, Askø, Lilleø og Lindholm siden jeg skrev sidst. I Gaar tog vi fra Askø over til Bandholm for at forsyne os med Brød, Øl og Brændevin der var ved at slippe op. Mens Petersen provianterede var Friis og jeg en lille Spaseretur inde i Knuthenborg Park, hvor der var meget smukt, Bandholm ogsaa pæn baade Havnen og Byen der er rart fri for Villaer og Sommerhuse. Derfra tog vi til Lindholm og nu er vi altsaa her hvor vi bliver 2-3 Dage eller maaske mere hvis Regnen bliver ved. Vor næste Adr bliver: Stubbekøbing poste restante. Jeg synes det er en udmærket Ide med Fliser, men pas paa at de endelig desinficerer eller imprægnerer Væggen ind til Dagligstuen og Trappestuen godt, det var jo slemt hvis vi engang skulde have brækket x op der ogsaa, men det er vel 
+)x Grunden for Resten
+overstaaet, naar Du faar dette. Det var dejligt Du fik den lille Tur og saa nu meget køn. Bare Du nu har Held med Jacobsen, jeg er meget spændt paa det næste Brev, jeg fik ikke noget Jagttegn. Har Puf faaet lukket Ænderne ind? Maaske han kan faa Besse til at hjælpe at stække dem men ikke før de alle kan flyve. Fik Du de gule Blommer fra de unge Træer. Gartneren lovede at skære alle Vildskudene bort men det har han vel glemt. Hils dem alle fra mig. Mange kærlige Hilsner 
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1927-09-20</t>
+  </si>
+  <si>
+    <t>Willemoesgade, København
+Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Michael Ancher
+Alhed Marie Brønsted
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Christine  Mackie
+Kjeld Tutein</t>
+  </si>
+  <si>
+    <t>Villa Svastika blev opført på Strandvejen nord for København i 1926 af brygger Vagn Jacobsen med Povl Baumann som arkitekt og med et prægtigt haveanlæg udført af G. N. Brandt. Byggeomkostningerne var dengang et uhørt stort beløb på 1 million kroner.
+Symbolet “Svastika” var den gamle brygger Carl Jacobsens lykketegn og endnu ikke tilsmudset af Hitler. I 1962 blev Svastika solgt for 200.000 kr. for at blive mondænt sommerhotel, Men planen blev aldrig udført. Efter en lang strid i Hørsholm Kommune, blev den prægtige villa revet ned i 1983, efter at en fredning af den kun 57 år gamle ejendom havde vist sig umulig.
+Maleren Michael Ancher døde 19. september 1927. 
+Alhed Larsen var død en lille måned før, at brevet er skrevet. 
+Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
+Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
+Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pqRh</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Andreas Larsen
+Møllebakken
+Kjerteminde
+Expres
+[På kuvertens bagside:]
+Joh. Larsen Willemoesgade Ø
+[I brevet:]
+20/9 – 27
+Kære Puf.
+Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
+Alle hilser!
+[Øverst på brevet og på hovedet:]
+Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>1934-06-10</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Hubert Paulsen</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf Larsen videresender et brev fra Johannes Larsen, som er i England med Else og Johannes V. Jensen.
+Andreas Larsen tilbyder at Kerteminde-familien vil betale for et par daglejere, og/eller at han selv vil komme til Småland og hjælpe med landbruget, så Johan/Lysse Larsens ryg kan komme i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z5rm</t>
+  </si>
+  <si>
+    <t>10/6 - 34.
+Kære Bimse og Lysse.
+Tak for mit Fødselsdagsbrev og Beklagelse af at vi ikke fik skrevet til Peter den 27/5. Her har I 2 Beretninger fra Far, som er paa en 14-Dages Tur i England sammen med Else og Johs. V. Jeg skal sende senere Breve efterhaanden som de indløber; I vil nok gemme dem. - Jeg hører af Besse at Lysse endnu har sit Hold fra Influenzaen, det synes jeg er meget foruroligende. Kan der ikke gøres noget, Bimse, saa han kan komme af med det? Et Par Daglejere i 2-3 Uger? Bekostningen vil vi sikkert kunne bestride; hvis du mener det kan ordnes, saa Lysse bliver virkelig fri for Arbejde i den Tid, kan du saa ikke skrive et Par Ord til mig om det? Det kan blive for dyrt for jer senere, hvis han arbejder sig til Invalid. Muligvis kan jeg komme op og hjælpe til en Tid, naar Far kommer jem, der maa vel være en Tid paa Sommeren, hvor Bedriften kan klare sig uden en faglært ["faglært" indsat over linjen] Landmands Arbejde, naar Lysse bare dirigerer. - Vi har Besøg af Hubert i disse Dage, han hilser.
+Mange Hilsnr fra 
+Else og Puf.</t>
+  </si>
+  <si>
+    <t>1934-06-13</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>Charles Darwin
+Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>”Det gik så godt økonomisk også for Johannes Larsen, at det i juni 1934 blev til en 'turist-tur' tilmed ad luftvejen sammen med Johannes V. Jensen til Amsterdam og England, hvor der bl.a., blev mulighed for at se Stonehenge og Darwins hus, samt hvad der for Johannes Larsen må have været en stor tilfredsstillelse – at stifte direkte bekendtskab med det britiske forbillede, Bewicks original-træsnitsstokke.” Erland Porsmose: Johannes Larsen s. 290
+Det vides ikke, hvem Elses kusine var. 
+Kew Garden er Londons botaniske have. 
+Hampton Court Palace er et kongeligt palads sydvest for London i bydelen Richmond upon Thames. Paladset ligger 18,9 km sydvest for Charing Cross ved Themsen. Paladset er nu åbent for publikum. (Kilde: Wikipedia, jan. 2022).
+Wallington er en by i South London, 15 km syd sydvest for Charing Cross. (Kilde: Wikipedia, jan. 2022) – Johannes Larsen staver ikke byens navn korrekt.
+Turtelduen er en truet dyreart i Europa (Kilde: Wikipedia, jan. 2022).
+Bishopsgate var en af de østlige porte i Londons tidligere forsvarsmur. Porten gav sit navn til den store færdselsåre, der fører gennem City of Londons finansielle distrikt.
+Lambchops: Lammekoteletter.
+Rumpsteak er en 2 cm tyk bøf, skåret af tykstegsfileten.
+Haddock: Kuller.
+Grønne mandler bruges i salater eller som en snack med salt. Man spiser hele mandlen med skal. Mandlen inden i er helt blød. (Kilde: Wikipedia jan. 2022).
+Salisbury: Få kilometer fra byen findes stenkredsen Stonehenge. (Kilde: Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Der er tørke i England. Johannes Larsen, Else og Johs. V. Jensen har været på en masse ture i skove og bakker, i Darwins hus mv. Larsen har besøgt St. Pauls. 
+Spisekortet på restauranterne er meget lidt varierede. På hotellet får de morgenmad. Kaffen er forfærdelig, så Larsen drikker the. Han har besøgt en frugtbutik med diverse eksotiske frugter. 
+Andreas/Puf må hente rejseselskabet i Esbjerg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BFJ7</t>
+  </si>
+  <si>
+    <t>London 13 Juni 1934
+Kære Puf Tak for Brevet som jeg fik i Gaar. Jeg skriver med Blyant fordi jeg lod min Fyldepen blive i Kjøbenhavn til Reparation og der er ikke Blæk her paa Værelserne. Det har været Solskin hver Dag siden den første Dag vi var her og her er meget tørt, de berømte engelske Plæner er nærmest gulgraa i Farven hvor der ikke er Skygge. Udenpaa Busserne og indvendig er der Opslag: ”use less water”. Vi har været nogle dejlige Ture i Omegnen. En Fætter af Else hentede os forleden i en Babyford og kørte os først til Kew og saa til Hampton court og derfra til et Hjem ved Warlington, der laa paa en Skraaning med en pragtfuld Udsigt over en dyb Dal til nogle høje delvis skovklædte Bakker. Vilde Turtelduer kurrede og jeg saa en af dem. I Lørdags var vi inviterede ud til Elses Kusine gift [ulæseligt] Meyer, der hvorfra jeg skrev. De kørte os en lang Tur hvor vi var inde i nogle Skove med Rhododendron og oppe paa et Par af de højeste Bakker i Surrey. I Gaar tog vi med Toget til Bromley og Bil til Downe og besaa Darwins Hus, der staar møbleret omtrent som i D. Tid og med en køn Have og en pragtfuld stor Park, vi spiste i Kro og tog saa med en Bus til Streatham. I Dag var jeg med Else og Joh V i Bishop Gate for at hæve Penge i Horton Bank, paa Tilbagevejen stod jeg af ved St Pauls og vilde op i Krypten men kunde ikke komme der op da der var special service i Kirken og gik saa op i The Monument i Stedet. Vi har ellers været i Musæum hver Dag og i zool. Have og i Tower. Jeg tørster temmelig meget og drikker 3 Ale til Frokost og 3-4 til Aften af og til med en Guinnes eller Lager imellem eller begge Dele. Spisesedlen er ens paa alle Beværtninger og temmelig fattig i Udvalget. Jeg spiser enten Lambchops eller Rumpsteak med Spinat el. Wat[ulæseligt] eller Fisk eller Laks og grønne Agurker og Ost. Vi faar Morgenmad her paa Hotellet Havregrød med Mælk. Æg og Skinke eller stegt Fisk. En Dag fik jeg stegt røget Haddock, det var meget godt, derimod prøvede frisk Haddock, det skal jeg ikke have mere af. Saa faar vi Verdens forfærdeligste Kaffe, den har jeg opgivet og drikker The. Derimod har jeg nu faaet [ulæseligt] til at købe mig nogle Flasker (Pintfl) Ale som jeg har paa Værelset og tager med ned om Morgen og stiller under Bordet. I Gaar var vi inde i en Frugtbutik og købte nogle Appelsiner (SAafrika) og nogle gule Tomater og nogle friske Figner. Man kunde ogsaa faa modne Kirsebær og Ribs og grønne Mandler og Mango[ulæseligt] og andet fra Madeira. Her har Du nogle Etiketter fra mine Aleflasker. Jeg skal hilse fra Joh V. og Else. Jeg tænker at Du kan hente os i Esbjerg en Gang først i næste Uge. Nærmere fra Salisbury eller naar vi kommer her igen eller Telegram. Hvis Du ikke hører mer maa Du tage min Pels med til Joh V. Mange Hilsner til Jer begge 2 Din Far</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1936-10-24</t>
+  </si>
+  <si>
+    <t>Sven Clausen
+Elise Hansen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Peter og Elisa Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død.
+Trolleborgskovene er formodentlig skovene omkring Brahetrolleborg ved Faaborg. 
+Det vides ikke, hvem den omtalte Zahle var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen vil besøge familien i Kerteminde, men de tager ikke telefonen. 
+Mange folk fra Faaborg kommer på besøg for at træffe Elisa Hansen, og der går tid med det. Hun, Elena Larsen og Jens kører dog også ture. 
+Elena spørger, om Peter Larsen er blevet bortvist fra skolen pga. uanstændig påklædning.
+Elena glemte at få marmeladen med til Danmark. 
+Fyn er et dejligt, lille land.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bNxL</t>
+  </si>
+  <si>
+    <t>Faaborg d. 24-10-36
+Min Kære Hjimlinger!
+Her sidder Jensen &amp;amp; jeg stadig paa vores Haler i Faaborg og har forgæves forsøgt at faa dem i Tale i Kjerteminde. Først ringede jeg i Morges uden at nogen svarede, saa ringede jeg igen Kl 1/2 1 fordi jeg mente jeg var sikker paa at træffe nogen i Middagstiden, men det var alligevel en Busser. Nu forsøger jeg igen i Aften for jeg vilde nødig gl ["gl" overstreget] gaa glip af et lille Kjertemindebesøg. - Her iler Tiden med ingenting. Jævnt hen hele Dagen stikker en eller anden Faaborgenser Hovedet ind ad Døren og skal snakke 2 Ord med Mor og de er allesammen en utrolig Tid om at gøre sig færdige. Det bliver hver Dag halvmørkt inden vi kan smutte af Sted paa en lille Køretur men i Gaar var vi en dejlig Tur i Holstenhus og Trolleborgskovene. Paa en Eng fandt vi en Masse Champignoner som vi stegte til Aftensmad. Jeg længes snart meget efter at høre hvordan I gaar og har det og haaber paa at der ligger en lille Beretning til mig i Kerteminde. Jeg gad nok vist om Petermanden endnu gaar i Kungsvecka Akole eller om han er blevet vist ud paa Grund af uanstændig Paaklædning. Jeg kan ihvertfald ikke tænke mig at der er mange Trævler tilbage af de Bukser jeg forlod ham i (Hvis I nu var ligesaa kloge som Sven Clausen, kunde I vist let misforstaa mig). Men Krokshultskræderen har maaske bygget ham et Par nye? Har I spist al Marmeladen og Saltemaden? Jeg glemte jo de 2 Krukker Marmelade jeg skulde have haft med til København og Kjerteminde, skønt jeg havde en god Plads i Kufferten.
+Nu er vi paa Vej ud ad Assensvejen, ja Fyn er et dejligt lille Land, men det er et Slierland som Zahle i Skovkrogen udtrykte sig naar han laa og læste Biblen paa Chaiselonen, mens hans Kone passede Bedriften.
+Mange, mange Hilsner til den Petermand, den Fyr og den Fasermand fra
+Mossermand</t>
+  </si>
+  <si>
+    <t>1936-10-28</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Jeppe Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Vissinggård er et skovgods (ikke en herregård) samlet af Einar Viggo Schou til Palsgaard Gods i 1919-20, af den gammel gård Nedenskov og den lille gård Havbæk. Gården ligger i Sønder Vissing Sogn i Horsens Kommune. Hovedbygningen er opført i 1920 ved arkitekt Johannes Magdahl Nielsen. Vissinggård Gods er på 458 hektar. 
+Andreas/Puf Larsen fik opført et bryggeri på grunden, hvor hans barndomshjem lå/ligger. Det blev ikke en økonomisk succes og er siden blevet revet ned.</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas Larsen har været på klapjagt på Vissinggaard. Han fortæller, hvad de nedlagde. Bagefter fik de god middag.
+Andreas/Puf har støbt fundament til bryggeriet.
+Skorstenen er blæst af vaskehuset.
+Larsen-familien har for tiden ingen piger i huset, men der kommer nye til november.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pSfp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Octbr. 1936.
+Kære Lysse!
+Tak for Brevet med Planerne, som laa her da vi kom hjem i Søndags. Puf og jeg havde været til Klapjagt hos Dede i Torsdags og blev inviteret paa en Klapjagt Lørdag hos en Ingeniør Andersen, der er gift med en Datter af Schou Palsgaard og ejer Vissinggaard. Paa Dedes Jagt ca 16 Jægere, i hans Plantagejagt blev der skudt 3 Ræve og en halv Snes Harer og et Raadyr uden at jeg fik Ild. Bøssen. Dagen efter var Puf, Dede og jeg ude paa en Jagt ved Stigsholm Sø som D har sammen med 3 andre. Vi gik hele Eftermiddagen i Regn og skød et Par Gange forbi til Høns, da vi havde tømt Bøsserne og skulde ind i Vognen kom der en høj Krikand og jeg naaede lige at faa en Patron i og skød paa den samtidig med Puf den gik død ned. Paa Vissinggaards Jagt var vi 7-8 Jægere og ca 30 Klappere. Der blev skudt 35 Stkr. Hvoraf jeg skød et Raadyr en Hare og en Sneppe, og sammen med andre en Fasan og en Hare. Det var en meget fornøjelig Dag og bag efter en god Middag og en L.Hombre hvor jeg vandt 25 Øre. Vi havde igen i Gaar en orkanagtig Storm men i Eftermiddag er det igen helt fint Vejr med nogle Byger af og til. Jeg har faaet en fin Ederfugl ♂ fra i Fjor. Jeg synes Dine Planer ser meget tiltalende ud. Puf har nu faaet støbt Kjælder og Grund til Bryggeriet. I den forrige Storm blæste Skorstenen af Vaskehuset og ramlede gennem Taget. Vi har ingen Ting hørt fra Bimse, hun har vel ringet forgæves mens vi var i Jylland og Else i Odense med Børnene. Jeg har nu skreven til hende og bedt hende ringe os op og aftale hvornaar de kan komme her. Vores Piger rejste 1 Octbr. og vi har ingen haft siden, men faar 2 nye til November. Jeg skal hilse fra Puf og Else. Else er lige gaaet i Byen og Puf er nede ved Stranden og skrabe sin Jolle. Mange Hilsner til Dig og Peter fra Din Far.</t>
+  </si>
+  <si>
+    <t>1937-07-27</t>
+  </si>
+  <si>
+    <t>Franz Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Kirsten Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fabriken: Hans Syberg producerede en tid et keramisk stel i hjemmet på Azaleavej i Valby</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Brev i fotokopi. Hvor originalen findes vides ikke</t>
+  </si>
+  <si>
+    <t>Marie og Fritz Syberg har næsten glemt Kirstens fødselsdag. De sender fem kroner til en bog, som hun selv må vælge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yi5R</t>
+  </si>
+  <si>
+    <t>Pilegaarden 27-7-1937
+Kære lille Kjesser.
+Nu har vi jo igen glemt Din Fødselsdag! Det vil nu sige glemt den har vi nu ikke helt, vi ved jo nok Du har en, og naar Tante Marie har Fødselsdag den 21 Januar, Hans den 21 Februar og Du den 21 Marts saa skulde man jo tro den var let at huske. Men alligevel, den bliver ved med at smutte fra os. Men Din Fødselsdagsgave skal Du faa, og mange, mange, Lykønskninger fra hele Pilegaarden.
+Et Kys fra Bessefar
+Kære Kirsten!
+Tillykke med tilbagevirkende Kraft – de fem Kroner er fra Tante Marie og mig til en god Bog, vi kan ikke finde en virkelig god her i Kerteminde saa du maa hellere selv vælge dig en. Hils hele Fabriken med Tilbehør – 1000 Hilsener din organistiske Onkel Trylle.</t>
+  </si>
+  <si>
+    <t>- Bredlund
+Johanne Giersing
+Viggo Jacobsen
+Tage la Cour
+Ernst Syberg
+Franz Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Tage la Cour har skrevet, som har hjort Ernst Syberg fortørnet. Ernst Sybergs brev findes ikke sammen med dette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1293</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vedlægger et brev fra Ernst/Rille Syberg, som er fortørnet over nogle ord fra Tage la Cour. 
+Syberg maler fortsat på sine billeder af Himmel og jord (også kaldet Himmelgåden) og håber, at gården ikke bliver solgt.
+Ernst kommer i påsken, og Hans med familie er også velkomne. 
+Franz/Trylle har lampefeber, fordi han skal spille kirkekoncert. 
+Syberg deltager i udstillingen i Odense i påsken. Han sælger ikke noget fra Den Frie. Syberg vil sige til Bredlund, at han skal returnere billederne i de oprindelige kasser, for de er dyre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zVf1</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+19-3-39
+Kære Hans.
+Tak for Dine Breve og Dit Arbejde med mile ["mile" overstreget] mine Billeder. Rilles Brev følger hermed. Ja han er jo gal i Hovedet paa Digteren P. la C. men hvad kan man vente sig, naar en Digter lugter Literatur i Malerier saa bliver han jo henrykt og tror han pludselig forstaar sig paa det hele. Jo mere man arbejder med Kunst jo mindre forstaar man sig derpaa, det er nok Sagen. Men heldigvis Ingen kan jo se det paa En, og man har da Lov ["Lov" indsat over linjen] at fabulere paa sin egen Maner.
+Mine Billeder af "Himmel og Jord" som Du [et overstreget bogstav] kalder dem "dem" indsat over linjen fortsætter jeg med uden at mærke nogen Afslappelse, blot Gaarden ikke bliver solgt, for saa siger den nye Ejer maaske stop. I er velkomne til Paasken allesammen Rille har lovet at komme ogsaa, jeg vil haabe at han holder det. Trylle er i Dag optaget af at give Kirkekoncert og er derfor meget distræt, han lider af Lampefeber og det bliver værre for hver Gang. Viggo Madsen ["Madsen" overstreget] Jacobsen var her og jeg maatte love at at deltage i Udstillingen i Odense nu til Paaske. Besse har lige været her et Svip og vi tog 5 Billeder ud. I Odense sælger jeg nu ikke noget, og det lader til at det heller ikke gaar paa den Frie, men det gør ikke noget, jeg har Tid og kan vente. At den Frie ser rædsom ud forbavser mig ikke, det gør den jo al Tid.
+Jeg maa have Bredlund instrueret i Tide at han sender mig mine Billeder i mine egne Kasser og ikke faar noget gammelt Skrammel stukket ud, det er nemlig nye Kasser, ialt 3, hvoraf den ene er meget stor, og Træ er saa forbandet dyrt her i Kjerteminde.
+Hav det nu godt og mange Hilsener
+fra Far.</t>
+  </si>
+  <si>
+    <t>1884-10-27</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Nyborg Slot, 5800 Nyborg</t>
+  </si>
+  <si>
+    <t>Niels Henriksen Kerteminde
+- Johansen
+Christian Klingsey
+Jeppe Andreas Larsen
+Peter Larsen
+Clara Lindberg
+Peter Madsen
+Frans Schwartz
+Elisabeth Storm
+Niels Voller</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt om nogle portrætter af forældrene, og det skal han få. I A Larsen kommer til København i november.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jqgI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret:]
+J. A. Larsen
+Kjerteminde. 
+[Håndskrevet:]
+den 27/10 84
+Du længes min lille Ven efter Portrætter og bestemmer endogsaa Dagene, det er jo en voldsom Myndighed du der træder frem med, jeg maatte lee Johannes; men samtidig forstod jeg at Faders Hjærte blev rørt saa [tilføjet] Du avancerede dit Ønskes Opfyldelse, meget nær for din mageløse Ihærdigheds Skyld – Da han havde læst Brevet og seet kvalet, sagde han, nej skriv til ham at Madsen gaar vi ikke til, men han skal nok faa dem naar nu Fader kommer i November, saa gaar Du selv med ham, hen hos en Fotograf, det skal blive morsomt for saa faar Du et godt Billede og jeg følger saa ogsaa efter ved Lejlighed – bare taalmodig, saa gaar det alt sammen. Tak for Brevet igaar; men skriv lidt tydeligere lille Johannes for Fader klager over Skriften, at han knap kan læse den, det vil du nok huske. Det var dejligt at Hr Schwartz syntes om din Begyndelse, fortæl altid om Bedømmelsen af dit Arbejde ogsaa naar Du maa gjøre om eller faar Tilrettevisning for du gaar der jo for at lære min lille Skat hvordan gaar det dig hos Klingsaj fortæl ogsaa om det om alt muligt søde Barn – jeg kan ikke høre formeget jeg følger dig i Tankerne paa Dine Aftentoure især, - De lader dig vel dog gaa med Fred al slags Pøbel der gaar paa Gaderne vor Herre bevare Dig og holde sin kjærlige Haand over dig min elskede Søn
+Det stormede ganske forfærdeligt igaar med Bygevejr, en Søn af Niels Voller, 17 Aar gammel var ene ude i en Jolle for at røgte Garn, og blev overfalden af en saadan Byge; der var intet Haab om Frelse for ham thi Søen gik saa høj at Sjælland kunde han ikke naa, og Vinden bar fra Land her, men saa kom her en Skonnert i Sigte som tog alle Sejl ned og gjorde en Vending, muligen den havde seet ham og frelst ham, men hvor skulde Skibet hen det vidste jo ingen; det kunde vare længe før der kom Efterretninger; men Gud Fader ske Tak allerede i Aftes kom her Telegram fra Nyborg, han var frelst af Skonnerten.
+Johannes jeg har flere Gange glemt at sige Dig Fader ønsker at Du skal kjøbe 2 Hjortetakker til dit udskårne Arbejde – spørg engang paa 2 og sig os Prisen – Fader længes efter at faa det op paa Væggen, at han kan faa sine Bøsser op – 
+Det regner saa voldsomt idag kan du dog undvære din Overfrakke længere mit Barn, hvordan laaner Du en Paraply eller bliver du vaad saa skifter Du da Tøj. Henriksen faar jo Dit Snavsetøj med hjem ifald du ikke bruger dit uldne Sengetæppe saa lad det gaa med, men har du brugt det i fjors Vinter og er glad ved det saa maa du endelig beholde det. Johansen har faaet sig en Plads i Nyborg som vel er
+Vi ere saameget glade ved vores hvide Ovn her er varmt om Morgenen saa jeg behøver ikke at fryse mere i den tidlige Morgen; naar jeg nu maa blive rask – og faa nogle flinke Piger i vort Hjem der vil arbejde og være flittige – saa haaber jeg paa en god Tid jeg har saameget Arbejde der venter paa mig – Dine Søskende ere raske og tænke med Glæde paa Juletravlheden som ogsaa skal bringe Dig hjem til os Gud give os Glæde til den Tid.- -
+Jeg skal hilse dig fra Fader og fra alle de andre Farmor og Fastrene lille Peter Larsen er syg i Halsen – mange flere her i Byen Gud skaane os for den slemme Gjæst Fru Storm er ikke kommen herhen endnu
+Jeg skal hilse dig fra Fru Lindberg hun var her igaar Lev vel Johannes og hils dine Venner fra mig
+Du hilses fra din kjærlig hengivne Moder</t>
+  </si>
+  <si>
+    <t>1888-03-17</t>
+  </si>
+  <si>
+    <t>Esbjerg Havn
+England 
+Måle Strand
+Romsø</t>
+  </si>
+  <si>
+    <t>Mads Andersen
+Anders Jensen
+Laurits Kristiansen
+Georg Larsen
+Jeppe Andreas Larsen
+Niels Mollerup
+- Nordskov
+- Olsen
+Rasmus Petersen, Gartner
+Christine Swane</t>
+  </si>
+  <si>
+    <t>En ven, Rasmus Petersen, er rejst til England. Romsøboere er gået over isen med 400 vildænder. Johannes Larsens far har været syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NmU1</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 Marts 1888
+Min kjære Johannes!
+Hvor vi dog længes efter at høre fra Dig jeg er urolig for dig i al denne Kulde og saa denne afskaarne Tilstand fra Omverdenen idag kom her endelig en Kjøbenhavner Post som vi skulle have havt i Torsdags ligedan her paa Fyen fyger alle Veje til og standser al Samfærdsel fra Landet kom her ingen ind i de Dage som vel var for din Fader har ligget til Sengs i 4 Dage en stærk Forkjølelse han fik i Søndags gav ham saa meget Gigt men han vilde ingen Læge have og saa hjalp vor Herre at vi have ham paa Benene igjen jeg har min Nød med at holde ham inde af Gaarden og Haven her er en rigelig Indtægt af Vildt, Romsøboerne gik over Isen til Maale i dag og fik Anders Jensen til at kjøre dem herind med deres, 400, Vildænder hvad synes Du
+Rasmus Petersen var her for at sige Farvel idag afrejser han fra Esbjerg til England faa Dage før han rejste fik han Brev fra en Bekjendt at der var meget lidt Arbejde at faa; men Rasmus var ikke forknyt nu kommer Foraaret og saa er det bedst at blive paa Pladsen saa jeg vil holde mig ganske i Ro derovre indtil til der bliver noget, hils nu Johannes at naar jeg faar noget at skrive om saa faar han Brev fra England.
+Måtte der dog komme Brev fra dig imorgen og gid Vejene dog maa blive saa ryddelige at dette kan komme til Dig i den ønskede Time.
+Penge kan jeg ingen sende dem vi har ventet saa bestemt i denne Uge kom heller ikke saa jeg haaber at du kan faa nogle hos Mollerup.
+Saasnart det dog bliver nogenlunde med Vejene saa kommer der vel Udvej hvem havde dog heller tænkt paa en saadan Vinter Isbaadfart henad Paaske jeg bliver tidt lidt [ord mangler] vel fordi jeg har lovet Dine [ulæseligt ord] blide Dage i Marts det er mig jo umuligt nu at holde Ord for der har kun været 2½ Dag som kunde regnes for blide saa det seer net ud for mig
+Georg har vel fortalt at han skjød 2 Vildænder i Søndags og mange flere havde han kunnet skyde om han ikke havde været saa hidsig – ja Nordskov han skyder i denne tid mange Dage 10-12 men i Compagni med Laurits Kristiansen – PostOlsen og Mads Andersen kunde mer have tilsat Livet de stod paa Isen – Olsen længst fremme og da han lige skulde skyde hørte han et Plump og vendte sig straks, men saa ikke sin Ledsager da gik nærmere kom endelig en Arm op med Bøssen som han smed hen ad Isen – Olsen rakte ham sin Bøssekolbe og trak ham iland paa Isen tænk dig nu begge Bøsser med med spændt Hane – hvor Gud dog er mageløs god at De beholdt Livet jeg haaber saadan et Øjeblik berører dem saa de aldrig glemmer det. Vi har i denne Kulde lavet et Hjem til Graagaasen inde hos en Vædder i Loen hvor der er Avner der har den sit Huus og befinder sig vel kan du være sikker paa
+Hils dine Omgivelser at du snart skriver haaber jeg mine egen kjære Søn som jeg ønsker alt muligt godt for. Din længselsfulde Moder</t>
+  </si>
+  <si>
+    <t>1898-02-14</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Carl Frydensberg
+- Grøn
+Peter Hansen
+Anders  Kragh
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Thorvald Røhl
+Karl Schou
+Christine Swane
+- von Rosen
+- Woldemar</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er blevet spurgt, om han vil fortsætte med at undervise i tegning på Teknisk Skole. Det vil han kun, hvis han får lønforhøjelse eller slipper for, at der er damer på holdet.
+En Fru Grøn har via von Rosen bedt om at låne Larsen-tegninger at brodere efter.
+Larsen har ikke vist Peter Hansen sit maleri af Christian Andersen, og Peter Hansen må først se det, når det er mere færdigt.
+Peter Hansen og Johannes Larsen har været på jagt på Taarbystranden (kaldes i nutiden Taarup Strand). 
+Larsen synes ikke, at Alhed skal bebrejde ham, hvad han skrev om Hr. Woldemar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vVbh</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Februar 1898.
+Min egen Kæreste!
+Tusind Tak for Dit Blyantsbrev som jeg fik til Morgen, Du kan tro jeg blev glad ved at læse at Du nu er rask igen. Jeg syntes det var saadan et trist Brev jeg fik i Gaar og jeg gik og var i daarligt Humør hele Dagen, derfor skrev jeg ikke til Dig, det var dog ikke alene paa Grund af Dit Brev, men jeg havde sovet daarligt om Natten og ærgret mig over den tekniske Skole om Aftenen. Kragh, det er Inspektøren, var for Resten deromme og efterspurgte om jeg ikke vilde blive ved at være Lærer, naar Klassen blev delt, saa at jeg kun blev Lærer i Skyggetegning, Tegneinspektøren havde sagt at det var altfor meget for en Lærer, og at de ikke skulde bryde dem om at Skolen kom i Gæld det blev nok betalt. Jeg lovede dog ingen Ting men jeg har tænkt mig at hvis jeg bliver i Byen til den Tid vil jeg stille den Betingelse at jeg enten vil have mere for Timen eller ogsaa fritages for at undervise Damer. Jeg var saa nede hos v. Rosen og spiste til Aften med ham i Lørdags før jeg gik paa Skolen. Det han vilde tale med mig om, var at en Fru Grøn i Kjøbenhavn havde bedt ham spørge mig om hun maatte laane en Fugletegning af mig til at sy eller brodere noget efter. Han havde saa skrevet til hende om at sende noget hun havde lavet, for at jeg kunde se hvad hun kunde. Hun havde saa sendt en lille Kat, som saa meget illuderende ud, men jeg kunde ikke rigtig forestille mig hvad hun kan deraf. Du maa undskylde hvis det er noget Vrøvl jeg skriver, for Fader, Moder, Klaks og Agraren taler i Munden paa hinanden. Agraren bad mig om at hilse Dig. Han skal gaa til Ullerslev nu og jeg vil følge ham lidt paa Vej i det dejlige Vejr. Jeg er nu kommen hjem fra at have fulgt Agraren paa Vej, jeg fulgte ham til Revninge Kirke, og jeg kan vist naa at skrive lidt inden vi skal spise til Middag. Vejret er knap saa kønt som det var i Morges, da var det helt klart, og da jeg kom ned paa Bagvejen sad der nogle Stære og fløjtede af fuld Hals oppe i de store Popler. Da jeg fulgte Agraren var jeg inde hos Chr. Andersen for at sige at jeg ikke kom, det passede udmærket ha han ikke havde Tid at sidde, men i Eftermiddag kan vi igen, jeg fik malet lidt paa Hænderne i Gaar Formiddags og det gaar i det Hele pænt fremad med Billedet. Hvad Peter synes om det kan jeg ikke fortælle Dig, da han ikke har set det, han faar det heller ikke at se, saa længe der er noget paa det jeg kan gøre bedre og jeg haaber at det varer noget endnu inden jeg naar saa vidt. I Gaar Eftermiddags var v. Rosen oppe at laane et Par Tegninger til den Dame det er en Moster til Frydensberg, fortalte han; han var ikke meget glad ved at have faaet den Kommission og han vilde forlange at de skulde assureres. Da han var gaaet gik Peter og jeg ud med Bøsserne, nærmest for at gaa en Tur ud paa Taarbystranden, der skal have været en Del Gæs i de sidste Dage derude. Paa Vejen traf det saa at Tjalfe stod for 5 Høns henne i vores Mark, og han kom strax da jeg fløjtede ham af og gik saa frem til dem igen, saa for at belønne ham, skød jeg saa den ene og anskød den haardt Peter skød ogsaa men traf ikke, jeg fortrød strax at jeg havde skudt paa den jeg syntes det lignede noget i retning af Mord og vi gik saa efter den og Tjalfe fandt den meget rigtigt der hvor jeg antog den maatte være falden, og stod for den, jeg tog den saa og slog den i hjel, men jeg ærgrede mig over det hele Tiden og gør det endnu, længere ude i Marken traf vi Fader, som spurgte om det var en Krage vi havde skudt efter og jeg sagde ja og paa Spørgsmaal om vi fik den, nej. De Løgne ærgrede mig endnu mere trods jeg ved at jeg sparede ham for en Ærgrelse ved ikke at fortælle ham Sandheden og det ærgrede mig ogsaa. Jeg havde en Ærgrelse mere i Aftes, jeg vilde nemlig gerne have været om i teknisk Skole for at høre et Foredrag om Astronomi af Thorvald Røhl, med Forevisning af Lysbilleder og saa kom jeg først i Tanker om det da vi var komne i Seng. Peter vilde ogsaa gerne have været med. Der var Brev fra Marie og Christine i Gaar de har det godt men Marie klager over at Du slet ikke har skrevet til hende og Du har lovet hende et langt Brev. Fra Schou fik jeg et Brevkort om at Bogbinderen var ankommen og gerne vilde have nogen Bøger til Indbinding. Jeg sender ham et Par stykker i dag. Jeg saa 2 Viber i Gaar, det bliver nok helt Foraar til Du kommer. Du kan tro jeg glæder mig til det, men jeg synes ikke Du skulde holde op med at fede Dig til, Du kommer her over, min Dygtighed som Fodermester viser sig ikke paa mig selv i Gaar vejede jeg kun 156 Pund, saa jeg har vist tabt et Pund siden forrige Søndag. Jeg maa indrømme at Din sidste beskrivelse af Hr. Woldemar ikke ser tiltalende ud, men Du maa ikke bebrejde mig at jeg ikke kunde opdage alle de daarlige Sider hos ham i dit første Brev, hvor der ikke stod et Ord om dem og der er ikke Spor af Nødvendighed i at et Menneske der ikke taler over sig ved Bordet, skal sidde og mule i et Kabinet hele Aftenen. Rent bortset herfra kan han jo for Resten godt være paa det rene med at man i Almindelig spiser bedre i et privat Hus end paa en Restau
+[Resten af brevet mangler i kopien]</t>
   </si>
   <si>
     <t>1905-05-28</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Hilda -
 Julie Brandt
 Carl Czerny
 Alfred Goldschmidt
 Edvard Grieg
 Alhed Larsen
 Christine  Mackie
 William Mackie
 Wolfgang Mozart
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Isac Salmonsen
 Ellen  Sawyer
 Franz Schubert
 Laura Warberg</t>
@@ -1151,541 +4211,416 @@
 Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
 Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
 Næste Morgen på en Bænk i Parken. 29/5 – 05.
 Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
 Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
 Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
 - hermed vil jeg slutte mit lille Friluftsbrev. – 
 Brev No 2.
 Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
 Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
 Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
 I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
 - Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
 - jeg tænkte – ”mine Ord vil ikke meget sige”. 
 Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
 Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
 Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
 Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
 Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
 Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
 Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
 Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
 Dis</t>
   </si>
   <si>
-    <t>1907-08-11</t>
-[...8 lines deleted...]
-    <t>Fynshovedvej 696, 5390 Martofte, Danmark</t>
+    <t>1912-06-22</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver et langt brev til Christine Rasmussen om familiens dagligdag i Pisa i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wb5J</t>
+  </si>
+  <si>
+    <t>Pisa 22/6 - 1912
+Kære Fru Rasmussen
+Iaar kommer jeg vist for sent med min Lykønskning til Musæets Fødselsdag, jeg er bange for, at Brevet ikke kan naa til Faaborg paa 2 Døgn. Men selv om den er en Dag forsinket, Lykønskningen, er den lige velment. Fødselsdagsbarnet har det vel fremdeles godt og trives vel. 
+I Deres elskværdige og kærkomne Brev fra Nytaarstid, talte De om en Midsommerfest, vist nok i Bankerne, ja , det er jo kedelig, at vi ikke kan være med i Aar, vi vil alle mindes Indvielsesfesten som en af vore smukkeste Oplevelser.
+Vi er nu i Færd med at forlade Pisa og flytte til Marina'en, hvor vi glæder os til at pjaske i Havet i 4 Maaneder - saalænge har Skolerne Sommerferie her til Lands. Børnene er syge af Længsel efter Hav, især de smaa kniber det for. Nu er de iøvrigt saa igaaede med de indfødte, saa det vist bliver svært for dem engang at forlade Pisa, de smaa har erobret Piazza'en, hvor de opholder sig al den Tid de ikke er i Skole i vild Leg med italiener Ungdommen. De store Børn har Deres Venner og Veninder ogsaa. det kan nok være, det har hjulpen paa Sproget, som de nu alle taler og skriver udmærket. De er alle løbne vældig i Vejret, jeg tror det er den megen Sol. Besse, vores ældste Datter, der er 16 Aar, betragtes som en stor Skønhed, hun har mange Tilbedere, hvad der giver Anledning til mange kostelige Oplevelser. En af dem, en Officeresspire kommer her i Huset, han er meget livlig og elskværdig og arrangerer en Mængde Cykelture for Besse, Clara, Hans, og ham selv til Pisa's dejlige Omegn. Saa morer de sig dejligt og Besse tager sig ikke Tilbedelsen saa alvorligt, saa vi behøver at være bange for, at hun skulde blive hængende her i Pisa.
+Vi har iøvrigt været hjemsøgt af Pisas Honoratiores i den sidste Tid. Vi fik en Dag Besøg af en tysk Dame, der fra en Nordmand havde faaet at vide, at en af "de udmærkede Danske Malere" opholdt sig her i Pisa. Hun kom nu som Interviewer fra Bladene. Da hun saa havde skrevet 2 Spalter Lyrik om os og Billederne kom altsaa Honoratiores for at se dem - det var en skrækkelig Virkning. Saa skulde jeg hver Eftermiddag sidde fint klædt paa og i et fint poleret Hus og tage imod, og det var jeg virkelig ikke vant til (ingen af Delene: særlig det polerede Hus var mig en skrækkelig Gene). Vi var blevne saa demoraliserede med Hensyn til huslig Orden, fordi vi vidste at aldrig nogen Mors Sjæl uden os selv bankede paa vor Dør. Naa, men nu er det overstaaet, vi har atter Ro, og jeg kan paany lade min Pige staa for Husstyrelsen, det er umaadelig behageligt. 
+Naar jeg tænker fra vores einfache Husholdning her, hvor vi fuldstændig indretter os efter Pigens Talenter eller maaske rettere: Mangel paa samme og til Deres store Hus, saa slaar min Hjerne en Koldbøtte af Skræk. Jeg kan slet ikke begribe, hvordan De bærer Dem ad med at faa alting til virke saa udmærket, De maa vist være i Besiddelse af "Administrationstalent" er det ikke saadan det hedder. 
+Vi ved fra Danske Aviser at her var Cyclon i sidste Uge, vi har derfor modtaget Forespørgsler om vi og Aquarellerne var reddede. Vi havde det rigtig gemytligt, troede det var et ganske almindeligt Tordenvejr. Pigen kom skælvende ind i Stuen, mumlende Bønner og slaaende Kors i det uendelige. Hun er ellers ikke stærkt religiøs, Saa Børnene fik Krampelatter over hende. Regnen styrtede ned, saa Gaden blev til en rivende Flod, Børnene var henrykte og syntes det smagte af Danmark. Fritz malede som sædvanligt i campo santo, det eneste der generede ham var Skraldene, der lød saa stærke dér, at han frygtede hans Trommeheinder skulde springe. Ja nu blot en Hilsen til Dem og Deres Mand og Børn, og hvis De ved Lejlighed vilde fortælle os lidt om, hvordan De har det allesammen og lidt om Musæet og om Festen, saa vilde det være umaadelig kærkomment. Mange Hilsener
+Deres hengivne Anna Syberg
+[tilføjet på tværs på første side:] Min Mand sender mange Hilsener</t>
+  </si>
+  <si>
+    <t>1917-01-29</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Tante Mine -
+Grete Jensen, f. Hansen
+Elena Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Elise beretter om familiens udflugter i snevejret. Grosserer Christensen har spurgt efter nogle billeder fra Faaborg, som Peter Hansen har talt med ham om. Elisabeth arbejder på et stort billede med figurer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lx7a</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Det er dog et herligt Vintervejr, vi har i denne Tid. I Gaar var vi rigtig ude at muntre os. Kylle, Sis, Gitten og jeg var i Maaløv med Skier, og der løb vi paa nogle store Snemarker, Grethe klarede sig helt godt, vi sank undertiden i Sne til Knæerne. Bimse var med Nolle, Ruf og Hugo Lisberg paa Højnæsfjældet og kjælkede. Bimse kunne være stolt af at være den eneste Dame som alene kunde rutsche ned ad den store Bakke, hvorfor Folk, som dirigerede Starten, lod hende glide hver Gang hun kom op. Da vi kom hjem smagte en varm Ky'bolle suppe storartet. Ude paa Maaløv Station traf vi Fenger-Just, jeg havde netop skrevet til ham Aftenen før. Han kommer paa Søndag for at se paa Billeder, hvis da ikke Vejret bliver saa godt -- han var ogsaa ude i Sneen -- Søndag er den eneste Dag han kan komme ved Dagens Lys. 
+Paa Torsdag skal Gitten altsaa i Skole, 3 Timer daglig til at begynde med; jeg haaber, hun kan taale det. Det er meget sjældent, at hun har Hovedpine og altid kun ganske lidt, saa hun kan spise, og faar ikke Kvalme.
+Gros. Christensen har spurgt efter nogle Billeder fra Faaborg, som du har talt til ham om, jeg lovede at minde dig derom. Jeg tænker næsten, jeg kan rejse over til Faaborg paa Mandag, hvis jeg kan faa Frk. Hansen til at komme her i de Dage, jeg er borte. Lisbeth har travle med at male paa et stort Billede med Figurer, hun har faaet lov at male ovre i en Frk Mathiesens Atelier i Torvegade; hun er meget optaget af Arbejdet og det tager svært paa hende, jeg Haaber, der vil lykkes for hende. 
+Jeg render og bisser hos Fru Møller hver eneste Dag bare for en eneste Tands Skyld, som jeg var saa uheldig at brække et Stykke af ved at spise Flæskesvær. Det er dejligt at du kan fa Atelieret varmet op. Det var Tante Mines Fødselsedag i Lørdags, vi var henne og drikke Chokolade og aflevere vore Presenter.
+Dr Øigaard har sendt Penge for "Kjøge Landevej".
+Fortæl os lidt om, hvad du gaar og tager dig til. 
+Mange kærlige Hilsner fra os alle.
+Din hengivne 
+Elise
+29-1-1917</t>
+  </si>
+  <si>
+    <t>1919-10-15</t>
+  </si>
+  <si>
+    <t>Drigstrup</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Margrethe Bentzen
+Christian Krog
+Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Rasmus Petersen, Gartner
+Ole Poulsen
+Ellen  Sawyer
+- Trautner</t>
+  </si>
+  <si>
+    <t>Larsen-familiens villa på Møllebakken i Kerteminde var under ombygning september og oktober 1919. Alhed Larsen var i samme periode i Birkerød, dels fordi hun var syg af en byld i halsen, dels fordi hendes drenge var elever på Birkerød Kostskole.
+Drigstrup er lille landsby få kilometer fra Kerteminde.
+De to breve fra Foreningen Fremtiden er lagt ind i denne base. Begge er skrevet 14. oktober 1919.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender de sidste druer fra haven til Alhed Larsen.
+Der installeres centralvarme i villaen. Johannes Larsen deltager i en fest i Drigstrup for en tysk gæst fra Flensborg. Restauratør Krog og arkitekten fra København skal komme den følgende dag. Johannes og Alhed Larsen har modtaget brev fra Foreningen Fremtiden om at indlevere billeder. 
+Johannes Larsen kan få et pas i Kerteminde, men Alhed og drengene må bestille i Birkerød. Larsen skal have afklaret sagen om jagt/gevær på Toldboden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BY61</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15-10-1919.
+Kæreste Alhed!
+Jeg sender samtidig med dette nogle af de bedre Druer, mange sidder og revner og mugner. Rasmus Petersen var her i Gaar, han sagde jeg hellere matte sende Dig nogle, for de blev ikke bedre. Der var ikke noget i Vejen med de Blomster der er ude, men det var kun fordi de stod saa godt i Læ sagde han. Algren fik saa Besked om hvad der skulde i Vinhuset, i Drivhuset og i Lysthuskælderen. Trautner har været her i Dag med en Mand og ordnet Centralvarmen og Fyret saa nu er her lunt og behageligt at sidde. De kommer igen i Mrg og gaar videre med Varmen ovre i Huset og paa Fredag kan de vist ordne Badeværelset. Mix var her med en Sønderjyde der er tysk fra Flensborg. Der skal være Fest i Drigstrup for dem i Aften. Pigerne er inviteret til at køre med Ole Poulsen derop og jeg kører med vores og Mix's med Bentsen. Det er ikke noget jeg glæder mig til, men da jeg brændte ham af i Gaar bliver jeg vel nødt til det. Han rejser i Mrg Form. Krog telefonerede i Gaar Eftmdgs at han og Arkitekten kommer i Mrg, men det har jeg vist fortalt dig. Der var Opfordring fra "Fremtiden til os om at sende Billeder, jeg vedlægger dem. Jeg venter med at lukke Brevet til jeg ser om der er noget fra Dig med Posten. Her har i Dag været en ældre Dame med 18 Mellemlægsservietter eller hvad de hedder a 7 Kr = 126 Kr. Hedebosyning Du har bestilt. Jeg har talt med Uttenreiter, fra 1_ste_ Septbr behøves til Sverige kun alm. Pas. Jeg faar mit her uden Vrøvl men Du og Drengene maa have dem i Birkerød Politikontor hvis der er noget der hedder saadan og Du maa vist have en Daabsattest at vise dem jeg kan imidlertid ikke finde en saadan. Og saa Fotografier til Opklæbning. Bøsser vidste han intet om, det skal jeg have at vide på Toldboden. Der siger de at saa vidt de kan se er der ingen Ting i Vejen, men det er jo en ikke videre udtømmende Besked. Du kan jo prøve at ringe til Udførselskontoret. Nu kom Posten med dit Brev. 
+Bare Du nu maa kunne taale den Tur i Mrg.
+Mange Hilsner til Jer alle 3. 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1921-10-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Martha Adolfsen
+- Christensen, Kerteminde
+J. P. Christian Erichsen
+Achton Friis
+Jens Jensen
+Grethe Jungstedt
+Adolph Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Albert Naur
+Christine Swane
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen havde i 1922 en udstilling sammen med Asta Krohn og Christine Swane. 
+Albert Naurs kone døde 23. september 1921, og han havde derefter brug for at være hos Alhed og Johannes Larsen en tid.
+Minorka er en spansk hønserace. 
+Dagbogen til Lehn Schiøler: Johannes Larsen renskrev dagbogsnotater fra sine ture med skibet Rylen sammen med blandt andre Achton Friis i en indbundet bog og forærede ornitolog og vekselerer Lehn Schiøler den. Bogen ejes nu af Johannes Larsen Museet. Se "omtalte genstande". Eiler Lehn Schiølers kone døde 30. september 1921. Det er muligvis derfor, Alhed Larsen ikke har fået svar på sit brev til ham. 
+Johan Larsen blev student i 1921, og derefter var han landvæsenselev, inden han begyndte på Landbohøjskolen. Andreas Larsen var stadig i 1922 elev på Birkerød Kostskole for at tage studentereksamen. 
+Larsen-familien var fra 1921 og nogle år frem økonomisk trængt, og de forsøgte sig derfor med fjerkræavl. Se Erland Porsmose: Johannes Larsen. Gyldendal 1999 s. 216</t>
+  </si>
+  <si>
+    <t>Alhed Larsen gør rent. Hun har nu 80 indrammede billeder, og det bliver sjovt at se dem hængt op.
+Adolph og Vilhelm Larsen har givet flere fra familien harer. De har været på jagt og skudt en masse vildt.
+Vilhelm har sendt høns og kalkuner, og der er bygget fire huse plus et gåsehus.
+Jens Jensen har været på besøg. Albert Naur vil gerne blive et stykke tid.
+Marie Larsen flytter ind i Martha Adolfsens værelse. 
+Johannes Larsen er færdig med dagbogen til Lehn Schiøler. Alhed undrer sig over, at hun ikke hører fra ham. 
+Drengene må købe og sende en bog til deres far.
+Skal drengene ikke have nogle strømper?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RNsF</t>
+  </si>
+  <si>
+    <t>Kære søde Drenge!
+I fatter da ikke, hvad der gaar af mig, at jeg ikke skriver et Ord til jer. Tiden løber, og jeg er saa optaget af et dydigt Liv, at det er helt forfærdeligt. Hele Huset bliver gjort skinnende rent, og da jeg jo selv skal overtage det, er jeg meget interesseret i det. I Gaar tilbragte jeg det meste af Dagen i Værkstedet med Oprydning, Pigerne skurede og nu er her saa fint og hyggeligt, at jeg synes aldrig det har været saa pænt. Det gamle ovale Egetræs [ordet ”Egetræs” indsat over linjen] Bord, der stod med Mapper, er flyttet hen foran den anden Sofa, om Dagen skal mit gamle røde Bordtæppe ligge derpaa, om Aftenen skal vi spise der. Jeg har nu faaet næsten alle mine Billeder sat i Ramme, det klæder dem godt. Jeg har malet e [bogstavet overstreget] to siden Du rejste lille Gamle, et til med Marie oppe hos Dyrene, modsat det Du var med til, altsaa med Kalve og et af højrøde Georginer i Solskin, nu faar jeg vist ikke malet saa stort mere, men jeg har ogsaa hen imod 80 Billeder. Naur, der har været her et Par Dage, lod til at synes godt om dem og ikke mindst om Figurbillederne, det var jeg glad ved. Vi skal have Haresteg i Morgen og det skal I nok ogsaa. Baser har foræret os vores og han fortalte, at Klax har sendt Tante Ugle en, han og Tinge har været dernede et Par Dage Dage [ordet ”Dage” overstreget] paa Jagt, de havde skudt en Masse, det havde været noget for Dig at være med min Dax bl.a. 2 Dyr, hvoraf Beser fik det ene med hjem [ordene ”med hjem” skrevet over linjen], men ellers en Masse af det hele, 7 Harer, 10 Fasaner 3 Ænder, Skovduer og en Sneppe som blev sendt af til G [bogstavet streget over] gl. Greve (Agraren skød den.) De havde moret sig udmærket. – Hønseriet gaar det fint med, der er nu bygget 4 Huse foruden et Gaasehus, vi har faaet 2 Forsendinger fine Minorkas sent 6 [tallet overstreget] 7 Kalkuner fra Onkel Klax. Vi har et farlig Mas hver Aften med at faa alle de nye Dyr ind, men det er helt sjov. Naur og jeg spillede Tennis hver Dag og Jens Jensen, som var med, lærte vi det den sidste Dag. Han og Naur var sammen og de tævede mig nu 14 mod 12, det var en lang Kamp. Naur kommer for Resten igen [han] bad om han ikke maatte indlogere sig her en Tid, han vilde saa gærne male vores Far. – Jeg sidder og skriver i Værkstedet, vi har fyret her for første Gang i Dag. Jeg gruer slet ikke mere for at skulle til det huslige i Vinter, jeg synes, det bliver helt hyggeligt, og hvor det bliver storartet at faa jer hjem hjem [det sidste ”hjem” overstreget] til Jul, naar jeg har lavet det hele selv. Tante Ia er jo ogsaa vældig sød at have, nu til Nov. flytter hun over i Adolfsens Værelse. Jeg har lavet en vældig Portion Æblemarmelade i Dag, vi er i det hele taget godt rustede til Vinteren. Jeres Far er nu færdig med sin Dagbog til Turen Lehn Sch. Bliver nok meget glad over den, den er aldeles nydelig. Her er to Beskeder til jer: Lille Gamle, om Du omgaaende vil købe og [”købe og” indsat over linjen] sende Din Far den lille Bog Friis havde, vist ”Danmarks Areal”, (c. 50 Øre) faas i en hver Boghandel, men Erichsen havde den ikke, skulde skaffe men lader ikke høre fra sig. Det er Generalstabens, Din far siger, Du kender den godt. Og saa Tak for Dit Brev, søde Gamle, vi var meget glade ved det. Din Far var i daarligt Humør nogle Dage, som Du bemærkede, det var fordi han ikke syntes, han fik nok lavet, men det gik hurtig over, han har været i udmærket Humør lige siden. Og Du min Dax, og [”og” overstreget] om Du huskede Brevet til Ejler Schiøler, vi har mærkelig nok ikke hørt fra ham. – Faar jeg snart Eders Æblekasse?? Pærer er her ingen af for Tiden men vil I ikke nok have Æbler? – Ja, jeg har samlet og pillet en Masse Valnødder, vi har en stor Brændekurv fuld og [”og” overstreget] pillede og faar flere endnu naar der kommer Blæst. – Nu skal jeg over og klemme paa med Grethes Sager, de skal med i Vadsk paa Tirsdag. Trænger I ikke til Strømper? Jeg fik i Aftes 48 Par (!) stoppede nede fra den [”den” overstreget] Frk. Christensen, den gamle Idiot der var her en Gang i Foraaret at lappe for mig. Nu er der jo kun en god Maanedstid til vi ses, jeg er noget spændt paa, hvordan mine Billeder vil se ud, naar de bliver hængt op. – Naur vilde gaa ud og hilse paa jer og bringe jer og Tante Ugle en frisk Hilsen maaske han allerede har været der. – Laver Tante Ugle noget? Maleri mener jeg. Hils hende mange Gange, og nu maa I ikke gengælde ondt med ondt, men skrive snart til os, saa skal jeg nok være mere expedit næste Gang. Skriv endelig hvordan det gaar paa jeres Skoler. Der er en lille Mariehøne, der bliver ved at kravle ind paa Brevpapiret, hver Gang jeg har kørt den væk, er den der et Øjeblik efter igen. – Nu faar I ikke mere. Hils Tante Ugle mange Gange. Hav det godt og 1000 Hilsner fra Tante Ia, jeres Far og jeres Mor.
+Det øser ned.
+Lørdag 23-10-21</t>
+  </si>
+  <si>
+    <t>1934-06-06</t>
+  </si>
+  <si>
+    <t>England
+Epsom Downs</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Gunnar Helweg-Larsen
+Hatla Helweg-Larsen
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+- Johansen, kaptajn
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Meyer, England
+Albert Naur
+Christine Swane
+Leo Swane</t>
+  </si>
+  <si>
+    <t>”Det gik så godt økonomisk også for JL, at det i juni 1934 blev til en ”turist-tur” tilmed ad luftvejen sammen med Johannes V. Jensen til Amsterdam og England, hvor der bl,a, blev mulighed for at se Stonehenge og Darwins hus, samt hvad der for Johannes Larsen må have været en stor tilfredsstillelse – at stifte direkte bekendtskab med det britiske forbillede, Bewicks original-træsnitsstokke.” Erland Porsmose: Johannes Larsen s. 290.
+Epsom Downs ligger ca. 21,7 km syd for det centrale London og er kendt for sin galopbane Epsom Downs Racecourse, hvor det traditionsrige hestevæddeløb Epsom Derby afvikles. Wikipedia jan. 2022.
+Øgruppen Svaneklapperne strækker sig fra den sydlige del af Saltholm mod øst og nord. Kilde: Wikipedia jan. 2022.
+Mutton chops: Fårekoteletter.
+Lager er en betegnelse for en undergæret øl, der gærer langsomt ved lave temperaturer og lagres ved lave temperaturer i 1-2 uger. Kilde: Wikipedia jan. 2022.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde fint udsyn fra flyveren. Det var mærkeligt at flyve, og Holland ser underlig ud fra luften. I London tog de til hotellet, og derefter spiste de aftensmad og gik i seng. Næste dag tog selskabet til derby. Der var vildt mange mennesker og også rutchebaner, ølsalg mv. En helikopter fløj rundt over området. 
+Larsen har set et gartneri, hvor man dyrkede brøndkarse. Han forsøger at få en etiket af en aleflaske til Andreas/Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uGWz</t>
+  </si>
+  <si>
+    <t>Epsom Downs 6 Juni 1934.
+Kære Puf!
+Det var en fin Tur i Gaar. Vi startede Kl. ca 9 i sigtbart Vejr og kunde tydelig se Kullen da vi gik ud over Kalvebodstrand ved Svaneklapperne, saa havde vi god Udsigt til mellem Køge og Næstved saa rullede der et Skytæppe hen under os, saa kørte ovenpaa noget hvidt til vi saa lidt af Lolland og lidt efter passerede lige N om Femern og ind over Holstein og derefter Solskin til Amsterdam vi passerede Elben lige ovenfor Mundingen og lidt efter Weser S for Bremerhaven. Det er meget mærkeligt at sidde i en Omnibus, og hænge 2-3 Km oppe i Luften uden at kunde mærke at vi flytter os, for sommetider havde vi endda en Fornemmelse af at gaa baglænds, men naar vi ser lige ned og ser Skyggen af Maskinen som en lille graa Plet nede paa Jorden kan vi jo nok se at det gaar fremad. Kl 12 var vi i Amsterdam, hvor vi gik ned og spiste Frokost, Sandwishes og noget Lagerbier fra Fad der lignede meget Carlsberg Guldbajer. Saa gik vi op igen og fløj til Rotterdam i en anden Maskine, men der var vi kun i 10 Min. Holland ser mærkeligt ud fra Luften alle Marker og Haver fuldkomment regelmæsig rektangulære med Grøfter om [Tegning] saadan. Fra Rotterdam fløj vi lige ud over Schelde og Nordsøen stadig i klart Vejr til vi nærmede os England saa kom der først nogle smaa hvide Skyer langt nede under os men ikke tættere end at vi hele Tiden kunde Vandet og de forskellige Farve paa Bunden og Dæmningerne der saa meget smaa ud i den Højde vi fløj i 2500 m. Vi gik ind ved Themsmundingen og fulgte Floden omtr. halvvejs til London, saa kom der desværre en stor Skybanke og gemte det hele til vi ved Corydon gik ned gennem et Hul. Vi landede Kl. 3½ og kørte saa med Luftfartens Bus til Charing Cross hvor vi tog en Taxa til vort Hotel paa Torrington square lige bag British Museum. Det hedder Morgans Hotel og koster 2 Pund om Ugen med Breakfast. Vi gik hen i Oxford street og spiste Mutton chops og Spinat efter en dry Martini d.v.s. jeg bestilte 3 og drak min og Johs. V.s. Jeg nød ogsaa 2 pale Ale fra Fad og en Guinness Porter og en Lager og saa gik vi hjem og sov. Jeg vaagnede i Morges ved Skovduens Kurren i Platanerne udenfor paa Pladsen, det er et meget roligt Sted, men meget primitivt men gode Senge. Vi spiste Frokost med en Kaptajn Johansen der bor der en Ven af Jens. Han dirigerede os ud til Victoria St. hvor vi tog Billet til Epsom downs, det er nemlig Derby Dag i Dag og vi har været til det store Løb og vilde fra Inderpladsen hvor det er gratis Alting, med Undtagelse af at vi betaler en Mand 2 Shillings hver for at staa paa nogle Kasser. Jeg har aldrig set saa mange Biler og Busser og Mennesker før. Folk er kørt hertil i Busser fra alle Egne af England helt oppe fra Skotland. Vi har spist Frokost hos en Ingeniør Meyer der er gift med en Slægtning af Else og nu efter Væddeløbet sidder jeg her og skriver mens Johs V faar sig en Middagslur. Vi kom hertil fra St. i Bil. den første vi spurgte vilde have 10 Shillings for at køre os herhen, men en gl Fyr der holdt ved Siden af tilbød at gøre det for 6, ham tog vi og kørte med ham i ca ½ Time mens han holdt og spurgte alle mulige Mennesker om Vej indtil vi paa Tilbagevejen fandt Huset 5 m Gang fra St. Vi skal spise Middag her. Her er ikke mere Papir i Blokken men her ligger et Stykke Skrivepapir 
+[Fortrykt øverst på papiret:]
+BUTE HOUSE, 
+LONGDOWN LANE,
+EPSOM DOWNS, SURREY. 
+Telephone:
+Epsom 9341.
+[Håndskrevet:]
+som jeg hugger. Mudi var med ude paa Flyvepladsen og kørte hjem med Naur som havde kørt Johs V.s ud. Jeg glemte min Kikkert hos Brønsteds, men jeg kan laane en mindre hos Kapt. Johansen saa det gør ikke saa meget. Jeg sidder paa 1st Sal og ser alle Busserne køre forbi ude paa Vejen Her har hele Tiden fløjet en Maskine over Pladsen med 2 Reklameflag saadan: Formdg [Tegning] og i Eftermiddg med en eller anden Lager jeg husker ikke hvad det hed. Forøvrigt var der fuldt af Zigøjner og Spaakoner og Limonade og Ølsalg fra Kasser og paa Jorden og Karuseller og Rutshebaner og Neggere og Hinduer og Malajer. Her er ogsaa et meget smukt Landskab med lange Højder og Dale og Skove og Træer Selve Banen ligger højt. Her har ogsaa fløjet et Helicopter rundt [Tegning]
+Det er Politiet der skal rapportere hvis der sker Trafikstansninger eller saadan noget og desuden har her været 800 Betjente fra London og der skal være mellen en ½ og en Million Mennesker samlet. Det hele gik umaadeligt roligt og stilfærdigt til. Her staar i Haven udenfor Døren en Aralia og den Slags vi har hjemme i Urtepotter. Det er en saadan Potteplante de har plantet ud og det er nu en fyldig Busk 4 Alen høj. Da vi kørte herud saa jeg et Gartneri fra Toget hvor de dyrkede Brøndkarse i lange Cementbassiner. 
+Det har smaaregnet af og til i Dag, men ellers er her meget tørt og Plænerne er værre end vores. Her er Kalk lige under Mulden. Nu tror jeg ikke jeg kan finde paa mere. Jeg var til Frokost hos Gunnar og Hakla i Mandags og derefter hos Uglen og Marie og om Aftnen ringede vi efter Skriveswanen efter at jeg havde ladet Mudi ringe efter 6 pale Ale og 6 Strong do hos Da[ulæseligt] de var adskilligt mere levende en vore. Jeg bad Mudi sende Dig et Par Ettiketter. Der staar en Literfl. med en mig ukendt Ale Etikket paa paa mit W.C. men jeg ved ikke om jeg kan faa den af, det er jo muligt jeg kan komme ud for den med Indhold ved Lejlighed
+Mange Hilsner til Jer begge
+fra Din Far.
+P.S.
+Nu fløj den Helicopter her hen over igen; det er Løgn den har ikke andre Vinger end Møllen paa Ryggen, saadan [Tegning]
+JL.</t>
+  </si>
+  <si>
+    <t>1935-06-20</t>
   </si>
   <si>
     <t>Johanne Giersing
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Henning Larsen
+Kisse Larsen
 Vilhelm Larsen
-Peter Magnussen
-[...117 lines deleted...]
-Ernst Syberg
 Franz Syberg
 Fritz Syberg
-Hans  Syberg
-[...5 lines deleted...]
-Villum Jensen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger til Achton Friis' Fyns-bog.
+Salen i Odense: Johannes Larsen dekorerede festsalen på Odense Rådhus med frescomalerier.</t>
+  </si>
+  <si>
+    <t>Det er ærgerligt, at sprængningerne skræmmer tranerne.
+Larsen sender 100 kr.
+Det går kun langsomt fremad med tegningerne til Achton Friis' bog, fordi det regner. Salen i Odense er klar.
+Johannes V. Jensen med familie har været på besøg.
+Den lille pige kan rejse sig, men ikke kravle eller gå.
+Larsen skal have Bror boende i hytten ved tennisbanen en tid, og hytten skal derfor ordnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xKVA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Juni 1935.
+Kære Lysse!
+Tak for Brevet. Det er kedeligt at I kyser de Traner med Sprængningerne, men maaske de kan vænne sig til Spektaklet. Jeg havde ventet en Notits om at Du havde lavet Hullerne i Andekasserne større. Jeg sender hermed 100 Kr. Her gaar det godt, d.v.s. det gaar forbandet smaat med Tegningerne til Achton Friis paa Grund af Regn. Da jeg begyndte gjorde jeg Regning paa at være færdig omkring Midten af denne Maaned og nu har vi d. 20 og jeg staar og mangler 17 Tegninger og Salen i Odense er klar til at jeg kunde begynde. Det er morsomt med Fiskene og Krebsene, derimod er jeg ikke saa begejstret for den uvorne Hingst der skal gaa i Spand med Thora, vær nu forsigtig. Johs V og Else og Elin og Kisse Larsen har været her, de var hos Sybergs om Natten og vi var der nede og havde dem og Baronen og Trylle og Besse til Frokost her i Gaar, Rødspætter og Ny Kartofler og Smør og ny Persille og Ærter. Den lille Pige er nu saa stor at hun kan gaa paa Hovedet ud af Barnevognen og Legestolen, hun kan rejse sig op og staa i Kravleburet, men ikke kravle eller paa anden Maade flytte sig naar hun ligger eller sidder. Vi skal have Dyrekølle til Middag. Fra Klaks i Anledning af at vi skal have Bror paa Kost og Logi i nogen Tid. Han tænker sig at bo i Hytten ved Tennisbanen, og skal til at muge deroppe efter Maaren der har brugt den som Lokum hele Vinteren, og saa skal han have slaaet Brædder under Tagskægget og Hønsetraad for Vinduet saa den ikke kan komme ind til ham. Mange Hilsner til Jer alle 3. Jeg sender hermed 100 danske Kr.
+Mange Hilsner fra os alle
+Din Far.
+P.S. 
+Paa Posthuset fik jeg at vide, at der nu ikke maa sendes danske Penge ud af Landet, saa jeg maatte brække Brevet og i Banken for at købe svenske. Dem kunde jeg først faa i Morgen, saa nu gaar der en halv Dags Tid igen med at faa dem af Sted.</t>
+  </si>
+  <si>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
+Grethe Jungstedt
+Alhed Larsen
 Johannes Larsen
-Carl V Petersen</t>
-[...165 lines deleted...]
-Johannes V.</t>
+Christine  Mackie
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
+[I brevet:]
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
   </si>
   <si>
     <t>1911-10-24</t>
-  </si>
-[...2 lines deleted...]
-Via San Lorenzo 44</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Hans  Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
 Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
 Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
 Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
   </si>
   <si>
     <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9XDW</t>
   </si>
   <si>
     <t>Pisa 24 Otbr 1911
 Via San Lorenzo 44
 Kære Ven.
 [Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
 Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
 Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
 Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
 Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
 Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
 Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
 Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
 Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
 Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
 Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
 Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
-  </si>
-[...135 lines deleted...]
-Jeg har glemt Hans: Han bor alene i Pisa slider som ”scultore” og synes at Livet er en mageløs Ting.</t>
   </si>
   <si>
     <t>1912-02-18</t>
   </si>
   <si>
     <t>Malmø
 St. Pauli Kyrkogatan</t>
   </si>
   <si>
     <t>Mulle -
 Laurentius Allerup
 Edvard Brandes
 Thora  Branner
 Malin   Holmström-Ingers
 I P Jacobsen
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Christine  Mackie
 Karl Müenzinger
 Olaf Rude</t>
   </si>
   <si>
@@ -1708,3535 +4643,50 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/87NC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan
 Malmø
 Sverige
 [I brevet:]
 Søndag 18/2 – 12.
 Kære lille Disser! 
 Tak for de diverse Breve. Jeg har flere Gange været ved at skrive og været meget oplagt til en lille Sludder, men så er der kommen noget i Vejen. Stunden nu er da heller ikke for heldig nu [”nu” indsat over linjen]: Jeg sidder nemlig i Dagligstuen på Gr. af manglende Varme oppe, - og hvem kan samtale i Aanden i en Dgl.stue, hvor Børn leger og spørger hele Tiden og Folk gaar igennem. Jeg skal nok skrive til Molle endnu i Dag, - er så rørt over at de vil ”gøre ud af mig” den 6te men af kan det nu ikke blive. De vil nemlig på ingen Måde af med mig her den Dag [”den Dag” overstreget] og har planlagt et umaadeligt Gilde – Champagne – den Dag, og så kan du jo nok forstå at jeg ikke kan rejse. – Men jeg kommer rimeligvis snart efter, - men derom nærmere senere. – Det var dog ganske utroligt med J.H. og hans ”Høflighed”. Den Slags Mennesker opdrætter vi dog vist ikke i Danmark, - den hule Humbugmager. Og at han ikke en Gang skammer sig over en sådan Motivering. Gjorde han det, kunde han vel have fundet på en anden. Han er jo ikke en Gang intelligent. Vær du glad ved at du endelig fik Øjnene op for ham og fik ham rystet af dig. – Din travle Tilværelse vinder i høj Grad mit Bifald, - gid jeg gad gakke hen og gøre ligeså. Det er nu et af de bedste Hjælpemidler vi har mod den store Fjende, Tomheden. Er vi Kvindfolk dog ikke infamt indrettede; at vi så let bliver tamme, når vi ikke har én el. anden at gå og drukne i – være optaget af eller optaget i. Det irriterer mig så knusende. Tilværelsen er dog så uendelig mangfoldig, og hvorfor skal dèn ene Side af den tage en så uforholdsmæssig stor Plads op. Jeg vil heller ikke. Jeg sætter Hælene på de lumske farlige Instinkter, som suger vor Livskraft og tidt giver os ingen Ting til Gengæld. – Men hvad er der, som er Umagen værd, - mangen Gang kan jeg kun se så lidt så lidt. - å meget af det man har holdt af og været glad ved har kun haft Værd, fordi det står på en el. anden Måde [”Måde” indsat over linjen] i Forhold til det som opfyldte os, - og så bagefter. – Gud Fader, hvor jeg sidder og jamrer, det er jo ganske uværdigt,- men du skal se, jeg mander mig nok op. Af og til kan jeg da skimte Muligheden af en Slags Indhold.
 Mon du ikke kunde komme et Par Dage til Tutte mens jeg er der, - så kunde vi igen ”snakke sammen om ’et.” Og på Vej til Hvilan ser jeg jo også nok et lille Tag. 
 I Aftes kom Las og Be hjem, medbringende en lille Maler Rude. Det gav [ulæseligt ord] til en Smule Festlighed, hvad det altid lunder [”d” i ordet overstreget]. Vi ryger og drikker os selv til Dons Rev, - jeg er så forsviret som et Bæst. Det var f. Resten slet ikke så tosset, den 8 Dages Tid jeg var her alene med Ungerne, - jeg skolede med dem om Morgenen og Resten af Dagen gik meget rart med at læse rejse, betragte og skrive til Karl. Dette sidste morer mig mærkelig nok, - jeg tror vi kan få et rigtig gedigent Venskab, mellem os, når jeg kun kan komme uden den forb. Følelse. Det kommer nok. – Jeg har læst så meget i denne Tid, som jeg har haft Glæde af, - bl.a. I.P. Jakobsens Breve til E. Brandes Hvor han var et herligt Menneske, I.P. – der er dog dejlige Mennesker i denne Verden, men de dør jo gærne. Lille Mulle var et af dem.
 Ungerne har været morsomme og søde at have at gøre med, og Mornine har jeg også haft Glæde af at dyrke, - hun og jeg kan så godt sammen i denne Vinter. Allerup har også været med i Dyrkelsen, - han er et rørende Menneske, som man kommer til at holde af. 
 Det var slemt at dit eneste Lam skuffede dig. Der må da være Mennesker i Malmø. De Malere var vist ”Bussere”, - jeg mener, vi gik galt i Byen med dem. Svenskerne har jo nu én Gang ikke Humør, og de mangler Bredde. – 
 Sikken et Brev, - men jeg skal sige dig, jeg er så edende sulten og her lugter af Mad, men vi skal ikke spise længe endnu af det er så tungt. 
 1000 Hilsner E
 [Det følgende skrevet langs overkanten side 7 og 8, på hovedet:]
 Skriv meget snart igen – det er dog sjovere at skrive, når der ikke er en Måned mellem Svar og Tiltale
 Kys Ungerne
 [Det følgende skrevet øverst på side 2, på tværs:]
 Kan du ikke hverve Fru H. til ”Dansk Aand”</t>
-  </si>
-[...3483 lines deleted...]
-Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
@@ -5284,625 +4734,50 @@
 Fyen
 [I brevet:]
 Lindøgd 14-10-1936
 Kæreste lille Dis!
 Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
 Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
 Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
 2.
 Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
 Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
 Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
 3
 De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
 Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
 4
 De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
 Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
 Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
 Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
 Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
 Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
 Altsaa – endnu en Gang - !
 Din Junge</t>
   </si>
   <si>
-    <t>1936-10-24</t>
-[...573 lines deleted...]
-  <si>
     <t>1949-05-24</t>
   </si>
   <si>
     <t>Hareskov St.
 Bakkevej 12</t>
   </si>
   <si>
     <t>Louise Brønsted
 Thora Cohn
 Adolph Larsen
 Andreas Larsen
 Grethe Larsen
 Henning Larsen
 Jeppe Larsen
 Johannes Larsen
 Martin Larsen
 Kirsten Larsen, Elena Larsens veninde
 Else Larsen, Else, Andreas Larsens kone
 Ellen  Sawyer
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter
 Andreas Warberg
 Minna Warberg
 Laura Warberg Petersen</t>
@@ -5931,50 +4806,1175 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 006</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uQiK</t>
+  </si>
+  <si>
+    <t>1912-09-14</t>
+  </si>
+  <si>
+    <t>Marina di Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det omtalte brev fra H.P. Lunde ligger ikke sammen med Fritz Sybergs brev på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>H.P. Lunde beder om en anbefaling, da han søger et legat. Syberg har sendt ham en og beder Johannes V. Jensen gøre det samme.
+Lunde bor i Syberg-familiens hus, mens de er i Italien.
+Syberg-familien har været til vinhøst og spist mange druer. I dag skal de på fisketur, og dagen efter til et sted, som de kalder Danmark, da det ligner det hjemlige. Om 14 dage rejser Hans og Fritz til Rom, og de øvrige følger efter. Fra november er familien igen i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tEey</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+14-9-12
+Kære Ven!
+Indlagte Brev har jeg fået fra H.P. Lunde. Jeg er sikker på at jeg ingen Indiskretion begår ved at vise Dig det. Som Du ser ønsker han min Anbefaling til et lille Legat. Jeg har selvfølgelig sendt ham den, da han ønsker det [de sidste fire ord indsat over linjen] men synes egentlig, at der er noget anmassende i, at jeg giver mig af med at anbefale en Digter til et Legat. Under alle Omstændigheder vilde det betyde meget mere for H.P. Lunde, hvis Du vilde skrive ham en Anbefaling. Jeg ved ikke om Du kender noget videre til hans Produktion. Jeg kender bedst hans Digte og synes han er så god som Lyriker så han tidt når op på Siden af Jeppe Aakjær. Han er en ensom Mand og har som Forfatter vist nydt meget lidt Solskin. Han bor i vort Hus under vor Fraværelse og vi har vekslet en Del Breve sammen.
+Jeg har intet skrevet til H.P. Lunde om min Henvendelse til Dig.
+Vi har det alle godt, men længes snart efter at høre fra Jer. Jeg begynder at tænke mig at mit sidste Brev til Jer er gået tabt. Vi var til Vinhøst i går hos en Bondefamilie og åd os syge i Druer. Børnene sad langs Grøftekanten, hver med et Kilo Druer i Hånden. I Dag skal vi ned til Arnoen på en Fisketur. Vi lejer et Næt og fanger nogle elendige små Hundestejler (Garnet er så mægtigt så det godt kan rumme en Stime Delfiner) men det smager dog af – Fisk.
+Imorgen skal vi på [”på” overstreget] en Spaseretur til ”Danmark” Et Sted vi har fundet, hvor vi har [”hvor vi har” og to ord mere overstreget] hvor vi tilbringer vore Søndage, En Vej med Piletræer og Asketræer, en stor Eng og en Skovmose, og ingen Italienere.
+Somren her har været kold og urolig
+Om 14 Dage rejser Hans og jeg til Rom. Midt i Oktober kommer Anna og Pigebørnene der ned.
+Efter Bestemmelsen tager vi igen Ophold i Pisa til Vinter fra Nvbr. af. 
+Mange Hilsner fra os alle sammen til Dig Else og Børnene
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-10-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Syberg
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Jensen-familien havde et feriehus i Tibirke, og Fritz Syberg besøgte dem dér i sommeren 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vRMF</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-10-30
+Kære Ven.
+Jeg ved ikke om Du erindrer at jeg en Aften ude i Tibirke fortalte Dig at jeg var bange for at jeg af en Fejltagelse var kommet til at brænde en Samling Breve fra Dig, en Gang lige efter Annas Død? Det forholder sig imidlertid ikke saa. Jeg har godt nok Dine Breve, men de var pakket sammen med en Samling af mine Børns. Nu ligger de samlet for sig og venter paa min Død. En Gang imellem gaar jeg mine Brevsamlinger igennem og holder Autodafé over en Del, nu sidst – i Dag – fandt jeg frem, ikke Breve -, men en Samling - Digte fra mine unge Aar. Det var paa Tide at jeg fik dem tilintetgjort. Jeg brændte en Gang ca 200 Tegninger som jeg var træt af at slæbe rundt med, det ærgrer jeg mig over nu.
+Ellers gaar alt vel. Arbejdet, som mest bestaar i at fuldføre større og mindre Arbejder jeg forlængst har paabegyndt, synes jeg lykkes, om det nu er Indbildning eller ej, [i] hvert Fald faar jeg en Masse gjort færdig. Jeg undgaar ikke at mærke Alderen, Gigt, Svimmelhed ect. ”Dødens visse Bud” som det hedder i Eventyret, men jeg er for mit eget personlige Vedkommende parat til Afmarsj hvad Dag det skal være selv om jeg intet har imod [at] fortsætte Virksomheden saalænge Knoglerne kan holde sammen og være i Selskab med Naturen og Menneskene. Forresten begynder mine Øjne at strejke. Der er kommet en graa Plet for det højre Øje, som en Haletudse der bevæger sig men ikke vil svømme væk. Jeg har talt med Øjenlæge. Han skrev to Par Briller op, og erklærede at der ikke var nogen Sygdom i mine Øjne. Det maa jo saa være den uundgaaelige Alderdom der melder sig. Jeg ser i Politiken at Du er udset til Nobelprisen. Jeg kan ikke sige andet end at det vilde more mig om det virkelig skete, det vilde for en Gangs Skyld være et Pletskud.
+Jeg haaber I alle maa have det godt.
+Marie er i Kbhvn.
+Mange Hilsener fra Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-04-03</t>
+  </si>
+  <si>
+    <t>Charles Darwin
+Johanne Giersing
+Charles Lindbergh
+Friedrich Nietzsche
+Blaise Pascal
+Oswald Spengler
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kronik Fritz Syberg refererer til.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har læst Jensens kronik. Spengler skrev, at mennesket er Jordens største rovdyr samt at, hvis vi skal klare den økonomiske krise, må arbejderne gøres til kulier. Pascal mente, at man kan gøre det mest nederdrægtige, når man selv tror på, at det er en god handling. 
+Syberg kan ikke se, at Jensen skulle være uenig med Spengler. Han vil holde op med at skrive breve om de emner, som de sidste år har optaget ham.
+Alle børnene undtagen Rabbe/Anna Louise kommer hjem i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PbPG</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+3-4-35
+Kære Ven.
+Jeg har læst Din anden Kronik og gratulerer Dig til at Du endnu interesserer Dig for Verden og Menneskene. Blandt meget andet er ogsaa Historien om Mordet paa Lindberghs Barn gaaet mig paa Nerverne. Nietzsche har Ret og Spengler med. Mennesket er Jordens største Rovdyr x). [Nederst på siden under en linje er skrevet:] x) Forresten gør jeg Rovdyrene min Undskyldning [tilføjelse slut] Og de to Herrer faar Ret i mere. De ”Sandheder” de udtaler, saa de [”de” overstreget og ”man” indsat over linjen] man nærmest faar Id [”Id” overstreget] Indtrykket af et ”Program” er for de 90 % Vedkommende Erkendelse og intet andet. Der findes enkelte Mennesker som ikke kan lyve for sig selv. Spengler siger at den eneste Maade at klare den økonomiske Misere i Vesten paa er at gøre Arbejderne til Kulier. Sligt kan tænkes – naar man er Tysker og gøres – naar man er Englænder. Om menneskelig Skurkagtighed er nedrigst [”er nedrigst” indsat over linjen] naar man ser den selv, eller naar man lukker Øjet i for den, er et Spørgsmaal om Smag. Pascal siger et Sted at ingensinde gør man det nederdrægtige med en saadan Virkning og Ubekymrethed som naar man gør det i Overbevisningen om at det er det udmærkede man gør. Men … dog jeg vil ikke gaa videre.
+Din Kronik synes jeg var ganske udmærket og jeg læste den med stor Glæde, kun kan jeg ikke et eneste Sted opfatte at Du paa noget Punkt er uenig med Spengler (ligesaa lidt som jeg kan se at Spengler er uenig med Darwin) men det kan jo være min Fejl. Derimod kan jeg se at jeg maa gøre Dig en Undskyldning for mine Breve, og det gør jeg herved, da jeg tillige har i Sinde at høre op med dem for det første. Jeg vil ikke tænke mere paa de Emner som i de senere Aar har beskæftiget mig saa stærkt. Der er ingen Glæde ved at konstatere at man er uenig eller [i] hvert Fald staar uforstaaende over for næsten alle sine Medmennesker.
+Iøvrigt har jeg det ug. Paasken staar for Døren alle Ungerne kommer hjem undtagen Rabbe som vist faar en Norgestur ud af det Hils Else og Familien iøvrigt mange Gange.
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1939-12-23</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Plejerup
+Malergården</t>
+  </si>
+  <si>
+    <t>Martin Arnbak
+Poul S. Christiansen
+Harald Giersing
+Elise Hansen
+Peter Hansen
+Karl Isakson
+Knud Kyhn
+Alhed Larsen
+Johannes Larsen
+Siegfred Neuhaus
+Theodor Philipsen
+Karl Schou
+Agnete Swane
+Henrik Swane
+Lars Swane
+Aase Swane
+Ernst Syberg
+Marie Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Fritz Syberg døde 20. december 1939</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1258</t>
+  </si>
+  <si>
+    <t>Sigurd Swane har kendt alle Sybergs børn længe. Swane husker, da Fritz Syberg slog igennem på Den Frie. Fritz og Anna var glade, men uimponerede over de fester, der derefter blev holdt. Swane lærte en masse kunstnere at kende dengang. 
+I 1909 inviterede Anna og Fritz Syberg Swane til at komme til Fyns Hoved. Fritz Syberg sad i komiteen på Århusudstillingen og lod Swane få billeder med både dér og på Den Frie. 
+Swane var ked af at høre, at Syberg havde det så dårligt. For nyligt stod han og beundrede tre Syberg-malerier i Arnbaks Kunsthandel. 
+Swane ville gerne være kommet til begravelsen, men han må holde jul med sine børn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SejG</t>
+  </si>
+  <si>
+    <t>Malergården. Plejerup pr. Grevinge. 23-12-39.
+Kære store Søskendeflok, som jeg kender mere eller mindre og som jeg, med Undtagelse af den yngste lille (som jo ikke er lille mere) engang kendte så godt, at jeg ved , at dem jeg har set noget til gennem Årene, kender jeg bestandig som gamle Venner og at jeg føler sådan også for de andre (den lille yngste iberegnet) - kære allesammen som nu er samlede på Pilegården, i Tankerne er også jeg tilstede dér - for at takke og sige Farvel til jeres Fader med det stærke, varme levende Sind.
+Da I var Børn oplevede jeg som ung i nærmeste Samvær med ham og jeres hjertevarme Moder hans store Udstilling i den Frie Udstillings Bygning, der blev hans Livs strålende Gennembrud. Jeg husker ham, overrasket, stemt til Fest og Glæde, urokket i sin Jævnhed, stærk sund og frodig. De fine Fester han og jeres Moder blev bedt til (ved en af dem havde de spist på Guldtallerkner - jeg tror de største af jer endnu kan tænke jer jeres Moder fortælle derom, muntert og ganske uimponeret, sådan som jeg endnu kan høre hendes Stemme) var jeg ikke med til, men fra Dag til Dag satte de mig Stævne på Udstillingen eller hvor de mødtes med deres Malervenner, som jeg alle lærte at kende i de Dage, gamle Theodor Philipsen, Las og Be, Peter Hansen og hans Kone, Karl Schou og jeres "Tante Marie" og måske flere - ja Karl Isaksson, som jeg kendte i forvejen - - var der flere - der var mange andre Mennesker - Zahrtmann tror jeg også jeg atter strejfede i de Dage - - Det var før Krigen, hvad der end kunde tynge Mennesker, var der endnu en Lethed, en Optimisme i Sindet, som måske kun var delvist berettiget, men dog var så indtagende og uskyldig, så fri som den ikke siden har kunnet trives i vore Himmelstrøg. 
+Og inden disse to søde overraskende Mennesker, som havde opsøgt mig ukendte unge Mand, fordi de havde glædet sig over mine Billeder på Århusudstillingen i 1909 (antagne fordi jeres Fader havde siddet i Komiteen og holdt på dem) inden de var rejst havde de indbudt mig til til Maj at komme til dem i Kerteminde og derfra tage med op til det fjerne næsten ubetrådte Fynshoved.
+Til da havde jeg levet meget isoleret, fra Akademiet i Venskab, i nært Venskab med Harald Giersing og Neuhaus x) - havde naturligvis truffet andre jævnaldrende, havde gået hos Zahrtmann og dér også lært Poul Christiansen at kende, men mest levede jeg ene med mit Arbejde - og nu var på een Gang disse Mennesker kommet til mig. Der kom År, hvor jeg oplevede mangt og i en Årrække var mit Liv i nær Kontakt med de Mennesker. 
+I forstår vist, at jeg aldrig har glemt jeres Fader og hans første Indgreb i mit Liv, da han fik mine Billeder på Århusudstillingen og selv, sammen med Anna, en Dag bankede på min Dør på et stille Kvistatelier i Pileallé - siden foreslog jeres Fader mig til "den Frie Udstilling" - og i Årenes Løb har jeg fået et Brev nu og da, som har forlænget Linjerne.
+Det gjorde et stærkt Indtryk på mig, da Ernst nu på min Udstilling fortalte om hvor dårlig jeres Fader var. Men at Afslutningen var så nær, havde jeg ikke tænkt mig. Jeg håber, den ikke har været altfor svær. -
+Lige inden jeg rejste fra København stod jeg hos Arnbak og beundrede en Væg som udfyldte af 3 Billeder af jeres Fader, et større Snebillede fra Pilegårdens Omegn i Midten, simpelt og storladent, Landet i Hvile under Vintervejr og Kulde men med Hegn og Ris og Træer krydsende det hele, forvarende Livet til næste Sommer. Det var meget smukt, det var vist så sent som fra 1927. Et andet fra samme År og et vist fra 26 - to stille Landskaber - det en en Vej ud mod Aftenhimlen har jeg set engang før - det andet en Gråvejrsdag ved en stille Kyst, ikke megen Farve i noget af dem, men ["men" overstreget] næsten uanselige i Virkningen, men fulde af Liv og Følelse for Motivernes Spændevne. 
+Jeg gik gerne, når I fører jeres Faders Legeme til det sidste Hvilested et Sted bag i Rækkerne, men jeg må nøjes med at være der i Tankerne, mine Børns Jul holder mig fast her. 
+Men tag alle en hjertelig Hilsen fra mig, hver især.
+jeres hengivne
+Sigurd Swane.
+[Nederst s. 3 er indsat:] x) fra min Skoletid Ven med Knud Kyhn - 
+[Bagpå side 4, nederst, er skrevet med blyant:] Hermed et Brev
+som vi beder dig sende videre til de andre</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1897-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Johanne Giersing
+Peter Hansen
+Hinné
+Peter Klokker
+Kristian Kongstad
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Anna Syberg (Hønset) var, før hun blev gift, ansat ved Den Kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Christine Swane har mødt Anna Syberg i Kbh.
+Johs. Larsen har været med Peter Klokker og Chr. Andersen på jagt. De fik fem ænder, og de tre har han tegnet.
+Johs. Larsen skal male fire akvareller til Stockholm-udstillingen.
+Han fik ikke den levende and, som han fortalte om i sidste brev.
+Kongstad Rasmussens beder på sin svogers vegne om at låne en akvarel med tage til en udstilling i Dresden. 
+Johs. Larsen har ladet den norske bogfinke flyve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyRp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Febr. 1897.
+Kæreste Alhed!
+Jeg havde saa [noget af papiret mangler] glædet mig til [et Brev] i Dag, men jeg fik [in]gen. Efter denne [noget af papiret mangler] Indledning [vil jeg] udtale Haabet om snart at faa et, og saa gaa over til at tale om noget andet. Der var et langt Brev fra Uglen i Dag. Hun havde været hos Schous en Aften og hos Peter en anden, sammen med hele Rapsen er det ikke saadan Du kalder det? Hønset spadserede forbi dem paa Gaden med sine 2 Børn og mødte saa en Dame fra Porcelænsfabrikken, som brød ud i [noget af papiret mangler] over de dejlige [noget af papiret mangler] og tilsidst sagde: du en dejlig”, hvortil [noget af papiret mangler] : ”Hold Kæft”. Forleden Dag var jeg med Chr Andersen og en der heder Peter Klokker ude at skyde hele Dagen. Vi sejlede om Morgenen Kl. 7 ½ om kom først hjem om Aftenen Kl. 7. Det var en dejlig Tur men vi fik kun 5 Ænder til Deling. De 3 har jeg haft at tegne efter og i Dag spiste vi dem. Jeg skal jo saa have 4 Aquareller til Stockholm og jeg skal male dem inden den 15 i næste Maaned [noget af papiret mangler] var ude i dag for at [noget af papiret mangler] mig den Graaand [noget af papiret mangler] talte om sidst [noget af papiret mangler] var desværre gaa [noget af papiret mangler] Vej. Jeg har haft Brev fra Kongstad Rasmussen som paa sin Svoger Hinnés Vegne bad om de maatte faa den store Aquarel med Tagene, det samme Motiv, som Oljemaleriet, til en Udstilling i Dresden, som Hinné nok er Kommisær for, og den skal nu sendes derned. Jeg var nede i Haven i Dag, al Sneen er borte nu, og Gækkerne er lige ved at springe ud [noget af papiret mangler] moder at den [noget af papiret mangler] har staaet inde [noget af papiret mangler] er ved at [noget af papiret mangler] op alle sam[noget af papiret mangler] Kejserkronerne kende jeg endnu ikke noget til. Fuglen som jeg har fortalt Dig om har jeg ladet flyve ud i dag, det Svin, den var blevet helt fed nu. Nu vil jeg slutte med mange af de allerkærligste Hilsner, og ydmyge Bønner om at høre snart fra min Kæreste 
+[noget af papiret mangler] Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-08-20</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Ane -
+Johanne Giersing
+Johannes Larsen
+Jørgen Schou
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>£ = Lispund.
+Gamle er en hund på Erikshåb.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2129</t>
+  </si>
+  <si>
+    <t>En del kunstnere med familie er samlet på Båxhult. JL er begyndt at lave billede af hunden i lyngen. Han har fanget en levende urhane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hDhH</t>
+  </si>
+  <si>
+    <t>20/8 - 1897
+Kære Mor!
+Tak for Dit Brev, som jeg fik i Aftes. Jeg vil først besvare Dine Spørgsmaal angaaende Reformdragten. Anna har ikke endnu faaet nyt Undertøj, men hun har Mønstrene og vil absolut have det. Livstykket eller Brystbaandet behøves aldeles ikke til tynde Mennesker, hun vil ikke have det. Hun mener, det var udmærket om Dis købte bare et Sæt hos Vessels, da det vist vil være meget lettere at sy efter end Mønstrene. Kjolerne kan man variere paa mange maader, naar blot Prinsesseformen er bibeholt. Du skulde endelig ikke opgive det, det er vist udmærket. Kan Du ikke huske en sort Damaskeskjole, jeg engang havde, den Facon kunde vist egne sig til Bein; den var blouset foran, Skærf snoet om Livet (Maven) og næsten glat Nederdel. Det kan jo ogsaa sys med Bælte og ganske almindelig; naar blot Liv og Nederdel bliver syet sammen saavidt mulig og ellers Hægter og Maller. - - Vi har det ellers glimrende; i Gaar fik vi endelig godt Vejr, ellers har vi haft Regn hver eneste Dag og var lige ved at blive utaalmodige, men saa meget des større er jo Glæden nu, da det endelig har forandret sig. De skyde en Masse Tjurer og Urhøns, men vi kunne ogsaa spise en kolossal Masse; det er enorme Kvantumer vi sætte til Livs; jeg kender ikke mig selv igen, hvad Appetit angaar, jeg er altid sulten, selv en Times Tid efter at vi have spist kan jeg godt igen saa jeg venter at have taget et £ til, naar jeg kommer hjem. Det er vist Luften heroppe, der er umaadelig sund og styrkende. Først i Gaar kunde Las rigtig begynde paa sit Billede af Hunden i Lyngen, hidtil har vejret været for daarlig. I Gaar Eftermiddags var Schou Las og jeg ude at lede [overstreget: E] efter Svampe; vi skulde over en lille Mose men da Las var bange at jeg skulde falde paa de vaade Stene, bar han mig over, men gled selv, saa vi begge faldt i Mudder til Midt paa Benene; jeg havde min hvide Badekjole paa, den blev kulsort. - I Dag har jeg været med paa Jagt; d.v.s. det var uden Bøsse, han vilde fange en levende Urhane, han har fanget en, men vilde have én til. - Jeg husker ikke, om jeg skrev, at vi en af de første Dage, saa en Hugorm, [indsat: den] løb lige for Fødderne af os i Lyngen. - De tre Børn ere saa søde, Kunstnerens største Dreng er forfærdelig grinagtig og rigtig artig. De to [overstreget: M] mindre have [overstreget: have] haft ondt for tænder og været daarlige nogle Dage, baade Kunstneren og Schou ere saa flinke til at hjælpe til at passe dem. - Det er storartet, at der er Udsigt til at jeg kan blive borte et Par Dage ind i Sept. jeg nyder hver eneste Dag. Las talte om [overstreget: l] i Dag, at [overstreget: jeg] han maaske vilde rejse med, naar jeg rejste, selv om de andre blev et Par Dage til. Det vilde jo lette Afskeden betydelig. - Han sidder og læser her ved Siden af og beder mig hilse mange Gange. - I Morgen skal jeg holde Storvadsk, man sviner en Masse Tøj til, navnlig Strømper. - Her tales om en Køretur en af Dagene men vi ere saa optagne, at vi næsten ikke kan overkomme alt hvad vi gærne vil. Vi ere næsten daglig ude at plukke Bær; nu begynde Tyttebærrene rigtig, de ere dejlige ; jeg skal nok virke for at faa nogen sendt hjem. Marie mener nok, et kan lade sig gøre. -- Vil Du hilse mange Gange paa Gelskov, bare O. Syberg dog ikke opgiver den Rejse - 1000 kærlige Hilsner til Eder allesammen. Mon "gamle" virkelig gaar og længes efter mig? Klap ham fra mig det gamle Skind. - Hils ogsaa Ane. - Eders i Sundhed og Velstand svævende Alhed
+Du skriver vel snart igen?</t>
+  </si>
+  <si>
+    <t>1897-12-09</t>
+  </si>
+  <si>
+    <t>Maren -
+Johanne Giersing
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane boede hos familien Syberg i Svanninge på Sydfyn fra efteråret 1897 - maj 1898. Erikshåb er Alhed Larsen barndomshjem, som ligger tæt på Svanninge.
+Marie Larsen arbejdede hos familien Lorentzen på Nedergaard ved Kolding.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal til Erikshaab på søndag og kommer herefter over til Christine i Svanninge. Han har den nye hund med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2Io</t>
+  </si>
+  <si>
+    <t>Onsdagmorgen
+Lykke og Velsignelse kjære Christine og megen glæde i det nye Aar – først og fremmest at du ret maa faa fat paa Guds store Kjærlighed.
+Jeg skal nok komme ud til dig iaften de kom først i Nat uden at vi vidste det. Brevet der skulde melde deres Ankomst kom først nu men godt er det at det er kommen saavidt at vi har dem
+Marie sover endnu men jeg skal dog op at se til hende – Mad[ulæseligt] er fra Marie. Alle hilser – Georg sender det lugtende – Baandene maa du selv vælge. Her er en frygtelig Travlhed
+Gotterne er fra Adolph
+Med Hilsener fra din glade Moder
+Hils alle
+Kjerteminde den 9/12 1897
+Kjære lille Dinemor!
+Du er vel dog rask igjen og taale at spise Svinemad du maa vide jeg fik pludselig Lyst til at I kjære Venner paa Søndag skulle spise samme Slags Mad som vi andre derfor fik jeg Lov af Fader at sende denne lille Pakke ønsk dem velbekomme alle sammen
+Vi vasker derfor faar du ingen langt Brev min Ven og igaar bryggede vi – Nu kom Maren og vil afsted med Pakken til Marie hendes lyse Kjoleliv er herhjemme for at pyntes lidt op der skal være Selskab paa Søndag
+Johannes skal ned til Erikshaab næste søndag og kommer saa over til Eder og saa følges I vel hjem sammen den lille Hund kommer med det bliver noget for Børnene den er saa kjøn fortæl mig hvad den skal hedde
+Nu maa jeg slutte med mine allerbedste kjærligste Hilsener
+Gud ske Lov det gaar dig saa vel
+Hils Alle
+Det er en saa aldeles udmærket Ridsefjer denne
+Den er brugt til alle Eksamenskort</t>
+  </si>
+  <si>
+    <t>1899-07-19</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Johanne Giersing
+Andreas Larsen
+Johanne  Larsen
+Jørgen Larsen
+- Praj
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, da hun har født sit første barn i maj. Johannes Larsen er i Svanninge, hvor han bor på et lejet værelse og maler sammen med Syberg og Lützhøft.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen slider med billedet af floks.
+Der kommer gæster søndag, og Alheds mor spørger, om Johannes Larsen også vil komme. 
+Johannes Larsen glemmer at fortælle, hvordan Anna Syberg (Høbnset) og børnene har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UdDN</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Nu ligger den lille og drikker og jeg vil imens skrive et lille Brev til Dig. Tak for Dit Brev i Gaar. Nu har Du to Gange skreven, at Du ingen Brev har faaet, men det maa være Postvæsenets Skyld, jeg har skreven hver eneste Dag undtagen i Gaar, saa Du altsaa ikke har faaet i Dag. Jeg slider i det med mine Flox, i Gaar var jeg oppe Kl. 6 i Dag 6 ½, da jeg maa male om Formiddagen for Solens Skyld. Men det gaar Sk [bogstaverne overstreget] skidt desværre; jeg sidder og nusser og fedter i det, og Blomsterne begynder allerede at visne, skønt jeg knap har rigtig begyndt. Moder sagde før jeg skulde skrive om Du ikke kom paa Søndag, Zuluen og Mr. Praj (fra Boston) kommer samt alle Larsens fra Faaborg, d.v.s. Mor har skreven til dem, vi har ikke faaet Svar endnu. Men Du retter Dig vel efter Vejret og Dit Billede, men jeg længes jo ellers snart efter at se Dig, min Dreng. Nu er den lille færdig med at drikke og skal ud i sin Vogn, og Posten kommer vist snart, saa det bliver ikke noget langt Brev. Her er intet nyt passeret, den lille trives udmærket og er saa sød. Johanne er altsaa kommen hjem, Dis’ Karlsbadrejse er nu officiel og bestemt til Søndag 8 Dage. Hun og Tutte glæder sig vildt. – Har Du saa faaet Svar paa, om Du har haft Kighoste? – Du glemmer stadig at fortælle, hvordan Hønset og Børnene havde det.
+Farvel min Ven! 1000 Hilsner fra Din Alhed
+Torsdag d. 19nde
+Sikken en trykkende Luft det bliver ved at være.</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1905-04-30</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Franziska  Erichsen
+Johanne Giersing
+Nicolaus Lützhøft
+Clara Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Lassen, Knud, Peter og Olga var.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs brevarkiv</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver til Fritz at hun er kommet godt hjem. Hun skriver også, at hvis han har det så dårligt, kan han bare blive væk, det vil hun gerne støtte ham i, også hvis det koster en skilsmisse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AHH3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30/4-1905
+Kære Fritz!
+Nu sidder jeg hjemme igen, Børnene er raske og henrykte og det er morsomt at være hjemme. Den lille er saa tyk og livlig og Sak er bleven lang og kan sige en hel Del. Han kunde nok kende mig den lille søde Tosk, han sagde straks ”Moer” til mig.
+Rejsen gik rigtig godt, i Berlin havde jeg meget Fornøjelse af Musæet, kan Du huske de Kvindebuster hvoraf Lützhøft malede den ene [lille tegning], de er lavede af ”Desierio da Settignano”. Malerierne er flyttede hen i ”Kejser Fridrich Musæet”, hvor de hænge glimrende. Det er et vidunderligt Musæum, ligesaa godt som Florens Gallerierne Lassen var vældig elskværdig, vi soldede rundt hele Dagen, hans Kone var desværre syg.
+Det glæder mig, at Du begynder finde noget maleværdigt, Gud ved, om Du dog alligevel ikke skulde blive med det samme og slaa Dig løs ganske som Du har Lyst, hvis Du føler den mindste Trang dertil, saa gør det, bliv paa ubestemt Tid, tag store Arbejder op, hvis Du faar Lyst, bliv i Aarevis, gør lige hvad Fanden Du har Lyst til, jeg har en Følelse af, at det ville lette Dit Sind. Jeg skal skrive til Dig hver Dag, om Du vil, og vil med Glæde undvære Dig ved Tanken om maaske at se Dig lykkeligere i Fremtiden. Hvis Du synes at Du ikke kan føle Dig rigtig fri uden en stemplet Skilmisseerklæring med Kongens Underskrift saa i Guds Navn, det piner mig at se Dig ulykkelig. Det er min rigtige alvorlige Mening, og ikke noget jeg "pynter mig med." Hvis Du alligevel beslutter Dig til at komme herhjem efter Bestemmelse bliver vi naturligvis henrykte. Knud og Peter har gjort Haven i Stand, her er henrivende, men hundekoldt, og Foraaret kommer vist ikke for det første. Det er dog et forbandet Klima det danske, Rejsen gennem Danmark var graa og trist, jeg blev lidt skuffet ved Gensynet, men det varer jo kun en Par Dage, saa har man vænnet sig til det flade Land og den graa Himmel og finder det smukt. Hvorfor tager Birkholm dog ikke fat paa et Figurbillede, det vilde jo more ham vældigt. Jeg glæder mig til at høre om Fodturen til Snebjergene. Hilsen fra Franziska, der er vildt begejstret over vore henrivende Børn og fra Olga og Børnene. 
+Hils Birkholm. Mange Hilsner fra Din Anna.
+[Indsat på side 1, langs venstre margen:] Peter har solgt Gødningsamlerne for 1000 Kr</t>
+  </si>
+  <si>
+    <t>1907-08-11</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Fynshovedvej 696, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Vilhelm Larsen
+Peter Magnussen
+Karen Meisner-Jensen
+Olga Meisner-Jensen
+Laurits Ring
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Christine Swane er husbestyrerinde for sin bror på gården Rørdam på Vestfyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener godt, at Christine Swane og Karen Broe kan lave en udstilling alene. Det er ærgerligt, at de ikke kan få Jensen med. Ring har talt pænt om det store portrætbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BglZ</t>
+  </si>
+  <si>
+    <t>Nordskov 11 August 1907
+Kære Ugle
+Tak for Fødselsdagshilsenen og undskyld at jeg så sent svarer på Dit Brev; det kommer hovedsalig af at Børnene er herude i Ferien og mange Børn og mange Billeder optager min Tid. Det er jo kedeligt at I ikke kan få Jensen med til Jeres Udstilling. Det er i det hele kedelig at hun slet kommer frem for Offentligheden hun er så tiltalende som Maler, men jeg kan godt forstå at hun ikke vil udstille, dersom det ikke var for at sælge noget, skulde heller ingen få mig til at udstille en eneste Lap. Selvfølgelig kan Du og Bro lave Udstilling alene; men når Du spørger derom så mener Du måske om jeg tror Winkel vil tage en Udstilling af Jer. Jeg kan ikke sige andet dertil end at jeg tror De måske nok vil sige ja og Amen til det, men dersom der er noget bedre i Sigte kan det godt være de giv Jer en Sludder for en Sladder. Jeg besøgte Ring i Sommer. Han er jo i Censurkomiteen ved Charlottenborg han talte en Del om Dit store Portrætbillede som han syntes godt om og havde stemt på til Optagelse.
+Hils Klaks og mal med Lyst, så Du kan få en god Udstilling til Efteråret.
+Din hengivne Baron</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Mesinge</t>
+  </si>
+  <si>
+    <t>Axel Friis
+Johanne Giersing
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+Åge Meyer Benedictsen 
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne kirkeby for at male.
+St.St. Blichers Trækfuglene med Johannes Larsens træsnitsillustrationer udkom i marts 1914. 
+Larsen-familien byggede i 1914 hus til Alheds mor i Strandgade i Kerteminde. Huset var tegnet af Carl Petersen. 
+Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
+Trækfuglene får god kritik. 
+Det går fremad med Alheds mors hus, og Alhed og hun har nu købt kakkelovne og komfur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0SUh</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev! Nu vil jeg haabe at jeg har ordnet det pænt med Træsnittene, jeg gjorde mig kolossal Umage, Christine hjalp mig, de er sendt i Dag. – Jeg sendte med 3.20 en Pakke med den ”Trækfuglene”, Du vilde samt Brevpapir og lidt anden Post. Maalene i Anker Køsters Brev har jeg skreven af, skal jeg lade Madsen lave 2 Blindrammer af den Størrelse og sende Dig?? [Der er også indsat et spørgsmålstegn til venstre for linjen] – Selv om Manden ikke vil have dem begge, kan Du jo altid komme af med dem. – Det er helt rart at der er lidt Bestillinger, det drøjer jo paa Foraarsudstillingen. - - Du ser vel nok i Extrabladet Kritikken over Trækfuglene, det er morsomt med den kolossale Lykke, den har gjort, det er nu alligevel det bedste ved det, at den er bleven saa god, selv om det pekuniære Udbytte ikke er saa godt. Træsnittene saa henrivende ud i Rammerne. – Men til Tyskland skal jeg da ogsaa sætte de store (Svanerne, Spætten o.s.v.) i én stor Ramme, og maa jeg eventuelt sætte nogle faa af ”Trækfuglene” sammen med ovennævnte store, hvis det kniber med at faa dem til at passe i Rammerne. Til den Frie blev der 4 Rammer, men naar jeg nu sætter dem saa tæt jeg kan, kunde jeg tænke mig, der blev for lidt til 5 men alligevel for mange til 3, maa jeg saa sætte de tiloversblevne sammen med de store? [? også indsat til venstre for linjen] – Hvorfor mon Du fik 2 Breve fra mig paa en Dag, det har jeg ikke skreven. – Det gaar vældig frem med Mors Hus, Elektrikeren og Maleren gaar der. Gulvene er lagt, ferniserede 1ste Gang og lakerede. Dørene er ved at blive sat i og Calle har i Dag i Telefonen godkendt Gerichter og Paneler. Mor og jeg har i Eftermiddag været hos Axel Friis og købt Kakkelovne og Komfur; Mor er henrykt over at der er saadan Driv i det. – Puf er med Johanne i Mesinge til et Foredrag om Rusland af Benediktson Mejer, Lysse skal til Dilettant Generalprøve (bl.a. Bes Syberg spiller) Christine skal spille (Musikken), de gaar mig [ordet overstreget] nu og tager Brevet med. – Derfor Farvel! 1000 Hilsner Din 
+A.</t>
+  </si>
+  <si>
+    <t>1914-12-31</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Nelly -
+Grethe Bichel
+Peter Bichel
+Esther Dahlerup
+Ludvig Dahlerup
+- Dahlerup, Fru
+Johanne Giersing
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Marie Schou
+Christine Swane
+Sigurd  Swane
+Anna Louise Syberg
+Clara Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg
+Andreas Warberg
+Minna Warberg
+Torkild Warberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg bor i et hus i Kerteminde. Alhed og Johannes Larsen har fået det opført til hende.
+Christine Swane og hendes søn er midlertidigt flyttet fra Sigurd swane, og de bor hos Alhed og Johannes Larsen.
+Det vides ikke, hvem Tanterne er. Oftest var det Marie Larsen og Christine Swane, der blev kaldt sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3739</t>
+  </si>
+  <si>
+    <t>Laura Warberg har haft syv damer til middag.
+Sigurd Swane er nu rejst. Christine Swane kan ikke bestemme sig til, om hun skal blive i Kerteminde eller ej. Hun bliver nok en tid mere hos Alhed og Johannes Larsen, men man har overvejet at flytte hende til Adolf/Agraren og Johanne Larsen eller til Vilhelm/Klaks Larsen. Hun opfører sig urimeligt og har desuden hjertebanken, som hun nu får medicin for.
+Man splejser i familien til en gave til Grethe.
+Laura Warberg bestiller forsatsvinduer.
+Hele Syberg-familien har været til middag og Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PPvC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside; ikke Laura Warbergs skrift:]
+1914
+Nytaarsaften 1914-15
+[Skrevet på kuvertens forside; Laura Warbergs skrift:]
+Fru Professorinde Brønsted
+cand. polyt.
+"Tornehave"
+Birkerød St.
+[På kuvertens bagside: Julemærke 1914]
+[I brevet:]
+Kerteminde Nytaarsaften 1914
+Kære lille Muk!
+Tak for Julekortet og for den lille Bakke, som jeg indviede i Aftes under en Flaske Rødvin, givet til en lille fin Middag jeg gav for mine [ulæseligt ord] og Clara Syberg. Desserten var en meget vellykket Genferkage, hvortil Elle gav Portvin. Vi havde det saa morsomt og hyggeligt vi 7 Damer. Lysse hentede Alhed og fik sig noget Kage og et Slag 66 med Pigebørnene. - Vi har aftalt, at Drengene skal komme her mellem om Lørdagen, saa lærer jeg dem og Grethe at spille Whist. Jeg vilde saa gærne have lidt Tag i Drengene, de er saa søde og Lysse saa morsom. En Aften var de og Alhed, Chr. og Putte her til Kort, Lotterier om Godter; meget animeret. Elle var til Middag hos Dahlerups 1_ste_ Juledag, vi andre hos Agrarens. Las's Fødselsdag var jeg der til Aften, de er saa mange. Lützhøft kom den Dag, Swane er først rejst i gaar; Fru S. kan ikke bestemme sig om hvad hun vil, saa Las's beholder hende vel til videre. Dog skal hun afstaae Gæstekamret til Eder omkring d. 20_de_. Bliver Vejret godt, kommer Dede og Minna med lille Torkil og de skal boe i Grethes Værelse, saa maa Tanterne paa Højskolehjem, Thora og Astrid hos Agrarens! Grethes Fødselsdag d. 16_de_ vil jeg have dem alle her samlede hos mig. Dersom der kunde blive Sammenskud om noget til hende, trænger hun meget til en Ulster. Peter og Grethe har tegnet sig for Bidrag; de 32 Kr. jeg har, skulde være Tøj til en Kjole / og syet. Vi glæder os meget til Dagen, at see hendes Overraskelse og Glæde; jeg giver hende Uhr, af Sølv, men godt. Kunde vi nu faae Held til d. 20_de_ baade godt Vejr og Gæster fuldtallige! I Formiddags tog Elle og Grethe til Rynkeby og bliver til i Morgen Kl. 6. - skal om Aftenen til noget Koncert paa Hotellet. Vi kunde Skam ikke have undværet Elle i Julen, det vilde have været ligefem hjerteløst mod Grethe - og mig med. Vi ser hende jo saa lidt i det daglige. - I Forgaars besluttede jeg mig til Forsatsvinduer i Dagligstuen, her er grulig koldt trods Trælister allevegne paa Vinduerne. Allerede i Gaar var her en at tage Maal og jeg faaer dem færdige - malet ogsaa - ca. d. 13_de_. Las vilde give mig et Fag d. 20_de_. Dede gav mig 10 Kr. Juleaften til et, saa kan jeg nok forsvare at faae dem, vil spare megen Brændsel; jeg glæder mig! - Alhed var i Aftes optaget af at fortælle om Uglens Umulighed, hun var [ulæseligt ord] ligesaa urimelig mod den skikkelige Swane, som altid. Ja man skulde ikke troe, hun er rigtig klog. Der er Tale om at faae hende til Agrarens i Maries Stue, men Johanne vil saa nødig, hun er over alle Grænser nervøs, har af og til Anfald af Hjærtebanken, troede hun skulde døe! De var bedt til Bichels forleden Aften, Grethe var saa elskværdig at undersøge hende, gav to Slags Medicin. I Aftes her, da vi havde spist, fik hun et mindre Anfald, men det gik over efter Draaberne. - Det var Synd, hun skulde have Uglen; vi spekulerer i Klaks. - 
+Nu maa jeg nok set at faae skreven lidt til Thora ogsaa, skal saa et Par Visitter og tænker at tilbringe Aftenen hos Agrarens. Putte har faaet en dejlig Kjole af Tante Nelly, passer hende omtrent, den blev indviet i Gaar hos Las's Alhed havde bedt alle Sybergs til Middag Kl. 1 - Kastespil m.m. til 8 1/2. Af sin Far fik Putte et pragtfuldt hvidt Toilet [ulæseligt ord]. Prisen var paa det meste, det har mindst kostet 40 Kr. - Tusinde kærlige Hilsener til Eder allesammen, lille Muk! Tak for alles Kærlighed i det gamle Aar! Godt Nytaar for alle Jer!
+Mor.</t>
+  </si>
+  <si>
+    <t>1915-05-15</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Johanne Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum blev grundlagt 1910. I perioden 1910-1915 blev der indkøbt kunst og bygget. Kunstnerne stod selv for ophængningen i 1915, hvor museet åbnede. 
+Af det forrige brev fra Fritz Syberg til Johannes V. Jensen fremgik det, at parret skulle vies i Svanninge.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og de andre fynske malere hænger udstilling op på Faaborg Museum. 
+Marie og Fritz Syberg er blevet gift 12. maj og bor i deres hus i Svanninge. De har det godt med deres tilsammen otte børn. Marie hilser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wW8M</t>
+  </si>
+  <si>
+    <t>Faaborg Musæum
+17-5-15
+Kære Joh. V. og Else!
+Vi gaar her, alle de fynske Malere, og virker med Ophængningen af Musæet, som jeg tror vi faar Glæde af. Dette Brev er ellers for at meddele Jer at Marie og jeg viedes den 12 – 5 – i Kjerteminde og bor ”för tilfället” i vor Ejendom i Svanninge ”Fivelinhuset” kaldet. Vi har det ug. Der venter os ikke saa lidt i Fremtiden – ganske vist – _8 _Børn e.c.t e.c.t. – men igaar, i forgaars havde vi det godt, og i Dag har vi det fremdeles godt og haaber at have det godt i Morgen og den næste Dag og i øvrigt ved jeg intet mere.
+Eders altid hengivne
+Ven Fritz Syberg.
+Jeg venter hvert Øjeblik Marie som vist gærne vil have en Hilsen med til Jer.
+Nu kom Marie - - 
+Mange Hilsener fra os begge Marie og Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1920 eller 1921 efterår</t>
+  </si>
+  <si>
+    <t>Birkerød
+Frederiksborg Slot, 3400 Hillerød</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Harald Giersing
+Johanne Giersing
+- Hein, Birkerød Kostskole
+Christian  Houmark
+Asta Krohn
+Adolph Larsen
+Johan Larsen
+Johanne  Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Peter Tutein</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i Københavnsområdet, mens Andreas er i huset i Kerteminde.
+Petermand er Peter Turein. Lehn Schiølers eneste søn hed Eiler Theodor. Ba er også ukendt. Det er vanskeligt at læse Alfred Sch...s navn, og det vides ikke, hvem hen er. Det samme gælder Gitare Bent.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen deltager i meget selskabelighed i Københavnsområdet: Asta Krohn, Tutein, Giersing, Lehn Schiøler.
+Ba fylder 60, og skolen har samlet penge ind og købt et billlede eller to af Johannes Larsen til ham. 
+Johan og Alhed Larsen har besøgt Gegge på Phønix.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9LKB</t>
+  </si>
+  <si>
+    <t>Min egen søde Gamle!
+Tak for Dine Breve! Jeg har en rædsom ond Samvittighed over at vi ikke skriver til Dig, men det er ikke saa nemt at se sit Snit. Vi er kolossalt meget ude og er snart trætte. I Gaar Middag hos Asta Krohn, og tænk, hvis Hr. Tutein ikke havde vækket mig i Birkerød, var jeg kørt videre til Hillerød, det havde været en slem Skandale, han fortalte, at han havde gjort det for en Tid siden og havde haft meget Besvær med at komme ind paa et Hotêl. – I Morgen skal vi til Giersings sammen med en hel del, det glæder jeg mig til. Lørdag Fødselsdagsmiddag hos Lehn Schiølers, Petermands Fødselsdag, det er unge, men han har forlangt at faa mig med, det er smigrende. Mon Du ved at det er Bas 60 Aars Fødselsdag i Dag, Skolen har samlet 400 ind og spurgt om de kunde faa et lille Billede af Las, vi har ladet dem faa Gøgen og Rødspurven som Ba til Hr. Hein har omtalt fra Udst., det er pænt af Din Far – det staar til 1000 – de er henrykte og Ba bliver nok det samme. Jeg skal hen at spadsere med Lysse nu, vi gaar hen med nogle Blomster ogsaa fra Dig. – I Gaar gik vi ind at se til Gegge paa Phönix han blev begejstret og fyldte os med Vin, saa vi var kønne da vi kom til Asta. Nu har vi lejet i den fri til 1ste Dec. næste Aar. [”næste Aar” overstreget] – Lysse og Meme skal ind at mores paa Søndag, husk at skrive til ham skal med 2 ½ Toget Lørdag, sig det ogsaa til Elle og Agrarens. –
+Det er en rædsom Masse, der hviler paa Dig søde Gamle, mens vi er borte, med Mølle og Blomster og alt muligt, men nu kommer vi jo snart, en af de første Dage i Ugen. – Der er ikke solgt videre siden den første Dag, c. 4000, men alt i alt er det jo pænt. – Vi var hos Alfred Sch[ulæseligt] sammen med Laurentius til Middag forleden. L. havde haft skreven til Dig, skriv endelig igen, det er dejligt Du har skreven til lille Putte, hun lider af Hjemvé. Mon Du maler? hvor vi skal klemme paa, naar jeg kommer hjem. – Vi tænker paa at faa en Model hjem, som vi kan male efter alle 3. – Nu kom Lysse han hilser Gitare [?] Bent, der spiller. 1000 Hilsner fra Din Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>1920-07-23</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ole Poulsen
+Marie Schou
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gjorde ikke alvor af planen om at leve tre-fire år i udlandet.</t>
+  </si>
+  <si>
+    <t>Syberg har seks gæster udover børnene, så han har travlt. Han maler og tegner Ole Poulsens køer. I øvrigt drømmer Syberg om at rejse tre-fire år til udlandet. Hans har fået hyre på et skib og er på vej til Buonos Aires. Han klarer jobbet fint og nyder at tjene nogle penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Emyd</t>
+  </si>
+  <si>
+    <t>Pilegaarden 23 Juli 1920
+Kære Venner!
+Tak for Jeres Hilsen og Brev. Ja der er længe mellem vi ses, men helt af Syne taber vi dog ikke hinanden, og maaske der kommer andre og bedre Tider.
+Vel har jeg det med at lægge Planer (som aldrig bliver udført) men det er i Hviletiderne, Arbejdstiden er optaget af Krav der ligger meget nær for og Arbejdstiden er en stor Del af mit Liv. Her er fuldt af Mennesker for Tiden, 6 Gæster foruden vor daglige Bestand, som jeg maa sørge for Proviant til, naar jeg saa desuden passer mit Maleri har jeg nok at gøre fra jeg staar op til jeg gaar i Seng.
+Somren er vidunderlig og jeg har slaaet mig ned mellem Ole Povlsens Køer som jeg maler og tegner. Hvor en Ko dog er et fantastisk Dyr naar man gør den til Genstand for at [”at” overstreget, ”en” indsat over linjen/overstregningen] en indgaaende Betragtning. Foreløbig har jeg altsaa nok at gøre, men jeg omgaas med Planer om en Gang langt ude [”langt ude” overstreget] i Fremtiden at emigrere, rejse væk fra Danmark i en 3-4 Aar. Hvorhen er jeg stærkt i Tvivl om. Hans er ude at sejle, han har taget Hyre som Tømmermand paa en stor Damper paa 6000 Tons, vi har lige faaet Brev fra Norfolk i U.S.A. hvor de lader Kul og skal derfra til Buenos Ayres. Han er godt tilfreds med sin Stilling og klarer sig godt baade med Officerer og Mandskab. Hans egen Stilling er iøvrigt ikke let, han hører til Underofficererne, i Rang lige efter 3die Styrmand, hvilket vil sige at han skal være paa de Overordnedes Side og slide mere end to af Mandskabet, men som sagt han klarer sig godt og er [”er” indsat over linjen] henrykt ved at [”at” indsat over linjen] gøre noget rigtig Arbejd og tjene Penge. Ja Farvel kære Venner, I hører til det Danmark som gør, at jeg aldrig kunde emigrere for Alvor.
+Hilsen fra Marie og Børnene og fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1899-07-16</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jens Theodor Berg
+Wilhelmine Berg
+Camilla Bertram
+Johanne Giersing
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Anna Syberg
+Hans  Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sin familie på gården Erikshaab (barndomshjemmet). Hun har født sit første barn i maj samme år. Johannes Larsen er på et lejet værelse i Svanninge for at male på denne egn, og han har besøg af Lützhøft-parret. Syberg-familien boede i 1899 stadig i Svanninge.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Johannes Larsen kan spise sammen med Frk. Bertram og Lützhøft. Alhed Larsen håber, at Lützhøft og Frue kan cykle hjem til hende (på Erikshaab) en dag.
+Den lille (Andreas/Puf) ligger og stirrer på Alhed. 
+Tante Mis tog fejl af sin mand (Zuluen)</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5i3Q</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Tak for Dine to Breve, det er rigtignok rart, at Du har det saa godt dernede, og morsomt, at Lüsses og Frk. Bertram spiser sammen med Dig, saa har Du det jo slet ikke saa ensomt. Blot nu Vejret vil holde sig, saa er alting jo godt. Vi to har det udmærket, den lille søde Ven ligger og drikker hos mig, mens jeg skriver. Han ligger og stirrer ufravendt paa mig med sine dejlige Øjne. Hør, det var morsomt hvis Mutter og Lüsse cyklede med Dig herhen en Dag, mon de dog ikke havde Lyst til det? Jeg vilde forfærdelig gærne se dem, de søde Mennesker. - - Tante Mis ventede saa smaat Zuluen i Gaar, og ved Togtid saa hun en Herre dreje om oppe ved Leddet. Hun gik ham i Møde, men kom skuffet hjem med Thorvald Balslev, men Du kan stole paa, at hun var den eneste, der var skuffet. Alle vi andre blev forfærdelig glade ved at se ham. Men han skal desværre rejse igen i Dag, nu om lidt med Iltoget. Vi har hædret ham med Festmiddag: Makrel med Grønærter, Fedekalvesteg og Stikkelsbærgrød og Rødvin. - - Hvad Tid maler Du oppe i Skoven, siden det kan passe Dig at spise Kl. 12? Jeg skrev i Torsdags, sikke Smøleri, at Du først fik det Lørdag. Mor i Odense i disse Dage, jeg syltede Stikkelsbærgelé i Gaar, det var en rasende Varme at staa ved Komfuret i. Hvad fejler Hønset siden de ikke kunde spise derhenne og hvordan har Børnene det? Hvor jeg gærne vilde være nede hos Eder. – Hils dem alle sammen. 1000 Hilsner af de allerkærligste til Dig, min egen Ven fra den lille søde og Din Alhed
+16de Juli.
+Det gaar skidt med mit lille Billede</t>
+  </si>
+  <si>
+    <t>1921-11-11</t>
+  </si>
+  <si>
+    <t>Martha Adolfsen
+Harald Giersing
+Johanne Giersing
+Christian  Houmark
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Johannes Madsen
+Christine Swane
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev på Birkerød kostskole. Johan Larsen er færdig som student og går nu muligvis på Harald Giersings malerskole i Valby. 
+Alhed og Johannes Larsens økonomiske problemer skyldtes flere forhold. De havde kautioneret for flere venner, som ikke kunne betale afdragene, der var afmatning på kunstmarkedet, deres egne byggeaktiviteter havde været omfattende, deres forbrug højt mv. Se Erland Porsmose: Johannes Larsen, Gyldendal 1999 s. 216f.
+Alhed Larsen udstillede i 1922 sammen med Asta Krohn og Christine Swane.
+Sidensvans er det svenske ord for silkehale. Alhed og Johannes Larsens drenge fangede, da de var små, silkehaler med et fuglenet. 
+Træsnittet af gejrfuglene (indsat) er en illustration til Lehn Schiølers Danmarks Fugle. Et eksempel på en allerede dengang uddød fugl.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har travlt med at gemme frugt og nødder, med at sy gardiner og passe huset. Hun og Johannes sparer, så de har ikke piger i huset, men Marie (Johannes' søster) og Putte (Elisabeth, Alheds niece) hjælper, og maden smager desuden bedre, når man selv har lavet den. Drengene får snart 200 kr, men de må være sparsommelige.
+Der har været silkehaler i haven, og Johannes Larsen har malet dem. Han har også lavet et træsnit af gejrfugle. Alhed når ikke selv at tegne og male. Hun er spændt på, hvordan hendes akvareller klarer transporten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E5QC</t>
+  </si>
+  <si>
+    <t>11-11-21
+Ikke gennemlæst, der er vist meget Sjask!
+Kære søde Drenge!
+Hvor jeg dog forsømmer jer skrækkeligt men jeg har haft saa meget at virke med i denne første Tid med Ordning og Flytning, Gardinsyning o.s.v. og ogsaa udenoms Arbejder som Indflytning af alle mine Blomster, Dækning af Pærer nu da Frosten kom, jeg har pakket dem alle i store Kurve, I ved dem vi faar Planterne sendt i, jeg tænker vi faar fint med Pærer til Jul. Send bare Kassen hjem igen, saa skal I faa en ny Forsyning, ogsaa Valnødder, og jeg tænker at nogle af Pærerne bliver modne inden ret længe, men husk at lægge Snavsetøj i. Hvordan gaar det med Sager og deslige? Det graa Tøj skal jeg nok gaa i Gang med, maaske [ordet ”maaske” overstreget] lille Gamle, maaske paa Mandag, naar jeg skal brygge alligevel. – I Dag har jeg trykket Træsnit af den unge Mand manglede, saasnart jeg er færdig med dem, sender jeg dem og beder om Pengene, vi er jo paa Bunden nu, men jeg tænker jeg kan sende jer 200 en af de første Dage. Det er maaske meget fornuftigt at tage bestemt til Lommepenge, men I vil nok være saa søde at passe paa alt det I kan. Her sparer vi en Ladning Penge ved ikke at have Pigerne, det er utroligt, hvad Forskel der er i Husholdningen, det pynter jo meget paa Slæbet, men for Resten gaar det udmærket og vil jo gaa endnu nemmere naar jeg faar lidt Øvelse, alle er enige om, at Maden smager langt bedre, alt faar ligesom mere Værd, naar man selv virker med det, selv et Stykke Rugbrød med Fedt er en Delikatesse, naar man selv har kælet for Fedtet med Æbler, Løg og Timian og hvor man nyder sine ledige Stunder, naar man sætter sig ned med en Bog og en Cigarette [de sidste to bogstaver overstreget]. I kan ikke tænke jer, hvor tante Ia er hyggelig at have, jeg kan drøfte alting med hende og hun er altid saa sød og hjælpsom og i godt Humør. Hun ligger nu paa Adolfsens Værelse. 5 af vores Kyllinger er begyndt at lægge. – Og den søde Putte er en udmærket Kraft at have, hun er saa flink og dygtig og altid med et straalende Ansigt. – Men Malingen har jeg lagt slap, det sidste var en stor, broget Efteraarsbuket (P som Marie med Hønsene) af Riddersporer og Morgenfruer og Buketroser. – Nu er Blomsterne foreløbig forbi Frosten tog dem, men I kan tro her har været pragtfuldt i disse Dage med Sne og Frost og Solskin. Her har været Sidensvanser i store Baner, - vi kunde ikke finde Dit Fuglenet, min Dax – jeres Far har malet et lille Oljebillede og en Akvarel af dem. Desuden har han skaaren et meget smukt Træsnit af 3 Geirfugle. Lehn Sch. skrev at han var glad ved jeres lille Besøg, - I kom ”paa jeres gode stille Maade”. – Hvad har jeg saa mere at skrive – Oplevelserne er jo ikke videre store, jeg glæder mig til snart at se jer kan I tro, men jeg gruer for hvordan alle de Pasteller skal komme derind, Madsen er vist ingen fin Pakker og de handler saa rædsomt med Forsendelser. – Skriv nu endelig snart sødeste Unger, jeres Breve er saa kærkomne, jeg ved nok, jeg ikke har fortjent det, men gør det alligevel, alt om jeres daglige Færd interesserer os jo. Hils tante Ugle mange Gange, hvordan har hun det? Uttenreiter ringede den anden Dag, han sagde han vilde gaa op og besøge jer en Dag. Hils Gekke og Giersings. Og 1000 Hilsner fra jeres Mor</t>
+  </si>
+  <si>
+    <t>1930-03-28</t>
+  </si>
+  <si>
+    <t>Heraklit
+HC  Andersen
+Vilhelm Bissen
+Charles Darwin
+Albert Einstein
+Marie Schou
+Oswald Spengler</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gav datteren Johanne/Besse Giersing og manden Harald Giersing det hus, som han ejede i Svanninge, i bryllupsgave. Da Besse ikke længere boede der, og Harald Giersing var død, benyttede Syberg sommetider selv huset. 
+H.C. Andersens hus blev i 1930 udvidet, og Ny Carlsbergfondet skænkede museet værker af Fritz Syberg. I første omgang arbejdede han på motiver med Den Grimme Ælling, men siden blev det til scener fra Historien om en Moder. 
+Johannes V. Jensen: "Herman Bissens Portræt-Buster. I", Dagens Nyheder Nationaltidende 26.1.1930
+og 
+"Herman Bissens Portrætbuster. II", smst. 9.3.1930.
+I optrykket, Form og Sjæl, 1931, s. 112-49, er også, s. 134-49, tilkoblet "H.C. Andersen. 1805 - 2. April - 1930", som fremkom i samme avis på fødselsdagen 2.4.1930.Lidt senere altså end brevet.
+Nyt optryk i Johannes V. Jensen Aandens Spor, 1962, s. 61-80.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er i Svanninge, hvor han maler Den grimme Ælling-motiver. Han takker for kronikken om Bissen. Han spørger til Jensens ord om erhvervede og medfødte egenskaber. Desuden vil han høtre, hvad det er, Heraklit, Einstein, Spengler og Darwin egentlig er uenige om.
+Syberg vil gerne komme på besøg 14 dage i Tibirke fra 12. juli og male to billeder færdig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2n2C</t>
+  </si>
+  <si>
+    <t>Svanninge 28-3-30 pr. Millinge
+Kære Venner.
+Som I ser opholder vi os i Øjeblikket i Svanninge, hvor jeg maler nogle Studier til d.g. Ælling. Vi bliver her April Maaned ud, men er dog hjemme i Paasken da Børnene kommer til Pilegaarden. Tak for Kroniken om Bissens Statuer, jeg glæder mig til den om HC. Andersen. Ogsaa Dine Kroniker i Politiken er jeg spændt paa. Der er en Ting jeg stadig ikke kan forstaa, det er dette Spørgsmaal ”erhvervede Egenskabers Nedarvning” – Det har sin Fordel at være fuldstændig uvidende, sig mig derfor hvad Forskel er der paa ”erhvervede” og ”medfødte” Egenskaber, er alle Egenskaber set i det lange Løb ikke alle sammen ”erhvervede”? Der er andre Spørgsmaal jeg heller ikke fatter f. Eks. Den gamle Filosof Heraklit hvis Kongstanke var den, at ”alting flyder”, fra ham over Einstein, Spengler til Darwin, jeg ser ikke andet end al deres Filosofi bunder i det samme den evige ”Vorden”. Hvad er de egentlig uenige om?
+Med det samme jeg skriver vil jeg komme frem med mine Planer for Somren, der bliver en Tid fra Midten af Juni til omt [”omt” overstreget] omkring den 12 Juli hvor det vilde passe mig udmærket om jeg kunde besøge Jer en 14 Dages Tid i Tibirke og faa de to Billeder gjort færdige. Kan det lade sig gøre? Jeg haaber I har det godt
+Mange Hilsener fra Marie og Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1896-11-18</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Det er formodentlig Anna og Fritz Sybergs næstældste barn, Johanne/Besse, (f. 11. sept. 1896), som Johannes Larsen skulle stå fadder til. 
+"Den mærkelige Historie med Tulipanerne" refererer formodentlig til Johannes Larsens maleri Tulipaner. 1896. Olie på lærred. Johannes Larsen Museet</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har fået brev fra Peter Hansen om opførelsen af Den Fries Udstillingsbygning. Johs. Larsen er indbudt til at stå fadder og håber at få Alhed at se ved den lejlighed. 
+Et af I.A. Larsens skibe har problemer, og det vil give udgifter. 
+Johs. Larsen har skrevet til Peter Hansen om "den mærkelige Historie med Tulipanerne". Af et senere brev fremgår det, at der er tale om et Johs. Larsen-billede af tulipaner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Ir3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Novbr. 1896.
+Kæreste Alhed!
+Skjønt der kun var [noget af papiret mangler] Kvarters Ophold [noget af papiret mangler] med Christine ly [noget af papiret mangler] hvordan de boede de [noget af papiret mangler] storartet Lejlighed [noget af papiret mangler] traf Deres Moder der [noget af papiret mangler] til Aften og kom i god Tid til Toget. Det var i det hele taget den behageligste Hjemrejse jeg endnu har haft, jeg kom til Ullerslev 5 ½, kørte med en Bondekarl fra Stationen til Ullerslev By og gik saa Resten og kom hjem saadan noget som 10 Minutter over 7 saa jeg kunde sidde og hvile mig 1 Time inden jeg [noget af papiret mangler] 
+Der var Brev fra Peter om den fri Udstillings ny Bygning og alt Vrøvlet i den Anledning der stod ogsaa at det [noget af papiret mangler] Nechelmann saa ud [noget af papiret mangler] Examen hun har [noget af papiret mangler] Religion og i Pæda [noget af papiret mangler] var ogsaa Brev fra [noget af papiret mangler] Uglen med [noget af papiret mangler] at tage. Hun af [noget af papiret mangler] paa Søndag og til mig om at være Fadder, dog at jeg ikke var tvungen til det fordi jeg kom. Imidlertid maatte jeg love Christine at tage med derned hvad jeg gør saa meget hellere som jeg haaber at faa Dem at se ved samme Lejlighed og gør jeg ikke det? Da [noget af papiret mangler] fra Skolen var der kommen en kedelig Efterretning fra et af Skibene som var paa Vej til Lübeck med Træ, nemlig [noget af papiret mangler] om at det var k [noget af papiret mangler] ind til Visby, hv [noget af papiret mangler] betyder en større [noget af papiret mangler] Stedet for Indtægt som Fader jo havde [noget af papiret mangler] mig paa til Fern [noget af papiret mangler] meget de drejer sig om kan vi jo først faa at vide naar der kommer Brev. Jeg har ikke bestilt andet i Dag end skrive, jeg har skrevet et langt Brev til Peter, som saa handlede om den mærkelige Historie med Tulipanerne og som jeg nu venter at faa Forklaring [noget af papiret mangler] Dagene. Jeg maa [noget af papiret mangler] for at jeg kan naa at komme over med Brevene inden Kl. 4 saa at De kan [noget af papiret mangler] i Morgen For- [noget af papiret mangler] Hils alle! [noget af papiret mangler] Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1916-07-12</t>
+  </si>
+  <si>
+    <t>Edvard Brandes
+Georg Brandes
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ejede udover Pilegården nær Kerteminde et hus i Svanninge. Senere fik datteren Johanne/Besse og svigersønnen Harald Giersing huset i bryllupsgave. 
+Det er ikke muligt at afgøre, om den omtalte artikel var skrevet af Georg eller Edvard Brandes.</t>
+  </si>
+  <si>
+    <t>Syberg-familien er på Fyn og indleder en rundrejse. Fritz Syberg er træt og søvnløs.
+Brandes' artikel tiltaler Syberg.
+Fritz Syberg beundrer tyskerne og er træt af sine landsmænd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QjNS</t>
+  </si>
+  <si>
+    <t>Svanninge 12-7-16
+Kære Joh. V. og Else!
+Vi er paa Fyn og begynder i Morgen vor Rundrejse. Vejret er daarligt men vi faar det ikke [”ikke” overstreget] vel ikke bedre. Jeg er træt og søvnløs og vilde ønske jeg kunde lægge mig i Dvale en Maaned. Brandes’ Artikler har tiltalt mig. Det er jo en Mærkværdighed at træffe menneskelig Fornuft i denne Galeanstalt af en Verden.
+Hvad siger I om Deutschlands Ankomst til Amerika? Jeg beundrer Tyskerne Men mine Landsmænd keder mig. Hvor jeg synes de fortjener at slaas flade.
+Ha’ det godt, mange Hilsener fra Marie og fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1898-03-30</t>
+  </si>
+  <si>
+    <t>Københavns Domkirke
+Stege
+Ullerslev Kirke, 5540 Ullerslev</t>
+  </si>
+  <si>
+    <t>Kristina Eckardt
+Viggo Johansen
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Nicolaus Lützhøft
+- Petersen lærer Dalum
+Theodor Philipsen
+Christine Swane
+Anna Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>A/S Em. Z. Svitzer Bjergnings Entreprise blev stiftet 1833. Den første danske bjergningsvirksomhed (Den Store Danske). Det er uvist, hvem Nielsen er
+Galleriet er muligvis Kunstforeningen i København.
+Alhed Larsen tog i denne periode sangtimer hos Hedevig Lützhøft i København.
+Christine Swane opholder sig hos Anna og Fritz Syberg i Svanninge og passer børnene Hans og Besse.
+Det er uvist, hvordan fru Mohr og præsten passer ind.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København sammen med Alhed. I.A. Larsens skib Rhea er stødt på grund. Det er vanskeligt at håndtere papirarbejdet. Anna Syberg har fået billeder med på en udstilling i København. Vilhelmine Larsen håber meget, at Johannes får solgt nogle billeder. Det er snart påske og familien skal samles. Alheds lillebror - Dedde - skal konfirmeres d. 3.4 (Palmesøndag).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ib7c</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 30/3 98
+Kjære Johannes!
+Jeg har ventet paa Besked om Rhea men først nu idag kan jeg svare den staar paa ren Sandbund og Svitzers dykkere skal tage den af, Skib og Ladning deler Udgifterne der har været forlangt 1000 [Mrk.] men det gaar Fader vist ikke ind paa. Lasten menes at være ubeskadiget da Skibet er tæt, men vi ved intet om Ladningen skal sejles til Stege. 2 meget vanskelige Breve fra Nielsen er vi kommen igjennem var vi ikke saa øvede gik det ikke – 
+Nu kom her Brev fra Agraren han faar Ferie Mandagaften saa vil han blive derhenne Søndagover besøge Christine Eckardt Søndagformiddag og Lærer Petersen om Aftenen, dersom du og Alhed vil hjem om Mandagen saa kan vi jo hente Eder alle 3 – Mandag Eftermiddag
+Fru Mohr var her igaar hun fortalte at de skulde samles hos Præsten om Mandagen og gaa til Alters om Tirsdagen, bliver Alhed derude den Dag saa kan hun følges med Uglen som først kan komme Onsdag da Sybergs er i København og har bedt hende om at blive hos Børnene vi kunde jo saa hente dem i Ullerslev 
+Christine Eckardt har Agraren lovet at hente i Ullerslev Torsdagformiddag da han ikke kan komme før, Marie har jeg slet ikke hørt fra siden vi kom saa jeg ved ikke om hun kommer i Paasken, men nu skriver jeg til dem begge i Eftermiddag
+Christine er meget glad fordi Anna Syberg har faaet sine Billeder antaget paa Charlottenborg du har maaske allerede talt med dem
+Dine Bøger kom i dag og jeg fik dem løst, Faer og Vilhelm synes Bindene er grulige grimme det synes jeg nu ikke
+Vi skal slagte Grise i morgen og jeg bryggede igaar og vi vasker lidt idag saa du ser vi ere i fuld Arbejde med al huslig Gjerning
+Du haar vel allerede seet Sybergs Avisen kom nu ere I fornøjede med Indkjøbene til Galleriet fra begge Sider – det glædede mig at de kjøbte baade af Phillipsen og Viggo Johansen – det er dem jeg kjender
+Jeg glæder mig rigtig denne Gang til at høre dig fortælle om Malerierne nu kjender jeg dog en lille flygtig Deel af det , husk at fortælle Lythøft at jeg har rullet hans Maleri sammen det er dog fremad saa naar det nok at komme hjem engang
+Idag kom her et stort Brev til dig det [ulæseligt ord] da Fader ingen Fuldmagt havde, skrev vi din nuværende Adr. paa saa du har vel allerede modtaget det naar du faar denne Pakke
+Jeg haaber for dig at det er glade Dage du har derinde i Hovedstaden især nu I ere samlede derinde, min Sorg er dine Pengesager hvordan skal du klare dig oh skriv mig dog et lille Ord om det ikke lysner jeg kigger med Uro i Avisen, men jeg er dog ikke styggere end jeg glæder mig meget for hvert Billede der sælger men dig du min kjære under jeg dog bedst et Salg; naa Aabningstiden er jo lang endnu, det kan komme. Vi har nu 6 Lam og de ere raske – flere bliver der ikke – og Peder er solgt til Slagtning paa Lørdag det er alt det nye her – vi ere raske og hilser Eder saa kjærlig 
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1913-11-01</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Villum Jensen
+Alhed Larsen
+Carl V Petersen
+Mads Rasmussen
+Leo Swane
+Sigurd  Swane
+Anna Louise Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens Kongens Fald udkom i 1901-1902.
+Kunstbladet er også omtalt i de forrige breve fra Fritz Syberg til Johannes V. Jensen. Det blev aldrig realiseret. 
+Fritz Sybergs to ældste børn, Hans og Besse/Johanne, stod model til Adam og Eva-akvarelserien (Erland Porsmose: Fritz Syberg, Kunsten, naturen, kærligheden. Gyldendal 2012. S. 246). Man må formode, at Anna Louise Syberg, som blev født 6. oktober 1913, har "ligget" model til parrets førstefødte, Kain.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kongens Fald. 
+Det planlagte kunstblad skal bringe stof om de af malernes billeder, som ingen andre vil skrive om, og Swane forsøger at få Mads Rasmussen til at finansiere det. 
+Syberg maler Eva, spiller på fløjte og snitter rammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lRwR</t>
+  </si>
+  <si>
+    <t>Pilegården 
+1 Nov. 1913
+Kære Venner!
+Tak for ”Kongens Fald” og for Jert Brev. Ja, som I siger, vi har det godt – vedblivende. Ungen trives så hun er revnefærdig at se til, Trylle har ikke længe været så rask som for Tiden, vi andre har det altid godt. - - 
+Jeg har lige havt Brev fra Swane angående det ny Kunstblad. Jeg tænkte mig jo nok at det slet ikke var C.V. Petersen, som Be gik i Ilden for men men for de to Swaner og ser nu jeg har gættet rigtig nok. Såvidt jeg kan forstå på S. skal det være et Blad udelukkende for vor egen specielle Fornøjelse, et Blad hvor vi kan få vore Billeder gengivet i [”i” overstreget] og beskrevet, når ingen andre vil, hvilket Mads Rasmussen er ”selvskrevet” til at betale. Jeg gad vidst om de virkelig får ham til at hoppe på den.
+Jeg maler Eva, blæser Fløjte og snitter Rammer.
+På Gensyn Eders altid hengivne Fritz Syberg.
+Hils Drengene.</t>
+  </si>
+  <si>
+    <t>1931-12-04</t>
+  </si>
+  <si>
+    <t>Svanninge, 5642 Millinge, Danmark</t>
+  </si>
+  <si>
+    <t>Dagmar, stuepige hos Syberg -
+Holger Grønvold
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens kronik Øjet og Udviklingen blev trykt i Politiken 27. nov. 1931.
+Fritz Syberg ejede et af de huse i Svanninge, som han og Anna boede i, da de var nygifte. Han forærede det til datteren Johanne/Besse, da hun blev gift med Harald Giersing, men hun boede der ikke længere i 1931, og Giersing var død.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken, som minder ham om nogle af Holger Grønvolds kloge ord.
+Syberg maler i skoven omgivet af farver og dyr.
+Familien har fået bil, og Syberg tager kørekort, men er endnu ikke så dreven. Stuepigen fungerer som chauffør.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HMSQ</t>
+  </si>
+  <si>
+    <t>P.t. Svanninge pr. Millinge St.
+4-12-31
+Kære Venner.
+Tak for Bogen og ikke mindst for den morsomme Kronik i Politiken om at se, den interesserede mig meget. Apropos, at se, jeg maa tidt tænke paa et Visdomsord af den afdøde Tegnelærer Grønvold: ”glem deres egen lille kedelige Bevidsthed om hvad Tingen forestiller, saa opdager de meget lettere hvordan Tingene ser ud”.
+I Dag er Marie rejst til Kjbhvn. Selv sidder jeg fast i Egnen her, de brune og grønne Granskove med fugtigt Mos i Bunden, hvor er der ensomt og stille i saadan en Skov. Forresten faar man af og til Besøg, i Dag kom der 4 Raadyr paa Visit, forleden en Flok Skovskader, og en Dag et af de smaa sorte Egern med hvidt Bryst. Stormen gaar oppe tilvejrs i Grantoppene, men forneden hvor jeg staar og maler er der saa stille at en Fjer falder lige ned efter Tyngdeloven.
+Som I maaske ved har vi faaet en Bil Jeg har taget Undervisning i at køre, men er endnu ikke færdig, men Dagmar vores Pige er en ret habil Chaufør og hun bringer og henter mig, det er en stor Bekvemmelighed, selv om det naturligvis var bedre da man kunde gaa paa sine Ben.
+Ha’ det godt og mange Hilsener
+fra Eders hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1935-05-16</t>
+  </si>
+  <si>
+    <t>Kirsten Syberg
+Lars Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Brevets indhold er en fortsættelse af diskussionen om overdragelse af Hans og Grete-keramik, som Fritz Syberg skrev om i et brev til Hans Syberg 4. maj 1935. I dette skrev Fritz Syberg blandt andet om, at Lars/Sakker måske ville kunne klare det forretningsmæssige, hvis han fik en jøde til at hjælpe med det. Ulla Syberg var jødisk, så ordene har faldet hende for brystet. 
+Det vides ikke, om ordene om de blomstrende træer refererer til malerier eller konkret til havens træer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57</t>
+  </si>
+  <si>
+    <t>Lars/Sakker kan ikke drive et foretagende som Hans og Grete-keramik. Hans skal have noget godtgørelse. Det er godt, at Hans og hans søskende har det fint sammen, men hvis der kommer større pengebeløb imellem dem, kan det gå galt. Fritz Syberg vil derfor gerne give Hans en sum i forbindelse med overdragelsen.
+Ulla må ikke være vred over ordene om at finde en jøde. Syberg ville ønske, at der var mere jøde i Lars. 
+Syberg har travlt med blomstrende træer samt håndværkere i hjemmet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nWBl</t>
+  </si>
+  <si>
+    <t>Pilegaarden 16 Maj
+Kære Hans
+Tak for Dit Brev som klarede en Del for mig, dog ikke alt. Jeg synes nemlig at Fabriksspørgsmaalet skal ordnes saaledes at Sakker ikke har andre Klausuler paa sig end Grete. Sakker kan ikke klare et Foretagende uden i den lille Stil. Du skal have saameget i Godtgørelse som Du synes Du vilde være tilfreds med af en Fremmed og det udreder jeg. Det kan ikke hjælpe noget at gøre gode Gærninger, naar man føler man gør sig selv Uret ved dem. I kommer jo godt ud af det allesammen i selskabelig Henseende, bliv ved med det. Jeg skrev i mit første Brev til dig at Dine Krav maatte Du [ulæseligt ord] med Penge og det mener jeg. og Du stille Fordring til skal staa tilsvarende imaginært) Krav, selv om det er nok saa beskedent, vil lave evig Ufred og Spetakler mellem Jer. Afstaa fra det og id ["id" overstreger] indvilg i _at tage mod en Sum Penge af mig som vi kan fastsætte i Forening naar jeg nu kommer over og ser paa Gravstenen. Tak Ulla for Brevet og sig at hun ingenlunde skal være fortørnet over "Jøden". Jeg vilde saamæn af Hjertet ønske at Sakker var Jøde. 
+Nu venter jeg at høre fra Dig naar Stenen er stillet op. Det haster ingenlunde. Dels har jeg nok at gøre med blomstrende Kirsebær og Kastanietræer, dels ligger vi i et forfærdeligt Roderi. Vi har begyndt at gøre et Værelse i Stand og det er nu endt med at vi har Haandværkere i _alle Stuerne. Det ene trak det andet med sig.
+Hils Ulla og Børnene mange Gange.
+Mange Hilsener fra Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6051,51 +6051,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M167"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -6138,7477 +6138,7477 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="H2" s="5" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="5" t="s">
-        <v>18</v>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="J3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5"/>
-[...3 lines deleted...]
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>35</v>
-      </c>
-[...13 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="s">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="H6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>52</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>54</v>
+        <v>43</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>55</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>58</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>32</v>
-[...8 lines deleted...]
-        <v>41</v>
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="s">
-[...6 lines deleted...]
-        <v>65</v>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>66</v>
+        <v>48</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>51</v>
+      </c>
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...6 lines deleted...]
-        <v>77</v>
+      <c r="D10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="s">
-[...6 lines deleted...]
-        <v>80</v>
+      <c r="H10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I10" s="5"/>
+      <c r="J10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>82</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>15</v>
+      </c>
+      <c r="D11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-        <v>85</v>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I11" s="5"/>
-      <c r="J11" s="5" t="s">
-        <v>21</v>
+      <c r="J11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>87</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>89</v>
+        <v>58</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...9 lines deleted...]
-        <v>90</v>
+      <c r="D12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="I12" s="5"/>
+      <c r="J12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>93</v>
+        <v>38</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>94</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>61</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>99</v>
+        <v>62</v>
       </c>
       <c r="I13" s="5"/>
-      <c r="J13" s="5" t="s">
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>102</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>104</v>
+        <v>64</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>77</v>
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>105</v>
+        <v>44</v>
       </c>
       <c r="I14" s="5"/>
-      <c r="J14" s="5" t="s">
-        <v>100</v>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>106</v>
+        <v>65</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>109</v>
+        <v>67</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>110</v>
-[...5 lines deleted...]
-        <v>21</v>
+        <v>44</v>
+      </c>
+      <c r="I15" s="5"/>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K15" s="5" t="s">
-        <v>112</v>
+        <v>38</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>115</v>
+        <v>69</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>71</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-        <v>116</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5" t="s">
-        <v>117</v>
+        <v>72</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>118</v>
+        <v>74</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>119</v>
+        <v>75</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>120</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>121</v>
+        <v>77</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="I17" s="5"/>
       <c r="J17" s="5" t="s">
-        <v>124</v>
+        <v>82</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>126</v>
+        <v>84</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>127</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>128</v>
+        <v>86</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>129</v>
+        <v>78</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>130</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>80</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>131</v>
+        <v>87</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>132</v>
+        <v>88</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>133</v>
+        <v>89</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>134</v>
+        <v>90</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>135</v>
+        <v>91</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>136</v>
+        <v>92</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>137</v>
+        <v>93</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>138</v>
+        <v>95</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>32</v>
-[...9 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>139</v>
+        <v>99</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>141</v>
+        <v>101</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>143</v>
+        <v>103</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>144</v>
+        <v>104</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>145</v>
+        <v>105</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>146</v>
+        <v>94</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>147</v>
-[...14 lines deleted...]
-        </is>
+        <v>106</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>148</v>
-[...10 lines deleted...]
-        </is>
+        <v>110</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>149</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>114</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>117</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I21" s="5"/>
+      <c r="I21" s="5" t="s">
+        <v>119</v>
+      </c>
       <c r="J21" s="5" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>151</v>
+        <v>121</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>152</v>
+        <v>122</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>98</v>
+        <v>107</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>155</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>118</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I22" s="5"/>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>126</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>157</v>
+        <v>127</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>158</v>
+        <v>128</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>159</v>
+        <v>129</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>161</v>
+        <v>131</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>162</v>
+        <v>106</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-        </is>
+        <v>107</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>163</v>
+        <v>118</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="s">
-        <v>164</v>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I23" s="5" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>166</v>
+        <v>134</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>167</v>
+        <v>135</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>168</v>
+        <v>136</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>169</v>
+        <v>137</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>170</v>
+        <v>138</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>98</v>
-[...9 lines deleted...]
-        </is>
+        <v>107</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="s">
-        <v>171</v>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I24" s="5" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>173</v>
+        <v>142</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>175</v>
+        <v>144</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>176</v>
+        <v>145</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D25" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="F25" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="E25" s="5" t="s">
-[...6 lines deleted...]
-      </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="s">
-        <v>177</v>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I25" s="5" t="s">
-        <v>178</v>
+        <v>146</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>179</v>
+        <v>141</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>181</v>
+        <v>148</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>182</v>
+        <v>149</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>183</v>
+        <v>150</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>147</v>
+        <v>106</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>162</v>
+        <v>107</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>184</v>
+        <v>151</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H26" s="5" t="s">
-        <v>186</v>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I26" s="5" t="s">
-        <v>187</v>
+        <v>152</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>188</v>
+        <v>153</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>189</v>
+        <v>154</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>190</v>
+        <v>155</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>191</v>
+        <v>156</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>192</v>
+        <v>157</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...9 lines deleted...]
-        <v>195</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>196</v>
+        <v>160</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>197</v>
+        <v>161</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>198</v>
+        <v>162</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>200</v>
+        <v>164</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>201</v>
+        <v>165</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>202</v>
+        <v>157</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="F28" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>167</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>168</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>100</v>
+        <v>169</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>204</v>
+        <v>170</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>205</v>
+        <v>171</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>206</v>
+        <v>172</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>207</v>
+        <v>173</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F29" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="s">
-        <v>210</v>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5" t="s">
-        <v>211</v>
+        <v>175</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>212</v>
+        <v>176</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>213</v>
+        <v>177</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>214</v>
+        <v>178</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>215</v>
+        <v>179</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>217</v>
+        <v>160</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>218</v>
-[...9 lines deleted...]
-        </is>
+        <v>181</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>183</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>219</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>95</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>152</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>220</v>
+        <v>184</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>221</v>
+        <v>185</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>222</v>
+        <v>186</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>223</v>
+        <v>187</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>224</v>
+        <v>188</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>225</v>
+        <v>190</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>226</v>
+        <v>191</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>227</v>
+        <v>192</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>228</v>
+        <v>194</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>229</v>
+        <v>195</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>230</v>
+        <v>196</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>231</v>
+        <v>197</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>232</v>
+        <v>95</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>98</v>
+        <v>160</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>198</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>199</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>200</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>201</v>
+      </c>
       <c r="J32" s="5" t="s">
-        <v>220</v>
+        <v>202</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>235</v>
+        <v>203</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
+        <v>204</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>237</v>
+        <v>205</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>206</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>97</v>
+        <v>19</v>
       </c>
       <c r="D33" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="E33" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="J33" s="5" t="s">
-        <v>212</v>
+        <v>73</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>242</v>
+        <v>209</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>243</v>
+        <v>210</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>244</v>
+        <v>211</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>245</v>
+        <v>212</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...26 lines deleted...]
-      </c>
       <c r="L34" s="6" t="s">
-        <v>248</v>
+        <v>218</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>249</v>
+        <v>219</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>250</v>
+        <v>220</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>97</v>
+        <v>221</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>251</v>
-[...4 lines deleted...]
-        </is>
+        <v>223</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>224</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>252</v>
-[...3 lines deleted...]
-      </c>
+        <v>225</v>
+      </c>
+      <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>212</v>
+        <v>226</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>254</v>
+        <v>227</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>255</v>
+        <v>228</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>256</v>
+        <v>229</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>257</v>
+        <v>230</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>251</v>
+        <v>213</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>258</v>
+        <v>231</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>259</v>
+        <v>232</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>212</v>
+        <v>233</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>260</v>
+        <v>234</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>261</v>
+        <v>235</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>262</v>
+        <v>236</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>263</v>
+        <v>237</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>238</v>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>264</v>
+        <v>239</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>265</v>
+        <v>240</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>21</v>
+        <v>241</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>269</v>
+        <v>245</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>208</v>
+        <v>246</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>270</v>
+        <v>247</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>248</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>249</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>220</v>
+        <v>250</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>272</v>
+        <v>251</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>273</v>
+        <v>252</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>274</v>
+        <v>253</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>275</v>
+        <v>254</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>276</v>
+        <v>213</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>277</v>
+        <v>255</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>278</v>
+        <v>256</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>212</v>
+        <v>257</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>279</v>
+        <v>258</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>280</v>
+        <v>259</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>281</v>
+        <v>260</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>282</v>
+        <v>261</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>138</v>
+        <v>95</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>147</v>
-[...7 lines deleted...]
-        <v>283</v>
+        <v>189</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>286</v>
+        <v>193</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>287</v>
+        <v>265</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>288</v>
+        <v>266</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>289</v>
+        <v>267</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>290</v>
+        <v>268</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="I41" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="J41" s="5" t="s">
-        <v>212</v>
+        <v>271</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>294</v>
+        <v>273</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>295</v>
+        <v>274</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>296</v>
+        <v>275</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>297</v>
+        <v>95</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>298</v>
+        <v>276</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>300</v>
+        <v>279</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>301</v>
+        <v>280</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>302</v>
+        <v>281</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>304</v>
+        <v>283</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>232</v>
+        <v>95</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>270</v>
-[...4 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>284</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>285</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>307</v>
+        <v>287</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>308</v>
+        <v>288</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>304</v>
+        <v>289</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>208</v>
+        <v>276</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>251</v>
+        <v>277</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>311</v>
+        <v>292</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>314</v>
+        <v>295</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>208</v>
+        <v>276</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>315</v>
+        <v>213</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>318</v>
+        <v>297</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>319</v>
+        <v>298</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>321</v>
+        <v>300</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...11 lines deleted...]
-        <v>322</v>
+      <c r="F46" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>323</v>
+        <v>302</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>324</v>
+        <v>303</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>133</v>
+        <v>202</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>325</v>
+        <v>304</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>326</v>
+        <v>305</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>327</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>98</v>
+        <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>329</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I47" s="5"/>
+      <c r="G47" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>311</v>
+      </c>
       <c r="J47" s="5" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>331</v>
+        <v>312</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>332</v>
+        <v>313</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>333</v>
+        <v>314</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>334</v>
+        <v>315</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>298</v>
+        <v>189</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>233</v>
+        <v>213</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>335</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>336</v>
+        <v>316</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>337</v>
+        <v>317</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>338</v>
+        <v>318</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>339</v>
+        <v>319</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>208</v>
-[...4 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I49" s="5"/>
+      <c r="H49" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>323</v>
+      </c>
       <c r="J49" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>342</v>
+        <v>324</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>343</v>
+        <v>325</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>344</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>217</v>
+        <v>96</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>346</v>
+        <v>213</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>347</v>
+        <v>328</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>212</v>
+        <v>330</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>350</v>
+        <v>332</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>352</v>
+        <v>334</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>208</v>
+        <v>96</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>353</v>
+        <v>335</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>357</v>
+        <v>339</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>358</v>
+        <v>340</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>359</v>
+        <v>341</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>362</v>
+        <v>96</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>363</v>
-[...4 lines deleted...]
-        </is>
+        <v>213</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>342</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>364</v>
+        <v>343</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>365</v>
+        <v>344</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>366</v>
+        <v>345</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>367</v>
+        <v>346</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>368</v>
+        <v>347</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>369</v>
+        <v>348</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>370</v>
+        <v>349</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>361</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>371</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>372</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>350</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H53" s="5" t="s">
+        <v>351</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>374</v>
+        <v>352</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-        </is>
+        <v>20</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>353</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>376</v>
+        <v>354</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>377</v>
+        <v>355</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>378</v>
+        <v>356</v>
       </c>
       <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>360</v>
       </c>
-      <c r="C54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>361</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...27 lines deleted...]
-      </c>
       <c r="M54" s="5" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>222</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>390</v>
+        <v>365</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>392</v>
+        <v>366</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>393</v>
+        <v>367</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>394</v>
+        <v>368</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>395</v>
+        <v>369</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>371</v>
       </c>
-      <c r="E56" s="5" t="s">
-[...14 lines deleted...]
-      </c>
       <c r="I56" s="5" t="s">
-        <v>398</v>
+        <v>372</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>399</v>
+        <v>193</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>400</v>
+        <v>373</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>401</v>
+        <v>374</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>402</v>
+        <v>375</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>403</v>
+        <v>376</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>371</v>
+        <v>189</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>397</v>
+        <v>377</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H57" s="5" t="s">
+        <v>378</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>405</v>
+        <v>379</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>406</v>
+        <v>193</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>407</v>
+        <v>380</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>408</v>
+        <v>381</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>409</v>
+        <v>382</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>371</v>
+        <v>189</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>404</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>384</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I58" s="5"/>
+      <c r="H58" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>386</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>411</v>
-[...4 lines deleted...]
-        </is>
+        <v>193</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>387</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="M58" s="5"/>
+        <v>388</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>389</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>413</v>
+        <v>390</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>397</v>
+        <v>189</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>416</v>
+        <v>193</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>417</v>
+        <v>391</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>418</v>
+        <v>392</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>419</v>
+        <v>393</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>420</v>
+        <v>394</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>361</v>
+        <v>221</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>371</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>95</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H60" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>423</v>
+        <v>395</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>424</v>
+        <v>396</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>425</v>
+        <v>397</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>426</v>
+        <v>398</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>427</v>
+        <v>399</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>371</v>
+        <v>189</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>421</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>213</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H61" s="5" t="s">
+        <v>400</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>428</v>
+        <v>401</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>423</v>
+        <v>193</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>429</v>
+        <v>402</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>430</v>
+        <v>403</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>431</v>
+        <v>404</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>432</v>
+        <v>405</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>371</v>
+        <v>189</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>213</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H62" s="5" t="s">
+        <v>406</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>434</v>
+        <v>407</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>435</v>
+        <v>193</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>436</v>
+        <v>408</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>437</v>
+        <v>409</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>438</v>
+        <v>410</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>432</v>
+        <v>411</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>361</v>
+        <v>95</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>371</v>
+        <v>96</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>439</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>213</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>412</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>440</v>
+        <v>413</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>441</v>
-[...4 lines deleted...]
-        </is>
+        <v>414</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>415</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>442</v>
+        <v>416</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>443</v>
+        <v>417</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>444</v>
+        <v>418</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>361</v>
+        <v>419</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>371</v>
+        <v>420</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>445</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>97</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H64" s="5" t="s">
+        <v>421</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>446</v>
+        <v>422</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>447</v>
+        <v>423</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>448</v>
+        <v>424</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>449</v>
+        <v>425</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>450</v>
+        <v>426</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>451</v>
+        <v>427</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I65" s="5" t="s">
-[...6 lines deleted...]
-        <v>455</v>
+      <c r="I65" s="5"/>
+      <c r="J65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L65" s="6" t="s">
-        <v>456</v>
-[...3 lines deleted...]
-      </c>
+        <v>428</v>
+      </c>
+      <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>458</v>
+        <v>429</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>459</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H66" s="5" t="s">
-[...9 lines deleted...]
-        <v>464</v>
+      <c r="H66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I66" s="5"/>
+      <c r="J66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L66" s="6" t="s">
-        <v>465</v>
-[...3 lines deleted...]
-      </c>
+        <v>430</v>
+      </c>
+      <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>458</v>
+        <v>431</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>468</v>
-[...8 lines deleted...]
-        <v>471</v>
+        <v>432</v>
+      </c>
+      <c r="I67" s="5"/>
+      <c r="J67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L67" s="6" t="s">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>433</v>
+      </c>
+      <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>474</v>
+        <v>434</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>17</v>
+        <v>435</v>
+      </c>
+      <c r="D68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H68" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>477</v>
+      <c r="H68" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="I68" s="5"/>
+      <c r="J68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K68" s="5" t="s">
-        <v>478</v>
+        <v>436</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>479</v>
-[...3 lines deleted...]
-      </c>
+        <v>437</v>
+      </c>
+      <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>481</v>
+        <v>438</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>483</v>
+        <v>435</v>
+      </c>
+      <c r="D69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>485</v>
+      <c r="H69" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="I69" s="5"/>
+      <c r="J69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K69" s="5" t="s">
-        <v>486</v>
+        <v>436</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>487</v>
-[...3 lines deleted...]
-      </c>
+        <v>439</v>
+      </c>
+      <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>481</v>
+        <v>440</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>15</v>
+      </c>
+      <c r="D70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="s">
-        <v>361</v>
+      <c r="H70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I70" s="5"/>
-      <c r="J70" s="5" t="s">
-        <v>220</v>
+      <c r="J70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K70" s="5" t="s">
-        <v>489</v>
+        <v>41</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>490</v>
-[...3 lines deleted...]
-      </c>
+        <v>441</v>
+      </c>
+      <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>492</v>
+        <v>442</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>271</v>
-[...8 lines deleted...]
-        <v>495</v>
+        <v>15</v>
+      </c>
+      <c r="D71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H71" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>498</v>
+      <c r="H71" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="I71" s="5"/>
+      <c r="J71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L71" s="6" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>444</v>
+      </c>
+      <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>501</v>
+        <v>445</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>271</v>
-[...8 lines deleted...]
-        <v>495</v>
+        <v>15</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>504</v>
+        <v>446</v>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L72" s="6" t="s">
-        <v>505</v>
-[...3 lines deleted...]
-      </c>
+        <v>447</v>
+      </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>507</v>
+        <v>448</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>360</v>
+        <v>37</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>361</v>
-[...8 lines deleted...]
-        <v>495</v>
+        <v>15</v>
+      </c>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>511</v>
+      <c r="H73" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L73" s="6" t="s">
-        <v>512</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>514</v>
+        <v>451</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>515</v>
+        <v>15</v>
+      </c>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>516</v>
-[...8 lines deleted...]
-        <v>518</v>
+        <v>452</v>
+      </c>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L74" s="6" t="s">
-        <v>519</v>
-[...3 lines deleted...]
-      </c>
+        <v>453</v>
+      </c>
+      <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>521</v>
+        <v>454</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>37</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>522</v>
+        <v>15</v>
+      </c>
+      <c r="D75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>523</v>
-[...8 lines deleted...]
-        <v>525</v>
+        <v>455</v>
+      </c>
+      <c r="I75" s="5"/>
+      <c r="J75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L75" s="6" t="s">
-        <v>526</v>
-[...3 lines deleted...]
-      </c>
+        <v>456</v>
+      </c>
+      <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>528</v>
+        <v>457</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>146</v>
+        <v>37</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>458</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L76" s="6" t="s">
-        <v>529</v>
+        <v>459</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>530</v>
+        <v>460</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>146</v>
+        <v>37</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H77" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>531</v>
+        <v>462</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>532</v>
+        <v>463</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>97</v>
+        <v>246</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>208</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>16</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>533</v>
+        <v>464</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>534</v>
+        <v>465</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>212</v>
+        <v>466</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>535</v>
+        <v>467</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>536</v>
+        <v>468</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>537</v>
+        <v>469</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>538</v>
+        <v>470</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>539</v>
+        <v>471</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G79" s="5" t="s">
-        <v>540</v>
+        <v>472</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>541</v>
+        <v>473</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>542</v>
+        <v>474</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>543</v>
+        <v>475</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>544</v>
+        <v>476</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>545</v>
+        <v>477</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>546</v>
+        <v>478</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>547</v>
+        <v>94</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>459</v>
+        <v>479</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>18</v>
+        <v>480</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>548</v>
+        <v>481</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>549</v>
+        <v>482</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>550</v>
+        <v>483</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>551</v>
+        <v>484</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>552</v>
+        <v>485</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>553</v>
+        <v>486</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>554</v>
+        <v>487</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>217</v>
+        <v>107</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>522</v>
-[...4 lines deleted...]
-        </is>
+        <v>488</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>489</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="s">
-        <v>555</v>
+      <c r="H81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I81" s="5" t="s">
-        <v>556</v>
+        <v>490</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>557</v>
+        <v>491</v>
+      </c>
+      <c r="K81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L81" s="6" t="s">
-        <v>558</v>
+        <v>492</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>559</v>
+        <v>493</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>560</v>
+        <v>494</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>232</v>
+        <v>106</v>
       </c>
       <c r="D82" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="F82" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="E82" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I82" s="5"/>
+      <c r="H82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>496</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>561</v>
+        <v>497</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>562</v>
+        <v>498</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>563</v>
+        <v>499</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>564</v>
+        <v>500</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>565</v>
+        <v>501</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>61</v>
+        <v>106</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>566</v>
+        <v>107</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>17</v>
+        <v>502</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>567</v>
+        <v>503</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="s">
-        <v>568</v>
+      <c r="H83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I83" s="5" t="s">
-        <v>569</v>
+        <v>504</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>570</v>
+        <v>505</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>571</v>
+        <v>506</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>572</v>
+        <v>507</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>573</v>
+        <v>508</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>574</v>
+        <v>509</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>217</v>
+        <v>510</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>522</v>
-[...4 lines deleted...]
-        </is>
+        <v>182</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>183</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H84" s="5" t="s">
-        <v>575</v>
+      <c r="H84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I84" s="5" t="s">
-        <v>576</v>
+        <v>511</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>212</v>
+        <v>512</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>577</v>
+        <v>513</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>578</v>
+        <v>514</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>579</v>
+        <v>515</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>580</v>
+        <v>516</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>581</v>
+        <v>107</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>582</v>
-[...4 lines deleted...]
-        </is>
+        <v>517</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>183</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="s">
-        <v>583</v>
+      <c r="H85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I85" s="5" t="s">
-        <v>584</v>
+        <v>518</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>212</v>
+        <v>519</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>585</v>
+        <v>520</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>586</v>
+        <v>521</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>587</v>
+        <v>522</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>588</v>
+        <v>523</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E86" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D86" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I86" s="5"/>
       <c r="J86" s="5" t="s">
-        <v>212</v>
+        <v>359</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>591</v>
+        <v>524</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>592</v>
+        <v>525</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>593</v>
+        <v>526</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>594</v>
+        <v>527</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>595</v>
+        <v>528</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>596</v>
-[...4 lines deleted...]
-        </is>
+        <v>529</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G87" s="5" t="s">
+        <v>530</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>597</v>
+        <v>531</v>
       </c>
       <c r="I87" s="5"/>
       <c r="J87" s="5" t="s">
-        <v>598</v>
+        <v>532</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>599</v>
+        <v>533</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>600</v>
+        <v>534</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>601</v>
+        <v>535</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>602</v>
+        <v>536</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>97</v>
+        <v>537</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>217</v>
+        <v>471</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>603</v>
+        <v>224</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I88" s="5"/>
+      <c r="G88" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="H88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>539</v>
+      </c>
       <c r="J88" s="5" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>605</v>
+        <v>540</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>606</v>
+        <v>541</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>607</v>
+        <v>542</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>608</v>
+        <v>543</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>147</v>
+        <v>106</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>162</v>
-[...9 lines deleted...]
-        </is>
+        <v>107</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>545</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>609</v>
+        <v>110</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>610</v>
+        <v>546</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>611</v>
+        <v>547</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>612</v>
+        <v>548</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>613</v>
+        <v>549</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>614</v>
+        <v>550</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>615</v>
+        <v>551</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C90" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="F90" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-        <v>616</v>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I90" s="5" t="s">
-        <v>617</v>
+        <v>553</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>212</v>
+        <v>554</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>618</v>
+        <v>555</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>619</v>
+        <v>556</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>620</v>
+        <v>557</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>621</v>
+        <v>558</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>622</v>
+        <v>277</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>623</v>
+        <v>559</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>624</v>
+        <v>560</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>133</v>
+        <v>193</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>625</v>
+        <v>561</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>626</v>
+        <v>562</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>627</v>
+        <v>563</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>628</v>
+        <v>564</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>17</v>
+        <v>198</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G92" s="5" t="s">
-        <v>629</v>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>630</v>
-[...3 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>21</v>
+        <v>566</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>632</v>
+        <v>567</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>633</v>
+        <v>568</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>634</v>
+        <v>569</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>635</v>
+        <v>570</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>636</v>
-[...4 lines deleted...]
-        </is>
+        <v>222</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="s">
-        <v>637</v>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>638</v>
-[...3 lines deleted...]
-      </c>
+        <v>571</v>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>133</v>
+        <v>359</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>640</v>
+        <v>572</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>641</v>
+        <v>573</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>642</v>
+        <v>574</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>643</v>
+        <v>575</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>208</v>
+        <v>222</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>603</v>
+        <v>576</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>577</v>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>212</v>
+        <v>578</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>646</v>
+        <v>579</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>647</v>
+        <v>580</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>648</v>
+        <v>581</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>649</v>
+        <v>582</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>32</v>
+        <v>276</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>650</v>
-[...5 lines deleted...]
-        <v>651</v>
+        <v>583</v>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>652</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>550</v>
+        <v>226</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>654</v>
+        <v>585</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>655</v>
+        <v>586</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>656</v>
+        <v>587</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>657</v>
+        <v>588</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>276</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>95</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="s">
-        <v>659</v>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>21</v>
+        <v>226</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>662</v>
+        <v>590</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>663</v>
+        <v>591</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>664</v>
+        <v>592</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>665</v>
+        <v>593</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>32</v>
+        <v>95</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>666</v>
-[...7 lines deleted...]
-        <v>667</v>
+        <v>189</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>668</v>
+        <v>595</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>669</v>
+        <v>596</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>670</v>
+        <v>597</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>671</v>
+        <v>598</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>672</v>
+        <v>599</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>673</v>
+        <v>600</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>32</v>
+        <v>222</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>666</v>
-[...4 lines deleted...]
-        </is>
+        <v>471</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>224</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G98" s="5" t="s">
+        <v>601</v>
       </c>
       <c r="H98" s="5" t="s">
-        <v>674</v>
+        <v>602</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>675</v>
+        <v>603</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>133</v>
+        <v>202</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>676</v>
+        <v>604</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>677</v>
+        <v>605</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>678</v>
+        <v>606</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>679</v>
+        <v>607</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D99" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E99" s="5" t="s">
+        <v>608</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G99" s="5" t="s">
+        <v>609</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>680</v>
-[...5 lines deleted...]
-        </is>
+        <v>610</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>681</v>
+        <v>612</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>682</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>613</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>614</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>683</v>
+        <v>615</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H100" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>681</v>
+        <v>618</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="M100" s="5"/>
+        <v>619</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>685</v>
+        <v>621</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H101" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H101" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>625</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>681</v>
+        <v>626</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>686</v>
-[...1 lines deleted...]
-      <c r="M101" s="5"/>
+        <v>627</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>628</v>
+      </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>687</v>
+        <v>629</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>32</v>
+        <v>510</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>688</v>
+        <v>213</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="s">
-        <v>689</v>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>636</v>
-[...1 lines deleted...]
-      <c r="I102" s="5"/>
+        <v>630</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>631</v>
+      </c>
       <c r="J102" s="5" t="s">
-        <v>21</v>
+        <v>632</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>690</v>
+        <v>633</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>691</v>
+        <v>634</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>692</v>
+        <v>635</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>693</v>
+        <v>636</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>694</v>
-[...5 lines deleted...]
-        </is>
+        <v>637</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>639</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>695</v>
+        <v>640</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>696</v>
-[...1 lines deleted...]
-      <c r="M103" s="5"/>
+        <v>641</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>642</v>
+      </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>697</v>
+        <v>643</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E104" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G104" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>646</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>698</v>
+        <v>647</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>699</v>
-[...1 lines deleted...]
-      <c r="M104" s="5"/>
+        <v>648</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>649</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>700</v>
+        <v>650</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>651</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>688</v>
-[...7 lines deleted...]
-        <v>701</v>
+        <v>652</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>702</v>
+        <v>654</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>21</v>
+        <v>202</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>703</v>
+        <v>655</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>704</v>
+        <v>656</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>705</v>
+        <v>657</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>706</v>
+        <v>658</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="I106" s="5"/>
-      <c r="J106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J106" s="5" t="s">
+        <v>359</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>707</v>
+        <v>660</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>708</v>
-[...1 lines deleted...]
-      <c r="M106" s="5"/>
+        <v>661</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>709</v>
+        <v>663</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>688</v>
+        <v>664</v>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="s">
-        <v>710</v>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>665</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>666</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>21</v>
+        <v>193</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>712</v>
+        <v>667</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>713</v>
+        <v>668</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>714</v>
+        <v>669</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>715</v>
+        <v>670</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>32</v>
+        <v>189</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>716</v>
+        <v>594</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="s">
-        <v>717</v>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>718</v>
+        <v>671</v>
       </c>
       <c r="I108" s="5" t="s">
-        <v>719</v>
+        <v>672</v>
       </c>
       <c r="J108" s="5" t="s">
-        <v>21</v>
+        <v>193</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>720</v>
+        <v>673</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>721</v>
+        <v>674</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>722</v>
+        <v>675</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>723</v>
+        <v>676</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H109" s="5" t="s">
+        <v>160</v>
       </c>
       <c r="I109" s="5"/>
-      <c r="J109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J109" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>707</v>
+        <v>678</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>724</v>
-[...1 lines deleted...]
-      <c r="M109" s="5"/>
+        <v>679</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>680</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>725</v>
+        <v>681</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>221</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="I110" s="5"/>
-      <c r="J110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J110" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>707</v>
+        <v>683</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>726</v>
-[...1 lines deleted...]
-      <c r="M110" s="5"/>
+        <v>684</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>685</v>
+      </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>727</v>
+        <v>681</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>594</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H111" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H111" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="J111" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>728</v>
+        <v>688</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>729</v>
-[...1 lines deleted...]
-      <c r="M111" s="5"/>
+        <v>689</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>690</v>
+      </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>730</v>
+        <v>501</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>677</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H112" s="5" t="s">
+        <v>106</v>
       </c>
       <c r="I112" s="5"/>
-      <c r="J112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J112" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>731</v>
-[...1 lines deleted...]
-      <c r="M112" s="5"/>
+        <v>692</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>693</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>732</v>
+        <v>694</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>695</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>222</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>32</v>
+        <v>96</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>733</v>
+        <v>223</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="s">
-        <v>734</v>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>735</v>
-[...1 lines deleted...]
-      <c r="I113" s="5"/>
+        <v>696</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>697</v>
+      </c>
       <c r="J113" s="5" t="s">
-        <v>21</v>
+        <v>698</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>736</v>
+        <v>699</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>737</v>
+        <v>700</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>738</v>
+        <v>701</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>739</v>
+        <v>702</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>740</v>
+        <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>741</v>
+        <v>71</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>742</v>
+        <v>703</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>743</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>705</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>706</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>744</v>
+        <v>698</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>745</v>
+        <v>707</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>746</v>
+        <v>708</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>747</v>
+        <v>709</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>748</v>
+        <v>710</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>97</v>
+        <v>15</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>217</v>
+        <v>16</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>603</v>
+        <v>711</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G115" s="5" t="s">
+        <v>712</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>713</v>
+      </c>
+      <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>212</v>
+        <v>20</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>751</v>
+        <v>714</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>752</v>
+        <v>715</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>753</v>
+        <v>716</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>754</v>
+        <v>717</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F116" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D116" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G116" s="5" t="s">
-        <v>755</v>
+        <v>718</v>
       </c>
       <c r="H116" s="5" t="s">
-        <v>756</v>
+        <v>719</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>757</v>
+        <v>720</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>133</v>
+        <v>202</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>758</v>
+        <v>721</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>759</v>
+        <v>722</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>760</v>
+        <v>723</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>761</v>
+        <v>724</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>725</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>694</v>
+        <v>727</v>
       </c>
       <c r="I117" s="5"/>
-      <c r="J117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J117" s="5" t="s">
+        <v>73</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>762</v>
+        <v>728</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>763</v>
-[...1 lines deleted...]
-      <c r="M117" s="5"/>
+        <v>729</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>730</v>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>764</v>
+        <v>731</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>732</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>765</v>
-[...10 lines deleted...]
-        </is>
+        <v>733</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>736</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>766</v>
-[...1 lines deleted...]
-      <c r="M118" s="5"/>
+        <v>737</v>
+      </c>
+      <c r="M118" s="5" t="s">
+        <v>738</v>
+      </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>767</v>
+        <v>739</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>768</v>
-[...10 lines deleted...]
-        </is>
+        <v>740</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="J119" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K119" s="5" t="s">
+        <v>742</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>769</v>
-[...1 lines deleted...]
-      <c r="M119" s="5"/>
+        <v>743</v>
+      </c>
+      <c r="M119" s="5" t="s">
+        <v>744</v>
+      </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>770</v>
+        <v>745</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>70</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>308</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>771</v>
-[...10 lines deleted...]
-        </is>
+        <v>746</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>747</v>
+      </c>
+      <c r="J120" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>748</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>772</v>
-[...1 lines deleted...]
-      <c r="M120" s="5"/>
+        <v>749</v>
+      </c>
+      <c r="M120" s="5" t="s">
+        <v>750</v>
+      </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>773</v>
+        <v>751</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>774</v>
-[...10 lines deleted...]
-        </is>
+        <v>752</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>754</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>775</v>
-[...1 lines deleted...]
-      <c r="M121" s="5"/>
+        <v>755</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>756</v>
+      </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>776</v>
+        <v>757</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>758</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>777</v>
-[...10 lines deleted...]
-        </is>
+        <v>760</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>763</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="M122" s="5"/>
+        <v>764</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>765</v>
+      </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>779</v>
+        <v>636</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>780</v>
-[...10 lines deleted...]
-        </is>
+        <v>766</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>769</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>781</v>
-[...1 lines deleted...]
-      <c r="M123" s="5"/>
+        <v>770</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>771</v>
+      </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>773</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>774</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>783</v>
+        <v>775</v>
       </c>
       <c r="I124" s="5"/>
-      <c r="J124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J124" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>776</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>784</v>
-[...1 lines deleted...]
-      <c r="M124" s="5"/>
+        <v>777</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>778</v>
+      </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>785</v>
+        <v>779</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>773</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G125" s="5" t="s">
+        <v>780</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="I125" s="5"/>
-      <c r="J125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J125" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>782</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="M125" s="5"/>
+        <v>783</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>784</v>
+      </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D126" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E126" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D126" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E126" s="5" t="s">
+      <c r="F126" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="I126" s="5"/>
+      <c r="J126" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K126" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="L126" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="M126" s="5" t="s">
         <v>789</v>
-      </c>
-[...26 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>208</v>
+        <v>238</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>603</v>
-[...4 lines deleted...]
-        </is>
+        <v>791</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>792</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="J127" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="K127" s="5" t="s">
         <v>796</v>
       </c>
-      <c r="I127" s="5" t="s">
+      <c r="L127" s="6" t="s">
         <v>797</v>
       </c>
-      <c r="J127" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K127" s="5" t="s">
+      <c r="M127" s="5" t="s">
         <v>798</v>
-      </c>
-[...4 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="B128" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C128" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="D128" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I128" s="5"/>
+      <c r="J128" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="B128" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C128" s="5" t="s">
+      <c r="K128" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="D128" s="5" t="inlineStr">
-[...28 lines deleted...]
-      <c r="K128" s="5" t="s">
+      <c r="L128" s="6" t="s">
         <v>803</v>
       </c>
-      <c r="L128" s="6" t="s">
+      <c r="M128" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="M128" s="5"/>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
         <v>805</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>146</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>802</v>
-[...4 lines deleted...]
-        </is>
+        <v>806</v>
+      </c>
+      <c r="D129" s="5" t="s">
+        <v>807</v>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="I129" s="5"/>
-      <c r="J129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J129" s="5" t="s">
+        <v>809</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>806</v>
-[...1 lines deleted...]
-      <c r="M129" s="5"/>
+        <v>811</v>
+      </c>
+      <c r="M129" s="5" t="s">
+        <v>812</v>
+      </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>636</v>
+        <v>16</v>
       </c>
       <c r="E130" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>97</v>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="H130" s="5" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>208</v>
-[...7 lines deleted...]
-        </is>
+        <v>821</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>822</v>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>138</v>
+        <v>15</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>566</v>
-[...4 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>829</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>821</v>
+        <v>830</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>823</v>
+        <v>735</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D133" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E133" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D133" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>831</v>
+        <v>735</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>97</v>
+        <v>238</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>842</v>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>208</v>
+        <v>276</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>77</v>
+        <v>594</v>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>97</v>
+        <v>246</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>217</v>
-[...7 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>857</v>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>212</v>
-[...4 lines deleted...]
-        </is>
+        <v>860</v>
+      </c>
+      <c r="K136" s="5" t="s">
+        <v>861</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>97</v>
+        <v>238</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>581</v>
+        <v>61</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>77</v>
+        <v>865</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G137" s="5" t="s">
-        <v>855</v>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>212</v>
+        <v>868</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>636</v>
+        <v>238</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>650</v>
-[...9 lines deleted...]
-        </is>
+        <v>61</v>
+      </c>
+      <c r="E138" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>873</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>862</v>
+        <v>874</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>863</v>
+        <v>875</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>864</v>
+        <v>876</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>865</v>
+        <v>877</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>866</v>
+        <v>878</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>867</v>
+        <v>879</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>868</v>
+        <v>150</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C139" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="F139" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D139" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I139" s="5"/>
+      <c r="H139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>881</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>870</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>882</v>
+      </c>
+      <c r="K139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L139" s="6" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>874</v>
+        <v>124</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>14</v>
+        <v>94</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>16</v>
+        <v>106</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>636</v>
+        <v>107</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>875</v>
-[...4 lines deleted...]
-        </is>
+        <v>125</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>885</v>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H140" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>886</v>
+      </c>
+      <c r="K140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L140" s="6" t="s">
-        <v>880</v>
-[...3 lines deleted...]
-      </c>
+        <v>887</v>
+      </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>883</v>
+        <v>95</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>884</v>
-[...4 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>889</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>885</v>
-[...1 lines deleted...]
-      <c r="I141" s="5"/>
+        <v>890</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>891</v>
+      </c>
       <c r="J141" s="5" t="s">
-        <v>864</v>
+        <v>193</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>16</v>
+        <v>95</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>636</v>
+        <v>276</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>890</v>
+        <v>213</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>878</v>
-[...2 lines deleted...]
-        <v>893</v>
+        <v>193</v>
+      </c>
+      <c r="K142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L142" s="6" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>217</v>
+        <v>276</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>603</v>
+        <v>213</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>97</v>
+        <v>907</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>217</v>
+        <v>908</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>603</v>
+        <v>909</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>212</v>
+        <v>912</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>459</v>
+        <v>15</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G145" s="5" t="s">
+        <v>917</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>909</v>
+        <v>918</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>911</v>
+        <v>20</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D146" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E146" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>918</v>
+        <v>20</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>459</v>
+        <v>842</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>603</v>
-[...4 lines deleted...]
-        </is>
+        <v>930</v>
+      </c>
+      <c r="F147" s="5" t="s">
+        <v>703</v>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="D148" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E148" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...8 lines deleted...]
-        </is>
+      <c r="F148" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>459</v>
+        <v>15</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>515</v>
+        <v>703</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>939</v>
+        <v>20</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>842</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>878</v>
+        <v>953</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>636</v>
+        <v>222</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>95</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>864</v>
+        <v>960</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>953</v>
+        <v>962</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>954</v>
+        <v>963</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>955</v>
+        <v>964</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>147</v>
+        <v>79</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>956</v>
-[...9 lines deleted...]
-        </is>
+        <v>965</v>
+      </c>
+      <c r="F152" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="G152" s="5" t="s">
+        <v>967</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>957</v>
+        <v>968</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>958</v>
+        <v>969</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>959</v>
+        <v>970</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>960</v>
+        <v>971</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>961</v>
+        <v>972</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>962</v>
+        <v>973</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>963</v>
+        <v>974</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>964</v>
+        <v>677</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>650</v>
+        <v>189</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>658</v>
+        <v>594</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>864</v>
+        <v>193</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>650</v>
-[...12 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F154" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="G154" s="5" t="s">
+        <v>982</v>
       </c>
       <c r="H154" s="5" t="s">
-        <v>971</v>
+        <v>983</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>972</v>
+        <v>984</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>878</v>
+        <v>20</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>973</v>
+        <v>985</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>974</v>
+        <v>986</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>975</v>
+        <v>987</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>976</v>
+        <v>988</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>977</v>
+        <v>842</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>978</v>
+        <v>247</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>515</v>
-[...4 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="F155" s="5" t="s">
+        <v>989</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>979</v>
+        <v>990</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>459</v>
+        <v>997</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>603</v>
+        <v>998</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>988</v>
+        <v>193</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>989</v>
+        <v>1001</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>990</v>
+        <v>1002</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>991</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>992</v>
+        <v>1004</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>19</v>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G157" s="5" t="s">
+        <v>1005</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>995</v>
+        <v>202</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>996</v>
+        <v>1008</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>997</v>
+        <v>1009</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>998</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>999</v>
+        <v>1011</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>459</v>
+        <v>189</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-        <v>1000</v>
+        <v>213</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1001</v>
+        <v>1012</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1002</v>
+        <v>1013</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1003</v>
+        <v>193</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1004</v>
+        <v>1014</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1005</v>
+        <v>1015</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1006</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1007</v>
+        <v>1017</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>493</v>
+        <v>15</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>603</v>
+        <v>703</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1008</v>
+        <v>1018</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1009</v>
+        <v>1019</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>1010</v>
+        <v>20</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1011</v>
+        <v>1020</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1012</v>
+        <v>1021</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1013</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1007</v>
+        <v>1023</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>97</v>
+        <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>459</v>
-[...2 lines deleted...]
-        <v>603</v>
+        <v>821</v>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1014</v>
+        <v>1024</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1015</v>
+        <v>1025</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1016</v>
+        <v>202</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1017</v>
+        <v>1026</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1018</v>
+        <v>1027</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1019</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1020</v>
+        <v>1029</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>459</v>
+        <v>189</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>603</v>
+        <v>357</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1021</v>
+        <v>1030</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1022</v>
+        <v>1031</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1023</v>
+        <v>193</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1024</v>
+        <v>1032</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1025</v>
+        <v>1033</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1026</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1027</v>
+        <v>1035</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>1028</v>
+        <v>15</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>1029</v>
+        <v>16</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>1030</v>
+        <v>97</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>1033</v>
+        <v>20</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>964</v>
+        <v>95</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>650</v>
-[...4 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H163" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H163" s="5" t="s">
+        <v>1042</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1038</v>
+        <v>1043</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>864</v>
+        <v>193</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1039</v>
+        <v>1044</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>1043</v>
+        <v>773</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>1044</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1048</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1045</v>
-[...1 lines deleted...]
-      <c r="I164" s="5"/>
+        <v>1049</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1050</v>
+      </c>
       <c r="J164" s="5" t="s">
-        <v>1046</v>
+        <v>20</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>1043</v>
+        <v>95</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>76</v>
+        <v>189</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>1044</v>
+        <v>198</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1053</v>
+        <v>193</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>1058</v>
+        <v>95</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>1059</v>
+        <v>997</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>17</v>
+        <v>357</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G166" s="5" t="s">
+        <v>1061</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1062</v>
+        <v>193</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>147</v>
+        <v>96</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>956</v>
-[...2 lines deleted...]
-        <v>1067</v>
+        <v>198</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
         <v>1068</v>
       </c>
       <c r="I167" s="5" t="s">
         <v>1069</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>1070</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>1071</v>
       </c>
       <c r="L167" s="6" t="s">
         <v>1072</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>1073</v>
       </c>
     </row>