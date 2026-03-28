--- v2 (2026-02-08)
+++ v3 (2026-03-28)
@@ -3,262 +3,948 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1688" uniqueCount="1074" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1699" uniqueCount="1082" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1922-05-24</t>
+    <t>1884-10-27</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Nyborg Slot, 5800 Nyborg</t>
+  </si>
+  <si>
+    <t>Niels Henriksen Kerteminde
+- Johansen
+Christian Klingsey
+Jeppe Andreas Larsen
+Peter Larsen
+Clara Lindberg
+Peter Madsen
+Frans Schwartz
+Elisabeth Storm
+Niels Voller</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt om nogle portrætter af forældrene, og det skal han få. I A Larsen kommer til København i november.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jqgI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på papiret:]
+J. A. Larsen
+Kjerteminde. 
+[Håndskrevet:]
+den 27/10 84
+Du længes min lille Ven efter Portrætter og bestemmer endogsaa Dagene, det er jo en voldsom Myndighed du der træder frem med, jeg maatte lee Johannes; men samtidig forstod jeg at Faders Hjærte blev rørt saa [tilføjet] Du avancerede dit Ønskes Opfyldelse, meget nær for din mageløse Ihærdigheds Skyld – Da han havde læst Brevet og seet kvalet, sagde han, nej skriv til ham at Madsen gaar vi ikke til, men han skal nok faa dem naar nu Fader kommer i November, saa gaar Du selv med ham, hen hos en Fotograf, det skal blive morsomt for saa faar Du et godt Billede og jeg følger saa ogsaa efter ved Lejlighed – bare taalmodig, saa gaar det alt sammen. Tak for Brevet igaar; men skriv lidt tydeligere lille Johannes for Fader klager over Skriften, at han knap kan læse den, det vil du nok huske. Det var dejligt at Hr Schwartz syntes om din Begyndelse, fortæl altid om Bedømmelsen af dit Arbejde ogsaa naar Du maa gjøre om eller faar Tilrettevisning for du gaar der jo for at lære min lille Skat hvordan gaar det dig hos Klingsaj fortæl ogsaa om det om alt muligt søde Barn – jeg kan ikke høre formeget jeg følger dig i Tankerne paa Dine Aftentoure især, - De lader dig vel dog gaa med Fred al slags Pøbel der gaar paa Gaderne vor Herre bevare Dig og holde sin kjærlige Haand over dig min elskede Søn
+Det stormede ganske forfærdeligt igaar med Bygevejr, en Søn af Niels Voller, 17 Aar gammel var ene ude i en Jolle for at røgte Garn, og blev overfalden af en saadan Byge; der var intet Haab om Frelse for ham thi Søen gik saa høj at Sjælland kunde han ikke naa, og Vinden bar fra Land her, men saa kom her en Skonnert i Sigte som tog alle Sejl ned og gjorde en Vending, muligen den havde seet ham og frelst ham, men hvor skulde Skibet hen det vidste jo ingen; det kunde vare længe før der kom Efterretninger; men Gud Fader ske Tak allerede i Aftes kom her Telegram fra Nyborg, han var frelst af Skonnerten.
+Johannes jeg har flere Gange glemt at sige Dig Fader ønsker at Du skal kjøbe 2 Hjortetakker til dit udskårne Arbejde – spørg engang paa 2 og sig os Prisen – Fader længes efter at faa det op paa Væggen, at han kan faa sine Bøsser op – 
+Det regner saa voldsomt idag kan du dog undvære din Overfrakke længere mit Barn, hvordan laaner Du en Paraply eller bliver du vaad saa skifter Du da Tøj. Henriksen faar jo Dit Snavsetøj med hjem ifald du ikke bruger dit uldne Sengetæppe saa lad det gaa med, men har du brugt det i fjors Vinter og er glad ved det saa maa du endelig beholde det. Johansen har faaet sig en Plads i Nyborg som vel er
+Vi ere saameget glade ved vores hvide Ovn her er varmt om Morgenen saa jeg behøver ikke at fryse mere i den tidlige Morgen; naar jeg nu maa blive rask – og faa nogle flinke Piger i vort Hjem der vil arbejde og være flittige – saa haaber jeg paa en god Tid jeg har saameget Arbejde der venter paa mig – Dine Søskende ere raske og tænke med Glæde paa Juletravlheden som ogsaa skal bringe Dig hjem til os Gud give os Glæde til den Tid.- -
+Jeg skal hilse dig fra Fader og fra alle de andre Farmor og Fastrene lille Peter Larsen er syg i Halsen – mange flere her i Byen Gud skaane os for den slemme Gjæst Fru Storm er ikke kommen herhen endnu
+Jeg skal hilse dig fra Fru Lindberg hun var her igaar Lev vel Johannes og hils dine Venner fra mig
+Du hilses fra din kjærlig hengivne Moder</t>
+  </si>
+  <si>
+    <t>1888-03-17</t>
+  </si>
+  <si>
+    <t>Esbjerg Havn
+England 
+Måle Strand
+Romsø</t>
+  </si>
+  <si>
+    <t>Mads Andersen
+Anders Jensen
+Laurits Kristiansen
+Georg Larsen
+Jeppe Andreas Larsen
+Niels Mollerup
+- Nordskov
+- Olsen
+Rasmus Petersen, Gartner
+Christine Swane</t>
+  </si>
+  <si>
+    <t>En ven, Rasmus Petersen, er rejst til England. Romsøboere er gået over isen med 400 vildænder. Johannes Larsens far har været syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NmU1</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 17 Marts 1888
+Min kjære Johannes!
+Hvor vi dog længes efter at høre fra Dig jeg er urolig for dig i al denne Kulde og saa denne afskaarne Tilstand fra Omverdenen idag kom her endelig en Kjøbenhavner Post som vi skulle have havt i Torsdags ligedan her paa Fyen fyger alle Veje til og standser al Samfærdsel fra Landet kom her ingen ind i de Dage som vel var for din Fader har ligget til Sengs i 4 Dage en stærk Forkjølelse han fik i Søndags gav ham saa meget Gigt men han vilde ingen Læge have og saa hjalp vor Herre at vi have ham paa Benene igjen jeg har min Nød med at holde ham inde af Gaarden og Haven her er en rigelig Indtægt af Vildt, Romsøboerne gik over Isen til Maale i dag og fik Anders Jensen til at kjøre dem herind med deres, 400, Vildænder hvad synes Du
+Rasmus Petersen var her for at sige Farvel idag afrejser han fra Esbjerg til England faa Dage før han rejste fik han Brev fra en Bekjendt at der var meget lidt Arbejde at faa; men Rasmus var ikke forknyt nu kommer Foraaret og saa er det bedst at blive paa Pladsen saa jeg vil holde mig ganske i Ro derovre indtil til der bliver noget, hils nu Johannes at naar jeg faar noget at skrive om saa faar han Brev fra England.
+Måtte der dog komme Brev fra dig imorgen og gid Vejene dog maa blive saa ryddelige at dette kan komme til Dig i den ønskede Time.
+Penge kan jeg ingen sende dem vi har ventet saa bestemt i denne Uge kom heller ikke saa jeg haaber at du kan faa nogle hos Mollerup.
+Saasnart det dog bliver nogenlunde med Vejene saa kommer der vel Udvej hvem havde dog heller tænkt paa en saadan Vinter Isbaadfart henad Paaske jeg bliver tidt lidt [ord mangler] vel fordi jeg har lovet Dine [ulæseligt ord] blide Dage i Marts det er mig jo umuligt nu at holde Ord for der har kun været 2½ Dag som kunde regnes for blide saa det seer net ud for mig
+Georg har vel fortalt at han skjød 2 Vildænder i Søndags og mange flere havde han kunnet skyde om han ikke havde været saa hidsig – ja Nordskov han skyder i denne tid mange Dage 10-12 men i Compagni med Laurits Kristiansen – PostOlsen og Mads Andersen kunde mer have tilsat Livet de stod paa Isen – Olsen længst fremme og da han lige skulde skyde hørte han et Plump og vendte sig straks, men saa ikke sin Ledsager da gik nærmere kom endelig en Arm op med Bøssen som han smed hen ad Isen – Olsen rakte ham sin Bøssekolbe og trak ham iland paa Isen tænk dig nu begge Bøsser med med spændt Hane – hvor Gud dog er mageløs god at De beholdt Livet jeg haaber saadan et Øjeblik berører dem saa de aldrig glemmer det. Vi har i denne Kulde lavet et Hjem til Graagaasen inde hos en Vædder i Loen hvor der er Avner der har den sit Huus og befinder sig vel kan du være sikker paa
+Hils dine Omgivelser at du snart skriver haaber jeg mine egen kjære Søn som jeg ønsker alt muligt godt for. Din længselsfulde Moder</t>
+  </si>
+  <si>
+    <t>1896-08-25</t>
+  </si>
+  <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Besser</t>
-[...18 lines deleted...]
-    <t>Besser 24 Maj 1922.
+    <t>Höljeryd</t>
+  </si>
+  <si>
+    <t>Jällunden, Sverige
+Snøde</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Jørgen Hermann Kruuse
+Jeppe Andreas Larsen
+Lars Larsen
+Marie Larsen
+Vilhelm Larsen
+Susanne Lindberg
+- Petersen, Biolog</t>
+  </si>
+  <si>
+    <t>Johannes og Marie Larsen samt Peter Hansen er på Larsen-familiens ejendom, Höljeryd, i Småland, Sverige. Alhed Warberg besøger sin onkel Max på Langeland. 
+Johannes Larsen sagde, at han lavede "Busser", når han skød forbi.</t>
+  </si>
+  <si>
+    <t>Hunden Tjalfe gør gode fremskridt, og hunden Jansen er glad for Peter (Hansen). 
+Der er mange tjurer og urhøns, men Johannes Larsen har manglet ammunition til sin egen bøsse og har måttet bruge broderens, som han skyder forbi med.
+Peter Hansen, Marie og Johannes Larsen har været ved søen Jälunden. De bad om lov til at låne en pram og roede til en ø. Prammen viste sig at tilhøre nogle andre end dem, der gav tilladelsen.
+Pigen har lavet "Krykeost" af nymælken fra en ko, der netop havde kælvet.
+Dr. Petersen har sendt billedet af sælen retur.
+Gottschalck er i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Hg0W</t>
+  </si>
+  <si>
+    <t>Höljeryd 25 August 1896.
 Kæreste Alhed!
-Jeg er meget spændt paa om Puf kommer, for saa maa det vel blive i Mrg med Odense Damperen. Du maa endelig sende et Par Silkeskjorter med Rylen, for sikken Varme det nu er bleven, jeg kan vist ikke klare mig i Længden i de blaa. I Dag skal vi vist op til Nordby. Det var Tordenvejr i Gaar Mrg. og i Aftes og i Nat lynede og tordnede det stærkt. Jeg synes der var noget mere foruden Skjorterne men det gaar mig saadan hver Dag at jeg kommer i Tanker om et eller andet og naar jeg saa skal skrive saa er det glemt. Det er dejligt det er bleven saa varmt. Mange kærlige Hilsner 
-[...24 lines deleted...]
-    <t>Besser 27/5 Lørdag 1922
+Tak for Brevet som jeg fik i Torsdags som De meget rigtigt formoder skrev jeg Langeland uden paa mit sidste Brev, men jeg haaber da at De har faaet det, da det er det mest indholdsrige eller i hvert Fald det længste jeg har skrevet herfra. Det er rigtigt nok at Klaks faar Ferie omend knap saa længe som De skriver, men vi venter ham i Aften og han bliver her vist en 8 Dages Tid. Vi venter ogsaa Fader og Konsul Kruuse herover i løbet af en Uges Tid. Tjalfe gør god Fremgang og tegner til at blive en første Klasses Hund, og Jansen har nu slaaet sig fuldstændig paa Peter, det vil sige det er ham der fører an for Peter klager lidt over at Lydigheden er saa som saa. Her er mange Høns i Aar, flere end jeg har set her nogensinde før og vi har faaet ca 30 Tjurer og Urhøns, men de sidste Dage har været sløjt, da vi har manglet Ammunition, men saa tænker jeg at Klaks har noget med i Aften. I Søndags Eftermiddag var vi en en Tur til en større Sø som hedder Jälunden. Da vi kom der ned laa der en Pram ved Bredden, Peter sagde han vilde spørge Manden om vi maatte laane den, og gik saa hen til Skur til at stille Aarer og andre Redskaber ind i, der boede ingen i i Nærheden, og kom saa tilbage med den Besked at det vilde være Manden en Fornøjelse om vi vilde benytte hans Baad. Vi roede saa over til en Ø, skønt jeg havde en stærk Mistanke om at Prammen tilhørte nogle Mænd som gik og saa paa nogle Kreaturer et Stykke før vi naaede Søen, men jeg sagde ingen Ting før vi kom til Øen, og da vi syntes at vi kunde høre nogen tale i den Retning vi vare komne fra blev vi enige om at ro tilbage med det samme og det viste sig at det forholdt sig aldeles rigtigt med Mændene som ventede paa os, men de var for Resten helt skikkelige. Paa Hjemturen kom vi forbi et Sted her ved Gaarden hvor Folkene har lavet et Dansegulv, hvor de danser hver Lørdag og Søndag Aften, og vi gik saa ind og saa paa dem, og Peter dansede et Par Gange med Marie og en af de tilstedeværende Flickor. Forleden Dag havde vi en ko som kælvede og vores Pige lavede os en Ret af Nymælken, som hun kaldte ”Krykeost”, hun rørte Æg i og kogte det og saa blev det stift da det blev koldt, vi spiste det dels om Middagen med Fløde og Sukker og dels som Paalæg paa Smørogbrød, nu er det desværre snart forbi; jeg tror nok at jeg er den der bedst kan lide det, Peter og Marie spiser og af den men Susanna, synes ikke om den. Hvis Lars Larsen vil have et Billede med Krager kan han godt faa det. Det med Sælhunden jeg lavede til Dr Petersen (Biologen) gjorde ingen Lykke, i hvert har han sendt det tilbage uden at skrive noget med. Vi havde Brev hjemme fra i Gaar og fra Gottschalk, som endnu opholder sig i Kjerteminde og formode at han vil være der endnu naar jeg kommer tilbage. Det er et væmmeligt Bæstvejr i Dag med Byger en Gang i mellem saa vi har ikke været ude i Formiddag, men Peter gik strax over Middag og jeg skal ogsaa til at stikke af nu. Jeg maa desværre skyde med Klaks’ Bøsse da jeg ikke har Patroner til min, jeg debuterede med den i Gaar, 5 Busser og ingen vildt, formodentlig gaar det ligedan i Eftermiddag. Mange Hilsener Deres hengivne
+Johannes Larsen.
+Onsdag Morgen.
+Klaks kom saa i Aftes, og havde Akvavit og Patroner med, saa nu kan jeg komme ud med min egen Bøsse i Dag saa tænker jeg det gaar bedre. Vejret ser ogsaa bedre ud til Morgen. Nu maa jeg ned til Vognene med Brevet. 
+God Morgen. Hilsen Fra Peter.</t>
+  </si>
+  <si>
+    <t>1896-10-05</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Svanninge
+Langeland
+Nyborg
+Lohals
+Faaborg
+Sollerup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Giersing
+Peter Hansen
+Johanne Christine Larsen
+Otto Emil  Paludan
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sollerup: På Sollerupgaard relativt nær Alhed Warbergs hjem var der en husholdningsskole oprettet af Nikoline von Sperling. Flere af Alheds søstre var elever på skolen gennem årene.</t>
+  </si>
+  <si>
+    <t>Alhed har været på besøg hos Syberg i Svanninge. Syberg maler på billeder af Stensgaard.
+Alhed har tabt en stor gryde med hyldebærsaft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Oyu0</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det er Søndag Aften, og de sidde i Dagligstuen og sludre, Christine er hjemme og Muk, Dede, Vesterdal og en fremmed Dreng ere lige rejst, jeg har sat mig ind ved Mors Skrivebord for at sludre lidt med dem, men det bliver vist ikke af lang Varighed. – Tak for Deres Brev, jo De kan stole paa, jeg lagde Mærke til det gode Vejr, jeg ligefrem nød det de faa Dage det varede, men ak desværre det var kun en kort Glæde. Jeg tænkte det for Resten nok, da jeg saa i Deres Brev, at De trode, det vilde vare en hel Maaned. Jeg saa strax betænkelig ud ad Vinduet, og ganske rigtig – i Sydvest trak der store Skyer op! – Det holdt dog nogenlunde tæt den Eftermiddag og jeg benyttede Lejligheden til at cycle til Svanninge. - - Men nu er det jo helt tosset, saa jeg kan ikke vide, hvad det bliver til med min Langelandstur, Vinden er jo Syd, den er jo god for Kerteminde, men Palam siger at der er ingen Skib mellem Nyborg og Lohals. Hvad skal man gøre ved det? – De maa endelig ikke gaa og vente mig, for der er jo desværre meget ringe Udsigt til at jeg kommer. Men samtidig med at det gode Vejr holdt op, holdt De vel ogsaa op med de tre Ting, de havde begyndt paa, - at vente mig, at gaa i Vandet og at male paa det Billede. Det sidste er alligevel det værste jeg venter mig saa meget af det Billede, jeg synes det Motiv maa passe saa storartet for Dem. – De havde det udmærket i Svanninge, undtagen Grylleren, der har Orm og af den Grund var han rædselsfuld gnaven, han og Pigen Betzy Trattevaad brølede om Kap hele Eftermiddagen og underholdt Hønset og mig paa det livligste; Sine var i Faaborg og Kunstneren paa Stensgaard. Men de kom hjem ved Thetid og da Ungerne var kommen i Seng havde vi en lille hyggelig Time ved et Glas Ribsvin! – Jeg blev aldeles begejstret for P’s Roebillede, De kan tro, det er blevet smukt, siden vi saa det sidst, eller ogsaa saa jeg ikke saa meget paa det den Dag, jeg synes, det er et dejligt Billede. (Nu kom Christine og satte sig til at spille noget vældig kønt.) P. skulde rejse til København i Dag. – I Gaar var jeg med Far ovre at blanke den Altertavle, han er meget glad ved Resultatet. Paa Tirsdag skal det spændende Oversyn være. Stiftsøvrigheden har i sin Visdom beskikket hans Naboprovst! Nu skal vi se, hvad det bliver til. Jeg har det Haab at komme med derover for at holde med Dara udenfor Kirken, saa kunde jeg maaske faa den Glæde at se Far og hans Fjende Provsten trykke hinandens Hænder. – Far sagde forleden, at jeg kørte helt pænt nu! Men det er vist alligevel omtrent forbi med mit Kørende nu, det bliver aldrig til noget, naar Far er hjemme. Dagen før han kom hjem tog jeg en ordentlig Afskedstur. Jeg kørte til Sollerup og lige hjem igen uden at spænde fra, hvad vi ikke maa, og saa var jeg alene paa Hjemturen, hvad jeg heller ikke maa! – Men det er for Resten alligevel rart at have faaet et helt Sæt Forældre igen. Dis har moret sig storartet i København, hun kom selvfølgelig ikke hjem før Far. – Min Redelighed kan ikke slaa til til at opdage den Brander i deres Brev, - jeg har spekuleret vældig paa den men uden resultat. – 
+Næste Dag: O Rædsel! Jeg kommer lige nede fra Køkkenet, hvor jeg har begaaet en forfærdelig Ugærning! – Jeg tabte vores allerstørste Gryde, der var fuld af kogende Hyldebærsaft! – En Ring, der hang ved Gryden, sprang i mange Stykker, Gryden gik der et Stykke af og Saften farvede Gulvet blaasort og sprøjtede op ad Væggen og endogsaa helt op paa Loftet. Min Kjole maa strax i kogende Vand og mine Sko var som dyppede i saft. – Der samledes naturligvis Opløb – og Mor var rystet i sin Sjæls Inderste, men tænk Dem, saa kom jeg pludselig til at le! Jeg holdt mig længe da jeg virkelig var imponeret ved Synet af mit Ødelæggelsensværk; men pludselig kunde jeg ikke holde mig længere, men brast i Latter, jeg blev jo ganske forfærdet over mig selv men saa til mine store Beroligelse at Mor lo med. Hun kunde vist ikke lade være at glæde sig over, at jeg ikke var bleven skoldet, hvilket jo ogsaa var et Under. Dis og Johanne og Pallam grinede jo ogsaa, saa det hele spændte forbavsende gemytligt af. - - Nu maa jeg strax slutte, da Posten kommer. Hvorlænge tror De, det varer inden De kommer herned, hvis jeg nu ikke kommer til Kerteminde?? – Farvel for denne Gang! Mange kærlige Hilsner fra deres Alhed.
+Erikshaab 5de Okt. - 96</t>
+  </si>
+  <si>
+    <t>1896-11-18</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Det er formodentlig Anna og Fritz Sybergs næstældste barn, Johanne/Besse, (f. 11. sept. 1896), som Johannes Larsen skulle stå fadder til. 
+"Den mærkelige Historie med Tulipanerne" refererer formodentlig til Johannes Larsens maleri Tulipaner. 1896. Olie på lærred. Johannes Larsen Museet</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har fået brev fra Peter Hansen om opførelsen af Den Fries Udstillingsbygning. Johs. Larsen er indbudt til at stå fadder og håber at få Alhed at se ved den lejlighed. 
+Et af I.A. Larsens skibe har problemer, og det vil give udgifter. 
+Johs. Larsen har skrevet til Peter Hansen om "den mærkelige Historie med Tulipanerne". Af et senere brev fremgår det, at der er tale om et Johs. Larsen-billede af tulipaner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Ir3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Novbr. 1896.
 Kæreste Alhed!
-Tak for dit Brev, dateret Mandag som jeg fik i Aftes Kl 10 1/2 da vi kom Hjem fra Nordby hvor vi har været nogle Dage. Vi har det godt men strængt. I Gaar begyndte jeg at tegne Kl. 6 inden Kaffen og saa var vi ude i [ulæseligt ord] hvor jeg lavede en Tegning en Aquarel saa hjemme til Middag saa om Eftr ude paa den nordligste Spids hvorfra vi kom hjem Kl. Kl. 6 og spiste til Aften der efter en mindre Tur NØ langs Stien og Kl. 9 da vi kom tilbage til Nordby, ca 1 1/2 Mils Cykletur her til Besser. Jeg synes det er meget og det vilde Du vist ogsaa hvis Du saa det Landskab det foregår i, alligevel er jeg ikke videre træt til Mrg, saa jeg er altsaa kommen mig godt. Det første 8-10 Dage var jeg dødtræt hver Aften og om Mrg. med. I Dag skal vi rundt paa Øerne i Stavnsfjord og i Mrg kommer Rylen. 
-[...31 lines deleted...]
-    <t> 1. jun. 1922</t>
+Skjønt der kun var [noget af papiret mangler] Kvarters Ophold [noget af papiret mangler] med Christine ly [noget af papiret mangler] hvordan de boede de [noget af papiret mangler] storartet Lejlighed [noget af papiret mangler] traf Deres Moder der [noget af papiret mangler] til Aften og kom i god Tid til Toget. Det var i det hele taget den behageligste Hjemrejse jeg endnu har haft, jeg kom til Ullerslev 5 ½, kørte med en Bondekarl fra Stationen til Ullerslev By og gik saa Resten og kom hjem saadan noget som 10 Minutter over 7 saa jeg kunde sidde og hvile mig 1 Time inden jeg [noget af papiret mangler] 
+Der var Brev fra Peter om den fri Udstillings ny Bygning og alt Vrøvlet i den Anledning der stod ogsaa at det [noget af papiret mangler] Nechelmann saa ud [noget af papiret mangler] Examen hun har [noget af papiret mangler] Religion og i Pæda [noget af papiret mangler] var ogsaa Brev fra [noget af papiret mangler] Uglen med [noget af papiret mangler] at tage. Hun af [noget af papiret mangler] paa Søndag og til mig om at være Fadder, dog at jeg ikke var tvungen til det fordi jeg kom. Imidlertid maatte jeg love Christine at tage med derned hvad jeg gør saa meget hellere som jeg haaber at faa Dem at se ved samme Lejlighed og gør jeg ikke det? Da [noget af papiret mangler] fra Skolen var der kommen en kedelig Efterretning fra et af Skibene som var paa Vej til Lübeck med Træ, nemlig [noget af papiret mangler] om at det var k [noget af papiret mangler] ind til Visby, hv [noget af papiret mangler] betyder en større [noget af papiret mangler] Stedet for Indtægt som Fader jo havde [noget af papiret mangler] mig paa til Fern [noget af papiret mangler] meget de drejer sig om kan vi jo først faa at vide naar der kommer Brev. Jeg har ikke bestilt andet i Dag end skrive, jeg har skrevet et langt Brev til Peter, som saa handlede om den mærkelige Historie med Tulipanerne og som jeg nu venter at faa Forklaring [noget af papiret mangler] Dagene. Jeg maa [noget af papiret mangler] for at jeg kan naa at komme over med Brevene inden Kl. 4 saa at De kan [noget af papiret mangler] i Morgen For- [noget af papiret mangler] Hils alle! [noget af papiret mangler] Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Johanne Giersing
+Peter Hansen
+Hinné
+Peter Klokker
+Kristian Kongstad
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Anna Syberg (Hønset) var, før hun blev gift, ansat ved Den Kongelige Porcelænsfabrik.</t>
+  </si>
+  <si>
+    <t>Christine Swane har mødt Anna Syberg i Kbh.
+Johs. Larsen har været med Peter Klokker og Chr. Andersen på jagt. De fik fem ænder, og de tre har han tegnet.
+Johs. Larsen skal male fire akvareller til Stockholm-udstillingen.
+Han fik ikke den levende and, som han fortalte om i sidste brev.
+Kongstad Rasmussens beder på sin svogers vegne om at låne en akvarel med tage til en udstilling i Dresden. 
+Johs. Larsen har ladet den norske bogfinke flyve.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oyRp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Febr. 1897.
+Kæreste Alhed!
+Jeg havde saa [noget af papiret mangler] glædet mig til [et Brev] i Dag, men jeg fik [in]gen. Efter denne [noget af papiret mangler] Indledning [vil jeg] udtale Haabet om snart at faa et, og saa gaa over til at tale om noget andet. Der var et langt Brev fra Uglen i Dag. Hun havde været hos Schous en Aften og hos Peter en anden, sammen med hele Rapsen er det ikke saadan Du kalder det? Hønset spadserede forbi dem paa Gaden med sine 2 Børn og mødte saa en Dame fra Porcelænsfabrikken, som brød ud i [noget af papiret mangler] over de dejlige [noget af papiret mangler] og tilsidst sagde: du en dejlig”, hvortil [noget af papiret mangler] : ”Hold Kæft”. Forleden Dag var jeg med Chr Andersen og en der heder Peter Klokker ude at skyde hele Dagen. Vi sejlede om Morgenen Kl. 7 ½ om kom først hjem om Aftenen Kl. 7. Det var en dejlig Tur men vi fik kun 5 Ænder til Deling. De 3 har jeg haft at tegne efter og i Dag spiste vi dem. Jeg skal jo saa have 4 Aquareller til Stockholm og jeg skal male dem inden den 15 i næste Maaned [noget af papiret mangler] var ude i dag for at [noget af papiret mangler] mig den Graaand [noget af papiret mangler] talte om sidst [noget af papiret mangler] var desværre gaa [noget af papiret mangler] Vej. Jeg har haft Brev fra Kongstad Rasmussen som paa sin Svoger Hinnés Vegne bad om de maatte faa den store Aquarel med Tagene, det samme Motiv, som Oljemaleriet, til en Udstilling i Dresden, som Hinné nok er Kommisær for, og den skal nu sendes derned. Jeg var nede i Haven i Dag, al Sneen er borte nu, og Gækkerne er lige ved at springe ud [noget af papiret mangler] moder at den [noget af papiret mangler] har staaet inde [noget af papiret mangler] er ved at [noget af papiret mangler] op alle sam[noget af papiret mangler] Kejserkronerne kende jeg endnu ikke noget til. Fuglen som jeg har fortalt Dig om har jeg ladet flyve ud i dag, det Svin, den var blevet helt fed nu. Nu vil jeg slutte med mange af de allerkærligste Hilsner, og ydmyge Bønner om at høre snart fra min Kæreste 
+[noget af papiret mangler] Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-08-20</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Ane -
+Johanne Giersing
+Johannes Larsen
+Jørgen Schou
+Karl Schou
+Marie Schou
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>£ = Lispund.
+Gamle er en hund på Erikshåb.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2129</t>
+  </si>
+  <si>
+    <t>En del kunstnere med familie er samlet på Båxhult. JL er begyndt at lave billede af hunden i lyngen. Han har fanget en levende urhane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hDhH</t>
+  </si>
+  <si>
+    <t>20/8 - 1897
+Kære Mor!
+Tak for Dit Brev, som jeg fik i Aftes. Jeg vil først besvare Dine Spørgsmaal angaaende Reformdragten. Anna har ikke endnu faaet nyt Undertøj, men hun har Mønstrene og vil absolut have det. Livstykket eller Brystbaandet behøves aldeles ikke til tynde Mennesker, hun vil ikke have det. Hun mener, det var udmærket om Dis købte bare et Sæt hos Vessels, da det vist vil være meget lettere at sy efter end Mønstrene. Kjolerne kan man variere paa mange maader, naar blot Prinsesseformen er bibeholt. Du skulde endelig ikke opgive det, det er vist udmærket. Kan Du ikke huske en sort Damaskeskjole, jeg engang havde, den Facon kunde vist egne sig til Bein; den var blouset foran, Skærf snoet om Livet (Maven) og næsten glat Nederdel. Det kan jo ogsaa sys med Bælte og ganske almindelig; naar blot Liv og Nederdel bliver syet sammen saavidt mulig og ellers Hægter og Maller. - - Vi har det ellers glimrende; i Gaar fik vi endelig godt Vejr, ellers har vi haft Regn hver eneste Dag og var lige ved at blive utaalmodige, men saa meget des større er jo Glæden nu, da det endelig har forandret sig. De skyde en Masse Tjurer og Urhøns, men vi kunne ogsaa spise en kolossal Masse; det er enorme Kvantumer vi sætte til Livs; jeg kender ikke mig selv igen, hvad Appetit angaar, jeg er altid sulten, selv en Times Tid efter at vi have spist kan jeg godt igen saa jeg venter at have taget et £ til, naar jeg kommer hjem. Det er vist Luften heroppe, der er umaadelig sund og styrkende. Først i Gaar kunde Las rigtig begynde paa sit Billede af Hunden i Lyngen, hidtil har vejret været for daarlig. I Gaar Eftermiddags var Schou Las og jeg ude at lede [overstreget: E] efter Svampe; vi skulde over en lille Mose men da Las var bange at jeg skulde falde paa de vaade Stene, bar han mig over, men gled selv, saa vi begge faldt i Mudder til Midt paa Benene; jeg havde min hvide Badekjole paa, den blev kulsort. - I Dag har jeg været med paa Jagt; d.v.s. det var uden Bøsse, han vilde fange en levende Urhane, han har fanget en, men vilde have én til. - Jeg husker ikke, om jeg skrev, at vi en af de første Dage, saa en Hugorm, [indsat: den] løb lige for Fødderne af os i Lyngen. - De tre Børn ere saa søde, Kunstnerens største Dreng er forfærdelig grinagtig og rigtig artig. De to [overstreget: M] mindre have [overstreget: have] haft ondt for tænder og været daarlige nogle Dage, baade Kunstneren og Schou ere saa flinke til at hjælpe til at passe dem. - Det er storartet, at der er Udsigt til at jeg kan blive borte et Par Dage ind i Sept. jeg nyder hver eneste Dag. Las talte om [overstreget: l] i Dag, at [overstreget: jeg] han maaske vilde rejse med, naar jeg rejste, selv om de andre blev et Par Dage til. Det vilde jo lette Afskeden betydelig. - Han sidder og læser her ved Siden af og beder mig hilse mange Gange. - I Morgen skal jeg holde Storvadsk, man sviner en Masse Tøj til, navnlig Strømper. - Her tales om en Køretur en af Dagene men vi ere saa optagne, at vi næsten ikke kan overkomme alt hvad vi gærne vil. Vi ere næsten daglig ude at plukke Bær; nu begynde Tyttebærrene rigtig, de ere dejlige ; jeg skal nok virke for at faa nogen sendt hjem. Marie mener nok, et kan lade sig gøre. -- Vil Du hilse mange Gange paa Gelskov, bare O. Syberg dog ikke opgiver den Rejse - 1000 kærlige Hilsner til Eder allesammen. Mon "gamle" virkelig gaar og længes efter mig? Klap ham fra mig det gamle Skind. - Hils ogsaa Ane. - Eders i Sundhed og Velstand svævende Alhed
+Du skriver vel snart igen?</t>
+  </si>
+  <si>
+    <t>1897-09-07</t>
+  </si>
+  <si>
+    <t>- Andersson
+Johan Elmqvist
+Johanne Giersing
+Adolph Larsen
+Karl Schou
+Marie Schou
+- Strömdal
+Anders -, Sverige
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Christine og hvem Maries mand er. Heller ikke Gryllesen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været hos Österberg med 1000 kr. til arbejdsløn. Elmqvist var forbavset over, at Alhed havde så mange ringe på.
+Anders fortalte en masse om, hvor elendigt Christine (ikke Swane) passede huset.
+Efter middagen gik Larsen på jagt i regnvejr. Adolph Larsen (Agraren) og Fritz Syberg (Baronen) var på jagt dagen før, og Syberg forstuvede foden, så i dag er han hjemme og passer Johanne (Besse). Derefter følger en lang beretning om en mislykket jagttur. Larsen og hans bror plukkede dog nogle rørhatte. 
+De folk, der var på tur til markedet, købte småting med hjem, og Johannes Larsen vil sende Alhed noget. Maries mand købte en ged.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ8S</t>
+  </si>
+  <si>
+    <t>Höljeryd 7 Septbr (Långaryds Marknad.) 1897.
+Min egen Kæreste!
+Saavidt jeg husker lovede jeg i Gaar at skrive naar jeg kom hjem, men da det jo er Markedsdag i Dag er det umuligt at faa Brev af Sted til Landeryd og jeg opsatte derfor Skriveriet til i Eftermiddag. Det varede noget inden vi kom fra Stationen i Gaar, Anders havde nogle Ærinder at besørge først, jeg var inde hos Elmquist og blev tratteret med en Bayer og 1 Cigar og tog til Gengæld 1000 Kr. med til Østerberg til Arbejdsløn. Elmquist var forbavset over den Masse Ringe Du havde paa, en 3-4 Stykker, mente han, jeg antager det var Slangeringen han havde faaet Øje paa, men han mente Du maatte være for ung til at være Enke, her faar de nok en Ring hver Gang de bliver forlovet og en hver Gang de bliver gift, og beholder dem, saa de jo efterhaanden kan faa en hel Samling, han mente for Resten at Du ikke kunde være mere end aderton – nitton År, og paastod at Folket sagde Du var min Fästemø. Vi kom sen af Sted og havde med som Passager en søn af Carl Andersson, Carlsro, da [vi] kom til Nyby slap vi ham og saa kan du tro at Anders begyndte at fortælle mig hvad Christine var for en, og hvor usselt hun passede Huset og Kreaturerne, og hvordan hun drak sig fuld sammen med Mo[ulæseligt], skønt Munden gik livligt paa ham kunde han dog blive ved med det til vi naaede omtrent hjem. Da vi havde spist til Middag gik jeg paa Jagt og fik en Hønekylling, hvad vi jo manglede i at have nok til en Middag. Det regnede for Resten af og til hele Eftermiddagen og det var egentlig ækelt at gaa i Skoven, jeg er snart ked af at gaa paa Jagt i alt det vaade og saa kan Hunden jo ingen Ting finde og Vildtet holder ikke. Agraren og Baronen var ogsaa ude i Gaar Eftermiddags, og de kom hjem med det Resultat at Baronen havde forstuvet sin ene Fod ved at krybe over et Hegn, og nu gaar han omkring ved den tykke Stok. I Formiddags gik Agraren og jeg paa Jagt, Baronen blev hjemme og passede Besse og Resten kørte paa Markedet. Det var ellers en temmelig uheldig Jagttur vi havde, saa snart vi var kommen derhen hvor vi hentede Myrerne fløj der 2 Tjurhøner op og vi skød paa hver sin uden at træffe nogen af dem, lidt efter fløj de ud af et Par Træer, og jeg kastede et Skud efter den ene igen bus, vi gik saa igennem Ekhult og Båxhult der traf vi en Høne som vi ikke fik Skud til og ude i Bækken der løber fra Horshult Søen ud i Aaen lettede der et halvt hundrede Ænder, men for langt ude, dem gik vi efter og der hvor Bækken løber ud i Aaen fik jeg Øje paa nogle af dem, der laa saadan at jeg kunde krybe til dem bag nogle Buske, hvad jeg ogsaa gjorde, men skønt jeg var saa beskeden kun at holde paa den nærmeste, som laa alene, jeg gjorde det for at være sikker paa dog at faa noget for mit Skud, opnaaede jeg kun at den efter Agrarens Beretning blev et godt stykke efter de andre, men de fløj om bag en Skov paa den anden Side Bækken saa vi kunde ikke gaa efter dem. Lidt efter jagede Tjalje en gammel Urhane ud i noget Krat, jeg saa kun et Glimt af ham mellem Træerne, men fyrede dog en Patron paa ham, til ingen Nytte naturligvis. Det regnede af og til som sædvanlig og jeg blev mere og mere led ved at gaa, men vi gik dog ned over Broen og om i Kongsveka, hvor vi tossede dygtigt rundt og saa nogle Høns uden at faa Skud indtil der pludselig lettede en stor Flok mest voxne Hanekyllinger, et lille Stykke fra mig, de satte sig imidlertid strax igen og vi gik saa hen til dem, jeg fik Øje paa en der gik paa Jorden, men den forsvandt strax, saa opdagede Agraren en og spurgte om han skulde skyde, jeg sagde ja og han skød, saa kom hele Flokken op og jeg skød Bus paa en der fløj ud til Siden, 2 Patroner spildt igen, noget efter stod Tjalfe for en Hanekylling, den kom ud til Agraren, bus, i alt 8 Patroner ingen Høns. Vi traf saa flere af Flokken og nogle Tjurer uden at faa Skud mere og gik saa hen og samlede Tasken fuld af Rørhatte, udmærkede Rørhatte, bedre end sidst, alle sammen saadan [tegning] eller saadan [tegning] omtrent halvt af hver i Størrelse. De andre var kommen fra Markedet og havde spist Frokost da vi kom hjem, Maaltiderne er nemlig lagt om i Anledning af Markedsturen og vi skal først spise en Gang i Aften, jeg mener Middagsmad. Frokost har jeg spist. Vi skal have Suppe med Rødder og Rørhatte, jeg har skrællet de halve faaet Lov til at de maa komme i Suppen, Urhøns, stegte, og Krøsengrød med en Mængde tyk Fløde som der ikke skal Mælk i. For Øjeblikket skinner Solen og Agraren og Baronen staar ude ved Havelaagen og morer sig med at se paa de mere eller mindre fulde Maarkedsfolk der stadig ruller forbi. Dem som var paa Markedet herfra havde en Del Sukkergodt med hjem. Agraren fik et lille Glaskrus [tegning] med noget Syltetøj i jeg fik 2 flade Tallerkner med Sukkergodt inden i og Billeder og Vers udenpaa, og den ene er til Dig, Du skal faa den nu hvis den kan være i Brevet ellers maa Du have Taalmodighed til Du faar mig at se. Nu tror jeg at jeg vil holde Pause til vi har spist saa skal jeg fortælle Dig om en Konvolut Marie fik af Schou og om hvad der staar paa den det kan jeg nemlig ikke huske. – Jeg har været inde og set at der er Pærer i Tyttebærgrøden. – Efter Middag. Paa Maries Konvolut staar der: ”Til den snällaste Flickan på hela Marknaden” og neden under ”jag älskar dig glöm ej mig”. Jeg sender her med din Pakke som er en hel Del mindre min og ikke saa pragtfuld men meget kønnere. Naar jeg nu har tilføjet at Middagen forløb udmærket, naar undtaget at Gryllesen [?] hele Tiden blev plaget af en ”slim Loppe” tror jeg at jeg har givet Dig en temmelig udførlig Beretning om hvordan det er gaaet til her siden i Gaar Middags, nej det er sandt her har gaaet en Gedebuk omkring, det var den vi mødte henne ved Strømdals da vi kørte til Landeryd, Maries Mand havde købt den for 10 Kr. den er temmelig skikkelig naar man giver den Brød, men naar der ikke er mere stanger den. Nu vil jeg hilse Dig fra alle her og naar jeg er færdig med Brevet vil jeg gaa ind i Spisestuen og spørge om det ikke er rigtigt at jeg har gjort det. Jeg længes meget efter Dig og efter at høre hvordan Du er kommen hjem og hvor meget Du saa vejede. Det er bleven et meget langt Brev og det er vist fuldt af Sludder, men jeg haaber at Du kommer igennem uden at kede Dig altformeget. En hel Mængde allerkærligste Hilsner fra Din egen Kæreste, er jeg ikke det?
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1897-12-09</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Maren -
+Johanne Giersing
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Christine Swane boede hos familien Syberg i Svanninge på Sydfyn fra efteråret 1897 - maj 1898. Erikshåb er Alhed Larsen barndomshjem, som ligger tæt på Svanninge.
+Marie Larsen arbejdede hos familien Lorentzen på Nedergaard ved Kolding.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal til Erikshaab på søndag og kommer herefter over til Christine i Svanninge. Han har den nye hund med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2Io</t>
+  </si>
+  <si>
+    <t>Onsdagmorgen
+Lykke og Velsignelse kjære Christine og megen glæde i det nye Aar – først og fremmest at du ret maa faa fat paa Guds store Kjærlighed.
+Jeg skal nok komme ud til dig iaften de kom først i Nat uden at vi vidste det. Brevet der skulde melde deres Ankomst kom først nu men godt er det at det er kommen saavidt at vi har dem
+Marie sover endnu men jeg skal dog op at se til hende – Mad[ulæseligt] er fra Marie. Alle hilser – Georg sender det lugtende – Baandene maa du selv vælge. Her er en frygtelig Travlhed
+Gotterne er fra Adolph
+Med Hilsener fra din glade Moder
+Hils alle
+Kjerteminde den 9/12 1897
+Kjære lille Dinemor!
+Du er vel dog rask igjen og taale at spise Svinemad du maa vide jeg fik pludselig Lyst til at I kjære Venner paa Søndag skulle spise samme Slags Mad som vi andre derfor fik jeg Lov af Fader at sende denne lille Pakke ønsk dem velbekomme alle sammen
+Vi vasker derfor faar du ingen langt Brev min Ven og igaar bryggede vi – Nu kom Maren og vil afsted med Pakken til Marie hendes lyse Kjoleliv er herhjemme for at pyntes lidt op der skal være Selskab paa Søndag
+Johannes skal ned til Erikshaab næste søndag og kommer saa over til Eder og saa følges I vel hjem sammen den lille Hund kommer med det bliver noget for Børnene den er saa kjøn fortæl mig hvad den skal hedde
+Nu maa jeg slutte med mine allerbedste kjærligste Hilsener
+Gud ske Lov det gaar dig saa vel
+Hils Alle
+Det er en saa aldeles udmærket Ridsefjer denne
+Den er brugt til alle Eksamenskort</t>
+  </si>
+  <si>
+    <t>1898-02-14</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Carl Frydensberg
+- Grøn
+Peter Hansen
+Anders  Kragh
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Thorvald Røhl
+Karl Schou
+Christine Swane
+- von Rosen
+- Woldemar</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er blevet spurgt, om han vil fortsætte med at undervise i tegning på Teknisk Skole. Det vil han kun, hvis han får lønforhøjelse eller slipper for, at der er damer på holdet.
+En Fru Grøn har via von Rosen bedt om at låne Larsen-tegninger at brodere efter.
+Larsen har ikke vist Peter Hansen sit maleri af Christian Andersen, og Peter Hansen må først se det, når det er mere færdigt.
+Peter Hansen og Johannes Larsen har været på jagt på Taarbystranden (kaldes i nutiden Taarup Strand). 
+Larsen synes ikke, at Alhed skal bebrejde ham, hvad han skrev om Hr. Woldemar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vVbh</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Februar 1898.
+Min egen Kæreste!
+Tusind Tak for Dit Blyantsbrev som jeg fik til Morgen, Du kan tro jeg blev glad ved at læse at Du nu er rask igen. Jeg syntes det var saadan et trist Brev jeg fik i Gaar og jeg gik og var i daarligt Humør hele Dagen, derfor skrev jeg ikke til Dig, det var dog ikke alene paa Grund af Dit Brev, men jeg havde sovet daarligt om Natten og ærgret mig over den tekniske Skole om Aftenen. Kragh, det er Inspektøren, var for Resten deromme og efterspurgte om jeg ikke vilde blive ved at være Lærer, naar Klassen blev delt, saa at jeg kun blev Lærer i Skyggetegning, Tegneinspektøren havde sagt at det var altfor meget for en Lærer, og at de ikke skulde bryde dem om at Skolen kom i Gæld det blev nok betalt. Jeg lovede dog ingen Ting men jeg har tænkt mig at hvis jeg bliver i Byen til den Tid vil jeg stille den Betingelse at jeg enten vil have mere for Timen eller ogsaa fritages for at undervise Damer. Jeg var saa nede hos v. Rosen og spiste til Aften med ham i Lørdags før jeg gik paa Skolen. Det han vilde tale med mig om, var at en Fru Grøn i Kjøbenhavn havde bedt ham spørge mig om hun maatte laane en Fugletegning af mig til at sy eller brodere noget efter. Han havde saa skrevet til hende om at sende noget hun havde lavet, for at jeg kunde se hvad hun kunde. Hun havde saa sendt en lille Kat, som saa meget illuderende ud, men jeg kunde ikke rigtig forestille mig hvad hun kan deraf. Du maa undskylde hvis det er noget Vrøvl jeg skriver, for Fader, Moder, Klaks og Agraren taler i Munden paa hinanden. Agraren bad mig om at hilse Dig. Han skal gaa til Ullerslev nu og jeg vil følge ham lidt paa Vej i det dejlige Vejr. Jeg er nu kommen hjem fra at have fulgt Agraren paa Vej, jeg fulgte ham til Revninge Kirke, og jeg kan vist naa at skrive lidt inden vi skal spise til Middag. Vejret er knap saa kønt som det var i Morges, da var det helt klart, og da jeg kom ned paa Bagvejen sad der nogle Stære og fløjtede af fuld Hals oppe i de store Popler. Da jeg fulgte Agraren var jeg inde hos Chr. Andersen for at sige at jeg ikke kom, det passede udmærket ha han ikke havde Tid at sidde, men i Eftermiddag kan vi igen, jeg fik malet lidt paa Hænderne i Gaar Formiddags og det gaar i det Hele pænt fremad med Billedet. Hvad Peter synes om det kan jeg ikke fortælle Dig, da han ikke har set det, han faar det heller ikke at se, saa længe der er noget paa det jeg kan gøre bedre og jeg haaber at det varer noget endnu inden jeg naar saa vidt. I Gaar Eftermiddags var v. Rosen oppe at laane et Par Tegninger til den Dame det er en Moster til Frydensberg, fortalte han; han var ikke meget glad ved at have faaet den Kommission og han vilde forlange at de skulde assureres. Da han var gaaet gik Peter og jeg ud med Bøsserne, nærmest for at gaa en Tur ud paa Taarbystranden, der skal have været en Del Gæs i de sidste Dage derude. Paa Vejen traf det saa at Tjalfe stod for 5 Høns henne i vores Mark, og han kom strax da jeg fløjtede ham af og gik saa frem til dem igen, saa for at belønne ham, skød jeg saa den ene og anskød den haardt Peter skød ogsaa men traf ikke, jeg fortrød strax at jeg havde skudt paa den jeg syntes det lignede noget i retning af Mord og vi gik saa efter den og Tjalfe fandt den meget rigtigt der hvor jeg antog den maatte være falden, og stod for den, jeg tog den saa og slog den i hjel, men jeg ærgrede mig over det hele Tiden og gør det endnu, længere ude i Marken traf vi Fader, som spurgte om det var en Krage vi havde skudt efter og jeg sagde ja og paa Spørgsmaal om vi fik den, nej. De Løgne ærgrede mig endnu mere trods jeg ved at jeg sparede ham for en Ærgrelse ved ikke at fortælle ham Sandheden og det ærgrede mig ogsaa. Jeg havde en Ærgrelse mere i Aftes, jeg vilde nemlig gerne have været om i teknisk Skole for at høre et Foredrag om Astronomi af Thorvald Røhl, med Forevisning af Lysbilleder og saa kom jeg først i Tanker om det da vi var komne i Seng. Peter vilde ogsaa gerne have været med. Der var Brev fra Marie og Christine i Gaar de har det godt men Marie klager over at Du slet ikke har skrevet til hende og Du har lovet hende et langt Brev. Fra Schou fik jeg et Brevkort om at Bogbinderen var ankommen og gerne vilde have nogen Bøger til Indbinding. Jeg sender ham et Par stykker i dag. Jeg saa 2 Viber i Gaar, det bliver nok helt Foraar til Du kommer. Du kan tro jeg glæder mig til det, men jeg synes ikke Du skulde holde op med at fede Dig til, Du kommer her over, min Dygtighed som Fodermester viser sig ikke paa mig selv i Gaar vejede jeg kun 156 Pund, saa jeg har vist tabt et Pund siden forrige Søndag. Jeg maa indrømme at Din sidste beskrivelse af Hr. Woldemar ikke ser tiltalende ud, men Du maa ikke bebrejde mig at jeg ikke kunde opdage alle de daarlige Sider hos ham i dit første Brev, hvor der ikke stod et Ord om dem og der er ikke Spor af Nødvendighed i at et Menneske der ikke taler over sig ved Bordet, skal sidde og mule i et Kabinet hele Aftenen. Rent bortset herfra kan han jo for Resten godt være paa det rene med at man i Almindelig spiser bedre i et privat Hus end paa en Restau
+[Resten af brevet mangler i kopien]</t>
+  </si>
+  <si>
+    <t>1898-03-30</t>
+  </si>
+  <si>
+    <t>Københavns Domkirke
+Stege
+Ullerslev Kirke, 5540 Ullerslev</t>
+  </si>
+  <si>
+    <t>Kristina Eckardt
+Viggo Johansen
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Nicolaus Lützhøft
+- Petersen lærer Dalum
+Theodor Philipsen
+Christine Swane
+Anna Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>A/S Em. Z. Svitzer Bjergnings Entreprise blev stiftet 1833. Den første danske bjergningsvirksomhed (Den Store Danske). Det er uvist, hvem Nielsen er
+Galleriet er muligvis Kunstforeningen i København.
+Alhed Larsen tog i denne periode sangtimer hos Hedevig Lützhøft i København.
+Christine Swane opholder sig hos Anna og Fritz Syberg i Svanninge og passer børnene Hans og Besse.
+Det er uvist, hvordan fru Mohr og præsten passer ind.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København sammen med Alhed. I.A. Larsens skib Rhea er stødt på grund. Det er vanskeligt at håndtere papirarbejdet. Anna Syberg har fået billeder med på en udstilling i København. Vilhelmine Larsen håber meget, at Johannes får solgt nogle billeder. Det er snart påske og familien skal samles. Alheds lillebror - Dedde - skal konfirmeres d. 3.4 (Palmesøndag).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ib7c</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 30/3 98
+Kjære Johannes!
+Jeg har ventet paa Besked om Rhea men først nu idag kan jeg svare den staar paa ren Sandbund og Svitzers dykkere skal tage den af, Skib og Ladning deler Udgifterne der har været forlangt 1000 [Mrk.] men det gaar Fader vist ikke ind paa. Lasten menes at være ubeskadiget da Skibet er tæt, men vi ved intet om Ladningen skal sejles til Stege. 2 meget vanskelige Breve fra Nielsen er vi kommen igjennem var vi ikke saa øvede gik det ikke – 
+Nu kom her Brev fra Agraren han faar Ferie Mandagaften saa vil han blive derhenne Søndagover besøge Christine Eckardt Søndagformiddag og Lærer Petersen om Aftenen, dersom du og Alhed vil hjem om Mandagen saa kan vi jo hente Eder alle 3 – Mandag Eftermiddag
+Fru Mohr var her igaar hun fortalte at de skulde samles hos Præsten om Mandagen og gaa til Alters om Tirsdagen, bliver Alhed derude den Dag saa kan hun følges med Uglen som først kan komme Onsdag da Sybergs er i København og har bedt hende om at blive hos Børnene vi kunde jo saa hente dem i Ullerslev 
+Christine Eckardt har Agraren lovet at hente i Ullerslev Torsdagformiddag da han ikke kan komme før, Marie har jeg slet ikke hørt fra siden vi kom saa jeg ved ikke om hun kommer i Paasken, men nu skriver jeg til dem begge i Eftermiddag
+Christine er meget glad fordi Anna Syberg har faaet sine Billeder antaget paa Charlottenborg du har maaske allerede talt med dem
+Dine Bøger kom i dag og jeg fik dem løst, Faer og Vilhelm synes Bindene er grulige grimme det synes jeg nu ikke
+Vi skal slagte Grise i morgen og jeg bryggede igaar og vi vasker lidt idag saa du ser vi ere i fuld Arbejde med al huslig Gjerning
+Du haar vel allerede seet Sybergs Avisen kom nu ere I fornøjede med Indkjøbene til Galleriet fra begge Sider – det glædede mig at de kjøbte baade af Phillipsen og Viggo Johansen – det er dem jeg kjender
+Jeg glæder mig rigtig denne Gang til at høre dig fortælle om Malerierne nu kjender jeg dog en lille flygtig Deel af det , husk at fortælle Lythøft at jeg har rullet hans Maleri sammen det er dog fremad saa naar det nok at komme hjem engang
+Idag kom her et stort Brev til dig det [ulæseligt ord] da Fader ingen Fuldmagt havde, skrev vi din nuværende Adr. paa saa du har vel allerede modtaget det naar du faar denne Pakke
+Jeg haaber for dig at det er glade Dage du har derinde i Hovedstaden især nu I ere samlede derinde, min Sorg er dine Pengesager hvordan skal du klare dig oh skriv mig dog et lille Ord om det ikke lysner jeg kigger med Uro i Avisen, men jeg er dog ikke styggere end jeg glæder mig meget for hvert Billede der sælger men dig du min kjære under jeg dog bedst et Salg; naa Aabningstiden er jo lang endnu, det kan komme. Vi har nu 6 Lam og de ere raske – flere bliver der ikke – og Peder er solgt til Slagtning paa Lørdag det er alt det nye her – vi ere raske og hilser Eder saa kjærlig 
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1899-03-20</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Johanne Giersing
+Jørgen Hansen
+Anders Madsen
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at det er blevet vinter. Dagen forinden var han og Tuk med Jørgen Hansen ude at sejle. Ved Dyreborg blev de overfaldet af en snebyge med hård blæst og måtte krybe i læ og så vende hjem. Tuk sov gennem det hele og er i dg ude at køre med slæde. Besse går ud med ham men kommer straks tilbage og fryser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Vzls</t>
+  </si>
+  <si>
+    <t>Svanninge 20 Marts 1899
+Kære Høns
+Vi har fået Vinter her, hvordan er Klimatet hos Jer? I Går var vi ude at sejle, Jørgen Hansen, Tuk og jeg. Vi kom kun til Dyreborg, så blev vi overfaldet af en Snebyge med hård Blæst og måtte krybe i Læ ved Anders Madsens Bro. Efter at vi havde ventet en Times Tid, hvori Vejret tog til stak vi hjem igen. Tuk sad hyllet i min Kavaj, Islænderen og den store Skindpels og fald i Søvn og sov fra hele Historien. 
+I Dag er han ude og kører med Slæde, Vinden og Forårsluften har snart farvet ham til Indianer Besse går ud med ham en Gang imellem, men kommer straks hylende tilbage og fryser.
+Tak for Brevet og Farveladen, Børnene står allerede og smører løs af alle Kræfter. Du skriver ikke noget om om Oppermann får solgt nogen Akvareller? Mange Hilsener fra Din Fritz
+Hils Fransiska og Marie.</t>
+  </si>
+  <si>
+    <t>1899-03-22</t>
+  </si>
+  <si>
+    <t>Niels  Dorph
+Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Børnene er begejstrede for de gaver, Anna har sendt. De maler billeder til Anna, men har lidt tabt interessen. Fritz er ved at lave et skib til Hans. Det er blevet vinter med frost og snestorm. Fritz er blevet skidt tilpas, men glæder sig over, at Anna tog afsted inden, da hun vel ikke var rejst ellers. Børnene har det godt.
+Brevet er skrevet på bagsiden af et brev fra N.V. Dorph til Fritz Syberg angående muligheden for at få en gengivelse af et arbejde fra forårsudstillingen med i den oversigt som bladet "Kunst" bringer i april.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZljA</t>
+  </si>
+  <si>
+    <t>Svanninge d. 22 Marts 1899
+Kære Høns!
+Dine Foræringer til Børnene i Dag gjorde umådelig Lykke. Besse var henrykt over at Puttinele havde små Støvler på og Tukkuk lo så han klukkede da han genkendte sin gamle Ven Nulejessen, han havde just ligget og fortalt mig om hvordan han (Nissen) optrådte ude hos Mester i Julen. Nu ligger de og maler Billeder til Dig, men de bliver vist ikke så vellykkede som dem de lavede i går. Det morer dem ikke rigtig at male længere. – Desuden har jeg i Dag begyndt at lave et Skib, en kragerigget Jolle til Tukkuk, foreløbig har jeg ikke fået gjort andet end udhulet Skroget, men den optager alligevel stærkt Tuks Fantasi.
+Vi har en ren balstyrig Vinter her, med Frost og Snestorm. Jeg går og hænger af og er meget skidt tilpas, men der er jo ikke noget at gøre andet end vente med Tålmodighed på at det skal blive Forår.
+Det glæder mig at Du kom afsted inden jeg blev skidt igen ellers havde Du vel ikke rejst. Mor Dig nu godt. Børnene er raske og kvikke. Især er Tuk en Pokkers Karl til at døje Mosten. Hilsen til alle og Kys fra Børnene og Din
+Fritz. 
+[Brevet er skrevet på bagsiden af et brev fra deb 18. februar 1899 fra N.V. Dorph til Fritz Syberg - se dette]</t>
+  </si>
+  <si>
+    <t>1899-04-07</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Mary Brandstrup
+- Dahl, kemiker
+Leonard Holmstrøm
+Alhed Larsen
+Johannes Larsen
+Charles Pear
+Dudley Pray
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Sawyer, Harris' mor
+William Henry Schofield
+Hempel Syberg
+- Tiffany
+Tizian Vecellio
+Emil Vett
+Albrecht  Warberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Theodor Wessel</t>
+  </si>
+  <si>
+    <t>Sølvbestik, hvor bogstavet 'W' indgår, er primært forbundet med den danske sølvvarefabrik W&amp;amp;S Sørensen (W. &amp;amp; S. Sørensen), som var beliggende i Horsens (Wikipedia marts 2026). 
+Dubra: Fin, udmærket (af russisk dobra; Ordnet.dk). 
+BISSEN-serien er danskdesignede og -producerede lamper, der alle er håndlavet efter gamle, klassiske håndværkstraditioner (Internettet marts 2026). 
+Harrs Sawyers mors navn kendes ikke. Følgende personr er ukendte: Mr. Robinson, Miss Morison, Mc Dowell, Clarence Buck, de to Miss Andrews og deres bror samt far. Der findes i 2026 et laboratorium i Danmark ejet/ledet af en Jürgensen, men det vides ikke, om det er dette, som Ellen Sawyer nævnte i brevet i 1899. 
+Wales-hat: I dag er hatte af denne stil forbundet med puritanerne og pilgrimmene til Amerika på grund af deres enkle design. 
+I modeverdenen omkring år 1900 refererer "indianerhatte" ofte til de ekstremt prangende og store hatte, som var højeste mode i den edwardianske periode (ca. 1890–1910). Selvom navnet i dag lyder misvisende, blev det brugt, fordi hattene lånte voldsomme mængder af ægte fjer og teksturer, der for datidens europæere ledte tankerne hen på det eksotiske eller "vilde". (Internettet marts 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1569</t>
+  </si>
+  <si>
+    <t>Man har udbragt Alhed/Be Larsens skål i anledning af hendes fødselsdag.
+Udover penge har Ellen og Harris Sawyer fået en mængde sølvtøj, glas og porcelænsgenstande i bryllupsgave. Harris havde i forvejen noget. 
+De to har holdt et selskab med gode venner på besøg. En af dem er pianist, og hun spillede dejligt. Harris havde fyldt kalkunen med kastanjer og svampe, og svigermoderen stegte den. Man fik også hummer, og en stuepige var hyret til at servere. Når Ellen og Harris får deres eget hjem, vil de holde flere selskaber. De har købt diverse møbler.
+Harris' mor er 52 år, men hun ser gammel ud, for en blodstyrtning og hendes bekymring for Harris, som har et dårligt helbred, har aldret hende. Dog er hun meget klog, læser en masse, har i en moden alder taget eksamener og deltager i foreningsarbejde. 
+Mr. Tiffany, Harris' chef, har ønsket, at Harris tog på forretningsrejse, men det vil Harris ikke uden Ellen. Hvis Harris var stærkere, kunne han tjene mere, og han og Ellen kunne flytte til København. De har formodentlig ikke råd til at komme til Danmark denne sommer. 
+Harris' assistent, Hr. Dahl er pianist, fungerer som organist i en norsk kirke og har klaverelever. Han er en dygtig kemiker, norsk, vegetar og bomstærk. Ellen vil invitere ham på middag. En anden assistent, Dudley Pray, var ubrugelig, men Harris har foreslået ham at tage til København for at dygtiggøre sig, og det har han nemt råd til. 
+Ellen beder sin mor sende viskestykker mm.
+Harris' mor hundser med sin mand, som forguder hende. Harris' far er tømrermester, men forretningen går dårligt. Han er dannet og elegant, morsom og opmærksom. Hans hovedinteresse er haven samt et regiment, hvori han er commander.
+Helen Sawyer arbejder på kontor og tjener kun lidt. Hun blander sig i, hvilen har Ellen går med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oTUG</t>
+  </si>
+  <si>
+    <t>Boston d. 7de April.
+Kæreste Mor!
+Jeg er meget forbavset over, at mine Breve ikke ere udførlige, (- jeg synes, at jeg er bleven til en sand Skrivemaskine) – men det kommer måske af at jeg har skreven så mange Breve rundt omkring til [”til” indsat over linjen] siden jeg kom her over, og jeg glemmer så efterhånden, hvad jeg har skreven om til hvem. 
+Idag er det nok Be’s Fødselsdag og jeg har sendt hende mangen en Tanke, - gid det nye Aar må begynde godt og ende ["ende" overstreget] fortsættes godt. – 
+Iaftes Klk 8 hvor ["hvor" overstreget] over Middag, blev hendes Skål udbragt af Dr. Schofield og drukket med stort Bifald, idet som han sagde: ”i dette Øjeblik er det i Morgen i Danmark”. 
+Det kan vel nok være at [”at” indsat over linjen] vi får solide Brudegaver hjemme fra, - 320 Kr. i Anmarsh på et Brædt. – Men vi ere Gudskelov Mand for at formøble dem. Vi sætter dem alle i Bordting, - Eastman har lagt dem alle ud og føler sig lidt slunken for rede Penge lige for Tiden. 
+Vi ejer nu 10 tunge gedigne Sølvgafler, do Suppeskeer, do mindre Gafler, do store Theskeer, do Kaffeskeer. Dessertskeer har vi ingen Brug for, da Deserten næsten altid er Is, som spises med Theskeerne. Der er Navn på det alt sammen et sammenfletter W og S sammenflettet og indsat over linjen og det er ganske ualmindelig smukt. Tegning.
+Endvidere en Fiskegaffel, (en stor Gaffel – af en egen Facon i samme Mønster – en stor Gaffel til at tage Steg med. – Samt: 12 slebne Vinglas [Tegning] alle er henrivende. Fint Glas, rent Glas med den herligste Klang. Foreløbig vil vi ikke have flere, - tænk, de har i Reglen slet ikke Vin til Middage og finder at vi ekstravagerer ved at have Sherry! 12 Fingerskåler, el. hvad de kaldes af det samme henrivende, fine Glas, aldeles glat kun med en Stjærne i Bunden. En slebet Karaffel, 6 små Kaffekopper af københavnsk Porcelain. – Vi havde ledt flere Butikker igennem for at finde nogle pæne små Kaffekopper, men uden Held, - de har en rædselfuld Smag med mange Ting, - indtil vi endelig i en afsides Krog i en Vett &amp;amp; Wessel lignende Butik fandt disse. V ["V" overstreget] East udstødte et Glædesskrig, - han er helt tosset efter det. Vi kan få et helt Sæt der, og vi vil have det i vores eget Hus, - vi vil købe det lidt efter lidt, det koster 72 Dollars til 12. 
+Når Eastman kommer hjem skal vi nærmere udarbejde en Liste over alt det og bestemme hvem vi har fået det fra inden vi skriver og takker Onkel Syberg. – 
+Jeg ved ikke hvem af os der er mest stolt af alle vore pæne, fine Ting, og Eastman er en hel Las efter den Slags, - vi går mange Gange om Dagen hen og kigger ned i vores Sølvskuffe og åbner vovs ["vovs" overstreget] vores Glasmontre (?) og får vores Glas til at klinge, og beser det hele. Han havde i Forvejen 12 slebne Punchglas Tegning, som vi kommer Desertisen i. Vi bl ["bl" overstreget] bruger dem også til Lemonade, som Aftenfremmede for det meste trakteres med. Den øses op af en Punchbowl som E. også havde. Han havde også 6 Par små fine Kopper med et Mønster som stærkt ligner kb ["kb" overstreget] københavnsk Porcelain. – Vi har fået 6 Deserttallerkener af fint, fransk Porcelain, - de ere næsten gennemsigtige, - fra en Husven, en ung Mand, som menes at komme her for Helens Skyld. – En lille Sukkerskål og Flødekande af tungt Krystal, bedårende, - det ser ud til at have været en kostbar Historie – Ven af Huset.
+En lille Krystalkonfektskål, en lille Krystalkande med Sølvlåg, som de brugte til at have en Slags Sirup i, som kommer af en vis Slags Træ om Foråret. Jeg har endnu ikke set det. - En Kiksspand, vel ment, men rædselsfuld. Syltetøjske, Sardingaffel, - en lille rund Visitkortskål af Sølv, nydelig. En hvid Løve, ikke særlig interessant. Schofield gav os et Billede, som han har haft med fra Milano: En Dronning Louise som går ned af en Trappe. Det er kønt og hænger i Dagligstuen. Disse Presenter ere alle fra fjærnerestående Venner, Familjer af de nærmere Venner bliver ved at spørge, hvad vi ønsker men lader det blive derved. 
+Selskabet i Aftes var særdeles vellykket. Gæsterne var Schofield, Mr. Pear (ham med Tallerkenerne), Mr. Robinson, Student sammen med Harry og Schofield, - Dr. i et el. andet, fin og tiltalende. Miss Morinson, Pianistinde, Elev af Mc.Dowell. Hun er sød, naturlig, stilfærdig, - sjældne Dyder her. Hun spillede en Del for os, - dejlig Musik. 2 Miss Andrews med Broder, hvis Fader Dr. Andrews for nylig i en Marskandiserbutik for et Par Dollars købte et stort Maleri af Titians Broder – De ere Veninder fra gammel Tid af Harris, - men han siger man skal have dem i Enerum for at få noget rigtigt ud af dem, - i Selskab ere de lidt støjende, lidt for agerende. Den ene sang henrivende. – Harris, Helen og jeg var Resten, 10 i alt. – Alle i stiveste Puds, og det er ikke lidt her i Amerika. Jeg var i Silke, sad for den ene Bordende og havde Schofield til Bords. – Jeg vilde give en Del for at du kunde have set Bordet: alt det nye Sølv, som skinnede som Solen, hele Bordet pyntet med Nelliker i alle Farver og Bregner og ellers kun små Dele med Konfekt, samt en lille Del med Oliven og èn med Radiser, en lille Del med Smør ved hver Kouvert, som de nød af under hele Måltidet. Maden var dubra. Eastman havde selv lavet Kalkunindmaden efter en Kogebog, - der der ["der" overstreget] var Kastanjer, Champignon i den [”i den” indsat over linjen] o.s.v. Kalkunen selv stegte Svigermoder, det ["det" overstreget], Hummerretten lavede Eastman også ¼ Time før de kom – det var rafineret Hachis af Hummere, Trøfler, Majonese. Det var i det hele så gennemrafineret. Vi havde en lejet Stuepige, som opvartede udmærket. – East talte for Schofield, denne for mig. Det var meget muntert og hyggeligt. Du kan tro, det var kosteligt at være Værtinde og ”Midtpunkt” og sørge for at få talt med dem alle. – Desværre er East idag dødtræt. Han tog hele Vært og Værtindeansvaret på sig, - købte alt ind dirigerede alt og han kan ikke tåle så meget.
+Det er meget ualmindeligt med Middage her – altid disse kedsommelige ”at home” el. Aftenbesøg med Hat på og uden Traktement. Vi vil imidlertid indføre små rafinerede Middage som denne, hvor vi inviterer dem, vi virkelig bryder os om og morer os. Men rigtig morsomt bliver det ikke før vi har vort eget Hus. Til den Tid når jeg er mere kendt med alting, kan jeg tage mere af Besværet på mig, så det ikke bliver så trættende for East. – Svigermoder var forfærdelig betaget af det hele, og udtrykte ud i en Køre sin Forfærdelse over Besværet og sin Angst over at H. ikke skulde kunde tåle det. Det gjorde ham naturligvis ikke mindre nervøs. – Det er dog en vældig flot Present fra Onkel Syberg, - og de 20 Kr., som Far havde holdt hen gør sig jo også. – 320 Kr. er en stor Sum. – 
+Lørdag.
+East. mener at alle Presentpenge skal gå i Ting, som ikke kan forgå og slås i Stykker og han betaler derfor alle Glasvarerne selv. – Sølvet selv kostede 64 Dollars, de to Gafler 6 Dollars, og vi har derfor 10 Dollars at købe konstante Ting for endnu. Jeg har megen Lyst til en smuk Stålampe, - men jeg er bange for at det ikke lader sig gøre at opdrive en sådan, - alt hvad jeg har set af Lamper i Vinduer og Butikker har været rædselsfuldt. Jeg bliver helt melankolsk, når jeg tænker på Bissenlampen. – Foreløbig lader vi det stå hen. 
+Vi har også købt flere Møbler, jeg kan med en rolig Samvittighed sige ”vi” fordi jeg satte Resten af min Formue, som jeg havde med, 20 Dollars i det. – Vi har købt 2 Mahogni Stole til – Dagligstuen, med Indlægning af lyst Træ i Ryggen. [Tegning] Det er sand Fornøjelse, så smukke Møbler man kan få her. – Samt en magelig Egetræs Lænestol, som stakkels East. synker ned i, når han kommer træt hjem fra Byen. Samt et stort solidt Egetræs Skrivebord el. Pult. Der er 37 Skuffer i det, sådan noget lignende som denne Tegning. [Tegning]. Der er ikke Poesi skabt i det, men det er en sand Fornøjelse at se East., som han gasser sig over at han nu har et Sted hvor han kan gemme sine 1000 Papirer, Kontrakter, Patenter o.s.v. i en Uendelighed. 
+Ja, jeg skulde jo beskrive Familjen, men det er grumme vanskeligt Svigermoder er den jeg ser mest til og den jeg kan bedst med. Hun er melankolsk, nervøs, sygelig, lider meget af gigt og ser gammel ud. Hun er 52. Hun siger selv at Bekymring for Harry har nedbrudt hende. Siden han for 9 Aar siden havde en Blodstyrtning, har hun ikke været sig selv. Men hun siger at det har lettet siden jeg kom, - hun har afleveret ham til mig og føler mindre Ansvar. Jeg passer ham helt, når han er forkølet, laver alt hvad han spiser, passer hans Tøj o.s.v. Der er meget Pasning med ham for han er rædselsfuld doven til alle Småting, og jeg er bange for, at jeg forkæler ham slemt. -
+Samtidig med at Svigermoder er el. føler sig gammel besidder hun en mærkværdig Ungdommelighed i andre Retninger, - hun leger med en sand Lidenskab med Katten, kan sige de pudsigste Ting og kan goutere en Vittighed som ingen andre. Det er fra hende og hendes Slægt, at Harris har sit gode Hoved og en Jern-hjærne. – De kender ikke til Træthed i Hovedet. Svigermoren læser ustandselig, - får stadig Bøger fra Bibliotheket og sluger dem som en Skoledreng. I en Alder af 40 Aar tog hun fat på at udvidde sine Kundskaber og trådte ind i en Forening, som netop var bleven stiftet den Gang, studerede i 8 Aar de alm. Skolefag, Historie, Geografi, Mathematik og alle Slags på ”tik” og ”gi” og tog tilsidst sine Eksamener med første Karakter. – Jeg kalder det flinkt. –
+Hun har det fra sin Fader og hans Slægt. De fleste ere døde – de vare alle små, sorte musikalske og begavede. En af Svigermoders Brødre skal have været et helt Geni, - Clarence Buck hed han. Han læste Shakespeare
+[Her mangler en eller flere sider i brevet]
+Sæson. Sådan et grimt Asen som de alle får med vil koste 8 á 10 D (Vinterasenet koster 10 Dollars!!!!) – og jeg søger nu at holde det hen til min lille, menneskelige hvide Hat kommer. – 
+Clarence er en flink og rar Fyr, - han er ansat på et Kontor, hvor han tegner Maskiner. 
+Mr. Tiffany, Harris’ Chef, har nylig været i Byen og arbejder H. sønder og sammen. Som altid var han fuld af Projekter. Et af dem var, at han foreslog Harris en Forretningsrejse til Californien, men Eastman udtalte èn Gang for alle at han ingen Steder rejste uden sin Kone og hvis de vil sende med ham, må de betale Rejseudgifterne for os begge. - Beskeden er Eastman ikke:
+Hvis han bare var lidt stærkere så kunde han tjene mange Penge og vi vilde flytte til København. – Han har ingen Konkurrenter på Gærområdet, så han fastsætter selv sine Priser, - men han kan ikke tåle at arbejde så meget, som han har gjort siden han forlod sin Universitetsvirksomhed. - Jeg tror ikke, at vi kan komme til Sommer, på Grund af vores Helbred. Hvis vi kan spare c. 1000 Dollars i Sommer, kan vi se hen til at rejse til et sundere Climat til Vinter, så Harris kan undgå en Forkølelsessæson. 
+Hvis jeg, når Sommeren kommer, kan indse, at en Rejse hjem kun kan ske på Bekostning af at komme bort til næste Vinter, så må jeg vi ["jeg" overstreget; ”vi” indsat over linjen] renoncere, hvor brændende jeg end længes efter at komme et lille Slag hjem. – Hans Helbred er jo det vigtigste. Men ingen kan vide, - her kan meget ske på kort Tid. –
+Vi har gjort en stor Opdagelse: En af H’s Assistenter er en fin Musiker. I Lørdags Morgen, da H. ikke tog til Byen på Grund af Forkølelse, telefonerede han efter Hr. Dahl, sin nye Assistent, [et overstreget ord] om han vilde komme med næste Tog og ”forrette”. Da Forretningerne vare besørgede talte de om andre Ting, og det viste sig da, at han kunde spille – ikke almindeligt, han er professionel Musiker, - spiller Orgelet i en norsk Kirke her i Byen, har et Klaver hvor han bor, og har Elever om Aftenen. 
+Han er en forbavsende ung Mand: Han er cand. polyt, har studeret i Kristiania, ejer et Hus der, - er ikke desto mindre kommet her til Amerika og arbejder for en temmelig ringe Betaling hos Harris med Gærvæsenet. H. siger at han er en dygtig Kemiker. – Han er en stor, bomstærk Fyr at se til, 5 el. 26 Aar gl. ganske lys, - ægte nordisk Ydre Han er yderst genert og taler dårligt engelsk, - men han spiller fortræffeligt. – Det var en sand Fornøjelse at høre ham spille den svære Finale i Måneskinssonaten. 
+Vi vil til at dyrke ham og bede ham herud om Aftenen af og til. På Torsdag har vi bedt ham, - vi skal så dyrke Flygelet tale dansk og spise dansk. Jeg vil lave en god gammeldags Lagkage med Frugt mellem Lagene. Han er nemlig Vegetarianer, så vi må sørge for noget Planteføde. Vi må have Asparges og Ærter o.s.v. Harris er meget stolt over sin Assistent. 
+Den tredje Assistent, som jeg vist skrev om en Gang, viste sig at være ubrugelig, men han er en velhavende Fyr, så Harris har foreslået ham at rejse til Danmark og studere Baciller på Jürgensens Laboratorium. Han har skrevet til J. om der er Plads og i så Fald rejser han midt i Maj. Han var hernede forleden Aften for at få gode Råd og H. lagde Rejseplanen for ham rådede ham til at bo i Pensionatet. – Vi har lovet at lære ham Begyndelsesgrundene i dansk – han har haft èn Time og kommer snart for at få èn til. Hans Navn er ”Dudley Pray”. Det er morsomt at tænke på, om han virkelig skulde komme over og bo hos Ta’ Mis i 3 Måneder. 
+Jeg har ligenu fået dit lange ekstra Brev og Anvisningen, som ser grulig velhavende ud. 
+Du kan ikke tænke dig, hvor dine Breve ere velkomne, - jeg sluger dem. – Jeg er virkelig ulykkelig over at mine andre Breve have været indholdsløse og små – dette er da til Gengæld fedt. – Jeg har også idag haft Brev fra B., Dis og Dede. Tak dem på det hjærteligste. Jeg er helt vild på sådan en Dag. – 
+Mit eget Guldfingerbøl fandt jeg forleden, - jeg havde omhyggeligt glemt ["l" i ordet overstreget] og glemt det. Jeg sender dit med Mr. Pray. Dit lille Billede kom i Medalionen til Mary Christine. Jeg har haft to søde Breve fra Onkel Frederik. – 
+Send endelig nogle Vidskestykker – jeg forstod ikke, om du slet ingen vilde sende, el. hvordan.
+Jeg vil også meget gærne have det hæklede Sengetæppe, men du behøver ikke at hækle til. 
+Hvis vi rejser, skal Familjen naturligvis ikke med. – 
+Lovede du ikke en Gang, at jeg måtte have Skålen af den Opsats, som gik itu?? Jeg savner så meget sådan en flad Del til Blomster. 
+Du må ikke sige, at det er dårligt af East., at han kun har lagt ½ Pund på, - i 11 Aar har han vejet det samme, men havde så pludselig lagt 1 Pund på, foruden han havde vundet, hvad han tabte i N.Y. East. kom nu! Han føler sig betydelig lettet ved at have fået vores 
+[Her mangler en eller flere sider af brevet]
+VIII
+da han var 4 Aar gl. udgav Digte da han var 12 Aar, døde 30 Aar gl. som Skoledirektør for en af de store Skoler her i Boston. Eastman skal ligne ham meget, men de siger, at hans Forstand ikke kan måle sig med Onkelens hvilket jeg er godt nok tilfreds med.
+Svigermoder forkæler os alle rent skandaløst, - und. gl. Eastman, som er hendes Slave, og ydmyge Tilbeder. Det er helt rørende at se hvor han tilbeder han, så snart han er hjemme besørger han Huslighed og render Ærinder for hende, hvor træt han end er. – Han er Familjens Skønhed – har en ulastelig Figur, elegante Bevægelser og Gang, - minder stærkt om Onkel Leonard på Hvilan. Han har altid en morsom Historie på rede Hånd og morer sig selv kostelig, men han mangler i Reglen Publikum til at goutere dem. Han bliver temmelig hundset den arme Eastman, men finder sig rolig deri. Han er fuldstændig klar over at han står betydelig tilbage i Dannelse for de andre. Hans Bestilling er Tømmermester, men Forretningen er ikke ret glimrende i de senere Aar. Han mener dog, at den vil forbedres i dette Kvartal. Han har Kontor længere inde i Byen og man ser ham næsten aldrig. – Jeg kan godt lide gl. Eastman og behandler ham med en Delikatesse, som han ikke er forvænt med. Han er derfor altid parat til at gøre mig små Tjenester og Opmærksomheder og er i det hele en gammel rørende Fyr. – 
+Hans Hovedinteresse er Blomster og Gartneri, og han er ved at lave et lille Anlæg uden for Huset, - I sine unge Dage var han Soldat, og er da forresten endnu. Her er et Slags Livgarderegiment, som hedder ”Washington Post”, som han har tjent i mange Aar. De har stadig Øvelser et Par Gange om Ugen, og ved Juletid blev gl. East. forfremmet til ”Commender”, som jeg ikke kan oversætte, men det er anset som meget hædrende og han er synlig stolt. Han bærer Uniform ved festlige Lejligheder og ser udmærket ud. Clarence og Helen ser jeg meget lidt til. 
+Helen er noget på et Kontor, hun har 1200 D. om Aaret og det kan lige slå til til hendes Klæder. Hun er den livligste af dem, sød og venlig, men hun er mere ”passende”, end jeg helt kan goutere. Hun forarges i sit inderste Hjærte over at jeg går rundt med min Waleshat, og ikke med den idiotiske Indianerhat, som både H. og jeg foragter. De skændes jævnlig om min Hovedbeklædning. Eastman forsvarer mig det han kan og siger, at jeg ikke er kommen her over for at plages med dumme Damehatte. Men Forholdet bliver stadig mere spændt efterhånden som vi nærmer os Sommerhatten 
+[Herefter mangler flere sider og afslutning på brevet]. 
+[Skrevet langs sidste sides venstre margen og nederst på højkant:]
+Presentanvisning, - han har lagt sig mere end det kan av vel først nu [et ulæseligt ord]</t>
+  </si>
+  <si>
+    <t>1899-07-16</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Jens Theodor Berg
+Wilhelmine Berg
+Camilla Bertram
+Johanne Giersing
+Andreas Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Anna Syberg
+Hans  Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sin familie på gården Erikshaab (barndomshjemmet). Hun har født sit første barn i maj samme år. Johannes Larsen er på et lejet værelse i Svanninge for at male på denne egn, og han har besøg af Lützhøft-parret. Syberg-familien boede i 1899 stadig i Svanninge.</t>
+  </si>
+  <si>
+    <t>Det er dejligt, at Johannes Larsen kan spise sammen med Frk. Bertram og Lützhøft. Alhed Larsen håber, at Lützhøft og Frue kan cykle hjem til hende (på Erikshaab) en dag.
+Den lille (Andreas/Puf) ligger og stirrer på Alhed. 
+Tante Mis tog fejl af sin mand (Zuluen)</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5i3Q</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Tak for Dine to Breve, det er rigtignok rart, at Du har det saa godt dernede, og morsomt, at Lüsses og Frk. Bertram spiser sammen med Dig, saa har Du det jo slet ikke saa ensomt. Blot nu Vejret vil holde sig, saa er alting jo godt. Vi to har det udmærket, den lille søde Ven ligger og drikker hos mig, mens jeg skriver. Han ligger og stirrer ufravendt paa mig med sine dejlige Øjne. Hør, det var morsomt hvis Mutter og Lüsse cyklede med Dig herhen en Dag, mon de dog ikke havde Lyst til det? Jeg vilde forfærdelig gærne se dem, de søde Mennesker. - - Tante Mis ventede saa smaat Zuluen i Gaar, og ved Togtid saa hun en Herre dreje om oppe ved Leddet. Hun gik ham i Møde, men kom skuffet hjem med Thorvald Balslev, men Du kan stole paa, at hun var den eneste, der var skuffet. Alle vi andre blev forfærdelig glade ved at se ham. Men han skal desværre rejse igen i Dag, nu om lidt med Iltoget. Vi har hædret ham med Festmiddag: Makrel med Grønærter, Fedekalvesteg og Stikkelsbærgrød og Rødvin. - - Hvad Tid maler Du oppe i Skoven, siden det kan passe Dig at spise Kl. 12? Jeg skrev i Torsdags, sikke Smøleri, at Du først fik det Lørdag. Mor i Odense i disse Dage, jeg syltede Stikkelsbærgelé i Gaar, det var en rasende Varme at staa ved Komfuret i. Hvad fejler Hønset siden de ikke kunde spise derhenne og hvordan har Børnene det? Hvor jeg gærne vilde være nede hos Eder. – Hils dem alle sammen. 1000 Hilsner af de allerkærligste til Dig, min egen Ven fra den lille søde og Din Alhed
+16de Juli.
+Det gaar skidt med mit lille Billede</t>
+  </si>
+  <si>
+    <t>1899-07-19</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Johanne Giersing
+Andreas Larsen
+Johanne  Larsen
+Jørgen Larsen
+- Praj
+Anna Syberg
+Hans  Syberg
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab, da hun har født sit første barn i maj. Johannes Larsen er i Svanninge, hvor han bor på et lejet værelse og maler sammen med Syberg og Lützhøft.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen slider med billedet af floks.
+Der kommer gæster søndag, og Alheds mor spørger, om Johannes Larsen også vil komme. 
+Johannes Larsen glemmer at fortælle, hvordan Anna Syberg (Høbnset) og børnene har det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UdDN</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Nu ligger den lille og drikker og jeg vil imens skrive et lille Brev til Dig. Tak for Dit Brev i Gaar. Nu har Du to Gange skreven, at Du ingen Brev har faaet, men det maa være Postvæsenets Skyld, jeg har skreven hver eneste Dag undtagen i Gaar, saa Du altsaa ikke har faaet i Dag. Jeg slider i det med mine Flox, i Gaar var jeg oppe Kl. 6 i Dag 6 ½, da jeg maa male om Formiddagen for Solens Skyld. Men det gaar Sk [bogstaverne overstreget] skidt desværre; jeg sidder og nusser og fedter i det, og Blomsterne begynder allerede at visne, skønt jeg knap har rigtig begyndt. Moder sagde før jeg skulde skrive om Du ikke kom paa Søndag, Zuluen og Mr. Praj (fra Boston) kommer samt alle Larsens fra Faaborg, d.v.s. Mor har skreven til dem, vi har ikke faaet Svar endnu. Men Du retter Dig vel efter Vejret og Dit Billede, men jeg længes jo ellers snart efter at se Dig, min Dreng. Nu er den lille færdig med at drikke og skal ud i sin Vogn, og Posten kommer vist snart, saa det bliver ikke noget langt Brev. Her er intet nyt passeret, den lille trives udmærket og er saa sød. Johanne er altsaa kommen hjem, Dis’ Karlsbadrejse er nu officiel og bestemt til Søndag 8 Dage. Hun og Tutte glæder sig vildt. – Har Du saa faaet Svar paa, om Du har haft Kighoste? – Du glemmer stadig at fortælle, hvordan Hønset og Børnene havde det.
+Farvel min Ven! 1000 Hilsner fra Din Alhed
+Torsdag d. 19nde
+Sikken en trykkende Luft det bliver ved at være.</t>
+  </si>
+  <si>
+    <t>1899-10-30</t>
+  </si>
+  <si>
+    <t>Lina -
+Johanne Giersing
+- Jensen, Frøken, Erikshaab
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+- Lønborg
+Christian Mogensen
+Anna Syberg
+Clara Syberg
+Fritz Syberg
+Hans  Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Marie Larsen opholder sig på Larsen-familiens skovgård, Båxhult, i Småland, Sverige. 
+De Gamle må være Johannes Larsens forældre.
+Kvillajabark er barken af det sydamerikanske træ Quillaja saponaria. Barken har tidligere været brugt til vask af tøj. Barken har også været brugt inden for medicinen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2137</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen har længe ventet på, at Johannes Larsens forældre skulle komme til Båxhult, men de kommer nok slet ikke. 
+Lille Gajen/Andreas har ondt for tænder og vil ikke stå model til faderens maleri. Han er i øvrigt sjov og øver sig i at sige lyde. Han sover ude i sin vogn og bliver ikke kold. 
+Syberg-familien kommer den følgende uge. Alhed og Johannes Larsen arbejder på at finde en pige til dem. De skal være på Båxhult hele vinteren.
+Johannes Larsen har købt et rådyr, og det bliver godt at få kød igen. 
+Alhed kan ikke sige noget om hjemrejsen, men de skal vel mødes med moderen i Odense? Alhed må have en morgenkjole, for de skal jo i gang med flytningen, når de kommer hjem, og hun vil ikke ødelægge sine andre kjoler. 
+Det var dejligt, at der kom meget ind til Frøken Jensens udstyr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RK6E</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Denne Gang er det rigtignok trukken forfærdelig længe hen, inden jeg har faaet skreven til Dig; tak for Dine to Breve, det er dejligt at høre saa tit hjemmefra. Jeg læste Sangen, før jeg læste Brevet og gættede strax, at den var af Mogensen, den var morsom. Du tænker dig vel, at det va ["va" overstreget] er de Gamles Besøg, der har været Skyld i, at jeg ikke har skreven saa længe. Men nej, de kom slet ikke. Vi ventede dem hver Dag i en hel Uge, fik skuret og gjorte ["e" i slutningen af ordet overstreget] rent i hele Huset, bagte til dem, spiste det og bagte frisk, gemte hvad vi havde af godt i huset og gik hver Aften til Höljeryd for at se, om der da ikke i alt Fald var Brev fra dem, og endelig kom der da Brev, at de slet ikke kom; d.v.s. der stod i slutningen af Brevet, at de slet ["slet" overstreget] maaske kom først i Nov. men nu vil jeg da nok se dem, før jeg tror det. Det var en stor Skuffelse for os, der var kommen Forretninger, og saa mente de, det blev for nær op ad November, de skulde skifte Folk. - Vi har det ellers godt Dagene gaa deres rolige Gang med Travlhed fremdeles ved Malerierne. Gajen har ikke været flink til at staa i den sidste Tid, det sætter os jo tilbage i det, han har vist nok lidt ondt for et Par nye Tænder, (han har længe haft to i Undermunden) han er ganske vild efter at bide X ["X" indsat over linjen, og i venstre margen tilføjet:] X Vi har faaet et Stk. Violrod til ham i Unnaryd [tilføjelse slut] i alting og han har ogsaa været lidt urolig et Par Nætter og noget gl ["gl" overstreget] gnaven om Dagen. Han er ellers frygtelig sød nu til at sidde og pludre og snakke, mens jeg skriver dette, sidder han foran mig i sin Vogn og forsøger sig med forskelllige [det andet "l" i ordet overstreget] nye Toner og Faconer at sprutte og snakke paa, saa Marie og jeg hvert Øjeblik maa le højt af ham, især naar han faar nogle altfor høje Toner galt i Halsen. Han tager fremdeles sin Formiddagssøvn ude i sin Vogn, - undertiden med Sløret for; han er altid varm, naar jeg tager ham ind, jeg synes, at saa længe han ikke viser Tegn paa Forkølelse, kan han godt blive ved. Det er jo ikke godt at ["at" indsat over linjen] faa Tid at køre ham i disse korte Dage, og desuden har Vejene nu lang Tid været meget opkørte og elendige. Paa Torsdag kommer Kunstnerens (Du ved jo da, at de skal være heroppe i Vinter?) Det bliver morsomt at se dem, men det bliver jo nok lidt rodet og uroligt med alle de Børn og en Hund til (Tjalfes Søn!) men forhaabentlig bliver det jo ikke for saa lang Tid. Og saa faar de vist Pige, hvad der jo er en stor Gevindst; vi skal skaffe dem en Pige ["Pige" overstreget] og vi staar i Underhandling med 2 ["2" overstreget] 3, som vi vist nok faar én af. Lige nu kom Las hjem fra Höljeryd med Aviser, de kommer meget regelmæssig nu, og vi ere forfærdelig glade ved dem. Endvidere har Las handlet med Inspektøren om et Raadyr paa 38 Pund, d.v.s. vi skulde sende Bud ned i Morgen, men selvfølgelig tager vi det! Er det ikke storartet! Det var netop frygtelig sløjt med Proviant, tænk, vi har ikke faaet Kød fra Landeryd siden Du var her! vi skal give 8 Kr. for det, men Kunstnerens skal naturligvis betale Halvdelen. Desuden har vi faaet en Hanekylling og en halv Snes Æg i Dag, saa nu ere vi jo svært ovenpaa. (Æg er det ellers næsten ikke til at opdrive nu, Lina har ingen og i Boden er der heller ingen). Paa Stromhult har vi ikke været siden, forleden stod vi fuldt udrustede med Gajen i Vognen for at gaa derned, men saa kom Lina og sagde, at de var i Långaryd til et Møde. Nu skal vi se at komme derned over ["ned" overstreget; "over" indsat over linjen] i Morgen i Stedet, vi skal jo se at faa handlet om det Papir. Las har prøvet mange forskellige Slags, det er udmærket altsammen. - Vi kan jo ikke sige noget om Hjemrejsen endnu, det maa vel være bedst at mødes med det samme, vi er paa Rejse, i Odense?? Tror Du ikke? - Fryndserne er vist kønnest snoede, som Du foreslaar. Jeg spekulerer meget paa en Morgenkjole, naar jeg nu kommer hjem, vi skal jo strax i Lag med Flytningen og saa nænner jeg ["jeg" indsat over linjen] jo paa ingen Maade at bruge min pæne brune eller den graa; linned Kjole gaar jeg med endnu heroppe for Malingens Skyld, men det er jo temmelig koldt. Men mon dog ikke Dis kunde vadske min blaa i Kvilajabark eller tage Pletter af og saa Du vilde sætte Lapper paa Ærmerne? saa er den ligesom jeg kan ["kan" indsat over linjen] trække i den. Det er svært at samle Tankerne og nu har Las tilmed pakket Aviserne ud, saa jeg maa hellere slutte dette, saa kan det komme med [resten af brevet er skrevet øverst på side 1, på tværs:] Marie nu i Morgen tidlig, naar hun skal ned at afslutte Handelen med Raadyret. - Forfærdelig morsomt, hvis Far vil gæste os til næste Aar! Marie og Las hilse mange Gange. Du maa endelig skrive snart igen, jeg er saa glad ved Dine Breve. De kærligste Hilsner til alle fra Din
+Alhed
+Hvor var det brillant at der kom saa meget ind til Frøken Jensens Udstyr, og udmærket med alt det fra Frk Lønborg. Sig til hende, at jeg glæder mig paa hendes Vegne, - hvis hun ikke er rejst. -30-10-99</t>
+  </si>
+  <si>
+    <t>1899-11-25</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Lina -
+- Eckmann
+Johanne Giersing
+Niels Chr.  Jantzen
+Ellen Johansen
+Fru Jungberg
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Syberg
+Fritz Syberg
+Hans  Syberg
+Laura Warberg
+- Østerberg</t>
+  </si>
+  <si>
+    <t>Den lille lejlighed: Alhed og Johannes Larsen flytter i efteråret 1899 ind i en lejlighed på Feden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Der tre breve. Hovedbrev fra Vilhelmine Larsen i Kerteminde og to vedlagte breve fra Marie Larsen på Båxhult.
+Hovedbrev: Christine Swane må være tålmodig, hun skal nok få sine penge. Hun skal ikke tage sig af hvad Ellen Johansen siger. Det er stadig usikkert, om forældrene tager til Sverige.
+Vedlagte breve: Marie Larsen håber meget at forældrene kommer til Båxhult. Johannes Larsen maler på to billeder med Alhed og Puf, samt et billede med grantræer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iMUd</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 25/11 99
+Kjære lille Ugle !
+Nu kom dit længe ventede Brev og du kan saa faa dit Søndagsbrev. Jeg er lige færdig med at veje noget Uld som skal være til Dækner – du havde nu ligefuldt faaet et Brev midt i Ugen om jeg havde faaet 1 Kr. at sende dig men det trækker ud med Jantzens Roepenge saa snart de kommer skal jeg sende dig hav Taalmodighed saalænge. Skriv ikke til Vilhelm derude han er her – kom i Aftes – og boer paa Johannes Værelse og har allerede i dag tilmorgen begyndt paa sine skriftlige Arbejder – han sidder foran det store Vindue og tegner paa Spillebordet der er god Plads for ham Kl 8 kommer han ned og til Kl. 9 er hans Værelse i Orden saa efter Middag gaar han igjen Kl. 1 og arbejder til 5 ved den lave Lampe
+Efter Nytaar vil hun saa til Sybergs hun kom fra Erikshaab der længes de ogsaa snart efter Alhed og Barnet Fru Varberg var helt ængstlig for dem, jeg tænker mig de kommer lige til Erikshaab til Juul og saa her senere i Vinterquarter paa Feden.
+Du skal sandelig ikke tage dig nær hvad Ellen Johansen finder for godt at komme med – er hun dygtig nok til at møde op med en saa afgjørende Kritik Jeg troer det ikke.
+Her sender jeg disse Breve fra Sverrig de kom i forgaars og Agraren fik de sidste nu skal du have disse.
+Jeg har ikke svaret endnu for det for det staar jo paa om jeg kan skrive vi kommer eller Marie skal rejse ene hjem nu paa Mandag skal Faer til Odense maaske der da bliver Udsigt til et bestemt Svar.
+Det var herligt du hørte Grig den gode Jensen det gjør saa godt paa mig at høre en saadan Venlighed hils hende fra mig.
+Gud ske Lov lille Dine jeg synes du er mere glad i Aar derovre i det store Kjøbenhavn nu paa Dagen kom jeg i Tanke om din Kaabe; men hvor er den? Jeg maa Opdagelse – saadan kan det gaa da jeg nu skulde paa Pulterkammer og se efter nogle Sengeklæder til Vilhelm der ligger en Bunke snavset Tøj og noget af dit saa jeg da imellem vi skal vaske paa Onsdag saa du maa endelig sende det saa hurtig du kan
+Nu lev vel 
+Vi ere alle raske
+Din trofaste Moder som altid har Eder i Tankerne Agraren er ogsaa rask han fik en stor Pose med Tøj Pølser og Fedtegrever.
+Georg har slagtet.
+Båxhult d. 17-11 1899
+Kære Moder!
+Tak for dit Brev; jeg var selv paa Høljeryd i Aftes og blev henrykt over at der var Brev; det andet Brev fik vi Mortensaften, jeg fik det med hjem da jeg var nede med det jeg havde skreven til Jer. Hvor det glæder mig at Du er glad ved den nye Pige og ligeledes at Karlene er flinke, bare det nu maa vare ved, saa kan vi jo faa det rart i Vinter. Jeg havde sikkert ventet at faa noget bestemt at vide om Jeres Rejse herop, men der stod jo kun det samme at I ikke helt havde opgivet den; kom dog endelig, alle hvem vi taler med spørger om I ikke snart kommer og vi svarer altid at vi haaber I kommer mens vi er her; Johannes kan vist ikke sige bestemt hvor længe de bliver her, Alhed mener at det maaske varer en Maanedstid endnu, de 2 Billeder med Alhed og Gaun har staaet stille en Tid paa Grund af at Johannes har malet et Billede ovre i Skoven, det er en Del Fyrre og Grantræer og da de rimeligvis bliver hugget i Vinter har han hængt svært i med det i den sidste Tid; nu kan han vist faa det færdigt paa et par Dage og saa tænker jeg han tager fat med Kraft paa de andre 2. Alhed længes efter at komme hjem og faa den lille Lejlighed indrettet, men det taler hun naturligvis ikke om for han maa jo have Ro til sine Arbejder.
+Nu vil jeg bede Dig om at sige bestemt i næste Brev om I kommer eller ikke, for jeg har tænkt, at hvis I kommer, saa kan jeg følges hjem med Jer, kommer I derimod ikke; saa er det vel bedst at jeg rejser hjem, nu da her er Pige kan de jo nok klare sig uden mig; Alhed og Las kunde jo saa leje sig paa Kost hos Sybergs. Vi har det for Resten saa udmærket sammen herovre, Sybergs Børn er søde og morsomme og vi kommer alle godt ud af det med hinanden; Sybergs har Sovekammer i Hjørneværelset, hvor jeg ellers har ligget og jeg har sat en Seng ind i Kontoret og residerer der. paa Mandag skal vi slagte Gris, Sybergs har købt en hos Smedens for at have noget til Vinterbrug, det helt grinagtigt at slagte herovre. Hønset og jeg var i Nyby i Onsdags, der var Torvedag og vi var der for at købe Suppeurter, Adolph kørte for os og Lina var ogsaa med, det var dejligt Vejr saa det var en yndig Tur; Vejret har været storartet i de sidste Dage, Hønset,Tukuk, Besse og jeg har været på Strømhult i dag, vi gik hjem i det dejligste Maaneskin; jeg tror det er Fuldmaane i Aften, saa jeg gik og ønskede at I vilde komme en af Dagene, men selv om det bliver lidt senere og I ikke vil køre herop om Aftenen, saa kunne I jo ligge over om Natten enten i Halmstad eller paa Landeryd. Vi var nærmest paa Strømhult, for at spørge om Sybergs ikke kunne faa noget Brænde derovre, for paa Høljeryd faar vi kun noget skrækkeligt vaadt noget og det skøndt Johannes selv havde været nede hos Østerberg og bedt om Smeden maatte faa noget godt tørt Ved, naar han kom derned, Karlene faar alt det tørre, det er lige haardt nok at vi ikke kan faa ordentlig Brænde, naar vi tænker paa de Bjerge vi havde paa Høljeryd da den hvemmelige Birds overtog Sagen han ventes herop i disse Dage, eller maaske han kun kommer til Landeryd.
+Saa kommer Klaks jo hjem om en 14 Dagestid det bliver morsomt en Gang igjen at faa ham hjem en Tid: Hør hvis I ikke kommer herover snart, saa kommer vi til at have nogle Penge sendt, vi ejer nu ikke en rød Øre mere, er der ikke flere som skal betale herovre? f.e.x. Anders oppe i Fru Jungbergs Hus eller Eckmann, saa kunne vi jo forsøge at faa dem, ellers maa I endelig sende os nogle; det er saa ubehageligt at være aldeles uden Penge. Nu er Du nok sød lille Moer og skriver saa snart Du faar dette Brev, baade om Rejsen og om dette sidste. Det er morsomt Agraren at synes om den nye Elev og at Uglen maaske snart bliver flyttet op. Hils alle derhjemme. 
+Mange kærlige Hilsner til Jer selv fra Jeres hengivne Marie.
+P.S. Hilsen fra Sybergs til Jer og lille Marie, har hun det stadig godt?
+Båxhult d. 18-11.
+Kære Forældre!
+Jeg vil kun tilføje at det nu er Tiden for Jer at komme, vi faar i den nærmeste Tid saa megen dejlig Mad i Huset; Baronen og Johannes købte i Morges en Raabuk, det var netop med Tanken paa Jer at den blev købt, Baronen ytrede, ”Vi vil dog ikke have Smalhans i Huset, naar Jeres Forældre kommer,” I kan se at vi alle venter Jer saa I kan da ikke nænne at skuffe os vel? Johannes er ovre i Skoven at male, saa han naar ikke at skrive, jeg gaar nemlig ned til Høljeryd nu og tager Brevet med.
+Hilsen fra os alle.
+Marie
+Her har været meget smukt i Dag, med Rimfrost paa alle Buske og Træer. Vi har det godt.</t>
+  </si>
+  <si>
+    <t>1900-12</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Augusta Mogensen
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen ventede barn nummer to, og Ellen regnede åbenbart med, at det blev en pige. Det blev en dreng.
+Ellen Sawyer boede i Boston med sin familie. Alhed og Johannes Larsen boede til leje i et hus eget af hans forældre i Kerteminde. Deres villa blev bygget 1901-1902.
+"at du har lille Disser": Ellen og Alheds yngre søster Astrid/Dis var i huset hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1684</t>
+  </si>
+  <si>
+    <t>Det glæder Ellen, at Alheds hofte har det bedre, og hun sender en varmedunk. Godt, at Alhed har Astrid/Disser til hjælp.
+Hvornår ventes barnet? Ellen sender en sommerhue.
+Grethe/Margrethe kravler rundt og trækker alting ned. Måske kan de to børn blive døbt sammen den følgende sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zAQG</t>
+  </si>
+  <si>
+    <t>Kære gode Beser!
+Jeg havde beregnet at skrive et godt langt Julebrev til dig, men Tiden er løbet fra mig som sædvanlig, så det bliver kun til et ”glædelig Jul” til dig og Gajen og Las
+I kan sagtens som kan fejre den i eget Hjem, selvom det kun er midlertidigt. eg [”eg” overstreget]
+Mor skrev idag at du er bedre i Hoften og det var jeg rigtignok glad ved at høre, for jeg skal ikke nægte, jeg var lidt ilde tilmode ved at høre om det.
+Du er vel nok rigtig rigtig forsigtig og passer på min Niece. Hvornår er det hun ventes? i Marts? Måske kan hun blive døbt sammen med min Grethe til Sommer.
+Bare du nu må komme lidt let over det – de siger jo at No 2 ikke er nær så vanskelig at få og det er jo en god Ting
+Fru Mogensen klarede det skam elegant – bare du kunde ligesådan.
+Skal I ikke snart have Gajen fotograferet igen jeg vilde gærne snart se hvordan han ser ud nu. Det er forbavsende så hurtig de udvikler sig, de små, og hvor er de søde men hvor er det trættende at passe dem. Grethe er nu i en Alder, hvor det næsten ikke er ”Pigearbe” at passe hende. Hun står op fra sin Stol, falder ud af sin Seng – el. prøver på det, så man kan ikke forlade hende et Øjeblik – særlig når det er for koldt at krybe på Gulvet. Og når hun kryber er hun hele Tiden efter hvad hun ikke må have, trækker alting ned o.s.v. Der er kun en Lindring, og det er hendes nye Lærredsbilledbog med Dyr – den kan hun blade i i Timevis og småle og pludre om. –
+Vi har nu fået Vinter og knagende Kulde og jeg begynder at komme i Julestemning. Imorgen afgår en Julepakke hjem til, - der er en Gummivarmedunk til dig som du vil finde helt behagelig at have i Sengen, når du har været oppe og pusle om Gajen, - som du vel er af og til endnu. Jeg sender også en lille Sommerhue til min Niece, - Grethe har gået med den, men den kan godt så lidt endnu.
+Hvor dejligt for dig at du har lille Disser Nu Farvel og glædelig Jul til jer alle 3 fra Elle
+[Indsat med blyant øverst side 1:]
+Du kommer til selv at reparere et Par Sting på Huen, - jeg er kommen bag efter med det</t>
+  </si>
+  <si>
+    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...73 lines deleted...]
-    <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -287,3893 +973,250 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>17. jun. 1924</t>
-[...2356 lines deleted...]
-  <si>
     <t>1901-2</t>
   </si>
   <si>
     <t>Fritz skriver til Anna - familien har det godt. Han fortæller en del om nogle billeder, han arbejder på . I Kerteminde går der historier om Johannes Larsens fantastiske salg i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5W73</t>
   </si>
   <si>
     <t>[Anført med blyant: 1901-2?]
 Kjerteminde Fredag
 Kære Høns!
 Vi har det udmærket og Tiden går jo rask nu er det snart den anden Søndag efter Din Bortrejse. Jeg er ved at tage fat på et større Billede af Besse i Sengen. Jeg har flyttet Dunkernillernes Seng ned i Atelieret for at have Synet f dem i Nærheden når de klæder sig af og på.
 Nolles Billede skal vist have en Gennemhøvling til, men det skal tørre godt først så kan Du ogsa få det at se inden. Jeg mener at jeg må kunne få det noget klarere i Farven. I Dag har jeg fernisseret Billeder til Brandts lille raske, jeg sender ialt 24. Jeg skal nok sende Dig Titler og Priser, så kan Du konferere med Brandt om der skal forandres noget derved, idet kan I bedst se når de er hængt op. Jeg skal nok skrive til Brandt også, så Du ingen "Uvilje" møder fra den Side. Her i Kjerteminde går "Stærke" Historier om Las' Salg i København. Og de stammer vist fra gamle Larsen. Glarmesteren spurgte mig om det var sandt at Johs Larsen havde fået budt 15000 Kr for sine Billeder ovre i København, men vilde ikke sælge dem, for det havde den Gamle sagt "men", føjede han til "Det er jo ikke sandt ret meget af hvad han siger. Jeg glæder mig morderligt til at male Børnene både nu i Vinter og til Sommer. Når jeg tænker på vores Misere i de forgange År, så glæder jeg mig dobbelt over at mine Kunstnerideer ikke volder nogen Mennesker nogen Fortræd - det burde de da ikke kunde - mine Børn må jeg da have lov til at dyrke uden Hensyn tilhøjre eller venstre. Haet nu godt og mal endnu bedre (Citat af Zahrtmann)
 Din hengivne Fritz 
 Jeg sender nogle Penge da vi er bange Du savner.</t>
-  </si>
-[...238 lines deleted...]
-[Brevet er skrevet på bagsiden af et brev fra deb 18. februar 1899 fra N.V. Dorph til Fritz Syberg - se dette]</t>
   </si>
   <si>
     <t>1903-01-23</t>
   </si>
   <si>
     <t>Overkjærby</t>
   </si>
   <si>
     <t>Jens Birkholm
 Johanne Giersing
 Viggo Johansen
 Theodor Oppermann
 Clara Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna 1893-1904</t>
   </si>
   <si>
     <t>Fritz Syberg har været i Bregnør og Munkebo. Han fangede en krage, men slap den løs. Han har sovet dårligt den forløbne nat.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fM7e</t>
   </si>
   <si>
     <t>Over Kærby 23/1 1903
 Kære Høns!
 Tak for Dit Brev og Billederne. Nolle var mest glad ved sit. Besse skrev et Brev til Dig i Aftes men kasserede det ganske koldblodig da det var færdig fordi "det var noget Vrøvl" I dag har jeg været i Bregnør og Munkebo. Jeg fangede en Krage som havde forvildet sig ind i en Ruse der stod på Land, men da jeg ikke gad bære den hjem lod jeg den flyve. Forrige Nat sov jeg dejligt men sidste Nat lå jeg vågen det meste af Natten så jeg er lidt tung på Øjenlågene for Øjeblikket. Jeg har skrevet til Oppermann og indprentet ham at han må købe et af Birkholms Billeder til Kunstforeningen. Hvis han ikke arbejder derfor, så siger jeg at det er fordi han ikke tør har jeg truet med. 
 Hils Birkholm 
 og V Johansens
 Din hengivne
 [overstreget: Broder]
 le ikke af mig, jeg er så overtræt.
 Din hengivne 
 Fritz</t>
   </si>
   <si>
-    <t>1910-12-06</t>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
+[I brevet:]
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1903-09-23</t>
   </si>
   <si>
     <t>Johanne Giersing
-Anna Syberg
-[...3 lines deleted...]
-Fritz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>Else Jensen
-[...24 lines deleted...]
-Anna Syberg
+    <t>"Kukkeren" er muligvis Hans Syberg, som bl.a. havde "Tukuk" som kælenavn. Sidst i brevet nævnes "Tuk", som er et andet af Hans Sybergs kælenavne.</t>
+  </si>
+  <si>
+    <t>Fritz vil gerne høre nyt fra Anna og beder hende hilse Kukkeren. Hvis det gode vejr holder, kunne Anna komme derud om lørdagen og blive til søndag. Men måske kunne Sakker blive hjemme med Olga. Ellers kan hun evt. send Besse og Tuk derud alene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jFQ5</t>
+  </si>
+  <si>
+    <t>Kære Høns!
+Tak for det tilsendte. Jeg går ud fra at Sakker og I alle har det godt siden Du ikke nævner et Ord derom, men beder Dig dog omgående lade mig lidt vide. Hils Kukkeren og sig at en Ælling har slået sig ned lige ved Siden af Båden hvor den ligger og dukker hele Dagen.
+Jeg har en Plan: dersom det gode Vejr varer ved så kunde Du jo tage herud med hele [Rusen] på Lørdag og blive her til om Søndagen så tager jeg muligvis med hjem. Måske er det dog bedst at lade Sakker blive hjemme men Du må jo så se hvordan Du kan indrette Dig med Olga. Dersom Du ikke bifalder det kan Du så ikke se at få både Besse og Tuk herud om Lørdagen – De kan jo nok rejse alene.
+Mange Hilsener til Jer alle Din Fritz</t>
+  </si>
+  <si>
+    <t>1905-04-30</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Franziska  Erichsen
+Johanne Giersing
+Nicolaus Lützhøft
 Clara Syberg
-Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
-    <t>Johannes V. Jensen skriver om sin snue og hvordan Else varter ham op. De drømmer om at bo på Isle of Wight og han mener, Fritz Syberg også bør prøve at bo i England. Derudover diverse andet, blandt andet at han vil forsøge at sende sin seneste bog, som har vakt røre i andedammen.</t>
-[...1123 lines deleted...]
-[Resten af brevet mangler i kopien]</t>
+    <t>Det vides ikke, hvem Lassen, Knud, Peter og Olga var.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs brevarkiv</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver til Fritz at hun er kommet godt hjem. Hun skriver også, at hvis han har det så dårligt, kan han bare blive væk, det vil hun gerne støtte ham i, også hvis det koster en skilsmisse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AHH3</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30/4-1905
+Kære Fritz!
+Nu sidder jeg hjemme igen, Børnene er raske og henrykte og det er morsomt at være hjemme. Den lille er saa tyk og livlig og Sak er bleven lang og kan sige en hel Del. Han kunde nok kende mig den lille søde Tosk, han sagde straks ”Moer” til mig.
+Rejsen gik rigtig godt, i Berlin havde jeg meget Fornøjelse af Musæet, kan Du huske de Kvindebuster hvoraf Lützhøft malede den ene [lille tegning], de er lavede af ”Desierio da Settignano”. Malerierne er flyttede hen i ”Kejser Fridrich Musæet”, hvor de hænge glimrende. Det er et vidunderligt Musæum, ligesaa godt som Florens Gallerierne Lassen var vældig elskværdig, vi soldede rundt hele Dagen, hans Kone var desværre syg.
+Det glæder mig, at Du begynder finde noget maleværdigt, Gud ved, om Du dog alligevel ikke skulde blive med det samme og slaa Dig løs ganske som Du har Lyst, hvis Du føler den mindste Trang dertil, saa gør det, bliv paa ubestemt Tid, tag store Arbejder op, hvis Du faar Lyst, bliv i Aarevis, gør lige hvad Fanden Du har Lyst til, jeg har en Følelse af, at det ville lette Dit Sind. Jeg skal skrive til Dig hver Dag, om Du vil, og vil med Glæde undvære Dig ved Tanken om maaske at se Dig lykkeligere i Fremtiden. Hvis Du synes at Du ikke kan føle Dig rigtig fri uden en stemplet Skilmisseerklæring med Kongens Underskrift saa i Guds Navn, det piner mig at se Dig ulykkelig. Det er min rigtige alvorlige Mening, og ikke noget jeg "pynter mig med." Hvis Du alligevel beslutter Dig til at komme herhjem efter Bestemmelse bliver vi naturligvis henrykte. Knud og Peter har gjort Haven i Stand, her er henrivende, men hundekoldt, og Foraaret kommer vist ikke for det første. Det er dog et forbandet Klima det danske, Rejsen gennem Danmark var graa og trist, jeg blev lidt skuffet ved Gensynet, men det varer jo kun en Par Dage, saa har man vænnet sig til det flade Land og den graa Himmel og finder det smukt. Hvorfor tager Birkholm dog ikke fat paa et Figurbillede, det vilde jo more ham vældigt. Jeg glæder mig til at høre om Fodturen til Snebjergene. Hilsen fra Franziska, der er vildt begejstret over vore henrivende Børn og fra Olga og Børnene. 
+Hils Birkholm. Mange Hilsner fra Din Anna.
+[Indsat på side 1, langs venstre margen:] Peter har solgt Gødningsamlerne for 1000 Kr</t>
   </si>
   <si>
     <t>1905-05-28</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø</t>
   </si>
   <si>
     <t>54 Coolidge Str. Brookline Mass. USA</t>
   </si>
   <si>
     <t>Hilda -
 Julie Brandt
 Carl Czerny
 Alfred Goldschmidt
 Edvard Grieg
 Alhed Larsen
 Christine  Mackie
 William Mackie
 Wolfgang Mozart
 Mathilda -, pige i huset hos Astrid Warberg-Goldschmidt
 Isac Salmonsen
 Ellen  Sawyer
 Franz Schubert
 Laura Warberg</t>
@@ -4211,416 +1254,541 @@
 Kæreste lille Junge! Her ligger Alfred og jeg ude i en stor prægtig Bøgeskov, et Par Mil fra Malmø; det er første Gang vi undersøger Omegnen pr Jernbane – men det er også første Søndag vi har haft rigtig fuldendt Sommervejr – sådan rigtig knaldende Hede – så man ikke kan holde sig hjemme; I Går trak det ellers op til Forandring i Vejret – som så ofte, når en Søndag stod for Døren; vi opgav derfor alt Håb om Tur og sov længe i Morges; og så vågnede vi op til al denne Vejrherlighed. Vi nød en tidlig Middag – gjorde Madposer i Stand og tog af Sted med Toget Kl 2 ad Genarp (Jenarp) [”(Jenarp” indsat over linjen] til, stod af midtvejs ved Bokskogen – travede langt væk fra alt Pøbelværk. Skoven er stor – og nu ligger vi midt i Skoven – på en mægtig Bakke – meget højere end Odensebakken – det hele minder mig snarest om Gammelskov. Selvfølgelig begyndte vi med at spise – hvad kan lignes ved en go hjemmelavet ”Mellemma” med Mildning til! Og nu er vi ved Tobakken; Alfred læser Barselhistorie i min Bog – og jeg snakker lidt med Dig; men det er for Resten ikke så let at ligge ude [”ude” indsat over linjen] og skrive, når man har sådan en stor Unge inden i sig; jeg må vende og dreje mig hvert Øjeblik, og den sparker meget. Den alvorligere Del af Brevet vil jeg derfor opsætte, til jeg er hjemme igen.
 Dit alvorligt bekymrede Brev, som jeg fik i Går, vil vi tale om siden – ja, gid Du var her, så vi kunde tale om det! Jeg fik det, da jeg kom slæbende hjem fra Morgenturen – med en hel Taske fuld af Indkøb – og jeg skulde selv ud at lave Middagsmad, da vi – i Anledning af Børnehjælpsdagen havde givet Mathilda fri. De lukkede Kl 2 på Fabrikken; så snart vi havde spist Middag, begav Alfred og jeg os pligtskyldigt af Sted – for at spytte i Bøsser samt se på Halløjet; hele Byen var i Bevægelse og der var et stort Vogntog med morsomme Udklædninger; det var meget hedt og meget trættende, men man ”må” jo. Bedst var absolut, da vi omsider landede på et lille godt Conditori på Gustav Adolfs Torg, hvor vi nød en forfriskende Is. Da vi kom hjem var jeg usle Pjalt så træt, at jeg måtte skruppe i Seng – Kl 8! – og sov støt i 12 Timer! Men Gud – hvor Styrtebadet så smagte! Det er hver Morgen første Gang for os begge – ind i det lille Baderum til Douchen. –
 Næste Morgen på en Bænk i Parken. 29/5 – 05.
 Jeg afbrød Skriveriet i Går, da vi nemlig besluttede at trave lidt omkring. Udbyttet var umådelig rigt; vi gik ned ad den nydelige Bakke – kom til en ganske henrivende Eng – med Birke – Elle – og små Ege o.m.a.; men i Udkanten af Skoven fandt vi en Masse Lilliekonvaller! de var rigtignok ikke helt udsprungne, men de kommer nok; desuden fandt vi uhyre Mængder af de herligste Forglemmigejer – og jeg havde Held så at sige at træde i en Fasanrede – da min Fod rørte Reden, fløj Fuglen op med stort Brag – der var 13 varme Æg i Reden; desværre var Alfred foran og så den ikke rigtig – det morer ham så rasende at se Fugle og Dyr – den første halve Time holdt han Vagt nærved Reden – for hvis den skulde komme tilbage, og i Morges slog han op i Salmonsen og læste om Fasaner; så der, at de ruger c 26 Dage – og foreslog straks at vi skulde tage derud næste Søndag igen for så om mulig at finde dem. Alfred er henrivende sød at være på Tur med; han er så umådelig interesseret i alt, hvad vi ser.
 Og nede i Engen plukkede vi Bunker af Engblommer og Gøgeurter og unge Bregner tog vi op med Rod – nu skal vi se, om de vil gro. Da endelig vores store Taske var propfuld, forlod vi de yndige Steder og gik tilbage – Kl var bleven c 8; i Skoven lige ved Stationen var der Halløj med Restauranter – Karrusel og Danseplads; sidste var en ret stor Bræddesalon; delt tversover – i Midten sad Musiken og spillede til begge Sider; til højre dansede ”bättre” Folk for 10 Øre Dansen – til venstre ”sämre” – for 5 Øre!!!
 Vi så lidt på dem – de var fæle at se danse – alle sammen; så drak vi en Svalebayer og begav os ned til det lille Tog. - . Nu sidder jeg altså i Parken efter at have fulgt Alfred. Her er nu dejligt! store svalende Lindealleer – udstrakte Græsplæner – udsprungne Sirener – Guldregn – Papyrus – Magnolier (pragtfulde) og Tusinde andre. Dertil en Gøg, som kukker, jeg så den før! og Nattergale – Drosler – Stære – Finker – Skader – Duer; og allerbedst – den varmende – strålende glade Sommersol – som forsølver – forgylder forskønner den hele, herlige Verden. Sådan tror man; men i Virkeligheden kommer hele Herligheden nok indvendig fra – fra Ungen? Manden? Hjemmet? – åhja – jeg tror det kommer fra alt det, man efterhånden har fået sig lavet sammen; og nærmer mig mere og mere den Anskuelse, at Ægteskabet bliver det lykkelige Grundlag for ens Tilværelse – det eneste Grundlag, på hvilket der er [ulæseligt ord] for at arbejde sig til en varig Lykke – om en sådan existerer. 
 - hermed vil jeg slutte mit lille Friluftsbrev. – 
 Brev No 2.
 Hjemkommen; det er knusende hedt, jeg har iført mig let, hvid Friserkåbe – indtaget en mægtig Portion kold Rabarbersuppe – og nu sidder jeg vel forløst i den store Stue, som jeg altid er lige ved at kalde ”Havestuen”; her så lyst og luftigt – hele Ydervæggen optages af to Vinduer – derimellem en Altandør – og Stuen vender mod Sydvest – hvilket betyder kølig Skygge hele Formiddagen – og dejlig Sol fra Middag til Aften; de lyse, gulstribede Gardiner fra Kastanievej ser så bedårende ud i dette Lyshav - og alle vores Blomster gror, så det er en Fornøjelse, vi har sået Nasturtierer (tropæolum) i et Par store Potter, de er alle kommen op, og så snart de gror til skal de ud på Altanen – så bliver der dejligt – Gården er tålelig – nemlig så stor, at vi ikke har Genboere lige for Øjnene – men tænk hvilket Himmerig om der groede en gemen Regenslind! Nå, her er nu ganske godt endda, vi bor jo allerøverst så her [”her” indsat over linjen] er meget Luft og Lys – næsten alle Huse i Malmø er 3die Sals, (på svensk 4de Våning); lige nu er Pigen Mathilda i Færd med at hænge en lille Vask til Tørring hun ser brillant ud i sin lysegule Kjole blandt alt det flagrende Tøj. 
 Jeg har lovet hende Del i alle de ”granne blommor” som vi har med hjem fra Bokskogen – og hun er meget henrykt -. Jeg havde i Går Morges Brev fra Mor – de har nok ikke hørt fra Jer længe; Mor skriver, at Be er i Staden – Forretninger – kom uventet; og Mor opfordrede os til at rejse til Kjøbenhavn og være sammen med dem alle på Dosseringen; men dels kom Brevet en Time efter Skibets Afgang og dels havde vi ikke så mange Penge – det er jo sidst på Måneden – og en Rejse til Kjbh. bliver 6 Kr – alene Billetten, (retur for os begge.) Jeg begynder ellers at blive hed om Ørene m.H.t. Unge – Udstyr – jeg aner ikke, hvordan jeg skal gribe Sagen an – og Alf. vèd det så jo heller ikke.
 Jeg gør ingen Ting ved det – men traver mine lange Ture (går Tur både når jeg følger Alfr og når jeg henter ham -) samt øver mig meget flinkt, er ved at indøve noget firhændigt (Etude i Ddur af Mozart (let) – som vi vil spille for dem i Sommerferien, hvis vi nu opnår at komme til Kerteminde, vi har forespurgt om de vilde tage os i Pension. Desuden spiller jeg ”Lyriske Småstykker” af Grieg, kan tre deraf udenad, samt Schuberts ”impromtu” – kan første Stykke udenad og er nu i Færd med 1ste Variation. Så spiller jeg Zernys Etuder (1ste Del) samt nogle lette af [ulæseligt], samt endelig endnu en 4 hændig – Schubert trois [”trois” indsat over linjen] marches heroique. – om dette nu ellers kan more dig. – Endelig læser og skriver jeg en hel Del – og ser naturligvis også efter, at Pigen M. gør godt rent – samt bestemmer Madretter – men Du kan da ellers tænke, at jeg fører en glimrende Tilværelse – naturligvis er det mest Alfs. Skyld – el rettere: det er derfor, at jeg mere og mere knusende godt kan lide ham – og så er der også det, at jeg til Tider kan blive ganske vild af betaget Henrykkelse ved Tanken om det, der forestår – og jeg nærer naturligvis svimlende Forhåbninger m.H.t. Udfaldet.
 I det hele taget, Junge, Du gør Dig ikke Begreb om, hvor guddommeligt det kan føles at være frugtsommelig; det er, som om der giver sig til at gro helt ukendte Kræfter i ens Indre – som om ens Sjæleliv antager nye – og videre Former; Hjernen giver Plads for Tanker og Forestillinger, som man slet ikke har kendt før; man synes næsten, at man aner en Sammenhæng – en Mening – der hvor alt før var Kaos; så meget er vist – at der er en himmelvid Forskel på dette, at tænke sig til engang at få Børn – (og det er jo en Faktor vi alle regner med) – og så dette – at føle Barnet levende i sig. Åh, Junge, stor er den Verden, vi lever i – og mange er Midlerne, som skaber Glæde for Mennesker. Og denne bestandige Følelse af, at man trods alt har Sværdet over sit Hoved – det tjener dog kun til, at man føler des mere intensivt i Glæden.
 - Vèd Du, at jeg har længe haft på Fornemmelsen, at Dine Breve var ikke helt at stole på – jeg syntes bestandig, at der var Ting, som du forsætlig gik uden om; til noget sådant er der jo ingenting at sige – men vel at mærke: der er ingenting at sige dertil – og det er vel Grunden til, at jeg har narret Dig flere Gange – og ikke skreven, Du forstår det jo nok rigtig - III
 - jeg tænkte – ”mine Ord vil ikke meget sige”. 
 Nu fik jeg Dit s.k. ”Skarnbøttebrev” og skynder mig at smide min Bøtte i Hovedet på Dig til Gengæld; den er rigtignok for Tiden ingen Skarnbøtte – men så kunde den da heller ingen Nytte gøre; nu er min Mening den, at der er ikke idel Elendighed til i Verden – og det har jeg villet lade Dig vide. Noget ”Trøstebrev” i egentlig Forstand kan jeg ikke præstere – der kan aldrig ”trøstes” Junge, når Ulykken stammer fra de indre Dele, og jeg mener jo nok, at Kernen i Din Ulykkelighed ligger i Dit Forhold til [ulæseligt]; dét er første Række (ikke Hjemvéen) – er Skyld i alle Dine Pinsler -. Og så naturligvis Hjemvéen. Jeg kender den – det er som en fysisk Sygdom – jeg fik f.Eks en rædsom Kvalme -; og – tør jeg skrive det, der bestandig har været i mine Tanker? Jeg har ikke kunnet fatte at Du kunde holde den gående derovre så længe! og da der var Tale om, at Morn. vilde hjem til Efteråret – så forlød der samtidig noget om, at Du alligevel vilde blive derovre; Pan har vist været plaget af svære Anfægtelser – og jeg var skam heller ikke glad.
 Jeg kan vel ikke komme med Råd? det synes jo, som om hele Billys Hus’ Existens beror på Din Forbliven; er det muligt! kan der ikke engageres en Pige, som Du kan sætte i Gang, og som Du kan overbevise Dig om er pålidelig – og én, som i får til at binde sig de resterende Måneder – for Fanden – Din Existens går da over Økonomien – fallit kan Billy vel ikke gå, om Du også rejser; og jeg mener virkelig, at Du ofrer altfor meget ved at blive, når Du lider sådan af at være der. Et positivt Råd: fastsæt at Du vil hjem om 1-2-3 [”1” indsat over linjen] Måneder – efter Behag; så snart Du da ser en overkommelig Frist for Dig, vil Du kunne få en Masse ud af Din Tid – en Masse Sprog og Musik – fordi det så ikke længere gælder om at få Ende på Tiden – men om at få den til at slå til. 
 Når jeg har læst i Bladene om de overfyldte Skibe med Passagerer hertil fra Amerika – så har jeg flere Gange tænkt – Gud vèd om ikke lille Junge er med på èt af dem – og det vil ikke overraske mig, om Du en Dag viser Dig på Skuepladsen.
 Søde lille Junge – er jeg en skidt èn til at råde Dig? Men kan jeg da andet end råde til det som jeg selv absolut vilde gøre i sådant Fald.
 Jeg er jo ganske vist en stor Egoist, det er sikkert – men jeg har da heller aldrig set nogen virkelig frugtbar Selvopofrelse; det er ikke til rigtig Gavn for nogen af Parterne; men naturligvis mangler jeg Forudsætninger til helt at kunne se til Bunds i dette specielle Tilfælde; for mig ser det kun ud, som om Din første Pligt her er Pligten mod Dig selv – og døm selv, hvori den beror!
 Nå – dette er nok et Timebrev – gid det dog må træffe Dig i nogenlunde god Condition – se så til at Du kan fejre en måske lille Højtid med Elle og Billy – og Hilda – o.d.a. 
 Nu skal jeg da virkelig blive flink igen til at skrive. Sidst sendte jeg et Kort – har Du fået det?
 Hermed Tusinde sommervarme Pinsehilsner fra din evig heng.
 Dis</t>
   </si>
   <si>
-    <t>1912-06-22</t>
-[...119 lines deleted...]
-Achton Friis
+    <t>1907-08-11</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Fynshovedvej 696, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Vilhelm Larsen
+Peter Magnussen
+Karen Meisner-Jensen
+Olga Meisner-Jensen
+Laurits Ring
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Christine Swane er husbestyrerinde for sin bror på gården Rørdam på Vestfyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener godt, at Christine Swane og Karen Broe kan lave en udstilling alene. Det er ærgerligt, at de ikke kan få Jensen med. Ring har talt pænt om det store portrætbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BglZ</t>
+  </si>
+  <si>
+    <t>Nordskov 11 August 1907
+Kære Ugle
+Tak for Fødselsdagshilsenen og undskyld at jeg så sent svarer på Dit Brev; det kommer hovedsalig af at Børnene er herude i Ferien og mange Børn og mange Billeder optager min Tid. Det er jo kedeligt at I ikke kan få Jensen med til Jeres Udstilling. Det er i det hele kedelig at hun slet kommer frem for Offentligheden hun er så tiltalende som Maler, men jeg kan godt forstå at hun ikke vil udstille, dersom det ikke var for at sælge noget, skulde heller ingen få mig til at udstille en eneste Lap. Selvfølgelig kan Du og Bro lave Udstilling alene; men når Du spørger derom så mener Du måske om jeg tror Winkel vil tage en Udstilling af Jer. Jeg kan ikke sige andet dertil end at jeg tror De måske nok vil sige ja og Amen til det, men dersom der er noget bedre i Sigte kan det godt være de giv Jer en Sludder for en Sladder. Jeg besøgte Ring i Sommer. Han er jo i Censurkomiteen ved Charlottenborg han talte en Del om Dit store Portrætbillede som han syntes godt om og havde stemt på til Optagelse.
+Hils Klaks og mal med Lyst, så Du kan få en god Udstilling til Efteråret.
+Din hengivne Baron</t>
+  </si>
+  <si>
+    <t>1907-11-10</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Peter Hertz
+Vilhelm Slomann
+Hans  Syberg
+- Vogt-Møller</t>
+  </si>
+  <si>
+    <t>Fritz skriver, at han har solgt adskillige billeder. Han kommer nok hjem tirsdag eller onsdag. Der er nu solgt for 2900 Kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lL9E</t>
+  </si>
+  <si>
+    <t>[Med blyant påskrevet] 11-11-1901 
+Kære Høns.
+Idag har jeg en glædelig Nyhed. Sloman har købt ”på Landet” for 1200 og Vogt=Møller Rugen med Solpletter for 300 Kr. Igår gik der slet intet, men i forgårs gik der foruden de to Aquareller med Besse, som jeg har skrevet om til Dig: en med Besse (på Højkant) 125 (tror jeg) og den med Hans stående på Stenen (Studie til det store Billede) som egentlig var Din og derfor sat til 350 Kr. – gik til fuld Pris. Jeg tror nok jeg kommer hjem Tirsdag eller Onsdag. Vi er nået til 2900 Kr. nu. Det går da opad. Mange Hilsener fra Din hengivne Fritz.
+Lille Peter Hertz kom og trykkede mig i Hånden med de Ord ”hvor det dog er en dejlig Udstilling De har.</t>
+  </si>
+  <si>
+    <t>1910-12-01</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
 Jens Jensen
-Grethe Jungstedt
-[...95 lines deleted...]
-    <t>1935-06-20</t>
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>"da vi kom til Kjerteminde": Anna og Fritz Syberg var i Stockholm i forbindelse med en udstilling i efteråret 1910. På hjemturen besøgte de Johannes V. Jensen med familie i København. 
+Syberg-familien boede over to år i Italien. De vendte hjem, da Anna var gravid med familiens syvende barn. 
+Vierwaldstättersøen er en sø omgivet af bjerge i Centralschweiz. Navnet kommer af de fire omkransende Waldstätten: Uri, Unterwalden, Schwyz og Luzern. Rigi og Pilatus er to bjerge.
+Høns eller Hønset er Anna Syberg. Besse er Johanne Syberg g. Giersings kælenavn. Lars Syberg blev kaldt Sakker.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg fortæller om rejsen til Pisa. Den gik over Hamburg, Frankfurt og Luzern, hvor de overnattede på hotel, gik tur og så på søen og bjergene. Derefter kørte de i ét stræk til Pisa. Her boede de to en halv dag på hotel, og derefter fandt de en lejlighed. Madam Battoni er deres værtinde. Hun er fransk-tysk og taler trods sine 10 år i Pisa elendigt italiensk. Besse vikler allerede sit tørklæde om hovedet som en italiener, og Sakker har spurgt, om faderen tror, hans hår kan blive mørkt i løbet af de næste to år, som er den tid, familien har tænkt sig at blive i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NDZ9</t>
+  </si>
+  <si>
+    <t>Pisa 1 Decbr. 1910
+Kære Joh. V. og Else!
+Nu er vi altså landet i Pisa. Vi kom lidt mere hovedkulds afsted end jeg havde ventet mig. Anna fik Rejsefeber da vi kom til Kjerteminde og så smittede hun mig og vi gjorde os hurtigt færdig. Torsdag Aften Kl. 8 rejste vi fra Kjerteminde og havde egentlig besluttet at tage hele Turen udi et Drag. Vi frygtede for at det skulde blive for drøjt for de Små, men med dem gik det over Forventning storartet. Fredag Morgen var vi i Hamborg – om Aftenen Kl 9 i Frankfurt – Lørdag Morgen Kl. 6 i Basel, men så kunde Besse ikke længer Den unge Frøken var blevet ”søsyg”. Vi nøjedes så med at tage til Luzern hvor vi var Kl. 9 Formiddag og fandt os et Hotel ”Zum goldenen Loewe” Det var trods sit drabelige Navn et hyggeligt og renligt (som alle Schwitzerhoteller) lille Hotel. Vi blev bænkede om et stort rundt Bord alle 8 ved hver en Bøf med Spejlæg og en Seidel Bier. Desværre var det Regn og tyk Luft, men der var dog et Øjeblik hen under Aften hvor det klarede af så Børnene fik Rigi og Pilatus [de to næste ord indsat over linjen] at se. Vi gik en Tur ned ad Verdens berømteste Promenade, en klippet Alle (Kastaniealle?) langs med Vierwaldstädtersøen. Den var på denne Årstid fuldstændig mennesketom og Rille, (der stadigvæk vedbliver at være den Kjerteminder han er uden at lade sig påvirke [ordet påvirke overstreget] imponere af nogen Rejsevidundere) benyttede Lejligheden til [et ord overstreget og ulæseligt. Over dette er det følgende ord skrevet] udenfor en stor Villahave at lægge sit Visitkort. Søndag Morgen (fra Luzern) var det heldigvis fuldstændig klart og Bjergene om Luzern så imponerende ud. Turen over St. Gottard og helt ud til Lombardiet foregik i det vidunderligste Solskin. Men så kom Tågen igen og Sneen. Jo længere vi kom sydpå jo mere Sne. Først da vi var på den anden Side Appeninerne blev Luften mild igen, men her langs Middelhavet regner det lidt for meget. Vi rejste fra Luzern og til Pisa ud i en køre fra Kl 7 Morgen til næste Dags Morgen Kl. 4 opholdt vi os på Pisas Banegård i 4 Timer og tog så en Droske ud til et Hotel i Byens modsatte Side ”Albergo Garibaldi” der var os anbefalet af Zahrtmann. Vi boede der i to en halv Dag for 30 Lire med omtrent fuld Pension. Værtinden og hendes tre Døtre konkurrerede i Tykkelse. Den ældste Datter tror jeg gik af med Prisen. [Tegning af tyk kvinde i venstre side] De omfavnede og kyssede Høns ved Afskeden i går og vi har lovet at besøge dem på Søndag.
+Vi har nu fået en Lejlighed inde i Byen. Vor Værtinde her er fransk (”Parisienne”) hvad der er meget rart for Sprogets Skyld. Jeg troede ikke jeg kunde noget fransk men hvor det dog er en Lettelse at kunde blande et Par Sprog sammen når man ikke [ordet ”ikke” overstreget] kun kan [ulæseligt ord] i dem begge.
+Hvad det er for en ”lingua franca” Madam Battoni lærer os må Vorherre vide Hun er som hun siger født i Paris, men Moderen var tysk og hun har nu boet 10 År i Pisa uden at kunne lære italiensk, så nu kan hun hverken fransk italiensk eller tysk. Forresten er hun tiltalende. En ægte fransk Skude.
+Det er Sjov at se hvor forskælligt Børnene tager det at være i fremmed Land. Besse er allerede Italiener. Hun ejer et hvidt Tørklæde (Halstørklæde) men nu knytter hun det om Hovedet a l’Italienne, og sin fine nye Hat som hun var så glad ved da vi rejste hjemme fra (og forresten under hele Rejsen) den ser hun ikke til mer. Sakker er også meget spændt på om han kan blive Italiener i Løbet af to År. (den Tid vi har tænkt os at blive her) Han sagde forleden til mig i et fortroligt Øjeblik: ”helt sort Hår kan jeg vist ikke nå at få på to År, men tror Du ikke nok at [det] bliver lidt mørkt” - - .
+Mange Hilsener til Børnene og Jer selv
+Eders hengivne
+Fritz Syberg
+Adr.
+Sig. Batoni Lorenzo
+Via Sancta [”Sancta” overstreget] Lucia 3
+Pisa</t>
+  </si>
+  <si>
+    <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
   </si>
   <si>
     <t>Johanne Giersing
-Elin Jensen
-[...4 lines deleted...]
-Vilhelm Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
 Franz Syberg
 Fritz Syberg
-Ane Talbot</t>
-[...49 lines deleted...]
-Alhed Larsen
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
 Johannes Larsen
-Christine  Mackie
-[...42 lines deleted...]
-dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Johannes V. Jensen
+Fritz Syberg
+Hans  Syberg
+Franz von Jessen</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aeD0</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 d 13-12-10
+Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
+Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
+Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
+Vi rider af og til men i Ridehus og det keder mig lidt. 
+J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
+Else</t>
+  </si>
+  <si>
+    <t>1911-02-22</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 31</t>
+  </si>
+  <si>
+    <t>Otto Balle
+Carl Bloch
+Paul Cézanne
+Henrik Gamst Jespersen
+Johanne Giersing
+Charles Henrichsen
+Johannes Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Bertel Thorvaldsen
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Johannes V. Jensen fik nytårsdag 1911 artiklen Fétischisme i Kunsten trykt i Riget. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56. Grete Zahle: Dagens Lys. Rhodos s. 26 og 116.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for breve og artikler. Johannes V. Jensens artikler om fetich og om Johannes Larsen var gode. Syberg kan ikke lide Carl Blochs billede, og han bryder sig ikke om Henrik Jespersen.
+Familien er ved at flytte til en syvværelses lejlighed, og Anna er på auktion for at købe senge.
+Hans er i marmorhuggerlære, Clara, Lars og Franz går i kommuneskole. Johanne og Ernst blev smidt ud af en katolsk skole, da de ikke kunne slå korsets tegn på den rette måde, men nu er de kommet i en nonneskole, som gerne ville tage protestanter.
+Syberg har fundet et område nord for bymuren, hvor han vil male. Ingen andre har malet disse motiver, og det bliver ikke genremalerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iGwx</t>
+  </si>
+  <si>
+    <t>Pisa 22 Fbr. 1911
+efter den 15 Marts
+Via S. Lorenzo 31
+p.p. 
+Kære Johannes V. og Else!
+Tak for den indholdsrige Brevpakke vi sidst fik fra Jer. Jeg siger nu som før, Din Artikel om Fetischdyrkelsen var ug. At Du tager fejl af Cesanne og van Gogh ved jeg godt, men det kommer ikke det Smør ved. Din Arikel om Las holder jeg måske dog mere af, eller rettere sagt, jeg holder mere af den. Som et Kuriosum kan jeg meddele, at det Billede af Carl Bloch [et bogstav overstreget] Las anbefaler Dig til Nedslagtning, har Zahrtmann i en [”en” indsat over linjen] større Forsamling af Danmarks Malere hævdet, var, - sammen med Thorvaldsen – det højeste, dansk Kunst var nået til. Som sædvanlig er de Lærde uenige: C. B.s Billede kan jeg egentlig heller ikke lide.
+Det er i det hele taget ikke et Arbejde, som er en ordentlig Pen værd, at beskæftige sig med hvad der trænger til at slås ned, synes jeg. Hvor skal man begynde. Vil man give Ris skal det dog helst være den rigtige Ende som får dem. Henrik Jespersen er en Maler hvis Billeder har den Virkning på mig, at jeg kunde tænke mig Malernes Helvede behængt med dem, men der findes i Danmark 100 Malere af H Jespersens Art og de 99 er meget værre end han. Men at skrive Kroniker om Otto P. Balle og Charles Henrichsen of. kan jeg ikke tænke mig nogen gider. Som sagt Din Artikel var god og gid Du vilde skrive nogle flere.
+Vi er ved at flytte – det vil sige vi skal flytte den 15 i næste Måned. Anna er på Auktion i et gammelt ”palazzo” på Lunig’Arno for at købe os nogle Senge og et Bord. Vi får en 7 Værelses Lejlighed, med en dejlig Udsigt over mod Pisa [”mod Pisa” overstreget] nogle gamle Haver, Pisas Bymur og Bjærgene. Dersom Else tænker på at komme herned får vi god Plads, især Plads – da jeg garanterer for at Møblementet ikke skal komme til at fylde meget i Lejligheden.
+Vi har – tror jeg – bidt os fast her på Pladsen. Hans er i Marmorhuggerlære, Sakker Trylle og Nolle går i Kommuneskole, Besse og Negeren har vi lidt vanskelig ved at få anbragt da Besse er for gammel til at de vil tage hende i Kommuneskolen og Negeren for ung. Vi fik dem i en katolsk italiensk Skole, men der gik de kun en Dag, så blev de hældt ud fordi de ikke kunde slå Kors for sig på den rette Måde, og altså måtte være Kættere. Nu har vi fundet en fransk-italiensk Skole, drevet af Nonner der er klædt omtrent således [tegning] – de er tillige glatragede på hele Hovedet. [Overstregning] De vil [overstregning] nok tage imod Protestanter. Jeg er selv meget optaget uden at jeg dog faar lavet så overvældende meget. Men jeg er ved at komme i Gang. 
+Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-05-05</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Mads Rasmussen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver om sin snue og hvordan Else varter ham op. De drømmer om at bo på Isle of Wight og han mener, Fritz Syberg også bør prøve at bo i England. Derudover diverse andet, blandt andet at han vil forsøge at sende sin seneste bog, som har vakt røre i andedammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TobY</t>
+  </si>
+  <si>
+    <t>5 Maj 11
+Kære Ven
+Skubbet op i Hovedpuder og med en Aargang af Ill. Tidende fra 1864 til Underlag skriver jeg dette. Jeg har Snue og bliver dægget for af Else som elsker naar jeg leger syg. Udenfor er det stille og vil give Varme opad dagen, jeg kan se de grønne Træer i Frederiksberg Have. Vi er kommen hjem fra Rejsen, som var god, og er ikke kommen hjem alligevel. Børnene er jo borte i Kalundborg, og jeg bryder mig ikke rigtig mere om Købehavn. Vi drømmer om at tage til Øen Wight og bo. Kanalen, det var det jeg sagde. Tænk dig Dieppe med blomstrende Frugttræer, høje Kalkklinter med grønne Volde foroven og Kanalen melket og opalgrøn nedenunder! Jeg kastede en Flintesten i Stranden og viede dig til at finde den. Hvorfor slås du med skidne Løgspisere? Vi skal leve i England. De har slette Malere derovre, du burde forny den danske Indvandring. Har du ikke 8 Aar til England? Jeg vil lave en Bog om Vilhelm Erobreren. Ved du af at paa Wight er der ingen Vinter, der gror Myrter? ---Nu har jeg spist Byggrynsgrød med tyk raa Fløde og kogte udhuldnede Svesker, om lidt kommer Else med en Krydder og ber mig endelig spise den. Om en Time staar den syge Mand op, ryster sig og gaar i Byen. Fuglesang! Bogfinken vrinsker udenfor Vinduerne, de laver stor Bryllupskonkurrence paa Kvistene. Røgen staar stille over Jostys Tag. Zoologisk Have? Jeg tror jeg skal op og give den gamle Bavian en Banan i dag, han nyder den saa kolossalt og hader mig for det. Han ligner Brandes, og jeg faar Bugt med den ene gennem den anden. - Ellers noget der staar fast? Vi lever paa det løse. Naar jeg har faaet lavet nogle Artikler, tager vi paa Cykletur i Sjælland og maaske Sverig. Just nu spørger man mig, Mads Rasmussen, pr Telefon, om jeg vil holde et Foredrag i Venstreklubben. Jeg lader ham svare gennem Else at jeg desværre har faaet et Træskosøm i Øjet, saa det kan ikke gaa rundt. Om jeg vil have en varm Klatkage med Strøsukker paa? (Bulletin fra Køkkenet) Jeg varer ja. Else kan ikke blive klædt paa for at varte mig op. Vi havde den dejligste Galop paa Fælleden i gaar, og i morgen haaber vi at ride og se Flyvning samtidigt.- ak ja men jeg kan ikke se jer mere, I har været for længe borte. Hvordan ser I ud? Hans er selvfølgelig Lazaron, Besse og Nolle med sammenlagte Duge paa Hovedet., Sakker Rygende Lerpibe og tabende Mundvandet, Rille spejlblank af Makaroni og Trylle med Klude bundne om Benene. Maleren selv ser jeg gestikulere ivrigt, hugge og stikke og klippe i Luften med Hænderne og Moderen klædt i Zinnober taler et Italiensk der driver Tolke og Translatører til Fortvivlelse?? Dog I er naturligvis jer selv allesammen. - Min sidste Bog der har rørt op i Andedammen skal jeg forsøge at sende, Jeg har den maaske Overtro at Pakker ikke naar ind i Italien.
+Nu maa I leve vel. Else beder mig hilse mange gange. Jeres hengivne 
+Johannes V.</t>
   </si>
   <si>
     <t>1911-10-24</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Anna Syberg
 Clara Syberg
 Ernst Syberg
 Hans  Syberg
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Brevet er kun forsynet med et "Kære Ven", men det må formodes, at det er henvendt til Johannes V. Jensen, eftersom det findes blandt hans papirer på Det Kongelige Bibliotek. 
 Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
 Rondane er et fjeldområde øst for Gudbrandsdalen i Øst-Norge i fylkerne Oppland og Hedmark. 
 Det vides ikke, hvilket brev der er tale om, når Fritz Syberg skriver, at han kunne have lyst til at benytte dette som påskud til at besøge Carrara.</t>
   </si>
   <si>
     <t>Fritz Syberg har tegnet et kort af egnen omkring Pisa. I brevet beskriver han vegetationen, skovene, bjergene, marmoret, floderne og deres udløb i havet, farverne i brændingen mv. Derefter fortæller han om, at vikingerne under deres erobringstogt opgav at indtage Pisa, men i stedet besatte Lucca, som de troede var Rom. Han er inde på en strejke blandt marmorarbejderne. Til slut fortæller Fritz Syberg, at flere af børnene har været syge, og at Rille (Ernst) taler om pinjeskoven ved Kerteminde og retter til "urskoven", når de griner af ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9XDW</t>
   </si>
   <si>
     <t>Pisa 24 Otbr 1911
 Via San Lorenzo 44
 Kære Ven.
 [Herunder et tegnet landskort med påskrevne stednavne. Fra oven:]
 Flod Magra ”Luni” Carrara Floden Carrione Bjærge Firenske Hav Flod Serchio Viareggio Søen Lucca Bjærge Pisa Livorno Bjærge 
 Fra Floden Magra og helt ned til Livorno er Landet langs [”landet langs” indsat over linjen], en Slette der omkring Pisa forgrener sig langt ind i Landet. Oppe ved den antikke by ”Luni” er den kun 4-5 Kilometer bred. På hele denne Strækning består Kysten af: en Forstrand af Sand der danner Revler ude i Vandet, derpå et Bælte af temmelig lave Klitter, yderst begravet med grovt Græs længere inde med en Art Enebær – (ikke de som er almindelige i de svenske Skove men nogle med etårige Bær af dette Volumen [et bær er tegnet]). De vokser op som hele Træer ca 12-14 Fod høje og er undertiden begravet i Sand til halvvejs op på selve Kronen. 
 Dette Bælte af Enebærtræer går lidt efter lidt over i Pinjeskov, hvor Underbunden er et Vildnis af nogle [”nogle” overstreget] Buske og Slyngplanter. En tornet Slyngconval – Europas eneste Art – er meget smuk og gennemfiltrer hele Skoven. Desuden findes Efeu, de almindelige Enebær og en Slags Buske med runde blå Bær på Størrelse med Blåbær – Grene omtrent således [tegning] vist giftige. Busken selv er så høj som den svenske Porsebusk. Brombærranker så godt som uden Frugter, men af en vældig Længde [”men af en vældig Længde” indsat over linjen] o.m.a. Buske og Træer. Dette Bælte af Skov er kun smalt nordpå ved ”Luni” og findes kun i spredte Strækninger og Stykker langs Kysten; Men jeg formoder at dette kommer af at den er blevet ryddet til Fordel for de mange Badesteder hvoraf hver lille By har sit: Marina di Pisa Marina di Carrara, marina di Pietra santa e.t.c. Sletten er lang [”Sletten er langs” overstreget] Derimod syd på omkring Pisa er Skovene meget store og udstrakte fordi Kongen her ejer dem. Omkring Livorno er der store Engstrækninger og hvor der tillige er en Sø, på dette sidste Sted i Nærheden af Viareggio er der også en stor Skov. Resten af Sletten, altså særlig den Side der vender mod Bjærgene, er opdyrket som en Have [overstregede, ulæselige ord] Vin, Hvede, Bønner, Frugttræer. 
 Bjærgene skyder sig temmelig pludselig op af Terrænet. Består af rødt og gråt Marmor der [”der” overstreget] og [”og” indsat over linjen] sine Steder af en [”en” indsat over linjen] stærkt forvitret okkergul Sten eller Lerart [”okkergul Sten eller Lerart” indsat over linjen] Ved [”Ved” overstreget] Fra Foden og halvvejs op begroet med Oliven og Vin, Resten forkrøblet Pinjeskov og Krat eller fuldstændig bart: Hvor de nøgne Bjærgtoppe kj [”kj” overstreget] knejser op som ved Carrara er de grå, rødlige med Pletter af hvidt Marmor. Om Vinteren hvide af Sne. Ikke få Steder ser de vulkanske ud. Den højeste Bjærgtop i Appeninerne findes (tror jeg) ved Carrara og er ca 6000 Fod høj altså som Ronderne i Norge.
 Om Luni er der det at sige at der skal findes noget som man mener er Rester af et Amfiteater
 Men den ligger altså ikke ved Carrarafloden – Carrione (snarere nærmere ved den større Flod Magra). Desuden er Carrione kun en ubetydelig Bjærgstrøm tør om Somren og aldrig med mere Vand end man kan vade over den. Hvordan Magra er husker jeg ikke men på Kortet ser den ud til at være bredere end Arno. Arno er på sit sidste Løb ca 200 Alen bred. Dens Vandmasse [”Vandmasse” indsat over linjen] er som de fleste Italienske Floders stærkt afhængig af Nedbør. Efter Regn svulmer den op til en dyb rivende lergul Strøm der farver Havet en hel Mil ud. i [”i” overstreget] En Fjerdingvej Nord og Syd for Mundingen er Middelhavets blegblå og bleggrønne Brændinger farvet [”farvet” indsat over linjen] grågule med gråt Skum ud for selve Mundingen hvor store Sandbarrer ligger på hver Side af Løbet er Brændingerne cikoriefarvede med Sirupsgult Skum. Bag ved den lave Kyst hvor Skovene fuldstændig forsvinder i de store Linjer, rager Carrarabjærgene op på sådan en Uvejrsdag mørke og triste, de hvide Marmorpletter får dem til at ligne Gletschere. På en Solskinsdag når Arnoen er klar og stille som en dansk Fjord blå [”blå” overstreget] Havet er blåt som selve Storebælt ligger Carrarabjærgene blålige og rosenfarvede og lette som Sommerskyer.
 Historien om Hasting har jeg i Erindring fra i Sommer. Christiansen og Zahrtmann var oppe at nappes om Danmark ”verso Italia”. Men C. lod det være Lucca som Hasting erobrede Vikingerne lå og vrælede foran Pisas Porte (Havet skød sig den Gang helt ind til Pisa) i tre Dage, og da de ikke kunde overmande den sejlede de op ad den lille Flod [”Flod” indsat over linjen] Serchio til Lucca og indtog den i den Tro at det var Rom. De fangede Erkebispen som de troede var selve Paven. 
 Egnen om Lucca er ganske som om Pisa. Et tærnet udstrakt Felt af Vin- og Hvedemarker bekranset af smukoliven, bevoksede blånende Bjærge og Høje.
 Carrara [et overstreget, ulæseligt ord] ligger i et Dalstrøg halvt [der har sået ”halvvejs”, og ”vejs” er overstreget og erstattet af et t] op af Bjærgenes Fødder, Et [”Et” overstreget] og er egentlig et eneste stort Marmorværksted. I Sommer strejkede 10.000 Arbejdere der. De gennemførte Strejken ved at bevæbne sig med Bøsser og med at skyde den første ned som vovede at flytte en Marmorblok. Anna og jeg kunde godt have Lyst til at benytte Dit Brev som et Påskud til at komme derop (vi har været forbi på Gennemrejse) men Koleraen har raset så stærkt der i Sommer så vi tør ikke de første Måneder.
 Vi har også her havt Sygdom Trylle et hårdt Anfald af Asthma Nolle og Rille, Mavehistorie, selv Hans har så hård han end er måttet neje sig og ligge i Sengen en halv Dag. Rilles Sprog begynder at blive lidt kosmopoltisk og hans Erindringer farves.
 Han taler om Pinjeskoven ved Kjerteminde og når vi ler af ham retter han sig og siger, nej jeg mente Urskoven (vi har lige læst Junglebogen for dem). Hilsen til Jer alle fra os alle her Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-03</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Johanne Giersing
+Emmerik Jensen
+Jens Marinus Jensen
+Villum Jensen
+Ernst Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek. 
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde sarkofager, freskomalerier mm. Fritz Syberg malede flere motiver der under sit ophold i Pisa.
+Franz Syberg (Trylle) led af astma og bronkitis hele livet.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han arbejder i Campo Santo på en kopi af freskoen Dødens Triumf og beskriver denne tavles motiver. 
+Syberg har haft influenza, og Trylle (Franz) er ramt af astma. Der er hundekoldt i husene i Pisa om vinteren.
+Børnene er blevet gode til italiensk og retter på forældrene.
+Fritz Syberg har drømt om Else og Johannes V. Jensen, mens han var syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UfJv</t>
+  </si>
+  <si>
+    <t>Pisa 3 Decembr. 1911
+Via San Lorenzo 44.
+Kære Venner
+Tak for Brevet. At høre fra Dig er altid at få en Snaps Danmark i Ekstrakt, det er som den berømte Dråbe i Bibelen /eller hvor det er) der kunde fylde det ganske Hus med sin Duft. Jeg sender her nogle Resultater af Besses Virksomhed som Fotograf Vil I nøjes med dem foreløbig så skal vi se om vi kan få fat på en Fotograf som vil lade være at snyde os al for galt. Vi har havt Septembersol hidtil men i de sidste Tage tager Vinteren fat. Termometeret er sunken fra 12-14-Gr. C. til 7-8.do og Regnen er begyndt. Eftermiddagene er dog gærne lyse og klare. Jeg arbejder for Tiden i ”campo santo” på en Kopi i Aquarel af en Freske. Motivet er meget virkningsfuldt. Det hedder Dødens Triumf og forestiller et fornemt og rigtklædt Jagtselskab der på deres Vej gennem Skoven skal op at ofre i et lille Kapel, men pludselig standser fordi de føler sig stillet Ansigt til Ansigt med Døden. Døden fremstilles hæsligt i tre Kadavere i deres Kister, den ene [”ene” indsat over linjen] en tyk Rigmand med Tungen ud af Halsen er endnu [”er endnu” indsat over linjen] i forholdsvis frisk Tilstand, den anden, Resterne af noget der har været Konge en Gang, er i fuld Opløsning (composto siger Italienerne og det lyder så dejlig agrarisk) den tredje er et tørt Skelet der lægger Hånden på det Sted hvor Hjærtet har siddet og smiler kærlig til et Knippel Slanger der mylrer ud mellem hans Sideben. Hestene fnyser, Kongen (den levende) [”(den levende)” indsat over linjen] holder Hånden for Næsen, Dronningen bliver højtidelig stemt og gedanchenvoll. En Mand der sidder til Hest [”(til Hest)” indsat over linjen] nærmest i Forgrunden bøjer sig nysgærrigt frem over sin Hest[s] Manke, han holder en Falk på Hånden og hele hans Legeme, hans Ansigt – alt hos ham spinder af tilbageholdt Livsglæde. Han minder mig hele Tiden om Amtmanden (eller er det Birkedommer han er) i Blichers Juleferierne – ham der kommer spadserende ind til Frokostbordet om Morgenen med Gedebukken under Armen og præsenterer sig som Hr. Mads.
+Jeg har ligget syg i tre Dage af Influensa og Reumatisme. Trylle har også havt en meget hård Omgang Astma. Men nu går alt godt igen. Sommer og Vinter har vi det alle bedst, Forår og efterår er den værste Tid også her. Vi glæder os meget til at se Jer hernede x), send os det snart. Vinteren er ikke rar hernede. Husene der om Somren er så dejlig kølige er Gletscherhuler om Vinteren, men nu er vi aklimatiseret. Børnene kan alle katolske Bønner. Riller retter sin Moder i italiensk, forresten er det ikke meget der er hængt ved nogen af os. Mange Hilsener til Dig, Else og Børnene fra os alle sammen. Din hengivne Ven Fritz Syberg.
+Jeg drømte, da jeg lå syg, at I var hernede corporlig. Vi boede Sa [”Sa” overstreget] sammen i Marinaen spaserede ad Promenaden under de elektriske Lamper og nød Aftenluften og Pinjeduften – gik i Bad om Formiddagen med hele Børneflokken – spiste til Middag sammen i Haven – spiste os fulde i friske Druer – alt i det dejligste Septembervejr.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-12-20</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johanne Giersing</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen opfordrer til, at de ikke dropper deres plan, selv om John Martin bakkede ud, når talen faldt på kontanter. JVJ takker for billederne. Else fortsætter brevet og takker ligeledes for billederne. Hun undrer sig over, så travlt, alle har med jul. Der er mere halløj end nogensinde. Ellers lever de meget stille for at få arbejdsro til at JVJs bog skal komme til foråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fnJm</t>
+  </si>
+  <si>
+    <t>20 Dec 11
+Kære Venner!
+Mit sidste Brev har du vel faaet efter at du skrev dit. Ja Martin krøb altsaa i et Hul da det trak op til Kontanter. Derfor lader vi ikke vor Plan falde men vi kan giv os god Tid til at tænke paa den. Det Forslag om at blive ved den Sommer i Fyen ogsaa med Illustrationsloftet synes mig godt: jeg skal snakke med Gyldendal om det. Nu glædelig Jul og tak for de smaa Billeder, særlig til Frøken Besse, som har taget dem. Nu kommer Else.
+Kære Anna og Syberg. Tak for Brevene og Billederne, det er morsomt at se jer alle igen, selv om det er i lille Maalestok. Her gaar vi naturligvis rundt i Juledelerium Øjnene staar stive i Hovedet paa alle Damer, fordi de bestandig maa gaa og tælle efter om de nu har faaet køvt lige saa mange Julegaver som der er Personer de nødvendigvis maa give noget og saa er der Rengøring og Julebagning og Mad til tre Helligdage i Rad. Jeg kommer undertiden i Panik ved at se paa de andre for det maa jo være splittergalt, at jeg slet ingenting gør. Her er mere Halløj end nogensinde, de siger, det kommer af Opgangstider. For resten er det dejlig mildt, Taage eller Smaaregn bestandig og umådelig mørkt, vi har endnu ikke haft Frost, jeg synes det er dejligt. 
+Vi lever umaadelige stille og isoleret, ser ingen Mennesker, vi har efterhaanden Ord for at være sure og menneskefjendske, men det passer ikke. vi er kun nødt til det for at faa Arbejdsro til Foraaret bliver J. rimeligvis færdig med sin Bog og saa gaar den løs igen.
+Hav det nu godt allesammen og glædelig Jul. Det er saa morsomt at høre fra jer en Gang imellem. Hilsen til hele Familien
+Else J.</t>
+  </si>
+  <si>
+    <t>Sommer eller efterår 1912</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Henry Lørup
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn opholdt sig i Italien fra efteråret 1910 og små tre år frem.
+Af brev fra Fritz Syberg til Mads Rasmussen 28. juni 1912 fremgår det, at familien 1. juli - 1. november 1912 boede på Hotel Balestri i Marina di Pisa. 
+Kristian Zahrtmanns bog Lovisa udkom i København 1912. Zahrtmann har i den skrevet: "Et Minde om Oplevelser 1877, næsten fortalt ganske som det er gaaet til. Personerne har jeg mødt, Lionardo og Lovisa ses i medfølgende Billeder."
+Ingrassere: Italiensk for at blive tyk. Scultore: Billedhugger.</t>
+  </si>
+  <si>
+    <t>Der er varmt i Italien. 
+I forlængelse af at man har talt om ismer: Henry Lørup skrev engang til Johannes Larsen: "Find blev i går Symbolist".
+Syberg har lejet et badehus, som han bruger til atelier. Folk bruger badedragt, og Syberg har været nødt til at anskaffe badebukser til sine drenge. Han maler billeder af dem. 
+Syberg-familien har lært en familie at kende, og deres yngste er glad for Sakker (Lars). Anna er blevet kobberfarvet, og Fritz har lyst til at male hende. Besse (Johanne) er blevet tyke, og en officer er glad for hende. Nolle (Clara) ser skiftevis fransk og dansk ud. Hans slider som billedhugger og elsker livet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CkrA</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri.
+Kære Venner!
+Her er varmt. Jeg har ikke sovet i tre Nætter og har måttet indstille Professionen i Dag. Jeg er ved at søge ud i Periferien af mig selv af Trang til at indvinde nyt Terræn. Mine Rejser er ikke så lange de foregår indenfor Familien, men en Rejse på Stedet kan være ligeså vanskelig som en til det indre Afrika eller Sibirien. Det lyder vist blødt. Varmen må bære Skylden. Du siger ”futuristisk” med samme Ugenerthed som en Sømand siger ”spejlgattet” om et Skibsskrog. Jeg har oplevet adskillige Ismer og Sandheder tro der er Tider hvor jeg har taget dem alvorlig. Jeg kender Ingen der tog dem så smukt som Maleren afdøde [”afdøde” indsat over linjen] Henry Lørup. Han skrev følgende Efterskrift i et Brev til Johannes Larsen ”Find blev i går Symbolist.”
+Zahrtmann har mindedes mig igen.
+Jeg modtog for et Par Dage siden Bogen Lovisa, Jeg synes den er smuk. Vi har lejet et Badehus som jeg benytter til Atelier. Det kunde være meget rart dersom Folk ikke gik i Badedragt, men det gør de, oven i Købet i hele Dres. Mine egne tre Drenge har jeg udstyret med Badebukser af det mindst mulige Mål. Men helt nøgne tør man ikke præsentere dem. Jeg maler på tre Billeder af dem.
+I øvrigt har vi det rent umoralsk godt. Vi har gjort Bekendtskab med en Familie med tre pragtfulde Døtre. Den yngste hedder Brunhilde og er blevet udset til Sakkers Kæreste. Hun er meget indtaget i ham og kalder ham Lorenzo magnifico. Men han prygler hende. Børnene taler flinkt Italiensk, selv lærer jeg det aldrig. I denne Varme forfalder jeg til at tale dansk til vores italienske Tjenestepige
+Anna har antaget sin Kobberfarve og jeg får Lyst til at begynde på en ny Serie Portrætter af hende. Besse blomstrer og ”ingrassare’r” bliver fed, - det skønneste en Kvinde kan foretage sig her i Italien. En lille Officersspire kurer til hende for Tiden. Han skal være [ulæseligt]atiker og ind i Hærens Luftflåde og er meget meget skudt. Nolle ser hveranden Dag engelsk og hveranden Dag fransk ud. Hun er den der taler bedst Italiensk. De tre Drenge bader fra Morgen til Aften.
+Gid vi havde Jer her.
+Eders hengivne
+Fritz Syberg
+Jeg har glemt Hans: Han bor alene i Pisa slider som ”scultore” og synes at Livet er en mageløs Ting.</t>
   </si>
   <si>
     <t>1912-02-18</t>
   </si>
   <si>
     <t>Malmø
 St. Pauli Kyrkogatan</t>
   </si>
   <si>
     <t>Mulle -
 Laurentius Allerup
 Edvard Brandes
 Thora  Branner
 Malin   Holmström-Ingers
 I P Jacobsen
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johannes Larsen
 Christine  Mackie
 Karl Müenzinger
 Olaf Rude</t>
   </si>
   <si>
@@ -4643,50 +1811,3535 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/87NC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan
 Malmø
 Sverige
 [I brevet:]
 Søndag 18/2 – 12.
 Kære lille Disser! 
 Tak for de diverse Breve. Jeg har flere Gange været ved at skrive og været meget oplagt til en lille Sludder, men så er der kommen noget i Vejen. Stunden nu er da heller ikke for heldig nu [”nu” indsat over linjen]: Jeg sidder nemlig i Dagligstuen på Gr. af manglende Varme oppe, - og hvem kan samtale i Aanden i en Dgl.stue, hvor Børn leger og spørger hele Tiden og Folk gaar igennem. Jeg skal nok skrive til Molle endnu i Dag, - er så rørt over at de vil ”gøre ud af mig” den 6te men af kan det nu ikke blive. De vil nemlig på ingen Måde af med mig her den Dag [”den Dag” overstreget] og har planlagt et umaadeligt Gilde – Champagne – den Dag, og så kan du jo nok forstå at jeg ikke kan rejse. – Men jeg kommer rimeligvis snart efter, - men derom nærmere senere. – Det var dog ganske utroligt med J.H. og hans ”Høflighed”. Den Slags Mennesker opdrætter vi dog vist ikke i Danmark, - den hule Humbugmager. Og at han ikke en Gang skammer sig over en sådan Motivering. Gjorde han det, kunde han vel have fundet på en anden. Han er jo ikke en Gang intelligent. Vær du glad ved at du endelig fik Øjnene op for ham og fik ham rystet af dig. – Din travle Tilværelse vinder i høj Grad mit Bifald, - gid jeg gad gakke hen og gøre ligeså. Det er nu et af de bedste Hjælpemidler vi har mod den store Fjende, Tomheden. Er vi Kvindfolk dog ikke infamt indrettede; at vi så let bliver tamme, når vi ikke har én el. anden at gå og drukne i – være optaget af eller optaget i. Det irriterer mig så knusende. Tilværelsen er dog så uendelig mangfoldig, og hvorfor skal dèn ene Side af den tage en så uforholdsmæssig stor Plads op. Jeg vil heller ikke. Jeg sætter Hælene på de lumske farlige Instinkter, som suger vor Livskraft og tidt giver os ingen Ting til Gengæld. – Men hvad er der, som er Umagen værd, - mangen Gang kan jeg kun se så lidt så lidt. - å meget af det man har holdt af og været glad ved har kun haft Værd, fordi det står på en el. anden Måde [”Måde” indsat over linjen] i Forhold til det som opfyldte os, - og så bagefter. – Gud Fader, hvor jeg sidder og jamrer, det er jo ganske uværdigt,- men du skal se, jeg mander mig nok op. Af og til kan jeg da skimte Muligheden af en Slags Indhold.
 Mon du ikke kunde komme et Par Dage til Tutte mens jeg er der, - så kunde vi igen ”snakke sammen om ’et.” Og på Vej til Hvilan ser jeg jo også nok et lille Tag. 
 I Aftes kom Las og Be hjem, medbringende en lille Maler Rude. Det gav [ulæseligt ord] til en Smule Festlighed, hvad det altid lunder [”d” i ordet overstreget]. Vi ryger og drikker os selv til Dons Rev, - jeg er så forsviret som et Bæst. Det var f. Resten slet ikke så tosset, den 8 Dages Tid jeg var her alene med Ungerne, - jeg skolede med dem om Morgenen og Resten af Dagen gik meget rart med at læse rejse, betragte og skrive til Karl. Dette sidste morer mig mærkelig nok, - jeg tror vi kan få et rigtig gedigent Venskab, mellem os, når jeg kun kan komme uden den forb. Følelse. Det kommer nok. – Jeg har læst så meget i denne Tid, som jeg har haft Glæde af, - bl.a. I.P. Jakobsens Breve til E. Brandes Hvor han var et herligt Menneske, I.P. – der er dog dejlige Mennesker i denne Verden, men de dør jo gærne. Lille Mulle var et af dem.
 Ungerne har været morsomme og søde at have at gøre med, og Mornine har jeg også haft Glæde af at dyrke, - hun og jeg kan så godt sammen i denne Vinter. Allerup har også været med i Dyrkelsen, - han er et rørende Menneske, som man kommer til at holde af. 
 Det var slemt at dit eneste Lam skuffede dig. Der må da være Mennesker i Malmø. De Malere var vist ”Bussere”, - jeg mener, vi gik galt i Byen med dem. Svenskerne har jo nu én Gang ikke Humør, og de mangler Bredde. – 
 Sikken et Brev, - men jeg skal sige dig, jeg er så edende sulten og her lugter af Mad, men vi skal ikke spise længe endnu af det er så tungt. 
 1000 Hilsner E
 [Det følgende skrevet langs overkanten side 7 og 8, på hovedet:]
 Skriv meget snart igen – det er dog sjovere at skrive, når der ikke er en Måned mellem Svar og Tiltale
 Kys Ungerne
 [Det følgende skrevet øverst på side 2, på tværs:]
 Kan du ikke hverve Fru H. til ”Dansk Aand”</t>
+  </si>
+  <si>
+    <t>1912-02-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Villum Jensen
+Peter Paul Rubens
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det vides ikke, hvad Botfelder betyder.
+Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
+Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Det er forår efter en mild vinter.
+Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
+  </si>
+  <si>
+    <t>Pisa 28 Fbr. 1912
+Via San Lorenzo 44
+Kære Venner, Joh. V. og Else!
+Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
+Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
+Jeres hengivne
+Fritz Syberg
+Morgenen efter.
+Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
+Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1912-04-24</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Toulouse, Frankrig
+Borgo Largo, Pisa, Italien
+Arno, Pisa, Italien.</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.
+Passegiata: promenade.
+Lung Arno: floden Arno, der løber gennem Pisa.</t>
+  </si>
+  <si>
+    <t>Anna Syberg beder Ernst Goldschmidt sende flere beretninger om skandaler, han har hørt om.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G0Yx</t>
+  </si>
+  <si>
+    <t>Adr. poste rest. Toulouse Francia
+Kære Ernesto
+Paa Hjemvejen fra en "passegiata" paa Lung Arno er vi dumpede herind paa Posthuset i Borgo Largo for at sende Dig en Hilsen. Bare det ikke er for sent. Hvis Du faar dette Kort saa sæt Dig straks ned paa din E... og fortæl os om alle de Skandaler Du bebudede men som vi ikke fik paa Grund af Pladsmangel. Er Du rask. Du skalkomme til Marinaen - det kunde være saa Grin. Mange Hilsener fra Anna, Besse og Nolle Lad os vide din Adresse i Fremtiden.</t>
+  </si>
+  <si>
+    <t>1912-05-14</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Hans Smidth
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver til Anna og Fritz Syberg og forsøger ihærdigt at lokke dem til at komme til Danmark til sommer, helst på besøg hos Johannes V. og hende selv i Tisvilde, hvor de skal leje et hus. Johannes V. har fået et par små billeder af Hans Smidth, som han er meget glad for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dP2V</t>
+  </si>
+  <si>
+    <t>14/5-12
+Kære Anna og Syberg.
+Betænk jer nu en Gang til inden I tager nogen absolut Bestemmelse med Hensyn til Sommerrejse. Jeg synes I skulde komme . I maa nu til at nyde jeres anden Ungdom, som kommer naar ens Børn er saa store at de kan undvære en. Hans og Besse er jo nu voksne og maa sagtens kunne tage sig af de smaa desuden kender I jo nu sikkert paalidelige Folk i Italien som ogsaa kan se lidt efter dem. Og hvorfor skulde I dog ikke komme til Italien igen fordi I kom lidt hjem, er det saa skæbnesvangert at gøre en Ferie her. Vi skulde ikke sige noget til et Menneske før I var her og saa tager vi til Tilsvildeleje med det samme og gaar i Vandet og spiser Hummer, som fanges der en masse og spiller Violin og Fløjte og Kort og snakker om det nye Kunstblad som en Gang skal komme I skal ogsaa faa Lov at gøre en Afstikker til Fyns Hoved og saa rejser I tilbage til Italien naar den værste Varme der, er overstaaet og imidlertid har Børnene faaet Lejlighed til at mærke hvor daarligt de kan undvære deres Forældre, hvad Børn jo ellers ikke aner, saa er I nok saa søde at lade mig vide, naar I kommer for at jeg kan faa en Jernseng til dirigeret derud.
+Det kan jo heller ikke nytte mere, at jeg skriver og fortæller jer om de smaa Ting der nu og da hænder os det kan jo slet ikke interessere jer mere og store Begivenheder hænder jo aldrig. Altsaa I maa komme. Vi har ogsaa en Masse Ting at vise jer. J.V. har faaet et Par smaa Billeder af Hans Smidt som han er lykkelige over og flytter hver Dag og tror bestandig, at nu har han endelige fundet den absolut eneste Plads, hvor der kan være Tale om at anbringe dem. 
+Børnene har det godt og vil bygge et Skib til Sommer, Jens medbringer den theoretiske Viden, han er tandløs og sidder altid med Næsen i en bog. Villum bliver kønnere og kønnere. Skildpadden skal vi have i et Tøjr paa Marken, vi maa løbe an paa, at den nok skal kunne taale at undvære den Vælling, den ellers plejer at faa om Morgenen, og som vi ikke kan skaffe den der.
+I kunde da ogsaa egentlig sagtens tage Børnene med og saa blive her hele Somren. 
+Jeres Else..</t>
+  </si>
+  <si>
+    <t>Ludvig Find
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Johannes Kragh
+Peter Magnussen
+- Rafael
+Georg Seligmann
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Jens Ferdinand Willumsen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Corriere toscana: Den toscanske kurér. 
+Udstillingen i Brighton er formodenlig Modern Danish Artists, som netop blev afholdt i 1912. Willumsen deltog i denne. Fritz Syberg skrev 13. marts 1912 til Johannes V. Jensen, at han regnede med at deltage i denne udstilling.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har fået brev fra en ungdomsven. Han og Anna har ikke råd til at rejse med alle børnene. Syberg og Jensen må ses i forbindelse med det planlagte tidsskrift. Syberg er blevet interviewet til to aviser. En russisk læge og hendes søn har været på besøg og se på Fritz Sybergs billeder, og hun var meget fortørnet over farverne, men en italiensk maler, som også var til stede, var begejstret og fortalte, at Syberg havde styr på farvelæren. Syberg-familien blev siden inviteret til the hos den russiske kvinde, som spurgte, hvordan Anna havde tid til at opdrage sine børn, når hun også skulle male. Anna svarede, at de måtte opdrage sig selv. Russerens egne børn var meget underkuede og turde ikke sige noget. 
+Syberg-familien har også lært en italiensk familie at kende. De har en mængde dyr i deres have.
+Fritz Syberg har ikke sendt ind til Den Frie Udstilling. Willumsen m.fl. har undladt at invitere ham til udstillingen i Brighton. Til gengæld vil Winkel &amp;amp; Magnussen købte alt, hvad han har malet i Italien, men Fritz Syberg vil hellere udstille i kunstforeninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kXix</t>
+  </si>
+  <si>
+    <t>Pisa – 14 – Maj 1912. Via San Lorenzo 44
+Kære Johannes V. – kære Else.
+Hvor Jeres Breve kom heldigt. Jeg lå anden Dagen i Sengen af Influenza og ønskede mig at der nu vilde komme Brev hjemme fra – og så ringede Posten. Sammen med Eders Breve kom et andet rart Brev fra en Ungdomskammerat – tænk man har _Ung_domskammerater – som jeg havde mistet Forbindelsen med i mange År. Jeg kan høre Klangen af Din Stemme Else igennem Dit Brev og den er lige så tiltalende at lytte til som Bølgernes Klukken, men – jeg kan altså høre den på lang Afstand og må blive. Det bliver for dyrt at rejse med alle Ungerne og tage fra dem tør vi ikke. Koleraen var ikke ufarlig hernede i Fjor og måske bryder den løs iår igen. Johannes V. kan ikke mere ”se os”. Men jeg er i visse Henseender Fatalist. ”De Himlen har bestemt for hinanden osv.”. Og jeg tror ikke vi n [”n” overstreget] er færdig med hinanden endnu. Nu har vi jo det nye Tidsskrift hvad det nu skal hedde. Tanken om det er gammel hos mig og jeg talte med Anna derom for over to År siden, og nu er jeg først nået [”nået” indsat over linjen] til at betro mig til Dig. Det udvikler sig altså langsomt lige som de intelligente Dyreraser og det er jo gode Tegn.
+I skal have en Fremstilling af den Fase vor Tilværelse befinder sig i nu [”nu” overstreget] i Øjeblikket, for den er undergivet Omskiftelighedens Lov.
+Jeg er blevet interviewet til to italienske Aviser ”corriere toscana” og ”la [ulæseligt ord].” Efterhånden har den Nyhed bredt sig at der bor en skandinavisk Maler i Pisa. Det var en Dame der besørgede Interviewet – og min Kone der lavede det – Gudskelov man har en Kone – Damen der kom var en gammel gemytlig Svend Tysker, havde været bosat i Pisa i 20 År, var Journalist, Forfatterinde, Lærerinde i Engelsk, Tysk og Fransk, og trods sin Alder nok en [”nok en” overstreget] i Besiddelse af en god Appetit på Tilværelsen. Gjorde hver Sommer Rejser til England og Frankrig. Så var vi til ”The” hos hende. Der stiftede vi Bekendtskab med en Frue, - Russerinde, gift med Professoren ved Tuberkulosehospitalet her i Pisa. Hun havde en Søn der vilde være Maler og bad om hun måtte besøge os (De vilde altså se mine Billeder, det bliver mere og mere en Skik at Folk vil det, og det er en meget blandet Fornøjelse) Professorfruen var ikke så morsom. Hun er selv Læge men det mærker man ikke. Derimod går hun d [”d” overstreget] i den Grad op i Bekymring for sine Børns Opdragelse, så hun har det ligeså pinefuldt som ham [”ham” overstreget] Manden der aldrig turde spise sig mæt af Frygt for at han så skulde dø af Sult næste Dag. Fremvisningen af mine Billeder var en god Forestilling. Hun var meget konsterneret over de Kulører jeg malede med det var ikke de Rafael brugte sagde hun, og hun [”hun” indsat over linjen] gjorde mig mange Spørgsmål som det var mig umulig at besvare, men heldigvis var der en Maler tilstede en italiensk Professor som vidste Besked Han var meget begejstret for Billederne og blev efterhånden Fyr og Flamme – spurgte Fruen om hvorfor en Grøft i et Landskab var blå, så vidste han Besked, gestikulerede og forklarede hende hvilken Visdom der var i at netop den Farve var blå, jeg blev efterhånden helt sikker i Sadlen ved at høre hvor sikker jeg var i Farvelære Hendes stakkels Søn bliver nu proppet med al den Pølsesnak og det går ham som alle overkultiverede Mennesker at de for lutter Spekulation over Tin [”Tin” overstreget] hvordan Tilværelsen tager sig ud, mister Evnen til at elske den, og så har hun stakkels Klukhøne gjort hvad der står menneskelig Magt for at hjælpe ham fremad. Vi var bedt derhen til The i går, men heldigvis var jeg syg. Bel [”Bel” overstreget] Besse, Nolle og Anna var der saa. [”saa” overstreget] Professorinden bekymrede, [komma overstreget] over, hvordan Anna kunde få Tid til at male og så opdrage sine Børn. Anna sagde at de måtte opdrage sig selv. Ja men der [”der” overstreget] de skal jo lære – Græsk – Matematik – Pas. Hun har to Døtre begge to var de tavse som Graven Nolle og Besse taler Sproget meget godt nu og forsøgte at tø dem op men nej de var tyngede af Livets Alvor. Og med alt dette er Russerinden en velvoksen Dame med et ganske anseeligt Korpus, og ikke en Splejs som Anna. Vi kender en italiensk Signora – manden er Officer – men det er kom [”er kom” overstreget] Bekendtskab er kommet på en hel anden Måde. Hun havde set os på Gaden når vi fulgte Børnene til Skole, og indledte Bekendtskabet med at sende Anna Blomster. Vi har været der nogle Gange og de hos os. De ejed [”ejed” overstreger] ejer en hel ”zoologisk Have” bestående af store snehvide Kæmpeduer, hvide Kalkuner, og de mest henrivende snehvide Kaniner – ca 50. Af Kalkunerne gik en med 30 Kyllinger (Høns) en anden lå på 30 Hønseæg og en stor kalkunsk [”kalkunsk” indsat over linjen] Hane gik ude i Haven, der bestod af Appelsiner og Laurbærtrær. Hun var smuk – Signoraen – så ung ud skøndt hun havde seks Sønner hvoraf den ældste lige var blevet Løjtnant. Til Slut; jeg fører en lille stille Krig med ”den Fri”. Jeg sendte intet ind til Udstillingen og agter heller ikke at sende ind til næste År. Svindleren Willumsen tilligemed de Stakler der kryber på fire efter ham, Find – Kragh Seligman og hvad de hedder ordnede Brighton Udst. og undlod at indbyde mig (Jeg blev derimod indbudt af Foreningen ”Grafisk Kunst” – jeg har en Gang lavet to Træsnit!!). Det passer mig ikke at lade mig dette byde, da jeg hverken trænger til den Fri eller til at komme til Brigthon. Jeg har fået Tilbud fra Winkel og Magnussen at de vil købe ”en bloc alt hvad jeg har lavet hernede” ovenikøbet tilføjer de ”til en god Pris”. Men jeg vil ikke i Hænderne på Kunsthandlere og har foreløbig bedt dem vente til Efteråret. Helst vil jeg ordne mine Affærer således at jeg i Februar 1914 laver en Udstilling i Kunstforeninger over de sidste 4 Års Arbejde. Men det afhænger jo af [”af” overstreget] noget af hvad den Fri gør for at hverve mig igen, [overstregede, ulæselige ord] jeg har svært ved at sige nej når nogen beder mig - - ja det er sandt nu har jeg lige sagt nej til Else – nu 1000 Hilsener fra os alle her til Jer alle 4. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Giovanni Pisano
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1912-06-14</t>
+  </si>
+  <si>
+    <t>Pisa, Italien
+Marina di Pisa, Pisa, Italien</t>
+  </si>
+  <si>
+    <t>Puccio Capanna
+Johanne Giersing
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Familien Syberg bor to steder på Via S. Lorenzo i Pisa i årene nov. 1910 til forsommeren 1913.
+Besse: Johanne Giersing
+Campo Santo er begravelseskapellet i Pisa. I dette findes et stort antal sarkofager, relieffer mm. 
+Campo Santo betyder hellig mark eller ager, i Italien et almindeligt navn på kirkegårde, særligt på dem der er omgiver af mure med indvendige buegange.
+Camposanto Monumentale i Pisa er den mest berømte campo santo. Dens buegange stammer fra den sene middelalder og er smykket med berømte fresker blandt andet "Dødens Triumf" og med skulpturer. Anlægget blev svært beskadiget ved et bombardement under 2. verdenskrig. 
+Scirocco: er en vind, der blæser fra Nordafrika mod Sydeuropa og er især kendt i det sydlige Italien. VInden er desuden kendt for at bringe sandskorn fra Sahara til Sydeuropa. 
+"Baedeker" er betegnelsen på en rejseguide - efter den tyske forlægger Karl Baedeker 1801-1859.
+Campanula: latinsk betegnelse for klokkeblomstslægten. 
+Kilde:
+Wikipidia.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har travlt med at male på flere billeder på Campo Santo i Pisa.
+Derefter tager hele familien på en lang sommerferie - helt undlade at male kan Syberg nok ikke, skriver han.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LRbZ</t>
+  </si>
+  <si>
+    <t>Pisa 14 - Juni 1912.
+Via S. Lorenzo 44
+Kære Goldschmidt
+Nu har vi endelig faaet Sommer. For et Par Dage siden Scirocco og Torden - i Dag Sol. 
+Jeg maler i Camposanto: et Motiv med Besse-Anna et gammelt græsk Relief en "Baedeker" og en Campanula. 
+Farven i Motivet er gulgrå. Campanula'en er violet Hattebåndene er, det ene rødt det andet grønt. Puccio's Freske har jeg afsluttet, ikke definitivt jeg vil se på den til Efteråret, men efter at have arbejdet med den i 1 1/2 Måned hver Dag må jeg stoppe lidt.
+Den første Juli drager vi til Marina di Pisa. Jeg glæder mig til Flyvesandsklitterne, Marehalmen, Enebærtræerne og de vilde Evighedsblomster. Børnene glæder sig til at bade og læse Romaner i tre Måneder - Jeg selvfølgelig også, men rigtig lykkelig er man jo kun når man træller i Arbejdet og det kommer jeg jo nok til. Sådan er man jo*)
+Ha'et godt. Din hengivne
+Fritz Syberg.
+*) Jeg ved ikke om dette er Sandhed eller Løgn eller lidt af begge Dele.</t>
+  </si>
+  <si>
+    <t>1912-06-22</t>
+  </si>
+  <si>
+    <t>Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver et langt brev til Christine Rasmussen om familiens dagligdag i Pisa i Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Wb5J</t>
+  </si>
+  <si>
+    <t>Pisa 22/6 - 1912
+Kære Fru Rasmussen
+Iaar kommer jeg vist for sent med min Lykønskning til Musæets Fødselsdag, jeg er bange for, at Brevet ikke kan naa til Faaborg paa 2 Døgn. Men selv om den er en Dag forsinket, Lykønskningen, er den lige velment. Fødselsdagsbarnet har det vel fremdeles godt og trives vel. 
+I Deres elskværdige og kærkomne Brev fra Nytaarstid, talte De om en Midsommerfest, vist nok i Bankerne, ja , det er jo kedelig, at vi ikke kan være med i Aar, vi vil alle mindes Indvielsesfesten som en af vore smukkeste Oplevelser.
+Vi er nu i Færd med at forlade Pisa og flytte til Marina'en, hvor vi glæder os til at pjaske i Havet i 4 Maaneder - saalænge har Skolerne Sommerferie her til Lands. Børnene er syge af Længsel efter Hav, især de smaa kniber det for. Nu er de iøvrigt saa igaaede med de indfødte, saa det vist bliver svært for dem engang at forlade Pisa, de smaa har erobret Piazza'en, hvor de opholder sig al den Tid de ikke er i Skole i vild Leg med italiener Ungdommen. De store Børn har Deres Venner og Veninder ogsaa. det kan nok være, det har hjulpen paa Sproget, som de nu alle taler og skriver udmærket. De er alle løbne vældig i Vejret, jeg tror det er den megen Sol. Besse, vores ældste Datter, der er 16 Aar, betragtes som en stor Skønhed, hun har mange Tilbedere, hvad der giver Anledning til mange kostelige Oplevelser. En af dem, en Officeresspire kommer her i Huset, han er meget livlig og elskværdig og arrangerer en Mængde Cykelture for Besse, Clara, Hans, og ham selv til Pisa's dejlige Omegn. Saa morer de sig dejligt og Besse tager sig ikke Tilbedelsen saa alvorligt, saa vi behøver at være bange for, at hun skulde blive hængende her i Pisa.
+Vi har iøvrigt været hjemsøgt af Pisas Honoratiores i den sidste Tid. Vi fik en Dag Besøg af en tysk Dame, der fra en Nordmand havde faaet at vide, at en af "de udmærkede Danske Malere" opholdt sig her i Pisa. Hun kom nu som Interviewer fra Bladene. Da hun saa havde skrevet 2 Spalter Lyrik om os og Billederne kom altsaa Honoratiores for at se dem - det var en skrækkelig Virkning. Saa skulde jeg hver Eftermiddag sidde fint klædt paa og i et fint poleret Hus og tage imod, og det var jeg virkelig ikke vant til (ingen af Delene: særlig det polerede Hus var mig en skrækkelig Gene). Vi var blevne saa demoraliserede med Hensyn til huslig Orden, fordi vi vidste at aldrig nogen Mors Sjæl uden os selv bankede paa vor Dør. Naa, men nu er det overstaaet, vi har atter Ro, og jeg kan paany lade min Pige staa for Husstyrelsen, det er umaadelig behageligt. 
+Naar jeg tænker fra vores einfache Husholdning her, hvor vi fuldstændig indretter os efter Pigens Talenter eller maaske rettere: Mangel paa samme og til Deres store Hus, saa slaar min Hjerne en Koldbøtte af Skræk. Jeg kan slet ikke begribe, hvordan De bærer Dem ad med at faa alting til virke saa udmærket, De maa vist være i Besiddelse af "Administrationstalent" er det ikke saadan det hedder. 
+Vi ved fra Danske Aviser at her var Cyclon i sidste Uge, vi har derfor modtaget Forespørgsler om vi og Aquarellerne var reddede. Vi havde det rigtig gemytligt, troede det var et ganske almindeligt Tordenvejr. Pigen kom skælvende ind i Stuen, mumlende Bønner og slaaende Kors i det uendelige. Hun er ellers ikke stærkt religiøs, Saa Børnene fik Krampelatter over hende. Regnen styrtede ned, saa Gaden blev til en rivende Flod, Børnene var henrykte og syntes det smagte af Danmark. Fritz malede som sædvanligt i campo santo, det eneste der generede ham var Skraldene, der lød saa stærke dér, at han frygtede hans Trommeheinder skulde springe. Ja nu blot en Hilsen til Dem og Deres Mand og Børn, og hvis De ved Lejlighed vilde fortælle os lidt om, hvordan De har det allesammen og lidt om Musæet og om Festen, saa vilde det være umaadelig kærkomment. Mange Hilsener
+Deres hengivne Anna Syberg
+[tilføjet på tværs på første side:] Min Mand sender mange Hilsener</t>
+  </si>
+  <si>
+    <t>1912-7</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig.
+Marin di Pisa, Pisa, Italien. 
+Fynshoved, Martofte</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ernst Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Rille: Ernst Syberg (se denne)
+Besse: Johanne Giersing (se denne)</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
+Frits Syberg maler som en engel, skriver hun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJDN</t>
+  </si>
+  <si>
+    <t>Kære Ernesto
+Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
+Mange Hilsener Din hengivne Anna.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-09-14</t>
+  </si>
+  <si>
+    <t>Marina di Pisa</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Det omtalte brev fra H.P. Lunde ligger ikke sammen med Fritz Sybergs brev på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>H.P. Lunde beder om en anbefaling, da han søger et legat. Syberg har sendt ham en og beder Johannes V. Jensen gøre det samme.
+Lunde bor i Syberg-familiens hus, mens de er i Italien.
+Syberg-familien har været til vinhøst og spist mange druer. I dag skal de på fisketur, og dagen efter til et sted, som de kalder Danmark, da det ligner det hjemlige. Om 14 dage rejser Hans og Fritz til Rom, og de øvrige følger efter. Fra november er familien igen i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tEey</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+14-9-12
+Kære Ven!
+Indlagte Brev har jeg fået fra H.P. Lunde. Jeg er sikker på at jeg ingen Indiskretion begår ved at vise Dig det. Som Du ser ønsker han min Anbefaling til et lille Legat. Jeg har selvfølgelig sendt ham den, da han ønsker det [de sidste fire ord indsat over linjen] men synes egentlig, at der er noget anmassende i, at jeg giver mig af med at anbefale en Digter til et Legat. Under alle Omstændigheder vilde det betyde meget mere for H.P. Lunde, hvis Du vilde skrive ham en Anbefaling. Jeg ved ikke om Du kender noget videre til hans Produktion. Jeg kender bedst hans Digte og synes han er så god som Lyriker så han tidt når op på Siden af Jeppe Aakjær. Han er en ensom Mand og har som Forfatter vist nydt meget lidt Solskin. Han bor i vort Hus under vor Fraværelse og vi har vekslet en Del Breve sammen.
+Jeg har intet skrevet til H.P. Lunde om min Henvendelse til Dig.
+Vi har det alle godt, men længes snart efter at høre fra Jer. Jeg begynder at tænke mig at mit sidste Brev til Jer er gået tabt. Vi var til Vinhøst i går hos en Bondefamilie og åd os syge i Druer. Børnene sad langs Grøftekanten, hver med et Kilo Druer i Hånden. I Dag skal vi ned til Arnoen på en Fisketur. Vi lejer et Næt og fanger nogle elendige små Hundestejler (Garnet er så mægtigt så det godt kan rumme en Stime Delfiner) men det smager dog af – Fisk.
+Imorgen skal vi på [”på” overstreget] en Spaseretur til ”Danmark” Et Sted vi har fundet, hvor vi har [”hvor vi har” og to ord mere overstreget] hvor vi tilbringer vore Søndage, En Vej med Piletræer og Asketræer, en stor Eng og en Skovmose, og ingen Italienere.
+Somren her har været kold og urolig
+Om 14 Dage rejser Hans og jeg til Rom. Midt i Oktober kommer Anna og Pigebørnene der ned.
+Efter Bestemmelsen tager vi igen Ophold i Pisa til Vinter fra Nvbr. af. 
+Mange Hilsner fra os alle sammen til Dig Else og Børnene
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>December 1913</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Alhed Larsen
+Johannes Larsen
+Christian Rex
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg fødte sit sidste og syvende barn 6. oktober 1913. 
+Alhed og Johannes Larsen har tilsyneladende været til fest på Kongeskibet.
+Den omtalte billedbog med illustrationer af Peter Hansen, Fritz Syberg og Johannes Larsen og - formodentlig - tekst af Johannes V. Jensen blev ikke realiseret. 
+Johannes V. Jensen udgav over en årrække en del bøger med titlen myter; således også en med tekst om Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
+  </si>
+  <si>
+    <t>Syberg-parrets unge pige er syg, og Anna, som ammer den nyfødte, har fået ondt i brystvorterne. To af drengene er også syge, så storesøster Besse (Johanne) er blevet kaldt hjem fra København.
+Johannes og Alhed Larsen har været til fest med kongen og officerer. Det var lidt skuffende. 
+Fritz Syberg, Johannes Larsen og Peter Hansen pønser på at lave en billedbog - formodentlig med tekst af Johannes V. Jensen.
+Syberg takker for bogen Kongens Fald.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uUmD</t>
+  </si>
+  <si>
+    <t>Posthuset Kjerteminde
+Kære Joh V. og Else.
+Jeg sender Betalingen for en Uldtrøje pr. Postanvisning, som Else har lagt ud for til Anna. Det har trukket ud, men vi har havt så meget om Ørerne i den sidste Tid. Vor Pige blev syg for tre Uger siden og drog først på Sygehus siden hjem til sine Forældre. Hønset, som var blevet forkælet, kunde ikke tåle den bratte Overgang til Pigearbejde og blev så syg, fik ondt i sine Brystvorter og sad med Stine ved Brystet mens Tårerne løb ned ad Næsen på hende af Smerte over den lille Ulveunges Sugen, så blev Trylle syg og nu ligger Sakker og Rille også syge af Angina. Besse var i Kjøbenhavn og hende måtte vi så forskrive hjem igen. Nu tror jeg heldigvis at Miseren er kulmineret og vi går mod lysere Tider igen.
+Kongefesten så vi intet til. Derimod mærker jeg i Dag lidt til Eftersmækket. Der hersker almindelig Utilfredshed over at den Ordensbyge man havde ventet sig, kun blev til nogle få Dråber. For Alhed blev det vist også meget af en Skuffelse. Kongen var distrait i det Øjeblik hun blev præsenteret og så hende slet ikke. Senere kom Officererne op og dansede, men de overså hende også til en Begyndelse Der var tre unge Skønheder som erobrede alle Kavalerer. Ak ja når man er 40 År er man ikke længer 18. Senere fik hun Oprejsning, tror jeg, Las stiftede Bekendtskab med Officererne, og og et Slæng af de dansende, hvor i mellem Alhed blev indbudt med i Orlogsfartøjerne og drukket fulde i Champagne. Ja Livet er ikke altid en Dans på Roser!!
+Jeg har haft Brev fra Peter, som er meget glad ved at være med i vor Sammensværgelse, og ligeledes ved at det ikke er før Skt Hans 1915 at den går af. ”Han vilde ellers blive nervøs” Det gør intet at han bor i Italien Meningen er først og fremmest at lave en Billedbog hvor Billedstoffet har et personligt Præg i Modsætning til de moderne Billedbøgers Upersonlighed. Billeder og Tekst skal blot harmonere sammen uden [ordet ”uden” overstreget] og ikke være bunden af hinanden. Vi må lave Illustrationsstoffet så højt så vi har noget at rage imellem, noget at skyde ud af. Jeg skal nu have konfereret med Las om Bogens Format. Har Du nogen Ønsker der? Dette må vi nemlig være på det rene med af Hensyn til Helsidesbillederne.
+Glædelig Jul til Jer alle sammen Jeg husker ikke om jeg har sagt Tak for ”Kongens Fald” – Tak! Jeg læste igen din ”Myte” om Las – der er sg’u ingen der kan skrive om Kunst herhjemme uden Du. 
+Hilsen til Jer alle Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1913-04-14</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Fritz Syberg
+Lars Syberg
+Franz Syberg, Freiherr</t>
+  </si>
+  <si>
+    <t>Ravenna</t>
+  </si>
+  <si>
+    <t>Clara Syberg
+Ernst Syberg
+Franz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Negrene var Hans og Johannes mindre søskende, som alle var meget solbrændte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 001</t>
+  </si>
+  <si>
+    <t>Hans og Johanne er ankommet til Ravenna. De kan ikke forstå, hvad folk siger. Alle cykler i øvrigt. 
+De har set mosaikker og fik nogle englændere til at betale entreen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U22A</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+l Signor
+Fritz Syberg
+Via Santa Lucia 1
+Pisa
+Ravenna 14-4-13.
+Kære Allesammen.
+I Morges Kl. 8 tog vi fra de 3 Negre, hvor vi havde sovet dejligt og billigt, vi kom her til Ravenna Kl. 11, vi havde godt Vejr og Vej, - kun blæste det lidt en temmelig kold Vind, her er skam ikke saa varmt som i Pisa, - det er vældig grinagtig at vi ikke forstaar et Ord af hvad Folk siger, [s. 2] det er som om vi var kommen til et helt andet Land, - - Alle Mennesker cycler her, selv de gamle hvidhaarede Bønderkoner triller afsted med Pakkerne under Armen. 1000 Kys fra Besse.
+Kære Far og Mor og Negerinde og Negre. Vi har i Dag set paa en hel Masse Mosaikker de var dejlige og for at spare Penge gik vi sammen med nogle Eg ["Eg" overstreget] Engle-lændere som vi lod betale for os. Mange Hilsner til jer allesammen fra Hans.</t>
+  </si>
+  <si>
+    <t>1913-04-17</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Venedig</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Danmark i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien. 
+Maraviglia: Vidunderlig
+Bebone: Meget godt</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, Lb. 3, A 3426, 003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MsE</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+Ao
+[Håndskrevet s. 1:]
+l Signori Pittori Sybergi
+Via S. Lucia /II piano
+Pisa.
+Venezie 17/4 1913
+Kære Allesammen
+Vi kom her til Venedig i Gaar Aftes efter at have set Padova, Giottos Fresker kostede os 2 L de var rigtig gode selvom Campo santo Freskerne i Pisa er bedre nu gaar vi paa Posthuset for at se om der er Breve 1000 Kys Besse 
+[S. 2] I Dag har vi set paa Duerne paa Markuspladsen og været lidt inde at set paa Kirken nu sidder vi og drikker Kaffe i en Kaffé. Mange Hilsner til jer allesammen fra Hans jeg haaber i P ["P" overstreget] pakker flittig medens vi triller rundt i den vide Verden.
+Kære allesammen. Che maraviglia Venezia, vi kom efter det var bleven mørkt og Gondolerne sejlede i Maaneskin med ad Kanalerne, vi fandt et glimrende Hotel, det er tysk vi fik et Værelse under den sædvanlige Pris et dejlig et uden Sovekammerfims og Væggelus, dem har vi nemlig ellers mærket lidt til i de andre Hoteller. Vi har været en Tur med Damper det koster 10 Øre. I Aften eller i Morgen Aften skal vi prøve en Tur i Gondol. Hans er desværre bleven saa tyk [skrevet op langs venstre margen] at hans Bagdæk er sprungen, det var helt nyt (10 Lire)
+[skrevet øverst på kortets s. 1 og på hovedet:] saa vi maa købe et nyt vores Penge slaar ellers rigtig godt til naar vi engang i mellem spiser tørt Brød, men det er jo ogsaa "benone"</t>
+  </si>
+  <si>
+    <t>1913-04-19</t>
+  </si>
+  <si>
+    <t>Vicenza</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia 1</t>
+  </si>
+  <si>
+    <t>Giannina Infante</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde, da familien skulle flytte hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, 002</t>
+  </si>
+  <si>
+    <t>Venedig var for dyr, så nu er Hans og Johanne på vej til Verona. De håber, der ligger brev til dem.
+De vil besøge Fru Gianninas søster i Verona. I Venedig mødte de en dansk billedhugger, og de blev ved et uheld lukket inde i Sukkenes Bro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UqIL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på¨postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs.
+Via S Lucia 1.
+Pisa.
+Vicenza 19/4 - 13
+Kære Allesammen!
+Vi er paa Vej til Verona Vicenzia var os for dyr i Længden. Vi har kørt 85 km i Dag vi har 51 km tilbage saa er vi i Verona, i Aften er vi der saa hvis I ikke allerede har skrevet til os faar vi [side 2] ikke Jeres Brev men i alle Tilfælde gaar vi paa Posthuset og hvis der ingen Brev er beder vi dem sende mulige Breve B ["B" overstreget] til Bolzano (Bozen) poste restante men vi haaber i har skrevet allerede. I Verona bliver vi altsaa i Morgen og besøger Fru Gianninas Søster og ser paa Kunst. Har I faaet Passet? Nu har vi spist og drukken sur Vin (den er ikke saa god som i Siena) og skal videre i Morgen. Mange Hilsner fra Hans.
+Kære Allesammen I Venedig mødte vi en dansk Billedhuggerinde som vi kender fra Florenz. Vi var i Fængslerne og De sukkendes Bro - hvor vi ved et Uheld blev lukket inde. 1000 Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-04-20</t>
+  </si>
+  <si>
+    <t>Verona</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S. Lucia 1</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Pisa.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 004</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse skal nu besøge Fru Infante. De har endnu ikke været hos vekselerer efter penge, men de kom gratis ind i amfiteatret. 
+Næsten alle taler tysk. Hans og Besse har set et luftskib.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5WQ</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets s. 1:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALED'ITALIE)
+Ao]
+[Håndskrevet på s. 1:]
+Sybergs
+Via S Lucia 1
+Pisa
+Verona 20/4 - 13
+Kære Allesammen
+Vi har faaet Jeres Brev til Morgen. Nu har vi lige spist og skal hen at besøge Fru Infantes Søster Vi har ikke været hos Vexeler endnu saa vi ved ikke hvor mange P ["P" overstreget] Penge vi har. I Morgen skal [side 2] Vi ["Vi" overstreget] vi vidre nord paa hvor vi saa haaber at finde Brev i Bozen. Vi opdagede at det er Søndag i Dag ved at vi kunne komme frit ind i Amfiteatret. Hils Mimi Fru Infante og hvem der ellers er. Mange Hilsner fra Hans.
+Kære Allesammen. Vi kom hertil i Aftes efter at have cyclet 133 km. - Man har næsten ikke Brug for at kunne tale italiensk, alle taler tysk. Vi har været i Amfiteatret. I Morgen rejser vi nord paa. Vi skal i Eftermiddag hen at faa vores Penge omsat i tyske og østrigske - vi har 170 Lire. Mange Hilsener og Kys Besse.
+[Skrevet på side 1 i venstre margen] Vi spurgte efter Vej hos en Dreng som vi da vi var oppe hos Fru Infantes Søster fik at vide var hendes Søn. - Vi har set et flyvende Luftskib.</t>
+  </si>
+  <si>
+    <t>1913-04-21</t>
+  </si>
+  <si>
+    <t>Serravalle</t>
+  </si>
+  <si>
+    <t>Pisa
+Via S Lucia</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 005</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse har måttet betale 20 kr. i told for cyklerne, og de har kun 20 kr. tilbage, til de når München. De håber ikke, at de skal betale for at komme over grænsen. Spidsestedet, hvor de er, har foræret dem en flaske vin. De cykler i bjergene, og det er smukt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yTkm</t>
+  </si>
+  <si>
+    <t>Sybergs
+Via S Lucia
+Pisa
+Italia
+Serravalle 21-4-13
+Kære Far og Mor
+Vi er her et Sted i Østrig hvor vi sidder i [noget af papiret mangler] Haus og sp [papir mangler] og Brød. Vi har maattet deponere 120 Kr. i Told for Cyklerne saa vi har kun 20 Kr at leve for til vi naar den tyske [s. 2] Grænse og faar vores Penge tilbage igen (for at komme ind i Tyskland skal vi vidst ikke betale noget), det er ellers et dejligt Sted vi er vi cykler mellem høje Bjærge ved Siden af en dyb klar Flod og med en vældig Varme i Ryggen. Vi skal vidre for at se om vi kan naa Neumarkt inden Solen gaar ned [tegning af nedgående sol]. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen. - Det var jo en ordenlig Forbauselse med de 120 Kroner, vi haaber at vi ikke skal betale ved den tyske Grænse for vi har 20 Kroner tilbage som vi saa maa naa München med. Her hvor vi spiser har de foræret os en Flaske Vin, de syntes vidst vi saa tørstige ud at de fik Medlidenhed med os. Nu gaar den snart opad i Bjærgene mod Brenner - her er meget smukt. Mange Hilsner og Kys fra Besse.</t>
+  </si>
+  <si>
+    <t>1913-04-22</t>
+  </si>
+  <si>
+    <t>Italien
+Brixen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 006</t>
+  </si>
+  <si>
+    <t>Hans' bagdæk springer gang på gang. Dagen før måtte han og Johanne/Besse trække cyklerne til en restaurant, hvor de spiste og fik nogle kæmpestore øl. Eftersom de to ikke har ret mange penge tilbage, drikker de vand, når de finder en bæk, og de medbringer brød, ost og pølse.
+Hans og Johanne har mødt et par søde tyskere, som vandrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jXdK</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia
+Pisa 
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+22/4 1913
+Kære Allesammen
+Vi er paa Vej til Brenner op til Grönvold er der fra Bolzano 50 Km og lutter Bakke saa vi opgiver at faa ham at se ogsaa fordi vi har saa venig Geld og fordi det ikke var sikkert at vi kunde træffe ham. Det gaar ikke ret godt [et overstreget bogstav] med det tyske men man kan tildels klare sig med italiensk. Grüss Gott fra Hans eller hvad det nu hedder
+[S. 2] Kære Allesammen. I Aftes Kl circa 8 sprang Hanses Bagring, vi gik til vores Bestemmested hvor vi med meget Besvær fik dem forklarede hvad vi vilde, vi fik et dejligt Værelse og gik ned for at spise og drikke vi fik hver et Krus Øl som paa Størrelse som det skæve Taarn kun at det var lige indtil vi havde tømt det, da saa vi først hvor skævt det var - I Dag drog vi videre und ["und" overstreget] uden andre Uheld end at Hans's forbandede Bagring er sprungen 4 Gange, vi har Brød og Ost og Pølse med so ["so" overstreget]; ved hver Bæk standser vi lægger os paa Maven og drikker "Guds klare Vand" vi har jo ikke Raad til at smage paa Øllet i disse Dage hvis vi skal naa til München med vores - c. 15 Kroner og 49 hel[ulæseligt] Vi har lige mødt et Par Bisser ligesom os der er kun den Forskel at de er tyske og de ["de" overstreget] er til Fods, vi skal skynde os at naa dem de er gaaet i Forvejen medens vi aad, forslugne som vi er. Her er dejligt hvor vi sidder. Aa, Hans staar i dette Øjeblik og taler med en ung Tysker, som har været i Aarhus. Han ligger og ryger i den stegende Sol Mange Kys Besse
+Nu sprang Bagringen igen, Gud ved [teksten fortsætter op langs højre margen] hvornaar vi naar Brenner?
+[Skrevet langs venstre margen:] Nu har vi mødt vores Tyskere, de kommer fra Rom, de er vældig søde</t>
+  </si>
+  <si>
+    <t>Pisa
+Via Lucia</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 006</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uQiK</t>
+  </si>
+  <si>
+    <t>1913-04-23</t>
+  </si>
+  <si>
+    <t>Brennerpasset</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.
+Det vides ikke, hvem Svenden er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 007</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse sidder i en dejlig skov. Der er ingen røvere; men et par, der spurgte, hvad cyklerne har kostet. De to måtte gå til Franzenfeste, hvor de fik et hotelværelæse, men ingen mad. Potten var ikke tømt, og der var sovekammerdunst, væggelus og lus. Hans' cykel er meget elendig, men den skal holde til grænsen.
+Ved Brennerpasset er der sne, en brusende flod og blomstrende krokus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KzcD</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italia
+[Håndskrevet i tekstfeltet s. 1:]
+23/4 - 13
+Kære Allesammen.
+Vi sidder i en Skov og drikker "Kaffe" af en dejlig Bæk og spiser Ostemad til det er en dejlig Fyrreskov med enkelte Birke ved Vandløbene, og her er ingen Røver i denne dejlige Skov undtagen et Par vi mødte i Aftes da vi kom gaaende til Franzenfeste hvor vi var i Nat de spurgte om hvad Cyklerne havde kostet men [s. 2] mente saa alligevel at det ikke kunde betale sig at myrde os. Vi skal se hvor langt vi kan naa i Dag. Mange Hilsener Hans
+Kære Allesammen. Vi har nu taget Afsked med vores søde Rejsefæller. - - 
+Vi kom altsaa gaaende til Franzenfeste hvor vi fik et Værelse til 1,60 Kr det var rigtig godt, hvis bare Potten havde været slaaet ud og Sovekammerdunsten mindre kraftig, naa, vi spiste en glimrende Aftensmad den bestod af 2 Glas Vand og lagde os med alt Tøjet paa og snorksov, det var forresten rent overflødigt for jeg tror ikke vi kan blive mere bidt af Væggelus og rigtige Lus end vi allerede er. Hanses Cycle ligner en lidende Hospitalslem saa indbunden er den, den skal jo holde til Grænsen hvor vi haaber at faa vores Penge igen. Mange Kys fra Besse - i dette Øjeblik kom den Tysker som har været i Danmark forbi
+Kl 1.10 Brennerpasset
+Vi er heldige naaet herop langs en brusende Bjergstrøm og i mellem Millioner af blomstrende Krokus, her ligger en to tre Snedriver som vi slaas med. Mange Hilsner fra Hans Hils Svenden og sig at jeg skriver naar jeg faar Raad. - -
+Hils alle i Pisa.</t>
+  </si>
+  <si>
+    <t>1913-04-25</t>
+  </si>
+  <si>
+    <t>München</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 009</t>
+  </si>
+  <si>
+    <t>Hans beder sine forældre skrive til Bolzano og få dem til at sende pengene. På hotellet vil de ikke udbetale, ford han og Johanne/Besse ikke har rigtige pas.
+Hans' bagdæk sprang igen sidste aften, og til morgen har han fået et nyt sat på. Det var noget helt nyt at kunne cykle hurtigt. Da de to holdt pause for at få øl, mødte de en ung mand, som de fulgtes med de næste 40 km.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsaG</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i kortets adressefelt:]
+Signori
+Syberg.
+Via S. Lucia 1 II p.
+Pisa
+Italien
+[Håndskrevet i kortets tekstfelt:]
+München 25-4-13
+Vi er paa Posthuset og har faaet Jeres Kort, men tror I at det kan nytte at vi skriver til Bozen og beder dem sende Pengene det kommer I vidst til at gøre, de ved vel nok i Bozen hvem der har afsendt Pengene men om at vi er de rigtige ved de jo ikke. Vores Penge her i München ["her i München" indsat over linjen] faar vi [s. 2] i Morgen paa Hotel, "drei Reben" hvor vi bor de vil ikke give os dem nu fordi vi ingen rigtige Pas har. Mange Hilsner Hans.
+Kære Allesammen. I Aftes igen sprang Hans's Bagring og vi maatte gaa til Rosenheim hvor vi sov om Natten, om Morgenen fik vi en ny Ring og nyt Dæk sat paa - 14 "14" overstreget - Vi for afsted det var en ["en" overstreget] noget helt nyt for os at vi ikke skulde lappe Cycle, da vi havde kørt 20 Km skulde vi ind og ha os godt Bæger Øl vi bad om sort Øl som de slet ikke forstod hvad vi mente med, pludselig hører vi en begynde at grine af vores Tysk, det var en lystig Nordmand som vi saa drak sammen med og fulgtes med de sidste 40 Km. Egentlig er han ikke Nordmand hans Mor er norsk [et overstreget bogstav] og han har været nogen Tid i Norge. Hans har lappet hans Cycel for at have lidt at vende sig af med, nu da hans egen er god igen. Mange Kys fra Besse
+[Tegning af ølkrus] Skaal.</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien. 
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Borgen var allerede i 1913 en ruin.</t>
+  </si>
+  <si>
+    <t>Den følgende dag kører Hans og Johanne/Besse mod Ingolfstadt og Nürnberg. De vil finde nogle slægtninge. München er en voldsom by. Hans og Besse har spist voldsomt meget på hotellet. Postbuddet vækkede dem om morgenen og overrakte 129 Mark. Johanne beder forældrene købe mandolinstrenge. Hans vil have øl i Tyskland efter at have drukket vand i Østrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fwJv</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+[Håndskrevet i adressefeltet:]
+Signori
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny adresse skrevet:]
+Kerteminde
+Danimarc
+[Håndskrevet i tekstfeltet:]
+München 26-4-1913
+Kære Allesammen
+I Morgen tidlig drager vi videre til Ingolstadt, - - Nürnberg og saa op mod Köln, det er jo ikke den lige Vej til Danmark, men vi vil hellere tage den for at se om vi kan finde nogle af vore kære Slægtninge [s. 2] München er dog en drabelig By vi har et Kort over den, ellers var det umuligt at finde rundt i den - I Aftes spiste vi en Masse dejlig Mad af Brød spiste vi op mod en c 40 panini, paa Hotellet kunde de slet ikke tænke sig at vi havde spist saa meget og skrev paa Regningen meget ["meget" overstreget] et meget mindre Antal, vi drak hver 2 Bayere mørkt Øl og Hans ekstra et Bæger lyst, om Morgenen blev vi vækket ved at Postbudet efter at have banket en meget lang Tid paa Døren bragte os 129 M. - - - Vil I ikke købe nogle Strænge og og (stecche) det er dem til at spille med endelig meget bløde, de aller blødeste I kan faa Mange Kys. Besse. til Mandolinerne.
+Kære Allesammen!
+Har vi drukket af Guds klare Vand i Østrig saa vil vi sgu ha' en "Bayer" medens vi er her vi drikker paa Kraft. mange Hilsner fra Hans</t>
+  </si>
+  <si>
+    <t>1913-04-27</t>
+  </si>
+  <si>
+    <t>Bayern</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 011</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser noget, der ligner blodpølse og de får også rugbrød. 
+Donau ligner ved Ingolfstadt en rendesten. De to har været indkvarteret på et meget mærkeligt hotel med for korte senge og en mærkelig vært. De regnede med at blive bestjålet i løbet af natten, men det skete ikke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gXaR</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med sort håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1:]
+På Vej til Nürnberg 27/4
+Kære Allesammen!
+Vi sidder i en Kro eller hvad det nu er og spiser noget der ser ud som Blodpølser men smager som Sylt. Nu [et overstreget bogstav] har vi spist; vi har faaet Rugbrød det var rigtig dejligt. - Donau som vi kom over i Gaar er ved Ingolfstadt kun en lille beskidt Rendesten.
+[S. 2] Vi har 30-40 Km til Nürneberg og vil nu vidre. Mange Hilsner fra Hans til Jer alle
+Kære Allesammen. I Aftes kom vi til et meget mærkeligt Hotel, vi fik et meget mærkeligt Værelse med meget mærkelige Senge, de var uden Lagener og saa korte at vi maatte ligge bøjet sammen som 5 Tal da vi var ved at klæde os af, kom Værten op og spurgte om vi vilde have Vinduet aabent eller lukket, det maatte han absolut ["absolut" overstreget] vide, - vi ventede at blive bestjaalet om Natten og var meget forbausede da vi om Morgenen fandt vore Mavepengeposer paa Plads og ogsaa vores Cycler. - - Vi kan ["Vi kan" overstreget] Menneskene her er meget forskellige fra de lystige og smukke Østrigere, - - Til Danmark har vi endnu 1300 Km saa vi tænker ikke at vi kommer [ulæselige ord langs kanten af papiret]</t>
+  </si>
+  <si>
+    <t>Pfaffenhofen</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Danmark efter tre år i Italien.
+Syberg-slægten stammede fra borgen Hohen Sieburg i Tyskland. Det var dette sted, Hans og Johanne Syberg ønskede at besøge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 010</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w14X</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Sybergs
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Ny håndskrevet:]
+Kerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Pfafferhofen 27/4 - 13
+Kære Allesammen!
+Vi sidder i en lille Ølknejpe og venter paa at faa nogle Pølser. Vi cyklede fra München i Morges ved 9Tiden. Vores Rejseplan er den at vi tager fra Nürnberg [s. 2] og Frankfurt til Reihnen som vi saa køre langs med til Köln og saa vidre over Hagen til Hamburg og Danmark denne ["denne" indsat over linjen] Vej er knap 300 Km længere end den lige Vej og en Del Bjærgfuld men vidst smukkere og saa er der jo vore Slægtninge saa vi tager af den. Vi har spist en Omgang Pølser men maa have en til inden vi tager vidre. Mange Hilsner fra Hans. 
+[Skrevet på hovedet på s. 2:] Kære Allesammen. Pølser er godt. Nu har vi spist hver 5, med Snapse og 2 Bæger Øl. Uhm, hvor det var dejlig. Nu skal vi videre, det er frygtelig varmt, meget varmere end i la bella Italia, vi er begyndt at glemme [skrevet lodret langs højre margen:] det italienske, det var dog vældig tidligt.</t>
+  </si>
+  <si>
+    <t>1913-04-29</t>
+  </si>
+  <si>
+    <t>Neustadt</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 012</t>
+  </si>
+  <si>
+    <t>Hans og Johanne kom tidligt til Nürnberg og så på byen. 
+Stine har misforstået, hvordan de sloges med sne.
+Der er frygtelig varmt i Bayern, og de to cyklister er våde af sved hele dagen. De ligner landevejsrøvere med støvler uden såler, plettet kjole og mørkbrune ansigter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SlQ5</t>
+  </si>
+  <si>
+    <t>[Fortrykt på side 1:]
+Königreich Bayern
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia
+Pisa
+Italia
+[Adressen overstreget. Med håndskrift er tilføjet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet s. 1 langs venstre margen:]
+skrive til Köln
+[Håndskrevet s. 1:] 
+en Kro 29/4 - 13 er I rejst? har I faaet [ulæseligt ord]?
+Kære Allesammen
+Vi kom saa tidligt til Nürnberg igaar at vi fik Byen set med det samme og i Dag har kunnet tage vidre straks. Vi fik i Morges Jeres mærkelige Kort; sig til Stine at hun maa jo være skør paa Rumpen I har [s. 2] misforstaaet os fuldstændig naar vi skrev at vi sloges med 3 Snedriver vi sloges nemlig saadan: [tegning] og vi fyrede hinanden med Sne, der var skam stegende hedt og kun i Bayern er der saa hedt at vi er ved at dø her er meget meget meget meget varmere end i Italien vi er hele Dagen hver Dag gennemblødte af Sved. Sig til Stine at vi har skrevet hver Dag og ikke hved hvordan det kan være at I ikke har faaet Brev hver Dag.
+Kære Allesammen. Vi har lige spist hver 4 Pølser og 2 Glas Øl - her er skrækkelig hedt for hver Dag vi kommer længere Nord paa bliver det varmere, naar vi en ["en" overstreget] naar til Danmark er det nok [overstregede bogstaver] frygtelig varmt. - Vi begynder at ligne Landevejsrøvere. - Hanses Støvler er der ingen Saaler i -, min Kjole er ikke mere graa men tærnet af Olie og Sprøjt fra Vogne vores Ansigter ligner snart et Par Indianeres - . - Vi tænker at kunde være i Köln om 3-4 Dage. Mange Kys fra Besse. bare rolig Stine.</t>
+  </si>
+  <si>
+    <t>1913-04-30</t>
+  </si>
+  <si>
+    <t>Offenbach</t>
+  </si>
+  <si>
+    <t>Hans og Johanne (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med Syberg-familiens flytning hjem til Over Kærby i Danmark efter tre år i Italien. 
+Det vides ikke, hvem Stinne var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 013</t>
+  </si>
+  <si>
+    <t>Johanne og Hans har i slem varme cyklet forbi voldsomt mange frugttræer og gennem en skov fuld af blåbær, men frugt og bær er jo ikke modne endnu. På hotellet måtte de ikke dele værelse, da de ikke er gift. Tyskerne er dumme og storsnudede, og de to savner østrigerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/68Re</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S Lucia 1
+Pisa
+Italien
+[Adressen overstreget. Håndskrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+30-4-13 - Offenback.
+Kære Allesammen
+Vi har i Dag haft en dejlig Tur i en ganske forfærdelig Sol som sædvanlig. Foruden de sædvanlig 100000 Frugttræer der staar langs med Vejene er vi kommen igennem en 5 Mil stor Skov hvor der langs Vejen stod i Millionvis af Blaabær vi ærgrede [s. 2] os grønne over at vi var komne paa denne Aarstid og ikke i Frugttiden. Vi bor her paa Hotel Zum Engel dydige Engel burde det hedde; de vilde ikke lade os sove i eet Værelse"den wir nicht verheiratet sind". Vi gaar og spekulere paa hvor I er henne i Verden om I endnu er i Italien eller hvor. I Morgen naar vi sandsynligvis til Rihnen. Mange Hilsner fra Hans
+Kære Allesammen.
+Nu sidder i selvfølgelig i Kærby og Stinne er ikke tilfreds over at der ingen Breve kommer. Tyskerne her er dog nogle rigtige Idioter dumme og storsnudede, vi savner Østrigerne. - Vi er i en By - en Mils Vej fra Frankfurt, - I Dag har vi været ved at dø af Varme her er som i en Bageovn naar vi tænker paa Italien er det ["er det" overstreget] forstaar vi ikke hvordan vi har kunnet holde Kulden ud der. Mange Kys til alle. Besse.</t>
+  </si>
+  <si>
+    <t>1913-05-01</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Lars Syberg</t>
+  </si>
+  <si>
+    <t>Ebbenheim bei Wiesbaden</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa i Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 015</t>
+  </si>
+  <si>
+    <t>Hans ønsker Lars/Sakker tillykke med fødselsdagen. Hans og Johanne/Besse spiser i den restaurant, som man ser på kortet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V1gj</t>
+  </si>
+  <si>
+    <t>[På kortets billedside er fortrykt:]
+Gartenwirtschaft
+"Restauration zum Gambrinus"
+Ebbenheim b. Wiesbaden. Bes. Jean Roos
+Haltestelle der electr. Strassenbahn. Telephon 3313
+[På kortets tekstside er fortrykt:]
+Postkarte
+No. 696 R. Konrady Kunstverlag Wiesbaden 139
+[I adressefeltet er håndskrevet med blåt:]
+H Lars Syberg
+Via S Luca 1.
+Pisa 
+Italien
+[Adressen er overstreget med sort. Med sort håndskrift er skrevet:]
+Kjerteminde
+Danimarca
+[I tekstfeltet er håndskrevet:]
+1 Maj
+Kære Sakker!
+Nu er det jo Din Fødselsdag maa jeg ønske Dig til Lykke Besse og jeg sidder her i den Restauration Du ser her paa Kortet og spiser. Mange Lykønskninger fra Hans</t>
+  </si>
+  <si>
+    <t>Frankfurt</t>
+  </si>
+  <si>
+    <t>Martin Rosholt
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913, hvor Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Det vides ikke, om "den gamle ged" er et dyr eller et menneske, og rovmoderen er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 3426, Lb. 3, 014</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse spiser, mens de venter på, at posthuset åbner. De spørger, om det er dejligt at være hjemme på Pilegaarden igen. 
+De to er ærgelige over, at der ikke er brev fra forældrene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rDCL</t>
+  </si>
+  <si>
+    <t>[Fortrykt på s. 1:]
+Postkarte
+[Håndskrevet med blåt i adressefeltet:]
+Sybergs
+Via S Luca 1
+Pisa
+Italien
+[Adressen er overstreget, og med sort er skrevet:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Frankfurt 1/5-13
+Kære Allesammen.
+Vi dejser rundt i frankfurt for at P ["P" overstreget] vente paa at Posthuset kan aabne vi haaber at der er Brev fra Jer 2 1/4 Time maa vi vente fordi det er 1ste Mai og Kristi Himmelfart nu spiser vi for ikke helt [s. 2] at spilde Tiden det har regnet til Morgen men er nu dejligt Vejr vi skal se at naa Koblenz. Mange Hilsner fra Hans til Jer alle.
+Kære Allesammen
+Nu sidder i maaske i Pilegaarden - Hvordan er det? Hvordan har Martin og den "Gamle Ged" det? Og Rovmorderen, Rilles lille Kone, - I Gaar havde vi en vidunderlig Tur. I Dag er Vejret ikke rigtig godt der er begyndt at trække Byger op. - Mange Kys fra Besse
+Vi har været paa Posthuset og er meget ærgerlige over at I ikke har skrevet vi har nemlig faaet den Ide at I ikke ved hvor vi er henne og at I saa er dumme nok til at fare rundt med Ekspressen for at finde os</t>
+  </si>
+  <si>
+    <t>1913-05-02</t>
+  </si>
+  <si>
+    <t>Tyskland
+Nassau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre års ophold i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 016</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse kørte i bjergene, hvor der var iskoldt, og de mødte en bisse, der ikke ville vise vej. På hotellet var der stor fest, men de to kunne ikke danse med, da de var for våde og beskidte. Festen varede hele natten, og alle var ret fulde. Nu er de på et Gasthaus, hvor der er en stor hund.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uPfr</t>
+  </si>
+  <si>
+    <t>[Fortrykt over adressefeltet:] Postkarte
+[Håndskrevet i adressefeltet:] Signor F Syberg
+Via S Lucia 1
+Pisa - Italien
+[Adressen overstreget. Med anden skrift indsat:]
+Kerteminde
+Danimarca
+Kære allesammen.
+I Gaar i Regnvejr drog vi over Bjærge det var knagkoldt paa Vejen mødte vi en Bisse vi bad ham sige os Vejen han sagde vi kunde følges med ham ["ham" indsat over linjen], vi kunde ikke faa ham til at sige hvormange Km. der var til den første By, naa, men vi kom saamænd hele til Byen, - Paa Hotellet var der Bal og stor Fest, vi ærgrede os over ikke at kunde danse med, vi var nemlig [s. 2] gennemblødte og overstænkede med Skidt helt op i Ansigtet jeg vaagnede tidlig om Morgenen ved nogle mærkelige Hyl af en Violin, - Ballet var endnu ikke færdig - jeg gik i Natkjole ud til mit Udsigtstaarn - WC / i Køkkenet dansede Pigerne og Opvarterne - fra Dansesalen hørte jeg en den sidste Vals blive spillet af en stakkels fuld Spillemand som havde spillet hele Natten og Balgæsterne alle mere eller mindre fulde, - syngende og skraalende danse til det sidste. - Vi fik en dejlig Kop Kaffe med Marmelade og dejlig Smør til. - mange Kys fra Besse
+Kære Allesammen!
+Vi sidder og spiser i et lille Gasthaus hvor de har en mægtig Hund som ser ud som en Løve vi har faaet noget dejlig Mad. Det er Graavejr i Dag og Hundekoldt.
+Mange Hilsner til alle fra Hans</t>
+  </si>
+  <si>
+    <t>1913-05-03</t>
+  </si>
+  <si>
+    <t>Köln</t>
+  </si>
+  <si>
+    <t>Kerte</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med at Syberg-familien flyttede hjem til danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 008</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ikke fået brev, og de ved ikke, hvor i verden familien er. Nu har de sendt et telegram, for de kan ikke køre videre, før de får svar. 
+Hans er kørt mod et træ, så hans cykel måtte repareres.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpsI</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+Postkarte
+[Håndskrevet i adressefeltet:]
+Syberg
+Via S. Lucia 1
+Pisa
+Italien
+[Adressen overstreget og erstattet af håndskrevne ord:]
+Kjerteminde
+Danimarca
+[Håndskrevet i tekstfeltet:]
+Kære Allesammen.
+Heller ikke Brev i Köln. Vi aner ikke mere, hvor I er henne i Verden, vi havde ventet der laa Brev i Köln ["i Köln" overstreget] her. - Har i ikke faaet vores Kort??? [S. 2] Vi har nu telegraferet til Kerteminde, vi kan ikke Rejse videre i Dag, fordi vi maa vente paa Svar fra Jer. Vi er bange for at i ikke har faaet vores Kort og er Idioter nok til at styrte Jorden rundt efter os. Mange Hilsner fra Besse.
+Kære Allesammen
+Jeg er i Dag kørt mod et Træ saa jeg maatte gaa til en Cykelsmed med min Cykel nu er den god igen men nu er Besses skidt der er ved at blive sat et Dæk paa Hans</t>
+  </si>
+  <si>
+    <t>Else Jensen ønsker Fritz og Anna Syberg velkommen hjem, hun og Johannes V. er også kommet hjem. De har været i Berlin, men Johannes V. længtes alligevel hjem. Else håber at se Sybergs inden de selv tager på landet - mon de kommer over for at se udstillinger? Hun glæder sig til at de kommer op i sommerhuset. 
+Johannes V. afslutter brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kpam</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2
+d:3-5-13
+Kære Anna og Syberg.
+Velkommen hjem igen. som I ser er vi ogsaa kommet hjem, vi rejste ikke længere end til Berlin. Det viste sig, at J.V. længtes efter at komme hjem og kun vilde rejse for at more mig, og det syntes jeg, vi godt kan opsætte til en anden Gang. Her er jo saa dejligt herhjemme for Tiden, saa der er saamænd ikke noget at rejse efter. Mon I skal over at se Udstillingerne naar I faar alle Ungerne indstallerede? Hans og Besse maa vel snart komme hjem, saa kan de jo tage sig af de smaa. Det vilde være saa morsomt at se Jer, inden vi tager paa Landet, hvad vi for øvrigt ikke gør før i Begyndelsen af juni. I hvert Fald glæder vi os bestemt til at I kommer i Juni Juli ud til Huset. I skal faa det ene Gavlværelse med en vidunderlig Udsigt. Jeg glæder mig saadan til at vise jer vor Egn, som I jo slet ikke ved noget om.
+[Her fortsættes brevet af Johannes V. Jensen]
+Kære Venner! Ja nu er det allerede som om jeg slet ikke havde været paa Rejse, og naar vi med det første ses haaber jeg det vil være som om der slet ingen Tid er gaaet siden I rejste. Her er saa uendelig dejligt og stille at man gærne kunde glemme at trække Vejret. Til Middag skal vi have Øllebrød og stegt Lever, som Else paastaar ar jeg aldrig har kunnet lide, men alt hvad vi faar her er Livretter for mig efter at jeg saa længe har ernæret mig udelukkende af Dysenteribaciller og kinesisk Ligvand. Kort sagt, her staaar den paa topmaalt Tilfredshed, en Tryllering som vi har besluttet at drage Jer med ind i naar I kommer. En Brud kører forbi i Pilealle paa Summehjul, hvilket foranlediger Else til en uanstændig Bemærkning og til at ryste med Pulsen af uterligt Grin. Nu siger hun det er bedste jeg slutter af. Altsaa paa Gensyn! Jeres hengivne 
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1913-05-04</t>
+  </si>
+  <si>
+    <t>Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Tyskland
+Hagen</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegaarden</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede i 1913 fra Pisa til Kerteminde i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien. 
+Johanne/Besse har også tidligere på et postkort fra cykelturen i 1913 omtalt lillebror Ernst/Rille og hans Rovmorderveninde. Hohen Sieburg var den borg i Tyskland, som Syberg-familien kom fra. Den stod allerede i 1913 som en ruin.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb. 3, 019</t>
+  </si>
+  <si>
+    <t>Hans og Johanne har ledt efter en lille Sybergprinsesse til broderen, men der er kun Sieburgere, så han må nøjes med sin rovmorder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/j7gX</t>
+  </si>
+  <si>
+    <t>[Fortrykt på billedsiden:] CÔLN, Denkmal König Friedr. Wilh. III auf dem Heumarkt.
+[Fortrykt ved adressefeltet på tekstsiden:] 220 Verlag H. Worringen, Köln Altermarkt 47.
+[Håndskrevet på kortets tekstside:]
+Skuespilleren
+Hr. Negertamp
+Pilegaarden
+Kjerteminde
+Dänemark
+Kære lille levende Nigger - Du kan tro vi har ledt efter en lille Sybergprinsesse til Dig, men her er kun Sieburgere [de sidste tre bogstaver i ordet indsat over linjen] og dem er der jo ikke noget ved. Du maa nok nøjes med Rovmorderen men hun er da næsten ogsaa lige saa køn. Mange Kys fra Besse
+Hagen - 4 - 5 - 1913</t>
+  </si>
+  <si>
+    <t>1913-05-05</t>
+  </si>
+  <si>
+    <t>Clara Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2012/57, A3426, Lb. 3, 017</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse var glade for at høre "Alt vel". De skal på museet og se deres fars billede. Og de har talt med en fuld tysker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/og82</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kortets billedside:]
+Er det morsomt at gaa paa Realskolen?
+[Fortrykt på kortets billedside: Et langt digt]
+[Fortrykt på kortets tekstside:]
+POSTKARTE.
+1908. Verlag: Leo Kürten, Köln
+[Håndskevet i kortets adressefelt:]
+Freulein
+Nolle Syberg
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i kortets tekstfelt:]
+Kære levende Nolle.
+Vi blev meget glade over Jeres "Alt vel." - Vi er i Hagen, vi bliver her til i Morgen for at vi kan komme op i Musæet og se Fars Billede. - Vi har i Dag mødt en fuld Tysker vi havde en vældig Grinigennem med ham, han kunde Dansk - En Bajer - Danske Pige jeg elsker Dig, det er det lader til at være en Sætning som mange Tyskere kan Mange Kys Besse</t>
+  </si>
+  <si>
+    <t>1913-05-07</t>
+  </si>
+  <si>
+    <t>Tyskland
+Stolzenau</t>
+  </si>
+  <si>
+    <t>Hans og Johanne/Besse (g. Giersing) Syberg cyklede fra Pisa til Kerteminde i 1913 i forbindelse med, at Syberg-familien flyttede hjem til Danmark efter tre år i Italien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A3426, Lb.3, 018</t>
+  </si>
+  <si>
+    <t>Det regner. Hans og Johanne er hjemme om 5-6 dage. De venter på, at deres værelser bliver klar. Hotelværten har ingen ører.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WYXg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:]
+POSTKARTE
+[Håndskrevet i adressefeltet:]
+Sybergs
+Pilegaarden
+Kerteminde
+Dänemark
+[Håndskrevet i tekstfeltet:]
+Stolzenau 7-5-13.
+Kære Allesammen.
+Det regner endnu hele Dagen, - syvende Dag. - - Vi tænker at kunde være hjemme om circa 5-6 Dage. Vi spiste under et Skur i Dag. Mange Kys Besse
+[S. 2] 7-5-13
+Kære Allesammen
+Vi cyklede Kl 8 fra Bielefeld og kommer her til Stolzenau [ulæseligt ord] Kl 8 1/4 det er ikke nogen lang Tur men meget fugtig. Vi sidder og venter paa at vores Værelser kan blive færdige og ser imens paa at to sidder og drikker af nogle kollosale Glas. Mange Hilsner fra Hans. Vores Vært er uden Ører og med et mægtigt Ar. Tyskerne er dog nogle Festigummer med alle deres Ar i Ansigtet</t>
+  </si>
+  <si>
+    <t>1913-11-01</t>
+  </si>
+  <si>
+    <t>Pilegaarden</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Villum Jensen
+Alhed Larsen
+Carl V Petersen
+Mads Rasmussen
+Leo Swane
+Sigurd  Swane
+Anna Louise Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens Kongens Fald udkom i 1901-1902.
+Kunstbladet er også omtalt i de forrige breve fra Fritz Syberg til Johannes V. Jensen. Det blev aldrig realiseret. 
+Fritz Sybergs to ældste børn, Hans og Besse/Johanne, stod model til Adam og Eva-akvarelserien (Erland Porsmose: Fritz Syberg, Kunsten, naturen, kærligheden. Gyldendal 2012. S. 246). Man må formode, at Anna Louise Syberg, som blev født 6. oktober 1913, har "ligget" model til parrets førstefødte, Kain.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Kongens Fald. 
+Det planlagte kunstblad skal bringe stof om de af malernes billeder, som ingen andre vil skrive om, og Swane forsøger at få Mads Rasmussen til at finansiere det. 
+Syberg maler Eva, spiller på fløjte og snitter rammer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lRwR</t>
+  </si>
+  <si>
+    <t>Pilegården 
+1 Nov. 1913
+Kære Venner!
+Tak for ”Kongens Fald” og for Jert Brev. Ja, som I siger, vi har det godt – vedblivende. Ungen trives så hun er revnefærdig at se til, Trylle har ikke længe været så rask som for Tiden, vi andre har det altid godt. - - 
+Jeg har lige havt Brev fra Swane angående det ny Kunstblad. Jeg tænkte mig jo nok at det slet ikke var C.V. Petersen, som Be gik i Ilden for men men for de to Swaner og ser nu jeg har gættet rigtig nok. Såvidt jeg kan forstå på S. skal det være et Blad udelukkende for vor egen specielle Fornøjelse, et Blad hvor vi kan få vore Billeder gengivet i [”i” overstreget] og beskrevet, når ingen andre vil, hvilket Mads Rasmussen er ”selvskrevet” til at betale. Jeg gad vidst om de virkelig får ham til at hoppe på den.
+Jeg maler Eva, blæser Fløjte og snitter Rammer.
+På Gensyn Eders altid hengivne Fritz Syberg.
+Hils Drengene.</t>
+  </si>
+  <si>
+    <t>1914-01-08</t>
+  </si>
+  <si>
+    <t>Pilegården</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. Den omtalte rejse til Schweiz og Sydeuropa blev ikke realiseret.
+Planen om at lade Fritz Syberg male fresker i Kuppelsalen på Faaborg Museum blev skrinlagt.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har foreslået Anna, at de skal bo i Schweiz i tre år, men hun vil hellere bo i København. Johs. V. Jensen og Syberg kunne måske engang tage sammen til Amerika og leve som nybyggere. Når Syberg er færdig med skitserne til Kuppelsalen i Faaborg, vil han gerne sammen med Hans og Johanne (Besse) tage ni måneder til Schweiz med afstikkere til Sicilien og Grækenland. Der dr dejligt i Danmark, og vinteren er smuk, men Syberg længes ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/blTV</t>
+  </si>
+  <si>
+    <t>Pilegården 8 Jan. 1914
+Kære Ven!
+Dit Brev traf mig just som jeg havde foreslået Anna at vi skulde rejse til Schweiz og bosætte os i tre År [”År” indsat over linjen]. Mit Forslag gjorde imidlertid ingen Lykke. Jeg længes altså selv ud, men Amerika har jeg ingen Mod på. Kunde vi ikke en Gang mødes i vore Udlængsler selv om det blot blev til en Jagttur til Sverige. Amerika, ja var det en Tur til en eller anden kanadisk Indsø, med et indiansk Navn, hvor vi kunde slå os ned en Tid og søge Sporene af Amerika således som de første Nybyggere fandt det, men de moderne Vidundere kan jeg ikke overkomme Når Du skriver om dem er det noget andet, så er Jorden ung, når jeg selv kommer i Nærheden af dem føler jeg kun hvor vor Klode ældes. Nej jeg har planlagt en Tur til Levanten, en Fortsættelse af vort Italiensophold. Når jeg har min Udstilling, Indretningen af det ny Faaborg Musæum [et overstreget, ulæseligt ord] fra Hånden, samt er færdig med mine Aquareller til Freskerne i Kuppelsalen, rejser Hans, Besse og jeg bort i 9 Måneder. Helst ønskede jeg Turen skulde strække sig over tre År, og det kunde lade sig gøre ved at vi bosatte os i Schweiz (den franske Del for Sprogets Skyld) Vi vilde der bo så centralt så jeg kunde foretage Smårejser til Sicilien og Grækenland, men Familien vil ikke.
+Anna vil bo i Kjøbenhavn, som er min Rædsel. I det hele taget vilde jeg for Øjeblikket være glad ved at bo hvorsom helst blot jeg var uden for Danmarks Grænser. Endnu er jeg ikke kommen hjem fra vor sidste Rejse, men i Løbet af et halvt Årstid, kan jeg ikke undgå at komme til det Punkt at jeg uigenkaldelig er hjemme. Her er kønt nok herhjemme, Landskaberne har aldrig været så dejlige som i Vinter, men jeg kan ikke få mig til at begynde.
+Omkring den 20 kommer jeg til København. Anna kommer ikke med, det er Skæbnens Ironi. Jeg håber at træffe Dig og være lidt sammen med Dig.
+Hils Else og Børnene.
+Din hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>21. jan. 1914</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qCtlDz8Q</t>
+  </si>
+  <si>
+    <t>22. jan. 1914</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QzNv6xBt</t>
+  </si>
+  <si>
+    <t>1914-01-30</t>
+  </si>
+  <si>
+    <t>Viggo Jastrau
+Jens Jensen
+Villum Jensen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Anna Syberg
+Anna Louise Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Barnet, der i brevet kaldes Stine, var Anna og Fritz Sybergs syvende barn, og hun blev siden døbt Anna Louise Magdalene Syberg. 
+Troperne: Fra november 1912 til april 1913 rejste Johannes V. Jensen til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm.</t>
+  </si>
+  <si>
+    <t>Anna, Hans, Fritz og baby-Stine (Anna Louise) skal til København og hænge udstilling op, og de har lejet et værelse hos Lützhøft. Anna og Besse/Johanne taler tit om at flytte til København, men Fritz har opstillet et regnestykke, der viser, at det vil være alt for dyrt at bo der.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/m4b0</t>
+  </si>
+  <si>
+    <t>Pilegården 30-1-14
+Kære Joh. V. og Else!
+Hvis alt går som jeg venter kommer Anna, Hans og jeg til Kbhvn på Søndag - - ja og Stine. Tidspunktet for min Udstilling i Kunstforeningen er blevet skudt ud til omkring 8 Fbr. Så hvis jeg ikke får andet at vide fra Jastrau, så [”så” overstreget] begynder vi Ophængningen af Billederne Mandag den 2den. 
+Vi har det iøvrigt aldeles storartet herovre på Marken i Regn Tåge og Søle. Anna og Besse taler en Gang imellem om Kbhvn. + Asfalt og Gadelygter, men jeg siger som Du da Du [”Du” indsat over linjen] var i Troperne: ”jeg foretrækker tågede Popler”. Desuden gjorde jeg et Regnestykke op for Anna i Dag, ved at bo her sparer vi i Husleje Skolepenge og Skatter 3000 Kr. om Året og da vi i Forvejen har et st [”st” overstreget] så højt Budget så vi slet ikke tør nævne det [”så vi slet ikke tør nævne det” indsat over linjen] slår Anna Kors for sig og siger: ”København er for dyr –”. Hvordan det nu kan være, det er billigere at rejse til Udlandet og leve delvis på Rejser fremfor at sidde på en Plet her i Danmark. Men Du [”Du” overstreget] I ser heraf at Spørgsmålet Kbhvn. er på Dagsordenen.
+Vi glæder os til at se Jer. Vi har lejet et Værelse i Stormgade 25 hos Lützhøft et Værelse som er afsondret fra deres øvrige Lejlighed, som netop var ledigt i Februar. Hvis vi ikke ser hverandre forinden spørger jeg i Telefonen i Løbet af Mandagen. 
+Hils Jeres to lyshårede Drenge og iøvrigt mange Hilsener fra os alle her.
+Eders hengivne Ven
+Fritz Syberg.
+Vi kommer først med Aftentoget ca 8 - 8 ½ - 9.</t>
+  </si>
+  <si>
+    <t>1914-03-20</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Mesinge</t>
+  </si>
+  <si>
+    <t>Axel Friis
+Johanne Giersing
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Johannes Madsen
+Åge Meyer Benedictsen 
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 omkring 75 dage i Henne kirkeby for at male.
+St.St. Blichers Trækfuglene med Johannes Larsens træsnitsillustrationer udkom i marts 1914. 
+Larsen-familien byggede i 1914 hus til Alheds mor i Strandgade i Kerteminde. Huset var tegnet af Carl Petersen. 
+Det er uvist, hvem Johanne er. Alheds søster af dette navn blev altid kaldt Junge.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har sendt træsnit, og hun spørger, om (Johannes) Madsen skal lave rammer, og om hun skal sætte flere træsnit i hver ramme til Tyskland samt til Den Frie. 
+Trækfuglene får god kritik. 
+Det går fremad med Alheds mors hus, og Alhed og hun har nu købt kakkelovne og komfur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0SUh</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Dit Brev! Nu vil jeg haabe at jeg har ordnet det pænt med Træsnittene, jeg gjorde mig kolossal Umage, Christine hjalp mig, de er sendt i Dag. – Jeg sendte med 3.20 en Pakke med den ”Trækfuglene”, Du vilde samt Brevpapir og lidt anden Post. Maalene i Anker Køsters Brev har jeg skreven af, skal jeg lade Madsen lave 2 Blindrammer af den Størrelse og sende Dig?? [Der er også indsat et spørgsmålstegn til venstre for linjen] – Selv om Manden ikke vil have dem begge, kan Du jo altid komme af med dem. – Det er helt rart at der er lidt Bestillinger, det drøjer jo paa Foraarsudstillingen. - - Du ser vel nok i Extrabladet Kritikken over Trækfuglene, det er morsomt med den kolossale Lykke, den har gjort, det er nu alligevel det bedste ved det, at den er bleven saa god, selv om det pekuniære Udbytte ikke er saa godt. Træsnittene saa henrivende ud i Rammerne. – Men til Tyskland skal jeg da ogsaa sætte de store (Svanerne, Spætten o.s.v.) i én stor Ramme, og maa jeg eventuelt sætte nogle faa af ”Trækfuglene” sammen med ovennævnte store, hvis det kniber med at faa dem til at passe i Rammerne. Til den Frie blev der 4 Rammer, men naar jeg nu sætter dem saa tæt jeg kan, kunde jeg tænke mig, der blev for lidt til 5 men alligevel for mange til 3, maa jeg saa sætte de tiloversblevne sammen med de store? [? også indsat til venstre for linjen] – Hvorfor mon Du fik 2 Breve fra mig paa en Dag, det har jeg ikke skreven. – Det gaar vældig frem med Mors Hus, Elektrikeren og Maleren gaar der. Gulvene er lagt, ferniserede 1ste Gang og lakerede. Dørene er ved at blive sat i og Calle har i Dag i Telefonen godkendt Gerichter og Paneler. Mor og jeg har i Eftermiddag været hos Axel Friis og købt Kakkelovne og Komfur; Mor er henrykt over at der er saadan Driv i det. – Puf er med Johanne i Mesinge til et Foredrag om Rusland af Benediktson Mejer, Lysse skal til Dilettant Generalprøve (bl.a. Bes Syberg spiller) Christine skal spille (Musikken), de gaar mig [ordet overstreget] nu og tager Brevet med. – Derfor Farvel! 1000 Hilsner Din 
+A.</t>
+  </si>
+  <si>
+    <t>1914-06-27</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Johanne Giersing
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna Syberg skulle gennemgå en operation, og hun overlevede den ikke.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Anna Syberg skal indlægges den følgende dag kl 16. Hun beder Hans undersøge, hvad tid Fritz Syberg kan være i København og følge med ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VBba</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortet:] BREVKORT
+Til
+[I adressefeltet:]
+Hans Syberg
+(Erichsen)
+Skindergade 33 III
+Kjøbenhavn
+K
+[I tekstfeltet:]
+Kære Hans
+Jeg skal indlægges imorgen Kl 4. Har telegraferet til Far om han vil rejse med Ullerslevdiligencen i Nat. Vil Du ikke undersøge hvad Tid han saa kan være her imorgen tidlig og tage imod ham og følges med ham hernedad. Besse rejste 12 1/2 Mor.</t>
+  </si>
+  <si>
+    <t>1914-09-06</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og børnene har tilbragt sommeren i Svanninge efter Annas død.
+Hans og Besse/Johanne stod model til Adam og Eva i Fritz Sybergs Skabelses-serie. Spædbarnet på akvarellerne er formodentlig Anna Louise, Syberg-parrets mindste barn. 
+1. verdenskrig varede fra 1. august 1914 til 11. november 1918.</t>
+  </si>
+  <si>
+    <t>Syberg-familien er igen på Pilegården. Børnene leger og laver bla. søslag med fiskerdrengene. Hans hugger en buste af Anna i marmor. Fritz Syberg maler Adam og Eva i haven. Han føler sig ensom og er forstemt på grund af krigen og alt det tyskerhad, som den medfører. Syberg kommer muligvis til København en tur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uFjm</t>
+  </si>
+  <si>
+    <t>Pilegaarden 6 Septbr 1914
+Kære Ven!
+Ja vi er her paa Pilegaarden igen og har været her siden Skolens Begyndelse sidst i forrige Måned. Her er alt stille og ensomt, i det mindste for mig. Børnene lever deres sædvanlige Liv er fuldt optaget af Drager og Krig. Forleden holdt de et stort Søslag hvori der deltog 16 Pramme, med hele Kjertemindes Fiskerdrengebestand. Hans arbejder på en Marmorbuste af Anna, som jeg har modelleret mens vi var unge og ugifte. Vor Have er et Paradis hvor jeg maler Hans og Besse, men ”Adam” er desværre ene. Krigen gør at jeg føler mig endnu mere ensom for jeg kan ikke undgå at lade [”lade” overstreget] blive forstemt af al den Tyskerfjendtlighed som hersker her i alle Kredse. Selv stiller jeg mig absolut som Germaner i hele denne Sag, og har været åbenmundet nok til at udtale mig derom et Par Gange, men har mødt en så forstokket og fana [”og fana” overstreget] Uvidenhed og så fanatisk et Tyskerhad så jeg skal nok bevare min Mund for Fremtiden.
+Måske kommer jeg et Svip til Kbhvn. sikkert er det ikke men sker det ser jeg ud til Jer. Hils Else og Børnene.
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-10-09</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914.</t>
+  </si>
+  <si>
+    <t>Else Jensen takker Fritz Syberg for hans besøg. Hun skriver om, hvordan J.V. er blevet modtaget, fordi han har luftet sine tyske sympatier. 
+Hvis hun kan hjælpe, når Besse skal indkvarteres, må han endelig sige til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LFOV</t>
+  </si>
+  <si>
+    <t>d: 9-10-14.
+Kære Syberg. Tusind Tak for Pærerne og Tak for dit lille Besøg, vi var saa glade over at være sammen med dig og syntes vi havde det saa hyggeligt. Har du set, hvor J.V. er blevet modtaget, fordi han ikke har holdt tæt med sine tyske Sympatier. Det gør naturligvis ikke noget, men jeg kan ikke lade være med at blive lidt ulykkelig, hver Gang Tyskerne gør noget utiltalende, for saa synes jeg de andre faar en vis Ret over Johannes V, der var jo ogsaa uforsigtigt at lade noget trykke i et tyske Tidsskrift, og han har jo ikke senere kunnet faa det ud paa danske, nu maa vi tage vor Klø og saa haabe Tiden vil give os Ret. 
+Hvis jeg paa nogen Maade kan være til Nytte, naar Besse skal indkvarteres, saa maa du endelig sige til, jeg har masser af Tid til min Radighed.
+Vi ser dig vel, naar du følger Besse ind.
+Hils alle Børnene
+Din hengivne 
+Else</t>
+  </si>
+  <si>
+    <t>1914-12-31</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Nelly -
+Grethe Bichel
+Peter Bichel
+Esther Dahlerup
+Ludvig Dahlerup
+- Dahlerup, Fru
+Johanne Giersing
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Marie Schou
+Christine Swane
+Sigurd  Swane
+Anna Louise Syberg
+Clara Syberg
+Franz Syberg
+Fritz Syberg
+Lars Syberg
+Andreas Warberg
+Minna Warberg
+Torkild Warberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg bor i et hus i Kerteminde. Alhed og Johannes Larsen har fået det opført til hende.
+Christine Swane og hendes søn er midlertidigt flyttet fra Sigurd swane, og de bor hos Alhed og Johannes Larsen.
+Det vides ikke, hvem Tanterne er. Oftest var det Marie Larsen og Christine Swane, der blev kaldt sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3739</t>
+  </si>
+  <si>
+    <t>Laura Warberg har haft syv damer til middag.
+Sigurd Swane er nu rejst. Christine Swane kan ikke bestemme sig til, om hun skal blive i Kerteminde eller ej. Hun bliver nok en tid mere hos Alhed og Johannes Larsen, men man har overvejet at flytte hende til Adolf/Agraren og Johanne Larsen eller til Vilhelm/Klaks Larsen. Hun opfører sig urimeligt og har desuden hjertebanken, som hun nu får medicin for.
+Man splejser i familien til en gave til Grethe.
+Laura Warberg bestiller forsatsvinduer.
+Hele Syberg-familien har været til middag og Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PPvC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside; ikke Laura Warbergs skrift:]
+1914
+Nytaarsaften 1914-15
+[Skrevet på kuvertens forside; Laura Warbergs skrift:]
+Fru Professorinde Brønsted
+cand. polyt.
+"Tornehave"
+Birkerød St.
+[På kuvertens bagside: Julemærke 1914]
+[I brevet:]
+Kerteminde Nytaarsaften 1914
+Kære lille Muk!
+Tak for Julekortet og for den lille Bakke, som jeg indviede i Aftes under en Flaske Rødvin, givet til en lille fin Middag jeg gav for mine [ulæseligt ord] og Clara Syberg. Desserten var en meget vellykket Genferkage, hvortil Elle gav Portvin. Vi havde det saa morsomt og hyggeligt vi 7 Damer. Lysse hentede Alhed og fik sig noget Kage og et Slag 66 med Pigebørnene. - Vi har aftalt, at Drengene skal komme her mellem om Lørdagen, saa lærer jeg dem og Grethe at spille Whist. Jeg vilde saa gærne have lidt Tag i Drengene, de er saa søde og Lysse saa morsom. En Aften var de og Alhed, Chr. og Putte her til Kort, Lotterier om Godter; meget animeret. Elle var til Middag hos Dahlerups 1_ste_ Juledag, vi andre hos Agrarens. Las's Fødselsdag var jeg der til Aften, de er saa mange. Lützhøft kom den Dag, Swane er først rejst i gaar; Fru S. kan ikke bestemme sig om hvad hun vil, saa Las's beholder hende vel til videre. Dog skal hun afstaae Gæstekamret til Eder omkring d. 20_de_. Bliver Vejret godt, kommer Dede og Minna med lille Torkil og de skal boe i Grethes Værelse, saa maa Tanterne paa Højskolehjem, Thora og Astrid hos Agrarens! Grethes Fødselsdag d. 16_de_ vil jeg have dem alle her samlede hos mig. Dersom der kunde blive Sammenskud om noget til hende, trænger hun meget til en Ulster. Peter og Grethe har tegnet sig for Bidrag; de 32 Kr. jeg har, skulde være Tøj til en Kjole / og syet. Vi glæder os meget til Dagen, at see hendes Overraskelse og Glæde; jeg giver hende Uhr, af Sølv, men godt. Kunde vi nu faae Held til d. 20_de_ baade godt Vejr og Gæster fuldtallige! I Formiddags tog Elle og Grethe til Rynkeby og bliver til i Morgen Kl. 6. - skal om Aftenen til noget Koncert paa Hotellet. Vi kunde Skam ikke have undværet Elle i Julen, det vilde have været ligefem hjerteløst mod Grethe - og mig med. Vi ser hende jo saa lidt i det daglige. - I Forgaars besluttede jeg mig til Forsatsvinduer i Dagligstuen, her er grulig koldt trods Trælister allevegne paa Vinduerne. Allerede i Gaar var her en at tage Maal og jeg faaer dem færdige - malet ogsaa - ca. d. 13_de_. Las vilde give mig et Fag d. 20_de_. Dede gav mig 10 Kr. Juleaften til et, saa kan jeg nok forsvare at faae dem, vil spare megen Brændsel; jeg glæder mig! - Alhed var i Aftes optaget af at fortælle om Uglens Umulighed, hun var [ulæseligt ord] ligesaa urimelig mod den skikkelige Swane, som altid. Ja man skulde ikke troe, hun er rigtig klog. Der er Tale om at faae hende til Agrarens i Maries Stue, men Johanne vil saa nødig, hun er over alle Grænser nervøs, har af og til Anfald af Hjærtebanken, troede hun skulde døe! De var bedt til Bichels forleden Aften, Grethe var saa elskværdig at undersøge hende, gav to Slags Medicin. I Aftes her, da vi havde spist, fik hun et mindre Anfald, men det gik over efter Draaberne. - Det var Synd, hun skulde have Uglen; vi spekulerer i Klaks. - 
+Nu maa jeg nok set at faae skreven lidt til Thora ogsaa, skal saa et Par Visitter og tænker at tilbringe Aftenen hos Agrarens. Putte har faaet en dejlig Kjole af Tante Nelly, passer hende omtrent, den blev indviet i Gaar hos Las's Alhed havde bedt alle Sybergs til Middag Kl. 1 - Kastespil m.m. til 8 1/2. Af sin Far fik Putte et pragtfuldt hvidt Toilet [ulæseligt ord]. Prisen var paa det meste, det har mindst kostet 40 Kr. - Tusinde kærlige Hilsener til Eder allesammen, lille Muk! Tak for alles Kærlighed i det gamle Aar! Godt Nytaar for alle Jer!
+Mor.</t>
+  </si>
+  <si>
+    <t>1915-01-28</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>"Kunstforeningen arrangerede i 1915 en retrospektiv udstilling med 64 af Anna Stybergs arbejder. Udstillingen blev en succes, og salget var stort, bl.a. købte Faaborg Museum 16 billeder. I udstillingskataloget priste maleren og kunsthistorikeren Ernst Goldschmidt AS og hendes kunst i en varmt anerkendende beskrivelse." Dansk Kvindebiografisk Leksikon: Anna Syberg (netudgaven, lokaliseret aug. 2019). 
+Franz/Trylle Syberg led af luftvejssygdomme hele sit liv.
+Hans Syberg lavede en del små dyreskulpturer i Zoologisk Have.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kommer muligvis en enkelt dag til København for at se Annas udstilling, muligvis ikke. Han tør ikke rejse fra børnene. 
+Besse/Johanne Syberg er flyttet til København for at male. Hans Syberg arbejder i Zoo. Selv laver Fritz Syberg træsnit. 
+Hvis Fritz Syberg kunne gøre sit liv om, gjorde han det gerne med Anna en gang til.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ljUL</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-1-15
+Kære Ven.
+Tak for Dit Brev. Jeg har længe gaaet og havt Lyst til at skrive til Dig og Else, nu kom Du mig i Forkøbet. Hils Else og sig Tak for hendes rare Nytaarsbrev, som jeg ingenlunde har glemt. Det er mulig jeg tager en Dag over til Annas Udstilling, men mere bliver det ikke og det er i det hele taget usikkert om jeg beslutter mig [”mig” indsat over linjen] til Rejsen. Jeg tør ikke være fra Børnene. Trylle med sin Astmah og den lille som jeg stadig maa have vaagent Øje med, kan daarlig undvære mig. Kommer jeg, skal jeg nok skrive og haaber saa vi kan være sammen om Aftenen, eller gaa sammen paa Annas Udstilling næste Dag. Besse er i København for at male og bor i Jeres umiddelbare Nærhed Schlegels Allé 6-5: Hun er [”er” overstreget. ”har” indsat over linjen] har lige faaet sig indrettet, og I har næppe set noget til hende endnu. Hans rejser over i Morgen (Fredag) og vil slaa sig paa zoologisk Have igen. Selv er jeg i Gang med nogle Træsnit, og [”og” overstreget] nyder Kakkelovnsvarmen og klager i øvrigt ikke. Kunde jeg leve mit Liv med Anna om en Gang til, begynde med vores Forlovelsesdage, gjorde jeg det gærne.
+Mange Hilsener til Jer begge to og til Jeres Drenge
+Din hengivne Ven 
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1915-05-15</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Johanne Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum blev grundlagt 1910. I perioden 1910-1915 blev der indkøbt kunst og bygget. Kunstnerne stod selv for ophængningen i 1915, hvor museet åbnede. 
+Af det forrige brev fra Fritz Syberg til Johannes V. Jensen fremgik det, at parret skulle vies i Svanninge.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og de andre fynske malere hænger udstilling op på Faaborg Museum. 
+Marie og Fritz Syberg er blevet gift 12. maj og bor i deres hus i Svanninge. De har det godt med deres tilsammen otte børn. Marie hilser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wW8M</t>
+  </si>
+  <si>
+    <t>Faaborg Musæum
+17-5-15
+Kære Joh. V. og Else!
+Vi gaar her, alle de fynske Malere, og virker med Ophængningen af Musæet, som jeg tror vi faar Glæde af. Dette Brev er ellers for at meddele Jer at Marie og jeg viedes den 12 – 5 – i Kjerteminde og bor ”för tilfället” i vor Ejendom i Svanninge ”Fivelinhuset” kaldet. Vi har det ug. Der venter os ikke saa lidt i Fremtiden – ganske vist – _8 _Børn e.c.t e.c.t. – men igaar, i forgaars havde vi det godt, og i Dag har vi det fremdeles godt og haaber at have det godt i Morgen og den næste Dag og i øvrigt ved jeg intet mere.
+Eders altid hengivne
+Ven Fritz Syberg.
+Jeg venter hvert Øjeblik Marie som vist gærne vil have en Hilsen med til Jer.
+Nu kom Marie - - 
+Mange Hilsener fra os begge Marie og Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1916-07-12</t>
+  </si>
+  <si>
+    <t>Edvard Brandes
+Georg Brandes
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ejede udover Pilegården nær Kerteminde et hus i Svanninge. Senere fik datteren Johanne/Besse og svigersønnen Harald Giersing huset i bryllupsgave. 
+Det er ikke muligt at afgøre, om den omtalte artikel var skrevet af Georg eller Edvard Brandes.</t>
+  </si>
+  <si>
+    <t>Syberg-familien er på Fyn og indleder en rundrejse. Fritz Syberg er træt og søvnløs.
+Brandes' artikel tiltaler Syberg.
+Fritz Syberg beundrer tyskerne og er træt af sine landsmænd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QjNS</t>
+  </si>
+  <si>
+    <t>Svanninge 12-7-16
+Kære Joh. V. og Else!
+Vi er paa Fyn og begynder i Morgen vor Rundrejse. Vejret er daarligt men vi faar det ikke [”ikke” overstreget] vel ikke bedre. Jeg er træt og søvnløs og vilde ønske jeg kunde lægge mig i Dvale en Maaned. Brandes’ Artikler har tiltalt mig. Det er jo en Mærkværdighed at træffe menneskelig Fornuft i denne Galeanstalt af en Verden.
+Hvad siger I om Deutschlands Ankomst til Amerika? Jeg beundrer Tyskerne Men mine Landsmænd keder mig. Hvor jeg synes de fortjener at slaas flade.
+Ha’ det godt, mange Hilsener fra Marie og fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1917-01-29</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Tante Mine -
+Grete Jensen, f. Hansen
+Elena Larsen
+Elisabeth Neckelmann
+Marie Neckelmann
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Elise beretter om familiens udflugter i snevejret. Grosserer Christensen har spurgt efter nogle billeder fra Faaborg, som Peter Hansen har talt med ham om. Elisabeth arbejder på et stort billede med figurer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lx7a</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Det er dog et herligt Vintervejr, vi har i denne Tid. I Gaar var vi rigtig ude at muntre os. Kylle, Sis, Gitten og jeg var i Maaløv med Skier, og der løb vi paa nogle store Snemarker, Grethe klarede sig helt godt, vi sank undertiden i Sne til Knæerne. Bimse var med Nolle, Ruf og Hugo Lisberg paa Højnæsfjældet og kjælkede. Bimse kunne være stolt af at være den eneste Dame som alene kunde rutsche ned ad den store Bakke, hvorfor Folk, som dirigerede Starten, lod hende glide hver Gang hun kom op. Da vi kom hjem smagte en varm Ky'bolle suppe storartet. Ude paa Maaløv Station traf vi Fenger-Just, jeg havde netop skrevet til ham Aftenen før. Han kommer paa Søndag for at se paa Billeder, hvis da ikke Vejret bliver saa godt -- han var ogsaa ude i Sneen -- Søndag er den eneste Dag han kan komme ved Dagens Lys. 
+Paa Torsdag skal Gitten altsaa i Skole, 3 Timer daglig til at begynde med; jeg haaber, hun kan taale det. Det er meget sjældent, at hun har Hovedpine og altid kun ganske lidt, saa hun kan spise, og faar ikke Kvalme.
+Gros. Christensen har spurgt efter nogle Billeder fra Faaborg, som du har talt til ham om, jeg lovede at minde dig derom. Jeg tænker næsten, jeg kan rejse over til Faaborg paa Mandag, hvis jeg kan faa Frk. Hansen til at komme her i de Dage, jeg er borte. Lisbeth har travle med at male paa et stort Billede med Figurer, hun har faaet lov at male ovre i en Frk Mathiesens Atelier i Torvegade; hun er meget optaget af Arbejdet og det tager svært paa hende, jeg Haaber, der vil lykkes for hende. 
+Jeg render og bisser hos Fru Møller hver eneste Dag bare for en eneste Tands Skyld, som jeg var saa uheldig at brække et Stykke af ved at spise Flæskesvær. Det er dejligt at du kan fa Atelieret varmet op. Det var Tante Mines Fødselsedag i Lørdags, vi var henne og drikke Chokolade og aflevere vore Presenter.
+Dr Øigaard har sendt Penge for "Kjøge Landevej".
+Fortæl os lidt om, hvad du gaar og tager dig til. 
+Mange kærlige Hilsner fra os alle.
+Din hengivne 
+Elise
+29-1-1917</t>
+  </si>
+  <si>
+    <t>1917-10-29</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har læst Johs. V. Jensens kronik. Vores kulturs udvikling fra oldtiden til "Indianerstandpunktet" var fin, og derefter er alt forfald. Selv holder Syberg af det primitive liv. Den tyske samfundsorden indeholder idealisme, men den vil nok også blive ramt af forfald.
+Syberg har for første gang solgt billeder fra hjemmet, og familien er nu sikret økonomisk nogle år. Naturen og vejrliget er dejligt på Fyn.
+Besse/Johanne er blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CWCf</t>
+  </si>
+  <si>
+    <t>Pilegaarden 29-10-17
+Kære Ven!
+Din Kronik igaar læste jeg baade med Glæde og Bedrøvelse. Forstaar hvor Du vil hen, men hvem i denne onde Verden elsker Sandheden. Maaske der en Gang i Stenalderen har eksisteret et Samfund paa disse Breddegrader med et vist relativt Højdepunkt af demokratisk Samfundsfrihed. Men jeg er kommen paa det rene med at paa den Maade set er vor højtpriste Kulturudvikling kun Forfald. Fra Menneskene gik rundt som Flokke af Arter til de Tusinder af Aar fremefter naaede til Indianerstandpunktet, se det er Fremgang (Udvikling) Fra Indianerstandpunktet og fremefter er Forfald; Ødelæggelse af Evner Instinkter Smag o.s.v. 
+Jeg har før troet (i enkelte Øjeblikke) at min egen Smag for Simpelhed og primitivt Liv var [et overstreget, ulæseligt ord] et Udslag af Atavisme, Mangel paa Kraft til at svinge mig op til en ”højere Smag” men jeg kan ikke mere give mine Medmennesker den cadeau. Det er simpelthen mine Instinkters relative Sundhed der gør sig gældende, naar jeg reagerer mod alt det som bærer Forfaldet i sig. 
+Selvfølgelig har Du Ret. Tyskernes Samfundsorden er den eneste hvori der er et Moment af Idealisme og Sandhed. Og det kommer særlig frem nu de maa kæmpe for den – (for hvem der kan se) men Forfaldet venter vel nok paa dem ogsaa, selv om de er kraftige og sunde nok til at modstaa Englænder- og Amerikanersmitten en Tid. Verdens og Menneskenes Endemaal er selvsagt Undergang og vi er langt paa den anden Side Kulminationspunktet, (selv om Nedgange naturnødvendigt ikke gaar i en lige Linie men bestaar af relative Op- _og Nedgange) _
+I øvrigt gaar alt vel. Jeg balanserer den af med Søvn og Sundhed til Nødtørft. Har for første Gang mærket hvad det vil sige at sælge Billeder ud af Døren i større Masse, saa jeg kan se Fremtiden i Møde for flere Aar uden Spekulation paa Familiens Klæder Sko og Føde. Her er vidunderligt. Bygerne trækker og Skyerne trækker, Morgen, Middag, Aften og Aarstid laver Sceneforandringer i det uendelige kort sagt Vi [”Vi” overstreget] jeg sidder stille paa Toppen af de fynske Bakker og Verden kommer til mig. – Besse er blevet gift.
+Mange Hilsener fra Din hengivne Fritz Syberg
+[Det følgende skrevet lodret op langs papirets højre side] Hils Else mange Gange</t>
+  </si>
+  <si>
+    <t>1917-11-14</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Harald Giersing
+Johanne Giersing
+Ida Kattrup
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Gartnerens syge søn: Der er formodentlig tale om den gartner, som ejede det det nedlagte gartneri Valdal, Valby Langgade 30, hvor adskillige af Fynbomalerne gennem årene boede til leje. Marie og Jørgen/Buf Schou boede på dette sted, efter at Marie Schou/Syberg var blevet skilt fra Karl Schou. 
+Astrid W-G blev gravid med Jørgen/Buf Schou, mens hun stadig var gift med Alfred Goldschmidt. Det er formodentlig derfor, Laura Warberg er "misfornøjet" med hende.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0457</t>
+  </si>
+  <si>
+    <t>Astrid takker for sendingen med madvarer og tøj. Hun inviterede straks Marie og Jørgen/Buf Schou på middag. Marie er nu glad for lille Janna. Astrid tager vuggen ind i stuen henunder aften hver dag. 
+Jørgen/Buf sover på Valdal, fordi gartnerens søn truer med at slå sin far ihjel, så Jørgen må være på vagt.
+Johanne/Besse Syberg og Harald Giersing skal giftes, og Marie har købt bryllupsgave. Jørgen/Buf må ikke gifte sig. 
+Astrid er ked af, at hendes mor ikke skriver til hende. Laura Warberg er åbenbart misfornøjet med datteren. Johanne må fortælle deres mor, at Ida Kattrup også blev gravid, uden at være gift, og sådan kan det gå også i "andre bedre Familier".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RYZw</t>
+  </si>
+  <si>
+    <t>Kæreste lille Junge!
+Tusind Tak for den storartede Sending! hvor har jeg svælget og haft det godt hele Ugen! med reel og flot Mad hverevige Dag – i Dag nød jeg den sidste Suppe – som [ulæseligt]. Ævlerne er jeg også henrykt over – og Tøjet til Janna. Kassen kom i Mandags Morges – jeg ringede straks til Valdal og inviterede Fru Syberg og Buf til Middag. Buf gav Smør, Ost og Kix, så fik de altså den herlige Frikassé - lavet efter Din Anvisning – og Frugt til Dessert. Fru S. i glimrende Humør og øjensynlig glad ved Indbydelsen – morsomt, ikke sandt? Hun er jo nu overlykkelig ved Ungen, som efter Bordet blev badet og var yndig. Ja, Junge, hun er nu yndig! Nu er hun begyndt at ”være oppe” lidt – d v s. henunder Aften triller jeg Vuggen ind i Stuen – hænger lidt op i Stangen – og så ligger hun og pludrer begejstret og ler i ét væk – hun er forfærdelig sød og jeg elsker hende. Buf sover hjemme hele denne Uge, fordi Gartnerens syge Søn forleden lavede en rystende Ballade deroppe, de frygter, han skal slå den Gamle i hjel under et Anfald. Da Fru S. så i denne Tid er vældig ophængt i Rigsdagen til sene Aftenmøder har hun udbedt sig Buf som Mandfolk til Beskyttelse. Men jeg har jo mit lille Nus og er ikke mere bange for at være her alene. Du har vel set at Besse og Giersing skal giftes en af Dagene? Fru S. havde den Aften lige købt Brudegave, som hun viste os - for 100 Kr dejligt gammelt Sølvtøj, (en Ske fra 1747 og 6 store Gafler – mrk. K, hvilket antyder at det er jødiske Gafler: til Kød!) da hun viste os Gaven, må hun vist være kommen til at tænke på noget – for hun sagde pludselig til Nusset – som hun havde på Armen – ”ja, Du skal rigtignok også få en fin Brudegave af mig!” og det er da også Synd at Buf skal snydes for ["for" overstreget] Brudegave bare fordi han ikke må gifte sig! – Tutte hører og ser jeg intet til – hun bebudede jo sin Ankomst Dagen efter d 26’, men derved er det bleven. Og hvad er det med Mor? Jeg telefonerede lige med Tante, som antydede at der var noget – men hun kom senere op og talte om det, jeg beklagede nemlig, at jeg aldrig mere hørte fra Mor. Kan Du ikke få ordnet lidt Forsoning? det er dog så meningsløst, synes jeg, at gå og være misfornøjet med mig, når jeg går og er så rasende glad og lykkelig. Brænd dette Brev straks – og fortæl så Mor, at Ida Kattrup blev viet igår til en Assistent i Banken - jeg fik lige Kort derom nu, de var begge heroppe for c 3 Uger sidem, da stod den på, at han ikke vilde gifte sig – Ida havde fået ½ Års Permission fra Banken og vilde rejse til Jylland – Barnet ventes i Februar -: altså kan denslags også hænde i andre bedre Familier! – Jeg skal hen at skrive en Lykønskning til hende – hun var så fortvivlet sidst heroppe. 
+Ja, så Tusind Tak lille søde Junge, og mange Hilsner fra Din Dis.
+Ps: Når Du ser Be, så røm Dig for hende – fra mig! så ved hun nok!</t>
+  </si>
+  <si>
+    <t>1918-09-25</t>
+  </si>
+  <si>
+    <t>Otto Gelsted
+Harald Giersing
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen byggede et hus i Tibirke. 
+Det er uklart, hvad ordene om at Trylle/Franz er "i Klokken" betyder.
+Marie Schou/Syberg boede bortsat i København og arbejdede som stenograf i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede til Pilegården, da hun blev pensioneret.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har hørt, at Jensen-familien bygger i Tibirke. Han selv føler sig ensom og halvgammel. Syberg maler nogle oliebilleder af fynske landskaber, og han har også skrabet malingen af en del. Han er husmor for otte personer dagligt, og da det er svært at skaffe madvarer, har han købt to smågrise. Hans har også oprettet et kaninstutteri, men en del af ungerne er gået til. Familien lever af sild, byggrød og kartofler, og Syberg får mundvand ved tanken om flæsk, ligesom han fantaserer om vildsvin.
+Børnene har det godt. Besse/Johanne og hendes mand har lige været på besøg, og Nolle/Clara også - hun virker beroligende på Syberg. Marie er på arbejde i Rigsdagen, og Syberg har ikke lyst til at tage til København. September er trist, og der er lang tid til sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/37qg</t>
+  </si>
+  <si>
+    <t>Pilegaarden 25-9-18
+Kære Venner!
+Hvordan har I det? Jeg talte i Gaar med Gjeldsted, han fortalte at I byggede endnu og opholdt Jer i Tibirke og jeg forstaar deraf at Din Sygdom har været langvarig. Blot Du maa blive rask og ingen Mén faar af det, saa er Tidspunktet Du har valgt at ligge syg i omtrent det fornuftigste Du kunde vælge. Verden er saa modbydelig som aldrig før. Jeg tænker tidt paa Jer og ønsker at I var saa nær saa jeg kunde komme hen og aflægge Jer et Besøg, men I er ogsaa de eneste Mennesker jeg længes efter. Det er ikke fordi jeg finder det videre rart med min Ensomhed herovre, men ”Mennesker” kan jeg ikke sige jeg føler Længsel efter. Det er vel nok det [”det” overstreget] et af de kritiske Øjeblikke i Livet naar man pludse [”pludse” overstreget] ser at man befinder sig i Opløbet. Du har en Række Aar for Dig inden Du naar til det Punkt, Du baade bliver rask og faar vel denne uendelige Krig lagt bag Dig inden Du ser Dig stillet foran den sidste Spurt. Men naar man nærmer sig de 60 saa stærkt, som jeg gør, saa er det den korte og sværeste Ende der er tilbage. Jeg har taget fat paa Oliefarven igen og maler Landskaber med alle de Hestekræfter jeg kan opdrive. Dels for at faa lavet nogle fynske Landskaber, dels for – og ikke mindst – for ikke at gaa til. Jeg vilde gærne holde ud til Enden. Foreløbig har jeg gjort 15-16 Billeder, Kornbilleder med modent Korn i Traver og Landskaber med Popler og skrabet omtrent det dobbelte Antal ud Iøvrigt har jeg nok til at holde mig vaagen. Naar man er 8 eller [”8 eller” overstreget] 8 Mennesker hver Dag at være Husmoder for – og det maa jeg – saa er der lagt Beslag paa En. Min Husbestyrerinde har sagt Pas m. H. til Fremskaffelsen af Fødemidler Men det morer mig forresten at overvinde Vanskelighederne [de afsluttende bogstaver ”ne” overstreget] af den Art. Jeg har købt to Grise som jeg feder op dels med Frugt fra Haven, dels med hamstret Korn og Kartofler. De æder med en Energi som ligefrem kan begejstre En. Hans har indrettet et Kaninstutteri. Foreløbig har Katten ædt tre af Ungerne, men de yngler jo saa man ligefrem stejler ved [at] være Vidne dertil. En fik Unger to Gange i Løbet af en Maaned men det sidste Kuld var desværre frosset ihjel om Natten, vi havde ikke ventet det før 14 Dage senere. Og i øvrigt koger rister steger og salter vi Sild. Kød og Flæsk findes ikke paa Kjertemindeegnen, vi har ikke set Oksekød i et halvt Aar og Flæsk ikke siden Jul, men vi befinder os udmærket med Sild og Byggrynsgrød som Hovednæringsmiddel – ja og Kartofler. Jeg tænker tit paa Menuen i Din Bog ”Skibet” Sild, Sild, opblødt Grut og Børsteflæsk og igen Sild. ”Børsteflæsket” faar forresten mine Tænder til at løbe i Vand, Gud ved hvordan et stegt Vildsvinehoved vilde smage – Drengene har det godt, Trylle er i ”Klokken”, de andre to gaar til Dans to Gange om Ugen. Rabbe vokser men er spinkel. Hans driver den af og er vist lidt paa Kant med sig selv. Besse havde jeg fornylig Besøg af sammen med Manden. Hun er bleg og Københavnsk, men i straalende Humør og det var de forresten beggeto. Nolle var her i Ferien hun er sød at have i Huset, hun virker saa behagelig og beroligende paa mig. Marie er i Arbejde i Rigsdagen igen, og til København kommer jeg ikke for det første, det er da min Bestemmelse, som jeg forresten ikke føler mig forpligtet til ikke at bryde. Kjertemindeegnen er monoton for Tiden aldrig har jeg oplevet en mere traurig September – hvor er Juli dog en dejlig Maaned – eller rettere 20 Juli – 20 August – Efteraaret virker nedtrykkende paa mig i Aar, det er første Gang jeg har konstateret det. Der er langt til Sommer igen og saa er den kun som et Aandedrag Der er noget lumpent i at man ikke kan fiksere den naar man staar midt i den holde paa den en 14 Dages Tid. Men den gode Tid er kun kort og de gode Mennesker dør tidlig, - de dør i Skyttegrave, - Mod og Sagtmodighed, Munterhed og Visdom ryddes ud og tilbage bliver Fordringsfuldhed og Forbenethed ja det er ”en lille skidt Planet” vi lever paa. 
+Ha’et nu saa godt som mulig bliv snart rask.
+Mange Hilsener til Jer begge og til Børnene
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1919-09-13</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Christian Caspersen
+Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johan Larsen
+Frida Madsen
+Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Villaen på Møllebakken er ved at blive bygget om. Alhed Larsen opholder sig det meste af efteråret hos familie i Birkerød( Anna og Otto Meyer). Drengene Puf og Lysse går i skole i Birkerød. Johannes Larsen har lavet en akvarel med gæs.</t>
+  </si>
+  <si>
+    <t>Håndværkerne er færdige med at lægge tag på huset. Giersing , Besse og Rabbe har været på besøg og Max.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEQ6</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Septbr 1919
+Kæreste Alhed!
+Du kan tro Haandværkerne har hængt i i Gaar og i Dag. Tømrerne arbejdede over i Aftes med Taget for at det kunde naaes og nu er Taget lagt paa igen, saa der kan ikke risikeres noget selv om der kommer Regn. Jeg gav dem en Kasse Øl til Frokost. I Gaar Eftermiddag havde jeg Besøg af Giersing, Bess og Rappe. De skulde rejse 7,15 og jeg satte mig saa i Bevægelse for at vi kunde komme til at spise lidt tidlig, men begge Pigerne var væk; og Kl. nærmede sig 5½ og der var stadig ingen. Algren fortalte at Frida var taget paa landet og Ellen gaaet til Byen, men han tilbød saa at hente sidstnævnte han vidste at hun hver Dag mødte sin Kæreste paa Hjørnet af Trollegade. Han cyklede saa og et Øjeblik efter kom hun saa vi fik Mad i god Tid. Jeg skal hilse fra dem. Jeg har faaet lavet en Aquarel med Gæs i Dag. Hils Drengene. Det er vældigt morsomt at Du er ude at more Dig.
+Din Johannes Larsen
+P.S.
+Tak for Dit Brev som jeg fik nu. Her er ingen Piger eller Algren nu. Jeg saa ham gaa og virke med Musefælder i Gaar men har glemt at spørge om han fik nogle. Jeg skal hilse fra Max der er her nu, han er flittig til at komme baade i Gaar og i Dag har han været her 2 Gange
+JL.</t>
+  </si>
+  <si>
+    <t>1919-10-15</t>
+  </si>
+  <si>
+    <t>Drigstrup</t>
+  </si>
+  <si>
+    <t>- Algren Petersen
+Margrethe Bentzen
+Christian Krog
+Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Rasmus Petersen, Gartner
+Ole Poulsen
+Ellen  Sawyer
+- Trautner</t>
+  </si>
+  <si>
+    <t>Larsen-familiens villa på Møllebakken i Kerteminde var under ombygning september og oktober 1919. Alhed Larsen var i samme periode i Birkerød, dels fordi hun var syg af en byld i halsen, dels fordi hendes drenge var elever på Birkerød Kostskole.
+Drigstrup er lille landsby få kilometer fra Kerteminde.
+De to breve fra Foreningen Fremtiden er lagt ind i denne base. Begge er skrevet 14. oktober 1919.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender de sidste druer fra haven til Alhed Larsen.
+Der installeres centralvarme i villaen. Johannes Larsen deltager i en fest i Drigstrup for en tysk gæst fra Flensborg. Restauratør Krog og arkitekten fra København skal komme den følgende dag. Johannes og Alhed Larsen har modtaget brev fra Foreningen Fremtiden om at indlevere billeder. 
+Johannes Larsen kan få et pas i Kerteminde, men Alhed og drengene må bestille i Birkerød. Larsen skal have afklaret sagen om jagt/gevær på Toldboden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BY61</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15-10-1919.
+Kæreste Alhed!
+Jeg sender samtidig med dette nogle af de bedre Druer, mange sidder og revner og mugner. Rasmus Petersen var her i Gaar, han sagde jeg hellere matte sende Dig nogle, for de blev ikke bedre. Der var ikke noget i Vejen med de Blomster der er ude, men det var kun fordi de stod saa godt i Læ sagde han. Algren fik saa Besked om hvad der skulde i Vinhuset, i Drivhuset og i Lysthuskælderen. Trautner har været her i Dag med en Mand og ordnet Centralvarmen og Fyret saa nu er her lunt og behageligt at sidde. De kommer igen i Mrg og gaar videre med Varmen ovre i Huset og paa Fredag kan de vist ordne Badeværelset. Mix var her med en Sønderjyde der er tysk fra Flensborg. Der skal være Fest i Drigstrup for dem i Aften. Pigerne er inviteret til at køre med Ole Poulsen derop og jeg kører med vores og Mix's med Bentsen. Det er ikke noget jeg glæder mig til, men da jeg brændte ham af i Gaar bliver jeg vel nødt til det. Han rejser i Mrg Form. Krog telefonerede i Gaar Eftmdgs at han og Arkitekten kommer i Mrg, men det har jeg vist fortalt dig. Der var Opfordring fra "Fremtiden til os om at sende Billeder, jeg vedlægger dem. Jeg venter med at lukke Brevet til jeg ser om der er noget fra Dig med Posten. Her har i Dag været en ældre Dame med 18 Mellemlægsservietter eller hvad de hedder a 7 Kr = 126 Kr. Hedebosyning Du har bestilt. Jeg har talt med Uttenreiter, fra 1_ste_ Septbr behøves til Sverige kun alm. Pas. Jeg faar mit her uden Vrøvl men Du og Drengene maa have dem i Birkerød Politikontor hvis der er noget der hedder saadan og Du maa vist have en Daabsattest at vise dem jeg kan imidlertid ikke finde en saadan. Og saa Fotografier til Opklæbning. Bøsser vidste han intet om, det skal jeg have at vide på Toldboden. Der siger de at saa vidt de kan se er der ingen Ting i Vejen, men det er jo en ikke videre udtømmende Besked. Du kan jo prøve at ringe til Udførselskontoret. Nu kom Posten med dit Brev. 
+Bare Du nu maa kunne taale den Tur i Mrg.
+Mange Hilsner til Jer alle 3. 
+Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920 eller 1921 efterår</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Frederiksborg Slot, 3400 Hillerød</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Harald Giersing
+Johanne Giersing
+- Hein, Birkerød Kostskole
+Christian  Houmark
+Asta Krohn
+Adolph Larsen
+Johan Larsen
+Johanne  Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie
+Elisabeth Mackie
+Ellen  Sawyer
+Peter Tutein</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er i Københavnsområdet, mens Andreas er i huset i Kerteminde.
+Petermand er Peter Turein. Lehn Schiølers eneste søn hed Eiler Theodor. Ba er også ukendt. Det er vanskeligt at læse Alfred Sch...s navn, og det vides ikke, hvem hen er. Det samme gælder Gitare Bent.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen deltager i meget selskabelighed i Københavnsområdet: Asta Krohn, Tutein, Giersing, Lehn Schiøler.
+Ba fylder 60, og skolen har samlet penge ind og købt et billlede eller to af Johannes Larsen til ham. 
+Johan og Alhed Larsen har besøgt Gegge på Phønix.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9LKB</t>
+  </si>
+  <si>
+    <t>Min egen søde Gamle!
+Tak for Dine Breve! Jeg har en rædsom ond Samvittighed over at vi ikke skriver til Dig, men det er ikke saa nemt at se sit Snit. Vi er kolossalt meget ude og er snart trætte. I Gaar Middag hos Asta Krohn, og tænk, hvis Hr. Tutein ikke havde vækket mig i Birkerød, var jeg kørt videre til Hillerød, det havde været en slem Skandale, han fortalte, at han havde gjort det for en Tid siden og havde haft meget Besvær med at komme ind paa et Hotêl. – I Morgen skal vi til Giersings sammen med en hel del, det glæder jeg mig til. Lørdag Fødselsdagsmiddag hos Lehn Schiølers, Petermands Fødselsdag, det er unge, men han har forlangt at faa mig med, det er smigrende. Mon Du ved at det er Bas 60 Aars Fødselsdag i Dag, Skolen har samlet 400 ind og spurgt om de kunde faa et lille Billede af Las, vi har ladet dem faa Gøgen og Rødspurven som Ba til Hr. Hein har omtalt fra Udst., det er pænt af Din Far – det staar til 1000 – de er henrykte og Ba bliver nok det samme. Jeg skal hen at spadsere med Lysse nu, vi gaar hen med nogle Blomster ogsaa fra Dig. – I Gaar gik vi ind at se til Gegge paa Phönix han blev begejstret og fyldte os med Vin, saa vi var kønne da vi kom til Asta. Nu har vi lejet i den fri til 1ste Dec. næste Aar. [”næste Aar” overstreget] – Lysse og Meme skal ind at mores paa Søndag, husk at skrive til ham skal med 2 ½ Toget Lørdag, sig det ogsaa til Elle og Agrarens. –
+Det er en rædsom Masse, der hviler paa Dig søde Gamle, mens vi er borte, med Mølle og Blomster og alt muligt, men nu kommer vi jo snart, en af de første Dage i Ugen. – Der er ikke solgt videre siden den første Dag, c. 4000, men alt i alt er det jo pænt. – Vi var hos Alfred Sch[ulæseligt] sammen med Laurentius til Middag forleden. L. havde haft skreven til Dig, skriv endelig igen, det er dejligt Du har skreven til lille Putte, hun lider af Hjemvé. Mon Du maler? hvor vi skal klemme paa, naar jeg kommer hjem. – Vi tænker paa at faa en Model hjem, som vi kan male efter alle 3. – Nu kom Lysse han hilser Gitare [?] Bent, der spiller. 1000 Hilsner fra Din Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>1920-07-23</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ole Poulsen
+Marie Schou
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gjorde ikke alvor af planen om at leve tre-fire år i udlandet.</t>
+  </si>
+  <si>
+    <t>Syberg har seks gæster udover børnene, så han har travlt. Han maler og tegner Ole Poulsens køer. I øvrigt drømmer Syberg om at rejse tre-fire år til udlandet. Hans har fået hyre på et skib og er på vej til Buonos Aires. Han klarer jobbet fint og nyder at tjene nogle penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Emyd</t>
+  </si>
+  <si>
+    <t>Pilegaarden 23 Juli 1920
+Kære Venner!
+Tak for Jeres Hilsen og Brev. Ja der er længe mellem vi ses, men helt af Syne taber vi dog ikke hinanden, og maaske der kommer andre og bedre Tider.
+Vel har jeg det med at lægge Planer (som aldrig bliver udført) men det er i Hviletiderne, Arbejdstiden er optaget af Krav der ligger meget nær for og Arbejdstiden er en stor Del af mit Liv. Her er fuldt af Mennesker for Tiden, 6 Gæster foruden vor daglige Bestand, som jeg maa sørge for Proviant til, naar jeg saa desuden passer mit Maleri har jeg nok at gøre fra jeg staar op til jeg gaar i Seng.
+Somren er vidunderlig og jeg har slaaet mig ned mellem Ole Povlsens Køer som jeg maler og tegner. Hvor en Ko dog er et fantastisk Dyr naar man gør den til Genstand for at [”at” overstreget, ”en” indsat over linjen/overstregningen] en indgaaende Betragtning. Foreløbig har jeg altsaa nok at gøre, men jeg omgaas med Planer om en Gang langt ude [”langt ude” overstreget] i Fremtiden at emigrere, rejse væk fra Danmark i en 3-4 Aar. Hvorhen er jeg stærkt i Tvivl om. Hans er ude at sejle, han har taget Hyre som Tømmermand paa en stor Damper paa 6000 Tons, vi har lige faaet Brev fra Norfolk i U.S.A. hvor de lader Kul og skal derfra til Buenos Ayres. Han er godt tilfreds med sin Stilling og klarer sig godt baade med Officerer og Mandskab. Hans egen Stilling er iøvrigt ikke let, han hører til Underofficererne, i Rang lige efter 3die Styrmand, hvilket vil sige at han skal være paa de Overordnedes Side og slide mere end to af Mandskabet, men som sagt han klarer sig godt og er [”er” indsat over linjen] henrykt ved at [”at” indsat over linjen] gøre noget rigtig Arbejd og tjene Penge. Ja Farvel kære Venner, I hører til det Danmark som gør, at jeg aldrig kunde emigrere for Alvor.
+Hilsen fra Marie og Børnene og fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1920-09-15</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Fritz Magnussen
+Peter Magnussen
+Per Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
+Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
+Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
+Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
+Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære søde Ly!
+Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
+Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
+Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1921-07-20</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Dyreborg
+Faaborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Harald Giersing
+Johanne Giersing
+Christine Rasmussen
+Fritz Syberg
+- Søberg</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas (Puf) Larsen sejler med skibet Rylen i forbindelse med forberedelserne til Achton Friis' og Larsens fælles bogværk De Danskes Øer. Puf deltog som kok. 
+Musset og Museumsgården: Faaborg Museum. 
+Skanninger af brevet er ikke fundet i det materiale fra Det Kongelige Bibliotek, som Østfyns Museer modtog 2017. Brevet er transskriberet efter en fotokopi af ældre dato (også fra Det Kongelige Bibliotek), og de indsatte scans er lavet på basis af denne fotokopi.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har besøgt Fru Rasmussen. Nu sejler Puf (Andreas Larsen) og Johannes Larsen til Dyreborg. Larsen har truffet Besse og Harald Giersing.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cnrN</t>
+  </si>
+  <si>
+    <t>Faaborg 20 Juli 1921
+Kæreste Alhed!
+Jeg hørte saa daarlig i den Telefon og kunde ikke raabe saa højt. Vi sad inde hos Politimesteren der bor i Museumsgaarden og er i Familie [med] Friis. Vi har været paa Museet i Dag og været sammen med Etatsraadinden og Baronen, men jeg kunde jo ikke komme til snakke alene med hende. Jeg synes I skulde komme snarest muligt. Jeg glæder mig til at se jer. I Hast da Puf er ved at fyre op og vi skal sejle til Dyreborg. I kan altsaa faa at vide hvor vi er ved at telefonere til Fru Friis Adr. Frk Søberg Søbergs Sommerhotel Dyreborg. 
+Jeg skal hilse fra Besse og Giersing som jeg traf paa Vejen herned. Mange Kærlige
+Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1921-10-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Martha Adolfsen
+- Christensen, Kerteminde
+J. P. Christian Erichsen
+Achton Friis
+Jens Jensen
+Grethe Jungstedt
+Adolph Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Albert Naur
+Christine Swane
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen havde i 1922 en udstilling sammen med Asta Krohn og Christine Swane. 
+Albert Naurs kone døde 23. september 1921, og han havde derefter brug for at være hos Alhed og Johannes Larsen en tid.
+Minorka er en spansk hønserace. 
+Dagbogen til Lehn Schiøler: Johannes Larsen renskrev dagbogsnotater fra sine ture med skibet Rylen sammen med blandt andre Achton Friis i en indbundet bog og forærede ornitolog og vekselerer Lehn Schiøler den. Bogen ejes nu af Johannes Larsen Museet. Se "omtalte genstande". Eiler Lehn Schiølers kone døde 30. september 1921. Det er muligvis derfor, Alhed Larsen ikke har fået svar på sit brev til ham. 
+Johan Larsen blev student i 1921, og derefter var han landvæsenselev, inden han begyndte på Landbohøjskolen. Andreas Larsen var stadig i 1922 elev på Birkerød Kostskole for at tage studentereksamen. 
+Larsen-familien var fra 1921 og nogle år frem økonomisk trængt, og de forsøgte sig derfor med fjerkræavl. Se Erland Porsmose: Johannes Larsen. Gyldendal 1999 s. 216</t>
+  </si>
+  <si>
+    <t>Alhed Larsen gør rent. Hun har nu 80 indrammede billeder, og det bliver sjovt at se dem hængt op.
+Adolph og Vilhelm Larsen har givet flere fra familien harer. De har været på jagt og skudt en masse vildt.
+Vilhelm har sendt høns og kalkuner, og der er bygget fire huse plus et gåsehus.
+Jens Jensen har været på besøg. Albert Naur vil gerne blive et stykke tid.
+Marie Larsen flytter ind i Martha Adolfsens værelse. 
+Johannes Larsen er færdig med dagbogen til Lehn Schiøler. Alhed undrer sig over, at hun ikke hører fra ham. 
+Drengene må købe og sende en bog til deres far.
+Skal drengene ikke have nogle strømper?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RNsF</t>
+  </si>
+  <si>
+    <t>Kære søde Drenge!
+I fatter da ikke, hvad der gaar af mig, at jeg ikke skriver et Ord til jer. Tiden løber, og jeg er saa optaget af et dydigt Liv, at det er helt forfærdeligt. Hele Huset bliver gjort skinnende rent, og da jeg jo selv skal overtage det, er jeg meget interesseret i det. I Gaar tilbragte jeg det meste af Dagen i Værkstedet med Oprydning, Pigerne skurede og nu er her saa fint og hyggeligt, at jeg synes aldrig det har været saa pænt. Det gamle ovale Egetræs [ordet ”Egetræs” indsat over linjen] Bord, der stod med Mapper, er flyttet hen foran den anden Sofa, om Dagen skal mit gamle røde Bordtæppe ligge derpaa, om Aftenen skal vi spise der. Jeg har nu faaet næsten alle mine Billeder sat i Ramme, det klæder dem godt. Jeg har malet e [bogstavet overstreget] to siden Du rejste lille Gamle, et til med Marie oppe hos Dyrene, modsat det Du var med til, altsaa med Kalve og et af højrøde Georginer i Solskin, nu faar jeg vist ikke malet saa stort mere, men jeg har ogsaa hen imod 80 Billeder. Naur, der har været her et Par Dage, lod til at synes godt om dem og ikke mindst om Figurbillederne, det var jeg glad ved. Vi skal have Haresteg i Morgen og det skal I nok ogsaa. Baser har foræret os vores og han fortalte, at Klax har sendt Tante Ugle en, han og Tinge har været dernede et Par Dage Dage [ordet ”Dage” overstreget] paa Jagt, de havde skudt en Masse, det havde været noget for Dig at være med min Dax bl.a. 2 Dyr, hvoraf Beser fik det ene med hjem [ordene ”med hjem” skrevet over linjen], men ellers en Masse af det hele, 7 Harer, 10 Fasaner 3 Ænder, Skovduer og en Sneppe som blev sendt af til G [bogstavet streget over] gl. Greve (Agraren skød den.) De havde moret sig udmærket. – Hønseriet gaar det fint med, der er nu bygget 4 Huse foruden et Gaasehus, vi har faaet 2 Forsendinger fine Minorkas sent 6 [tallet overstreget] 7 Kalkuner fra Onkel Klax. Vi har et farlig Mas hver Aften med at faa alle de nye Dyr ind, men det er helt sjov. Naur og jeg spillede Tennis hver Dag og Jens Jensen, som var med, lærte vi det den sidste Dag. Han og Naur var sammen og de tævede mig nu 14 mod 12, det var en lang Kamp. Naur kommer for Resten igen [han] bad om han ikke maatte indlogere sig her en Tid, han vilde saa gærne male vores Far. – Jeg sidder og skriver i Værkstedet, vi har fyret her for første Gang i Dag. Jeg gruer slet ikke mere for at skulle til det huslige i Vinter, jeg synes, det bliver helt hyggeligt, og hvor det bliver storartet at faa jer hjem hjem [det sidste ”hjem” overstreget] til Jul, naar jeg har lavet det hele selv. Tante Ia er jo ogsaa vældig sød at have, nu til Nov. flytter hun over i Adolfsens Værelse. Jeg har lavet en vældig Portion Æblemarmelade i Dag, vi er i det hele taget godt rustede til Vinteren. Jeres Far er nu færdig med sin Dagbog til Turen Lehn Sch. Bliver nok meget glad over den, den er aldeles nydelig. Her er to Beskeder til jer: Lille Gamle, om Du omgaaende vil købe og [”købe og” indsat over linjen] sende Din Far den lille Bog Friis havde, vist ”Danmarks Areal”, (c. 50 Øre) faas i en hver Boghandel, men Erichsen havde den ikke, skulde skaffe men lader ikke høre fra sig. Det er Generalstabens, Din far siger, Du kender den godt. Og saa Tak for Dit Brev, søde Gamle, vi var meget glade ved det. Din Far var i daarligt Humør nogle Dage, som Du bemærkede, det var fordi han ikke syntes, han fik nok lavet, men det gik hurtig over, han har været i udmærket Humør lige siden. Og Du min Dax, og [”og” overstreget] om Du huskede Brevet til Ejler Schiøler, vi har mærkelig nok ikke hørt fra ham. – Faar jeg snart Eders Æblekasse?? Pærer er her ingen af for Tiden men vil I ikke nok have Æbler? – Ja, jeg har samlet og pillet en Masse Valnødder, vi har en stor Brændekurv fuld og [”og” overstreget] pillede og faar flere endnu naar der kommer Blæst. – Nu skal jeg over og klemme paa med Grethes Sager, de skal med i Vadsk paa Tirsdag. Trænger I ikke til Strømper? Jeg fik i Aftes 48 Par (!) stoppede nede fra den [”den” overstreget] Frk. Christensen, den gamle Idiot der var her en Gang i Foraaret at lappe for mig. Nu er der jo kun en god Maanedstid til vi ses, jeg er noget spændt paa, hvordan mine Billeder vil se ud, naar de bliver hængt op. – Naur vilde gaa ud og hilse paa jer og bringe jer og Tante Ugle en frisk Hilsen maaske han allerede har været der. – Laver Tante Ugle noget? Maleri mener jeg. Hils hende mange Gange, og nu maa I ikke gengælde ondt med ondt, men skrive snart til os, saa skal jeg nok være mere expedit næste Gang. Skriv endelig hvordan det gaar paa jeres Skoler. Der er en lille Mariehøne, der bliver ved at kravle ind paa Brevpapiret, hver Gang jeg har kørt den væk, er den der et Øjeblik efter igen. – Nu faar I ikke mere. Hils Tante Ugle mange Gange. Hav det godt og 1000 Hilsner fra Tante Ia, jeres Far og jeres Mor.
+Det øser ned.
+Lørdag 23-10-21</t>
+  </si>
+  <si>
+    <t>1921-11-11</t>
+  </si>
+  <si>
+    <t>Martha Adolfsen
+Harald Giersing
+Johanne Giersing
+Christian  Houmark
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Johannes Madsen
+Christine Swane
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev på Birkerød kostskole. Johan Larsen er færdig som student og går nu muligvis på Harald Giersings malerskole i Valby. 
+Alhed og Johannes Larsens økonomiske problemer skyldtes flere forhold. De havde kautioneret for flere venner, som ikke kunne betale afdragene, der var afmatning på kunstmarkedet, deres egne byggeaktiviteter havde været omfattende, deres forbrug højt mv. Se Erland Porsmose: Johannes Larsen, Gyldendal 1999 s. 216f.
+Alhed Larsen udstillede i 1922 sammen med Asta Krohn og Christine Swane.
+Sidensvans er det svenske ord for silkehale. Alhed og Johannes Larsens drenge fangede, da de var små, silkehaler med et fuglenet. 
+Træsnittet af gejrfuglene (indsat) er en illustration til Lehn Schiølers Danmarks Fugle. Et eksempel på en allerede dengang uddød fugl.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har travlt med at gemme frugt og nødder, med at sy gardiner og passe huset. Hun og Johannes sparer, så de har ikke piger i huset, men Marie (Johannes' søster) og Putte (Elisabeth, Alheds niece) hjælper, og maden smager desuden bedre, når man selv har lavet den. Drengene får snart 200 kr, men de må være sparsommelige.
+Der har været silkehaler i haven, og Johannes Larsen har malet dem. Han har også lavet et træsnit af gejrfugle. Alhed når ikke selv at tegne og male. Hun er spændt på, hvordan hendes akvareller klarer transporten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E5QC</t>
+  </si>
+  <si>
+    <t>11-11-21
+Ikke gennemlæst, der er vist meget Sjask!
+Kære søde Drenge!
+Hvor jeg dog forsømmer jer skrækkeligt men jeg har haft saa meget at virke med i denne første Tid med Ordning og Flytning, Gardinsyning o.s.v. og ogsaa udenoms Arbejder som Indflytning af alle mine Blomster, Dækning af Pærer nu da Frosten kom, jeg har pakket dem alle i store Kurve, I ved dem vi faar Planterne sendt i, jeg tænker vi faar fint med Pærer til Jul. Send bare Kassen hjem igen, saa skal I faa en ny Forsyning, ogsaa Valnødder, og jeg tænker at nogle af Pærerne bliver modne inden ret længe, men husk at lægge Snavsetøj i. Hvordan gaar det med Sager og deslige? Det graa Tøj skal jeg nok gaa i Gang med, maaske [ordet ”maaske” overstreget] lille Gamle, maaske paa Mandag, naar jeg skal brygge alligevel. – I Dag har jeg trykket Træsnit af den unge Mand manglede, saasnart jeg er færdig med dem, sender jeg dem og beder om Pengene, vi er jo paa Bunden nu, men jeg tænker jeg kan sende jer 200 en af de første Dage. Det er maaske meget fornuftigt at tage bestemt til Lommepenge, men I vil nok være saa søde at passe paa alt det I kan. Her sparer vi en Ladning Penge ved ikke at have Pigerne, det er utroligt, hvad Forskel der er i Husholdningen, det pynter jo meget paa Slæbet, men for Resten gaar det udmærket og vil jo gaa endnu nemmere naar jeg faar lidt Øvelse, alle er enige om, at Maden smager langt bedre, alt faar ligesom mere Værd, naar man selv virker med det, selv et Stykke Rugbrød med Fedt er en Delikatesse, naar man selv har kælet for Fedtet med Æbler, Løg og Timian og hvor man nyder sine ledige Stunder, naar man sætter sig ned med en Bog og en Cigarette [de sidste to bogstaver overstreget]. I kan ikke tænke jer, hvor tante Ia er hyggelig at have, jeg kan drøfte alting med hende og hun er altid saa sød og hjælpsom og i godt Humør. Hun ligger nu paa Adolfsens Værelse. 5 af vores Kyllinger er begyndt at lægge. – Og den søde Putte er en udmærket Kraft at have, hun er saa flink og dygtig og altid med et straalende Ansigt. – Men Malingen har jeg lagt slap, det sidste var en stor, broget Efteraarsbuket (P som Marie med Hønsene) af Riddersporer og Morgenfruer og Buketroser. – Nu er Blomsterne foreløbig forbi Frosten tog dem, men I kan tro her har været pragtfuldt i disse Dage med Sne og Frost og Solskin. Her har været Sidensvanser i store Baner, - vi kunde ikke finde Dit Fuglenet, min Dax – jeres Far har malet et lille Oljebillede og en Akvarel af dem. Desuden har han skaaren et meget smukt Træsnit af 3 Geirfugle. Lehn Sch. skrev at han var glad ved jeres lille Besøg, - I kom ”paa jeres gode stille Maade”. – Hvad har jeg saa mere at skrive – Oplevelserne er jo ikke videre store, jeg glæder mig til snart at se jer kan I tro, men jeg gruer for hvordan alle de Pasteller skal komme derind, Madsen er vist ingen fin Pakker og de handler saa rædsomt med Forsendelser. – Skriv nu endelig snart sødeste Unger, jeres Breve er saa kærkomne, jeg ved nok, jeg ikke har fortjent det, men gør det alligevel, alt om jeres daglige Færd interesserer os jo. Hils tante Ugle mange Gange, hvordan har hun det? Uttenreiter ringede den anden Dag, han sagde han vilde gaa op og besøge jer en Dag. Hils Gekke og Giersings. Og 1000 Hilsner fra jeres Mor</t>
+  </si>
+  <si>
+    <t>13. maj. 1922</t>
+  </si>
+  <si>
+    <t>Bentsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/moeuxMUl</t>
+  </si>
+  <si>
+    <t>20. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AsfY1lyZ</t>
+  </si>
+  <si>
+    <t>21. maj. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ft5uWdAb</t>
+  </si>
+  <si>
+    <t>1922-05-24</t>
+  </si>
+  <si>
+    <t>Besser</t>
+  </si>
+  <si>
+    <t>Besser
+Nordby, Samsø</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Alhed Larsen sende nogle silkeskjorter til Samsø, hvor det er blevet varmt vejr. Han er spændt på, om sønnen Puf kommer derover. Det har været tordenvejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OpS1</t>
+  </si>
+  <si>
+    <t>Besser 24 Maj 1922.
+Kæreste Alhed!
+Jeg er meget spændt paa om Puf kommer, for saa maa det vel blive i Mrg med Odense Damperen. Du maa endelig sende et Par Silkeskjorter med Rylen, for sikken Varme det nu er bleven, jeg kan vist ikke klare mig i Længden i de blaa. I Dag skal vi vist op til Nordby. Det var Tordenvejr i Gaar Mrg. og i Aftes og i Nat lynede og tordnede det stærkt. Jeg synes der var noget mere foruden Skjorterne men det gaar mig saadan hver Dag at jeg kommer i Tanker om et eller andet og naar jeg saa skal skrive saa er det glemt. Det er dejligt det er bleven saa varmt. Mange kærlige Hilsner 
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>24. maj. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/61N6kNkx</t>
+  </si>
+  <si>
+    <t>26. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Kz3r8JCL</t>
+  </si>
+  <si>
+    <t>1922-05-27</t>
+  </si>
+  <si>
+    <t>Besser, Samsø
+Nordby, Samsø
+Stavnsfjord, Samsø
+Henne, 5453 Henne
+Ballen, Samsø</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på vej afsted på tur med skibet Rylen sammen med Achton Friis og Skipper Petersen. De skal lave forarbejde til bogværket De Danskes Øer.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er stadig på Samsø, på den nordlige del af Øen og på øerne i Stavns Fjord. Han er meget begejstret for byen Nordby med alle frugttræerne, og han arbejder, cykler og går meget. 
+Han er meget skuffet over, at sønnen Andreas Larsen alligevel ikke kommer med Rylen. Han er nervøs for, om Alhed Larsen når at få brevet inden hendes afrejse til København. Han føler ikke, at han har tid til at skrive hver dag, men opfordrer kraftigt Alhed Larsen til at skrive brev dagligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9jSf</t>
+  </si>
+  <si>
+    <t>Besser 27/5 Lørdag 1922
+Kæreste Alhed!
+Tak for dit Brev, dateret Mandag som jeg fik i Aftes Kl 10 1/2 da vi kom Hjem fra Nordby hvor vi har været nogle Dage. Vi har det godt men strængt. I Gaar begyndte jeg at tegne Kl. 6 inden Kaffen og saa var vi ude i [ulæseligt ord] hvor jeg lavede en Tegning en Aquarel saa hjemme til Middag saa om Eftr ude paa den nordligste Spids hvorfra vi kom hjem Kl. Kl. 6 og spiste til Aften der efter en mindre Tur NØ langs Stien og Kl. 9 da vi kom tilbage til Nordby, ca 1 1/2 Mils Cykletur her til Besser. Jeg synes det er meget og det vilde Du vist ogsaa hvis Du saa det Landskab det foregår i, alligevel er jeg ikke videre træt til Mrg, saa jeg er altsaa kommen mig godt. Det første 8-10 Dage var jeg dødtræt hver Aften og om Mrg. med. I Dag skal vi rundt paa Øerne i Stavnsfjord og i Mrg kommer Rylen. 
+Jeg kan ikke se af Dit Brev hvornaar Du tænker at foretage den Kjøbenhavns Rejse. Jeg ved heller ikke hvornaar det er Pintse. Maaske er Du rejst naar dette kommer til Kjerteminde. Det er ikke nemt for mig at faa Tid til at skrive eller faa Breve af Sted til enhver Tid naar vi rakker saadan rundt, men Du maa endelig skrive tidt ligesom da jeg var i Henne. Jeg bliver saa glad ved at faa Brev fra Dig. Det var en stor Skuffelse for os at Puf ikke kom. Efter Dit sidste Brev havde vi sikkert ventet at se ham Torsdag. Hils dem alle sammen og skriv endelig tidt. Mange kærlige Hilsner 
+Din hengivne JL.
+Nordby var en dejlig By meget stor og tæt og næsten druknet i blomstrende Pæretræer. Der var ingen andre Træer i Byen end Frugttræer og ingen Buske uden Frugtbuske. En Mængde Morbærtræer.</t>
+  </si>
+  <si>
+    <t>28. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9kvOQSVC</t>
+  </si>
+  <si>
+    <t>1922-05-29</t>
+  </si>
+  <si>
+    <t>Besser, Samsø
+Hjortholm, Samsø
+Langøre, Samsø
+Møgelskaar, Samsø</t>
+  </si>
+  <si>
+    <t>Sigurd -</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på tur til øen Hjortholm ved det nordlige Samsø. Mens selskabet afventer Rylens ankomst, har de været på udflugt med en lokal lærer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/B3iq</t>
+  </si>
+  <si>
+    <t>Besser 29 Maj. 1922. Mandag.
+Kæreste Alhed.
+Tak for dit lange Brev, som laa her i Forgaars Aftes da vi kom hjem fra Hjortholm hvor vi havde været hele Dagen. Det er en dejlig Ø den største i Stavnsfjord. Jeg fik tegnet og malet lidt der, bl.a. en Ederfugl paa Reden, men det var et kedeligt Vejr det blæste en lille Storm hele Dagen. Forhaabentlig for vi bedre Vejr til resten af Øerne. I Dag er det igen godt Vejr og vi venter at Rylen kommer, vi cykler saa til Langøre og gaar om Bord. I Gaar var vi en Tur i Bil med en Lærer her der hedder Sigurd, ude ved noget der hedder Møgelskaar. Jeg har nu faaet lavet 30 Tegninger i Blokbogen og nogle Tegninger og do farvelagte i den mindre Skitsebog. 
+Mange kærlige Hilsner 
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1922-05-31</t>
+  </si>
+  <si>
+    <t>Langøre</t>
+  </si>
+  <si>
+    <t>Langøre, Samsø
+Kyholm, Samsø
+Vejrø, Samsø
+Fænø
+Hjelm
+Tunø 
+Æbelø
+Endelave
+Hundsholm
+Bosserne</t>
+  </si>
+  <si>
+    <t>Bertram -
+Achton Friis
+Vagn Jacobsen
+Andreas Larsen
+Johan Larsen
+Albert Naur
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Skipper Petersen og Achton Friis er på sejltur med skibet Rylen. Friis og Larsen laver forarbejde til bogværket de Danskes Øer. Om opholdet på Samsø se "De danskes øer" bind 2. Dette gælder bl.a. også Vejrø, Kyholm og Hjelm.
+Hvem den omtalte Martin er, vides ikke. 
+Maleren Albert Naurs kone døde i efteråret 1921, og Naur boede derefter nogle måneder hos Alhed og Johannes Larsen. Det er uvist, hvad dette "Stød" nr. to går ud på.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Samsø med skibet Rylen. Han har travlt med at se og tegne de mange småøer omkring øen. Det har været stormvejr. Achton Friis er forkølet.
+Puf og Lysse havde husket at lægge diverse ting på Rylen til Johannes Larsen, men de havde glemt hans bøsse. 
+Larsen kan ikke sende brev de næste dage, hvor han er på ubeboede øer.
+Det er trist med Naur, men han kommer nok over det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QtzW</t>
+  </si>
+  <si>
+    <t>Langøre 31 Maj 1922.
+Kæreste Alhed!
+Tusind Tak for dit Brev som kom i Aften eller rettere laa her da jeg kom hjem til ”Rylen” efter at have været ude at tegne. Det var dejligt at Bertram var saa glad ved Dig, og jeg glæder mig til at se Din nye Hat. Jeg havde en dejlig Tur over til Holmene her i Stavnsfjord. Vi roede derover om Mrg Kl. 7 1/2 efter at have faaet Havregrød og Kaffe og lidt over Middag roede Petersen hjem med Friis, men jeg blev der og bad Petersen om at hente mig Kl. 6. Jeg gik saa og saa paa Maager og Ederfugle og tegnede et Par Tegninger, og naar jeg syntes jeg trængte tog jeg mig et Par (ulæseligt) Grog og en Pibe Tobak. I Mgs var Friis forkølet og blev liggende, vi skulde ellers have været herfra til Kyholm Lindholm Vejrø og Bosserne. Jeg roede saa over til en lille Holm der hedder Hundsholm og var dér til Middag og tegnede. Det var godt vi ikke kom af Sted i Mrgs for da jeg roede hjem i Mrgs for da jeg roede hjem i Middags blæste det en Storm og det gør det endnu. Jeg har ogsaa været ude at tegne i Eftermiddag og har nu nogle og Tredive (vist 37) Bloksbogsblade. Naa nu er Petersen der med Martin det er Satans her er aldrig ro til at foretage sig noget. Ja nu er vi færdige med at spise, bemærk Fedtpletterne! Blæsten suser og Rylen ligger og gnubber sig opad Bolværket men Solen skinner ind ad Vinduerne. Og her er virkelig ganske hyggeligt. Bare den forbandede Blæst vilde holde op. Og bare nu Jacobsen vil være lidt imødekommende. Jeg skrev til ham forleden i Anledning af at vi ikke kom til Odense. Jeg fik Brev med Rylen fra Puf og Lysse, og de havde husket at sende al Ting undtagen min Bøsse. Det var vel nærmest her omkring jeg kunde have haft Brug for den, men nu kan jeg jo ikke faa den før Puf støder til os ved Fænø og saa er det vel ikke Umagen værd at føre den med.
+Her ruger en Mængde Ederfugle, men Krager og Skarns Folk ødelægger mange Reder. 
+Vil Du takke Puf og Lysse for Deres Breve. Hvis Stormen varer skal jeg skrive herfra i Morgen men saa varer det vel noget inden jeg kan skrive for der er jo ingen Mennesker paa Ryholm, Vejrø og Bosserne, men fra Hjelm og da der vel Post en Gang om Ugen. Fra Hjelm skal vi til Thunø og derfra til Endelave, Æbelø og Fænø. Det er trist med Naur, men har han taget det første Stød , kommer han vel over dette ogsaa. Mange kærlige Hilsner 
+Din JL.
+Næste Adr. Poste restante Thunø</t>
+  </si>
+  <si>
+    <t> 1. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/IsmqCYZO</t>
+  </si>
+  <si>
+    <t> 2. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/xg3d7YmI</t>
+  </si>
+  <si>
+    <t>13. maj - 15. juni 1922. </t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
+Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
+  </si>
+  <si>
+    <t>30. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+  </si>
+  <si>
+    <t>1922-09-15</t>
+  </si>
+  <si>
+    <t>Femø</t>
+  </si>
+  <si>
+    <t>Femø
+Fejø
+Skalø
+Askø
+Lilleø
+Lindholm, Lolland
+Bandholm
+Knuthenborg</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Johanne Giersing
+Georg Jacobsen
+Andreas Larsen
+Johan Christian Petersen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Rylen er ankommet til Femø med Johannes Larsen og Achton Friis om bord. De besøger også andre mindre øer i omegnen og sejler også til Bandholm på Lolland med besøg i Knuthenborg Park. Alhed Larsen får anvisninger i forhold til håndværkernes arbejde i villaen, og Puf skal sørge for at få stækket vingerne på ænderne korrekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TSVC</t>
+  </si>
+  <si>
+    <t>Fæmø 15 Septbr Fredag 1922
+Kæreste Alhed!
+Tak for Brevet. Vi er lige kommen ind i Havnen her og Friis har været oppe at hente Post, foruden Dit Brev en Blokbog fra Papirpetersen, meget belejligt da der kun er 2 Blade igen i den anden. Desværre er det nu begyndt at regne igen, det har vi jo haft lidt rigeligt af men jeg har dog hidtil faaet lavet 5-6 Tegninger. Vi har nu været paa Fejø, Skalø, Askø, Lilleø og Lindholm siden jeg skrev sidst. I Gaar tog vi fra Askø over til Bandholm for at forsyne os med Brød, Øl og Brændevin der var ved at slippe op. Mens Petersen provianterede var Friis og jeg en lille Spaseretur inde i Knuthenborg Park, hvor der var meget smukt, Bandholm ogsaa pæn baade Havnen og Byen der er rart fri for Villaer og Sommerhuse. Derfra tog vi til Lindholm og nu er vi altsaa her hvor vi bliver 2-3 Dage eller maaske mere hvis Regnen bliver ved. Vor næste Adr bliver: Stubbekøbing poste restante. Jeg synes det er en udmærket Ide med Fliser, men pas paa at de endelig desinficerer eller imprægnerer Væggen ind til Dagligstuen og Trappestuen godt, det var jo slemt hvis vi engang skulde have brækket x op der ogsaa, men det er vel 
+)x Grunden for Resten
+overstaaet, naar Du faar dette. Det var dejligt Du fik den lille Tur og saa nu meget køn. Bare Du nu har Held med Jacobsen, jeg er meget spændt paa det næste Brev, jeg fik ikke noget Jagttegn. Har Puf faaet lukket Ænderne ind? Maaske han kan faa Besse til at hjælpe at stække dem men ikke før de alle kan flyve. Fik Du de gule Blommer fra de unge Træer. Gartneren lovede at skære alle Vildskudene bort men det har han vel glemt. Hils dem alle fra mig. Mange kærlige Hilsner 
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1923-11-11</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Peter Oluf Brønsted
+Elisabeth Mackie
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted sender fødselsdagskort til søsteren Ellen Brønsted. AMB har været til andespil sammen med Elisabeth Mackie. Sigurd Swane kommer til Mortens gås.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XZSC</t>
+  </si>
+  <si>
+    <t>[11-11-1923]
+Fredag
+Kære Beser Pige!
+Til Lykke med Fødselsdagen!
+Jeg maa sandelig sige I er beskedne hverken Mudi, Peder eller du sender Ønskeseddel. Følgen er at jeg har haft en farlig Mas og maaske faaet noget du maaske slet ikke bryder dig om. 
+I Aftes var Putte og jeg til Andespil i Kerteminde Klub. Der var dækket et mægtigt langt Bord der var pyntet med farvet Løv og 10 Ænder og 2 Gæs paa Fade. Saa blev der udleveret Sedler og raabt Numre op. Desværre vandt vi ikke noget; men sikke en Fryd det kunde have været at sende en Gaas eller And hjem.
+Ellers tror jeg ikke, jeg har afleveret Noget, vi har meget travlt for Tiden. Swane kommer til Mortensgaas i Morgen.
+Hilsen til jer alle fra Lomme.
+Tak for Brevet!</t>
+  </si>
+  <si>
+    <t>1923-11-14</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Larssen</t>
+  </si>
+  <si>
+    <t>Det er vanskeligt at læse, om brevets datering er 14. eller 19. november.
+Johannes V. Jensens Madame d'Ora udkom første gang i 1904. Som teaterforestilling blev den vist på Odense Teater i 1923.</t>
+  </si>
+  <si>
+    <t>Syberg kom ikke til premieren på Madame d'Ora, men han, datteren og svigersønnen m.fl. så stykket søndag, og de har nydt det. Romeo og Julie med Anna Larssen var i sin tid en skuffelse, men Madame d'Ora var som igen at læse Shakespeares skuespil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tdQb</t>
+  </si>
+  <si>
+    <t>Pilegaarden 14-11-23
+Kære Ven.
+Vi har her paa Pilegaarden i to Dage levet i godt Selskab, nemlig med Madame D’Ora. Desværre kom jeg ikke til Din Premiere, men derimod var jeg sammen med Besse og Giersing – og andre fra Kbhvn – til anden Opførelse i Søndags. Kære Ven jeg føler Trang til at sige Dig at det har været et Par festlige Dage for os. Manglerne ved Fremstillingen bryder jeg mig ikke om. Jeg erindrer hvilken Skuffelse det var for mig at [”at” overstreget] i sin Tid at se Romeo og Julie (med Anna Larsen) Muligvis er jeg blevet vant til ved gode Skuespil at skulle se bort fra den mangelfulde Fremstilling af dem. - - Hvor er de to Figurer Madame D’Ora og Edmund dog et Par knusende gode Figurer, hvor gaar de mig til Hjertet, hvor er de typiske og uforglemmelige. Hvor gammel var Du da Du skrev det Skuespil?
+Det har for mig virkelig været paany at opleve en Glans fra de Dage da jeg som ung læste Romeo og Julie og Kong Lear.
+Hils Else og Børn Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1924-05-29</t>
+  </si>
+  <si>
+    <t>Sybergs Have, Kerteminde
+Møllebakken, 5300 Kerteminde
+Svanninge, 5600 Faaborg</t>
+  </si>
+  <si>
+    <t>Georg Brandes
+Franz GIersing
+Harald Giersing
+Sven Lange
+Johannes Larsen
+Betty Nansen
+Edith Rode
+Helge Rode
+Harald Slott-Møller
+Clara Syberg
+Franz Syberg</t>
+  </si>
+  <si>
+    <t>Pilegården (nuværende adresse Sybergs Have, Kerteminde) blev i 1902 erhvervet af Anna og Fritz Syberg. Efter Fritz Sybergs død i 1939 blev stedet overtaget af sønnen Franz Syberg og hans familie. I 1955 nedbrændte huset ved en ildebrand. 
+Pechvogel: Ulykkesfugl, en der altid kommer galt fra det.
+Fritz Syberg boede i Svanninge 1895-1902 med Anna. Han købte i 1914 det lille bondehus "Poppelhuset" og forærede det 3 år senere til datteren Besse Giersing, da hun giftede sig med maleren Harald Giersing. Huset blev brugt om sommeren frem til Giersings død i 1927.
+Besse Giersing var skuespiller, og hun har tilsyneladende fået dårlige anmeldelser.
+Kilde:
+Wikipidia
+Den store, danske encyklopædi</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver i brev til datteren, Besse Giersing, et langt, vredt angreb på anmelderne i den danske presse, og han prøver at opmuntre hende til at holde ud. Held er ifølge Fritz Syberg en familiearv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zW1g</t>
+  </si>
+  <si>
+    <t>Pilegaarden 29-5-24
+Kære Besse. Tak for Dit Brev med Anmeldelser, de skal nok blive sendt til Nolle. Naa - ja - man er ude efter Dig "kan jeg nok mærke", at det er Fru Nansen og Edith Rohde det vil m.a.O. sige, det er den "Aands"retning som man populært kalder Kritikerne Slot-Møller, Helge Rohde og m. A. har sin Plads der og nu ved Du altsaa at i det Lag akcepteres Du ikke. Om det saa var selve Georg Brandes hører han (desværre) til der, (Jeg skriver desværre i Parentes men i og for sig er jeg lige glad). Der findes ogsaa den elskelige Sven Lange - ja jeg understreger ikke deres Betydning, de er en Magt, men jeg vil ikke beskæftige mig for meget med at tænke paa dem, deres Tal er Legio. _Der er kun en Maade at protestere imod den misundelige Hulken paa, nemlig ved sit Arbejde og sit Held. Og det er forresten hvad der kan siges ikke alene om "Vennekritikken" men om den meste Kritik. Man maa over for Kritiken have en Natur som Kattens, den maa slaas ihjel 7 Gange før den dør af det. Lad os nu haabe at Somren - nu den endelig er kommet - giver Dig Kræfterne - Energi og Lyst har Du jo og Evnerne ogsaa (selv disse Anmeldelser aner [ordet "aner" overstreget] kender jo dette Faktum), og jeg ved en Ting m. H. til Dig, at Du er ingen Pechvogel, Heldet vil følge Dig (det er Familiearv) blot Du er legemlig stærk nok tiol at taale ["til at taale" overstreget], blot Din Fysik kan holde til det lange Løb. Dette med Held er noget mærkeligt noget, i en vis Forstand vil Held og Munterhed sige det samme, det er nemlig meget mere en Sindstilstand end det er ydre Vilkaar, der er betegnende for, om man [ordet "man" overstreget] Heldet følger En. (Se Fortællingen "den lykkelige uden Skjorte".) Det virkelige Uheld, den virkelige "Pechvogel", det er den misundelige, der giver efter for sin Misundelse; Sikken et Liv de maa føre, selv om hele Landets Aviser aabner sine Spalter for dem. Hvo ["Hvo" overstreget]Jeg har tidt sagt at jeg hellere vilde tjene Livsopholdet ved at være Skraldemand end Bladanmelder, jeg har undertiden gjort mig selv det Spørgsmaal om jeg ogsaa hellere vilde være Natrenovationsmand, men jeg indrømmer at dette sidste vilde være en haard Prøve for Ens Heroisme; Ja der er mange ækle Bestillinger i denne Verden. 
+Kan Du nu hilse Bamsen og sige der staar en fin rød Cykel og venter paa ham, saa snart jeg hører fra Jer at I er kommet til Svanninge skal jeg sende den. Hils Giersing. Mange Hilsener og Kys fra Far.</t>
+  </si>
+  <si>
+    <t>17. jun. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er særligt en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne
+Rejsen beskrevet i denne dagbog foretages i perioden fra 17. juni til 24. juli 1924
+. . . .
+Bemærk at denne dagbogs første og sidste sider indeholder et samlet overblik over iagttagede fugle, med datidens latinske og danske artsbestemmelser.
+De gamle artsbestemmelser er alle kommenteret med nutidige danske og latinske betegnelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/A622cSGK</t>
+  </si>
+  <si>
+    <t>24. jun. 1925</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+John Møller
+Aage Nissen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/eQoJvbFY</t>
+  </si>
+  <si>
+    <t>15. jul. 1925</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AbIwK2ds</t>
+  </si>
+  <si>
+    <t>26. jul. 1925</t>
+  </si>
+  <si>
+    <t>Kata -
+Olaf Asmussen Hagerup
+Poul Holbeck
+Helga Lehn Schiøler
+Enoks Lyberth
+Peter Nielsen
+Bolette Rosing
+Jakob Rosing
+Peter Rosing
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqdWSk9Z</t>
+  </si>
+  <si>
+    <t>28. jul. 1925</t>
+  </si>
+  <si>
+    <t>Poul Holbeck
+Peter Nielsen
+Jakob Rosing
+Peter Rosing</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hBq1uNhk</t>
+  </si>
+  <si>
+    <t> 9. aug. 1925</t>
+  </si>
+  <si>
+    <t>Johannes Larsen, Grønland
+Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller
+- Nørdam
+Henning Scheel
+Jes Svane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KRmo1USA</t>
+  </si>
+  <si>
+    <t>19. aug. 1925</t>
+  </si>
+  <si>
+    <t>Axel Laurent-Christensen
+Eiler Lehn Schiøler
+John Møller</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GjmjBRL3</t>
+  </si>
+  <si>
+    <t>11. sep. 1925</t>
+  </si>
+  <si>
+    <t>Niuvertoq -
+Christen Hauge
+Eiler Lehn Schiøler
+Knud Oldendow
+P Vedsted
+Richard West</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/d8BQ6gjM</t>
+  </si>
+  <si>
+    <t>12. sep. 1925</t>
+  </si>
+  <si>
+    <t>Frederik Balle
+Jens Chemnitz
+Svend Koch
+Dan la Cour
+Eiler Lehn Schiøler
+- Nolager
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/s5dKk7Qe</t>
+  </si>
+  <si>
+    <t>1926-07-06</t>
+  </si>
+  <si>
+    <t>Valby Langgade 30</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Både Johanne (Besse, Fritz Sybergs datter), hendes mand, Harald Giersing, og Marie Schou/Syberg boede på det nedlagte gartneri, Valdal, på Valby Langgade i 1926. Marie fortsatte med at arbejde i Rigsdagen, efter at hun og Fritz Syberg var blevet gift, og hun flyttede først til Kerteminde, da hun var blevet pensioneret. 
+Jensen-familien havde et hus i Tibirke, Nordsjælland.</t>
+  </si>
+  <si>
+    <t>Fritz og Lars (Sakker) Syberg vil komme på besøg hos Jensen en af de næste dage. De tager toget hjem om aftenen. 
+Fritz Syberg har haft en maveomgang, og Johanne (Besse) tilkaldte læge, men alt er godt nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ny9b</t>
+  </si>
+  <si>
+    <t>Valby Langg. 30 6-7-26
+Kære Joh. V. og Else.
+Jeg haaber at komme ud til Jer en af Dagene, men kan ikke sige med Sikkerhed hvilken Dag, dog bliver det snart, maaske allerede i Morgen, men bestemt ved jeg det ikke. Dersom I ikke har noget derimod, tager jeg Sakker med han har aldrig set noget af Nord-Sjælland. Vi bliver saa hos Jer og tager med Toget hjem om Aftenen, der gaar vist Tog ved 10 Tiden fra Hillerød.
+Forresten har jeg lige overstaaet et Mavetilfælde hvor Besse fandt det raadeligt at tilkalde Læge. Det var ubehageligt, men havde ingen Følger – j.m. ingen Operation til Følge – alt er nu i Orden. Altsaa paa snarlig Gensyn – (maaske i Morgen).
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1927-01-28</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Bodil Hauberg</t>
+  </si>
+  <si>
+    <t>Efter at Harald Giersing i få dage havde været syg af influenza, fik han lungebetændelse.</t>
+  </si>
+  <si>
+    <t>Harald Giersings død var uventet. Alle havde det så godt med ham. Syberg håber, at Besse/Johanne klarer det. Bodil Giersing skrev, at Harald Giersing var meget bange for at dø, og at Besse/Johanne holdt ham i sine arme de sidste fem timer og sang for ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ueGf</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-1-27
+Kære Johannes V. og Else.
+Tak for Eders Brev. Ja det var rigtignok et uventet Dødsfald, man rammes ofte der hvor man er mest sikker. At det netop skulde blive Giersing. Nu bag efter er det som man gaar med daarlig Samvittighed fordi man aldrig har havt en Antydning af Frygt derfor. Ingen er jo sikker for Knokkelmandens Besøg. Og hvor godt vi alle havde det med Giersing – allesammen – faar man først gjort sig bevidst nu – da det er for sent. Men maaske er den Glæde man aldrig bliver sig bevidst den største. Jo ældre man bliver jo mere usikker bliver man over for Bedømmelsen af Værdier. Jeg vil haabe Besse bærer sin Skæbne hvor haard den end er. Han bar hende paa Hænderne. Jeg fik et Brev fra Bodil Giersing samme Morgen han var død og jeg kan ikke lade være med at fortælle Jer indholdet. G. var meget ængstelig for Døden og vis paa at han skulde dø. Besse [”Besse” overstreget] Han døde i Besses Arme mens hun i 5 Timer i Træk sang for ham alle sine Sange lige fra hendes italienske Viser til ”Bro Bro Brille” – mens Taarerne trillede ned ad hendes Kinder - - Jeg kommer til København sidst i Fbr. Mange Hilsener Eders hengivne Fr. Syberg.</t>
+  </si>
+  <si>
+    <t>19. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/dWj7jadr</t>
+  </si>
+  <si>
+    <t>20. aug. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/SMnMcBiq</t>
+  </si>
+  <si>
+    <t>1927-09-20</t>
+  </si>
+  <si>
+    <t>Willemoesgade, København
+Landeryd, Sverige</t>
+  </si>
+  <si>
+    <t>Michael Ancher
+Alhed Marie Brønsted
+Vagn Jacobsen
+Else Jensen
+Johannes V. Jensen
+Christine  Mackie
+Kjeld Tutein</t>
+  </si>
+  <si>
+    <t>Villa Svastika blev opført på Strandvejen nord for København i 1926 af brygger Vagn Jacobsen med Povl Baumann som arkitekt og med et prægtigt haveanlæg udført af G. N. Brandt. Byggeomkostningerne var dengang et uhørt stort beløb på 1 million kroner.
+Symbolet “Svastika” var den gamle brygger Carl Jacobsens lykketegn og endnu ikke tilsmudset af Hitler. I 1962 blev Svastika solgt for 200.000 kr. for at blive mondænt sommerhotel, Men planen blev aldrig udført. Efter en lang strid i Hørsholm Kommune, blev den prægtige villa revet ned i 1983, efter at en fredning af den kun 57 år gamle ejendom havde vist sig umulig.
+Maleren Michael Ancher døde 19. september 1927. 
+Alhed Larsen var død en lille måned før, at brevet er skrevet. 
+Johan Larsen (Lysse) boede, mens han gik på Landbohøjskolen, hos sin moster og hendes mand på Willesmoesgade i København. 
+Båxhult var og er Larsen-familiens skovgård i Småland, Sverige. Man gik meget på jagt under opholdene på dette sted. 
+Det vides ikke, hvem den omtalte Andersen var. Larsen-familien kendte mange af det navn.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er rejst til Villa Svastika. Der skal sendes krans til Michael Anchers begravelse. Haglbøsserne må også sendes. Johannes Larsen vil til Båxhult og har flere ideer til, hvem der kan tage med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pqRh</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Hr Andreas Larsen
+Møllebakken
+Kjerteminde
+Expres
+[På kuvertens bagside:]
+Joh. Larsen Willemoesgade Ø
+[I brevet:]
+20/9 – 27
+Kære Puf.
+Far er i Em. rejst til Svastika og har bedt mig om at ringe til dig og bedt dig lade Kjell sende en Krans til Anckers Begravelse men jeg har glemt det indtil nu og sender dig derfor [ulæseligt ord]. Du faar det vel Onsdag Form Kan du saa ikke til Middag ringe til Karsten Nyborg og bede ham sende Bøsserne (kun Haglbøsserne) til Willemoesg. omgaaende ulæselige ord. Nøglerne til Båxhult har vi ikke faaet med, men dem kan vi jo faa sammen med en el. to af [ulæseligt ord] og maaske Hr [eller frk.?] Andersen, som Far tænker paa at faa med her han kan faa Bryggeren og [ordet ”og” overstreget] til at tage med. Maaske vil han, hvis de ikke kan, have Johs. V’s med, men om alt dette skriver han nok en af Dagene, naar Posten er [ulæseligt ord] Kun nu saa meget af dette. Mange Hilsner til Kjell, Meme og dig selv fra Lysse
+Alle hilser!
+[Øverst på brevet og på hovedet:]
+Hilsen fra Lomme!</t>
+  </si>
+  <si>
+    <t>1929-07-26</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Johanne Giersing
+Thomas Jensen
+- Marstrand
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg havde på dette tidspunkt i flere år haft planer om at male Else og Johannes V. Jensen i deres feriebolig i Tibirke.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har huset fuldt af børn og gæster nogle dage, og andre dage er han og Marie alene. Franz/Trylle samt Thomas Jensen er lige nu i Tyskland til noget musikhistorisk træf. Syberg har tænkt at holde fast i at besøge Jensen fx. fra 31. juli og male på portræt(ter) af dem. Lige nu er blandt andre Johanne/Besse og hendes søn på Pilegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bKZr</t>
+  </si>
+  <si>
+    <t>Pilegaarden 26-7-29.
+Kære Johannes V. og Else.
+Vi har jo havt en dejlig Sommer siden vi saas sidst, jeg haaber den har bekommet Jer vel. I øvrigt er det en urolig Feri[e]tid i Aar, [i] hvert Fald herovre. Børnene kommer og gaar, snart er vi Huset fuldt, snart er Marie og jeg alene. I Øjeblikket er Trylle og Besses Mand Thomas Jensen i Baden-Baden for at overvære en Uges Musikhistorie af en eller anden, eller rettere af flere forskællige Arter, og jeg venter dem ikke tilbage før først i August. Derimod venter vi et større Besøg sidst i Juli. Men hvordan det nu falder ud, har jeg tænkt at fastholde min Plan om at tage op til Jer om [”om” overstreget] f. Eks. den 31 Juli og tage et Livtag med Billederne indtil I rejser til Kbhvn, hvis det da ellers passer Jer?
+I Øjeblikket er her ikke andre end Rille, Besse, hendes Dreng, Rabbe og Fru Marstrand Men de har alle et velsignet Humør og fylder Landskabet med Latter og højrøstet Tale, men tror virkelig at vor Klode er et godt Sted. Hils! – Marie beder hilse.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-10-06</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods, der skulle transporteres, stammede formodentlig fra den auktion, der blev holdt på Louise Brønsted og Ellen Sawyers barndomshjem, Erikshaab, i foråret 1929. Ved denne lejlighed fik Louises søn, Peter/Peder lov til at få nogle lov-bøger, som lå på loftet. Auktionen blev afholdt efter Otto Emil Paludans død. Han overtog godsforvalterstillingen og boligen efter Albrecht Warberg. Paludan var ugift og barnløs. Auktionen er omtalt i flere breve. 
+Det vides ikke, hvem den unge kone, skolens tysklærer, Sybil og Fru Nielsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3808</t>
+  </si>
+  <si>
+    <t>Bøgerne og det andet gods er leveret. Hvad synes Peter Brønsted om bøgerne?
+Den unge kone vil gerne sy for Louise Brønsted. Hun kan også hjælpe ved selskaber.
+Ellen/Bes Brønsted er vist ved at blive rask.
+Ellen Sawyer har været til middag hos Johanne/Junge og Adolf/Agraren/Beser Larsen. Johanne er så taknemmelig for Adolfs hjælp i huset, men den er ubetydelig. Johanne knokler med både musikundervisning og husarbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jjs2</t>
+  </si>
+  <si>
+    <t>6/10 - 29
+Til Magsen
+Kæreste Lugge!
+Tillykke med de to Smaa Det var Bes, som idag gjorde mig opmærksom paa at det er deres Fødselsdag. Jeg vilde netop idag have skrevet til Peter om Bøgerne. Jeg ringede til Snedkeren, da jeg var ovre hos Junge, - jeg tror, alt er kommet med, - men kunstig er det, som de har tumlet med de stakkels gamle Bøger og nu altsaa igen faaet dem spredt. Der er sikkert snarere kommet mere med end der skulde end vice versa. Husk at fortælle mig ved Lejlighed, hvad Peter mente om Bøgerne. Jeg sender dig her den lille unge Kones Adr. Hun kommer tilbage til Kbnh. næste Uge. Hun var meget glad ved Udsigten til at komme ud og sy for dig. Jeg tror hun vil kunne blive meget nyttig. Hun er saadan en ferm, dygtig lille èn. Hun syr nydeligt, men er selv meget beskeden med det og siger hun kan ikke saa meget paa egen Haand. Hun kan ogsaa hjælpe med Selskaber, hvis det skal være en Gang. - 
+Ja, nu er Vintersaisonen jo i fuld Gang her. Junge og jeg har meget at gøre og Selskabelighed og Forlystelser er der ingen Tid til. Jeg har ingen hele Aftner fri, - kun fra 8 1/2 el 9. Men det er ogsaa ligemeget
+Jeg ser næsten ikke Puf og Bes - fordi jeg aldrig er hjemme. Men naar jeg ser et Glimt af Bes ser hun saa fornøjet og glad ud og snakker saa muntert. Jeg tror hun gaar og bliver rask der. Det er en ren Fornøjelse at se hende. Og det er da ogsaa dejligt for Puf at have et Menneske i Huset, som han kan snakke lidt med. -
+Jeg var hos Junges idag til Middag - Baser havde skudt 2 Harer. Han er flink og Junge er fuld af Lovord over ham. Han giver hende Kaffe paa Sengen om Søndagen og dækker Aftensbordet. Det er rørende, hvor hun er taknemmelig over den Haandsrækning. - Som om hun ikke giver ham "Haandsrækninger" Hver Aften er hun dødtræt af Dagens Arbejde. Det er rent ubetydeligt, hvad han kan yde til Familjens Underhold. - Og naar hun ikke underviser, saa stopper hun og ordner Tøj og Strømper. - En lille Fornøjelse faar hun da i Vinter: Vi tager Timer i Tysk, - hver Tirsdag Aften fra 8 1/2, - naar jeg kommer hjem fra Landet. Skiftevis hos Fru Nielsen, Junge og her. Vi har Skolens Tysklærer, som er Sønderjyde og næsten Indfødt. Det morer os alle. Vi skal ogsaa læse Tysk i Rynkeby i Vinter i Stedet for Engelsk. Sybil har jo boet en Aarrække i Tyskland og er flink. Jeg holder nu meget af Tysk.
+Jeg er begyndt at fyre og hygger mig i mine smaa Stuer, mest om Formiddagen. Missen har det godt. Den og Mine svulmer omkap, - men jeg haaber at det for [teksten fortsætter i venstre margen s. 4; lodret:] Musens Vedkommende kun er af god Mad. Killingen er nu en agtet Bondekat i Flødstrup. - 1000 Hilsner fra E</t>
+  </si>
+  <si>
+    <t>1929-10-24</t>
+  </si>
+  <si>
+    <t>Anna Louise Syberg</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+- Hillingsøe
+Hans  Syberg
+Kirsten Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Eftersom brevet er underskrevet "Far", må det være stilet til et af Fritz Sybergs børn. Kælenavnet Rulser kendes ikke umiddelbart fra andet Syberg-materiale. Hans og Johanne er omtalt i brevet. Clara var død i 1929. Den eneste af de resterende, der havde fødselsdag i oktober, var Anna Louise/Rabbe. Man må formode, at hun opholdt sig hos Hans og Ulla Syberg, eftersom Fritz beder hende hilse dem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, No. 2, 1239</t>
+  </si>
+  <si>
+    <t>Kunsthandler Hillingsøe vil komme hjem til Hans og se på billeder. Fritz Syberg sender prisoversigt. Hvis Hans er i tvivl, må Hillingsøe ringe eller skrive til Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M6zq</t>
+  </si>
+  <si>
+    <t>Pilegaarden 24-10-29
+Kære lille Rulser.
+Tak for Dit Brev, hvoraf jeg ser at Du har det godt og har havt en indbringende Fødselsdag. Jeg sender her et Brev og nogle Kritiker fra Besse som I kan more Jer med at læse. Her paa Stedet passerer ingenting, og det er godt det samme, intet Nyt er jo godt Nyt naar alt hidtil har gaaet vel. Vil Du sige til Hans at der kommer en af Dagene en Kunsthandler Hillingsøe og ser paa mine Billeder. Han købte i Sommer for 1500 Kr. og vil denne Gang købe noget mere, men han vil gærne se hvad jeg har staaende hos Hans. Der er dels Aquarellerne og dels alle mine Smaabilleder baade fra Søndermarken og Frederiksberg Have. Disse sidste koster fra 100 Kr. til 300, altsaa naar han køber "en bloc" faar han dem til en Gennemsnitspris paa 200. Noget lignende gælder for Aquarellerne, dog er Forskellen større der de koster fra 80 K. til 350 Kr. Gennemsnitten er altsaa ogsaa der 200 men det kommer jo an paa hvad han vælger ud. Han vil muligvis ogsaa have større Billeder - han er ikke bange for at købe Billeder til 2000 K. Men hvis Hans ikke er sikker paa hvad han skal forlange [det følgende indsat øverst s. 2, på hovedet] kan Hillingsøe jo skrive eller telefonere til mig. Ha et nu godt [det følgende indsat øverst s. 1, på hovedet] Hils Hans og Ulla og lille Kjesser mange Gange. Et Kys fra Far.</t>
+  </si>
+  <si>
+    <t>1929-11-02</t>
+  </si>
+  <si>
+    <t>Valby
+Azaleavej 5</t>
+  </si>
+  <si>
+    <t>Rich[ard] Ancher
+- Bergmann
+Johanne Giersing
+- Hillingsøe
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Johanne/Besse Giersing var skuespiller.
+Det er muligt, at Ancher er Richard Ancher.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1270</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er på vej til Aarhus for at se Johanne/Besse optræde. Han har fået en check på 2000 kr. fra Bermann og spørger Hans, om han har fået sine 500 kr.
+Syberg bliver mistroisk overfor kunsthandlere. Han har været troskyldig og givet Ancher et billede med, og nu er det solgt, men Ancher har trods flere rykkere ikke sendt Syberg penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SgBP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+KORRESPONDANCEKORT
+Til
+[Håndskrevet på kortets adresseside:]
+Billedhugger
+Hans Syberg
+Azaleavej 5 [et overstreget tegn]
+Kjøbenhavn Valby
+[Håndskrevet på kortets tekstside:]
+Posthuset Kjerteminde 2-11-29
+Kære Hans. Jeg staar og skal rejse til Aarhus og se Besse i Alladdin [det andet "l" i ordet overstreget] og netop paa Falderebet modtog jeg en Check fra Dir. Bergmann paa 2000 Kr - har Du overtaget de 500? i saa Fald er alt jo i Orden men send mig et Par Ord desangaaende. Jeg er her paa Pladsen igen Mandag Aften. Man bliver jo noget mistroisk mod Kunsthandlere - der er denne Ancher som nu i saa mange Aar har købt Billeder, men nu har jeg været letsindig og for ca. [et overstreget tegn] to Maaneder siden ladet ham faa et Billede til 500 Kr. Billedet er forlængst solgt ved jeg (fra Hillingsøe) Jeg har for ca tre Uger siden sendt ham et Rykkerbrev, og i forrige Uge sendte jeg ham en Postopkrævning men har stadig intet hørt fra ham. Det er ikke min Mening Du skal gøre noget ved det, det er blot for at forklare hvorfor jeg nu bliver urolig m.H. til Bergmann. Jeg haaber I har det godt i dette dejlige Vejr. Hils alle, alt vel. Hilsen fra Far.</t>
+  </si>
+  <si>
+    <t>1930-03-28</t>
+  </si>
+  <si>
+    <t>Heraklit
+HC  Andersen
+Vilhelm Bissen
+Charles Darwin
+Albert Einstein
+Marie Schou
+Oswald Spengler</t>
+  </si>
+  <si>
+    <t>Fritz Syberg gav datteren Johanne/Besse Giersing og manden Harald Giersing det hus, som han ejede i Svanninge, i bryllupsgave. Da Besse ikke længere boede der, og Harald Giersing var død, benyttede Syberg sommetider selv huset. 
+H.C. Andersens hus blev i 1930 udvidet, og Ny Carlsbergfondet skænkede museet værker af Fritz Syberg. I første omgang arbejdede han på motiver med Den Grimme Ælling, men siden blev det til scener fra Historien om en Moder. 
+Johannes V. Jensen: "Herman Bissens Portræt-Buster. I", Dagens Nyheder Nationaltidende 26.1.1930
+og 
+"Herman Bissens Portrætbuster. II", smst. 9.3.1930.
+I optrykket, Form og Sjæl, 1931, s. 112-49, er også, s. 134-49, tilkoblet "H.C. Andersen. 1805 - 2. April - 1930", som fremkom i samme avis på fødselsdagen 2.4.1930.Lidt senere altså end brevet.
+Nyt optryk i Johannes V. Jensen Aandens Spor, 1962, s. 61-80.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er i Svanninge, hvor han maler Den grimme Ælling-motiver. Han takker for kronikken om Bissen. Han spørger til Jensens ord om erhvervede og medfødte egenskaber. Desuden vil han høtre, hvad det er, Heraklit, Einstein, Spengler og Darwin egentlig er uenige om.
+Syberg vil gerne komme på besøg 14 dage i Tibirke fra 12. juli og male to billeder færdig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2n2C</t>
+  </si>
+  <si>
+    <t>Svanninge 28-3-30 pr. Millinge
+Kære Venner.
+Som I ser opholder vi os i Øjeblikket i Svanninge, hvor jeg maler nogle Studier til d.g. Ælling. Vi bliver her April Maaned ud, men er dog hjemme i Paasken da Børnene kommer til Pilegaarden. Tak for Kroniken om Bissens Statuer, jeg glæder mig til den om HC. Andersen. Ogsaa Dine Kroniker i Politiken er jeg spændt paa. Der er en Ting jeg stadig ikke kan forstaa, det er dette Spørgsmaal ”erhvervede Egenskabers Nedarvning” – Det har sin Fordel at være fuldstændig uvidende, sig mig derfor hvad Forskel er der paa ”erhvervede” og ”medfødte” Egenskaber, er alle Egenskaber set i det lange Løb ikke alle sammen ”erhvervede”? Der er andre Spørgsmaal jeg heller ikke fatter f. Eks. Den gamle Filosof Heraklit hvis Kongstanke var den, at ”alting flyder”, fra ham over Einstein, Spengler til Darwin, jeg ser ikke andet end al deres Filosofi bunder i det samme den evige ”Vorden”. Hvad er de egentlig uenige om?
+Med det samme jeg skriver vil jeg komme frem med mine Planer for Somren, der bliver en Tid fra Midten af Juni til omt [”omt” overstreget] omkring den 12 Juli hvor det vilde passe mig udmærket om jeg kunde besøge Jer en 14 Dages Tid i Tibirke og faa de to Billeder gjort færdige. Kan det lade sig gøre? Jeg haaber I har det godt
+Mange Hilsener fra Marie og Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-10-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Syberg
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Jensen-familien havde et feriehus i Tibirke, og Fritz Syberg besøgte dem dér i sommeren 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vRMF</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-10-30
+Kære Ven.
+Jeg ved ikke om Du erindrer at jeg en Aften ude i Tibirke fortalte Dig at jeg var bange for at jeg af en Fejltagelse var kommet til at brænde en Samling Breve fra Dig, en Gang lige efter Annas Død? Det forholder sig imidlertid ikke saa. Jeg har godt nok Dine Breve, men de var pakket sammen med en Samling af mine Børns. Nu ligger de samlet for sig og venter paa min Død. En Gang imellem gaar jeg mine Brevsamlinger igennem og holder Autodafé over en Del, nu sidst – i Dag – fandt jeg frem, ikke Breve -, men en Samling - Digte fra mine unge Aar. Det var paa Tide at jeg fik dem tilintetgjort. Jeg brændte en Gang ca 200 Tegninger som jeg var træt af at slæbe rundt med, det ærgrer jeg mig over nu.
+Ellers gaar alt vel. Arbejdet, som mest bestaar i at fuldføre større og mindre Arbejder jeg forlængst har paabegyndt, synes jeg lykkes, om det nu er Indbildning eller ej, [i] hvert Fald faar jeg en Masse gjort færdig. Jeg undgaar ikke at mærke Alderen, Gigt, Svimmelhed ect. ”Dødens visse Bud” som det hedder i Eventyret, men jeg er for mit eget personlige Vedkommende parat til Afmarsj hvad Dag det skal være selv om jeg intet har imod [at] fortsætte Virksomheden saalænge Knoglerne kan holde sammen og være i Selskab med Naturen og Menneskene. Forresten begynder mine Øjne at strejke. Der er kommet en graa Plet for det højre Øje, som en Haletudse der bevæger sig men ikke vil svømme væk. Jeg har talt med Øjenlæge. Han skrev to Par Briller op, og erklærede at der ikke var nogen Sygdom i mine Øjne. Det maa jo saa være den uundgaaelige Alderdom der melder sig. Jeg ser i Politiken at Du er udset til Nobelprisen. Jeg kan ikke sige andet end at det vilde more mig om det virkelig skete, det vilde for en Gangs Skyld være et Pletskud.
+Jeg haaber I alle maa have det godt.
+Marie er i Kbhvn.
+Mange Hilsener fra Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1931-12-04</t>
+  </si>
+  <si>
+    <t>Svanninge, 5642 Millinge, Danmark</t>
+  </si>
+  <si>
+    <t>Dagmar, stuepige hos Syberg -
+Holger Grønvold
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens kronik Øjet og Udviklingen blev trykt i Politiken 27. nov. 1931.
+Fritz Syberg ejede et af de huse i Svanninge, som han og Anna boede i, da de var nygifte. Han forærede det til datteren Johanne/Besse, da hun blev gift med Harald Giersing, men hun boede der ikke længere i 1931, og Giersing var død.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken, som minder ham om nogle af Holger Grønvolds kloge ord.
+Syberg maler i skoven omgivet af farver og dyr.
+Familien har fået bil, og Syberg tager kørekort, men er endnu ikke så dreven. Stuepigen fungerer som chauffør.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HMSQ</t>
+  </si>
+  <si>
+    <t>P.t. Svanninge pr. Millinge St.
+4-12-31
+Kære Venner.
+Tak for Bogen og ikke mindst for den morsomme Kronik i Politiken om at se, den interesserede mig meget. Apropos, at se, jeg maa tidt tænke paa et Visdomsord af den afdøde Tegnelærer Grønvold: ”glem deres egen lille kedelige Bevidsthed om hvad Tingen forestiller, saa opdager de meget lettere hvordan Tingene ser ud”.
+I Dag er Marie rejst til Kjbhvn. Selv sidder jeg fast i Egnen her, de brune og grønne Granskove med fugtigt Mos i Bunden, hvor er der ensomt og stille i saadan en Skov. Forresten faar man af og til Besøg, i Dag kom der 4 Raadyr paa Visit, forleden en Flok Skovskader, og en Dag et af de smaa sorte Egern med hvidt Bryst. Stormen gaar oppe tilvejrs i Grantoppene, men forneden hvor jeg staar og maler er der saa stille at en Fjer falder lige ned efter Tyngdeloven.
+Som I maaske ved har vi faaet en Bil Jeg har taget Undervisning i at køre, men er endnu ikke færdig, men Dagmar vores Pige er en ret habil Chaufør og hun bringer og henter mig, det er en stor Bekvemmelighed, selv om det naturligvis var bedre da man kunde gaa paa sine Ben.
+Ha’ det godt og mange Hilsener
+fra Eders hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1932-2</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Johanne Giersing
+Sven Havsteen-Mikkelsen
+Jens Villads Valdemar Hermansen
+Thomas Jensen
+Adolph Larsen
+Elena Larsen
+Jens Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Bendt Rom
+Kirsten Rom
+Jørgen Schou
+Marie Schou
+Leo Swane
+Fritz Syberg
+Lars Syberg
+Odette Syberg
+Mark Twain</t>
+  </si>
+  <si>
+    <t>På Kærbyhus boede Johanne og Adolph/Beser Larsen. Sybergfamilien boede på Pilegården. 
+Det vides ikke, hvem frk. Jørgensen var. 
+Hermansens system er et meldesystem i bridge publiceret af oberstløjtmant Hermansen under titlen "Lynsystemet" i 1931, 2 udgave i 1933. Det var ikke ret fleksibelt og bruges ikke længere.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen har sendt Vilhelm/Klaks Larsens saddel og seletøj til Johan/Lysse Larsen. 
+Lørdag kommer Fritz Syberg/Baronen med familie på besøg for i radioen at høre en koncert med Thomas Jensen, som er Johanne/Besse Syberg/Giersings mand. Besse har stået model for sin far en tid. Andreas har været på besøg på Pilegården og spillet bridge.
+Kirsten og Bendt Rom har været hos Larsen nogle dage, og man har haft gode middage, overværet Bendt Roms lysbilledforedrag, hørt musik og i det hele taget holdt fest. De følgende dage kommer Bøtterns på besøg, og Andreas skal til Kærbyhus og spille bridge.
+Andreas og Johannes Larsen har været til boksekamp, og Andreas har været på køreture.
+Mark Twain-bogen bliver sendt til Elena/Bimse, når Johannes Larsen har læst den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5EC</t>
+  </si>
+  <si>
+    <t>Kære Lysse, Tillykke. 
+Som du ser af medfølgende Fragtbrevsduplikat har vi sendt en Sæk Seletøj (d.v.s. Klakses Saddel og Trense) til dig. Nu haaber jeg det maa Båxhult hurtigere og med mindre Besvær for dig end det islandske Ridetøj. Fragtbrevsduplikatet kan maaske gøre Nytte, som Bevis. De to Læderlapper, som dækker det øverste af Stigbøjleremmene gør du vel i at smøre med Tran paa Undersiden, saa vil de hurtigt blive bløde, saa de ikke gnaver Jeres Ben under Ridningen. Paa Lørdag Aften kommer Baronens herop forat høre en Koncert som Thomas Jensen, Besses Mand, skal
+2.)
+udsende i Radioen, vi vil saa fejre din Fødselsdag med Chokoladedrikning. Besse har været paa Pilegaarden nogen Tid forat staa Model for Baronen, jeg har saa været dernede et Par Gange til Bridge, Kontraktbr. efter Hermansen. (Ofdette, Sakker, Besse og undertegnede). Kirsten Rom har været her nogle Dage, mens Bendt Rom var paa Foredragsrejse i Jylland. Da han kom tilbage holdt han x) Lysbilledforedrag for os ovre i Værkstedet efter et vellykket Aftensbord: Baronen, Marie, Besse, Odette, Sakker, Kirsten og Bendt Rom og Mikkelsen, som kom uventet fra Korsør, 
+3.
+hvor han bor nu. Efter Lysbillederne spillede vi paa Grammofon og drak Øl m.m. ovre i Mors Stue; hele Huset var pyntet med Blomster af Kirsten Rom og der var Ild i Kaminen. Festen sluttede med at Far uddelte til Damerne af de Callaplanter, som stod i Trappestuen.
+Samme Dag bryggede vi, saa vi havde nok at gøre.
+Imorgen skal vi have Bøtterns til Muslinger og i Overmorgen skal Frk Sørensen og jeg til Bridge i Kærbyhus, Baser er begyndt at spille Bridge. (Vi skal over at indføre Hermansen). Naar du saa hører at Far ikke 
+4)
+havde tid ["tid" overstreget] Tid til at tage til England med Skriveswane, fordi vi skulde til Boksekamp i Kæmpehallen, og at vi har været til Middag i Faaborg og en Tur til Svanninge forleden og at jeg har været paa Ford-tur (!!!!) til Korsør-Roskilde ["Korsør-" indsat over linjen] med Buf og at dette kun er hvad jeg tilfældigvis husker i Øjeblikket, saa kan du forstaa at vi har det livligt for Tiden. - Du kan sige til Bimse at jeg har faaet den Mark Twain til hende, men Far vil læse den først, og M.T. skriver i Forordet, at kun en Idiot vil give sig til at læse saadan en Samling Smaahistorier paa 
+5.
+een Gang, man skal læse en en Gang imellem, hvis man vil kunne more sig over dem og da Far er en klog og forsigtig Mand, kan det vist vare længe endnu. Vi har en Ederfugl, men den har Far vel skrevet om, det sorterer jo nærmest under Ornithologien. - Den Grammofon jeg omtalte før, er vores gamle fra 1912, men der er kommet nyt Værk i den og en ny Lyddaase og nu samler vi paa Plads.
+Naa nu vil jeg ønske dig en god Fødselsdag.
+Hilsner til Jer alle 4 fra Puf.
+Tak for sidst. 
+[Indsat øverst s. 2:] x) Luftrejse: København - Holland - hollandsk Indien, Bali.</t>
+  </si>
+  <si>
+    <t>1933-12-10</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Viggo Johansen
+Karl Madsen
+Edvard Munch
+Julius Paulsen
+Laura -, pige i huset hos Fritz Syberg
+Joakim  Skovgaard
+Franz Syberg
+Kirsten Syberg
+Ulla Syberg
+Jens Thiis</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57 A 120 , 1271</t>
+  </si>
+  <si>
+    <t>Syberg maler i Holstenshusskovene. 
+Han er blevet medlem af "Kungliga Akademien för de fria Konstnerna". 
+De træsnit, som Hans sendte, er væk, og Syberg frygter, at pigen Laura er kommet til at brænde dem. 
+Franz/Trylle har haft julekoncert. Der var ikke mange gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/p9QO</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+10-12-33
+Kære Hans
+Tak for de 100 Kr. Jeg maler i Holstenshusskovene i denne Tid. Dydensborg kører for mig, han er jo glad ved at tjene lidt i denne sløje Tid, der er intet at køre med. Det er koldt at sidde ude, men i Fodposen gaar det.
+Jeg kan meddele Dig at jeg for nogle Dage siden fik et meget fint Brev fra "Kungl. Akademien för de fria Konsterna", fra Stockholm, hvori meddeltes mig at de den 27 November havde indvalgt mig som Medlem........ endvidere: "i denne kallelse ber Akademien Eder se ett upriktigt uttryck af ["af" overstreget] av dess höga uppeskattning av Eder konstnärliga gärning". Der sidder (af udenlandske): Jens Tiis, Edward Munck, Karl Madsen, Joachim Skovgaard, Viggo Johansen, og Julius Paulsen ------------------!
+Desværre har jeg en mere kedelig Nyhed at meddele Dig, de Træsnit Du sendte mig, (som jeg selv glemte og tante Marie, efter mig, glemte) har Ulykken forfulgt yderligere ; [";" overstreget]. Jeg skulde bruge et af dem i Dag men væk var de og væk blir de. Saavidt jeg kan spore har vor Pige Laura puttet dem i Komfuret Nu benytter jeg et Træsnit Besse der syer, dem har jeg Masser af, men det var kedelig at det netop var dem jeg har saa faa af det skulde gaa ud over. Forleden havde Trylle Julekonsert. Alt gik vel, men der kom kun faa til Konserten fordi der baade var Valgmenighedsgudstjeneste og Generalforsamling samme Aften. Trylle er glad ved at den er overstaaet.
+Hils Alle
+Paa Gensyn til Jul
+I kommer vel Juleaften? lad mig vide det for Julegavernes Skyld
+Hilsen til Jer alle Far.</t>
+  </si>
+  <si>
+    <t>1934-06-06</t>
+  </si>
+  <si>
+    <t>England
+Epsom Downs</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Gunnar Helweg-Larsen
+Hatla Helweg-Larsen
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+- Johansen, kaptajn
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Meyer, England
+Albert Naur
+Christine Swane
+Leo Swane</t>
+  </si>
+  <si>
+    <t>”Det gik så godt økonomisk også for JL, at det i juni 1934 blev til en ”turist-tur” tilmed ad luftvejen sammen med Johannes V. Jensen til Amsterdam og England, hvor der bl,a, blev mulighed for at se Stonehenge og Darwins hus, samt hvad der for Johannes Larsen må have været en stor tilfredsstillelse – at stifte direkte bekendtskab med det britiske forbillede, Bewicks original-træsnitsstokke.” Erland Porsmose: Johannes Larsen s. 290.
+Epsom Downs ligger ca. 21,7 km syd for det centrale London og er kendt for sin galopbane Epsom Downs Racecourse, hvor det traditionsrige hestevæddeløb Epsom Derby afvikles. Wikipedia jan. 2022.
+Øgruppen Svaneklapperne strækker sig fra den sydlige del af Saltholm mod øst og nord. Kilde: Wikipedia jan. 2022.
+Mutton chops: Fårekoteletter.
+Lager er en betegnelse for en undergæret øl, der gærer langsomt ved lave temperaturer og lagres ved lave temperaturer i 1-2 uger. Kilde: Wikipedia jan. 2022.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde fint udsyn fra flyveren. Det var mærkeligt at flyve, og Holland ser underlig ud fra luften. I London tog de til hotellet, og derefter spiste de aftensmad og gik i seng. Næste dag tog selskabet til derby. Der var vildt mange mennesker og også rutchebaner, ølsalg mv. En helikopter fløj rundt over området. 
+Larsen har set et gartneri, hvor man dyrkede brøndkarse. Han forsøger at få en etiket af en aleflaske til Andreas/Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uGWz</t>
+  </si>
+  <si>
+    <t>Epsom Downs 6 Juni 1934.
+Kære Puf!
+Det var en fin Tur i Gaar. Vi startede Kl. ca 9 i sigtbart Vejr og kunde tydelig se Kullen da vi gik ud over Kalvebodstrand ved Svaneklapperne, saa havde vi god Udsigt til mellem Køge og Næstved saa rullede der et Skytæppe hen under os, saa kørte ovenpaa noget hvidt til vi saa lidt af Lolland og lidt efter passerede lige N om Femern og ind over Holstein og derefter Solskin til Amsterdam vi passerede Elben lige ovenfor Mundingen og lidt efter Weser S for Bremerhaven. Det er meget mærkeligt at sidde i en Omnibus, og hænge 2-3 Km oppe i Luften uden at kunde mærke at vi flytter os, for sommetider havde vi endda en Fornemmelse af at gaa baglænds, men naar vi ser lige ned og ser Skyggen af Maskinen som en lille graa Plet nede paa Jorden kan vi jo nok se at det gaar fremad. Kl 12 var vi i Amsterdam, hvor vi gik ned og spiste Frokost, Sandwishes og noget Lagerbier fra Fad der lignede meget Carlsberg Guldbajer. Saa gik vi op igen og fløj til Rotterdam i en anden Maskine, men der var vi kun i 10 Min. Holland ser mærkeligt ud fra Luften alle Marker og Haver fuldkomment regelmæsig rektangulære med Grøfter om [Tegning] saadan. Fra Rotterdam fløj vi lige ud over Schelde og Nordsøen stadig i klart Vejr til vi nærmede os England saa kom der først nogle smaa hvide Skyer langt nede under os men ikke tættere end at vi hele Tiden kunde Vandet og de forskellige Farve paa Bunden og Dæmningerne der saa meget smaa ud i den Højde vi fløj i 2500 m. Vi gik ind ved Themsmundingen og fulgte Floden omtr. halvvejs til London, saa kom der desværre en stor Skybanke og gemte det hele til vi ved Corydon gik ned gennem et Hul. Vi landede Kl. 3½ og kørte saa med Luftfartens Bus til Charing Cross hvor vi tog en Taxa til vort Hotel paa Torrington square lige bag British Museum. Det hedder Morgans Hotel og koster 2 Pund om Ugen med Breakfast. Vi gik hen i Oxford street og spiste Mutton chops og Spinat efter en dry Martini d.v.s. jeg bestilte 3 og drak min og Johs. V.s. Jeg nød ogsaa 2 pale Ale fra Fad og en Guinness Porter og en Lager og saa gik vi hjem og sov. Jeg vaagnede i Morges ved Skovduens Kurren i Platanerne udenfor paa Pladsen, det er et meget roligt Sted, men meget primitivt men gode Senge. Vi spiste Frokost med en Kaptajn Johansen der bor der en Ven af Jens. Han dirigerede os ud til Victoria St. hvor vi tog Billet til Epsom downs, det er nemlig Derby Dag i Dag og vi har været til det store Løb og vilde fra Inderpladsen hvor det er gratis Alting, med Undtagelse af at vi betaler en Mand 2 Shillings hver for at staa paa nogle Kasser. Jeg har aldrig set saa mange Biler og Busser og Mennesker før. Folk er kørt hertil i Busser fra alle Egne af England helt oppe fra Skotland. Vi har spist Frokost hos en Ingeniør Meyer der er gift med en Slægtning af Else og nu efter Væddeløbet sidder jeg her og skriver mens Johs V faar sig en Middagslur. Vi kom hertil fra St. i Bil. den første vi spurgte vilde have 10 Shillings for at køre os herhen, men en gl Fyr der holdt ved Siden af tilbød at gøre det for 6, ham tog vi og kørte med ham i ca ½ Time mens han holdt og spurgte alle mulige Mennesker om Vej indtil vi paa Tilbagevejen fandt Huset 5 m Gang fra St. Vi skal spise Middag her. Her er ikke mere Papir i Blokken men her ligger et Stykke Skrivepapir 
+[Fortrykt øverst på papiret:]
+BUTE HOUSE, 
+LONGDOWN LANE,
+EPSOM DOWNS, SURREY. 
+Telephone:
+Epsom 9341.
+[Håndskrevet:]
+som jeg hugger. Mudi var med ude paa Flyvepladsen og kørte hjem med Naur som havde kørt Johs V.s ud. Jeg glemte min Kikkert hos Brønsteds, men jeg kan laane en mindre hos Kapt. Johansen saa det gør ikke saa meget. Jeg sidder paa 1st Sal og ser alle Busserne køre forbi ude paa Vejen Her har hele Tiden fløjet en Maskine over Pladsen med 2 Reklameflag saadan: Formdg [Tegning] og i Eftermiddg med en eller anden Lager jeg husker ikke hvad det hed. Forøvrigt var der fuldt af Zigøjner og Spaakoner og Limonade og Ølsalg fra Kasser og paa Jorden og Karuseller og Rutshebaner og Neggere og Hinduer og Malajer. Her er ogsaa et meget smukt Landskab med lange Højder og Dale og Skove og Træer Selve Banen ligger højt. Her har ogsaa fløjet et Helicopter rundt [Tegning]
+Det er Politiet der skal rapportere hvis der sker Trafikstansninger eller saadan noget og desuden har her været 800 Betjente fra London og der skal være mellen en ½ og en Million Mennesker samlet. Det hele gik umaadeligt roligt og stilfærdigt til. Her staar i Haven udenfor Døren en Aralia og den Slags vi har hjemme i Urtepotter. Det er en saadan Potteplante de har plantet ud og det er nu en fyldig Busk 4 Alen høj. Da vi kørte herud saa jeg et Gartneri fra Toget hvor de dyrkede Brøndkarse i lange Cementbassiner. 
+Det har smaaregnet af og til i Dag, men ellers er her meget tørt og Plænerne er værre end vores. Her er Kalk lige under Mulden. Nu tror jeg ikke jeg kan finde paa mere. Jeg var til Frokost hos Gunnar og Hakla i Mandags og derefter hos Uglen og Marie og om Aftnen ringede vi efter Skriveswanen efter at jeg havde ladet Mudi ringe efter 6 pale Ale og 6 Strong do hos Da[ulæseligt] de var adskilligt mere levende en vore. Jeg bad Mudi sende Dig et Par Ettiketter. Der staar en Literfl. med en mig ukendt Ale Etikket paa paa mit W.C. men jeg ved ikke om jeg kan faa den af, det er jo muligt jeg kan komme ud for den med Indhold ved Lejlighed
+Mange Hilsner til Jer begge
+fra Din Far.
+P.S.
+Nu fløj den Helicopter her hen over igen; det er Løgn den har ikke andre Vinger end Møllen paa Ryggen, saadan [Tegning]
+JL.</t>
+  </si>
+  <si>
+    <t>1934-06-10</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen
+Johannes V. Jensen
+Johannes Larsen
+Peter Andreas Larsen
+Hubert Paulsen</t>
+  </si>
+  <si>
+    <t>Else og Andreas/Puf Larsen videresender et brev fra Johannes Larsen, som er i England med Else og Johannes V. Jensen.
+Andreas Larsen tilbyder at Kerteminde-familien vil betale for et par daglejere, og/eller at han selv vil komme til Småland og hjælpe med landbruget, så Johan/Lysse Larsens ryg kan komme i orden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z5rm</t>
+  </si>
+  <si>
+    <t>10/6 - 34.
+Kære Bimse og Lysse.
+Tak for mit Fødselsdagsbrev og Beklagelse af at vi ikke fik skrevet til Peter den 27/5. Her har I 2 Beretninger fra Far, som er paa en 14-Dages Tur i England sammen med Else og Johs. V. Jeg skal sende senere Breve efterhaanden som de indløber; I vil nok gemme dem. - Jeg hører af Besse at Lysse endnu har sit Hold fra Influenzaen, det synes jeg er meget foruroligende. Kan der ikke gøres noget, Bimse, saa han kan komme af med det? Et Par Daglejere i 2-3 Uger? Bekostningen vil vi sikkert kunne bestride; hvis du mener det kan ordnes, saa Lysse bliver virkelig fri for Arbejde i den Tid, kan du saa ikke skrive et Par Ord til mig om det? Det kan blive for dyrt for jer senere, hvis han arbejder sig til Invalid. Muligvis kan jeg komme op og hjælpe til en Tid, naar Far kommer jem, der maa vel være en Tid paa Sommeren, hvor Bedriften kan klare sig uden en faglært ["faglært" indsat over linjen] Landmands Arbejde, naar Lysse bare dirigerer. - Vi har Besøg af Hubert i disse Dage, han hilser.
+Mange Hilsnr fra 
+Else og Puf.</t>
+  </si>
+  <si>
+    <t>1934-06-13</t>
+  </si>
+  <si>
+    <t>London</t>
+  </si>
+  <si>
+    <t>Charles Darwin
+Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>”Det gik så godt økonomisk også for Johannes Larsen, at det i juni 1934 blev til en 'turist-tur' tilmed ad luftvejen sammen med Johannes V. Jensen til Amsterdam og England, hvor der bl.a., blev mulighed for at se Stonehenge og Darwins hus, samt hvad der for Johannes Larsen må have været en stor tilfredsstillelse – at stifte direkte bekendtskab med det britiske forbillede, Bewicks original-træsnitsstokke.” Erland Porsmose: Johannes Larsen s. 290
+Det vides ikke, hvem Elses kusine var. 
+Kew Garden er Londons botaniske have. 
+Hampton Court Palace er et kongeligt palads sydvest for London i bydelen Richmond upon Thames. Paladset ligger 18,9 km sydvest for Charing Cross ved Themsen. Paladset er nu åbent for publikum. (Kilde: Wikipedia, jan. 2022).
+Wallington er en by i South London, 15 km syd sydvest for Charing Cross. (Kilde: Wikipedia, jan. 2022) – Johannes Larsen staver ikke byens navn korrekt.
+Turtelduen er en truet dyreart i Europa (Kilde: Wikipedia, jan. 2022).
+Bishopsgate var en af de østlige porte i Londons tidligere forsvarsmur. Porten gav sit navn til den store færdselsåre, der fører gennem City of Londons finansielle distrikt.
+Lambchops: Lammekoteletter.
+Rumpsteak er en 2 cm tyk bøf, skåret af tykstegsfileten.
+Haddock: Kuller.
+Grønne mandler bruges i salater eller som en snack med salt. Man spiser hele mandlen med skal. Mandlen inden i er helt blød. (Kilde: Wikipedia jan. 2022).
+Salisbury: Få kilometer fra byen findes stenkredsen Stonehenge. (Kilde: Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Der er tørke i England. Johannes Larsen, Else og Johs. V. Jensen har været på en masse ture i skove og bakker, i Darwins hus mv. Larsen har besøgt St. Pauls. 
+Spisekortet på restauranterne er meget lidt varierede. På hotellet får de morgenmad. Kaffen er forfærdelig, så Larsen drikker the. Han har besøgt en frugtbutik med diverse eksotiske frugter. 
+Andreas/Puf må hente rejseselskabet i Esbjerg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BFJ7</t>
+  </si>
+  <si>
+    <t>London 13 Juni 1934
+Kære Puf Tak for Brevet som jeg fik i Gaar. Jeg skriver med Blyant fordi jeg lod min Fyldepen blive i Kjøbenhavn til Reparation og der er ikke Blæk her paa Værelserne. Det har været Solskin hver Dag siden den første Dag vi var her og her er meget tørt, de berømte engelske Plæner er nærmest gulgraa i Farven hvor der ikke er Skygge. Udenpaa Busserne og indvendig er der Opslag: ”use less water”. Vi har været nogle dejlige Ture i Omegnen. En Fætter af Else hentede os forleden i en Babyford og kørte os først til Kew og saa til Hampton court og derfra til et Hjem ved Warlington, der laa paa en Skraaning med en pragtfuld Udsigt over en dyb Dal til nogle høje delvis skovklædte Bakker. Vilde Turtelduer kurrede og jeg saa en af dem. I Lørdags var vi inviterede ud til Elses Kusine gift [ulæseligt] Meyer, der hvorfra jeg skrev. De kørte os en lang Tur hvor vi var inde i nogle Skove med Rhododendron og oppe paa et Par af de højeste Bakker i Surrey. I Gaar tog vi med Toget til Bromley og Bil til Downe og besaa Darwins Hus, der staar møbleret omtrent som i D. Tid og med en køn Have og en pragtfuld stor Park, vi spiste i Kro og tog saa med en Bus til Streatham. I Dag var jeg med Else og Joh V i Bishop Gate for at hæve Penge i Horton Bank, paa Tilbagevejen stod jeg af ved St Pauls og vilde op i Krypten men kunde ikke komme der op da der var special service i Kirken og gik saa op i The Monument i Stedet. Vi har ellers været i Musæum hver Dag og i zool. Have og i Tower. Jeg tørster temmelig meget og drikker 3 Ale til Frokost og 3-4 til Aften af og til med en Guinnes eller Lager imellem eller begge Dele. Spisesedlen er ens paa alle Beværtninger og temmelig fattig i Udvalget. Jeg spiser enten Lambchops eller Rumpsteak med Spinat el. Wat[ulæseligt] eller Fisk eller Laks og grønne Agurker og Ost. Vi faar Morgenmad her paa Hotellet Havregrød med Mælk. Æg og Skinke eller stegt Fisk. En Dag fik jeg stegt røget Haddock, det var meget godt, derimod prøvede frisk Haddock, det skal jeg ikke have mere af. Saa faar vi Verdens forfærdeligste Kaffe, den har jeg opgivet og drikker The. Derimod har jeg nu faaet [ulæseligt] til at købe mig nogle Flasker (Pintfl) Ale som jeg har paa Værelset og tager med ned om Morgen og stiller under Bordet. I Gaar var vi inde i en Frugtbutik og købte nogle Appelsiner (SAafrika) og nogle gule Tomater og nogle friske Figner. Man kunde ogsaa faa modne Kirsebær og Ribs og grønne Mandler og Mango[ulæseligt] og andet fra Madeira. Her har Du nogle Etiketter fra mine Aleflasker. Jeg skal hilse fra Joh V. og Else. Jeg tænker at Du kan hente os i Esbjerg en Gang først i næste Uge. Nærmere fra Salisbury eller naar vi kommer her igen eller Telegram. Hvis Du ikke hører mer maa Du tage min Pels med til Joh V. Mange Hilsner til Jer begge 2 Din Far</t>
+  </si>
+  <si>
+    <t>1935-03-01</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Thomas Jensen
+Marie Schou
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>De omtalte kronikker: Johannes V. Jensen: "Fritz Syberg", Politiken 1. marts 1935. Optrykt i "Ord og Virkelighed" bd. 4, s. 67-73. Johannes V. Jensen: "Raadhusklokkerne", Politiken 2. januar 1935.
+Syberg-ordet "koboldmaki", som måske kan oversættes til "drillenisse-abekat", refererer til sidstnævnte Jensen-kroniks et-årige pigebarn, der stolprer under juletræet, og som udnævnes til at være det nye års fylgje, dvs. værneskikkelse Ordet optræder ikke i Jensens to kronikker. 
+Poul Uttenreitters bog "Fritz Syberg" blev i 1935 udgivet af Kunstforeningen.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikkerne. Uttenreitter vil blive glad for tilføjelsen i en af dem. Han er sikker på, at hans nye bog vil få hård kritik. 
+Når Syberg ikke har besøgt Jensen længe, skyldes det blandt andet, at Marie ikke kunne lide at rejse og heller ikke at være alene hjemme. Desuden har Syberg problemer med hjertet.
+Besse (Johanne) og hendes mand har sendt en stor buket blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MC7P</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+1-3-35
+Kære Ven
+Tak for Kroniken eller Kronikerne, ogsaa den foregaaende med Koboldmakien. Du har gjort en lille Tilføjelse i den om Uttenreitters Bog der vil varme hans Hjerte. Han er i Forvejen beredt paa, siger han, at Fagfolket, især Schultz (Dagens Nyheder) vil jævne den med Jorden, for det er ikke den vedtagne Metode at skrive Kunstkritik paa. Nu faar vi se.
+Jeg vilde gærne ud et Par Dage og især vilde jeg gærne en Tur op til Jer i Tibirke til Sommer. Hvad der har holdt mig tilbage de sidste tre Somre er egentlig Marie, som følte sig saa ene naar jeg rejste væk og ikke kunde bekvemme sig til at tage med eller i det hele taget tage her fra Pilegaarden uden naar hun tog til sin Søn. 
+Dog er det ogsaa rigtig nok at mit Hjerte gør mig betænkelig, ikke for min egen Skyld, men jeg ved hvor hjælpeløs jeg er dersom jeg faar et rigtig Anfald, jeg kan næppe rejse Hovedet fra Puden. Nu har jeg mærkelig nok intet fejlet i næsten 2 Aar. Men Hjertet sidder som en lille ond Fornemmelse i venstre Side, og [”og” overstreget] jeg mærker det ganske svagt al Tid og ved aldrig hvilket Minut det rigtig store Anfald er der. Men foreløbig, en Kjøbenhavnstur tør jeg da nok tage, dersom saa skulde være. Fraset dette har jeg det udmærket. Foreløbig har Din Kronik havt det for mig overraskende Udslag at der nu i Aften kom en overdaadig Buket Blomster ind til mig. Den viste sig at være fra Besse og hendes Mand og bar Indskriptionen ”vi siger det med Blomster” Som Teaterfolk er de jo fortrolige med Blomstersproget. Først faar jeg Din Kronik og derefter ogsaa Blomsterne det er efter Skriftens Ord ”den som haver ham skal gives o.s.v”
+De hjerteligste Hilsener til Jer begge to Skulde I finde paa at besøge mig saa har jeg en flink Pige og Senge i Massevis, ganske vist af den spartanske danske Sengetype.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-04-03</t>
+  </si>
+  <si>
+    <t>Charles Darwin
+Johanne Giersing
+Charles Lindbergh
+Friedrich Nietzsche
+Blaise Pascal
+Oswald Spengler
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kronik Fritz Syberg refererer til.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har læst Jensens kronik. Spengler skrev, at mennesket er Jordens største rovdyr samt at, hvis vi skal klare den økonomiske krise, må arbejderne gøres til kulier. Pascal mente, at man kan gøre det mest nederdrægtige, når man selv tror på, at det er en god handling. 
+Syberg kan ikke se, at Jensen skulle være uenig med Spengler. Han vil holde op med at skrive breve om de emner, som de sidste år har optaget ham.
+Alle børnene undtagen Rabbe/Anna Louise kommer hjem i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PbPG</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+3-4-35
+Kære Ven.
+Jeg har læst Din anden Kronik og gratulerer Dig til at Du endnu interesserer Dig for Verden og Menneskene. Blandt meget andet er ogsaa Historien om Mordet paa Lindberghs Barn gaaet mig paa Nerverne. Nietzsche har Ret og Spengler med. Mennesket er Jordens største Rovdyr x). [Nederst på siden under en linje er skrevet:] x) Forresten gør jeg Rovdyrene min Undskyldning [tilføjelse slut] Og de to Herrer faar Ret i mere. De ”Sandheder” de udtaler, saa de [”de” overstreget og ”man” indsat over linjen] man nærmest faar Id [”Id” overstreget] Indtrykket af et ”Program” er for de 90 % Vedkommende Erkendelse og intet andet. Der findes enkelte Mennesker som ikke kan lyve for sig selv. Spengler siger at den eneste Maade at klare den økonomiske Misere i Vesten paa er at gøre Arbejderne til Kulier. Sligt kan tænkes – naar man er Tysker og gøres – naar man er Englænder. Om menneskelig Skurkagtighed er nedrigst [”er nedrigst” indsat over linjen] naar man ser den selv, eller naar man lukker Øjet i for den, er et Spørgsmaal om Smag. Pascal siger et Sted at ingensinde gør man det nederdrægtige med en saadan Virkning og Ubekymrethed som naar man gør det i Overbevisningen om at det er det udmærkede man gør. Men … dog jeg vil ikke gaa videre.
+Din Kronik synes jeg var ganske udmærket og jeg læste den med stor Glæde, kun kan jeg ikke et eneste Sted opfatte at Du paa noget Punkt er uenig med Spengler (ligesaa lidt som jeg kan se at Spengler er uenig med Darwin) men det kan jo være min Fejl. Derimod kan jeg se at jeg maa gøre Dig en Undskyldning for mine Breve, og det gør jeg herved, da jeg tillige har i Sinde at høre op med dem for det første. Jeg vil ikke tænke mere paa de Emner som i de senere Aar har beskæftiget mig saa stærkt. Der er ingen Glæde ved at konstatere at man er uenig eller [i] hvert Fald staar uforstaaende over for næsten alle sine Medmennesker.
+Iøvrigt har jeg det ug. Paasken staar for Døren alle Ungerne kommer hjem undtagen Rabbe som vist faar en Norgestur ud af det Hils Else og Familien iøvrigt mange Gange.
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1935-05-01</t>
+  </si>
+  <si>
+    <t>Emil Brückner
+Marie Schou
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Sagføreren er muligvis Emil Brückner. Fritz Syberg lånte i 1935 et stort billede af ham til en udstilling.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb.2, 1281</t>
+  </si>
+  <si>
+    <t>Fragtmanden kommer og henter og afleverer billeder. Måske har sagføreren plads til et af de store billeder. Fragtmandn kommer også til Hans.
+Det sner. Johanne/Besse kommer den følgende dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PSk2</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+1-5-35
+Kære Hans
+Paa Fredag kommer Fragtmanden, og dels henter, dels afleverer Billeder. Men jeg har besluttet at lade Sagføreren beholde det, han har, en Tid endnu, saa kan jeg senere se at faa et Landskab over til ham. Mon han har Plads til det meget store jeg havde paa Odenseudstillingen? - Men foreløbig bliver der saa ingen Forandring - 
+Hos Dig skal han ["han" overstreget] Fragtmanden ["Fragtmanden" indsat over linjen] ikke have andet end Vinterlandskabet og saa aflevere de tre af Tante Marie.
+Det sner paa fuld Kraft, endelig faar vi Vinter her i Kjerteminde. Besse ringede før, hun kommer her i Morgen
+Hilsen til Jer alle.
+Far.</t>
+  </si>
+  <si>
+    <t>1935-05-04</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Grete Jensen, f. Hansen
+Marie Schou
+Clara Syberg
+Johanne Syberg
+Lars Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Tante Marie var Fritz Sybergs hustru nummer to, Marie, f. Hansen. 
+Det omtalte, indlagte brev findes ikke sammen med Fritz Sybergs brev. 
+Hans og Grete var et keramisk værksted, som blev grundlagt af Grete Jensen og Hans Syberg. De fremstillede det stel, som populært kaldes Syberg-stellet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv 2010/57</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vil komme, når Maries gravsten skal sættes på graven. 
+Besse er syg, og hun får ikke teaterjobs. Hendes søn har galdesten, så Besse er fortvivlet. 
+Fritz Syberg har ydet megen økonomisk støtte til Hans og Grete-keramikken. Det er et charmerende stel, men produktionen giver ikke overskud. Bliver produktionen kraftigt udvidet, er der en risiko for, at det vil gå ud over den kunstneriske kvalitet. 
+Hvis Sakker/Lars og Besse/Johanne skal drive foretagendet sammen, vil de ikke få meget at leve af. Der skal jo også betales procenter til Grete. Fritz Syberg er villig til at betale en afståelsessum til Hans, hvis hans to søskende skal overtage fabrikationen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ySm8</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+4-5-35
+Kære Hans.
+Jeg glemte i Telefonen at spørge Dig om hvornaar Stenen til Tante Maries og Nolles Grav er færdig. Jeg kommer over naar den skal sættes paa Graven da jeg gærne vil se den paa Stedet, og ikke har Energi til at foretage to Rejser. Med Hensyn til det jeg talte om Besse til Dig, da er Sagen alvorligere end jeg kunde give Dig Forestilling om i en Telefonsamtale. Hun er vist ["Hun er vist" overstreget] Det er ikke udelukket at hun er farlig syg, hvert Fald er hun fuldstændig slaaet ud fra Teaterbanen, men al det vil jeg helst overlade til hende selv at fortælle Dig. Dertil kommer at hendes Søn er syg og Lægen har erklæret at han lider af Galdesten og det har gjort hende meget fortvivlet, og har ført andre Bestemmelser med sig som jeg som sagt helst vil lade hende selv udtale sig om. Med Hensyn til "Hans og Grete" da staar den økonomiske Side af Sagen saaledes at den endnu ikke har kunnet svare sig. For mit Vedkommende staar Sagen saaledes at jeg har bidraget mit til at holde den paa Fode, dog saaledes at hver Gang jeg har givet Penge til den har jeg delt dem mellem Dig og Sakker ligelig fordi jeg syntes at Du skulde have noget for Dit Arbejde og Dine Udlæg. For Dig har jo Fabrikken heller ikke givet andet end Slid og Tab set fra den økonomiske Side. En anden Ting er at der er skabt en Fabrik for Keramik med en kunstnerisk Charme som bør bestaa. 
+Kommer du i Hænderne paa en Jøde eller anden dygtig Forretningsmand vil den muligvis kunde drives op til et indbringende Foretagende, men med det Resultat at den kunstneriske Side gaar tabt og Sakker hvordan hans Stilling i saadan en Fabrik end bliver til at begynde med, i Løbet af to Aar vil [et overstreget bogstav] være frosset ud af Forretningen, og om det ikke vil gaa Dig ligesaa - det ved jeg ikke.
+Hvis Sakker og Besse driver den saa vil det blive et lille Foretagende der gaar paa bedste Beskub, kan give et tarveligt Levebrød og beholder sin kunstneriske Charme. - Enten eller - 
+Hvordan I vil ordne Jer med ["med" overstreget] naar Fabrikken skal overdrages Sakker maa I selv om. Den har jo allerede Gretes Procenter at slæbe paa og ret meget vil den ikke kunne bære under Sakkers Ledelse dersom han og Odette skal kunne leve af den. Men jeg skriver dette Brev for at lade Dig vide at jeg er villig til at betale Dig en Afstaaelsessum naar ["naar" overstreget] om Fabriken eventuelt gaar over til Sakker og Besse, hvis Størrelse jeg ikke kan sige noget om andet end den maa indrette ["indrette" overstreget] fastsættes efter hvad I alle er tjent med.
+Mange Hilsener fra Far.
+Læs indlagte Brev og send mig det igen.</t>
+  </si>
+  <si>
+    <t>1935-05-09</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Kirsten Syberg
+Lars Syberg
+Peter von Syberg</t>
+  </si>
+  <si>
+    <t>Hans Syberg og Grete Jensen etablerede virksomheden Hans og Grete-Keramik. Lars/Sakker Syberg overtog den i 1934, flyttede den til Tåstrup og udvidede den.
+Franz/Trylle Syberg fik Raben-Levetzaus Legat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A120, Lb. 2, 1279</t>
+  </si>
+  <si>
+    <t>Hans har misforstået noget. Fritz Syberg har givet Hans og Lars/Sakker ca. samme beløb i forbindelse med overdragelse af fabrikken. Deres søskende har ikke fået penge udover i julegave. Ernst/Rille er ved at få succes som maler, Franz/Trylle har sin løn, og Johanne/Besse har ikke fået penge af Fritz, siden hun giftede sig. 
+Fritz Syberg håber, at fabrikken kommer til at køre, og han beundrer, at Hans og Lars har lagt så meget energi i foretagendet, men hvis fabrikken skaber splid mellem hans børn, vil han ønske, at den går rabundus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vbnR</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+9-5-35
+Kære Hans
+Besse har faaet et Brev fra Dig hvoraf Du ["Du" overstreget] jeg ser at Du paa et Punkt svæver i en stor Misforstaaelse, nemlig med Hensyn til at Besse, Trylle og Rille skulde have faaet udbetalt Pengebeløb af lignende Størrelse som Du og Sakker har faaet til Fabriken; [kommaet i ";" overstreget] men ["men" overstreget] Det passer ikke. Sakker har i den Tid han har drevet Fabriken nøjagtig faaet samme Beløb udbetalt som Du, jeg kan desværre ikke huske hvormeget I hver har faaet, men jeg har søgt at være retfærdig imellem Jeg ["Jeg" overstreget] Jer og ingen Hensyn taget til at Sakker sad smaat i det. Han fik et Startbeløb paa 2000 Kr. saavidt jeg husker, som Du ikke fik Del i, til Gengæld fik han kun 1000 Kr. i Julegave det Aar alle I andre - Du med - fik 2000. Kr. saa han har havt den Fordel at faa 1000 Kr mere end Du i den Tid ["Tid" indsat over linjen] han havt med Fabriken at gøre. At Besse, Rille og Trylle skulde have faaet udbetalt lignende Beløb som Du og Sakker har faaet, - jeg er nær ved at sige til den skidt Fabrik - er en fuldstændig fejl Tanke. Besse har overhovedet intet modtaget af mig siden sit Giftermaal med Giersing, naar undtages de 2000 Kr hun ligesom i Andre, med Undtagelse af Sakker fik i Julegave for et Par Aar siden. Rille og Rabbe har jeg hidtil (indtil Rille blev cand jur) betragtet som mindreaarige. Trylle tjener jo sin Løn og har i sidste Aar havt en Legatindtægt der hvert Fald er over 1000 Kr. Rille begynder at sælge og da han slaar an som Maler bekymrer jeg mig ikke saa meget for ham. 
+Men for at [et overstreget bogstav] slutte med Begyndelsen:
+Sakker er saa meget yngre end Du saa de 1000 Kr. han har faaet mere end Du maa kunne gaa paa hans Mindreaarighed.
+Naar jeg sagde "skidt Fabrik" skal Du ikke tage det alvorlig, jeg ser gærne at den Fabrik gaar og vil være meget ked hvis Sakker skulde faa i Sinde at opgive den. Jeg synes blot at den maa volde saa mange Spl ["Spl" overstreget] Spekulationer og Bryderier og Slid saa jeg beundrer at han bliver ved den og jeg beundrer ogsaa at Du havde Heroisme nok til at slide med den i de Aar Du havde den; den bliver, som jeg ["jeg" overstreget] før sagt, næppe andet end et Foretagende der med Slid og Slæb kan de ["de" overstreget] føde sin Mand til Husbehov. Hidtil har Du altsaa faaet ligesaa meget i Pengebeløb for Fabriken som Sakker, hvad de Andre har faaet er nogenlunde det samme som Du fik da Du var i samme Alder som dem (Penge var lidt mere værd den Gang) undtagen Besse, som absolut intet ar faaet andet end sin Mødrenearv og saa den omtalte Julegave paa 2000 Kr. Jeg synes I skulde enes uden Bitterhed om det Spørgsmaal, kan I ikke det maatte [det følgende skrevet lodret langs arkets højre kant] ærlig talt Fabriken hellere gaa rabundus. Dens eneste Værdi er kunstnerisk, men selv Guld kan købs for dyrt. [Det følgende skrevet øverst på s. 2, på hovedet:] Mange Hilsener fra Far. Hils Ulla og Børnene
+Far.</t>
+  </si>
+  <si>
+    <t>1935-05-12</t>
+  </si>
+  <si>
+    <t>Jakob -
+Johanne Giersing
+Grete Jensen, f. Hansen
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Kirsten Syberg
+Lars Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Hans Syberg og Grete Jensen etablerede sammen virksomheden Hans og Grete-Keramik. I 1935 gik Hans ud af foretagendet, og hans bror, Lars/Sakker, overtog det, som man nu kaldte "fabrikken". Fritz Syberg bidrog med penge, og der opstod nogen strid mellem hans mange børn om, hvem der havde fået hvad og hvor meget.
+Der blev betalt procenter til Grete Jensen for hendes design. 
+Hans Syberg lavede på Fritz Sybergs bestilling en sten til Marie Sybergs grav.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1278</t>
+  </si>
+  <si>
+    <t>Lars/Sakker er hjemme hos Fritz Syberg, og nu kender Syberg til fabrikkens skæbne. Fritz Syberg har givet Lars 7000 kr., Hans 5000 Franz 2500 og Ernst 4000. Anna Louise/Rabbe har 10.000 til sit ophold i København. Desuden har Syberg lånt og givet Jørgen/Nilken Schou og Jakob penge. Han har nu 30.000 i sparekassen. Johanne/Besse vil helst have sine penge fra faderen stående til nødsituationer.
+Syberg vil gerne tale med Hans om, hvordan hans afståelse af fabrikken skal foregå, for Hans har lagt flere års slid i virksomheden. Sagen må ordnes, så Lars også er tilfreds. Det er dyrt at betale procenter til Grete. 
+Fritz Syberg ser frem til at se stenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kuu5</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+12-5-35
+Kære Hans.
+Sakker er her. Egentlig havde vi ventet at Du tog med. Jeg er nu for første Gang blevet sat ind i Fabrikens Skæbne. Sakker er klar over de Beløb han har faaet af mig. Hvor meget Du har faaet er jeg ikke helt klar over, men det siger mindre. Naar jeg regner Julegavebeløbet fra, er der fra min Side indbetalt 7000 til Sakker og ca. ["ca." indsat over linjen] 5000 til Dig. Selvfølgelig vil jeg ikke have at det skal være en Fordring paa Fabriken for det vil den jo slet ikke kunne bære. Trylle har i samme Tidsrum faaet 2,500 Rille 4000. Rabbe har jeg sat 10,000 ud for som vel at mærke bruges til hendes Ophold i Kjøbenhavn med 210 Kr. pr. Maaned. Nilken har faaet 2,000 Jakob har jeg laant 3000 paa uvis Frist. Det er hvad jeg i Øjeblikket kan huske. Helt sikkert er jo saadant Hukommelsesværk ikke ["ikke" indsat over linjen], men hvert Fald er det ikke mindre. Dertil kommer Udgifterne ved Tante Maries Død. Paa Sparekassebog ejer jeg i Øjeblikket 30,000 Kr. foruden hvad jeg har udestaaende (a 10,000.) Imidlertid ["Imidlertid" overstreget] Dertil kommer at Besse har i Forvaring 7000 Kr. Jeg har et Par Gange sagt at i det mindste de 2000 skulde være hendes men hun har stadig [et par overstregede tegn] afslaaet det med den Motivering at de Penge skal staa som en Nødskilling. Hverken Fabriken, Rille eller Rabbe kunde man vide hvordan deres Fremtid vilde forme sig. Naar jeg nu kommer over vil jeg gærne tale med Dig, for afstaar Du Fabriken til Sakker vil jeg absolut gøre mit til at Du ikke skal føle Dig forurettet Vi maa kunne tale os tilrette derom, se Sagen baade fra Din Side, min Side, og Sakkers Side. Det sidste bliver det sværeste. At Du som har lagt flere Aars Slid ind i den vurderer den paa Din Maade er forstaaeligt og at Sakker ser paa det som han gør, ser paa den som ["ser paa den som" indsat over linjen] en Ting der maa vurderes efter hvad den er værd i Salg X) er lige saa forstaaeligt. Mig skal I nemt komme overens med.
+Jeg glæder mig til at se Stenen. Alt gaar vel, blot mindsker Arbejdskraften, jeg kan ikke holde ud saa længe.
+Hils Ulla og Børnene
+Mange Hilsener fra Far.
+X) Heri indbefattes Gretes Modeller, der jo er dyrt betalt ved %er. Vist nok det dyreste Modeller i Danmark.</t>
+  </si>
+  <si>
+    <t>1935-05-16</t>
+  </si>
+  <si>
+    <t>Kirsten Syberg
+Lars Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Brevets indhold er en fortsættelse af diskussionen om overdragelse af Hans og Grete-keramik, som Fritz Syberg skrev om i et brev til Hans Syberg 4. maj 1935. I dette skrev Fritz Syberg blandt andet om, at Lars/Sakker måske ville kunne klare det forretningsmæssige, hvis han fik en jøde til at hjælpe med det. Ulla Syberg var jødisk, så ordene har faldet hende for brystet. 
+Det vides ikke, om ordene om de blomstrende træer refererer til malerier eller konkret til havens træer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57</t>
+  </si>
+  <si>
+    <t>Lars/Sakker kan ikke drive et foretagende som Hans og Grete-keramik. Hans skal have noget godtgørelse. Det er godt, at Hans og hans søskende har det fint sammen, men hvis der kommer større pengebeløb imellem dem, kan det gå galt. Fritz Syberg vil derfor gerne give Hans en sum i forbindelse med overdragelsen.
+Ulla må ikke være vred over ordene om at finde en jøde. Syberg ville ønske, at der var mere jøde i Lars. 
+Syberg har travlt med blomstrende træer samt håndværkere i hjemmet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nWBl</t>
+  </si>
+  <si>
+    <t>Pilegaarden 16 Maj
+Kære Hans
+Tak for Dit Brev som klarede en Del for mig, dog ikke alt. Jeg synes nemlig at Fabriksspørgsmaalet skal ordnes saaledes at Sakker ikke har andre Klausuler paa sig end Grete. Sakker kan ikke klare et Foretagende uden i den lille Stil. Du skal have saameget i Godtgørelse som Du synes Du vilde være tilfreds med af en Fremmed og det udreder jeg. Det kan ikke hjælpe noget at gøre gode Gærninger, naar man føler man gør sig selv Uret ved dem. I kommer jo godt ud af det allesammen i selskabelig Henseende, bliv ved med det. Jeg skrev i mit første Brev til dig at Dine Krav maatte Du [ulæseligt ord] med Penge og det mener jeg. og Du stille Fordring til skal staa tilsvarende imaginært) Krav, selv om det er nok saa beskedent, vil lave evig Ufred og Spetakler mellem Jer. Afstaa fra det og id ["id" overstreger] indvilg i _at tage mod en Sum Penge af mig som vi kan fastsætte i Forening naar jeg nu kommer over og ser paa Gravstenen. Tak Ulla for Brevet og sig at hun ingenlunde skal være fortørnet over "Jøden". Jeg vilde saamæn af Hjertet ønske at Sakker var Jøde. 
+Nu venter jeg at høre fra Dig naar Stenen er stillet op. Det haster ingenlunde. Dels har jeg nok at gøre med blomstrende Kirsebær og Kastanietræer, dels ligger vi i et forfærdeligt Roderi. Vi har begyndt at gøre et Værelse i Stand og det er nu endt med at vi har Haandværkere i _alle Stuerne. Det ene trak det andet med sig.
+Hils Ulla og Børnene mange Gange.
+Mange Hilsener fra Far.</t>
+  </si>
+  <si>
+    <t>1935-06-20</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Henning Larsen
+Kisse Larsen
+Vilhelm Larsen
+Franz Syberg
+Fritz Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger til Achton Friis' Fyns-bog.
+Salen i Odense: Johannes Larsen dekorerede festsalen på Odense Rådhus med frescomalerier.</t>
+  </si>
+  <si>
+    <t>Det er ærgerligt, at sprængningerne skræmmer tranerne.
+Larsen sender 100 kr.
+Det går kun langsomt fremad med tegningerne til Achton Friis' bog, fordi det regner. Salen i Odense er klar.
+Johannes V. Jensen med familie har været på besøg.
+Den lille pige kan rejse sig, men ikke kravle eller gå.
+Larsen skal have Bror boende i hytten ved tennisbanen en tid, og hytten skal derfor ordnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xKVA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Juni 1935.
+Kære Lysse!
+Tak for Brevet. Det er kedeligt at I kyser de Traner med Sprængningerne, men maaske de kan vænne sig til Spektaklet. Jeg havde ventet en Notits om at Du havde lavet Hullerne i Andekasserne større. Jeg sender hermed 100 Kr. Her gaar det godt, d.v.s. det gaar forbandet smaat med Tegningerne til Achton Friis paa Grund af Regn. Da jeg begyndte gjorde jeg Regning paa at være færdig omkring Midten af denne Maaned og nu har vi d. 20 og jeg staar og mangler 17 Tegninger og Salen i Odense er klar til at jeg kunde begynde. Det er morsomt med Fiskene og Krebsene, derimod er jeg ikke saa begejstret for den uvorne Hingst der skal gaa i Spand med Thora, vær nu forsigtig. Johs V og Else og Elin og Kisse Larsen har været her, de var hos Sybergs om Natten og vi var der nede og havde dem og Baronen og Trylle og Besse til Frokost her i Gaar, Rødspætter og Ny Kartofler og Smør og ny Persille og Ærter. Den lille Pige er nu saa stor at hun kan gaa paa Hovedet ud af Barnevognen og Legestolen, hun kan rejse sig op og staa i Kravleburet, men ikke kravle eller paa anden Maade flytte sig naar hun ligger eller sidder. Vi skal have Dyrekølle til Middag. Fra Klaks i Anledning af at vi skal have Bror paa Kost og Logi i nogen Tid. Han tænker sig at bo i Hytten ved Tennisbanen, og skal til at muge deroppe efter Maaren der har brugt den som Lokum hele Vinteren, og saa skal han have slaaet Brædder under Tagskægget og Hønsetraad for Vinduet saa den ikke kan komme ind til ham. Mange Hilsner til Jer alle 3. Jeg sender hermed 100 danske Kr.
+Mange Hilsner fra os alle
+Din Far.
+P.S. 
+Paa Posthuset fik jeg at vide, at der nu ikke maa sendes danske Penge ud af Landet, saa jeg maatte brække Brevet og i Banken for at købe svenske. Dem kunde jeg først faa i Morgen, saa nu gaar der en halv Dags Tid igen med at faa dem af Sted.</t>
+  </si>
+  <si>
+    <t>1936-09-01</t>
+  </si>
+  <si>
+    <t>Carl Johannes A. Bless
+Johan Peder Bless
+Sofie Bless
+Alhed Larsen
+Jens Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Vilhelmine  Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel Muus
+Alhed  Møhl, Lysses datter
+H. Rasmussen, politifuldmægtig</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jens var. Larsen-familien kendte flere, der bar dette navn. 
+De indsamlede tusindgylden skulle formodentlig bruges til snaps.</t>
+  </si>
+  <si>
+    <t>Else og Andfreas/Puf Larsen har sat blomster på Alhed Larsens grav og luget, klippet og vandet. De har også ordnet Bless-familiens grav, og Andreas vil se til sin farmor og farfars gravsted.
+Politifuldmæftig Rasmussen spørger, om Johannes Larsen vil tage ind omkring Ny Carlsbergfondet og se på de billeder, som fondet har lovet Kerteminde Museum. 
+Det stormer. Den syge knortegås er død. 
+Andreas Larsen og Jens har været på en lang sejltur omkring Kalundborg, Lolland, Svendborg, Avernakø og Sønderborg. De cyklede hjem fra Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/N4zH</t>
+  </si>
+  <si>
+    <t>1 Sept. 36. 
+Kære Far.
+Igaar var det Mors Dødsdag og Else og jeg var ude paa Kirkegaarden med en stor Buket Rosenkatost og de Flox vi kunde finde; det var ikke mange, men sammen med de Roser, som jeg havde sat derud Dagen før, saa det helt godt ud. Jeg havde Dagen før skuffet og revet og Else og jeg klippede alle de afblomstrede Nelliker af. Idag har jeg været ude med de to store Vandkander og vandet baade Mors Grav og Blessernes. Iaften skal jeg ud og vande videre ogsaa Farmors og Farfars, det er godt tørt altsammen. - Politifuldmægtigen har spurgt om 
+2./
+du ikke, naar du rejser igennem København paa Hjemvejen, kan gaa op i Ny-Carlsberg-Fondet og se paa de Billeder de har lovet Kerteminde Museum. - Vi har Storm i disse Dage. Der ryger endel Æbler, men vi naar da at faa plukket de fleste Charlamowski. Den syge Knortegaas døde Dagen efter jeg kom hjem. De andre tre er her endnu; naar Graaænderne letter fordi de bliver bange for noget, nøjes Knortegæssene med at løbe, de har aabenbart ikke opdaget, at de kan flyve. Den gamle Knortegaas ["Knortegaas" indsat over linjen] ser noget sløj ud, men jeg gav den straks rent Vand, saa jeg haaber den 
+3./
+retter sig. - Jens og jeg havde en dejlig Tur i Baaden: Efter Kerteminde var vi i Kalundborg - Musholmen - Agersø, hvor vi ikke kunde se nogen Stubmølle paa Helleholm og heller ingen "Haabets Minde" ved Havnen. Fra Agersø gik vi mod Nakskov Fjord, men da der stod Torden over Laaland bestemte vi os om og gik norden om Langeland til Dagelykke. Derfra til Svendborg Sund, hvor vi laa nogle Dage paa Grund af Blæst. En Dag var vi paa Skarø, men vendte tilbage til Svendborgsund om Eftermiddagen. Derefter til Korshavn, hvor vi var en 
+4./
+Dag over. Vi spadserede over Revet til Avernakø, hvor Majstængerne staar endnu. Derimod er der kun to Stumper tilbage af "høje Stene" ved revet ["Revet" overstreget] Drejet. Paa Korshavn fandt vi Tusindgylden saa vi kunde forsyne begge Familierne for det kommende Aar. Næste Dag gik vi til Sønderborg, men blev bugseret ind fra Pøls Huk af en Jagt, hvis Ejer og Skipper Jens kendte. Han viste sig at stamme fra Kerteminde, saa vi fik os en lang Snak over en Flaske Whisky, som vi havde taget med over i Jagten. Vi sad paa Fordækket i det dejligste
+5./
+Maaneskin med svag Brise, mens Skipperens Søn styrede. Næste Dag tog vi med Færgen til Faaborg hvortil min Cykle var sendt. Om Aftenen cyklede vi sammen til Revsvindinge, hvorfra Jens fortsatte til Nyborg og jeg til Kerteminde. Ogsaa den Aften havde vi næsten stille, men siden har det blæst og igaar og i Dag er det steget til Storm. - Jeg skal hilse fra Jens naar jeg skriver til Båxhult; han vilde gerne have truffet Lysse, men vi fik først at vide at han var rejst.
+Hils ogsaa Axel Muus. [En streg er tegnet rundt om "Hils ogsaa Axel Muus."]
+Mange Hilsner til Jer Alle deroppe fra Else og Puf.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Lindøgaard pr. Dræby St.</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
@@ -4734,50 +5387,625 @@
 Fyen
 [I brevet:]
 Lindøgd 14-10-1936
 Kæreste lille Dis!
 Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
 Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
 Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
 2.
 Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
 Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
 Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
 3
 De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
 Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
 4
 De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
 Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
 Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
 Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
 Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
 Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
 Altsaa – endnu en Gang - !
 Din Junge</t>
   </si>
   <si>
+    <t>1936-10-24</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Sven Clausen
+Elise Hansen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Peter og Elisa Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død.
+Trolleborgskovene er formodentlig skovene omkring Brahetrolleborg ved Faaborg. 
+Det vides ikke, hvem den omtalte Zahle var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen vil besøge familien i Kerteminde, men de tager ikke telefonen. 
+Mange folk fra Faaborg kommer på besøg for at træffe Elisa Hansen, og der går tid med det. Hun, Elena Larsen og Jens kører dog også ture. 
+Elena spørger, om Peter Larsen er blevet bortvist fra skolen pga. uanstændig påklædning.
+Elena glemte at få marmeladen med til Danmark. 
+Fyn er et dejligt, lille land.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bNxL</t>
+  </si>
+  <si>
+    <t>Faaborg d. 24-10-36
+Min Kære Hjimlinger!
+Her sidder Jensen &amp;amp; jeg stadig paa vores Haler i Faaborg og har forgæves forsøgt at faa dem i Tale i Kjerteminde. Først ringede jeg i Morges uden at nogen svarede, saa ringede jeg igen Kl 1/2 1 fordi jeg mente jeg var sikker paa at træffe nogen i Middagstiden, men det var alligevel en Busser. Nu forsøger jeg igen i Aften for jeg vilde nødig gl ["gl" overstreget] gaa glip af et lille Kjertemindebesøg. - Her iler Tiden med ingenting. Jævnt hen hele Dagen stikker en eller anden Faaborgenser Hovedet ind ad Døren og skal snakke 2 Ord med Mor og de er allesammen en utrolig Tid om at gøre sig færdige. Det bliver hver Dag halvmørkt inden vi kan smutte af Sted paa en lille Køretur men i Gaar var vi en dejlig Tur i Holstenhus og Trolleborgskovene. Paa en Eng fandt vi en Masse Champignoner som vi stegte til Aftensmad. Jeg længes snart meget efter at høre hvordan I gaar og har det og haaber paa at der ligger en lille Beretning til mig i Kerteminde. Jeg gad nok vist om Petermanden endnu gaar i Kungsvecka Akole eller om han er blevet vist ud paa Grund af uanstændig Paaklædning. Jeg kan ihvertfald ikke tænke mig at der er mange Trævler tilbage af de Bukser jeg forlod ham i (Hvis I nu var ligesaa kloge som Sven Clausen, kunde I vist let misforstaa mig). Men Krokshultskræderen har maaske bygget ham et Par nye? Har I spist al Marmeladen og Saltemaden? Jeg glemte jo de 2 Krukker Marmelade jeg skulde have haft med til København og Kjerteminde, skønt jeg havde en god Plads i Kufferten.
+Nu er vi paa Vej ud ad Assensvejen, ja Fyn er et dejligt lille Land, men det er et Slierland som Zahle i Skovkrogen udtrykte sig naar han laa og læste Biblen paa Chaiselonen, mens hans Kone passede Bedriften.
+Mange, mange Hilsner til den Petermand, den Fyr og den Fasermand fra
+Mossermand</t>
+  </si>
+  <si>
+    <t>1936-10-28</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Elena Larsen
+Jeppe Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Vissinggård er et skovgods (ikke en herregård) samlet af Einar Viggo Schou til Palsgaard Gods i 1919-20, af den gammel gård Nedenskov og den lille gård Havbæk. Gården ligger i Sønder Vissing Sogn i Horsens Kommune. Hovedbygningen er opført i 1920 ved arkitekt Johannes Magdahl Nielsen. Vissinggård Gods er på 458 hektar. 
+Andreas/Puf Larsen fik opført et bryggeri på grunden, hvor hans barndomshjem lå/ligger. Det blev ikke en økonomisk succes og er siden blevet revet ned.</t>
+  </si>
+  <si>
+    <t>Johannes og Andreas Larsen har været på klapjagt på Vissinggaard. Han fortæller, hvad de nedlagde. Bagefter fik de god middag.
+Andreas/Puf har støbt fundament til bryggeriet.
+Skorstenen er blæst af vaskehuset.
+Larsen-familien har for tiden ingen piger i huset, men der kommer nye til november.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pSfp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Octbr. 1936.
+Kære Lysse!
+Tak for Brevet med Planerne, som laa her da vi kom hjem i Søndags. Puf og jeg havde været til Klapjagt hos Dede i Torsdags og blev inviteret paa en Klapjagt Lørdag hos en Ingeniør Andersen, der er gift med en Datter af Schou Palsgaard og ejer Vissinggaard. Paa Dedes Jagt ca 16 Jægere, i hans Plantagejagt blev der skudt 3 Ræve og en halv Snes Harer og et Raadyr uden at jeg fik Ild. Bøssen. Dagen efter var Puf, Dede og jeg ude paa en Jagt ved Stigsholm Sø som D har sammen med 3 andre. Vi gik hele Eftermiddagen i Regn og skød et Par Gange forbi til Høns, da vi havde tømt Bøsserne og skulde ind i Vognen kom der en høj Krikand og jeg naaede lige at faa en Patron i og skød paa den samtidig med Puf den gik død ned. Paa Vissinggaards Jagt var vi 7-8 Jægere og ca 30 Klappere. Der blev skudt 35 Stkr. Hvoraf jeg skød et Raadyr en Hare og en Sneppe, og sammen med andre en Fasan og en Hare. Det var en meget fornøjelig Dag og bag efter en god Middag og en L.Hombre hvor jeg vandt 25 Øre. Vi havde igen i Gaar en orkanagtig Storm men i Eftermiddag er det igen helt fint Vejr med nogle Byger af og til. Jeg har faaet en fin Ederfugl ♂ fra i Fjor. Jeg synes Dine Planer ser meget tiltalende ud. Puf har nu faaet støbt Kjælder og Grund til Bryggeriet. I den forrige Storm blæste Skorstenen af Vaskehuset og ramlede gennem Taget. Vi har ingen Ting hørt fra Bimse, hun har vel ringet forgæves mens vi var i Jylland og Else i Odense med Børnene. Jeg har nu skreven til hende og bedt hende ringe os op og aftale hvornaar de kan komme her. Vores Piger rejste 1 Octbr. og vi har ingen haft siden, men faar 2 nye til November. Jeg skal hilse fra Puf og Else. Else er lige gaaet i Byen og Puf er nede ved Stranden og skrabe sin Jolle. Mange Hilsner til Dig og Peter fra Din Far.</t>
+  </si>
+  <si>
+    <t>1937-07-27</t>
+  </si>
+  <si>
+    <t>Franz Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Kirsten Syberg</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fabriken: Hans Syberg producerede en tid et keramisk stel i hjemmet på Azaleavej i Valby</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Brev i fotokopi. Hvor originalen findes vides ikke</t>
+  </si>
+  <si>
+    <t>Marie og Fritz Syberg har næsten glemt Kirstens fødselsdag. De sender fem kroner til en bog, som hun selv må vælge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yi5R</t>
+  </si>
+  <si>
+    <t>Pilegaarden 27-7-1937
+Kære lille Kjesser.
+Nu har vi jo igen glemt Din Fødselsdag! Det vil nu sige glemt den har vi nu ikke helt, vi ved jo nok Du har en, og naar Tante Marie har Fødselsdag den 21 Januar, Hans den 21 Februar og Du den 21 Marts saa skulde man jo tro den var let at huske. Men alligevel, den bliver ved med at smutte fra os. Men Din Fødselsdagsgave skal Du faa, og mange, mange, Lykønskninger fra hele Pilegaarden.
+Et Kys fra Bessefar
+Kære Kirsten!
+Tillykke med tilbagevirkende Kraft – de fem Kroner er fra Tante Marie og mig til en god Bog, vi kan ikke finde en virkelig god her i Kerteminde saa du maa hellere selv vælge dig en. Hils hele Fabriken med Tilbehør – 1000 Hilsener din organistiske Onkel Trylle.</t>
+  </si>
+  <si>
+    <t>1937-11-21</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ejnar Munksgaard
+Gustav Petersen
+Carl Petersen, kunsthandler
+Gudrun Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte bog må være Poul Uttenreitter: Fritz Syberg, udgivet af Kunstforeningen, København 1935. Heri findes gengivet Fritz Sybergs selvportræt, 1916, s. 149, og på s. 115 samt 95 er der malerier af bølgende rugmarker. 
+Så vidt vides udkom der ikke en engelsk udgave af bogen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 210, Lb. 2, 1286</t>
+  </si>
+  <si>
+    <t>Et billede skal klæbes op på træplade. 
+Fritz Syberg og Johanne/Besse har vist Gustav og Carl Petersen 15 billeder, som de overvejede at sælge, men kunsthandlerne fandt prisen for høj. Syberg vil også helst beholde dem. De to kunsthandlere kommer nok hjem til Hans og ser på et par malerier. 
+Syberg sender Hans den nye bog. Visse af gengivelserne i den er udmærkede, andre ikke. De fotografier, som Hans tog til bogen, nåede ikke at komme med, men de kan bruges i den engelske udgave. Munksgaard siger, at denne er på vej.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9t6e</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21-11-37
+Kære Hans
+Ja nu er det ordnet saaledes at vi faar Billedet der skal klæbes paa Træplade ["der skal klæbes paa Træplade" indsat over linjen] sendt her til Pilegaarden. Du skal senere faa Maalene paa Størrelsen af Træpladerne og saa ordner vi det en Dag i Julen ["og saa ordner vi det en Dag i Julen" indsat over linjen]. Der blev ingen Handel af denne Gang. Vi havde - Besse og jeg - taget 11 mindre og 4 lidt større Billeder ud som jeg ikke vilde arbejde mere paa fordi Aarstiden var for fremskreden og dem viste vi, eller rettere ["vi, eller rettere" overstreget] Besse saa til G. &amp;amp; CP. De var Liebhavere til hele Butikken, men Besses Priser vilde de ikke akseptere. De bød 14.000 Kr. for dem Besse forlangte 28,000 Kr. (Selv havde jeg vurderet dem til 19,000, - 2,000 pr. Stk af de større, 1,000 pr. Stk af de smaa) Men da jeg helst vil beholde dem allesammen, saa jeg ikke skiller mig af med nogen inden Dampen er gaaet af mig overfor dette Stof, er jeg meget glad ved at Sagen er stillet i Bero. Desuden kommer vi saa ind i et nyt Skatteaar. De Billeder Jeg har staaende hos Dig: Gudrun ved Hækken, de to Plantagebilleder samt Søndermarksbilledet, talte de om og er Liebhavere til, og de kommer ogsaa nok en Dag. Men de vil selvfølgelig have Prisen ned. Hermed følger et Eksemplar af Bogen. Nogen af Gengivelserne synes jeg er udmærkede f. Eks. Selvportrætet Bygmarken der bølger, enkelte er mislykket f. Eks Besses Kornbillede. Som Helhed ser Bogen jo godt ud og vækker megen Beundring, selv om man nu bagefter kan se en [et overstreget ord] Del ["Del" indsat over linjen] Fejlgreb ved Udvalget af Billeder ["ved Udvalget af Billeder" indsat over linjen] der kunde være undgaaet dersom jeg selv havde været med til supplere Stoffet. De sidste Fotografier, de Du lod tage, kom ikke med fordi det var for sent, men kan eventuelt blive benyttet til den engelske Udgave. Munksgaard (med Familie) var her i Besøg forleden og fortalte mig at den engelske Udgave var under Forberedelse. Hils Ulla og Børnene
+Mange Hilsener fra Far</t>
+  </si>
+  <si>
+    <t>1938-05-28</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Carl Laurin
+Svend Rindholt
+Franz Syberg
+Gudrun Syberg</t>
+  </si>
+  <si>
+    <t>Brevet er adresseret til Tamp. Eftersom det er underskrevet "Far", og brevet tydeligvis er skrevet af Fritz Syberg, må Tamp være et af hans børn. Efter indholdet at dømme, er Tamp Ernst Syberg. 
+Det er uklart, hvem familien i Sverige var - måske havde Ernst Syberg en tid en svensk kæreste. "ham den skoldede" kendes heller ikke. 
+Det vides ikke, hvem Thomas var. 
+Om Laurins anmeldelse af Fritz Sybergs udstilling se Erland Porsmose: Fritz Syberg, kunsten, naturen, kærligheden s. 340 og note 587.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1991/63 Ps 52</t>
+  </si>
+  <si>
+    <t>Fritz Syberg m.fl. troede, at brevskriveren var udvandret eller død. Han fik et brev fra familien i Sverige og kunne ikke regne ud, hvem det var fra.
+Siden de sidst sås, har Syberg malet 30 billeder. Egentlig var det landskaber, men de udviklede sig til Den Grimme Ælling-billeder. 
+Laurin kalder i tidsskriftet Samleren Fritz Syberg for "The grand Oldman" i dansk maleri. 
+Syberg maler fem-seks timer hver dag.
+Franz/Trylle skal til London for stipendiepenge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eki6</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+28-5-38
+Kære levende Tamp
+Ja, vi troede saa smaat at Du var død eller udvandret, eller gift og bosat i Sverige. Men nu hører vi ["vi" indsat over linjen] fra Besse at det er ingen Ting blevet til Jeg fik en Hilsen fra Familien i Sverige og troede at det var fra ham den skoldede, men Gudrun regnede straks ud at det var fra en anden for der stod Hilsen fra hans Hustru. Jeg gættede saa paa min ny Svigersøn ["Svigersøn" overstreget], eller Svigerdatters Broder ["eller Svigerdatter" indsat over linjen. "Broder" indsat lodret i højre margen], som det jo saa ganske rigtig heller ikke var. 
+Det er rigtig nok at jeg arbejder jævnt flittig. Siden vi saas sidst har jeg faaet gjort ca 30 Billeder. De første var tænkt som Forarbejder til et større Efteraarslandskab, men de er mere og mere gledet ud til at blive "grimme Ællingbilleder" og som saadanne har jeg i Sinde at fortsætte med dem til vi naar Juni næste Aar.
+Foreløbig er de nærmest bygget over Mottoet: "Der var saa dejligt ude paa Landet. Det var Sommer, Kornet stod gult, Havren grøn Høet var rejst i Stakke .... o.s.v. 
+Du lever uden for Lands Lov og Ret det gør jeg selv ogsaa, men Bladene ser jeg. Jeg fik en meget interessant [et overstreget bogstav] Eksemplar af "Samleren" hvor Laurin gennemgik min Produktion og udnævnte mig til "the grand Oldman" inom dansk måleri" Han er vist i Lag med at lave noget om Moderbilledet fra Odense Museum. Jeg fik nemlig et Fotografi fra Svend Rindholt aaf [(det ene "a" i ordet overstreget] det, med Anmodning om at skrive noget om dets Tilblivelse og sende til L.
+Hvor længe jeg i øvrigt holder ved jeg ikke, men jeg maler 5 á 6 Timer hver Dag i to Omgange, Formiddag og sen Eftermiddag, Resten af Dagen sover jeg til Middag og skider Verden et Stykke. Jeg kan hilse fra Gudrun og Trylle, han har faaet et Stipendium som skal anvendes til en Londontur og de begge skal over og høre Thomas dirigere Trylle Kvintet. Hilsen fra os alle
+Far.</t>
+  </si>
+  <si>
+    <t>1938-06-27</t>
+  </si>
+  <si>
+    <t>Hammeren Vejleby pr. Skibby</t>
+  </si>
+  <si>
+    <t>Franz GIersing
+Johanne Giersing
+Jørgen Schou
+Mette Schou
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket lille hæfte Poul Uttenreitter arbejdede på. Fritz Syberg lavede i flere omgange illustrationer til den Grimme Ælling. 
+Onkel Peter og Onkel Kristian var muligvis brødre til Fritz Sybergs mor. Hun havde 10 søskende. Der er en lokalitet nord for Faaborg ved navn Enemærket.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, !910/57, A 120, Lb. 2, 1288</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for fotografierne, som sætter ham i den rette stemning. 
+Syberg har ventet besøg af Hans med familie og også af Johanne/Besse og hendes søn. I stedet kom Jørgen Schou/Nilken og hans kone. Uttenreitter har været på besøg og lånt akvareller samt nogle optegnelser om et par onkler. 
+Syberg maler på billeder af den Grimme Ælling og er nået til nr. 60. Han vil fortsætte med dette i to år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lhHP</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Billedhugger
+Hans Syberg
+Hammeren
+Vejleby p. Skibby
+[På kuvertens bagside diverse udregninger og et par tegninger]
+Pilegaarden Kjerteminde
+27-6-38
+Kære Hans.
+Tak for Dine mange Fotografier I Eftermiddag har jeg digtet Billedet færdigt og sender det i Morgen eller overmorgen. Fotografierne hjælper til at sætte mig i Stemning, hvad selve Fælledparken angaar da er den jo blevet ikke saa lidt mere tilgroet Vi har ventet Jer hver Dag og ligeledes Besse og Bamse men endnu er I ikke kommet derimod kom lige nu Nilken og Mette som er paa Vej til Faaborg og Jylland eller omvendt. Ellers er her intet Nyt. 
+Jo Uttenreitter har været her for at ordne det lille Hefte med Aquarellerne af den graa Ælling. Tilfældig saa han noget jeg har skrevet om Onkel Peter den Gang Onkel Peter døde og bad om det for han vilde gærne lave en Opsats ud af det. Tillige havde jeg en Aquarel fra S ["S" overstreget] Nørremarks Landskabet med Enemærket og Onkel Kristians Marker. Jeg lod ham faa det hele med.
+For Øjeblikket maler jeg Billeder til den grimme Ælling, komponeret ud fra den aabne Horisont og Skymotiver jeg er i Løbet af de sidste 6 Maaneder naaet til No 60. fra samme Sted. Jeg har bestemt at jeg vil blive ved i 2 Aar. Nu faar [et overstreget bogstav] vi se.
+Hils Ulla og Børnene. Mange Hilsener
+Far.</t>
+  </si>
+  <si>
+    <t>1939-03-19</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Viggo Jacobsen
+Tage la Cour
+Hans  Syberg
+- Sørensen, tømrermester
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvem Tamp er. Indholdet i dette og flere andre breve tyder dog på, at der er tale om Ernst Syberg. Der er sagfen om la Cours anmeldelse, som er nævnt i flere breve. Det vil desuden være oplagt, at Ernst, som oprindelig var jurist, tog sig af Fritz Sybergs skatteregnskab. Endelig opfordrer Syberg brevets modtager til at male "endnu bedre". 
+P. la Cour er formodentlig Tage la Cour.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A 120, Lb 2, 1267</t>
+  </si>
+  <si>
+    <t>Tømrermester Sørensen har snydt sig selv for 20 kr., og Fritz Syberg beder Ernst se på sagen.
+Viggo Jacobsen har været på besøg, og Syberg har lovet ham at deltage i udstillingen i Odense. Hverken dér eller på Den Frie sælger man noget. 
+Hans skrev, at Ernst var blevet vred over en anmeldelse af la Cour. Litterater tror, at de har forstand på kunst. De indtager gerne modsatte synspunkter året efter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gi9G</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+19-3-39
+Kære Tamp.
+Hvordan gaar det, kommer Du saa hjem i Paasken? I saa Fald vil jeg bede Dig tage en Regning fra Tømmermester Sørensen med hjem, den maa ligge imellem de Dokumenter af forskellig Art Du benyttede til at lave Skatteop ["Skatteop" overstreget] Indtægtsopgørelse efter, og han (S.) mener at han har lavet en Fejl paa 20 Kr. i sin egen Disfavør som han i saa Fald gærne vil have rettet. Alt er vel her. Viggo Jacobsen var her for et Par Dage siden og saa maatte jeg jo love ham nogle Billeder til Odenseudstillingen i Paasken. Besse var her paa et kort Besøg og vi tog 5 Billeder ud hvorimellem to ældre, et Interiør og en Granskov. Iøvrigt et større Kornbillede med væltede Havreneg og to smaa Landskaber. I og for sig er det jo ganske ligegyldig da der aldrig sælges noget i Odense. Det gør jeg ["jeg" indsat over linjen] jo heller ikke i den Frie i Aar men det gør ingenting jeg har Tid at vente. Hans skrev at den Frie "ser rædsom ud" men det gør den jo næsten al Tid. Saa skrev han at Du var blevet ærgerlig over en Anmeldelse af P. la Cour Jeg har læst den. Jeg synes nærmest den var tom, men ellers som Litterater laver den slags Ting, henrykte naar de kan opdage eller selv faa blandet Litteratur ind i Maleriet, saa tror de at de kan det hele. De er gravalvorlige og generes ikke det mindste af næste Aar at starte en ny Anskuelse lige saa gravalvorlig og ganske modsat den fra i Fjor.
+Jo mere man arbejder med Kunst, jo mindre forstaar man sig paa den, det er nok Sagen. Heldigvis har man Lov at gaa sin egen skæve Gang. naa! paa Gensyn og husk Sørensens Regning. -
+"Ha' det godt og mal endnu bedre" for at citere Zahrtmann.
+Mange Hilsener
+fra Far.</t>
+  </si>
+  <si>
+    <t>- Bredlund
+Johanne Giersing
+Viggo Jacobsen
+Tage la Cour
+Ernst Syberg
+Franz Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad Tage la Cour har skrevet, som har hjort Ernst Syberg fortørnet. Ernst Sybergs brev findes ikke sammen med dette.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1293</t>
+  </si>
+  <si>
+    <t>Fritz Syberg vedlægger et brev fra Ernst/Rille Syberg, som er fortørnet over nogle ord fra Tage la Cour. 
+Syberg maler fortsat på sine billeder af Himmel og jord (også kaldet Himmelgåden) og håber, at gården ikke bliver solgt.
+Ernst kommer i påsken, og Hans med familie er også velkomne. 
+Franz/Trylle har lampefeber, fordi han skal spille kirkekoncert. 
+Syberg deltager i udstillingen i Odense i påsken. Han sælger ikke noget fra Den Frie. Syberg vil sige til Bredlund, at han skal returnere billederne i de oprindelige kasser, for de er dyre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zVf1</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+19-3-39
+Kære Hans.
+Tak for Dine Breve og Dit Arbejde med mile ["mile" overstreget] mine Billeder. Rilles Brev følger hermed. Ja han er jo gal i Hovedet paa Digteren P. la C. men hvad kan man vente sig, naar en Digter lugter Literatur i Malerier saa bliver han jo henrykt og tror han pludselig forstaar sig paa det hele. Jo mere man arbejder med Kunst jo mindre forstaar man sig derpaa, det er nok Sagen. Men heldigvis Ingen kan jo se det paa En, og man har da Lov ["Lov" indsat over linjen] at fabulere paa sin egen Maner.
+Mine Billeder af "Himmel og Jord" som Du [et overstreget bogstav] kalder dem "dem" indsat over linjen fortsætter jeg med uden at mærke nogen Afslappelse, blot Gaarden ikke bliver solgt, for saa siger den nye Ejer maaske stop. I er velkomne til Paasken allesammen Rille har lovet at komme ogsaa, jeg vil haabe at han holder det. Trylle er i Dag optaget af at give Kirkekoncert og er derfor meget distræt, han lider af Lampefeber og det bliver værre for hver Gang. Viggo Madsen ["Madsen" overstreget] Jacobsen var her og jeg maatte love at at deltage i Udstillingen i Odense nu til Paaske. Besse har lige været her et Svip og vi tog 5 Billeder ud. I Odense sælger jeg nu ikke noget, og det lader til at det heller ikke gaar paa den Frie, men det gør ikke noget, jeg har Tid og kan vente. At den Frie ser rædsom ud forbavser mig ikke, det gør den jo al Tid.
+Jeg maa have Bredlund instrueret i Tide at han sender mig mine Billeder i mine egne Kasser og ikke faar noget gammelt Skrammel stukket ud, det er nemlig nye Kasser, ialt 3, hvoraf den ene er meget stor, og Træ er saa forbandet dyrt her i Kjerteminde.
+Hav det nu godt og mange Hilsener
+fra Far.</t>
+  </si>
+  <si>
+    <t>1939-09-09</t>
+  </si>
+  <si>
+    <t>Neville Chamberlain
+Johanne Giersing
+- Smith, Lærer
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg kom ikke til at tilbringe vinteren hos Johanne/Besse. Han døde 20. dec. 1939 på Pilegården.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1291</t>
+  </si>
+  <si>
+    <t>Lærer Smith har taget fotos af Tyren, og Syberg sender dem. 
+Syberg har fået en idé til en skulptur, hvor en tyr slås med en kvælerslange. Denne er inspireret af en tale af Chamberlain, hvori han hævdede, at Tyskland vil regere Europa. Syberg ironiserer over dette og skriver, at også Andorra, San Marino og andre små stater i så fald vil regere Europa, og at England er en selvbestaltet beskytter. 
+Det koster Syberg besvær at arbejde, men han fortsætter. Han har aftalt med Johanne/Besse at bo hos hende den kommende vinter, og det letter hans sind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/q95M</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+9-9-39
+Kære Hans.
+Jeg har faaet nogle Fotografier af Tyren, taget af Lærer Smith i Odense. Maaske har Du ogsaa faaet nogle? Dersom jeg var tilstrækkelig rig havde jeg en Bestilling til Dig, et Monumentalværk i Granit "Tyrens Kamp med Kvælerslangen". Det er en Tale af Chamberlain der har fremkaldt Motivet i mig. Den Talen ["Talen" indsat over linjen] gjaldt Tyskland, hvis Maal er "at regere i Europa". Ja rigtig min Herre, Tyskland vil regere i Europa, Italien og Frankrig vil, Norge Sverige og Danmark vil, saagar San Marino Andorra og Luksemburg vil, hvor forbryderisk naar man dog har England (som intet har at gøre i Europa), til at sætte Lus i Skindpelsen, om Forladelse til at beskytte alle de smaa Stater baade i og udenfor Europa. Men altsaa Der vil jo ingen Tvivl være op ["op" overstreget] om hvem der er Tyren og hvem Kvælerslangen. Derimod kan man jo vise sin Sympati og Antipati ved at lade Tyrens Undergang og Kvælerens Triumf, eller det mo ["mo" overstreget] omvendte, være det dramatiske Moment i i Skulpturen! Jeg vilde nu, hvis jeg havde Pengene dertil, sætte som en Betingelse at Kampen skulde fremstille et af Kampens Højdepunkter, hvor Bestiernes Egenskaber uf ["uf" overstreget] udfolder sig i fuld Blomst, alle deres Egenskaber. Iøvrigt kan jeg meddele Dig at jeg stadig passer Geschæften selv om det koster mig Selvovervindelse "at tage Initiativet" hver Dag, men jeg ved at det vilde blive meget værre hvis jeg gav efter og slap Kontakten. Derimod har jeg aftalt med Besse at bo hos hende i Vinter. Hvo ["Hvo" overstreget] Hvornaar jeg rejser derop afhænger af - mig selv. Men det letter Sindet at jeg naarsomhelst kan skifte Luft, Tanken om at jeg ikke Resten af mit Liv er henvist til Kjertemindeluften forekommer mig som et Fund.
+Hilsen til Jer allesammen
+Far.</t>
+  </si>
+  <si>
+    <t>1939-12-23</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Plejerup
+Malergården</t>
+  </si>
+  <si>
+    <t>Martin Arnbak
+Poul S. Christiansen
+Harald Giersing
+Elise Hansen
+Peter Hansen
+Karl Isakson
+Knud Kyhn
+Alhed Larsen
+Johannes Larsen
+Siegfred Neuhaus
+Theodor Philipsen
+Karl Schou
+Agnete Swane
+Henrik Swane
+Lars Swane
+Aase Swane
+Ernst Syberg
+Marie Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Fritz Syberg døde 20. december 1939</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1258</t>
+  </si>
+  <si>
+    <t>Sigurd Swane har kendt alle Sybergs børn længe. Swane husker, da Fritz Syberg slog igennem på Den Frie. Fritz og Anna var glade, men uimponerede over de fester, der derefter blev holdt. Swane lærte en masse kunstnere at kende dengang. 
+I 1909 inviterede Anna og Fritz Syberg Swane til at komme til Fyns Hoved. Fritz Syberg sad i komiteen på Århusudstillingen og lod Swane få billeder med både dér og på Den Frie. 
+Swane var ked af at høre, at Syberg havde det så dårligt. For nyligt stod han og beundrede tre Syberg-malerier i Arnbaks Kunsthandel. 
+Swane ville gerne være kommet til begravelsen, men han må holde jul med sine børn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SejG</t>
+  </si>
+  <si>
+    <t>Malergården. Plejerup pr. Grevinge. 23-12-39.
+Kære store Søskendeflok, som jeg kender mere eller mindre og som jeg, med Undtagelse af den yngste lille (som jo ikke er lille mere) engang kendte så godt, at jeg ved , at dem jeg har set noget til gennem Årene, kender jeg bestandig som gamle Venner og at jeg føler sådan også for de andre (den lille yngste iberegnet) - kære allesammen som nu er samlede på Pilegården, i Tankerne er også jeg tilstede dér - for at takke og sige Farvel til jeres Fader med det stærke, varme levende Sind.
+Da I var Børn oplevede jeg som ung i nærmeste Samvær med ham og jeres hjertevarme Moder hans store Udstilling i den Frie Udstillings Bygning, der blev hans Livs strålende Gennembrud. Jeg husker ham, overrasket, stemt til Fest og Glæde, urokket i sin Jævnhed, stærk sund og frodig. De fine Fester han og jeres Moder blev bedt til (ved en af dem havde de spist på Guldtallerkner - jeg tror de største af jer endnu kan tænke jer jeres Moder fortælle derom, muntert og ganske uimponeret, sådan som jeg endnu kan høre hendes Stemme) var jeg ikke med til, men fra Dag til Dag satte de mig Stævne på Udstillingen eller hvor de mødtes med deres Malervenner, som jeg alle lærte at kende i de Dage, gamle Theodor Philipsen, Las og Be, Peter Hansen og hans Kone, Karl Schou og jeres "Tante Marie" og måske flere - ja Karl Isaksson, som jeg kendte i forvejen - - var der flere - der var mange andre Mennesker - Zahrtmann tror jeg også jeg atter strejfede i de Dage - - Det var før Krigen, hvad der end kunde tynge Mennesker, var der endnu en Lethed, en Optimisme i Sindet, som måske kun var delvist berettiget, men dog var så indtagende og uskyldig, så fri som den ikke siden har kunnet trives i vore Himmelstrøg. 
+Og inden disse to søde overraskende Mennesker, som havde opsøgt mig ukendte unge Mand, fordi de havde glædet sig over mine Billeder på Århusudstillingen i 1909 (antagne fordi jeres Fader havde siddet i Komiteen og holdt på dem) inden de var rejst havde de indbudt mig til til Maj at komme til dem i Kerteminde og derfra tage med op til det fjerne næsten ubetrådte Fynshoved.
+Til da havde jeg levet meget isoleret, fra Akademiet i Venskab, i nært Venskab med Harald Giersing og Neuhaus x) - havde naturligvis truffet andre jævnaldrende, havde gået hos Zahrtmann og dér også lært Poul Christiansen at kende, men mest levede jeg ene med mit Arbejde - og nu var på een Gang disse Mennesker kommet til mig. Der kom År, hvor jeg oplevede mangt og i en Årrække var mit Liv i nær Kontakt med de Mennesker. 
+I forstår vist, at jeg aldrig har glemt jeres Fader og hans første Indgreb i mit Liv, da han fik mine Billeder på Århusudstillingen og selv, sammen med Anna, en Dag bankede på min Dør på et stille Kvistatelier i Pileallé - siden foreslog jeres Fader mig til "den Frie Udstilling" - og i Årenes Løb har jeg fået et Brev nu og da, som har forlænget Linjerne.
+Det gjorde et stærkt Indtryk på mig, da Ernst nu på min Udstilling fortalte om hvor dårlig jeres Fader var. Men at Afslutningen var så nær, havde jeg ikke tænkt mig. Jeg håber, den ikke har været altfor svær. -
+Lige inden jeg rejste fra København stod jeg hos Arnbak og beundrede en Væg som udfyldte af 3 Billeder af jeres Fader, et større Snebillede fra Pilegårdens Omegn i Midten, simpelt og storladent, Landet i Hvile under Vintervejr og Kulde men med Hegn og Ris og Træer krydsende det hele, forvarende Livet til næste Sommer. Det var meget smukt, det var vist så sent som fra 1927. Et andet fra samme År og et vist fra 26 - to stille Landskaber - det en en Vej ud mod Aftenhimlen har jeg set engang før - det andet en Gråvejrsdag ved en stille Kyst, ikke megen Farve i noget af dem, men ["men" overstreget] næsten uanselige i Virkningen, men fulde af Liv og Følelse for Motivernes Spændevne. 
+Jeg gik gerne, når I fører jeres Faders Legeme til det sidste Hvilested et Sted bag i Rækkerne, men jeg må nøjes med at være der i Tankerne, mine Børns Jul holder mig fast her. 
+Men tag alle en hjertelig Hilsen fra mig, hver især.
+jeres hengivne
+Sigurd Swane.
+[Nederst s. 3 er indsat:] x) fra min Skoletid Ven med Knud Kyhn - 
+[Bagpå side 4, nederst, er skrevet med blyant:] Hermed et Brev
+som vi beder dig sende videre til de andre</t>
+  </si>
+  <si>
+    <t>1942-04-10</t>
+  </si>
+  <si>
+    <t>Elise Hansen fyldte 80 år 5. april 1942. Hun boede Enghaveplads 20 i København. 
+Det vides ikke, hvem Hjelmslevs og Besser var.</t>
+  </si>
+  <si>
+    <t>Elise Hansens runde fødselsdag er blevet fejret. Lille Alhed sad på skødet af Johannes Larsen under middagen, men hverken på dette tidspunkt eller et par dage efter kom hun sig over sin generthed og skyhed.
+Elena Larsen m.fl. tager til Kerteminde søndag. Hun har været på flere besøg hos familie og venner og desuden flere gange hos tandlægen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dEZS</t>
+  </si>
+  <si>
+    <t>Fred. 10-4-42
+Kære Lysse!
+Det er rigtignok længe siden jeg har faaet mig en Snak med dig, Tiden iler aldeles forskrækkeligt. Først var der Mors Fødselsdag som forløb straalende med Gratulanter fra Morgenstunden og Stuerne efterhaanden som et Blomsterhav Om Aftenen Middag: Aspargessuppe Kalvefilet Ost og Hofdessert. Rødvin og Madeira. Senere Smørrebrød, Øl og Snaps. Jeres Telegram kom i det psykologiske Øjeblik da vi sad ved Desserten. Det var en festlig Aften og Las var meget tilfreds med sine nye Børnebørn. Han havde Alhed paa Skødet under hele Middagen, men hun var ikke nogen underholdende Borddame, hun sad med forskræmt og nedslagent Blik under hele Maaltidet uden at aabne Munden. Heller ikke da Las var her i Gaar havde hun overvunden sin Skyhed; skønt Las søgte at lokke for hende ved at brolægge Gulvet med 25 Ører, kunde han ikke faa hende lokket hen til sig. Paa Søndag bliver det nok til at vi rejser til Kjerteminde allesammen, Las vil gerne have os med og man kan jo ikke sige nej til ham. Jeg er ellers nervøs for at fjerne mig yderligere fra Båxhult. Jeg har truffet mange Mennesker, var hos Magisterens til Frokost i Mandags med Ungerne, der var alle Pigebørnene og Mudis Mand. 
+Saa var jeg hos Hjemslevs i Forgaars og i Gaar var jeg hos Hubert sammen med Preben Vilmann; det var svært hyggeligt at træffe dem igen og vi havde det som om vi havde truffets Dagen før. Hubert var sig selv lig. Han forsøgte at faa en Telefonsamtale med dig men det gik ikke. I Aften skal Mor og jeg sammen med Las til Middag hos Swane og i Morgen skal jeg i Teatret med Erna. Nu har du altsaa Repetoiret. Om Dagene gaar jeg til Tandlæge saa du kan se det er ikke lutter Pjank altsammen. Jeg har faaet 9 Huller færdige, saa nu mangler jeg vist kun 5. - Sikken et Foraarsvejr det er nu; jeg kan forstaa at ogsaa I maa have haft Stortø, for Peter skriver at Mælkebilen kører om Båxhult nu og det var altsaa umiddelbart efter at vi rejste. Peters Brev kom i Morges, det skal han have mange Tak for. Samtidig kom det Brev jeg skrev til Bessers Fødselsdag. Dét kom i Forgaars og Peters i Gaar; de kan aabenbart kun tage eet om Dagen. Naah, nu skal jeg til mine Tænders Pleje, saa Farvel med Jer.
+Masser af Hilsner fra
+Nissepigen.
+Jeg er nok hjemme inden I faar dette.
+Elena Larsen
+Enghaveplads 20 III</t>
+  </si>
+  <si>
+    <t>1943-07-09</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus</t>
+  </si>
+  <si>
+    <t>Bisserup pr. Rude</t>
+  </si>
+  <si>
+    <t>Saxo
+Axel  Bentzen
+Johannes Bjerg
+Christen Dalsgaard
+Einar Immanuel  Geert-Jørgensen
+Victor Haagen-Müller
+Aksel Jørgensen
+Vilhelm  Lauritzen
+Elisabeth Neuhaus
+Louise Neuhaus
+Henrik Raaschou-Nielsen
+Leo Svane, senior
+Lars Swane
+Leo Swane
+Sigurd  Swane
+Viggo Thorlacius-Ussing
+Frederik Vermehren
+Axel West
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8 lb 11.</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus henvender sig til Christine Swane, for at bede hende om at donere nogle billeder i forbindelse med oprettelsen af Sorø Kunstmuseum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7BK</t>
+  </si>
+  <si>
+    <t>p.t. Bisserup pr. Rude. Sjælland 9/7 1943
+Kære Ugle, når jeg skriver til dig i Dag, er det i Egenskab af Tigger. Ikke for mig selv, men for det nystiftede, nu i de sidste Dage af Maj oprettede Sorø Kunstmuseum, hvortil der søges kgl. Konfirmation på Fundatsen for at Museet i Løbet af et Aar eller to kan komme ind i rækken af Provinsmuseer – dels på Finansloven, og dels ved Carlsbergfondets Uddelinger. Museet er planlagt som det eneste Provinsmuseum for Kunst (udenfor Kbhvn.) på Sjælland af den Art, og dets Tilknytning til en stor offentlig Skole må give det en vis Betydning med Aarene, men Begyndelsen har været ualmindelig trang. ”Soransk Samfund” havde fået det næsten i Orden, da Krigen kom over os, og foreløbig forhindrede, at der blev bygget en selvstændig Museumsbygning på Akademiets Grund. Mange gamle Soranere havde givet Bidrag i Penge og Materialer, Arkitekt Vilh. Lauritsen havde tegnet den ny Bygning, som nok en Gang vil komme. Men alt dette forandredes i Eftersommeren 39, og vi har nu for at komme i Gang lejet egnede Lokaler overfor Akademiparken.
+Dem må vi foreløbig nøjes med, og den Sorø Akademi tilhørende udmærkede [”udmærkede” indsat over linjen] Samling af middelalderlig Træskulptur, som henligger i den såkaldte Saxos Celle i Klosterporten, og som skulle have dannet Grundlaget for Museet, tør vi foreløbig ikke røre ved. Men det, der er hængt op i Dag, er ikke helt at kimse af. Vi har søgt at finde frem ad de naturlige Veje gennem Kunstnere, som selv har gået på Sorø eller haft Fædre der [”eller haft Fædre der” indsat over linjen] og sådanne som har været Lærere der f. Ex Dalsgård ( og mig). Jeg nævner Axel Bentsen, som nu har haft sin Søn her, og Haagen Müller, som er Student herfra, hvad Zahrtmann og Vermehren også er. Bentsen og H-M har givet os Billeder. Ja hvem er nu ”Vi”. Det er først og fremmest Thorlacius-Ussing, som selv er Student fra Sorø, og som qua Kunsthistoriker er den drivende Kraft i Foretagendet, og så mig m.fl. Jeg mener naturligvis, at sligt kan i al Stilhed have stor Betydning for den Ungdom, der gror op. Desværre har vi været stærkt modarbejdede af vor nye Rektor – West – og næsten hele Lærerkollegiet, for jeg lever i en Ørken, hvad Kunst angår. Og der har og er stedse mange Modintriger. Derfor så jeg også gærne Museet opfyldt med en Række gode [”gode” indsat over linjen] moderne Billeder, så
+2
+at Ministeriet ikke kan knibe udenom. Og så har jeg tænkt på dig og foreslået Th. Ussing, at vi prøvede at spørge dig, om du kan tænke dig, at overlade Museet et Billede, og lade ham vælge et, du skal jo blot give ham et Par til Valg, og de behøver jo ikke at være store. Ussing bad mig i Foråret henvende mig til Bentzen, der svarede venligt og til S. Swane. Det sidste vilde jeg ikke. Men jeg ved, at Ussing, der aldrig selv vil henvende sig til Kunstnerne i slig Anledning, foranledigede, at Rektor Raaschou-Nielsen, der gik af for 2 Aar siden, og som i Modsætning til sin Efterfølger havde stor Interesse for Sagen, skrev til S. Swane, med det Resultat – som jeg havde forudsagt – at han aldrig fik noget Svar. Det var et stift Stykke, men når man er nærig som helt sagnagtigt er i og har den Kam, kan man jo intet vente, uden netop dog et Svar. Som altså end ikke kom, formentlig er Portoen for høj. Begrundelsen for Henv. Til S.S. – der jo nu er ved at blive så ringe som Maler – var, at hans Far var Student fra Sorø, og den kan jo også gælde dig på din Søns Vegne. Men jeg har måske vovet mig for langt ud, og du skal være helt frit stillet, blot tænker jeg at du vil svare mig hertil Bisserup pr. Rude, hvor L og jeg er i Juli i et lejet Hus, der hedder ”Lille Sterrede”. For at slutte om Museet, så blev det ”stiftet” i stor Højtidelighed af Undervisningsministeriets Repræsentant (fraværende Rektor West!) i Akademiets Festsal 29/5 i Overværelse af mange Honoratiores. Direktør Leo Swane der havde deponeret 6 Billeder (fra Eckersberg til Ring), Direktør Ussing, Aksel Jørgensen, Bjerg, Chr. Iversen og en lang Række Museumsinspektører o.a. Så det er som sagt en Begyndelse, jeg kender jo ingen Maler, dem jeg holdt af er mest døde og borte. Men så kom jeg – du vil tilgive mig – i Tanker om dig.
+De sidste Aar har været meget svære for L. og mig, som du kan tænke. Vi vilde gærne have set dig hos os, men Trafiken er jo vanskelig. I 1941 om Sommeren lå jeg længe på Rigshospitalet p. Gr. af Depression. Det har næsten været værre i dette Forår, men nu kan jeg p. Gr. af Luftalarm o. lg. Ikke lade L. være ene. Hun tager Sorgen lidt anderledes, hvor hendes lille Digtsamling hos Munksgård i Febr. d. A ”En Flygtnings Spor” jo viser. Jeg har ikke kunnet læse den, for mig er der kun det Middel at male, og 
+3
+det har jeg, siden Isa døde næsten ikke kunnet. Måske mest i Aar, da jeg bliver behandlet af Dr. med. E. Geert-Jørgensen. Men jeg er så uhyre søvnløs. Vort Hjem er jo stort og besværligt, og Skolen trætter mig også nu, særlig da det sidste Aar. Vi har boende et Par Drenge, fordi vi synes, det bringer lidt Liv, men det er tidt besværligt, dog vistnok godt for Louise.
+Jeg ved så lidt om dig. Kunde du ikke lade os vide lidt. Jeg spurgte Leo, men fik egentlig ingen Besked. Sigurd sagde han om, at han ikke kunne lide og ikke så.
+Nå nu vil jeg slutte. Hils Lasse, hvis han bryder sig derom. Han siges at være bleven gift. Jeg håber du er lykkelig, og så er du sådan en dejlig Maler.
+Mange Hilsner fra os.
+Din Siegfred N.
+Du kan jo ringe til Direktør Thorlacius-Ussing Godthåb 40. Billedet kan det jo vente til Septbr., hvis der altså er Håb.</t>
+  </si>
+  <si>
+    <t>1943-08-16</t>
+  </si>
+  <si>
+    <t>Louise Neuhaus
+Lars Swane
+Viggo Thorlacius-Ussing
+Axel West</t>
+  </si>
+  <si>
+    <t>3 M = tredje mellem, som svarer til nutidens 8. klasse.(wikipedia)
+Det har ikke været muligt at finde oplysninger om graver Alex Petersen og hans søn Mogens.
+Det Anckerske Legat blev oprettet af Carl Andreas Ancker i 1857. Det uddeltes hvert år i fire portioner à 900 rigsdaler til en kunstner til brug for en studierejse i udlandet.(wikipedia)
+Siegfred Neuhaus fik tildelt legatet i 1942.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 5, 2002/61, A8, lb 11.</t>
+  </si>
+  <si>
+    <t>Siegfred Neuhaus takker Christine Swane for at donere et billede til Sorø Kunstmuseum. Lige nu opholder han sig 14 dage i et lejet hus for at male, men han får ikke lavet noget, da han stadig er i krise efter datterens død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wTR2</t>
+  </si>
+  <si>
+    <t>Bisserup pr Rude 16 aug 1943
+Kære Ugle, jeg takker dig meget for dit Tilsagn om et Billede til Museet i Sorø, jeg er glad ved, at jeg ikke kom til at stå med Håret ned ad Nakken overfor Thorlacius-Ussing, men jeg har meddelt, at du selv vilde sætte dig i Forbindelse med ham, når du kom hjem. Det skulle altså blive det første Provinsmuseum på Sjælland, der kom ind under de alm. Regler. Til Trods for skarp Modstand fra Akademiets nye Rektor West og så at sige hele Lærerkollegiet. Så højagtet er Kunst i Sorø! Men netop derfor bryder jeg en Lanse for det ny Museum, skønt Rektor West – du har villet regnes for min Ven i 29 Aar – har meddelt mig, at ”Øksen ligger ved Træets Rod”. d.v.s. at Embedet vil blive nedlagt, når jeg tager min Afsked. Så vil de have en Seminarist med 33 ugent Timer. Mine Forelæsninger om Kunst i Gymnasiet kan han i hvert Fald ikke gøre efter!
+Nå jeg vilde spørge dig om noget, du kan nok her svare snart, da jeg bliver her til 31/8. Men jeg var ude i Odsherred og malede der – det var d. 24/6 – henvendte en Mand fra Birkerød sig til Louise for at få os til at tage hans Søn i Huset, og skønt vi egentlig ikke vilde have flere end de 2, vi har for vore Synders Skyld, syntes L. godt om Faderen og Sønnen og lovede, at Drengen Mogens, der skal ind i Akademiets 3 M. og altså må være en 14 Aar gl, måtte bo hos os fra i Går. Faderen Graveren Alex Petersen, Blokhuset, Birkerød anførte, at han kendte dig. Vil du ikke sige os din Mening herom, vi vil jo helst have det roligst muligt. 
+Her har vi været til 3/8, så tog vi på en Familievisit i Sakskøbing, men den 13/8 vendte jeg tilbage til Bisserup, fordi her var noget, jeg gerne vilde male. Siden har det regnet og stormet, L. er i Sorø og jeg er ene i dette lejede Hus, hvor en Kone hver Dag vil lave lidt Mad til mig. De tre Dage har været yderlig melankolske, særlig Aftnerne og Tankerne om Natten.
+Og ingen Maleri endnu.
+Jeg håber, at I alle tre har det godt. Hils Lasse meget, jeg var glad ved hans gode Hilsen.
+Du kan skrive, blot et Par Ord, enten til Louise i Sorø – eller til mig under denne Adresse. De 14 Dage, jeg bliver borte fra Akademiet – jeg betaler selv Vikaren – er vel nok det mindste, man kan forlange på det Anckerske Legat. Og så lidt godt Vejr!
+Mange venlige Hilsner fra din Siegfred Neuhaus</t>
+  </si>
+  <si>
+    <t>1944-07-04</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+R.A. Christophersen
+Thora Cohn
+Johanne Giersing
+I.G. Jacobsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Dagmar Madsen
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ester -, pige i huset hos Johannes Larsen
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Gudrun Syberg
+Hans  Syberg
+Lars Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>26. maj 1944 sprængtes en Schalburgtage-bombe i Odense centrum. Den omtalte Passage gik fra Vestergade til Pogestræde. Den blev etableret i 1926. (Johnny Wøllekær og Jørgen Thomsen: Det blev Strøgpassagen og ikke Strømpeskaftet. Artikel fundet på nettet juli 2023).
+Kæreste var Else Overgaards moster.
+Det vides ikke, hvem Else Larsens kusine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2002/61, A8, lb 11, kasse 1, kuvert 2.</t>
+  </si>
+  <si>
+    <t>Else Larsen takker for de flotte gaver. Ane fik rulleskøjterne, og Jeppe arvede de gamle. Ane går til svømning. Thora og Jeppe bader fra badehuset.
+Puf og en gartner har ordnet haven meget fint. 
+Det er lykkedes Else at hyre en pige, Ester.
+En Schalburgtage-bombe, som var rettet mod Fyns Stiftstidende, har beskadiget Elses forældres kontor og lejlighed samt omliggende ejendomme. Elses mor er meget ude af fatning. Hun og manden ventede i fem dage på nye vinduer, men en ny sprængladning smadrede dem. Elses forældre kom til Kerteminde, men tog hurtigt tilbage til Odense. Elses mor blev derefter syg med høj feber, men heldigvis kom Ester og kunne hjælpe med diverse. 
+Else har sammen med hele Syberg-familien deltaget i Johanne/Besse Giersings begravelse på Drigstrup Kirkegård, og det var meget trist. Franz/Trylle Sybergs 40års fødselsdagsfest blev aflyst. 
+Else har været på besøg hos Johanne/Junge Larsen, og hun havde det overraskende godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3dkp</t>
+  </si>
+  <si>
+    <t>1) Kerteminde d. 4/7 1944
+Kære Ugle og Rie!
+Mange Tak for jeres Breve og jeres mange Forsendelser, jeg er meget glad for Tallerkenerne og Fadet, vi trængte saadan til begge Dele og Las er glad for Glassene, han skriver nok selv; og sikken en Flothed med Rulleskøjter, Ane havde faaet et Par, men hun fik de ny og Jeppe de gamle og begge var meget glade, han er allerede den dygtigste, Ane er ikke saa ihærdig til at lære, naar hun ikke kan straks, taber hun Modet. Heldigvis er hun vedholdende med Svømningen, hun faar Undervisning i Aar igen og bliver meget rost af Lærerinden, hun opholder sig næsten hele Dagen ude paa Badeanstalten, der er heldigvis meget lavere i Aar, hun kan næsten bunde ved Broen. Jeppe og Thora opholder sig ved Badehuset hele Dagen, vi har faaet lavet en Bro, som Jollen ligger ved. I Haven foregaar en Masse, vi har haft en Gartner gaaende nu i 2 Maaneder foruden at Puf har været der hele Tiden og der er ryddet vældig op alle Vegne, fældet udgaaede Træer og Hylde og Elme, som stod allevegne, Køkkenhaven i fin Stand og alle Plænerne klippet med Maskine, bare det giver Arbejde til en Mand den meste Tid. Men jeg glemmer det vigtigste, jeg har faaet en Pige i sidste Øjeblik efter at jeg havde opgivet fuldstændig og indrettet mig paa at være alene med Grete til lidt Hjælp, denne er fra Aarhus og Veninde med Christiansens Pige og er gennem hende bleven anbefalet Pladsen, hun har ikke været i Huset i et Aar, men lader til at være helt flink og omgængelig og ihvertfald en stor Hjælp. Her var en kort forinden, som jeg havde telefoneret til efter en Annonce, hun havde Masser af Tilbud og forlangte 175 Kr, var 20 Aar og kunde daglig, men vilde gerne lære finere Madlavning, jeg gik ind paa alt, men hun ringede næste Dag, at hun havde taget en anden Plads, det er et formeligt Kapløb, naar der er en eller anden Form for Hushjælp i Udsigt. Iøvrigt har vi haft en temmelig bevæget Tid, Far, Mor og Kæreste skulde jo komme til Pinse, men 
+2) umiddelbart forinden blev Fyns Stiftstidende bombet, hvorved en Mur væltede ind i Fars Kontor og i Lejligheden blev naturligvis alle Ruder knust og Glasskaarene fløj rundt og ødelagde forskelligt, alt i Vinduerne røg ned paa Gaden og ikke mindst, de fik alle 3 saadan et Chok, som Mor ihvertfald ikke har forvunden endnu, jeg var der Dagen efter. Bulteriet var ubeskriveligt, der havde ligget en Bombe i Passagen og den havde raseret samtlige Ejendomme i den Grad, at alle Døre og Vinduer var slaaet til Pindebrænde, Butikkerne var fuldstændig raseret, Varerne laa og flød paa Gaden som iøvrig var dækket af et tykt Lag af Glasskaar og Murbrokker, hvorimellem Folk gik og ledte efter deres Ejendele, fra Etagerne øste de ustandselig Spandevis af Skaar og Ragelse ud af Vinduerne ned paa Gaden, de bliver ikke beboelige i flere Maaneder. Mor, som jo var sluppet meget naadigt gik og græd og jamrede og kunde slet ikke faa fat paa noget, Far og Kæreste var graa i Ansigterne af Træthed, de havde ryddet op fra Kl 2 om Natten og gik i susende Gennemtræk fra alle de aabne Dør og Vinduesaabninger. Imidlertid fik de da slaaet Pap og Brædder for og kom ned Pinsedag, men rejste allesammen næste Dag for at komme hjem og faa Ruder i, det maatte Mor saa vente paa i 5 dage og de andre opgav definitivt enhver Tanke om Ferie, nu skulde alt takseres og interimistisk ordnes og Kæreste kom langt bagud med Kontorarbejdet, der var jo ikke Ro eller Fred til nogetsomhelst. Deres Telefon var den eneste som duede, saa den brugte alle og Cigardamen, som havde Fars tidligere Butik maatte installeres hos dem og er der da endnu og dele sin Smule Tobak ud, det giver jo en masse Uro. Saa kom Mor da endelig herned, men gik Glip af nogle dejlige Dage og et Par Dage efter kom den næste Bombning, som ikke gjorde saa megen Ravage hos os, men var til Gengæld mere sindsoprivende, Mor var jo heldigvis her, hun klappede helt sammen da jeg kom ned og fortalte det og vilde trods kraftige Protester derind. Der var ikke sket noget videre, for de havde været 
+3) saa forsynlige at sætte Vinduerne paa Klem, saa de fløj op i Stedet for at sprænges, men en stor Ejendom paa Hjørnet af Vestergade og Klaregade var brændt og J.G. Jakobsens Bagside og Guldsmed Christophersens Baghus var ødelagt, saa det var jo paa nærmeste Hold, Kæreste troede, hendes Trommehinder var sprængt, hun kunde ikke høre længe efter, Kontorruderne, som de omsider havde faaet i efter at have gaaet i Mørke i 8 Dage med det dejligste Solskin udenfor, var naturligvis røget igen; Mor blev saa inde om Natten og da bombede Danskerne et Par Fabrikker i Byens Udkant og saa kunde de ikke afvente Schalburgernes næste Modsvar, alle flygtede fra Byens Midte, Far og Mor fik i Huj og Hast et Klædeskab med Tøj, en Kuffert med Sølvtøj o.lign. anbragt ude omkring og tog herned om Aftenen, og siden har Mor saa boet i Sommerlejligheden og Far og Kæreste er rejst frem og tilbage Morgen og Aften, der var ikke eet Menneske i deres eller de tilstødende Ejendomme i den Tid, men der er ikke sket noget og nu er Folk begyndt at flytte ind igen og de var besluttet paa at rejse hjem til 1 Juli skønt vi godt kunde huse dem med 2 ledige Pigeværelser, men saa i Tirsdags blev Mor syg med Hoved og Halspine og Onsdag laa hun med 40,1 og var meget daarlig med en rygende Angina, Torsdag var hun ved Hjælp af Piller lidt bedre og Fredag flyttede vi hende i Ambulance herop, de skulde jo ud af Lejligheden til Lørdag, hun vilde absolut hjem, men det var jo den rene Elendighed at faa hende derud og ligge, Kæreste blev hernede for at passe hende og heldigvis dukkede saa Ester (Pigen) op Torsdag og gik i Arbejde Fredag, det lysnede svært paa det hele. Lørdag kom saa Far om Eftermiddagen og en Kusine til mig, hvis Forældre var taget til København, hun skulde være taget om til dem Lørdag, men kunde altsaa ikke komme afsted og var muttersalene og vi havde saa en helt rar Søndag, Mor var meget bedre og lidt oppe og Vejret var ogsaa
+4) dejligt, ganske vist var vi til Besses Begravelse paa Drigstrup Kirkegaard om Eftermiddagen, det var meget sørgeligt, hun havde lige været paa Pilegaarden, heldigvis naaede alle hendes Søskende hertil til Begravelsen trods en Masse Genvordigheder, Trylle og Gudrun vidste ikke engang om Meddelelsen om Tid og Sted for Begravelsen var naaet frem til dem. Trylles 40Aars Fødselsdag skulde have været fejret i Morgen med hele Familien og os, det bliver der ikke noget af nu, de fleste er rejst ved første Lejlighed hjem til deres Familie, sikke ogsaa Tilstande, Gudskelov de ikke bor i København. 
+I Dag er Mor rejst, og nu haaber jeg de faar nogenlunde Ro, hun kan ikke tage meget mere, men hun var utaalmodig efter at komme hjem og hygge lidt om dem, der ser jo ud af [ulæseligt ord] efter Rystelserne. Her er fredeligt, men vi følger spændt Begivenhedernes Udvikling, kun Las tager til Klax Fødselsdag Puf vil nødig tage herfra og desuden havde vi paa det Tidspunkt, da vi sagde nej, ingen Pige. Vi var paa Lindøgaard forleden, Tante Junge havde det forbausende godt, men ingen derfra tager til Rørdam, mon du faar Held til at komme over, vi skulde have Mornine i denne Maaned, men nu ved vi jo ikke hvordan alting gaar. 
+Nu tror jeg ikke, der er mere at berette, jeg er ogsaa bange for, det snart er ulæseligt, saa jeg vil slutte med Tusind Hilsner til jer begge fra
+alle her og jeres Else</t>
+  </si>
+  <si>
     <t>1949-05-24</t>
   </si>
   <si>
     <t>Hareskov St.
 Bakkevej 12</t>
   </si>
   <si>
     <t>Louise Brønsted
 Thora Cohn
 Adolph Larsen
 Andreas Larsen
 Grethe Larsen
 Henning Larsen
 Jeppe Larsen
 Johannes Larsen
 Martin Larsen
 Kirsten Larsen, Elena Larsens veninde
 Else Larsen, Else, Andreas Larsens kone
 Ellen  Sawyer
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter
 Andreas Warberg
 Minna Warberg
 Laura Warberg Petersen</t>
@@ -4806,1175 +6034,50 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
-  </si>
-[...1123 lines deleted...]
-Mange Hilsener fra Far.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6051,59 +6154,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jqgI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hg0W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oyu0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ir3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hDhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2Io" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Vzls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZljA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oTUG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5i3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RK6E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5W73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fM7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jFQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lL9E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fnJm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/87NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kpam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lRwR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCtlDz8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzNv6xBt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0SUh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFOV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ljUL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lx7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Emyd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnrN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OpS1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Kz3r8JCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9jSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9kvOQSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B3iq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QtzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XZSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdQb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/A622cSGK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eQoJvbFY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AbIwK2ds" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hBq1uNhk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KRmo1USA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/s5dKk7Qe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dWj7jadr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SMnMcBiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pqRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bKZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjs2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgBP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2n2C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRMF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HMSQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9QO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z5rm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BFJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC7P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PbPG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSk2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySm8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbnR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kuu5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N4zH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9t6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gi9G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dEZS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M167"/>
+  <dimension ref="A1:M168"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6138,7500 +6241,7545 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>32</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="I4" s="5"/>
+        <v>35</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
       <c r="J4" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>46</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>52</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>58</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H8" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>67</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>50</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        </is>
+        <v>70</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="M9" s="5"/>
+        <v>73</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>80</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>82</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>83</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>55</v>
+        <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H11" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="I11" s="5"/>
-      <c r="J11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J11" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>56</v>
+        <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="M11" s="5"/>
+        <v>87</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>58</v>
+        <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D12" s="5" t="inlineStr">
-[...17 lines deleted...]
-        </is>
+      <c r="D12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>94</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="I13" s="5"/>
-      <c r="J13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>101</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="M13" s="5"/>
+        <v>102</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>64</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="I14" s="5"/>
-      <c r="J14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J14" s="5" t="s">
+        <v>100</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>65</v>
+        <v>106</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>107</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>67</v>
+        <v>109</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>110</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>38</v>
+        <v>115</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>116</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>117</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>69</v>
+        <v>118</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>119</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>73</v>
+        <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>75</v>
+        <v>122</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>76</v>
+        <v>123</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>77</v>
+        <v>124</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>79</v>
+        <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>80</v>
+        <v>41</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>125</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>126</v>
+      </c>
       <c r="J17" s="5" t="s">
-        <v>82</v>
+        <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>83</v>
+        <v>127</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>85</v>
+        <v>129</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>86</v>
+        <v>130</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>78</v>
+        <v>32</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>61</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>87</v>
+        <v>131</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>88</v>
+        <v>132</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>89</v>
+        <v>133</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>90</v>
+        <v>134</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>91</v>
+        <v>135</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>92</v>
+        <v>136</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>95</v>
+        <v>138</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>98</v>
+        <v>18</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>99</v>
+        <v>140</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>100</v>
+        <v>141</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>101</v>
+        <v>142</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>102</v>
+        <v>143</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>103</v>
+        <v>144</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>105</v>
+        <v>146</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>109</v>
+        <v>32</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>110</v>
+        <v>147</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>111</v>
+        <v>148</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>112</v>
+        <v>149</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>113</v>
+        <v>150</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>114</v>
+        <v>151</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>115</v>
+        <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>116</v>
+        <v>153</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>94</v>
+        <v>154</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>106</v>
-[...8 lines deleted...]
-        <v>118</v>
+        <v>155</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>121</v>
+      <c r="H21" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L21" s="6" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>124</v>
+        <v>158</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>17</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I22" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>127</v>
+        <v>100</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>129</v>
+        <v>160</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>130</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>131</v>
+        <v>162</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>163</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H23" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
-        <v>134</v>
+        <v>165</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>135</v>
+        <v>166</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>136</v>
+        <v>167</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>106</v>
+        <v>170</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>61</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="s">
-        <v>109</v>
+        <v>171</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H24" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>141</v>
+        <v>174</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>144</v>
+        <v>177</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>145</v>
+        <v>178</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>98</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H25" s="5" t="s">
+        <v>179</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>146</v>
+        <v>180</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>147</v>
+        <v>181</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>148</v>
+        <v>182</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>149</v>
+        <v>183</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>150</v>
+        <v>184</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>17</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H26" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>152</v>
+        <v>186</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>153</v>
+        <v>187</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>154</v>
+        <v>188</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>155</v>
+        <v>189</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>156</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>157</v>
+        <v>191</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>96</v>
+        <v>155</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>97</v>
+        <v>193</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>160</v>
+        <v>194</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>161</v>
+        <v>195</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>162</v>
+        <v>196</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>163</v>
+        <v>197</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>164</v>
+        <v>198</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>165</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>157</v>
+        <v>200</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>107</v>
+        <v>76</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>166</v>
+        <v>201</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-        </is>
+        <v>202</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>203</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>167</v>
+        <v>204</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>168</v>
+        <v>205</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>169</v>
+        <v>206</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>170</v>
+        <v>207</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>171</v>
+        <v>208</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>172</v>
+        <v>209</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>173</v>
+        <v>210</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>107</v>
+        <v>98</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>174</v>
+        <v>18</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H29" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H29" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>176</v>
+        <v>100</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>177</v>
+        <v>212</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>178</v>
+        <v>213</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>179</v>
+        <v>214</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>180</v>
+        <v>215</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>160</v>
+        <v>97</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>217</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>95</v>
+        <v>218</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>152</v>
+        <v>219</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>184</v>
+        <v>220</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>185</v>
+        <v>221</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>187</v>
+        <v>223</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>188</v>
+        <v>224</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>95</v>
+        <v>225</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>226</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>227</v>
+      </c>
+      <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
-        <v>193</v>
+        <v>228</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>194</v>
+        <v>229</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>195</v>
+        <v>230</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>196</v>
+        <v>231</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>197</v>
+        <v>232</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>160</v>
+        <v>216</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>198</v>
+        <v>233</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G32" s="5" t="s">
-        <v>199</v>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>200</v>
+        <v>234</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>201</v>
+        <v>235</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>203</v>
+        <v>236</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>204</v>
+        <v>237</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>205</v>
+        <v>238</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>206</v>
+        <v>239</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>19</v>
+        <v>240</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>71</v>
-[...9 lines deleted...]
-        </is>
+        <v>98</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>241</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>207</v>
-[...3 lines deleted...]
-      </c>
+        <v>242</v>
+      </c>
+      <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>73</v>
+        <v>228</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>209</v>
+        <v>243</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>210</v>
+        <v>244</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>211</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>212</v>
+        <v>246</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>213</v>
+        <v>247</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>214</v>
+        <v>248</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>215</v>
+        <v>249</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>217</v>
+        <v>250</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>218</v>
+        <v>251</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>219</v>
+        <v>252</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>222</v>
-[...5 lines deleted...]
-        <v>224</v>
+        <v>97</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>225</v>
+        <v>254</v>
       </c>
       <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>227</v>
+        <v>255</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>228</v>
+        <v>256</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>229</v>
+        <v>257</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>230</v>
+        <v>258</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>213</v>
+        <v>259</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>231</v>
+        <v>260</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>232</v>
+        <v>261</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>234</v>
+        <v>262</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>235</v>
+        <v>263</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>236</v>
+        <v>264</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>237</v>
+        <v>265</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>238</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>239</v>
+        <v>266</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>240</v>
+        <v>267</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>242</v>
+        <v>268</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>243</v>
+        <v>269</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>244</v>
+        <v>270</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>245</v>
+        <v>271</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>246</v>
+        <v>97</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>247</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>248</v>
+        <v>272</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>249</v>
+        <v>273</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>250</v>
+        <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>251</v>
+        <v>274</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>252</v>
+        <v>275</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>253</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>254</v>
+        <v>277</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>278</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>255</v>
-[...3 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
-        <v>257</v>
+        <v>228</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>259</v>
+        <v>281</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>189</v>
+        <v>216</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>263</v>
+        <v>285</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>264</v>
+        <v>286</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>265</v>
+        <v>287</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>266</v>
+        <v>288</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>267</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>189</v>
-[...7 lines deleted...]
-        </is>
+        <v>155</v>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>291</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>269</v>
+        <v>292</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>270</v>
+        <v>293</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>271</v>
+        <v>294</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>272</v>
+        <v>295</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>273</v>
+        <v>296</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>274</v>
+        <v>297</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>275</v>
+        <v>298</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>95</v>
+        <v>278</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>277</v>
+        <v>259</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>278</v>
+        <v>299</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>279</v>
+        <v>300</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>280</v>
+        <v>301</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>281</v>
+        <v>302</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>282</v>
+        <v>303</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>283</v>
+        <v>304</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>95</v>
+        <v>305</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>189</v>
+        <v>306</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>284</v>
+      <c r="G43" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="H43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I43" s="5" t="s">
-        <v>285</v>
+        <v>308</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>286</v>
+        <v>309</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>287</v>
+        <v>310</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>288</v>
+        <v>311</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>95</v>
+        <v>240</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>278</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="I44" s="5"/>
       <c r="J44" s="5" t="s">
-        <v>193</v>
+        <v>228</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>292</v>
+        <v>314</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>293</v>
+        <v>315</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>294</v>
+        <v>316</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>213</v>
+        <v>259</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="I45" s="5"/>
+        <v>317</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>318</v>
+      </c>
       <c r="J45" s="5" t="s">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>297</v>
+        <v>319</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>298</v>
+        <v>320</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>299</v>
+        <v>321</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>300</v>
+        <v>322</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>16</v>
+        <v>216</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>301</v>
+        <v>323</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>302</v>
+        <v>324</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>303</v>
+        <v>325</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>304</v>
+        <v>326</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>305</v>
+        <v>327</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>306</v>
+        <v>328</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>307</v>
+        <v>329</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>308</v>
+        <v>241</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="s">
-        <v>309</v>
+        <v>330</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>310</v>
+        <v>331</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>311</v>
+        <v>332</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>20</v>
+        <v>142</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>312</v>
+        <v>333</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>314</v>
+        <v>335</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>315</v>
+        <v>336</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>337</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H48" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I48" s="5"/>
       <c r="J48" s="5" t="s">
-        <v>193</v>
+        <v>338</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>318</v>
+        <v>339</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>319</v>
+        <v>340</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>320</v>
+        <v>341</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>321</v>
+        <v>342</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>276</v>
+        <v>306</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>213</v>
+        <v>241</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G49" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>322</v>
+        <v>344</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>323</v>
+        <v>345</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>193</v>
+        <v>142</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>324</v>
+        <v>346</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>325</v>
+        <v>347</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>326</v>
+        <v>348</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>96</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>216</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H50" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
-        <v>330</v>
+        <v>220</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>96</v>
+        <v>225</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>198</v>
+        <v>354</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>335</v>
+        <v>355</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>336</v>
+        <v>356</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>337</v>
+        <v>220</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>339</v>
+        <v>358</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>341</v>
+        <v>360</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>96</v>
+        <v>216</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>213</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>17</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>349</v>
+        <v>367</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>369</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>370</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>350</v>
+        <v>371</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>351</v>
+        <v>372</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>352</v>
+        <v>373</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>20</v>
+        <v>374</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>353</v>
+        <v>375</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>354</v>
+        <v>376</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>355</v>
+        <v>377</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>356</v>
+        <v>378</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>222</v>
+        <v>379</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>357</v>
-[...4 lines deleted...]
-        </is>
+        <v>380</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I54" s="5"/>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>382</v>
+      </c>
       <c r="J54" s="5" t="s">
-        <v>359</v>
-[...2 lines deleted...]
-        <v>360</v>
+        <v>383</v>
+      </c>
+      <c r="K54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L54" s="6" t="s">
-        <v>361</v>
+        <v>384</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>362</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>363</v>
+        <v>386</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>222</v>
-[...9 lines deleted...]
-        </is>
+        <v>379</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>365</v>
+        <v>390</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>359</v>
+        <v>391</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>366</v>
+        <v>392</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>367</v>
+        <v>393</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>368</v>
+        <v>394</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="C56" s="5" t="s">
         <v>369</v>
       </c>
-      <c r="B56" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D56" s="5" t="s">
-        <v>189</v>
+        <v>379</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>370</v>
-[...4 lines deleted...]
-        </is>
+        <v>396</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>397</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>371</v>
+        <v>389</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>372</v>
+        <v>398</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>193</v>
+        <v>399</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>373</v>
+        <v>400</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>374</v>
+        <v>401</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>375</v>
+        <v>402</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>376</v>
+        <v>403</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>189</v>
+        <v>379</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>377</v>
-[...4 lines deleted...]
-        </is>
+        <v>404</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="s">
-        <v>378</v>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I57" s="5" t="s">
-        <v>379</v>
+        <v>406</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>193</v>
+        <v>407</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>380</v>
+        <v>408</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>381</v>
+        <v>409</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>382</v>
+        <v>410</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>383</v>
+        <v>411</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>189</v>
+        <v>379</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>384</v>
-[...4 lines deleted...]
-        </is>
+        <v>412</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="s">
-        <v>385</v>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I58" s="5" t="s">
-        <v>386</v>
+        <v>413</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>193</v>
+        <v>414</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>387</v>
+        <v>415</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>388</v>
+        <v>416</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>389</v>
+        <v>417</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>390</v>
+        <v>411</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>189</v>
-[...9 lines deleted...]
-        </is>
+        <v>379</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>412</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>418</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-        <v>391</v>
+        <v>419</v>
+      </c>
+      <c r="K59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L59" s="6" t="s">
-        <v>392</v>
-[...3 lines deleted...]
-      </c>
+        <v>420</v>
+      </c>
+      <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>394</v>
+        <v>421</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>221</v>
+        <v>369</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>95</v>
-[...9 lines deleted...]
-        </is>
+        <v>379</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H60" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I60" s="5"/>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>423</v>
+      </c>
       <c r="J60" s="5" t="s">
-        <v>395</v>
+        <v>424</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>396</v>
+        <v>425</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>397</v>
+        <v>426</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>398</v>
+        <v>427</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>399</v>
+        <v>428</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>189</v>
+        <v>379</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-        </is>
+        <v>429</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>397</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H61" s="5" t="s">
-        <v>400</v>
+      <c r="H61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I61" s="5" t="s">
-        <v>401</v>
+        <v>430</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>193</v>
+        <v>431</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>402</v>
+        <v>432</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>403</v>
+        <v>433</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>404</v>
+        <v>434</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>405</v>
+        <v>435</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>189</v>
+        <v>379</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-        </is>
+        <v>429</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H62" s="5" t="s">
-        <v>406</v>
+      <c r="H62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I62" s="5" t="s">
-        <v>407</v>
+        <v>436</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>193</v>
+        <v>431</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>408</v>
+        <v>437</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>409</v>
+        <v>438</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>410</v>
+        <v>439</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>411</v>
+        <v>440</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>95</v>
+        <v>369</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>96</v>
+        <v>379</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-        </is>
+        <v>441</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="s">
-        <v>412</v>
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I63" s="5" t="s">
-        <v>413</v>
+        <v>442</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>414</v>
+        <v>443</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>415</v>
+        <v>444</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>416</v>
+        <v>445</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>417</v>
+        <v>446</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>418</v>
+        <v>440</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>368</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>419</v>
+        <v>369</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>420</v>
+        <v>379</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-        </is>
+        <v>447</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="s">
-        <v>421</v>
+      <c r="H64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I64" s="5" t="s">
-        <v>422</v>
+        <v>448</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>423</v>
-[...2 lines deleted...]
-        <v>424</v>
+        <v>449</v>
+      </c>
+      <c r="K64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L64" s="6" t="s">
-        <v>425</v>
+        <v>450</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>426</v>
+        <v>451</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>427</v>
+        <v>452</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I65" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I65" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>456</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="M65" s="5"/>
+        <v>457</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>458</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>429</v>
+        <v>459</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>460</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I66" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I66" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>464</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>465</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>431</v>
+        <v>466</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>467</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>432</v>
-[...10 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>472</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="M67" s="5"/>
+        <v>473</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>474</v>
+      </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>434</v>
+        <v>466</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>435</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>435</v>
-[...5 lines deleted...]
-        </is>
+        <v>476</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>436</v>
+        <v>479</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>480</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>481</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>438</v>
+        <v>482</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>435</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>485</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>436</v>
+        <v>486</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="M69" s="5"/>
+        <v>487</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>488</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>440</v>
+        <v>489</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>491</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I70" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I70" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>493</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>41</v>
+        <v>494</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="M70" s="5"/>
+        <v>495</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>496</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>442</v>
+        <v>489</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>443</v>
+        <v>369</v>
       </c>
       <c r="I71" s="5"/>
-      <c r="J71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J71" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>497</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="M71" s="5"/>
+        <v>498</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>499</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>445</v>
+        <v>500</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>503</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H72" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>447</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>507</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>508</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>448</v>
+        <v>509</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>503</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>449</v>
-[...10 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>512</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>450</v>
-[...1 lines deleted...]
-      <c r="M73" s="5"/>
+        <v>513</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>514</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>451</v>
+        <v>515</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>37</v>
+        <v>368</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-        </is>
+        <v>369</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>503</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>519</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>520</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>521</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>454</v>
+        <v>522</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>455</v>
-[...10 lines deleted...]
-        </is>
+        <v>524</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>456</v>
-[...1 lines deleted...]
-      <c r="M75" s="5"/>
+        <v>527</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>528</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>457</v>
+        <v>529</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>530</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>458</v>
-[...10 lines deleted...]
-        </is>
+        <v>531</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="M76" s="5"/>
+        <v>534</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>535</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>460</v>
+        <v>536</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>37</v>
+        <v>154</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H77" s="5" t="s">
-        <v>461</v>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I77" s="5"/>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L77" s="6" t="s">
-        <v>462</v>
+        <v>537</v>
       </c>
       <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>463</v>
+        <v>538</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>246</v>
-[...1 lines deleted...]
-      <c r="D78" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H78" s="5" t="s">
-[...9 lines deleted...]
-        <v>467</v>
+      <c r="H78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I78" s="5"/>
+      <c r="J78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L78" s="6" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>539</v>
+      </c>
+      <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>470</v>
+        <v>540</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>471</v>
+        <v>216</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>224</v>
+        <v>530</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G79" s="5" t="s">
-        <v>472</v>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>473</v>
+        <v>541</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>474</v>
+        <v>542</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>475</v>
+        <v>543</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>476</v>
+        <v>544</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>477</v>
+        <v>545</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>478</v>
+        <v>546</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>479</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>548</v>
       </c>
       <c r="H80" s="5" t="s">
-        <v>481</v>
+        <v>549</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>482</v>
+        <v>550</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>483</v>
+        <v>21</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>484</v>
+        <v>551</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>485</v>
+        <v>552</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>486</v>
+        <v>553</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>487</v>
+        <v>554</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>94</v>
+        <v>555</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>107</v>
+        <v>467</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>18</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H81" s="5" t="s">
+        <v>556</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>490</v>
+        <v>557</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>491</v>
-[...4 lines deleted...]
-        </is>
+        <v>558</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>559</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>492</v>
+        <v>560</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>493</v>
+        <v>561</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>494</v>
+        <v>562</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>107</v>
+        <v>225</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>530</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H82" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H82" s="5" t="s">
+        <v>563</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>496</v>
+        <v>564</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>497</v>
+        <v>220</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>498</v>
+        <v>565</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>499</v>
+        <v>566</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>500</v>
+        <v>567</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>501</v>
+        <v>568</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>106</v>
+        <v>240</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>503</v>
+        <v>97</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H83" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H83" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>505</v>
+        <v>569</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>506</v>
+        <v>570</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>507</v>
+        <v>571</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>508</v>
+        <v>572</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>509</v>
+        <v>573</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>160</v>
+        <v>61</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>510</v>
+        <v>574</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>182</v>
+        <v>17</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>183</v>
+        <v>575</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H84" s="5" t="s">
+        <v>576</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>511</v>
+        <v>577</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>512</v>
+        <v>578</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>513</v>
+        <v>579</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>514</v>
+        <v>580</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>515</v>
+        <v>581</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>516</v>
+        <v>582</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>107</v>
+        <v>225</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>530</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H85" s="5" t="s">
+        <v>583</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>518</v>
+        <v>584</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>519</v>
+        <v>220</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>520</v>
+        <v>585</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>521</v>
+        <v>586</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>522</v>
+        <v>587</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>523</v>
+        <v>588</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>222</v>
+        <v>589</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>97</v>
+        <v>590</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H86" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I86" s="5"/>
+      <c r="H86" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>592</v>
+      </c>
       <c r="J86" s="5" t="s">
-        <v>359</v>
+        <v>220</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>524</v>
+        <v>593</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>525</v>
+        <v>594</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>526</v>
+        <v>595</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>527</v>
+        <v>596</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>528</v>
+        <v>97</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>529</v>
+        <v>216</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G87" s="5" t="s">
-        <v>530</v>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>531</v>
-[...1 lines deleted...]
-      <c r="I87" s="5"/>
+        <v>597</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>598</v>
+      </c>
       <c r="J87" s="5" t="s">
-        <v>532</v>
+        <v>220</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>533</v>
+        <v>599</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>534</v>
+        <v>600</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>535</v>
+        <v>601</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>536</v>
+        <v>602</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>537</v>
+        <v>603</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>604</v>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G88" s="5" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="I88" s="5"/>
       <c r="J88" s="5" t="s">
-        <v>202</v>
+        <v>606</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>540</v>
+        <v>607</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>541</v>
+        <v>608</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>542</v>
+        <v>609</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>543</v>
+        <v>610</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>107</v>
+        <v>225</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>545</v>
+        <v>611</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>110</v>
-[...3 lines deleted...]
-      </c>
+        <v>612</v>
+      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
-        <v>547</v>
+        <v>220</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>548</v>
+        <v>613</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>549</v>
+        <v>614</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>550</v>
+        <v>615</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>551</v>
+        <v>616</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>106</v>
+        <v>155</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>170</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H90" s="5" t="s">
+        <v>617</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>553</v>
+        <v>618</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>554</v>
+        <v>619</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>555</v>
+        <v>620</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>556</v>
+        <v>621</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>557</v>
+        <v>622</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>558</v>
+        <v>623</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>277</v>
+        <v>611</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>559</v>
+        <v>624</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>560</v>
+        <v>625</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>193</v>
+        <v>220</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>561</v>
+        <v>626</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>562</v>
+        <v>627</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>563</v>
+        <v>628</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>564</v>
+        <v>629</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>96</v>
+        <v>32</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>630</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>565</v>
-[...1 lines deleted...]
-      <c r="I92" s="5"/>
+        <v>631</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>632</v>
+      </c>
       <c r="J92" s="5" t="s">
-        <v>566</v>
+        <v>142</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>567</v>
+        <v>633</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>568</v>
+        <v>634</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>569</v>
+        <v>635</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>570</v>
+        <v>636</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>357</v>
+        <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>637</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>571</v>
-[...1 lines deleted...]
-      <c r="I93" s="5"/>
+        <v>638</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>639</v>
+      </c>
       <c r="J93" s="5" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>572</v>
+        <v>640</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>573</v>
+        <v>641</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>574</v>
+        <v>642</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>575</v>
+        <v>643</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>95</v>
+        <v>32</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>576</v>
+        <v>644</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G94" s="5" t="s">
+        <v>645</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>577</v>
-[...1 lines deleted...]
-      <c r="I94" s="5"/>
+        <v>646</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>647</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>578</v>
+        <v>142</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>579</v>
+        <v>648</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>580</v>
+        <v>649</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>581</v>
+        <v>650</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>582</v>
+        <v>651</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>276</v>
+        <v>97</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>583</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>584</v>
-[...1 lines deleted...]
-      <c r="I95" s="5"/>
+        <v>652</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>653</v>
+      </c>
       <c r="J95" s="5" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>585</v>
+        <v>654</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>586</v>
+        <v>655</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>587</v>
+        <v>656</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>588</v>
+        <v>657</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>276</v>
+        <v>32</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>95</v>
-[...9 lines deleted...]
-        </is>
+        <v>658</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>660</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>661</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>226</v>
+        <v>558</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>590</v>
+        <v>662</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>591</v>
+        <v>663</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>592</v>
+        <v>664</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>593</v>
+        <v>665</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>594</v>
+        <v>666</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G97" s="5" t="s">
+        <v>667</v>
       </c>
       <c r="H97" s="5" t="s">
-        <v>595</v>
+        <v>668</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>596</v>
+        <v>669</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>597</v>
+        <v>670</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>598</v>
+        <v>671</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>599</v>
+        <v>672</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>600</v>
+        <v>673</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>471</v>
-[...10 lines deleted...]
-        <v>601</v>
+        <v>674</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>602</v>
+        <v>676</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>603</v>
+        <v>677</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>202</v>
+        <v>142</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>604</v>
+        <v>678</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>605</v>
+        <v>679</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>606</v>
+        <v>680</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>607</v>
+        <v>681</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>674</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="s">
-        <v>609</v>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>610</v>
+        <v>682</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>611</v>
+        <v>683</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>20</v>
+        <v>142</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>612</v>
+        <v>684</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>613</v>
+        <v>685</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>614</v>
+        <v>686</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>615</v>
+        <v>687</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>213</v>
+        <v>16</v>
+      </c>
+      <c r="D100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>616</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>688</v>
+      </c>
+      <c r="I100" s="5"/>
+      <c r="J100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>618</v>
+        <v>689</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>619</v>
-[...3 lines deleted...]
-      </c>
+        <v>690</v>
+      </c>
+      <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>621</v>
+        <v>691</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>16</v>
+      </c>
+      <c r="D101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H101" s="5" t="s">
-[...6 lines deleted...]
-        <v>625</v>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K101" s="5" t="s">
-        <v>626</v>
+        <v>689</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>627</v>
-[...3 lines deleted...]
-      </c>
+        <v>692</v>
+      </c>
+      <c r="M101" s="5"/>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>629</v>
+        <v>693</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>213</v>
+        <v>16</v>
+      </c>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="s">
-[...6 lines deleted...]
-        <v>632</v>
+      <c r="H102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I102" s="5"/>
+      <c r="J102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K102" s="5" t="s">
-        <v>633</v>
+        <v>689</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>634</v>
-[...3 lines deleted...]
-      </c>
+        <v>694</v>
+      </c>
+      <c r="M102" s="5"/>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>636</v>
+        <v>695</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>510</v>
+        <v>32</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>213</v>
+        <v>696</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G103" s="5" t="s">
+        <v>697</v>
       </c>
       <c r="H103" s="5" t="s">
-        <v>637</v>
-[...3 lines deleted...]
-      </c>
+        <v>644</v>
+      </c>
+      <c r="I103" s="5"/>
       <c r="J103" s="5" t="s">
-        <v>639</v>
+        <v>21</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>640</v>
+        <v>698</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>641</v>
+        <v>699</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>642</v>
+        <v>700</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>643</v>
+        <v>701</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D104" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E104" s="5" t="s">
-        <v>350</v>
+      <c r="D104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="s">
-        <v>644</v>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>645</v>
-[...5 lines deleted...]
-        <v>20</v>
+        <v>702</v>
+      </c>
+      <c r="I104" s="5"/>
+      <c r="J104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K104" s="5" t="s">
-        <v>647</v>
+        <v>703</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>648</v>
-[...3 lines deleted...]
-      </c>
+        <v>704</v>
+      </c>
+      <c r="M104" s="5"/>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>650</v>
+        <v>705</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>651</v>
-[...8 lines deleted...]
-        <v>223</v>
+        <v>16</v>
+      </c>
+      <c r="D105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="s">
-[...6 lines deleted...]
-        <v>202</v>
+      <c r="H105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I105" s="5"/>
+      <c r="J105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K105" s="5" t="s">
-        <v>655</v>
+        <v>706</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>656</v>
-[...3 lines deleted...]
-      </c>
+        <v>707</v>
+      </c>
+      <c r="M105" s="5"/>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>658</v>
+        <v>708</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>222</v>
+        <v>32</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>223</v>
-[...7 lines deleted...]
-        </is>
+        <v>696</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>709</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>659</v>
-[...1 lines deleted...]
-      <c r="I106" s="5"/>
+        <v>644</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>710</v>
+      </c>
       <c r="J106" s="5" t="s">
-        <v>359</v>
+        <v>21</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>660</v>
+        <v>711</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>661</v>
+        <v>712</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>662</v>
+        <v>713</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>663</v>
+        <v>714</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>664</v>
+        <v>16</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>665</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>702</v>
+      </c>
+      <c r="I107" s="5"/>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K107" s="5" t="s">
-        <v>667</v>
+        <v>715</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>668</v>
-[...3 lines deleted...]
-      </c>
+        <v>716</v>
+      </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>670</v>
+        <v>717</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>189</v>
+        <v>32</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>594</v>
+        <v>696</v>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G108" s="5" t="s">
+        <v>718</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>671</v>
-[...3 lines deleted...]
-      </c>
+        <v>719</v>
+      </c>
+      <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>193</v>
+        <v>21</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>673</v>
+        <v>720</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>674</v>
+        <v>721</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>675</v>
+        <v>722</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>676</v>
+        <v>723</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>189</v>
+        <v>16</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>677</v>
-[...4 lines deleted...]
-        </is>
+        <v>32</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>724</v>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G109" s="5" t="s">
+        <v>725</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="I109" s="5"/>
+        <v>726</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>727</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>226</v>
+        <v>21</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>678</v>
+        <v>728</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>679</v>
+        <v>729</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>680</v>
+        <v>730</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>681</v>
+        <v>731</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>16</v>
+      </c>
+      <c r="D110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H110" s="5" t="s">
-        <v>682</v>
+      <c r="H110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I110" s="5"/>
-      <c r="J110" s="5" t="s">
-        <v>226</v>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K110" s="5" t="s">
-        <v>683</v>
+        <v>715</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>684</v>
-[...3 lines deleted...]
-      </c>
+        <v>732</v>
+      </c>
+      <c r="M110" s="5"/>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>681</v>
+        <v>733</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>594</v>
+        <v>16</v>
+      </c>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>686</v>
-[...5 lines deleted...]
-        <v>193</v>
+        <v>702</v>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>688</v>
+        <v>715</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>689</v>
-[...3 lines deleted...]
-      </c>
+        <v>734</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>501</v>
+        <v>735</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>189</v>
-[...2 lines deleted...]
-        <v>677</v>
+        <v>16</v>
+      </c>
+      <c r="D112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="s">
-        <v>106</v>
+      <c r="H112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I112" s="5"/>
-      <c r="J112" s="5" t="s">
-        <v>226</v>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K112" s="5" t="s">
-        <v>691</v>
+        <v>736</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>692</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="M112" s="5"/>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>694</v>
+        <v>738</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>695</v>
+        <v>154</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>222</v>
-[...5 lines deleted...]
-        <v>223</v>
+        <v>16</v>
+      </c>
+      <c r="D113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H113" s="5" t="s">
-[...6 lines deleted...]
-        <v>698</v>
+      <c r="H113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I113" s="5"/>
+      <c r="J113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K113" s="5" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>700</v>
-[...3 lines deleted...]
-      </c>
+        <v>739</v>
+      </c>
+      <c r="M113" s="5"/>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>702</v>
+        <v>740</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>703</v>
-[...7 lines deleted...]
-        </is>
+        <v>741</v>
+      </c>
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>742</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>705</v>
-[...3 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
-        <v>698</v>
+        <v>21</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>707</v>
+        <v>744</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>708</v>
+        <v>745</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>709</v>
+        <v>746</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>710</v>
+        <v>747</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>15</v>
+        <v>748</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>16</v>
+        <v>749</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>711</v>
+        <v>17</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="s">
-        <v>712</v>
+        <v>750</v>
       </c>
       <c r="H115" s="5" t="s">
-        <v>713</v>
+        <v>751</v>
       </c>
       <c r="I115" s="5"/>
       <c r="J115" s="5" t="s">
-        <v>20</v>
+        <v>752</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>714</v>
+        <v>753</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>715</v>
+        <v>754</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>716</v>
+        <v>755</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>717</v>
+        <v>756</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>71</v>
+        <v>97</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>19</v>
+        <v>225</v>
       </c>
       <c r="E116" s="5" t="s">
-        <v>223</v>
-[...5 lines deleted...]
-        <v>718</v>
+        <v>611</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>719</v>
+        <v>757</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>720</v>
+        <v>758</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>202</v>
+        <v>220</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>721</v>
+        <v>759</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>722</v>
+        <v>760</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>723</v>
+        <v>761</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>724</v>
+        <v>762</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>725</v>
+        <v>97</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>726</v>
-[...4 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="E117" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G117" s="5" t="s">
+        <v>763</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>727</v>
-[...1 lines deleted...]
-      <c r="I117" s="5"/>
+        <v>764</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>765</v>
+      </c>
       <c r="J117" s="5" t="s">
-        <v>73</v>
+        <v>142</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>728</v>
+        <v>766</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>729</v>
+        <v>767</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>730</v>
+        <v>768</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>731</v>
+        <v>769</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>732</v>
+        <v>16</v>
+      </c>
+      <c r="D118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>733</v>
-[...5 lines deleted...]
-        <v>735</v>
+        <v>702</v>
+      </c>
+      <c r="I118" s="5"/>
+      <c r="J118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K118" s="5" t="s">
-        <v>736</v>
+        <v>770</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      </c>
+        <v>771</v>
+      </c>
+      <c r="M118" s="5"/>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>739</v>
+        <v>772</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="D119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>740</v>
-[...8 lines deleted...]
-        <v>742</v>
+        <v>773</v>
+      </c>
+      <c r="I119" s="5"/>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L119" s="6" t="s">
-        <v>743</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="M119" s="5"/>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>745</v>
+        <v>775</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>70</v>
-[...5 lines deleted...]
-        <v>308</v>
+        <v>16</v>
+      </c>
+      <c r="D120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>746</v>
-[...8 lines deleted...]
-        <v>748</v>
+        <v>776</v>
+      </c>
+      <c r="I120" s="5"/>
+      <c r="J120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>749</v>
-[...3 lines deleted...]
-      </c>
+        <v>777</v>
+      </c>
+      <c r="M120" s="5"/>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>751</v>
+        <v>778</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>16</v>
+      </c>
+      <c r="D121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>752</v>
-[...8 lines deleted...]
-        <v>754</v>
+        <v>779</v>
+      </c>
+      <c r="I121" s="5"/>
+      <c r="J121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L121" s="6" t="s">
-        <v>755</v>
-[...3 lines deleted...]
-      </c>
+        <v>780</v>
+      </c>
+      <c r="M121" s="5"/>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>757</v>
+        <v>781</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>758</v>
-[...5 lines deleted...]
-        <v>198</v>
+        <v>16</v>
+      </c>
+      <c r="D122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>760</v>
-[...8 lines deleted...]
-        <v>763</v>
+        <v>782</v>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L122" s="6" t="s">
-        <v>764</v>
-[...3 lines deleted...]
-      </c>
+        <v>783</v>
+      </c>
+      <c r="M122" s="5"/>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>636</v>
+        <v>784</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>213</v>
+        <v>16</v>
+      </c>
+      <c r="D123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>766</v>
-[...8 lines deleted...]
-        <v>769</v>
+        <v>785</v>
+      </c>
+      <c r="I123" s="5"/>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L123" s="6" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>772</v>
+        <v>787</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>773</v>
-[...11 lines deleted...]
-        <v>774</v>
+        <v>16</v>
+      </c>
+      <c r="D124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>775</v>
+        <v>788</v>
       </c>
       <c r="I124" s="5"/>
-      <c r="J124" s="5" t="s">
-[...3 lines deleted...]
-        <v>776</v>
+      <c r="J124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L124" s="6" t="s">
-        <v>777</v>
-[...3 lines deleted...]
-      </c>
+        <v>789</v>
+      </c>
+      <c r="M124" s="5"/>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>773</v>
-[...11 lines deleted...]
-        <v>780</v>
+        <v>16</v>
+      </c>
+      <c r="D125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="I125" s="5"/>
-      <c r="J125" s="5" t="s">
-[...3 lines deleted...]
-        <v>782</v>
+      <c r="J125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L125" s="6" t="s">
-        <v>783</v>
-[...3 lines deleted...]
-      </c>
+        <v>792</v>
+      </c>
+      <c r="M125" s="5"/>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D126" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E126" s="5" t="s">
-[...3 lines deleted...]
-        <v>223</v>
+      <c r="D126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="I126" s="5"/>
-      <c r="J126" s="5" t="s">
-[...3 lines deleted...]
-        <v>787</v>
+      <c r="J126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L126" s="6" t="s">
-        <v>788</v>
-[...3 lines deleted...]
-      </c>
+        <v>795</v>
+      </c>
+      <c r="M126" s="5"/>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>238</v>
+        <v>216</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>792</v>
+        <v>797</v>
+      </c>
+      <c r="F127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>795</v>
+        <v>220</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>222</v>
+        <v>97</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>800</v>
-[...4 lines deleted...]
-        </is>
+        <v>216</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H128" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I128" s="5"/>
+      <c r="H128" s="5" t="s">
+        <v>804</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>805</v>
+      </c>
       <c r="J128" s="5" t="s">
-        <v>801</v>
+        <v>220</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-        <v>807</v>
+        <v>810</v>
+      </c>
+      <c r="D129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="I129" s="5"/>
-      <c r="J129" s="5" t="s">
-        <v>809</v>
+      <c r="J129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K129" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>811</v>
-[...1 lines deleted...]
-      <c r="M129" s="5" t="s">
         <v>812</v>
       </c>
+      <c r="M129" s="5"/>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>813</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>154</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>810</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="s">
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K130" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="L130" s="6" t="s">
         <v>814</v>
       </c>
-      <c r="H130" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>16</v>
+        <v>658</v>
       </c>
       <c r="D131" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F131" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G131" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="J131" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="K131" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="L131" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="M131" s="5" t="s">
         <v>821</v>
-      </c>
-[...29 lines deleted...]
-        <v>827</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>19</v>
+        <v>216</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>829</v>
+        <v>611</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>735</v>
+        <v>220</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>574</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>837</v>
+        <v>830</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>735</v>
+        <v>831</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>840</v>
+        <v>834</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>841</v>
+        <v>835</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="D134" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="K134" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="L134" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="M134" s="5" t="s">
         <v>842</v>
-      </c>
-[...29 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="B135" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="C135" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="J135" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="K135" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="L135" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="M135" s="5" t="s">
         <v>850</v>
-      </c>
-[...38 lines deleted...]
-        <v>855</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>246</v>
+        <v>97</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>61</v>
-[...7 lines deleted...]
-        <v>857</v>
+        <v>216</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="I136" s="5" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="J136" s="5" t="s">
-        <v>860</v>
+        <v>220</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>861</v>
+        <v>854</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>862</v>
+        <v>855</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>863</v>
+        <v>856</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>864</v>
+        <v>857</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>61</v>
+        <v>225</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>865</v>
+        <v>611</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>868</v>
-[...2 lines deleted...]
-        <v>869</v>
+        <v>220</v>
+      </c>
+      <c r="K137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L137" s="6" t="s">
-        <v>870</v>
+        <v>860</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>871</v>
+        <v>861</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>872</v>
+        <v>862</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>238</v>
+        <v>97</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>61</v>
+        <v>589</v>
       </c>
       <c r="E138" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="H138" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="I138" s="5" t="s">
         <v>865</v>
       </c>
-      <c r="F138" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="J138" s="5" t="s">
-        <v>876</v>
+        <v>220</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>879</v>
+        <v>868</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>150</v>
+        <v>869</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>106</v>
+        <v>644</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>658</v>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H139" s="5" t="s">
+        <v>870</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>881</v>
+        <v>871</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>882</v>
-[...4 lines deleted...]
-        </is>
+        <v>872</v>
+      </c>
+      <c r="K139" s="5" t="s">
+        <v>873</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>884</v>
+        <v>875</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>124</v>
+        <v>876</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>107</v>
+        <v>467</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>885</v>
+        <v>523</v>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H140" s="5" t="s">
+        <v>877</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>886</v>
-[...4 lines deleted...]
-        </is>
+        <v>878</v>
+      </c>
+      <c r="K140" s="5" t="s">
+        <v>879</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>887</v>
-[...1 lines deleted...]
-      <c r="M140" s="5"/>
+        <v>880</v>
+      </c>
+      <c r="M140" s="5" t="s">
+        <v>881</v>
+      </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>888</v>
+        <v>882</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>276</v>
+        <v>644</v>
       </c>
       <c r="E141" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="J141" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="K141" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="L141" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="M141" s="5" t="s">
         <v>889</v>
-      </c>
-[...26 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>95</v>
+        <v>891</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>276</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>892</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="I142" s="5"/>
+      <c r="J142" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="K142" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="L142" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="M142" s="5" t="s">
         <v>896</v>
-      </c>
-[...15 lines deleted...]
-        <v>899</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>900</v>
+        <v>897</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>276</v>
+        <v>644</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>213</v>
+        <v>898</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="J143" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="K143" s="5" t="s">
         <v>901</v>
       </c>
-      <c r="I143" s="5" t="s">
+      <c r="L143" s="6" t="s">
         <v>902</v>
       </c>
-      <c r="J143" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K143" s="5" t="s">
+      <c r="M143" s="5" t="s">
         <v>903</v>
-      </c>
-[...4 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D144" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="E144" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="F144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H144" s="5" t="s">
+        <v>905</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="J144" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K144" s="5" t="s">
         <v>907</v>
       </c>
-      <c r="D144" s="5" t="s">
+      <c r="L144" s="6" t="s">
         <v>908</v>
       </c>
-      <c r="E144" s="5" t="s">
+      <c r="M144" s="5" t="s">
         <v>909</v>
-      </c>
-[...26 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>15</v>
+        <v>225</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>703</v>
+        <v>611</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G145" s="5" t="s">
-        <v>917</v>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>918</v>
+        <v>911</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>919</v>
+        <v>912</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>920</v>
+        <v>913</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>921</v>
+        <v>914</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>922</v>
+        <v>915</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>923</v>
+        <v>916</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>16</v>
+        <v>467</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>97</v>
+        <v>611</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>924</v>
+        <v>917</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>925</v>
+        <v>918</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>20</v>
+        <v>919</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>927</v>
+        <v>921</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>928</v>
+        <v>922</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>929</v>
+        <v>923</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>842</v>
+        <v>467</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>930</v>
-[...2 lines deleted...]
-        <v>703</v>
+        <v>523</v>
+      </c>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>773</v>
+        <v>97</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>79</v>
+        <v>467</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>357</v>
+        <v>611</v>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>940</v>
+        <v>933</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>941</v>
+        <v>934</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>942</v>
+        <v>935</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>943</v>
+        <v>936</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>944</v>
+        <v>937</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>15</v>
+        <v>467</v>
       </c>
       <c r="E149" s="5" t="s">
-        <v>703</v>
+        <v>611</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>945</v>
+        <v>938</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>20</v>
+        <v>940</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>947</v>
+        <v>941</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>949</v>
+        <v>943</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>950</v>
+        <v>944</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>842</v>
-[...4 lines deleted...]
-        </is>
+        <v>467</v>
+      </c>
+      <c r="E150" s="5" t="s">
+        <v>523</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>951</v>
+        <v>945</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>952</v>
+        <v>946</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>953</v>
+        <v>947</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>954</v>
+        <v>948</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>955</v>
+        <v>949</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>956</v>
+        <v>950</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>957</v>
+        <v>951</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>222</v>
+        <v>16</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>95</v>
+        <v>658</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>958</v>
+        <v>952</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>959</v>
+        <v>953</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>960</v>
+        <v>886</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>961</v>
+        <v>954</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>95</v>
+        <v>644</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>79</v>
-[...8 lines deleted...]
-        <v>967</v>
+        <v>16</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>968</v>
+        <v>958</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>969</v>
+        <v>959</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>970</v>
+        <v>872</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>971</v>
+        <v>960</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>972</v>
+        <v>961</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>973</v>
+        <v>962</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>974</v>
+        <v>963</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>677</v>
+        <v>170</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>189</v>
+        <v>155</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>594</v>
+        <v>964</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="I153" s="5" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>193</v>
+        <v>967</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>977</v>
+        <v>968</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>978</v>
+        <v>969</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>979</v>
+        <v>970</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>980</v>
+        <v>971</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>16</v>
+        <v>972</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-        <v>982</v>
+        <v>658</v>
+      </c>
+      <c r="E154" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="F154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>983</v>
+        <v>973</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>20</v>
+        <v>872</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>987</v>
+        <v>977</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>988</v>
+        <v>978</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>842</v>
+        <v>16</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>247</v>
+        <v>658</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>97</v>
-[...2 lines deleted...]
-        <v>989</v>
+        <v>17</v>
+      </c>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>990</v>
+        <v>979</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>991</v>
+        <v>980</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>992</v>
+        <v>886</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>95</v>
+        <v>985</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>997</v>
+        <v>986</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>998</v>
+        <v>523</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>999</v>
+        <v>987</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1000</v>
+        <v>988</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>193</v>
+        <v>989</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1001</v>
+        <v>990</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1002</v>
+        <v>991</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1003</v>
+        <v>992</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1004</v>
+        <v>993</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-        </is>
+        <v>467</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-        <v>1005</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1006</v>
+        <v>994</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1007</v>
+        <v>995</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>202</v>
+        <v>996</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1008</v>
+        <v>997</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1009</v>
+        <v>998</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1010</v>
+        <v>999</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1011</v>
+        <v>1000</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>189</v>
+        <v>501</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>213</v>
+        <v>611</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1012</v>
+        <v>1001</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1013</v>
+        <v>1002</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>193</v>
+        <v>1003</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1014</v>
+        <v>1004</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1015</v>
+        <v>1005</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1016</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1017</v>
+        <v>1007</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>15</v>
+        <v>467</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>703</v>
-[...4 lines deleted...]
-        </is>
+        <v>611</v>
+      </c>
+      <c r="F159" s="5" t="s">
+        <v>1008</v>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1018</v>
+        <v>1009</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1019</v>
+        <v>1010</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>20</v>
+        <v>1011</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1020</v>
+        <v>1012</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1021</v>
+        <v>1013</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>821</v>
-[...4 lines deleted...]
-        </is>
+        <v>501</v>
+      </c>
+      <c r="E160" s="5" t="s">
+        <v>611</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1024</v>
+        <v>1016</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1025</v>
+        <v>1017</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>202</v>
+        <v>1018</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1027</v>
+        <v>1020</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1028</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1029</v>
+        <v>1015</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>189</v>
+        <v>467</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>357</v>
+        <v>611</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1030</v>
+        <v>1022</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1031</v>
+        <v>1023</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>193</v>
+        <v>1024</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1032</v>
+        <v>1025</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1033</v>
+        <v>1026</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1034</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1035</v>
+        <v>1028</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>15</v>
+        <v>97</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>16</v>
+        <v>467</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>97</v>
+        <v>611</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1036</v>
+        <v>1029</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1037</v>
+        <v>1030</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>20</v>
+        <v>1031</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1038</v>
+        <v>1032</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1039</v>
+        <v>1033</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1040</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1041</v>
+        <v>1035</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>95</v>
+        <v>1036</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>189</v>
+        <v>1037</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>357</v>
+        <v>1038</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
+        <v>1039</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1040</v>
+      </c>
+      <c r="J163" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="K163" s="5" t="s">
         <v>1042</v>
       </c>
-      <c r="I163" s="5" t="s">
+      <c r="L163" s="6" t="s">
         <v>1043</v>
       </c>
-      <c r="J163" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K163" s="5" t="s">
+      <c r="M163" s="5" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1047</v>
+        <v>1045</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>773</v>
+        <v>972</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-      <c r="G164" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="J164" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="K164" s="5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="L164" s="6" t="s">
         <v>1048</v>
       </c>
-      <c r="H164" s="5" t="s">
+      <c r="M164" s="5" t="s">
         <v>1049</v>
-      </c>
-[...13 lines deleted...]
-        <v>1053</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1054</v>
+        <v>1050</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>95</v>
+        <v>1051</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>189</v>
+        <v>76</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>198</v>
+        <v>1052</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I165" s="5"/>
+      <c r="J165" s="5" t="s">
+        <v>1054</v>
+      </c>
+      <c r="K165" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1056</v>
       </c>
-      <c r="J165" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K165" s="5" t="s">
+      <c r="M165" s="5" t="s">
         <v>1057</v>
-      </c>
-[...4 lines deleted...]
-        <v>1059</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>95</v>
+        <v>1051</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>997</v>
+        <v>76</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>357</v>
+        <v>1052</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="s">
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H166" s="5" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J166" s="5" t="s">
         <v>1061</v>
       </c>
-      <c r="H166" s="5" t="s">
+      <c r="K166" s="5" t="s">
         <v>1062</v>
       </c>
-      <c r="I166" s="5" t="s">
+      <c r="L166" s="6" t="s">
         <v>1063</v>
       </c>
-      <c r="J166" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K166" s="5" t="s">
+      <c r="M166" s="5" t="s">
         <v>1064</v>
-      </c>
-[...4 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>95</v>
+        <v>1066</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>96</v>
+        <v>1067</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>198</v>
+        <v>17</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
         <v>1068</v>
       </c>
       <c r="I167" s="5" t="s">
         <v>1069</v>
       </c>
       <c r="J167" s="5" t="s">
         <v>1070</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>1071</v>
       </c>
       <c r="L167" s="6" t="s">
         <v>1072</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>1073</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B168" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C168" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="D168" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>1075</v>
+      </c>
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H168" s="5" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="J168" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="K168" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="L168" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="M168" s="5" t="s">
+        <v>1081</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -13759,44 +13907,45 @@
     <hyperlink ref="M143" r:id="rId148"/>
     <hyperlink ref="M144" r:id="rId149"/>
     <hyperlink ref="M145" r:id="rId150"/>
     <hyperlink ref="M146" r:id="rId151"/>
     <hyperlink ref="M147" r:id="rId152"/>
     <hyperlink ref="M148" r:id="rId153"/>
     <hyperlink ref="M149" r:id="rId154"/>
     <hyperlink ref="M150" r:id="rId155"/>
     <hyperlink ref="M151" r:id="rId156"/>
     <hyperlink ref="M152" r:id="rId157"/>
     <hyperlink ref="M153" r:id="rId158"/>
     <hyperlink ref="M154" r:id="rId159"/>
     <hyperlink ref="M155" r:id="rId160"/>
     <hyperlink ref="M156" r:id="rId161"/>
     <hyperlink ref="M157" r:id="rId162"/>
     <hyperlink ref="M158" r:id="rId163"/>
     <hyperlink ref="M159" r:id="rId164"/>
     <hyperlink ref="M160" r:id="rId165"/>
     <hyperlink ref="M161" r:id="rId166"/>
     <hyperlink ref="M162" r:id="rId167"/>
     <hyperlink ref="M163" r:id="rId168"/>
     <hyperlink ref="M164" r:id="rId169"/>
     <hyperlink ref="M165" r:id="rId170"/>
     <hyperlink ref="M166" r:id="rId171"/>
     <hyperlink ref="M167" r:id="rId172"/>
+    <hyperlink ref="M168" r:id="rId173"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>