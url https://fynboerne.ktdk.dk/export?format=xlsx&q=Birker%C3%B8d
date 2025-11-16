--- v0 (2025-10-02)
+++ v1 (2025-11-16)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2608" uniqueCount="1618" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2642" uniqueCount="1639" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3361,50 +3361,101 @@
   <si>
     <t>Alhed Larsens fødselsdagsgave til Louise Brønsted er en middag på Paladshotellet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/nRVF</t>
   </si>
   <si>
     <t>[Fortrykt på postkortets billedside:]
 JANUS LA COUR: Ved Kallø Vig.
 [Fortrykt på kortets tekstside:]
 BREVKORT
 KUN for Adressen:
 Ifølge Postvæsnets Forordning maa Korrespondance ikke overskride denne Linie.
 Statens Museum 38. Stenders Forlag.
 [Skrevet med blyant og anden skrift end Alhed Larsens på kortets tekstside:]
 1915
 Fra Alhed Larsen
 [Skrevet med pen og Alhed Larsens skrift på kortets tekstside:]
 Fru Louise Brønsted
 Tornehave
 Birkerød
 Kære lille Lugge!
 Til Lykke! Er du tilfreds med vores Virksomhed? Min Fødsesdagsgave til Dig er Middag i Paladshotellet Fredag med Elle og Mag. Bare I nu kan. - Vil I nok have mig nogle Dage? 1000 Hilsner Be.</t>
   </si>
   <si>
+    <t>Laurentius Allerup
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Fibiger
+Camilla Kattrup
+Eline Kattrup
+Rasmus Kattrup
+Adolph Larsen
+Johanne Christine Larsen
+Julie Sophie Anette Augusta  Teisen
+Augusta Teisen, Viggos mor
+Andreas Warberg
+Minna Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Andreas/Dede Warberg og hans familie boede i Brædstrup. 
+Minna Kattrups far døde i 1914. Sølvbrylluppet hos Kattrup må således være på herregården Risinge ved Kerteminde. Denne ejedes af Minnas farbror, Rasmus Kattrup, og hans kone, Eline Katteup. 
+Lusitania-affæren refererer til sænkningen af det britiske passagerskib RMS Lusitania den 7. maj 1915 af den tyske ubåd U-20 ud for Irland. 1.198 mistede livet; herunder 128 amerikanere. Hændelsen skabte stor international forargelse, især i USA, og bidrog til at skifte den amerikanske opinion mod Tyskland, hvilket var en vigtig faktor i USAs senere indtræden i 1. Verdenskrig (diverse søgninger på nettet). 
+Busenfreund: Nær ven (ofte ment ironisk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3770</t>
+  </si>
+  <si>
+    <t>Louise/Muk Brønsted må tage penge af renterne til f.eks. et par handsker. 
+Laura Warberg er i Brædstrup. Fru Kattrup har været på besøg til en fiskemiddag. Laura Warberg går ture med Minna og den lille Torkild. Torkild er nem og sover meget. 
+Adolf/Agraren Larsen er genindkaldt, og Laura tænker på, om Johanne/Junge Larsen vil leje et par stuer ud imens. Fru Teisen driver nu pensionat i sit hus, for mange ønsker at holde ferie i Kerteminde.
+Andreas/Dede Warberg har vrøvl med en svindler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GT5r</t>
+  </si>
+  <si>
+    <t>[Med blyant på kuvertens forside:] 1915
+[Med blæk på kuvertens forside:]
+Fru Professorinde Brønsted
+cand. polyt
+"Tornehave"
+Birkerød St.
+[Med blæk i brevet:]
+Brædstrup d: 11/5 - 15
+Kære lille Muk!
+Minna, Dede og jeg selv sender Dig mange gode Ønsker og kærlig Lykønskning til Dagen! Vil Du ikke nok undskylde, at jeg gør mig det saa nemt med min beskedne Gave som at bede Dig holde 3 Kr. tilbage af de eventuelle Renter og købe Dig et Par Handsker eller lignende; samt desuden 1 Kr. til Deling mellem Lomme og Bes f Ex. til Planter i deres Have. Jeg kom herop i fredags og bliver til 2_den_ Paaskedag d.v.s. Lørdag rejser vi til Horsens og er der Pinsedag over. Fru Kattrup var hos os i Gaar til Middag i.F.a. en Gedde og en Ørred, som Dede havde med hjem fra en Fisketur langs Gudenaa i Søndags. - Her er saa yndigt og jeg nyder at gaae og drive den af; er hver Formiddag en lang Tur i den dejlige Skov, og om Efterm. en mindre med Minna og Torkild i sin Vogn, den han tilbringer sin næste Dag i med kun en 1 1/2 Times Afbrydelse, naar vi har spist saa faaer han Vælling X. Vognen staaer i deres Have og kan ses fra Køkkenet. Han er en forbausende god Dreng, jeg hører ham aldrig græde, han sover meget om Natten sine 12 Timer, faaer Kl. 6 en Taar og sover saa videre. Kommer i Bad i Køkkenet om Aftenen ["om Aftenen" indsat over linjen] og er henrykt i Balien. Han er saa tyk og solbrændt. Forældrene har det godt, de skal nu beynde paa Tennis med Fuldmægtig Eide og hans forlovede. Jeg bliver bedt en Del ud til Kaffe med Minna. Efter Kattrups Sølvbryllup i Søndags d: 17_de_ Juni kommer Dede Familien til mig vist en 14 Dages Tid, det bliver hans Sommerferie. Agraren blev indkaldt for nylig, maaske fortalte jeg Børnene det. Gud veed om Johanne saa ikke vil leje to Stuer ud i den Tid - Juni og Juli; der siges at blive vældig Rift om Sommerlejligheder i Kerteminde i Aar og Fru Teisens Villa skal være Pensionat. Allerup og Ville boer saa henrivende i det hvide Hus, Gud veed, om I viser Eder i Kerteminde i Aar? Du har vist et Par Lagner med stort slynget Navn og maaske ogsaa nok ["nok" indsat over linjen] et Underlagen med lille rødt Navn, ikke? - Vi er vældig betagne af Lusitania Affæren! - Dede har en Del Vrøvl med en væmmelig Kollega og en Mand, som har lavet noget Falskneri, hvem samme Kollega er Bussenfreund med. Her er Røre i hele Byen over det. - Nu Farvel lille Muk! Hils alle fra mig, ogsaa dem af Dine Gratulanter, jeg kender! Mor.
+[Indsat langs venstre margen s. 2; lodret:]
+og sidder i sin Stol eller ligger og sparker paa Gulvet.</t>
+  </si>
+  <si>
     <t>1915-10-28</t>
   </si>
   <si>
     <t>Carl Petersen, arkitekt</t>
   </si>
   <si>
     <t>Mads Rasmussen</t>
   </si>
   <si>
     <t>J. Amtoft
 Johannes Nicolaus Brønsted
 Carl  Knippel
 Johannes Larsen
 Karl Schou</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
   </si>
   <si>
     <t>Carl Petersen skriver om nogle andre byggeprojekter i Faaborg, som han håber at komme i betragtning til og forsikrer Mads Rasmussen for, at huset overfor museet skal blive et, man kan være bekendt at have liggende overfor Faaborg Museum. CP redegør for nogle regnskabsmæssige forhold vedrørende malerarbejdet i museet og nævner en del andre arbejder, han har fået tildelt rundt omkring i landet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Tm1U</t>
   </si>
   <si>
@@ -3615,50 +3666,123 @@
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Karl Madsen
 - Nissen
 Arvid Rørdam
 Christine Swane
 Maria von Sperling. g. Balslev
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Alhed Larsen er i Københavnsområdet og besøger diverse mennesker.</t>
   </si>
   <si>
     <t>Alhed Larsen har været til sin søster Tuttes fødselsdagsmiddag og til frokost med Tante og Max. Sidstnævnte var skuffede over ikke at have set Johannes Larsen i Kerteminde, men begejstrede for drivhuset og haven. 
 Alheds sangtimer hos Betram går fint.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tvZc</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Jeg sidder ude hos Marie og skriver. Jeg har ligget her i Nat. Vi var jo hos Tuttes i Aftes eller rettere til Middag Kl. 6 for at fejre hendes Fødselsdag. Det var fint og nydeligt og rigtig hyggeligt men gik lidt trøvt, der var et Par Vanløsefamilier, som var rigtig flinke men jo ganske ukendte for os. Det var ellers en meget anstrængende Dag og jeg var ked af at jeg maatte tage fra Birkerød i det bedaarende Vejr. Men Christine og jeg havde lovet os til Tante og Max til Frokost, saa vi maatte ind med det første Tog. Tante og Max var nu skuffede over slet ikke at have set Dig i Kerteminde, men de var vildt begejstrede over Haven, Drivhuset og det hele. Karl Madsen kommer her til Frokost Kl. 12 ½, vi skal have Agerhøns. Bertram kommer ogsaa. Min Time i Gaar gik saa udmærket, Bertram roste mig saa meget! Hun er en aldeles glimrende Lærerinde og det er en forfærdelig stor Fornøjelse at synge hos hende. Jeg sang endogsaa en lille Sang i Gaar, en af Wejses Romancer. I Aften skal vi til Gegge til Middag, Magisterens, Christine, Arvid Rørdam og jeg. I Moren kommer Marie Sperling og besøger mig, der er meget de sidste Dage. – Jeg kommer altsaa med 2 [tallet overstreget] 3 Toget paa Søndag og glæder mig meget til at se Jer. Jeg er meget spændt paa at se alle Blomsterne og det hele og glæder mig i det hele taget til at komme hjem igen. Nu er Kl. ligeved 12 ½ saa jeg maa slutte. Tak Gelsted for Brevet, jeg har bedt Hr. Nissen om at skaffe mig det sidste. 1000 Hilsner til Jer alle 3 og paa Gensyn. Din Alhed.
 Marie Hilser mange Gange
 Torsdag 27ende</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
   </si>
   <si>
     <t>Ca. 1918</t>
   </si>
   <si>
     <t>Alhed Larsen
 Christine Rasmussen</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Inga Nielsen</t>
   </si>
   <si>
     <t>Mads Rasmussen var formodentlig død, da datteren, Inga, blev konfirmeret. Takkekortet er kun påtrykt moderens navn.</t>
   </si>
   <si>
     <t>Håndskrevet: Alhed Larsen sender nøgler. Der er tomt uden drengene.
 Fortrykt: Tak for opmærksomheden ved Ingas konfirmation.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xdOe</t>
   </si>
@@ -6043,63 +6167,63 @@
     <t>Martin Haahr
 Andreas Larsen
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Johannes Larsens svaner (indkøbt i Hamburg Zoo) har ligget på en rede uden æg nogen tid.</t>
   </si>
   <si>
     <t>Johannes Larsen er på tur til Nymindegab og derefter på jagt efter kobbersnepper. Vejret er godt, og han har travlt med at male, så han kan komme hjem til Kerteminde igen.
 JL glæder sig over sønnen Pufs ihærdighed i skolen - venter også på Alhed Larsens opringning vedr. svanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dn3Q</t>
   </si>
   <si>
     <t>Kirkeby d. 17 Maj 1920.
 Kæreste Alhed!
 Jeg sender dette til Kjerteminde, da jeg er bange for at det ikke naar Dig i Birkerød. Vi havde en dejlig Tur til [Nymin]degab i Forgaars. Schiøler, Martin og jeg gik ud gennem Klitterne til Havet og langs Stranden dertil spiste i Kroen, gik paa Jagt efter Kobbersnepper og kørte med Jensen hjem. I Gaar var det godt Vejr og jeg fik malet paa et stort Billede som jeg haaber at faa færdigt i Dag, da det er stille og dejligt Vejr. Saa tager Martin ud med S. Du ringer mig vel op fra Kjrtmnde mellem 7-8 og fortæller om Svanerne. Det er morsomt at Puf hænger saadan i, det skal nok gaa ham godt. Naar nu bare Vejret vil holde nogle Dage skal jeg skal jeg nok faa malet en hel Del saa jeg snart kommer hjem. Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1920-05-20</t>
   </si>
   <si>
-    <t>Gösta -
-Else Birgitte Brønsted
+    <t>Else Birgitte Brønsted
 Grethe Jungstedt
+Kurt Jungstedt
 Drude Jørgensen
 Johan Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johan Larsen er netop kommet hjem til Kerteminde efter i lang tid at have været i Birkerød på hhv. besøg og kostskole. 
 At han- og hunsvanen slås i Larsens have har været diskuteret i flere breve. Johannes Larsen havde købt de to svaner i Hamburg Zoo.
 Mudi (Brønsted), Alheds niece, boede et års tid hos Alhed og Johannes Larsen.
-Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm.</t>
+Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm. Kurt J. kaldtes af nogle af Warberg-familiens medlemmer Gøsta.</t>
   </si>
   <si>
     <t>Alt stod godt til, da Alhed Larsen og hendes søn kom hjem. Ænderne er der. Svanerne opfører sig, som inden Alhed rejste.
 Grethe Sawyer har skrevet fra Stockholm. Hun syntes godt om sine svigerforældre.
 Drude og Elle(n) Sawyer vil til Paris i efteråret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/McLn</t>
   </si>
   <si>
     <t>Torsdag
 Kæreste Lavsi!
 Alt stod rigtig godt til, da vi kom hjem i Gaar. Lysse og jeg var strax en Runde over det hele. Alle 8 Krikænder og alle de andre er der (altsaa kun 3 Pibeænder, men kun de to Graaænder). [Ulæseligt ord], de har været nede at spise begge to i Dag. Svanerne opfører sig ganske som inden jeg rejste, de var ved Reden til Morgen og Hannen var [ordet overstreget] er rasende som før. Gud ved om det ikke har været Sludder med det Slagsmaal. Blomsterne har det ogsaa rigtig godt. Hanen ser pragtfuld ud. Lysse, Mudi og jeg har været hele Efterm. hos Mor, de var meget begejstrede for et Brev, der i Dag var kommen fra Stockholm fra Grethe, hun synes udmærket om Svigerforældrene, der aabenbart ogsaa synes godt om hende, de forkæler hende voldsomt. Drude og Elle har bestemt en Pariserrejse til Efteraaret, naar Gösta og Grethe kommer hjem fra Spanien, hvor de skal være i Sommermaanederne.
 Peter Hund har det ogsaa udmærket, han var lykkelig over os. – Bare dog nu det Vejr vil holde, i Gaar og i Dag har det været fint her, men i Aften ser det overtrukkent ud. Nu kun mange Hilsner fra Lysse og Din A.</t>
   </si>
   <si>
     <t>1920-05-29</t>
   </si>
   <si>
     <t>Valborg -
 Ane Marie Christiansdatter
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelmine  Larsen
@@ -7690,50 +7814,95 @@
   <si>
     <t>1927-10-27</t>
   </si>
   <si>
     <t>Th Hatt</t>
   </si>
   <si>
     <t>Modtageradressen er Christine Swanes sommerhus.</t>
   </si>
   <si>
     <t>Hatt vil gerne sætte tjærepap for vinduerne på sommerhuset, som Christine Swane har bedt ham om. Hatt er skuffet over, at Christine Swane ikke overholder deres aftale, om at afdrage sin gæld til ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/fhzy</t>
   </si>
   <si>
     <t>Rødkildevej 20,
 Torsdag 27-10
 Kære Fru Swane!
 Jeg har modtaget Deres Brev i Dag. – Jeg troede, at De allerede var flyttet ind til Byen, og adresserede derfor et Brev, jeg sendte Dem for nogle Dage siden, til Falkonerallé 5. Dette Brev har De maaske ikke faaet endnu?
 Som Svar paa Deres Brev i Dag maa jeg sige, at jeg skal komme ud og sømme Tjærepap for Vinduerne, naar De er flyttet ud af Huset. Det er sikkert den bedste Maade at holde Vandet ude, men det kan jo ikke godt ske , saa længe De bor der. – Hvad det angaar at komme og hjælpe Dem med Skorstenen, vil jeg gerne bede mig fritaget for det Stykke Arbejde – som jeg for Resten troede, De for længst havde gjort ved Keramikerens Hjælp – da jeg hverken har Tid eller Raad til at ofre en Dag + Togpenge paa det. Mon De ikke kan faa en Mand i Birkerød til at være Dem behjælpelig.
 I mit Brev, jeg skrev forleden Dag, udtrykte jeg min Skuffelse over ikke at have modtaget det lovede Afdrag til Oktober, og hvad angaar Sagen om Resten af mit Tilgodehavende, har jeg ikke andet at sige, end hvad jeg skrev i nævnte Brev.
 Vær saa venlig at lade mig vide, naar De flytter ind til Byen, og da skal jeg komme og sætte Pap for Vinduerne straks efter. 
 Med venlig Hilsen
 Th. Hatt</t>
+  </si>
+  <si>
+    <t>1930-05-22</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Frithiof Kemp
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>De "ædle Stuer" og "Badeværelser": Johannes Nicolaus og Louise Brønsted flyttede i 1930 ind i en fornem lejliged i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+De omtalte påfugle tilhørte formodentlig Johannes Larsen. Hans have stødte op til Ellen Sawyers. 
+Det vides ikke, hvem Fru L., Vibeke og Maj var. Gudrun kan være flere personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3797</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for et dejligt ophold hos Brønsted-familien i deres flotte hjem. Hun har arbejdet i haven, som nu er pæn. 
+Påfuglene jagter Ellens dværgkyllinger. Deres mor forsvarer dem.
+Ellen har haft rotter.
+Katten var glad for, at Ellen kom hjem.
+Adolf/Agraren Larsen drikker igen.
+Johannes Larsen skal bo hos Kemp "denne Gang".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63vE</t>
+  </si>
+  <si>
+    <t>22/5-1930
+Kære lille Lugge!
+Jeg er rigtignok længe om at komme med mit Takkebev, men det er vist, fordi jeg synes, det skal være saa grundigt og eftertrykkeligt og derfor fordrer lidt Ro og Tid, som jeg virkelig synes, jeg først har fundet i dette Øjeblik. - Ja, saa vil jeg da sige dig og jer alle Tak for de dejlie dage - - jeg nød dem, - at være sammen med jer og se jer saa vel og glade og at have Andel i jeres [ulæseligt ord] og Herlighed. Jeg var lidt melankolsk ved at rejse fra jer, - det er ogsaa mange Aar siden, jeg har været så længe sammen med jer - ikke siden Birkerød. - Nu fryder jeg mig ved at tænke paa jer i de Omgivelser - jeres ædle Stuer, jeres Badeværelser, jeres Landluft og Nattergale. - Det eneste aber (som jo alligevel selvfølgelig maa kaldes et plus) er, at I nu ikke trænger til vore Nattergale. M-e-en I kommer nok alligevel! Her er ogsaa yndigt. Lever en ogsaa godt ["Lever en ogsaa godt" indsat over linjen] Jeg har gaaet og arbejdet i min Have i Eftermiddag og Aften. Hvor er det yndigt, naar Aftenen falder paa med sine Lyde og sine Steder Hønen klukker sine Børn hjem i Seng, Solsortene synger, en Harmonika spiller et Sted og min nyslaaede Plæne dufter af Hø. Min lille Have er saa bedaarende i Aar, alle Frugttræerne blomstrer, - endog et gammelt fortræ'ent Blommetræer ["er" sidst i ordet overstreget], der aldrig giver sig af med den Slags Letsindigheder, har 4-5 Blomster. - Her var meget tilgroet med Skidt, - men nu er der pænt. Nu har jeg plantet 60 Porrer, 14 Cellerier, + Radiser idag. Ærter, Bønner, Spinat og Rædiker staar fint Nu mangler jeg kun Sommerplanterne
+De 5 Dværgkyllinger trives udmærket. Den lille Høne har det svært, det Skind, Paafuglene er efter hendes Børn og det er storartet at se hende puste sig op og gøre sig saa skrækindjagende, som hun kan og baske lige i Hovedet paa dem, saa de stamper afsted med hængende Hale. Her har ogsaa været Rotter, - de er ogsaa efter Kyllingerne. Jeg antager, de er kommet fordi Misser har været lukket inde paa Loftet med sin Killing. Jeg har fanget en modbydelig stor Rotte i en Fælde og lader nu Misser gaa frit omkring, saa nu haaber jeg de er væk igen. Lille Mis var lyksalig over at jeg kom igen. Den kom helt ned paa Vejen med oprejst Hale og tog mod mig, skønt det øsregnede. Lille Junge var ogsaa og tage i mod mig og jeg var saa ovre at spise til Aften hos hende. Agraren drikker endnu. Det er frygteligt. Men hun bærer det som en Helt. - Jeg var lige oppe at hilse paa Puf og Las. De har det godt Las siger han er nødt til at bo hos Kemp denne Gang. - Jeg savner vores Bridge. Hvor var det morsomt og hyggeligt. Jeg spillede med Gudrun og Fru L. forleden Aften, men jeg gider ikke rigtig spille med Ukyndige nu. 1000 Hilsner til jer alle Store og Små ogsaa Vibeke. Mest dig selv lille Lugge
+Elle
+[Indsat s. 4 i venstre margen; lodret:] Sig til Maj, - at jeg savner at blive drillet</t>
   </si>
   <si>
     <t>1930-07-06</t>
   </si>
   <si>
     <t>Elena Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Tornevangsvej Birkerød</t>
   </si>
   <si>
     <t>Hatla Helweg-Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Martin Larsen
 Peter Andreas Larsen
 Lars Swane
 Sigurd  Swane
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Lasse er færdig med eksamen, og Christine Swane har fået et stipendium, så hun spørger, om de må komme på besøg et par dage. 
 Johannes Larsen maler portræt af Fru Helweg-Larsen. 
@@ -9763,59 +9932,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M234"/>
+  <dimension ref="A1:M237"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -12808,7399 +12977,7532 @@
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>512</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="s">
         <v>513</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>514</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>515</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>516</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="B70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="D70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="E70" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="I70" s="5"/>
-      <c r="J70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>521</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="B71" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D71" s="5" t="s">
+      <c r="E71" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="E71" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5"/>
+      <c r="J71" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J71" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>16</v>
+        <v>532</v>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>533</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>534</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>535</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>536</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>444</v>
+        <v>16</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F73" s="5" t="s">
-        <v>445</v>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>539</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>540</v>
       </c>
       <c r="J73" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K73" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="K73" s="5" t="s">
+      <c r="L73" s="6" t="s">
         <v>542</v>
       </c>
-      <c r="L73" s="6" t="s">
+      <c r="M73" s="5" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="E74" s="5" t="s">
-        <v>546</v>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F74" s="5" t="s">
         <v>445</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="J74" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="J74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>549</v>
       </c>
-      <c r="K74" s="5" t="s">
+      <c r="M74" s="5" t="s">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
         <v>553</v>
       </c>
-      <c r="B75" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H75" s="5" t="s">
+      <c r="I75" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="I75" s="5" t="s">
+      <c r="J75" s="5" t="s">
         <v>555</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>556</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>557</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="D76" s="5" t="s">
+      <c r="I76" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="E76" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H76" s="5" t="s">
+      <c r="J76" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K76" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>563</v>
       </c>
-      <c r="J76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K76" s="5" t="s">
+      <c r="M76" s="5" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>444</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
         <v>445</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="J77" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="K77" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="J77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>570</v>
       </c>
-      <c r="K77" s="5" t="s">
+      <c r="M77" s="5" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>574</v>
-      </c>
-[...7 lines deleted...]
-        <v>561</v>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>575</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>576</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>577</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>578</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>580</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>113</v>
+        <v>444</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="s">
+        <v>445</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>561</v>
+        <v>581</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>21</v>
+        <v>583</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D81" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E81" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>592</v>
+        <v>574</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>598</v>
+        <v>113</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F82" s="5" t="s">
-        <v>26</v>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>599</v>
       </c>
-      <c r="I82" s="5"/>
+      <c r="I82" s="5" t="s">
+        <v>600</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>600</v>
+        <v>21</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>601</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>602</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="I83" s="5"/>
+        <v>605</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>606</v>
+      </c>
       <c r="J83" s="5" t="s">
-        <v>604</v>
+        <v>203</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>113</v>
+        <v>611</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>609</v>
-[...7 lines deleted...]
-        <v>610</v>
+        <v>17</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>611</v>
-[...1 lines deleted...]
-      <c r="I84" s="5" t="s">
         <v>612</v>
       </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>21</v>
+        <v>613</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>16</v>
+        <v>611</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="F85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
         <v>617</v>
       </c>
-      <c r="G85" s="5" t="s">
+      <c r="K85" s="5" t="s">
         <v>618</v>
       </c>
-      <c r="H85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>619</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>620</v>
-      </c>
-[...10 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>624</v>
+        <v>621</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>609</v>
+        <v>622</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="I86" s="5" t="s">
         <v>625</v>
-      </c>
-[...4 lines deleted...]
-        <v>627</v>
       </c>
       <c r="J86" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K86" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="M86" s="5" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>561</v>
+        <v>16</v>
       </c>
       <c r="E87" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="H87" s="5" t="s">
         <v>632</v>
       </c>
-      <c r="F87" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G87" s="5" t="s">
+      <c r="I87" s="5" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K87" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="L87" s="6" t="s">
         <v>635</v>
       </c>
-      <c r="L87" s="6" t="s">
+      <c r="M87" s="5" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="s">
         <v>638</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>639</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>640</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>641</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>642</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>644</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-        </is>
+        <v>574</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>645</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G89" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>645</v>
+        <v>16</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>653</v>
+        <v>203</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>654</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>655</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>657</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>445</v>
+        <v>574</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>658</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>659</v>
       </c>
       <c r="J91" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K91" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="K91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>661</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="H92" s="5" t="s">
+      <c r="J92" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="I92" s="5" t="s">
+      <c r="K92" s="5" t="s">
         <v>667</v>
       </c>
-      <c r="J92" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>668</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="s">
         <v>671</v>
       </c>
-      <c r="B93" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H93" s="5" t="s">
+      <c r="I93" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="I93" s="5" t="s">
+      <c r="J93" s="5" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>674</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>675</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>677</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D94" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D94" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E94" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="s">
         <v>678</v>
       </c>
       <c r="H94" s="5" t="s">
         <v>679</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>680</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>681</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>682</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>684</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>526</v>
+        <v>574</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>645</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>685</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>686</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>687</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>688</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>690</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G96" s="5" t="s">
+        <v>691</v>
       </c>
       <c r="H96" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J96" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>113</v>
+        <v>532</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>697</v>
+        <v>17</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G97" s="5" t="s">
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>698</v>
       </c>
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>699</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K97" s="5" t="s">
         <v>700</v>
       </c>
-      <c r="J97" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K97" s="5" t="s">
+      <c r="L97" s="6" t="s">
         <v>701</v>
       </c>
-      <c r="L97" s="6" t="s">
+      <c r="M97" s="5" t="s">
         <v>702</v>
-      </c>
-[...1 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H98" s="5" t="s">
         <v>704</v>
       </c>
-      <c r="B98" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C98" s="5" t="s">
+      <c r="I98" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="D98" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="5" t="s">
+      <c r="J98" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K98" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="F98" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G98" s="5" t="s">
+      <c r="L98" s="6" t="s">
         <v>707</v>
       </c>
-      <c r="H98" s="5" t="s">
+      <c r="M98" s="5" t="s">
         <v>708</v>
-      </c>
-[...13 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="I99" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="B99" s="5" t="s">
-[...26 lines deleted...]
-      <c r="I99" s="5" t="s">
+      <c r="J99" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K99" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="J99" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>715</v>
       </c>
-      <c r="L99" s="6" t="s">
+      <c r="M99" s="5" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>717</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="5" t="s">
         <v>718</v>
       </c>
-      <c r="B100" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D100" s="5" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>719</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G100" s="5" t="s">
+        <v>720</v>
       </c>
       <c r="H100" s="5" t="s">
-        <v>719</v>
+        <v>721</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>722</v>
+        <v>724</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>723</v>
+        <v>725</v>
       </c>
     </row>
     <row r="101">
-      <c r="A101" s="5" t="n">
-        <v>1919</v>
+      <c r="A101" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>724</v>
+        <v>16</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
     </row>
     <row r="103">
-      <c r="A103" s="5" t="s">
-        <v>735</v>
+      <c r="A103" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>200</v>
+        <v>113</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>736</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>574</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>737</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>738</v>
       </c>
       <c r="J103" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K103" s="5" t="s">
         <v>739</v>
       </c>
-      <c r="K103" s="5" t="s">
+      <c r="L103" s="6" t="s">
         <v>740</v>
       </c>
-      <c r="L103" s="6" t="s">
+      <c r="M103" s="5" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>743</v>
       </c>
-      <c r="B104" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="D104" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="J104" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K104" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="L104" s="6" t="s">
         <v>746</v>
       </c>
-      <c r="J104" s="5" t="s">
+      <c r="M104" s="5" t="s">
         <v>747</v>
-      </c>
-[...7 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="I105" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="B105" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>752</v>
       </c>
-      <c r="D105" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="K105" s="5" t="s">
         <v>753</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="L105" s="6" t="s">
         <v>754</v>
       </c>
-      <c r="J105" s="5" t="s">
+      <c r="M105" s="5" t="s">
         <v>755</v>
-      </c>
-[...7 lines deleted...]
-        <v>758</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>16</v>
+        <v>757</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>444</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F106" s="5" t="s">
         <v>151</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="J106" s="5" t="s">
         <v>760</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="K106" s="5" t="s">
         <v>761</v>
       </c>
-      <c r="J106" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>762</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>763</v>
-      </c>
-[...1 lines deleted...]
-        <v>764</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>764</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D107" s="5" t="s">
-        <v>113</v>
-[...7 lines deleted...]
-      <c r="G107" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>766</v>
       </c>
-      <c r="H107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>767</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="J107" s="5" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>769</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>770</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>772</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F108" s="5" t="s">
         <v>151</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="I108" s="5"/>
+      <c r="I108" s="5" t="s">
+        <v>774</v>
+      </c>
       <c r="J108" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E109" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F109" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="G109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G109" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>778</v>
+        <v>780</v>
       </c>
       <c r="I109" s="5" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>782</v>
+        <v>784</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F110" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>784</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D111" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E111" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F111" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="J112" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E114" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D115" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E115" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="J115" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D116" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E116" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>598</v>
+        <v>820</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E117" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D118" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D118" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E118" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>830</v>
+        <v>611</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E119" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D120" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D120" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
-        <v>842</v>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H120" s="5" t="s">
         <v>843</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>844</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>845</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>846</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>847</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>848</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E121" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="s">
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
         <v>849</v>
       </c>
-      <c r="H121" s="5" t="s">
+      <c r="I121" s="5" t="s">
         <v>850</v>
-      </c>
-[...1 lines deleted...]
-        <v>851</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K121" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="L121" s="6" t="s">
         <v>852</v>
       </c>
-      <c r="L121" s="6" t="s">
+      <c r="M121" s="5" t="s">
         <v>853</v>
-      </c>
-[...1 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>855</v>
+        <v>854</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D122" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E122" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="H122" s="5" t="s">
+      <c r="I122" s="5" t="s">
         <v>857</v>
-      </c>
-[...1 lines deleted...]
-        <v>858</v>
       </c>
       <c r="J122" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K122" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="L122" s="6" t="s">
         <v>859</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>862</v>
+        <v>861</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D123" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E123" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G123" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G123" s="5" t="s">
+        <v>862</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>863</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>864</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>865</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>866</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>868</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D124" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E124" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G124" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G124" s="5" t="s">
+        <v>869</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E125" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D126" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="J126" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D127" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E127" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="J127" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D128" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E128" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="s">
-        <v>893</v>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H128" s="5" t="s">
         <v>894</v>
       </c>
       <c r="I128" s="5" t="s">
         <v>895</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K128" s="5" t="s">
         <v>896</v>
       </c>
       <c r="L128" s="6" t="s">
         <v>897</v>
       </c>
       <c r="M128" s="5" t="s">
         <v>898</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
         <v>899</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D129" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G129" s="5" t="s">
+      <c r="G129" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H129" s="5" t="s">
         <v>900</v>
       </c>
-      <c r="H129" s="5" t="s">
+      <c r="I129" s="5" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="J129" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K129" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="L129" s="6" t="s">
         <v>903</v>
       </c>
-      <c r="L129" s="6" t="s">
+      <c r="M129" s="5" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>905</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>906</v>
+        <v>905</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E130" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="H130" s="5" t="s">
         <v>907</v>
       </c>
-      <c r="H130" s="5" t="s">
+      <c r="I130" s="5" t="s">
         <v>908</v>
-      </c>
-[...1 lines deleted...]
-        <v>909</v>
       </c>
       <c r="J130" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K130" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="L130" s="6" t="s">
         <v>910</v>
       </c>
-      <c r="L130" s="6" t="s">
+      <c r="M130" s="5" t="s">
         <v>911</v>
-      </c>
-[...1 lines deleted...]
-        <v>912</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="B131" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C131" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D131" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G131" s="5" t="s">
         <v>913</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>914</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>915</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>916</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>917</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>919</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D132" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D132" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E132" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="s">
         <v>920</v>
       </c>
       <c r="H132" s="5" t="s">
         <v>921</v>
       </c>
       <c r="I132" s="5" t="s">
         <v>922</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K132" s="5" t="s">
         <v>923</v>
       </c>
       <c r="L132" s="6" t="s">
         <v>924</v>
       </c>
       <c r="M132" s="5" t="s">
         <v>925</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
         <v>926</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
         <v>927</v>
       </c>
       <c r="I133" s="5" t="s">
         <v>928</v>
       </c>
       <c r="J133" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K133" s="5" t="s">
         <v>929</v>
       </c>
       <c r="L133" s="6" t="s">
         <v>930</v>
       </c>
       <c r="M133" s="5" t="s">
         <v>931</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
         <v>932</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="s">
         <v>933</v>
       </c>
       <c r="H134" s="5" t="s">
         <v>934</v>
       </c>
       <c r="I134" s="5" t="s">
         <v>935</v>
       </c>
       <c r="J134" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K134" s="5" t="s">
         <v>936</v>
       </c>
       <c r="L134" s="6" t="s">
         <v>937</v>
       </c>
       <c r="M134" s="5" t="s">
         <v>938</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
         <v>939</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>526</v>
+        <v>574</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="s">
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
         <v>940</v>
       </c>
-      <c r="H135" s="5" t="s">
+      <c r="I135" s="5" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>942</v>
       </c>
       <c r="J135" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K135" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="L135" s="6" t="s">
         <v>943</v>
       </c>
-      <c r="L135" s="6" t="s">
+      <c r="M135" s="5" t="s">
         <v>944</v>
-      </c>
-[...1 lines deleted...]
-        <v>945</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>561</v>
+        <v>532</v>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G136" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G136" s="5" t="s">
+        <v>946</v>
       </c>
       <c r="H136" s="5" t="s">
         <v>947</v>
       </c>
       <c r="I136" s="5" t="s">
         <v>948</v>
       </c>
       <c r="J136" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K136" s="5" t="s">
         <v>949</v>
       </c>
       <c r="L136" s="6" t="s">
         <v>950</v>
       </c>
       <c r="M136" s="5" t="s">
         <v>951</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
         <v>952</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>561</v>
+        <v>532</v>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="s">
         <v>953</v>
       </c>
       <c r="H137" s="5" t="s">
         <v>954</v>
       </c>
       <c r="I137" s="5" t="s">
         <v>955</v>
       </c>
       <c r="J137" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>956</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>957</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>958</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>959</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>113</v>
-[...7 lines deleted...]
-      <c r="G138" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H138" s="5" t="s">
         <v>960</v>
       </c>
-      <c r="H138" s="5" t="s">
+      <c r="I138" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="I138" s="5" t="s">
+      <c r="J138" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K138" s="5" t="s">
         <v>962</v>
       </c>
-      <c r="J138" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K138" s="5" t="s">
+      <c r="L138" s="6" t="s">
         <v>963</v>
       </c>
-      <c r="L138" s="6" t="s">
+      <c r="M138" s="5" t="s">
         <v>964</v>
-      </c>
-[...1 lines deleted...]
-        <v>965</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="B139" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C139" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G139" s="5" t="s">
         <v>966</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H139" s="5" t="s">
         <v>967</v>
       </c>
       <c r="I139" s="5" t="s">
         <v>968</v>
       </c>
       <c r="J139" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K139" s="5" t="s">
         <v>969</v>
       </c>
-      <c r="K139" s="5" t="s">
+      <c r="L139" s="6" t="s">
         <v>970</v>
       </c>
-      <c r="L139" s="6" t="s">
+      <c r="M139" s="5" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>973</v>
+        <v>972</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E140" s="5" t="s">
-        <v>609</v>
-[...4 lines deleted...]
-        </is>
+        <v>622</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G140" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="H140" s="5" t="s">
         <v>974</v>
       </c>
-      <c r="H140" s="5" t="s">
+      <c r="I140" s="5" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K140" s="5" t="s">
+        <v>976</v>
+      </c>
+      <c r="L140" s="6" t="s">
         <v>977</v>
       </c>
-      <c r="L140" s="6" t="s">
+      <c r="M140" s="5" t="s">
         <v>978</v>
-      </c>
-[...1 lines deleted...]
-        <v>979</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D141" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="s">
         <v>980</v>
       </c>
-      <c r="B141" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H141" s="5" t="s">
+      <c r="I141" s="5" t="s">
         <v>981</v>
       </c>
-      <c r="I141" s="5" t="s">
+      <c r="J141" s="5" t="s">
         <v>982</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>983</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>984</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>986</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E142" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G142" s="5" t="s">
+        <v>987</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>113</v>
+        <v>765</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E143" s="5" t="s">
-[...3 lines deleted...]
-        <v>993</v>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
         <v>994</v>
       </c>
       <c r="I143" s="5" t="s">
         <v>995</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K143" s="5" t="s">
         <v>996</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>997</v>
       </c>
       <c r="M143" s="5" t="s">
         <v>998</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D144" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D144" s="5" t="s">
-[...3 lines deleted...]
-        <v>609</v>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="s">
-        <v>993</v>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D145" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D145" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E145" s="5" t="s">
-        <v>609</v>
-[...7 lines deleted...]
-        <v>1005</v>
+        <v>151</v>
+      </c>
+      <c r="F145" s="5" t="s">
+        <v>1006</v>
+      </c>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E146" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>1006</v>
       </c>
       <c r="H146" s="5" t="s">
         <v>1012</v>
       </c>
       <c r="I146" s="5" t="s">
         <v>1013</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K146" s="5" t="s">
         <v>1014</v>
       </c>
       <c r="L146" s="6" t="s">
         <v>1015</v>
       </c>
       <c r="M146" s="5" t="s">
         <v>1016</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
         <v>1017</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D147" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D147" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E147" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G147" s="5" t="s">
+        <v>1018</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>755</v>
+        <v>21</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>561</v>
+        <v>16</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F148" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F148" s="5" t="s">
+        <v>1006</v>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>598</v>
+        <v>574</v>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F149" s="5" t="s">
-        <v>26</v>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1030</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>1031</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>1032</v>
+      </c>
       <c r="J149" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>598</v>
+        <v>574</v>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F150" s="5" t="s">
-        <v>26</v>
+      <c r="F150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1035</v>
-[...1 lines deleted...]
-      <c r="I150" s="5"/>
+        <v>1037</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>1038</v>
+      </c>
       <c r="J150" s="5" t="s">
-        <v>755</v>
+        <v>203</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1036</v>
+        <v>1039</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1037</v>
+        <v>1040</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1038</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1039</v>
+        <v>1042</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>114</v>
+        <v>611</v>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F151" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1043</v>
+      </c>
+      <c r="I151" s="5"/>
       <c r="J151" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C152" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>1046</v>
+        <v>611</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F152" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1047</v>
-[...1 lines deleted...]
-      <c r="I152" s="5" t="s">
         <v>1048</v>
       </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K152" s="5" t="s">
         <v>1049</v>
       </c>
-      <c r="K152" s="5" t="s">
+      <c r="L152" s="6" t="s">
         <v>1050</v>
       </c>
-      <c r="L152" s="6" t="s">
+      <c r="M152" s="5" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1053</v>
+        <v>1052</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>526</v>
-[...4 lines deleted...]
-        </is>
+        <v>611</v>
+      </c>
+      <c r="E153" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="F153" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I153" s="5" t="s">
         <v>1054</v>
       </c>
-      <c r="I153" s="5" t="s">
+      <c r="J153" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K153" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="J153" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K153" s="5" t="s">
+      <c r="L153" s="6" t="s">
         <v>1056</v>
       </c>
-      <c r="L153" s="6" t="s">
+      <c r="M153" s="5" t="s">
         <v>1057</v>
-      </c>
-[...1 lines deleted...]
-        <v>1058</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B154" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C154" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D154" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E154" s="5" t="s">
         <v>1059</v>
       </c>
-      <c r="B154" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F154" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
         <v>1060</v>
       </c>
       <c r="I154" s="5" t="s">
         <v>1061</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>21</v>
+        <v>1062</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>16</v>
+        <v>532</v>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F155" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>21</v>
+        <v>768</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1072</v>
+        <v>113</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
         <v>1073</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>1074</v>
       </c>
       <c r="J156" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K156" s="5" t="s">
         <v>1075</v>
       </c>
-      <c r="K156" s="5" t="s">
+      <c r="L156" s="6" t="s">
         <v>1076</v>
       </c>
-      <c r="L156" s="6" t="s">
+      <c r="M156" s="5" t="s">
         <v>1077</v>
-      </c>
-[...1 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1079</v>
+        <v>1078</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>526</v>
+        <v>16</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I157" s="5" t="s">
         <v>1080</v>
       </c>
-      <c r="I157" s="5" t="s">
+      <c r="J157" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K157" s="5" t="s">
         <v>1081</v>
       </c>
-      <c r="J157" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K157" s="5" t="s">
+      <c r="L157" s="6" t="s">
         <v>1082</v>
       </c>
-      <c r="L157" s="6" t="s">
+      <c r="M157" s="5" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B158" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C158" s="5" t="s">
         <v>1085</v>
       </c>
-      <c r="B158" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D158" s="5" t="s">
-        <v>598</v>
+        <v>53</v>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F158" s="5" t="s">
-        <v>26</v>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
         <v>1086</v>
       </c>
       <c r="I158" s="5" t="s">
         <v>1087</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>755</v>
+        <v>1088</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>598</v>
+        <v>532</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F159" s="5" t="s">
-        <v>26</v>
+      <c r="F159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F160" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>632</v>
+        <v>611</v>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F162" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>598</v>
-[...9 lines deleted...]
-        </is>
+        <v>532</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>755</v>
+        <v>768</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="B164" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>445</v>
+        <v>611</v>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
         <v>1123</v>
       </c>
       <c r="I164" s="5" t="s">
         <v>1124</v>
       </c>
       <c r="J164" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K164" s="5" t="s">
         <v>1125</v>
       </c>
-      <c r="K164" s="5" t="s">
+      <c r="L164" s="6" t="s">
         <v>1126</v>
       </c>
-      <c r="L164" s="6" t="s">
+      <c r="M164" s="5" t="s">
         <v>1127</v>
-      </c>
-[...1 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1129</v>
+        <v>1128</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>561</v>
+        <v>611</v>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="s">
-        <v>706</v>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H165" s="5" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I165" s="5" t="s">
         <v>1130</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="J165" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K165" s="5" t="s">
         <v>1131</v>
       </c>
-      <c r="J165" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1132</v>
       </c>
-      <c r="L165" s="6" t="s">
+      <c r="M165" s="5" t="s">
         <v>1133</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B166" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="C166" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D166" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E166" s="5" t="s">
         <v>1135</v>
       </c>
-      <c r="B166" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F166" s="5" t="s">
+        <v>445</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
         <v>1136</v>
       </c>
       <c r="I166" s="5" t="s">
         <v>1137</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>203</v>
+        <v>1138</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>444</v>
-[...10 lines deleted...]
-        </is>
+        <v>574</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>719</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>1144</v>
+        <v>203</v>
       </c>
       <c r="K167" s="5" t="s">
         <v>1145</v>
       </c>
       <c r="L167" s="6" t="s">
         <v>1146</v>
       </c>
       <c r="M167" s="5" t="s">
         <v>1147</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
         <v>1148</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>532</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G168" s="5" t="s">
+      <c r="G168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H168" s="5" t="s">
         <v>1149</v>
       </c>
-      <c r="H168" s="5" t="s">
+      <c r="I168" s="5" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
       <c r="J168" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K168" s="5" t="s">
+        <v>1151</v>
+      </c>
+      <c r="L168" s="6" t="s">
         <v>1152</v>
       </c>
-      <c r="L168" s="6" t="s">
+      <c r="M168" s="5" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B169" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="C169" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D169" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H169" s="5" t="s">
         <v>1155</v>
       </c>
-      <c r="B169" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E169" s="5" t="s">
+      <c r="I169" s="5" t="s">
         <v>1156</v>
       </c>
-      <c r="F169" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G169" s="5" t="s">
+      <c r="J169" s="5" t="s">
         <v>1157</v>
       </c>
-      <c r="H169" s="5" t="s">
+      <c r="K169" s="5" t="s">
         <v>1158</v>
       </c>
-      <c r="I169" s="5" t="s">
+      <c r="L169" s="6" t="s">
         <v>1159</v>
       </c>
-      <c r="J169" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K169" s="5" t="s">
+      <c r="M169" s="5" t="s">
         <v>1160</v>
-      </c>
-[...4 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="B170" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C170" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G170" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H170" s="5" t="s">
         <v>1163</v>
       </c>
-      <c r="B170" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F170" s="5" t="s">
+      <c r="I170" s="5" t="s">
         <v>1164</v>
-      </c>
-[...9 lines deleted...]
-        <v>1166</v>
       </c>
       <c r="J170" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K170" s="5" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L170" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="M170" s="5" t="s">
         <v>1167</v>
-      </c>
-[...4 lines deleted...]
-        <v>1169</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B171" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C171" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E171" s="5" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G171" s="5" t="s">
         <v>1170</v>
-      </c>
-[...22 lines deleted...]
-        </is>
       </c>
       <c r="H171" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>1172</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1173</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1174</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1176</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>113</v>
-[...9 lines deleted...]
-      <c r="G172" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F172" s="5" t="s">
         <v>1177</v>
+      </c>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H172" s="5" t="s">
         <v>1178</v>
       </c>
       <c r="I172" s="5" t="s">
         <v>1179</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K172" s="5" t="s">
         <v>1180</v>
       </c>
       <c r="L172" s="6" t="s">
         <v>1181</v>
       </c>
       <c r="M172" s="5" t="s">
         <v>1182</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
         <v>1183</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
         <v>1184</v>
       </c>
       <c r="I173" s="5" t="s">
         <v>1185</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K173" s="5" t="s">
         <v>1186</v>
       </c>
       <c r="L173" s="6" t="s">
         <v>1187</v>
       </c>
       <c r="M173" s="5" t="s">
         <v>1188</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1183</v>
+        <v>1189</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D174" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D174" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E174" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G174" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G174" s="5" t="s">
+        <v>1190</v>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="J174" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G175" s="5" t="s">
-        <v>1195</v>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="J175" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1201</v>
+        <v>1196</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D176" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D176" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G176" s="5" t="s">
+      <c r="G176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H176" s="5" t="s">
         <v>1202</v>
       </c>
-      <c r="H176" s="5" t="s">
+      <c r="I176" s="5" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K176" s="5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="L176" s="6" t="s">
         <v>1205</v>
       </c>
-      <c r="L176" s="6" t="s">
+      <c r="M176" s="5" t="s">
         <v>1206</v>
-      </c>
-[...1 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1208</v>
+        <v>1207</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>993</v>
+        <v>17</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G177" s="5" t="s">
+        <v>1208</v>
       </c>
       <c r="H177" s="5" t="s">
         <v>1209</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1210</v>
       </c>
       <c r="J177" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1211</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1212</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1213</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1214</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>609</v>
+        <v>17</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="s">
         <v>1215</v>
       </c>
       <c r="H178" s="5" t="s">
         <v>1216</v>
       </c>
       <c r="I178" s="5" t="s">
         <v>1217</v>
       </c>
       <c r="J178" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K178" s="5" t="s">
         <v>1218</v>
       </c>
-      <c r="K178" s="5" t="s">
+      <c r="L178" s="6" t="s">
         <v>1219</v>
       </c>
-      <c r="L178" s="6" t="s">
+      <c r="M178" s="5" t="s">
         <v>1220</v>
-      </c>
-[...1 lines deleted...]
-        <v>1221</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1222</v>
+        <v>1221</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>609</v>
+        <v>1006</v>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I179" s="5" t="s">
         <v>1223</v>
       </c>
-      <c r="I179" s="5" t="s">
+      <c r="J179" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K179" s="5" t="s">
         <v>1224</v>
       </c>
-      <c r="J179" s="5" t="s">
+      <c r="L179" s="6" t="s">
         <v>1225</v>
       </c>
-      <c r="K179" s="5" t="s">
+      <c r="M179" s="5" t="s">
         <v>1226</v>
-      </c>
-[...4 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B180" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C180" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E180" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G180" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H180" s="5" t="s">
         <v>1229</v>
       </c>
-      <c r="B180" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G180" s="5" t="s">
+      <c r="I180" s="5" t="s">
         <v>1230</v>
       </c>
-      <c r="H180" s="5" t="s">
+      <c r="J180" s="5" t="s">
         <v>1231</v>
       </c>
-      <c r="I180" s="5" t="s">
+      <c r="K180" s="5" t="s">
         <v>1232</v>
       </c>
-      <c r="J180" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K180" s="5" t="s">
+      <c r="L180" s="6" t="s">
         <v>1233</v>
       </c>
-      <c r="L180" s="6" t="s">
+      <c r="M180" s="5" t="s">
         <v>1234</v>
-      </c>
-[...1 lines deleted...]
-        <v>1235</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1236</v>
+        <v>1235</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>609</v>
+        <v>622</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="s">
+      <c r="G181" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H181" s="5" t="s">
+        <v>1236</v>
+      </c>
+      <c r="I181" s="5" t="s">
         <v>1237</v>
       </c>
-      <c r="H181" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I181" s="5" t="s">
+      <c r="J181" s="5" t="s">
         <v>1238</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K181" s="5" t="s">
         <v>1239</v>
       </c>
       <c r="L181" s="6" t="s">
         <v>1240</v>
       </c>
       <c r="M181" s="5" t="s">
         <v>1241</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
         <v>1242</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G182" s="5" t="s">
         <v>1243</v>
       </c>
-      <c r="D182" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E182" s="5" t="s">
+      <c r="H182" s="5" t="s">
         <v>1244</v>
       </c>
-      <c r="F182" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G182" s="5" t="s">
+      <c r="I182" s="5" t="s">
         <v>1245</v>
       </c>
-      <c r="H182" s="5" t="s">
+      <c r="J182" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K182" s="5" t="s">
         <v>1246</v>
       </c>
-      <c r="I182" s="5" t="s">
+      <c r="L182" s="6" t="s">
         <v>1247</v>
       </c>
-      <c r="J182" s="5" t="s">
+      <c r="M182" s="5" t="s">
         <v>1248</v>
-      </c>
-[...7 lines deleted...]
-        <v>1251</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D183" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E183" s="5" t="s">
-        <v>1253</v>
+        <v>622</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>1254</v>
+        <v>532</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1255</v>
+        <v>1251</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1256</v>
+        <v>1252</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1258</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B184" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C184" s="5" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F184" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G184" s="5" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H184" s="5" t="s">
         <v>1259</v>
       </c>
-      <c r="B184" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E184" s="5" t="s">
+      <c r="I184" s="5" t="s">
         <v>1260</v>
       </c>
-      <c r="F184" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G184" s="5" t="s">
+      <c r="J184" s="5" t="s">
         <v>1261</v>
       </c>
-      <c r="H184" s="5" t="s">
+      <c r="K184" s="5" t="s">
         <v>1262</v>
       </c>
-      <c r="I184" s="5" t="s">
+      <c r="L184" s="6" t="s">
         <v>1263</v>
       </c>
-      <c r="J184" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K184" s="5" t="s">
+      <c r="M184" s="5" t="s">
         <v>1264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H185" s="5" t="s">
         <v>1267</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H185" s="5" t="s">
+      <c r="I185" s="5" t="s">
         <v>1268</v>
       </c>
-      <c r="I185" s="5" t="s">
+      <c r="J185" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K185" s="5" t="s">
         <v>1269</v>
       </c>
-      <c r="J185" s="5" t="s">
+      <c r="L185" s="6" t="s">
         <v>1270</v>
       </c>
-      <c r="K185" s="5" t="s">
+      <c r="M185" s="5" t="s">
         <v>1271</v>
-      </c>
-[...4 lines deleted...]
-        <v>1273</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B186" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C186" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G186" s="5" t="s">
         <v>1274</v>
       </c>
-      <c r="B186" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C186" s="5" t="s">
+      <c r="H186" s="5" t="s">
         <v>1275</v>
       </c>
-      <c r="D186" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E186" s="5" t="s">
+      <c r="I186" s="5" t="s">
         <v>1276</v>
       </c>
-      <c r="F186" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I186" s="5" t="s">
+      <c r="J186" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K186" s="5" t="s">
         <v>1277</v>
       </c>
-      <c r="J186" s="5" t="s">
+      <c r="L186" s="6" t="s">
         <v>1278</v>
       </c>
-      <c r="K186" s="5" t="s">
+      <c r="M186" s="5" t="s">
         <v>1279</v>
-      </c>
-[...4 lines deleted...]
-        <v>1281</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1282</v>
+        <v>1280</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>1283</v>
+        <v>53</v>
       </c>
       <c r="D187" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="E187" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G187" s="5" t="s">
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F187" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H187" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K187" s="5" t="s">
         <v>1284</v>
       </c>
-      <c r="H187" s="5" t="s">
+      <c r="L187" s="6" t="s">
         <v>1285</v>
       </c>
-      <c r="I187" s="5"/>
-      <c r="J187" s="5" t="s">
+      <c r="M187" s="5" t="s">
         <v>1286</v>
-      </c>
-[...7 lines deleted...]
-        <v>1289</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B188" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C188" s="5" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="5" t="s">
         <v>1290</v>
       </c>
-      <c r="B188" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G188" s="5" t="s">
+      <c r="J188" s="5" t="s">
         <v>1291</v>
       </c>
-      <c r="H188" s="5" t="s">
+      <c r="K188" s="5" t="s">
         <v>1292</v>
       </c>
-      <c r="I188" s="5"/>
-[...3 lines deleted...]
-      <c r="K188" s="5" t="s">
+      <c r="L188" s="6" t="s">
         <v>1293</v>
       </c>
-      <c r="L188" s="6" t="s">
+      <c r="M188" s="5" t="s">
         <v>1294</v>
-      </c>
-[...1 lines deleted...]
-        <v>1295</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B189" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C189" s="5" t="s">
         <v>1296</v>
       </c>
-      <c r="B189" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D189" s="5" t="s">
-        <v>526</v>
-[...4 lines deleted...]
-        </is>
+        <v>444</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G189" s="5" t="s">
+        <v>1297</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1297</v>
-[...1 lines deleted...]
-      <c r="I189" s="5" t="s">
         <v>1298</v>
       </c>
+      <c r="I189" s="5"/>
       <c r="J189" s="5" t="s">
-        <v>203</v>
+        <v>1299</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>444</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="s">
-        <v>1303</v>
-[...4 lines deleted...]
-        </is>
+        <v>1304</v>
+      </c>
+      <c r="H190" s="5" t="s">
+        <v>1305</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="191">
-      <c r="A191" s="5" t="n">
-        <v>1927</v>
+      <c r="A191" s="5" t="s">
+        <v>1309</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>526</v>
+        <v>611</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>598</v>
+        <v>532</v>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1307</v>
+        <v>1310</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1308</v>
+        <v>1311</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>1049</v>
+        <v>203</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1312</v>
+        <v>1315</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>1313</v>
+        <v>1296</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>561</v>
-[...4 lines deleted...]
-        </is>
+        <v>444</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G192" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G192" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>203</v>
+        <v>1299</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="193">
-      <c r="A193" s="5" t="s">
-        <v>1319</v>
+      <c r="A193" s="5" t="n">
+        <v>1927</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H193" s="5" t="s">
         <v>1320</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="I193" s="5" t="s">
         <v>1321</v>
       </c>
       <c r="J193" s="5" t="s">
-        <v>203</v>
+        <v>1062</v>
       </c>
       <c r="K193" s="5" t="s">
         <v>1322</v>
       </c>
       <c r="L193" s="6" t="s">
         <v>1323</v>
       </c>
       <c r="M193" s="5" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
         <v>1325</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>200</v>
+        <v>1326</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1326</v>
-[...1 lines deleted...]
-      <c r="E194" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H194" s="5" t="s">
         <v>1327</v>
       </c>
-      <c r="F194" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H194" s="5" t="s">
+      <c r="I194" s="5" t="s">
         <v>1328</v>
       </c>
-      <c r="I194" s="5"/>
       <c r="J194" s="5" t="s">
-        <v>600</v>
+        <v>203</v>
       </c>
       <c r="K194" s="5" t="s">
         <v>1329</v>
       </c>
       <c r="L194" s="6" t="s">
         <v>1330</v>
       </c>
       <c r="M194" s="5" t="s">
         <v>1331</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
         <v>1332</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
         <v>1333</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1326</v>
+        <v>200</v>
       </c>
       <c r="E195" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F195" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="G195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I195" s="5" t="s">
         <v>1334</v>
       </c>
-      <c r="F195" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H195" s="5" t="s">
+      <c r="J195" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K195" s="5" t="s">
         <v>1335</v>
       </c>
-      <c r="I195" s="5"/>
-[...3 lines deleted...]
-      <c r="K195" s="5" t="s">
+      <c r="L195" s="6" t="s">
         <v>1336</v>
       </c>
-      <c r="L195" s="6" t="s">
+      <c r="M195" s="5" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B196" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C196" s="5" t="s">
         <v>1339</v>
       </c>
-      <c r="B196" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C196" s="5" t="s">
+      <c r="D196" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H196" s="5" t="s">
         <v>1340</v>
       </c>
-      <c r="D196" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E196" s="5" t="s">
+      <c r="I196" s="5" t="s">
         <v>1341</v>
       </c>
-      <c r="F196" s="5" t="s">
+      <c r="J196" s="5" t="s">
         <v>1342</v>
       </c>
-      <c r="G196" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H196" s="5" t="s">
+      <c r="K196" s="5" t="s">
         <v>1343</v>
       </c>
-      <c r="I196" s="5" t="s">
+      <c r="L196" s="6" t="s">
         <v>1344</v>
       </c>
-      <c r="J196" s="5" t="s">
+      <c r="M196" s="5" t="s">
         <v>1345</v>
-      </c>
-[...7 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B197" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C197" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E197" s="5" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="s">
         <v>1349</v>
       </c>
-      <c r="B197" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H197" s="5" t="s">
+      <c r="I197" s="5"/>
+      <c r="J197" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K197" s="5" t="s">
         <v>1350</v>
       </c>
-      <c r="I197" s="5" t="s">
+      <c r="L197" s="6" t="s">
         <v>1351</v>
       </c>
-      <c r="J197" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K197" s="5" t="s">
+      <c r="M197" s="5" t="s">
         <v>1352</v>
-      </c>
-[...4 lines deleted...]
-        <v>1354</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B198" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C198" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E198" s="5" t="s">
         <v>1355</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
         <v>1356</v>
       </c>
-      <c r="I198" s="5" t="s">
+      <c r="I198" s="5"/>
+      <c r="J198" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K198" s="5" t="s">
         <v>1357</v>
       </c>
-      <c r="J198" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K198" s="5" t="s">
+      <c r="L198" s="6" t="s">
         <v>1358</v>
       </c>
-      <c r="L198" s="6" t="s">
+      <c r="M198" s="5" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="B199" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C199" s="5" t="s">
         <v>1361</v>
       </c>
-      <c r="B199" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C199" s="5" t="s">
+      <c r="D199" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E199" s="5" t="s">
         <v>1362</v>
-      </c>
-[...4 lines deleted...]
-        <v>151</v>
       </c>
       <c r="F199" s="5" t="s">
         <v>1363</v>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
         <v>1364</v>
       </c>
       <c r="I199" s="5" t="s">
         <v>1365</v>
       </c>
       <c r="J199" s="5" t="s">
-        <v>1049</v>
+        <v>1366</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>1370</v>
+        <v>532</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>598</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>1347</v>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
         <v>1371</v>
       </c>
-      <c r="I200" s="5"/>
+      <c r="I200" s="5" t="s">
+        <v>1372</v>
+      </c>
       <c r="J200" s="5" t="s">
-        <v>1372</v>
+        <v>1062</v>
       </c>
       <c r="K200" s="5" t="s">
         <v>1373</v>
       </c>
       <c r="L200" s="6" t="s">
         <v>1374</v>
       </c>
       <c r="M200" s="5" t="s">
         <v>1375</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
         <v>1376</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>200</v>
+        <v>532</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>598</v>
-[...1 lines deleted...]
-      <c r="E201" s="5" t="s">
+        <v>1347</v>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
         <v>1377</v>
       </c>
-      <c r="F201" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H201" s="5" t="s">
+      <c r="I201" s="5" t="s">
         <v>1378</v>
       </c>
-      <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
-        <v>1372</v>
+        <v>1062</v>
       </c>
       <c r="K201" s="5" t="s">
         <v>1379</v>
       </c>
       <c r="L201" s="6" t="s">
         <v>1380</v>
       </c>
       <c r="M201" s="5" t="s">
         <v>1381</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1382</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>736</v>
+        <v>1383</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>221</v>
+        <v>611</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1383</v>
-[...4 lines deleted...]
-        </is>
+        <v>151</v>
+      </c>
+      <c r="F202" s="5" t="s">
+        <v>1384</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1386</v>
+        <v>1062</v>
       </c>
       <c r="K202" s="5" t="s">
         <v>1387</v>
       </c>
       <c r="L202" s="6" t="s">
         <v>1388</v>
       </c>
       <c r="M202" s="5" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
         <v>1390</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>736</v>
+        <v>1391</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>221</v>
-[...4 lines deleted...]
-        </is>
+        <v>611</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1391</v>
-[...1 lines deleted...]
-      <c r="I203" s="5" t="s">
         <v>1392</v>
       </c>
+      <c r="I203" s="5"/>
       <c r="J203" s="5" t="s">
         <v>1393</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>1394</v>
       </c>
       <c r="L203" s="6" t="s">
         <v>1395</v>
       </c>
       <c r="M203" s="5" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
         <v>1397</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>1370</v>
+        <v>200</v>
       </c>
       <c r="D204" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E204" s="5" t="s">
         <v>1398</v>
       </c>
-      <c r="E204" s="5" t="s">
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
         <v>1399</v>
       </c>
-      <c r="F204" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H204" s="5" t="s">
+      <c r="I204" s="5"/>
+      <c r="J204" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K204" s="5" t="s">
         <v>1400</v>
       </c>
-      <c r="I204" s="5" t="s">
+      <c r="L204" s="6" t="s">
         <v>1401</v>
       </c>
-      <c r="J204" s="5" t="s">
+      <c r="M204" s="5" t="s">
         <v>1402</v>
-      </c>
-[...7 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B205" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C205" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D205" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="I205" s="5" t="s">
         <v>1406</v>
       </c>
-      <c r="B205" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H205" s="5" t="s">
+      <c r="J205" s="5" t="s">
         <v>1407</v>
       </c>
-      <c r="I205" s="5" t="s">
+      <c r="K205" s="5" t="s">
         <v>1408</v>
       </c>
-      <c r="J205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1409</v>
       </c>
-      <c r="K205" s="5" t="s">
+      <c r="M205" s="5" t="s">
         <v>1410</v>
-      </c>
-[...4 lines deleted...]
-        <v>1412</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B206" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C206" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D206" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I206" s="5" t="s">
         <v>1413</v>
       </c>
-      <c r="B206" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C206" s="5" t="s">
+      <c r="J206" s="5" t="s">
         <v>1414</v>
       </c>
-      <c r="D206" s="5" t="s">
+      <c r="K206" s="5" t="s">
         <v>1415</v>
       </c>
-      <c r="E206" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F206" s="5" t="s">
+      <c r="L206" s="6" t="s">
         <v>1416</v>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I206" s="5" t="s">
+      <c r="M206" s="5" t="s">
         <v>1417</v>
-      </c>
-[...10 lines deleted...]
-        <v>1421</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B207" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C207" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D207" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E207" s="5" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
+        <v>1421</v>
+      </c>
+      <c r="I207" s="5" t="s">
         <v>1422</v>
       </c>
-      <c r="B207" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H207" s="5" t="s">
+      <c r="J207" s="5" t="s">
         <v>1423</v>
       </c>
-      <c r="I207" s="5" t="s">
+      <c r="K207" s="5" t="s">
         <v>1424</v>
       </c>
-      <c r="J207" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1425</v>
       </c>
-      <c r="L207" s="6" t="s">
+      <c r="M207" s="5" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D208" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H208" s="5" t="s">
         <v>1428</v>
       </c>
-      <c r="B208" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H208" s="5" t="s">
+      <c r="I208" s="5" t="s">
         <v>1429</v>
       </c>
-      <c r="I208" s="5" t="s">
+      <c r="J208" s="5" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="K208" s="5" t="s">
         <v>1431</v>
       </c>
       <c r="L208" s="6" t="s">
         <v>1432</v>
       </c>
       <c r="M208" s="5" t="s">
         <v>1433</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
         <v>1434</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>736</v>
+        <v>1435</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>221</v>
+        <v>1436</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>1435</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>1437</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H209" s="5" t="s">
-        <v>1436</v>
+      <c r="H209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>16</v>
+        <v>1383</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1362</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>611</v>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>600</v>
+        <v>1062</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1449</v>
+        <v>1383</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>611</v>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
         <v>1450</v>
       </c>
       <c r="I211" s="5" t="s">
         <v>1451</v>
       </c>
       <c r="J211" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="K211" s="5" t="s">
         <v>1452</v>
       </c>
-      <c r="K211" s="5" t="s">
+      <c r="L211" s="6" t="s">
         <v>1453</v>
       </c>
-      <c r="L211" s="6" t="s">
+      <c r="M211" s="5" t="s">
         <v>1454</v>
-      </c>
-[...1 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B212" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C212" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D212" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E212" s="5" t="s">
         <v>1456</v>
       </c>
-      <c r="B212" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C212" s="5" t="s">
+      <c r="F212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H212" s="5" t="s">
         <v>1457</v>
       </c>
-      <c r="D212" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H212" s="5" t="s">
+      <c r="I212" s="5" t="s">
         <v>1458</v>
       </c>
-      <c r="I212" s="5" t="s">
+      <c r="J212" s="5" t="s">
         <v>1459</v>
       </c>
-      <c r="J212" s="5" t="s">
+      <c r="K212" s="5" t="s">
         <v>1460</v>
       </c>
-      <c r="K212" s="5" t="s">
+      <c r="L212" s="6" t="s">
         <v>1461</v>
       </c>
-      <c r="L212" s="6" t="s">
+      <c r="M212" s="5" t="s">
         <v>1462</v>
-      </c>
-[...1 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B213" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C213" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D213" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="E213" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H213" s="5" t="s">
         <v>1464</v>
       </c>
-      <c r="B213" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E213" s="5" t="s">
+      <c r="I213" s="5" t="s">
         <v>1465</v>
       </c>
-      <c r="F213" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H213" s="5" t="s">
+      <c r="J213" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K213" s="5" t="s">
         <v>1466</v>
       </c>
-      <c r="I213" s="5" t="s">
+      <c r="L213" s="6" t="s">
         <v>1467</v>
       </c>
-      <c r="J213" s="5" t="s">
+      <c r="M213" s="5" t="s">
         <v>1468</v>
-      </c>
-[...7 lines deleted...]
-        <v>1471</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B214" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C214" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D214" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E214" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H214" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I214" s="5" t="s">
         <v>1472</v>
       </c>
-      <c r="B214" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F214" s="5" t="s">
+      <c r="J214" s="5" t="s">
         <v>1473</v>
       </c>
-      <c r="G214" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H214" s="5" t="s">
+      <c r="K214" s="5" t="s">
         <v>1474</v>
       </c>
-      <c r="I214" s="5" t="s">
+      <c r="L214" s="6" t="s">
         <v>1475</v>
       </c>
-      <c r="J214" s="5" t="s">
+      <c r="M214" s="5" t="s">
         <v>1476</v>
-      </c>
-[...7 lines deleted...]
-        <v>1479</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H215" s="5" t="s">
+        <v>1479</v>
+      </c>
+      <c r="I215" s="5" t="s">
         <v>1480</v>
       </c>
-      <c r="B215" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H215" s="5" t="s">
+      <c r="J215" s="5" t="s">
         <v>1481</v>
       </c>
-      <c r="I215" s="5" t="s">
+      <c r="K215" s="5" t="s">
         <v>1482</v>
       </c>
-      <c r="J215" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K215" s="5" t="s">
+      <c r="L215" s="6" t="s">
         <v>1483</v>
       </c>
-      <c r="L215" s="6" t="s">
+      <c r="M215" s="5" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>1419</v>
+      </c>
+      <c r="E216" s="5" t="s">
         <v>1486</v>
       </c>
-      <c r="B216" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C216" s="5" t="s">
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H216" s="5" t="s">
         <v>1487</v>
       </c>
-      <c r="D216" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E216" s="5" t="s">
+      <c r="I216" s="5" t="s">
         <v>1488</v>
       </c>
-      <c r="F216" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H216" s="5" t="s">
+      <c r="J216" s="5" t="s">
         <v>1489</v>
       </c>
-      <c r="I216" s="5" t="s">
+      <c r="K216" s="5" t="s">
         <v>1490</v>
       </c>
-      <c r="J216" s="5" t="s">
+      <c r="L216" s="6" t="s">
         <v>1491</v>
       </c>
-      <c r="K216" s="5" t="s">
+      <c r="M216" s="5" t="s">
         <v>1492</v>
-      </c>
-[...4 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B217" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C217" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D217" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E217" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H217" s="5" t="s">
         <v>1495</v>
       </c>
-      <c r="B217" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H217" s="5" t="s">
+      <c r="I217" s="5" t="s">
         <v>1496</v>
       </c>
-      <c r="I217" s="5" t="s">
+      <c r="J217" s="5" t="s">
         <v>1497</v>
       </c>
-      <c r="J217" s="5" t="s">
+      <c r="K217" s="5" t="s">
         <v>1498</v>
       </c>
-      <c r="K217" s="5" t="s">
+      <c r="L217" s="6" t="s">
         <v>1499</v>
       </c>
-      <c r="L217" s="6" t="s">
+      <c r="M217" s="5" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B218" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C218" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D218" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H218" s="5" t="s">
         <v>1502</v>
       </c>
-      <c r="B218" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C218" s="5" t="s">
+      <c r="I218" s="5" t="s">
         <v>1503</v>
       </c>
-      <c r="D218" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E218" s="5" t="s">
+      <c r="J218" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="K218" s="5" t="s">
         <v>1504</v>
       </c>
-      <c r="F218" s="5" t="s">
+      <c r="L218" s="6" t="s">
         <v>1505</v>
       </c>
-      <c r="G218" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I218" s="5" t="s">
+      <c r="M218" s="5" t="s">
         <v>1506</v>
-      </c>
-[...10 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B219" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C219" s="5" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D219" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H219" s="5" t="s">
+        <v>1510</v>
+      </c>
+      <c r="I219" s="5" t="s">
         <v>1511</v>
       </c>
-      <c r="B219" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H219" s="5" t="s">
+      <c r="J219" s="5" t="s">
         <v>1512</v>
       </c>
-      <c r="I219" s="5" t="s">
+      <c r="K219" s="5" t="s">
         <v>1513</v>
       </c>
-      <c r="J219" s="5" t="s">
+      <c r="L219" s="6" t="s">
         <v>1514</v>
       </c>
-      <c r="K219" s="5" t="s">
+      <c r="M219" s="5" t="s">
         <v>1515</v>
-      </c>
-[...4 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
+        <v>1516</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C220" s="5" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I220" s="5" t="s">
         <v>1518</v>
       </c>
-      <c r="B220" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E220" s="5" t="s">
+      <c r="J220" s="5" t="s">
         <v>1519</v>
       </c>
-      <c r="F220" s="5" t="s">
+      <c r="K220" s="5" t="s">
         <v>1520</v>
       </c>
-      <c r="G220" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H220" s="5" t="s">
+      <c r="L220" s="6" t="s">
         <v>1521</v>
       </c>
-      <c r="I220" s="5" t="s">
+      <c r="M220" s="5" t="s">
         <v>1522</v>
-      </c>
-[...10 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E221" s="5" t="s">
+        <v>1525</v>
+      </c>
+      <c r="F221" s="5" t="s">
+        <v>1526</v>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I221" s="5" t="s">
         <v>1527</v>
       </c>
-      <c r="B221" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1528</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1529</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1530</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="M221" s="5" t="s">
         <v>1531</v>
-      </c>
-[...4 lines deleted...]
-        <v>1533</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I222" s="5" t="s">
         <v>1534</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H222" s="5" t="s">
+      <c r="J222" s="5" t="s">
         <v>1535</v>
-      </c>
-[...2 lines deleted...]
-        <v>1049</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>1536</v>
       </c>
       <c r="L222" s="6" t="s">
         <v>1537</v>
       </c>
       <c r="M222" s="5" t="s">
         <v>1538</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
         <v>1539</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>16</v>
+        <v>1419</v>
       </c>
       <c r="D223" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="E223" s="5" t="s">
         <v>1540</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F223" s="5" t="s">
         <v>1541</v>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
         <v>1542</v>
       </c>
       <c r="I223" s="5" t="s">
         <v>1543</v>
       </c>
       <c r="J223" s="5" t="s">
-        <v>1049</v>
+        <v>1544</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>16</v>
+        <v>749</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>1540</v>
+        <v>221</v>
       </c>
       <c r="E224" s="5" t="s">
-        <v>1548</v>
+        <v>1404</v>
       </c>
       <c r="F224" s="5" t="s">
-        <v>1541</v>
+        <v>1494</v>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H224" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I224" s="5"/>
+      <c r="H224" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1550</v>
+      </c>
       <c r="J224" s="5" t="s">
-        <v>1049</v>
+        <v>1551</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1549</v>
+        <v>1552</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1550</v>
+        <v>1553</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>16</v>
+        <v>1383</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>1540</v>
-[...5 lines deleted...]
-        <v>1541</v>
+        <v>611</v>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1326</v>
+        <v>1561</v>
       </c>
       <c r="E226" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F226" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F226" s="5" t="s">
+        <v>1562</v>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1558</v>
-[...1 lines deleted...]
-      <c r="I226" s="5"/>
+        <v>1563</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>1564</v>
+      </c>
       <c r="J226" s="5" t="s">
-        <v>600</v>
+        <v>1062</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1559</v>
+        <v>1565</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1560</v>
+        <v>1566</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1561</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="B227" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C227" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="F227" s="5" t="s">
         <v>1562</v>
       </c>
-      <c r="B227" s="5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I227" s="5"/>
       <c r="J227" s="5" t="s">
-        <v>1566</v>
+        <v>1062</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>736</v>
+        <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>221</v>
+        <v>1561</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>1383</v>
+        <v>17</v>
       </c>
       <c r="F228" s="5" t="s">
-        <v>1571</v>
+        <v>1562</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1572</v>
-[...3 lines deleted...]
-      </c>
+        <v>1574</v>
+      </c>
+      <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1574</v>
+        <v>1062</v>
       </c>
       <c r="K228" s="5" t="s">
         <v>1575</v>
       </c>
       <c r="L228" s="6" t="s">
         <v>1576</v>
       </c>
       <c r="M228" s="5" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
         <v>1578</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>1275</v>
+        <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>200</v>
+        <v>1347</v>
       </c>
       <c r="E229" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H229" s="5" t="s">
         <v>1579</v>
       </c>
-      <c r="F229" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H229" s="5" t="s">
+      <c r="I229" s="5"/>
+      <c r="J229" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K229" s="5" t="s">
         <v>1580</v>
       </c>
-      <c r="I229" s="5" t="s">
+      <c r="L229" s="6" t="s">
         <v>1581</v>
       </c>
-      <c r="J229" s="5" t="s">
+      <c r="M229" s="5" t="s">
         <v>1582</v>
-      </c>
-[...7 lines deleted...]
-        <v>1585</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B230" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C230" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D230" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F230" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="G230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H230" s="5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="I230" s="5" t="s">
         <v>1586</v>
       </c>
-      <c r="B230" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H230" s="5" t="s">
+      <c r="J230" s="5" t="s">
         <v>1587</v>
       </c>
-      <c r="I230" s="5" t="s">
+      <c r="K230" s="5" t="s">
         <v>1588</v>
       </c>
-      <c r="J230" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K230" s="5" t="s">
+      <c r="L230" s="6" t="s">
         <v>1589</v>
       </c>
-      <c r="L230" s="6" t="s">
+      <c r="M230" s="5" t="s">
         <v>1590</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B231" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C231" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D231" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F231" s="5" t="s">
         <v>1592</v>
-      </c>
-[...15 lines deleted...]
-        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
         <v>1593</v>
       </c>
-      <c r="I231" s="5"/>
+      <c r="I231" s="5" t="s">
+        <v>1594</v>
+      </c>
       <c r="J231" s="5" t="s">
-        <v>600</v>
+        <v>1595</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>16</v>
+        <v>1288</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>1540</v>
+        <v>200</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>17</v>
+        <v>1600</v>
       </c>
       <c r="F232" s="5" t="s">
-        <v>1598</v>
+        <v>1437</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="I232" s="5" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="J232" s="5" t="s">
-        <v>1049</v>
+        <v>1603</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1601</v>
+        <v>1604</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1602</v>
+        <v>1605</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>736</v>
+        <v>16</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>221</v>
+        <v>1347</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1605</v>
+        <v>17</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>1608</v>
+        <v>613</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>561</v>
+        <v>611</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>17</v>
+      </c>
+      <c r="F234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1613</v>
-[...1 lines deleted...]
-      <c r="I234" s="5" t="s">
         <v>1614</v>
       </c>
+      <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>755</v>
+        <v>613</v>
       </c>
       <c r="K234" s="5" t="s">
         <v>1615</v>
       </c>
       <c r="L234" s="6" t="s">
         <v>1616</v>
       </c>
       <c r="M234" s="5" t="s">
         <v>1617</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="5" t="s">
+        <v>1618</v>
+      </c>
+      <c r="B235" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C235" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D235" s="5" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>1619</v>
+      </c>
+      <c r="G235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H235" s="5" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J235" s="5" t="s">
+        <v>1062</v>
+      </c>
+      <c r="K235" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="L235" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="M235" s="5" t="s">
+        <v>1624</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H236" s="5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>1628</v>
+      </c>
+      <c r="J236" s="5" t="s">
+        <v>1629</v>
+      </c>
+      <c r="K236" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="L236" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="M236" s="5" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B237" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C237" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H237" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="J237" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="K237" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="L237" s="6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="M237" s="5" t="s">
+        <v>1638</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -20395,44 +20697,47 @@
     <hyperlink ref="M210" r:id="rId215"/>
     <hyperlink ref="M211" r:id="rId216"/>
     <hyperlink ref="M212" r:id="rId217"/>
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
     <hyperlink ref="M218" r:id="rId223"/>
     <hyperlink ref="M219" r:id="rId224"/>
     <hyperlink ref="M220" r:id="rId225"/>
     <hyperlink ref="M221" r:id="rId226"/>
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
+    <hyperlink ref="M235" r:id="rId240"/>
+    <hyperlink ref="M236" r:id="rId241"/>
+    <hyperlink ref="M237" r:id="rId242"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>