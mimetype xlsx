--- v1 (2025-11-16)
+++ v2 (2026-01-01)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2642" uniqueCount="1639" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2654" uniqueCount="1647" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -5920,50 +5920,91 @@
   </si>
   <si>
     <t>William O.Henry</t>
   </si>
   <si>
     <t>Larsen-familiens drenge gik på Kostskole i Birkerød. 
 O.Henrys bog Ren Forretning udkom i 1920. 
 Peter er Larsen-familiens hund.</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø og beder Alhed Larsen sende aviser, så han kan følge en bestemt historie, der bringes over flere dage.
 Han beder om mange breve fra hende, mens hun er på besøg hos drengene i Birkerød - og et telefonopkald, hvis svanen lægger æg inden hendes afrejse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RhDq</t>
   </si>
   <si>
     <t>KIrkeby 4 Maj 1920.
 Kæreste Alhed!
 Jeg kom godt herop i Aftes. Her ser godt nok ud men her er noget koldt og blæsende i Dag. Jeg har kun faaet et Lommetørklæde med, men ellers har jeg saa vidt jeg kan overse det husket al Ting denne Gang. Kan Du sende mig det Ekstrablad hvor Historien slutter og Venstrebladene til den er forbi. Jeg købte en Bog paa Odense Banegaard af O Henry der hedder noget i Retning af Forretning. Kan Du skrive flittigt til mig ["mig" indsat over linjen] og helst hver Dag mens Du er i Birkerød. Hvis Svanen lægger Æg inden Du rejser maa Du ringe herop. Peter maa vist helst holdes bunden mens Du er borte for ikke at forstyrre dem. Mange kærlige Hilsner 
 Din 
 JL.
 P.S.
 Her er Kuffertnøglerne. De laa alligevel i min Pung, men i det forreste Rum, der er særlig Laas til.
 JL.</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
   </si>
   <si>
     <t>1920-05-08</t>
   </si>
   <si>
     <t>Jørgen Brandstrup
 Alhed Marie Brønsted
 Ellen Brønsted
 Louise Brønsted
 Christian Caspersen
 Emmy Caspersen
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 - Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
 Ellen  Sawyer
 Hempel Syberg
 Else Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
 1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
 I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
@@ -8569,51 +8610,51 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
   </si>
   <si>
     <t>1939-07-02</t>
   </si>
   <si>
     <t>Thora Cohn
 Andreas Larsen
 Jeppe Larsen
@@ -9932,59 +9973,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M237"/>
+  <dimension ref="A1:M238"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -16155,4354 +16196,4397 @@
       </c>
       <c r="J140" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>976</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>977</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>979</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
         <v>53</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>749</v>
-[...9 lines deleted...]
-        </is>
+        <v>128</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>980</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>622</v>
+        <v>749</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G142" s="5" t="s">
-        <v>987</v>
+      <c r="G142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H142" s="5" t="s">
         <v>988</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>989</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>21</v>
+        <v>990</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>765</v>
+        <v>16</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>113</v>
+      </c>
+      <c r="E143" s="5" t="s">
+        <v>622</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G143" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G143" s="5" t="s">
+        <v>995</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>113</v>
+        <v>765</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="I144" s="5" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D145" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E145" s="5" t="s">
-[...3 lines deleted...]
-        <v>1006</v>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D146" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E146" s="5" t="s">
-        <v>622</v>
-[...7 lines deleted...]
-        <v>1006</v>
+        <v>151</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1017</v>
+        <v>1013</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E147" s="5" t="s">
         <v>622</v>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="s">
-        <v>1018</v>
+        <v>1014</v>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D148" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E148" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G148" s="5" t="s">
+        <v>1026</v>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>1026</v>
+        <v>1028</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1027</v>
+        <v>1029</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>574</v>
+        <v>16</v>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F149" s="5" t="s">
+        <v>1014</v>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>768</v>
+        <v>21</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>574</v>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>203</v>
+        <v>768</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>611</v>
+        <v>574</v>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F151" s="5" t="s">
-        <v>26</v>
+      <c r="F151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1043</v>
-[...1 lines deleted...]
-      <c r="I151" s="5"/>
+        <v>1045</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>1046</v>
+      </c>
       <c r="J151" s="5" t="s">
-        <v>768</v>
+        <v>203</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F152" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="E153" s="5" t="s">
-        <v>114</v>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>1056</v>
+      </c>
+      <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C154" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1059</v>
+        <v>114</v>
       </c>
       <c r="F154" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>1062</v>
+        <v>768</v>
       </c>
       <c r="K154" s="5" t="s">
         <v>1063</v>
       </c>
       <c r="L154" s="6" t="s">
         <v>1064</v>
       </c>
       <c r="M154" s="5" t="s">
         <v>1065</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
         <v>1066</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C155" s="5" t="s">
-        <v>113</v>
+      <c r="C155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D155" s="5" t="s">
-        <v>532</v>
-[...4 lines deleted...]
-        </is>
+        <v>611</v>
+      </c>
+      <c r="E155" s="5" t="s">
+        <v>1067</v>
       </c>
       <c r="F155" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>768</v>
+        <v>1070</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1069</v>
+        <v>1071</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>16</v>
+        <v>532</v>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F156" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F156" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>21</v>
+        <v>768</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D157" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>1085</v>
+        <v>113</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>1088</v>
+        <v>21</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>1089</v>
       </c>
       <c r="L158" s="6" t="s">
         <v>1090</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
         <v>1092</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>113</v>
+        <v>1093</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>532</v>
+        <v>53</v>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>768</v>
+        <v>1096</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>611</v>
+        <v>532</v>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F160" s="5" t="s">
-        <v>26</v>
+      <c r="F160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D161" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F161" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1106</v>
+        <v>1108</v>
       </c>
       <c r="J161" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1107</v>
+        <v>1109</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1108</v>
+        <v>1110</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D162" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F162" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="J162" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>611</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="s">
         <v>26</v>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="J163" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>611</v>
-[...9 lines deleted...]
-        </is>
+        <v>532</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="F164" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J164" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1126</v>
+        <v>1128</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1127</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1128</v>
+        <v>1130</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D165" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="J165" s="5" t="s">
         <v>768</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="B166" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>445</v>
+        <v>611</v>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>1138</v>
+        <v>768</v>
       </c>
       <c r="K166" s="5" t="s">
         <v>1139</v>
       </c>
       <c r="L166" s="6" t="s">
         <v>1140</v>
       </c>
       <c r="M166" s="5" t="s">
         <v>1141</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
         <v>1142</v>
       </c>
       <c r="B167" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>113</v>
+        <v>53</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>574</v>
-[...12 lines deleted...]
-        <v>719</v>
+        <v>444</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>203</v>
+        <v>1146</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>532</v>
+        <v>574</v>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G168" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G168" s="5" t="s">
+        <v>719</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="J168" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1154</v>
+        <v>1156</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>444</v>
-[...5 lines deleted...]
-        <v>445</v>
+        <v>532</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1155</v>
+        <v>1157</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1156</v>
+        <v>1158</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>1157</v>
+        <v>203</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>532</v>
+        <v>444</v>
       </c>
       <c r="E170" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        <v>1162</v>
+        <v>17</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H170" s="5" t="s">
         <v>1163</v>
       </c>
       <c r="I170" s="5" t="s">
         <v>1164</v>
       </c>
       <c r="J170" s="5" t="s">
-        <v>203</v>
+        <v>1165</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>113</v>
+        <v>532</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1169</v>
+        <v>18</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="s">
         <v>1170</v>
       </c>
       <c r="H171" s="5" t="s">
         <v>1171</v>
       </c>
       <c r="I171" s="5" t="s">
         <v>1172</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K171" s="5" t="s">
         <v>1173</v>
       </c>
       <c r="L171" s="6" t="s">
         <v>1174</v>
       </c>
       <c r="M171" s="5" t="s">
         <v>1175</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
         <v>1176</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D172" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D172" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F172" s="5" t="s">
+      <c r="E172" s="5" t="s">
         <v>1177</v>
       </c>
-      <c r="G172" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G172" s="5" t="s">
+        <v>1178</v>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>203</v>
+        <v>21</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>113</v>
       </c>
       <c r="D173" s="5" t="s">
         <v>574</v>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F173" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F173" s="5" t="s">
+        <v>1185</v>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H173" s="5" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="J173" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>16</v>
+        <v>113</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>574</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G174" s="5" t="s">
-        <v>1190</v>
+      <c r="G174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="I174" s="5" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>21</v>
+        <v>203</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D175" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E175" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G175" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G175" s="5" t="s">
+        <v>1198</v>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="J175" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D176" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D176" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E176" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="I176" s="5" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="J176" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D177" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D177" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="s">
-        <v>1208</v>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H177" s="5" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="J177" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D178" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E178" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="J178" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E179" s="5" t="s">
-        <v>1006</v>
+        <v>17</v>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G179" s="5" t="s">
+        <v>1223</v>
       </c>
       <c r="H179" s="5" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="I179" s="5" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="J179" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D180" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>622</v>
+        <v>1014</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G180" s="5" t="s">
-        <v>1228</v>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>1231</v>
+        <v>21</v>
       </c>
       <c r="K180" s="5" t="s">
         <v>1232</v>
       </c>
       <c r="L180" s="6" t="s">
         <v>1233</v>
       </c>
       <c r="M180" s="5" t="s">
         <v>1234</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
         <v>1235</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D181" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E181" s="5" t="s">
         <v>622</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G181" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G181" s="5" t="s">
+        <v>1236</v>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D182" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D182" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E182" s="5" t="s">
-        <v>18</v>
+        <v>622</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="s">
-        <v>1243</v>
+      <c r="G182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H182" s="5" t="s">
         <v>1244</v>
       </c>
       <c r="I182" s="5" t="s">
         <v>1245</v>
       </c>
       <c r="J182" s="5" t="s">
-        <v>21</v>
+        <v>1246</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D183" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D183" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E183" s="5" t="s">
-        <v>622</v>
+        <v>18</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="H183" s="5" t="s">
-        <v>532</v>
+        <v>1252</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="J183" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1253</v>
+        <v>1255</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>1256</v>
+        <v>16</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>200</v>
+        <v>113</v>
       </c>
       <c r="E184" s="5" t="s">
-        <v>1257</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>622</v>
+      </c>
+      <c r="F184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G184" s="5" t="s">
         <v>1258</v>
       </c>
       <c r="H184" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="I184" s="5" t="s">
         <v>1259</v>
       </c>
-      <c r="I184" s="5" t="s">
+      <c r="J184" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K184" s="5" t="s">
         <v>1260</v>
       </c>
-      <c r="J184" s="5" t="s">
+      <c r="L184" s="6" t="s">
         <v>1261</v>
       </c>
-      <c r="K184" s="5" t="s">
+      <c r="M184" s="5" t="s">
         <v>1262</v>
-      </c>
-[...4 lines deleted...]
-        <v>1264</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B185" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C185" s="5" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E185" s="5" t="s">
         <v>1265</v>
       </c>
-      <c r="B185" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F185" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G185" s="5" t="s">
         <v>1266</v>
       </c>
       <c r="H185" s="5" t="s">
         <v>1267</v>
       </c>
       <c r="I185" s="5" t="s">
         <v>1268</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>21</v>
+        <v>1269</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D186" s="5" t="s">
         <v>113</v>
       </c>
       <c r="E186" s="5" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="s">
         <v>1274</v>
       </c>
       <c r="H186" s="5" t="s">
         <v>1275</v>
       </c>
       <c r="I186" s="5" t="s">
         <v>1276</v>
       </c>
       <c r="J186" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K186" s="5" t="s">
         <v>1277</v>
       </c>
       <c r="L186" s="6" t="s">
         <v>1278</v>
       </c>
       <c r="M186" s="5" t="s">
         <v>1279</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
         <v>1280</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>444</v>
-[...12 lines deleted...]
-        </is>
+        <v>113</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F187" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G187" s="5" t="s">
+        <v>1282</v>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1283</v>
+        <v>21</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>14</v>
+        <v>427</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>1288</v>
+        <v>53</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>200</v>
-[...1 lines deleted...]
-      <c r="E188" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="G188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H188" s="5" t="s">
         <v>1289</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="I188" s="5" t="s">
         <v>1290</v>
       </c>
       <c r="J188" s="5" t="s">
         <v>1291</v>
       </c>
       <c r="K188" s="5" t="s">
         <v>1292</v>
       </c>
       <c r="L188" s="6" t="s">
         <v>1293</v>
       </c>
       <c r="M188" s="5" t="s">
         <v>1294</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
         <v>1295</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
         <v>1296</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>444</v>
+        <v>200</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>17</v>
+        <v>1297</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H189" s="5" t="s">
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I189" s="5" t="s">
         <v>1298</v>
       </c>
-      <c r="I189" s="5"/>
       <c r="J189" s="5" t="s">
         <v>1299</v>
       </c>
       <c r="K189" s="5" t="s">
         <v>1300</v>
       </c>
       <c r="L189" s="6" t="s">
         <v>1301</v>
       </c>
       <c r="M189" s="5" t="s">
         <v>1302</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
         <v>1303</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="D190" s="5" t="s">
         <v>444</v>
       </c>
       <c r="E190" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G190" s="5" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>611</v>
+        <v>1304</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>532</v>
-[...4 lines deleted...]
-        </is>
+        <v>444</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G191" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G191" s="5" t="s">
+        <v>1312</v>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1310</v>
-[...3 lines deleted...]
-      </c>
+        <v>1313</v>
+      </c>
+      <c r="I191" s="5"/>
       <c r="J191" s="5" t="s">
-        <v>203</v>
+        <v>1307</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>1296</v>
+        <v>611</v>
       </c>
       <c r="D192" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H192" s="5" t="s">
+        <v>1318</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1319</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="K192" s="5" t="s">
+        <v>1320</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B193" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C193" s="5" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D193" s="5" t="s">
         <v>444</v>
       </c>
-      <c r="E192" s="5" t="s">
+      <c r="E193" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F192" s="5" t="inlineStr">
-[...27 lines deleted...]
-      <c r="A193" s="5" t="n">
+      <c r="F193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G193" s="5" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I193" s="5"/>
+      <c r="J193" s="5" t="s">
+        <v>1307</v>
+      </c>
+      <c r="K193" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="L193" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="5" t="n">
         <v>1927</v>
       </c>
-      <c r="B193" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C193" s="5" t="s">
+      <c r="B194" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C194" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="D193" s="5" t="s">
+      <c r="D194" s="5" t="s">
         <v>611</v>
       </c>
-      <c r="E193" s="5" t="inlineStr">
-[...45 lines deleted...]
-      </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="I194" s="5" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>203</v>
+        <v>1070</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="B195" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>151</v>
+        <v>574</v>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H195" s="5" t="s">
+        <v>1335</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="J195" s="5" t="s">
         <v>203</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>444</v>
-[...9 lines deleted...]
-        </is>
+        <v>200</v>
+      </c>
+      <c r="E196" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F196" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H196" s="5" t="s">
-        <v>1340</v>
+      <c r="H196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I196" s="5" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="J196" s="5" t="s">
-        <v>1342</v>
+        <v>203</v>
       </c>
       <c r="K196" s="5" t="s">
         <v>1343</v>
       </c>
       <c r="L196" s="6" t="s">
         <v>1344</v>
       </c>
       <c r="M196" s="5" t="s">
         <v>1345</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
         <v>1346</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>200</v>
+        <v>1347</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>1347</v>
-[...1 lines deleted...]
-      <c r="E197" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="s">
         <v>1348</v>
       </c>
-      <c r="F197" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H197" s="5" t="s">
+      <c r="I197" s="5" t="s">
         <v>1349</v>
       </c>
-      <c r="I197" s="5"/>
       <c r="J197" s="5" t="s">
-        <v>613</v>
+        <v>1350</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>1354</v>
+        <v>200</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="I198" s="5"/>
       <c r="J198" s="5" t="s">
         <v>613</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>200</v>
+        <v>1355</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>1362</v>
-[...1 lines deleted...]
-      <c r="F199" s="5" t="s">
         <v>1363</v>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H199" s="5" t="s">
         <v>1364</v>
       </c>
-      <c r="I199" s="5" t="s">
+      <c r="I199" s="5"/>
+      <c r="J199" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="K199" s="5" t="s">
         <v>1365</v>
       </c>
-      <c r="J199" s="5" t="s">
+      <c r="L199" s="6" t="s">
         <v>1366</v>
       </c>
-      <c r="K199" s="5" t="s">
+      <c r="M199" s="5" t="s">
         <v>1367</v>
-      </c>
-[...4 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B200" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C200" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E200" s="5" t="s">
         <v>1370</v>
       </c>
-      <c r="B200" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F200" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="I200" s="5" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="J200" s="5" t="s">
-        <v>1062</v>
+        <v>1374</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
         <v>532</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="I201" s="5" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="J201" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1383</v>
+        <v>532</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>611</v>
-[...5 lines deleted...]
-        <v>1384</v>
+        <v>1355</v>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
         <v>1385</v>
       </c>
       <c r="I202" s="5" t="s">
         <v>1386</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K202" s="5" t="s">
         <v>1387</v>
       </c>
       <c r="L202" s="6" t="s">
         <v>1388</v>
       </c>
       <c r="M202" s="5" t="s">
         <v>1389</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
         <v>1390</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
         <v>1391</v>
       </c>
       <c r="D203" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E203" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="F203" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F203" s="5" t="s">
+        <v>1392</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>1392</v>
-[...1 lines deleted...]
-      <c r="I203" s="5"/>
+        <v>1393</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>1394</v>
+      </c>
       <c r="J203" s="5" t="s">
-        <v>1393</v>
+        <v>1070</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="M203" s="5" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>200</v>
+        <v>1399</v>
       </c>
       <c r="D204" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E204" s="5" t="s">
-        <v>1398</v>
+        <v>151</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H204" s="5" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="I204" s="5"/>
       <c r="J204" s="5" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="K204" s="5" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="M204" s="5" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1403</v>
+        <v>1405</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>749</v>
+        <v>200</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>221</v>
+        <v>611</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>1404</v>
+        <v>1406</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
-        <v>1405</v>
-[...3 lines deleted...]
-      </c>
+        <v>1407</v>
+      </c>
+      <c r="I205" s="5"/>
       <c r="J205" s="5" t="s">
-        <v>1407</v>
+        <v>1401</v>
       </c>
       <c r="K205" s="5" t="s">
         <v>1408</v>
       </c>
       <c r="L205" s="6" t="s">
         <v>1409</v>
       </c>
       <c r="M205" s="5" t="s">
         <v>1410</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
         <v>1411</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
         <v>749</v>
       </c>
       <c r="D206" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="E206" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E206" s="5" t="s">
+        <v>1412</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1391</v>
+        <v>749</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1419</v>
-[...1 lines deleted...]
-      <c r="E207" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
         <v>1420</v>
       </c>
-      <c r="F207" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H207" s="5" t="s">
+      <c r="I207" s="5" t="s">
         <v>1421</v>
       </c>
-      <c r="I207" s="5" t="s">
+      <c r="J207" s="5" t="s">
         <v>1422</v>
       </c>
-      <c r="J207" s="5" t="s">
+      <c r="K207" s="5" t="s">
         <v>1423</v>
       </c>
-      <c r="K207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1424</v>
       </c>
-      <c r="L207" s="6" t="s">
+      <c r="M207" s="5" t="s">
         <v>1425</v>
-      </c>
-[...1 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B208" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C208" s="5" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D208" s="5" t="s">
         <v>1427</v>
       </c>
-      <c r="B208" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E208" s="5" t="s">
+        <v>1428</v>
       </c>
       <c r="F208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B209" s="5" t="s">
-        <v>427</v>
+        <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>1435</v>
+        <v>1399</v>
       </c>
       <c r="D209" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
         <v>1436</v>
       </c>
-      <c r="E209" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F209" s="5" t="s">
+      <c r="I209" s="5" t="s">
         <v>1437</v>
       </c>
-      <c r="G209" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I209" s="5" t="s">
+      <c r="J209" s="5" t="s">
         <v>1438</v>
       </c>
-      <c r="J209" s="5" t="s">
+      <c r="K209" s="5" t="s">
         <v>1439</v>
       </c>
-      <c r="K209" s="5" t="s">
+      <c r="L209" s="6" t="s">
         <v>1440</v>
       </c>
-      <c r="L209" s="6" t="s">
+      <c r="M209" s="5" t="s">
         <v>1441</v>
-      </c>
-[...1 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
+        <v>1442</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="C210" s="5" t="s">
         <v>1443</v>
       </c>
-      <c r="B210" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D210" s="5" t="s">
-        <v>611</v>
-[...9 lines deleted...]
-        </is>
+        <v>1444</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F210" s="5" t="s">
+        <v>1445</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="s">
-        <v>1444</v>
+      <c r="H210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1062</v>
+        <v>1447</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1446</v>
+        <v>1448</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="D211" s="5" t="s">
         <v>611</v>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>749</v>
+        <v>1391</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>221</v>
-[...2 lines deleted...]
-        <v>1456</v>
+        <v>611</v>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1459</v>
+        <v>1070</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>1460</v>
       </c>
       <c r="L212" s="6" t="s">
         <v>1461</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>1462</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
         <v>1463</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>16</v>
+        <v>749</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>1383</v>
+        <v>221</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>17</v>
+        <v>1464</v>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>613</v>
+        <v>1467</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1466</v>
+        <v>1468</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1467</v>
+        <v>1469</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1470</v>
+        <v>16</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>200</v>
+        <v>1391</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>151</v>
+        <v>17</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1473</v>
+        <v>613</v>
       </c>
       <c r="K214" s="5" t="s">
         <v>1474</v>
       </c>
       <c r="L214" s="6" t="s">
         <v>1475</v>
       </c>
       <c r="M214" s="5" t="s">
         <v>1476</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
         <v>1477</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
         <v>1478</v>
       </c>
       <c r="D215" s="5" t="s">
         <v>200</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F215" s="5" t="s">
         <v>151</v>
+      </c>
+      <c r="F215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
         <v>1479</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>1480</v>
       </c>
       <c r="J215" s="5" t="s">
         <v>1481</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>1482</v>
       </c>
       <c r="L215" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="M215" s="5" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
         <v>1485</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>749</v>
+        <v>1486</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1419</v>
+        <v>200</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1486</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F216" s="5" t="s">
+        <v>151</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
         <v>1487</v>
       </c>
       <c r="I216" s="5" t="s">
         <v>1488</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>1489</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1490</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1491</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
         <v>1493</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
         <v>749</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>221</v>
+        <v>1427</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1404</v>
-[...1 lines deleted...]
-      <c r="F217" s="5" t="s">
         <v>1494</v>
+      </c>
+      <c r="F217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
         <v>1495</v>
       </c>
       <c r="I217" s="5" t="s">
         <v>1496</v>
       </c>
       <c r="J217" s="5" t="s">
         <v>1497</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1498</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1499</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1500</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
         <v>1501</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>1391</v>
+        <v>749</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>611</v>
+        <v>221</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1412</v>
+      </c>
+      <c r="F218" s="5" t="s">
+        <v>1502</v>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>1062</v>
+        <v>1505</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>1508</v>
+        <v>1399</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>200</v>
+        <v>611</v>
       </c>
       <c r="E219" s="5" t="s">
-        <v>1509</v>
+        <v>17</v>
       </c>
       <c r="F219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
         <v>1510</v>
       </c>
       <c r="I219" s="5" t="s">
         <v>1511</v>
       </c>
       <c r="J219" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K219" s="5" t="s">
         <v>1512</v>
       </c>
-      <c r="K219" s="5" t="s">
+      <c r="L219" s="6" t="s">
         <v>1513</v>
       </c>
-      <c r="L219" s="6" t="s">
+      <c r="M219" s="5" t="s">
         <v>1514</v>
-      </c>
-[...1 lines deleted...]
-        <v>1515</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B220" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C220" s="5" t="s">
         <v>1516</v>
-      </c>
-[...4 lines deleted...]
-        <v>1391</v>
       </c>
       <c r="D220" s="5" t="s">
         <v>200</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1486</v>
+        <v>1517</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>1524</v>
+        <v>1399</v>
       </c>
       <c r="D221" s="5" t="s">
         <v>200</v>
       </c>
       <c r="E221" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="s">
         <v>1525</v>
       </c>
-      <c r="F221" s="5" t="s">
+      <c r="I221" s="5" t="s">
         <v>1526</v>
       </c>
-      <c r="G221" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1527</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1528</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1529</v>
       </c>
-      <c r="L221" s="6" t="s">
+      <c r="M221" s="5" t="s">
         <v>1530</v>
-      </c>
-[...1 lines deleted...]
-        <v>1531</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
         <v>1532</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D222" s="5" t="s">
-        <v>221</v>
+        <v>200</v>
       </c>
       <c r="E222" s="5" t="s">
-        <v>1404</v>
+        <v>1533</v>
       </c>
       <c r="F222" s="5" t="s">
-        <v>1494</v>
+        <v>1534</v>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H222" s="5" t="s">
-        <v>1533</v>
+      <c r="H222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I222" s="5" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="J222" s="5" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>1419</v>
+        <v>749</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>749</v>
+        <v>221</v>
       </c>
       <c r="E223" s="5" t="s">
-        <v>1540</v>
+        <v>1412</v>
       </c>
       <c r="F223" s="5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="G223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H223" s="5" t="s">
         <v>1541</v>
       </c>
-      <c r="G223" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H223" s="5" t="s">
+      <c r="I223" s="5" t="s">
         <v>1542</v>
       </c>
-      <c r="I223" s="5" t="s">
+      <c r="J223" s="5" t="s">
         <v>1543</v>
       </c>
-      <c r="J223" s="5" t="s">
+      <c r="K223" s="5" t="s">
         <v>1544</v>
       </c>
-      <c r="K223" s="5" t="s">
+      <c r="L223" s="6" t="s">
         <v>1545</v>
       </c>
-      <c r="L223" s="6" t="s">
+      <c r="M223" s="5" t="s">
         <v>1546</v>
-      </c>
-[...1 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B224" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C224" s="5" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D224" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="E224" s="5" t="s">
         <v>1548</v>
       </c>
-      <c r="B224" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F224" s="5" t="s">
-        <v>1494</v>
+        <v>1549</v>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="I224" s="5" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="J224" s="5" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>1383</v>
+        <v>749</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>611</v>
-[...9 lines deleted...]
-        </is>
+        <v>221</v>
+      </c>
+      <c r="E225" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>1502</v>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1556</v>
-[...1 lines deleted...]
-      <c r="I225" s="5"/>
+        <v>1557</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>1558</v>
+      </c>
       <c r="J225" s="5" t="s">
-        <v>1062</v>
+        <v>1559</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1557</v>
+        <v>1560</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1558</v>
+        <v>1561</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1560</v>
+        <v>1563</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>16</v>
+        <v>1391</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1561</v>
-[...5 lines deleted...]
-        <v>1562</v>
+        <v>611</v>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1563</v>
-[...1 lines deleted...]
-      <c r="I226" s="5" t="s">
         <v>1564</v>
       </c>
+      <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K226" s="5" t="s">
         <v>1565</v>
       </c>
       <c r="L226" s="6" t="s">
         <v>1566</v>
       </c>
       <c r="M226" s="5" t="s">
         <v>1567</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
         <v>1568</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="E227" s="5" t="s">
-        <v>1569</v>
+        <v>17</v>
       </c>
       <c r="F227" s="5" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H227" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I227" s="5"/>
+      <c r="H227" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>1572</v>
+      </c>
       <c r="J227" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="E228" s="5" t="s">
-        <v>17</v>
+        <v>1577</v>
       </c>
       <c r="F228" s="5" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H228" s="5" t="s">
-        <v>1574</v>
+      <c r="H228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1062</v>
+        <v>1070</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1576</v>
+        <v>1579</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1577</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1578</v>
+        <v>1581</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1347</v>
+        <v>1569</v>
       </c>
       <c r="E229" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F229" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F229" s="5" t="s">
+        <v>1570</v>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1579</v>
+        <v>1582</v>
       </c>
       <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>613</v>
+        <v>1070</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1580</v>
+        <v>1583</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1581</v>
+        <v>1584</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1582</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1583</v>
+        <v>1586</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>221</v>
+        <v>1355</v>
       </c>
       <c r="E230" s="5" t="s">
-        <v>1486</v>
-[...2 lines deleted...]
-        <v>1584</v>
+        <v>17</v>
+      </c>
+      <c r="F230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="s">
-        <v>1585</v>
-[...3 lines deleted...]
-      </c>
+        <v>1587</v>
+      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>1587</v>
+        <v>613</v>
       </c>
       <c r="K230" s="5" t="s">
         <v>1588</v>
       </c>
       <c r="L230" s="6" t="s">
         <v>1589</v>
       </c>
       <c r="M230" s="5" t="s">
         <v>1590</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
         <v>1591</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
         <v>749</v>
       </c>
       <c r="D231" s="5" t="s">
         <v>221</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>1404</v>
+        <v>1494</v>
       </c>
       <c r="F231" s="5" t="s">
         <v>1592</v>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
         <v>1593</v>
       </c>
       <c r="I231" s="5" t="s">
         <v>1594</v>
       </c>
       <c r="J231" s="5" t="s">
         <v>1595</v>
       </c>
       <c r="K231" s="5" t="s">
         <v>1596</v>
       </c>
       <c r="L231" s="6" t="s">
         <v>1597</v>
       </c>
       <c r="M231" s="5" t="s">
         <v>1598</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
         <v>1599</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1288</v>
+        <v>749</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>200</v>
+        <v>221</v>
       </c>
       <c r="E232" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="F232" s="5" t="s">
         <v>1600</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
         <v>1601</v>
       </c>
       <c r="I232" s="5" t="s">
         <v>1602</v>
       </c>
       <c r="J232" s="5" t="s">
         <v>1603</v>
       </c>
       <c r="K232" s="5" t="s">
         <v>1604</v>
       </c>
       <c r="L232" s="6" t="s">
         <v>1605</v>
       </c>
       <c r="M232" s="5" t="s">
         <v>1606</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
         <v>1607</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>16</v>
+        <v>1296</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>1347</v>
+        <v>200</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1608</v>
+      </c>
+      <c r="F233" s="5" t="s">
+        <v>1445</v>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="I233" s="5" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="J233" s="5" t="s">
-        <v>613</v>
+        <v>1611</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>611</v>
+        <v>1355</v>
       </c>
       <c r="E234" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1614</v>
-[...1 lines deleted...]
-      <c r="I234" s="5"/>
+        <v>1616</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>1617</v>
+      </c>
       <c r="J234" s="5" t="s">
         <v>613</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1616</v>
+        <v>1619</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1561</v>
+        <v>611</v>
       </c>
       <c r="E235" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F235" s="5" t="s">
-        <v>1619</v>
+      <c r="F235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1620</v>
-[...3 lines deleted...]
-      </c>
+        <v>1622</v>
+      </c>
+      <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>1062</v>
+        <v>613</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>221</v>
+        <v>1569</v>
       </c>
       <c r="E236" s="5" t="s">
-        <v>1626</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F236" s="5" t="s">
+        <v>1627</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="J236" s="5" t="s">
-        <v>1629</v>
+        <v>1070</v>
       </c>
       <c r="K236" s="5" t="s">
         <v>1630</v>
       </c>
       <c r="L236" s="6" t="s">
         <v>1631</v>
       </c>
       <c r="M236" s="5" t="s">
         <v>1632</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D237" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>1634</v>
+      </c>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H237" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>1636</v>
+      </c>
+      <c r="J237" s="5" t="s">
+        <v>1637</v>
+      </c>
+      <c r="K237" s="5" t="s">
+        <v>1638</v>
+      </c>
+      <c r="L237" s="6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="M237" s="5" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="5" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C238" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D237" s="5" t="s">
+      <c r="D238" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="E237" s="5" t="s">
+      <c r="E238" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="F237" s="5" t="s">
+      <c r="F238" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G237" s="5" t="inlineStr">
-[...10 lines deleted...]
-      <c r="J237" s="5" t="s">
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="J238" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="K237" s="5" t="s">
-[...6 lines deleted...]
-        <v>1638</v>
+      <c r="K238" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="L238" s="6" t="s">
+        <v>1645</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>1646</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -20700,44 +20784,45 @@
     <hyperlink ref="M213" r:id="rId218"/>
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
     <hyperlink ref="M218" r:id="rId223"/>
     <hyperlink ref="M219" r:id="rId224"/>
     <hyperlink ref="M220" r:id="rId225"/>
     <hyperlink ref="M221" r:id="rId226"/>
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
     <hyperlink ref="M235" r:id="rId240"/>
     <hyperlink ref="M236" r:id="rId241"/>
     <hyperlink ref="M237" r:id="rId242"/>
+    <hyperlink ref="M238" r:id="rId243"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>