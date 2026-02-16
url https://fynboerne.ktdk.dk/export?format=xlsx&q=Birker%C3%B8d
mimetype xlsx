--- v2 (2026-01-01)
+++ v3 (2026-02-16)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2654" uniqueCount="1647" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2701" uniqueCount="1676" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -8318,51 +8318,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -9652,50 +9652,106 @@
     <t>https://fynboerne.ktdk.dk/d/PxiH</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Malerinden
 Fru Christine Swane
 Skovgaardsvej 5
 Birkerød
 Danemark.
 [Håndskrevet på kuvertens bagside:]
 Lars Swane
 c/o Hotel de l'avenir.
 52 Rue Gay Lussac
 Paris V.
 France
 ["France" er skrevet med grønt blæk. Det øvrige med sort]
 [I brevet:]
 Rue Gay Lussac 52 Tirsdag 7-6-49.
 Kære Mor! Tak for Brev som vi fik i Dag! Det var dejligt at Varedirektoratet nu endelig gav sig. Angaaende Ramme til Udkast: jeg havde tænkt mig at vi fik 2 runde Stokke og hæftede det paa, og saa rullede det ud paa Væggen, jeg tror ikke det andet er praktisk, det bliver alt for uhaandterligt, tænk over det. Angaaende Lærred, saa har jeg bare glemt det, der er Lærreder paa Loftet, Lisbeth kan hjælpe dig at faa dem ned. Der er nogle helt hjemmepræparerede til dig og nogle meget glatte paa det købte Lærred, som jeg skulde have selv. Tag i alt Fald bare hvad du kan bruge.
 Vi har det godt hernede nu er Vejret blevet fint. Vi var i Gaar til Frokost fra Kl. 12 til 4 30_hos Rogers Forældre, de er alle vældig søde, bor nydeligt og det har trods Sprogvanskelligheder været _meget hyggeligt, men kan du forstaa ret anstrengende. Vi skal der til Aften i Morgen og haaber at de vil diske lidt mindre op for os. 
 Angaaende Bilkørsel gennem Tyskland mærkede vi ingen Vanskelligheder, kører man blot nogenlunde fornuftigt (og vi kører helt fornuftigt) er der ingen særlig Besvær. Der er meget ujævn Vej gennem Hamborg og Bremen grundet paa Omkørsler ved Bombningerne, men saa maa man sagtne Farten og Fare frembyder det slet ikke. Den daarligste Vej er i Belgien, hvor det er Brosten meget af Vejen, men der gælder det samme.
 I Gaar var vi med Karen og hendes Mand Bob i Versailles, en dejlig Tur, især den kæmpestore Park var smuk. I Dag har jeg hentet Penge og Benzinmærker til Turister (20 fr. billigere pr L.). Benzinen er ellers lige givet fri. Vi bor nu paa Hotellet hvor Karen bor, billigt og ordentlig, de første to Nætter boede vi lidt dyrere paa Hotel Dagmar lige ved Siden af. Men Mad og alle mulige Ting undtagen Vinen er meget dyrt, saa vi maa passe paa, men saa kan det gaa, og efterhaanden faar vi ogsaa Øvelse i at beregne rigtigt. Vi haaber nu at Rie har haft en god Fødselsdag og er blevet tilfreds med Ur og andre Gaver. Du maa hilse hende meget fra os begge to. Vi har ogsaa i Dag haft Kort fra Poul Utt. og hører at han har talt med Jer. Vi har endnu ikke haft Forbindelse med Hans Tabor men skal have fat i ham en af de nærmeste Dage, vi kom jo lige før Pinse og saa havde ["havde" indsat over linjen] Karen fri, derfor har vi særlig været sammen hende nu, og saa var der Roger, men nu kommer Turen til ham som sagt. Vi bliver her ca 10 dage endnu og jeg vil egentlig gerne have de Breve med da jeg ikke ved hvad det drejer sig om. Senere har Karen lovet at sende Brevene efter os naar vi giver hende Besked om Adr. Hils nu Rie mange Gange fra os og vær selv paa det bedste hilset fra Ursula og Lasse.
 P.S. Vi har haft megen Nytte paa Turen af det dejlige Tæppe, Ursula har nydt det.</t>
   </si>
   <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
+  </si>
+  <si>
     <t>1949-12-20</t>
   </si>
   <si>
     <t>Thora Cohn
 Matilde Jungstedt
 Adolph Larsen
 Henning Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Poul Lorentsen
 Christine Swane
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter
 Martin Warberg Larsen
 Julius Wedell
 Tito Wedell</t>
   </si>
   <si>
     <t>Charles Wedell hed også Tido. 
 Birkerødderne var Christine Swane og Marie Larsen.</t>
   </si>
   <si>
     <t>Johannes Larsens har fået Johans ex libris fra trykkeriet, men han orkede ikke at sende dem, da der skulle udfyldes så mange formularer.
@@ -9818,50 +9874,201 @@
     <t>https://fynboerne.ktdk.dk/d/iPJz</t>
   </si>
   <si>
     <t>På konvoluttens forside:
 27 Juli 1950
 besv. 30 Juli
 Fru Astrid Warberg Müller
 Bakkevej 10
 Hareskov St.
 På konvoluttens bagside:
 Lindøgaard Dræby St. Fyen.
 læst 7-5-02.
 Lindøgaard 26-7-1950
 Kæreste lille Dis!
 Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
 det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
 Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
 det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
 Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
 Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
 En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
 Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
 Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
 Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
 Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
+  </si>
+  <si>
+    <t>1951-06-14</t>
+  </si>
+  <si>
+    <t>Lolland
+Maribo</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elisabeth Knuth
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Mosaikken var en bestillingsopgave til Damsøbadet på Frederiksberg</t>
+  </si>
+  <si>
+    <t>Christine Swane takker for cigaretterne. Hun og Lars Swane lægger mosaik. Den består af 138 dele.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z3n5</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Grevinde Christa Knuth
+Maribo
+Lolland.
+[På kuvertens bagside:]
+Christine Swane
+Birkerød.
+[I brevet:]
+Birkerød 14 juni 1951.
+Kære Christa.
+Tusind Tak for dine lykønskninger og de dejlige Cigaretter som jeg har nydt. 
+Håber at du har det godt, her har vi det med travlhed Lasse og jeg lægger mosaikken, den er delt i 138 stk og vi er nu nået til 99 så det går da fremad. I øjeblikket har vi ikke tid at tage nogen steder hen. Hils Elisabeth og Adam og tak for hilsner.
+Hilsner fra din hengivne Ugle.</t>
   </si>
   <si>
     <t>1918-1921</t>
   </si>
   <si>
     <t>Ellen Bøttern
 Victor Bøttern
 Axel Muus
 Leo Swane</t>
   </si>
   <si>
     <t>Jokum var Johannes Larsens odder. Peter var Larsen-familiens hund. 
 Et kobbermål er en kobberbeholder med ophæng/øre</t>
   </si>
   <si>
     <t>Drengene skal sende deres vasketøj.
 Bøtterns har været til hummergilde, og Peter og Jokum legede sjovt sammen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UmGw</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Brødrene A. og J. Larsen
 Kostskolen
@@ -9973,59 +10180,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/aUib" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NF81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1OT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bsN8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o9LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xw5z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOdS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2ruO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lFaZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OMa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pog" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O5AW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TlSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g5zo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1VrZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nXo3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nRVF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tm1U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ovN1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YGwD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xdOe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wVmV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7DOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KhL1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOCt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pdtg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0RZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z0YS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bxB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JXMl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EJLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMsb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CxPo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEQ6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5OAI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/906r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GFyr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8jay" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ccz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dw7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/127l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fTWr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kt0S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GZwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sulm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8sqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pijj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGFy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PhLN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sTiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N2rx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d0BQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PWeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MdC5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tUeF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K7oM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pnnE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vvoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RoeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TcPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNsF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XoUt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZiq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ITVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCIf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u2um" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jU9M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0VvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3lnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v7jO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSPW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LD33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xtf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nSVM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MXUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVIN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JVY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F6m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VBwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FWXj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fAzV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z3n5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UmGw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M238"/>
+  <dimension ref="A1:M242"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -20334,259 +20541,433 @@
       </c>
       <c r="I233" s="5" t="s">
         <v>1610</v>
       </c>
       <c r="J233" s="5" t="s">
         <v>1611</v>
       </c>
       <c r="K233" s="5" t="s">
         <v>1612</v>
       </c>
       <c r="L233" s="6" t="s">
         <v>1613</v>
       </c>
       <c r="M233" s="5" t="s">
         <v>1614</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
         <v>1615</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>16</v>
+        <v>1399</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>1355</v>
+        <v>1427</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1406</v>
+      </c>
+      <c r="F234" s="5" t="s">
+        <v>1616</v>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>613</v>
+        <v>1619</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1619</v>
+        <v>1621</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>611</v>
+        <v>1355</v>
       </c>
       <c r="E235" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1622</v>
-[...1 lines deleted...]
-      <c r="I235" s="5"/>
+        <v>1624</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>1625</v>
+      </c>
       <c r="J235" s="5" t="s">
         <v>613</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1623</v>
+        <v>1626</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1624</v>
+        <v>1627</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1625</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1569</v>
+        <v>611</v>
       </c>
       <c r="E236" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F236" s="5" t="s">
-        <v>1627</v>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1628</v>
-[...3 lines deleted...]
-      </c>
+        <v>1630</v>
+      </c>
+      <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
-        <v>1070</v>
+        <v>613</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>749</v>
+        <v>16</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>221</v>
+        <v>1569</v>
       </c>
       <c r="E237" s="5" t="s">
-        <v>1634</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>1635</v>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="I237" s="5" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="J237" s="5" t="s">
-        <v>1637</v>
+        <v>1070</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>1638</v>
       </c>
       <c r="L237" s="6" t="s">
         <v>1639</v>
       </c>
       <c r="M237" s="5" t="s">
         <v>1640</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
         <v>1641</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E238" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="F238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>1644</v>
+      </c>
+      <c r="J238" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="K238" s="5" t="s">
+        <v>1646</v>
+      </c>
+      <c r="L238" s="6" t="s">
+        <v>1647</v>
+      </c>
+      <c r="M238" s="5" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="F239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H239" s="5" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>1652</v>
+      </c>
+      <c r="K239" s="5" t="s">
+        <v>1653</v>
+      </c>
+      <c r="L239" s="6" t="s">
+        <v>1654</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="5" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>1657</v>
+      </c>
+      <c r="F240" s="5" t="s">
+        <v>1635</v>
+      </c>
+      <c r="G240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H240" s="5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J240" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K240" s="5" t="s">
+        <v>1660</v>
+      </c>
+      <c r="L240" s="6" t="s">
+        <v>1661</v>
+      </c>
+      <c r="M240" s="5" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>1569</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>1664</v>
+      </c>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H241" s="5" t="s">
+        <v>1665</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="J241" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="K241" s="5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="L241" s="6" t="s">
+        <v>1668</v>
+      </c>
+      <c r="M241" s="5" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="5" t="s">
+        <v>1670</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C242" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="D238" s="5" t="s">
+      <c r="D242" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="E238" s="5" t="s">
+      <c r="E242" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="F238" s="5" t="s">
+      <c r="F242" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G238" s="5" t="inlineStr">
-[...10 lines deleted...]
-      <c r="J238" s="5" t="s">
+      <c r="G242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H242" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J242" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="K238" s="5" t="s">
-[...6 lines deleted...]
-        <v>1646</v>
+      <c r="K242" s="5" t="s">
+        <v>1673</v>
+      </c>
+      <c r="L242" s="6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>1675</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -20785,44 +21166,48 @@
     <hyperlink ref="M214" r:id="rId219"/>
     <hyperlink ref="M215" r:id="rId220"/>
     <hyperlink ref="M216" r:id="rId221"/>
     <hyperlink ref="M217" r:id="rId222"/>
     <hyperlink ref="M218" r:id="rId223"/>
     <hyperlink ref="M219" r:id="rId224"/>
     <hyperlink ref="M220" r:id="rId225"/>
     <hyperlink ref="M221" r:id="rId226"/>
     <hyperlink ref="M222" r:id="rId227"/>
     <hyperlink ref="M223" r:id="rId228"/>
     <hyperlink ref="M224" r:id="rId229"/>
     <hyperlink ref="M225" r:id="rId230"/>
     <hyperlink ref="M226" r:id="rId231"/>
     <hyperlink ref="M227" r:id="rId232"/>
     <hyperlink ref="M228" r:id="rId233"/>
     <hyperlink ref="M229" r:id="rId234"/>
     <hyperlink ref="M230" r:id="rId235"/>
     <hyperlink ref="M231" r:id="rId236"/>
     <hyperlink ref="M232" r:id="rId237"/>
     <hyperlink ref="M233" r:id="rId238"/>
     <hyperlink ref="M234" r:id="rId239"/>
     <hyperlink ref="M235" r:id="rId240"/>
     <hyperlink ref="M236" r:id="rId241"/>
     <hyperlink ref="M237" r:id="rId242"/>
     <hyperlink ref="M238" r:id="rId243"/>
+    <hyperlink ref="M239" r:id="rId244"/>
+    <hyperlink ref="M240" r:id="rId245"/>
+    <hyperlink ref="M241" r:id="rId246"/>
+    <hyperlink ref="M242" r:id="rId247"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>