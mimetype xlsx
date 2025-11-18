--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="429" uniqueCount="299" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="306" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1416,50 +1416,123 @@
   </si>
   <si>
     <t>Laura Warberg ønsker Johannes Nicolaus/Madien tillykke med fødselsdagen. Hun nyder at holde ferie på Glorup og har besøgt Abel og Kattrup samt fejret Conrad/Conne Warbergs 70-års fødselsdag, hvor hun tildels blev gode venner med Visse/Louise Amstrup.
 Nete Amstrup/Hjorth har besøgt sin mand, der er soldat i Holbæk. Hun har dårlige lunger og har både barnepige og husjomfru. Det er mærkeligt, at Visse/Louise er så glad for Netes lille datter.
 Greven overvejer at sælge jord fra Amstrups gård eller at sælge den helt.
 På Glorup er der store forandringer, da to grever Moltke har købt alt. 
 Laura ville gerne fejre fødselsdag, men stearinlys er så dyre og det er frostvejr, så hun udsætter det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Coa8</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1917
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Tornehave
 Birkerød St.
 [I brevet:]
 [Øverst på s. 1 med anden skrift end Laura Warbergs:]
 Glorup! hvor en svoger var skovrider
 [Med Laura Warbergs skrift:]
 Glorup d. 21/2 – 17
 Kære lille Muk!
 Egentlig skulde Madien have dette Brev, men du kan nok bringe ham et ”Til Lykke” ledsaget af mange gode Ønsker for det nye Aar. Hvis jeg havde haft et pænt Kort, saa kunde jeg have sendt det særskilt, men dette gaaer også. Du skulde dog gærne med det samme have en lille Haandfuld ”Bagateller” herfra. Jeg har husket Kerteminderne paa Madiens Fødselsdag og haaber de skriver og fortæller om den selv. – Jeg har det saa rart her; intet Hovedbrud af nogen Slags, det er dejligt med en lille Ferie. Jeg gaaer en lang Tur i den herlige Skov hver Form. - og om Efterm. en mindre med de andre. Pigebørnene har været i Kbh fra i Lørdags, kommer i Aften. Naar de er her, spiller vi en Bridge, ellers læser vi; her er altid gode Bøger. Jeg har været en Visit paa Anhof; en Aften var vi bedt til en fin lille Souper hos Abels, spillede Bridge. I Gaar bedt til Kaffe hos Kattrups. Connes 70 Aars Fest var nydelig og morsom Jeg blev tildels gode Venner med Tante Visse, bad hende og fik Ja! til at besøge os til Sommer med dem herfra. Jeg er nu glad ved det; nu skal vi jo ogsaa ses d: 12_te_ April hos Syberg. Nete er med sin lille Pige i Kbh at besøge sin Mand, der ligger indkaldt i Holbæk, men havde fri et Par Dage; hun fulgtes med Marie og Nina og de bor i Grundbergs Hus; den lille har en Fru Flensborg, Det gaar desværre ikke ret fredeligt til paa Ølstedgaard og Nete er jo ikke rask, Lungerne er svage, hun maa intet bestille, de har en ung Pige til lille Ellen og en Husjomfru. Visse er saa uhyre glad ved Barnet, det er mærkelig nok, da hun aldrig har brudt sig om Børn. Nu forestaar der maaske en Forandring, da Greven tænker paa at sælge noget Jord fra Gaarden eller sælge den helt. Visse er saa bange for, at Amstrup i det Tilfælde vil købe den og hun vil saa gærne derfra. Conne har faaet det lettere og uden de mange Ærgelser han havde ved at se Administrationen øse Penge ud i Stedet for at spare lidt til den stakkels Greve. Der vilde have gaaet 30-40 Aar og nu menes der 10, inden alt kan være i Balance igen. Nu har to Grever Molkte købt alt her, Greven ejer ikke Sølvtøj Møbler eller noget. Men nu spares der efter en større Maalestok og Greven har en mindre Sum vist en 10000 aarlig. Hun har jo mange Penge, men har ”intet villet give for Børnenes Skyld”. Alt Bøndergods er eller skal sælges. Glorup og Rygaard er det ["t" sidst i ordet overstreget] eneste Gaarde, der bliver tilbage og saa Fideikommiskapitalen. Willumsen har købt Anhof – På Lørdag skal jeg hjem til en St[ulæseligt] og saa vilde jeg jo gerne have en større Festlighed til Eders Fødselsdag, men jeg er bange, vi ikke har Lyst til den Tid og vi har ingen Lamper og Stearinlys er saa dyre, saa nu har jeg henstillet til Elle, om vi skal opsætte Gildet. Mulig vi kunde laane Lamper, men hvad forslaar et Par Stykker. Skade at det nu fryser mere igen 6 ½ Grad her i Nat. Jeg har glædet mig over at kunde spare Lys og Brændsel i 14 Dage. Nu Farvel lille Skind! Kærlige Hilsner til Eder allesammen fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
   </si>
   <si>
     <t>1918-01-06</t>
   </si>
   <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Ellen  Sawyer
 - Thiele
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Andreas/Lysse og Johan/Puf Larsen skulle begynde som elever på Birkerød Kostskole.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3753</t>
   </si>
@@ -2333,59 +2406,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M37"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3462,601 +3535,645 @@
       </c>
       <c r="I25" s="5" t="s">
         <v>198</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>199</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>200</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>201</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>203</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>137</v>
+        <v>114</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="F26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="J26" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="K26" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="J26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>208</v>
       </c>
-      <c r="L26" s="6" t="s">
+      <c r="M26" s="5" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>136</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="F27" s="5" t="s">
         <v>212</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>214</v>
       </c>
       <c r="J27" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>216</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D28" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="B28" s="5" t="s">
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="C28" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="F28" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="K28" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>224</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>225</v>
-      </c>
-[...4 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>75</v>
+        <v>228</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>231</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>232</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>233</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>235</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="E30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E30" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>236</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>237</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>238</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>239</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>240</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>242</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>227</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>245</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>246</v>
       </c>
-      <c r="J31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>247</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D32" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="F32" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="G32" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="I32" s="5" t="s">
+      <c r="J32" s="5" t="s">
         <v>254</v>
       </c>
-      <c r="J32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>256</v>
       </c>
-      <c r="L32" s="6" t="s">
+      <c r="M32" s="5" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>260</v>
       </c>
       <c r="I33" s="5" t="s">
         <v>261</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>262</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>263</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>264</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>266</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="D34" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="F34" s="5" t="s">
+      <c r="J34" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="G34" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H34" s="5" t="s">
+      <c r="K34" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>272</v>
-      </c>
-[...7 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>243</v>
+        <v>274</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
+        <v>250</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>244</v>
+        <v>275</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>252</v>
+        <v>276</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>277</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>278</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>279</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>280</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>281</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
         <v>283</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="F36" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>284</v>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="I36" s="5" t="s">
         <v>285</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>286</v>
       </c>
-      <c r="J36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>291</v>
+        <v>290</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="F37" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="J37" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="J37" s="5" t="s">
+      <c r="K37" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>296</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="M37" s="5" t="s">
+    </row>
+    <row r="38">
+      <c r="A38" s="5" t="s">
         <v>298</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>305</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
+    <hyperlink ref="M38" r:id="rId43"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>