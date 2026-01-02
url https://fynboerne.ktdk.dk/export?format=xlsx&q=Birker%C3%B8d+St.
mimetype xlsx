--- v1 (2025-11-18)
+++ v2 (2026-01-02)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="306" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="315" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1580,50 +1580,94 @@
 Alhed Larsen er rejst til København for at besøge Berta Brandstrup. 
 Johanne/Junge Larsen har givet en fin middag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/36pi</t>
   </si>
   <si>
     <t>[Skrevet med blyant på kuvertens forside:]
 1918
 [Skrevet med blæk:]
 Fru Professor Brønsted
 Cand.polyt
 Tornehave
 Birkerød St. 
 [Skrevet på kuvertens bagside:]
 Afs: Fru Warberg
 Kerteminde
 [I brevet:]
 Kerteminde d: 30/7 – 18
 Kære Lugge!
 Fra Elle skulde jeg melde, at hun rejser med Damper fra Odense til Samsø paa Torsdag, overnatter der, og tager Billet til Fredag-Damperen fra Kalundb. til Aarhus, der træffes I saa mener hun. Grethe har hun inviteret med til den lille Samsøtur; jeg skal skrive til Thora, om hun kan skaffe dem Mad og Nattelogis fra Torsdag til Fredag. Gid nu Vejret bliver smukt for Eder! Alhed er Kl. 10 rejst til København for at se til Berta; hun kommer vist igen Fredag; hun kan selv trænge til at trække Vejret lidt, da det har været en ualmindelig svær Tid for hende med alleslags. Jeg vil intet fortælle herfra, det kan Elle besørge mundtligt; om Junges fine Middag i Gaar o. s. v. 
 Mange Hilsener lille Muk til Eder Begge! Og Peter!
 Mor.
 vend om
 Elle mener, at Du kan telefonere hertil Onsdag Aften efter 6, hvis der er noget Du vil.</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
   </si>
   <si>
     <t>1920-05-14</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Henne Kirkeby</t>
   </si>
   <si>
     <t>Niels Bechsgaard 
 - Brincher
 Peter Oluf Brønsted
 Christian Caspersen
 Andreas Larsen
 Johan Larsen
 Ellen Dorothea Lehn Schiøler
 Christine  Mackie</t>
   </si>
   <si>
     <t>Johannes Larsen er i Henne Kirkeby. Alhed er hos sine sønner i Birkerød, hvor de er på kostskole. Hun går desuden til sangtimer. 
 Det er uvist, hvem Klavs er.</t>
   </si>
   <si>
@@ -2406,59 +2450,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sojt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iDpN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oH4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GT5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZV2F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/36pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Zjj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S5NQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M38"/>
+  <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3578,602 +3622,646 @@
       </c>
       <c r="I26" s="5" t="s">
         <v>205</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>206</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>136</v>
+        <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>137</v>
+        <v>211</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>211</v>
+        <v>75</v>
       </c>
       <c r="F27" s="5" t="s">
         <v>212</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>213</v>
       </c>
       <c r="I27" s="5" t="s">
         <v>214</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>140</v>
+        <v>215</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>136</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>219</v>
-[...9 lines deleted...]
-        </is>
+        <v>137</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>221</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>222</v>
+        <v>140</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>227</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>136</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="E29" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="F29" s="5" t="s">
-        <v>115</v>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>231</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>232</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>233</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>235</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>114</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>75</v>
+        <v>237</v>
       </c>
       <c r="F30" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>114</v>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E31" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F31" s="5" t="s">
         <v>115</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>236</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>250</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>114</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>252</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>253</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>254</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>255</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>256</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>258</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>251</v>
-[...2 lines deleted...]
-        <v>259</v>
+        <v>260</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>250</v>
+        <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>275</v>
+        <v>260</v>
       </c>
       <c r="F35" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H35" s="5" t="s">
+      <c r="I35" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="J35" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="J35" s="5" t="s">
+      <c r="K35" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>280</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>281</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>250</v>
+        <v>283</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>16</v>
+        <v>259</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>251</v>
+        <v>284</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>259</v>
+        <v>285</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>291</v>
+        <v>268</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>299</v>
-[...4 lines deleted...]
-        </is>
+        <v>260</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>300</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>312</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
+    <hyperlink ref="M39" r:id="rId44"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>