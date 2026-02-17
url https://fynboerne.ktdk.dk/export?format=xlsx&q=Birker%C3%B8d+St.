--- v2 (2026-01-02)
+++ v3 (2026-02-17)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="315" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>