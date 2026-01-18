--- v0 (2025-12-03)
+++ v1 (2026-01-18)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="82" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="107" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -132,387 +132,564 @@
 Ikke mere end [ulæseligt]
 [På hovedet:] 74360
 [I brevet:]
 Kære lille Mams!
 Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
 Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
 Nu faar vi se hvad Reserven siger. 
 Befindendet er godt selv om Foraaret nok kan mærkes. 
 Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
 Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
 Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
 Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
 II
 dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
 Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
 Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
 Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
 III
 været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
 Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
 Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
 Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
 Bibbe</t>
   </si>
   <si>
-    <t>1930-12</t>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Louise Brønsted</t>
   </si>
   <si>
-    <t>Kærbyhus Kerteminde</t>
-[...265 lines deleted...]
-  <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
 Kæreste Lugge!
 Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
 2)
 købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
 3)
 nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
 Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
 Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
 Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
 [Indsat s. 3 i venstre margen; lodret:]
 Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
 [Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1930-2</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Elisabeth Mackie
+Edith -, pige i huset på Møllebakken
+Karen -, pige i huset på Møllebakken
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren er "paa Krigsstien": Han var kvartalsdranker og forsvandt jævnligt fra hjemmet flere dage i træk. 
+Peter Larsen og Jesper Hansen/Jespermand blev begge født i 1929. 
+"Inst." er Instituttet på Blegdamsvej i København. Denne enhed var Johannes Nicolaus Brønsteds livsværk.
+Det vides ikke, hvem Frk. Chr. var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3792</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har taget potter med erantis mm ind i stuen. 
+Adolf/Agraren Larsen er igen på en druktur. Ellen vil invitere Johanne/Junge og hendes søn, Martin/Manse Larsen, på middag.
+Biografen har fået "mekanisk musik", så Ellen er holdt op med at akkompagnere stumfilm. Hun bruger de nu ledige aftener på bridge-spil. Det er sjovt og svært. 
+Ellen m.fl. har holdt afskedsgilde for Johan/Lysse og Elena/Bimse Larsen. Deres søn, Peter, er sød.
+Johannes Larsen har fået ny pige i huset.
+Det er sjovt at høre om instituttet.
+Louise Amstrup/Tante Visse fylder 85 år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HsdN</t>
+  </si>
+  <si>
+    <t>Søndag Febr.
+Kæreste Lugge!
+Det er saadan en yndig fredelig Søndag Eft. med Solskin ind i mine smaa Stuer og saa stille og fredeligt udenfor. Men det kan jo ikke nytte at nægte andet end at Frostvejr er det jo. Dog myldrer det frem med Eranthis paa min Plæne, - de kan jo ikke tro andet, end at de nok må naar Solen skinner saadan. Jeg har taget en hel Klump ind i en Uretpotte. Jeg har ogsaa Gækker og Krokus blomstrende herinde. Alle de smaa Glæder kan du ogsaa faa næste Foraar.
+Tak for dit Brev. Tænk, jeg opdagede først for et Par Dage siden Paaskriften om Las's Spisebord bagpaa. Saa traf jeg Puf og han sagde, at I havde faaet Maalene. Hvad I vil med dem kan jeg ikke udgranske! -
+Jeg gik op idag og spiste til Middag hos dem. Las rejser jo derind (til Kbh) en af Dagene - mulig i Morgen. Puf mente ikke, han vilde køre ham derind denne Gang. Han har 10 smaa Ture og Agraren er jo desværre paa Krigsstien, saa jeg antager ikke han saa godt kan være her fra. Det er meget kedeligt. Nu har han jo ellers været flink siden sidst i Juli. Alle Hønsene er væk, nu lige de lagde saa godt - det er noget saa harmeligt. Jeg skal over
+2)
+til Junge herunder Aften og hvis de han, Agraren ["de" overstreget; "han, Agraren" indsat over linjen] er væk, vil jeg se at faa hende og Manse herover til Aften. Jeg har et Svinehjærte, som jeg ikke fik brugt nu, da jeg spiste der oppe.
+Jeg er ikke saa ophængt nu mere. Jeg er kommet af med Biografen. De har faaet mekanisk Musik og en Elev er bortrejst. Derved har jeg faaet 3 Aftener fri og det er egentlig en stor Behagelighed; - selv om mine Indtægter er gaaet ned. Jeg kan jo nok klare mig alligevel. De Aftener bliver ofte anvendt til Kortenspil. Vi er begyndt at dyrke Bridge. Og vi maa sige - baade Junge og jeg - at Bridge er interessantere end L'hombre. Men knagende svært. Det er jo en hel Videnskab. En god Bridgespiller kan jeg aldrig blive, - men muligvis en taalelig - el én - i Mangel af andre - brugelig. Det morer mig i hvert Tilfælde kongeligt. 
+Den sidste Lørdag Lysse og Bimse var her, havde jeg dem bedt herned, - Puf og Junge ogsaa. Da Bichels hørte om det, fik de Lyst at være med og kom og vi havde en saadan yndig ligefrem festlig Aften. Vi spillede ved 2 Borde og alle var i et udmærket Humør. Det er saa dejligt at se Junge more sig saadan. Vi fik Kaffe først - de kom først 8 1/2, - saa havde jeg en Flaske Kirsebærvin, som vi pimpede af til Chokoladen - tæt med Røg jo. Og da de begyndte at ville hjem rykkede Aftenens "Cloux" frem! Appelsiner, Bananer, Æbler og Druer, - et mægtig Fad Frugt. Det var Afskedsgilde for Lysse og Bimse. Jeg var dybt bedrøvet, over at de rejste - jeg er ligefrem kommet til at holde af Bimse og jeg aldrig syntes Lysse var saa sød som nu. Og lille Peter er da en vidunderlig sød Dreng, men han ikke minder om Jespermand. Jeg haaber du faar ham at se. 
+De har fæstet en Pige oppe hos Las til Maj - Karen som har været hos Bichels et Par Aar, en ganske ualm. rar og dygtig Pige. Det glæder mig saadan for dem, for der kommer de virkelig i gode Hænder. Det kan de nok trænge til, for Frk. Chr. var nu et Asen, paa mange Maader. Nu har de jo Edith hver Dag paa Dagløn - 3 Kr. og det lader til at gaa helt godt. -
+Du skrev ikke noget om Putte. Mon hun er ved at drage afsted? Og hvordan mon det gaar med hendes Sang? Hvor er det morsomt at høre om Inst., - nu er det for Alvor spændende. Det var kedeligt, I ikke kunde købe noget under Udsalget. Jeg synes nok at I maatte kunne bestemme Vægfarve og købe til den. Men det er maaske ikke saa let. -
+Det er Tante Visses 85 Fødselsdag d. 24en Febr. Junge og jeg er bedt men vi kan ikke en Hverdag og har bedt om vi maa komme Søndagen efter. Det har begge Parter ogsaa mere Glæde af. 
+[Indsat i venstre margen s. 6:] Naa, saa vèd jeg vist ikke mere denne Gang. 1000 Hilsner fra E. Hils dem alle og fortæl om dem alle ["alle" indsat over linjen], naar du skriver, -</t>
+  </si>
+  <si>
+    <t>1930-03-11</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Knud Brandt
+Alhed Marie Brønsted
+Jesper Hansen
+Grethe Jungstedt
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Else Warberg
+Laura Warberg
+Minna Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad skolebestyreren hed, og Hundslev-Skovgårdene kendes ikke. 
+Inst./Instituttet: Johannes Brønsted arbejdede længe på at få etableret Det kemisk-fysiske Institut på Blegdamsvej i København. Det åbnede i 1930 med tilhørende bolig til Brønsted-familien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3825</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for gaven. Hun havde en god fødselsdag med mange gæster, blomster og andre gaver.
+Fremover vil Ellen invitere Adolf/Agraren og Johanne/Junge Larsen på middag hveranden søndag, så Johanne kan blive aflastet. Det er godt, at Christine/Mornine Mackie er faldet til ro, men noget skidt at Elisabeth/Putte Mackie arbejder på et hotel med et tvivlsomt rygte.
+Ellen kommer og hjælper med indvielsen af Instituttet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w3Pi</t>
+  </si>
+  <si>
+    <t>11/3 - 30
+Kæreste Lugge!
+Tusende Tak for den meget betimelige Gave. Jeg har allerede arbejdet med den og synes allerede at jeg blivet smukkere af det, - saa hvad kan det ikke blive til!! Man kommer ogsaa til at føle sig saa veltilpas efter saadan en Behandling. Jeg damper først Ansigtet godt med varmt Vand.
+Og Tak for dit Brev og for Forsendelsen af de glemte Sager. Jeg havde nu købt mig en ny Fyldepen, men nu har Junge faaet den gamle som jo har været Mors. Jeg havde en rar Fødselsdag, skønt jeg havde mine Elever - dog kun Hjemmeelever og 2 i Byen. Hele Form. gik med Visiter og Eleverne fra 12 - 6, og Huset skulde jo da gøres ved og Dessert lagt til om Aftenen, saa der var Gang i det! Jeg havde kun Skolebst. til L'hombre om Aftenen. Kaffe og Triffly (hvor er det en snild Dessert) og Vin senere. Fredag og Lørdag er jeg jo væk. Om Søndagen havde jeg Agrarens her til Middag Klk 12. Flæskesteg grønne Ærter, - Triffly. Jeg nyder, at Junge faar en Friformiddag og hun nyder det ogsaa. Jeg vil gøre det til Regel, at de kommer hveranden Søndag. - Klk 3 kom Hundslev-Skovgaardene, - mine mangeårige Venner - til Kaffe. De havde en stor Kurv Æbler med - dejligt. Junge blev til Kaffe. - De blev til Klk 5 1/2, saa vadskede jeg den store Opvadskning og gik saa til Agrarens. Bridge til Klk 12. Saa du ser jeg har været meget optaget. Igaar Morges benyttede jeg min Fritid til at skrive til Tante Else som har mistet sin eneste Broder, Knud Brandt og til lille Mine. 
+Jeg fik mange Gaver - Haandarbejder fra Gr. - 2 Spil Kort fra Junge Bøger fra Mornine og Kurt, 100 Cigarer fra Peter, 2 Lagkager, - mange Blomster - en stor Kala fra Puf. - 
+Jeg var saa glad ved dit Brev, - at Mornine er faldet til Ro, og det du skrev om Junge, - jeg lod hende læse dit Brev - hvad jeg ellers ikke gør, men hun blev saa rørt over det, du skrev, om at du næsten havde glædet dig mest til hende. - 
+Las er nu meget betaget over at Putte er paa et Hotel med et meget tvivlsomt Rygte. Det er nu heller ikke morsomt, - der maa da være andre Hoteller. Det er vel ikke saadan lidt som Hævn el. paa Trods? Jeg synes det er en modbydelig Tanke - at Putte gaar i de Omgivelser og min Sandten, om jeg gjorde tillod ["gjorde" overstreget; "tillod" indsat over linjen] det i Mornines Sted. Hvor er det en trist Redelighed helt igennem.
+Nej, til Paaske kan jeg jo ikke komme, men saa tager jeg kun Paaskeferie i selve Helligdagene og saa tager jeg en lille Uge i Maj og bliver din Fødselsdag med. Det kan maaske blive det lille paatænkte Turistbesøg. Jeg vil komme saa jeg er der hele Dagen før d. 8de til Hjælp. - Din Indvielsesgave til Inst. er 18 Desserttallerkner, som jeg har købt paa en Auktion. - De er rigtig pæne, uden at være antike just. Dem kan du nok faa Brug for. Jeg skal ogsaa tage med Syltetøj hvad du helst vil have - det kan vi altid aftale.
+Baade Peter og Grethe var her d. 6te i hver sin Bil, - jeg var desværre nok i Byen til Timerne, men de ved hvor Nøglen er, saa de laasede sig selv ind. 
+Her var varmt over det hele og saa yndigt med alle de mange Blomster. Grethe sagde, at hun gik rundt og kunde ikke komme sig over saa yndigt her var. Her er ogsaa yndigt Gid du kunde komme et lille Foraarsbesøg inden Kampagnen begynder - men - jeg ved jo nok det er aldeles umuligt. 
+Lugge - det er næsten ufatteligt, at det er saa nær med Inst. Hvor jeg glæder mig til det. Dejligt hvis I kunde flytte før Paaske, saa alle kunde have fri i Paasken til at ordne hver sine Sager og Værker. Det vilde nu betyde meget. I det daglige har ingen af dem jo ret meget Tid til overs.
+I Morgen maa jeg skrive til Mornine og Minna, som sendte mig en mægtig Sirupskage. Nu maa jeg ud til Eleverne. I Aften skal jeg over og repetere Engelsk med Manse, som er oppe til 2den Mellem. Desværre har han jo været luddoven.
+1000 Hilsner til jer alle Elle
+Hils ogsaa Lomme og kys lille Jesper paa hans smaa Poter.
+Undskyld dette forjagede Brev.</t>
+  </si>
+  <si>
+    <t>1930-04-28</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Fejringen blev muligvis afholdt i forbindelse med indvielsen af Det Fysisk-Kemiske Institut på Blegdamsvej i København. Dette med tilhørende bolig til Johannes Brønsted og hans familie åbnede i 1930. 
+Klara og hendes mor kendes ikke. Birgitte heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3799</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se det altsammen. Hun kommer tirsdag, så de har god tid til at ordne selskabet. Klara kommer også, og hun er god til at lave mad.
+Ellens have er pæn i år.
+Johannes Larsen/Las har ligget syg af forkølelse, og han har fået varm øl med ingefær og whisky.
+Adolf/Agraren Larsen har været på druk og ligger syg, så Johanne/Junge Larsen kan ikke komme til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1cqS</t>
+  </si>
+  <si>
+    <t>Mandag 28de April 1930 [Der er skrevet noget oven i ordet "April" - muligvis Maj]
+Kæreste Lugge!
+Tusind Tak for Brevet. Hvor jeg glæder mig til at se det altsammen! Der er nok bedaarende. Jeg vil være letsindig og komme Tirsdag. Saa forsømmer jeg rigtignok Tirsdagseleverne 2 Gange, men det faar være. Saa har vi hele Onsdag til at ordne Selskabet i, og saa bliver der vist ingen travlhed. Klara kommer jo ogsaa, sagde hendes Mor og hun er jo vant til at lave Mad, saa hun bliver nok en udmærket Hjælp. Jeg er glad ved, du har faaet Gang paa hende, naar bare det nu ikke er kommet i med at være for dyrt. Moderen siger, hun er saa glad ved at komme derud Jeg synes dine Planer lyder udmærket og jeg glæder mig til at virke med det. Og jeres Have! Hvor skal vi snakke Have!
+Min lille Have er saa yndig. Jeg har saa mange smukke Primula og Aurikler i Aar, og der er ligefrem et Flor af alle Slags. Mine Ærter er kommet op og jeg har lagt Bønner, Charlotter og saaet Spinat. Igaar slog jeg Plænen for første Gang - det ligger i Solen og lugter af Hø og er lifligt. Las ligger idag - han har gaaet og hivet med en slem Forkølelse en hel Uge. I Aftes gav vi ham en kogt Bajer m. Ingefær og Whisky, og han siger, at han har det bedre og har sovet udmærket i Nat og nærmest ligger for at faa det helt væk. Den kære, gode Las. Agraren ligger ogsaa paa sine Gærninger - han har sviret over alle Grænser og ligger med Nyrer nu. Maaske er det ogsaa moralske samt korporlige Tømmermænd [indsat side 2 langs venstre margen; lodret:] Der er vist ikke Tale om at Junge kan komme. Jeg skal ud til Elever - derfor kun disse Par Ord. Jeg skriver nærmere, hvad Tid jeg kommer. [Indsat øverst s. 2; på hovedet:] Jeg fik en pæn Krans til lille Birgitte. Hilsen E</t>
+  </si>
+  <si>
+    <t>1930-05-22</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Frithiof Kemp
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>De "ædle Stuer" og "Badeværelser": Johannes Nicolaus og Louise Brønsted flyttede i 1930 ind i en fornem lejliged i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+De omtalte påfugle tilhørte formodentlig Johannes Larsen. Hans have stødte op til Ellen Sawyers. 
+Det vides ikke, hvem Fru L., Vibeke og Maj var. Gudrun kan være flere personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3797</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for et dejligt ophold hos Brønsted-familien i deres flotte hjem. Hun har arbejdet i haven, som nu er pæn. 
+Påfuglene jagter Ellens dværgkyllinger. Deres mor forsvarer dem.
+Ellen har haft rotter.
+Katten var glad for, at Ellen kom hjem.
+Adolf/Agraren Larsen drikker igen.
+Johannes Larsen skal bo hos Kemp "denne Gang".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63vE</t>
+  </si>
+  <si>
+    <t>22/5-1930
+Kære lille Lugge!
+Jeg er rigtignok længe om at komme med mit Takkebev, men det er vist, fordi jeg synes, det skal være saa grundigt og eftertrykkeligt og derfor fordrer lidt Ro og Tid, som jeg virkelig synes, jeg først har fundet i dette Øjeblik. - Ja, saa vil jeg da sige dig og jer alle Tak for de dejlie dage - - jeg nød dem, - at være sammen med jer og se jer saa vel og glade og at have Andel i jeres [ulæseligt ord] og Herlighed. Jeg var lidt melankolsk ved at rejse fra jer, - det er ogsaa mange Aar siden, jeg har været så længe sammen med jer - ikke siden Birkerød. - Nu fryder jeg mig ved at tænke paa jer i de Omgivelser - jeres ædle Stuer, jeres Badeværelser, jeres Landluft og Nattergale. - Det eneste aber (som jo alligevel selvfølgelig maa kaldes et plus) er, at I nu ikke trænger til vore Nattergale. M-e-en I kommer nok alligevel! Her er ogsaa yndigt. Lever en ogsaa godt ["Lever en ogsaa godt" indsat over linjen] Jeg har gaaet og arbejdet i min Have i Eftermiddag og Aften. Hvor er det yndigt, naar Aftenen falder paa med sine Lyde og sine Steder Hønen klukker sine Børn hjem i Seng, Solsortene synger, en Harmonika spiller et Sted og min nyslaaede Plæne dufter af Hø. Min lille Have er saa bedaarende i Aar, alle Frugttræerne blomstrer, - endog et gammelt fortræ'ent Blommetræer ["er" sidst i ordet overstreget], der aldrig giver sig af med den Slags Letsindigheder, har 4-5 Blomster. - Her var meget tilgroet med Skidt, - men nu er der pænt. Nu har jeg plantet 60 Porrer, 14 Cellerier, + Radiser idag. Ærter, Bønner, Spinat og Rædiker staar fint Nu mangler jeg kun Sommerplanterne
+De 5 Dværgkyllinger trives udmærket. Den lille Høne har det svært, det Skind, Paafuglene er efter hendes Børn og det er storartet at se hende puste sig op og gøre sig saa skrækindjagende, som hun kan og baske lige i Hovedet paa dem, saa de stamper afsted med hængende Hale. Her har ogsaa været Rotter, - de er ogsaa efter Kyllingerne. Jeg antager, de er kommet fordi Misser har været lukket inde paa Loftet med sin Killing. Jeg har fanget en modbydelig stor Rotte i en Fælde og lader nu Misser gaa frit omkring, saa nu haaber jeg de er væk igen. Lille Mis var lyksalig over at jeg kom igen. Den kom helt ned paa Vejen med oprejst Hale og tog mod mig, skønt det øsregnede. Lille Junge var ogsaa og tage i mod mig og jeg var saa ovre at spise til Aften hos hende. Agraren drikker endnu. Det er frygteligt. Men hun bærer det som en Helt. - Jeg var lige oppe at hilse paa Puf og Las. De har det godt Las siger han er nødt til at bo hos Kemp denne Gang. - Jeg savner vores Bridge. Hvor var det morsomt og hyggeligt. Jeg spillede med Gudrun og Fru L. forleden Aften, men jeg gider ikke rigtig spille med Ukyndige nu. 1000 Hilsner til jer alle Store og Små ogsaa Vibeke. Mest dig selv lille Lugge
+Elle
+[Indsat s. 4 i venstre margen; lodret:] Sig til Maj, - at jeg savner at blive drillet</t>
+  </si>
+  <si>
+    <t>1930-12</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde</t>
+  </si>
+  <si>
+    <t>Niedhardt -
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
+Mary og den danske læge i New York kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
+  </si>
+  <si>
+    <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
+Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
+Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
+Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/43Y1</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Kjærbyhus
+Kjerteminde.
+[I brevet:]
+Blegdamsvej 19
+Jul 1930
+Kæreste Junge! Hvor har jeg dog forsømt Bibbe i den seneste Tid, dels paa Grund af Forkølelse, dels Julebagning – Rengøring – Madlavning. Den lille N[ulæseligt]dhardt er et yndigt Væsen, men ingen Støtte, man kan forlade sig paa, naar der er lidt extra, hun har en sjælden Evne til at gøre det forkerte, saa derved er jeg blevet meget bunden, men forresten er Juletravlhed vældig morsomt, især her, hvor alting er saa lækkert og bekvemt. Og jeg har jo ikke andet, for Dig tænker jeg, det er alt andet end en Forfriskelse. Naa i dag naaede jeg da derhen og fandt hende som sædvanlig fuld af Smil og Venlighed; det er ikke for ingenting, hun er saa populær; jeg maa sige, jeg er kommet til at beundre hende; jeg skal da ogsaa love for, at hun stadig bliver passet med Besøg; der er ingen Nedgang at spore i Forsyningen af Frugt, Gæster og Blomster; Elle har endnu et betydeligt Beløb staaende, som hun nu selv kan disponere over. Bibbe skriver jo selv flittigt nu, men her er nu de sidste Data: Aftentemperatur igaar 37,6, dejligt, at den nu sniger nedad igen; idag havde hun for første Gang ”spist op”, altsaa Appetitten bedre. Vi blev enige om, at Elle og jeg skulde gaa derhen Juleaften; hun mente, vi vilde komme til deres Juletræ og alt det, og det kan jo blive morsomt.
+Ja, imorgen kommer altsaa Elle med sin gode, gammeldags Julestemning, det bliver yndigt at beholde hende iaar, jeg haaber ikke, hun har været altfor ængstet over ”Revolutionen” dernede; men det har da ogsaa været en Sensation mellem alle de andre, vi har haft dette Efteraar. Mellem dem er Putte ikke den mindste jeg har lige haft en Telefonsamtale med Mornine som [”Mornine” indsat over linjen; "som" overstreget], hun har idag haft et langt Brev fra Putte, som ligger syg i New York, men er forholdsvis vel og bliver godt passet og tilset af en dansk Læge. Hvad hun ellers skriver om Svend og sit Ægteskab er saa oprørende og modbydeligt, at jeg næsten ikke kan komme mig af det (- men det er da for resten temmelig ligegyldigt.). Du ved maaske, at Mornine har haft Mistanke om, at han ikke er normal; nu har han overfor Putte tilstaaet, at han er et svært Ord, som jeg ikke kan huske. Lægerne havde sagt at han kunde vel med Tiden komme over det, naar hans Kone vilde være taalmodig og hjælpe ham!! Er det ikke forbryderisk ar gifte sig med en ung Pige i den Tilstand og uden at fortælle det til hende og hendes Familie. Alt hvad Putte kan have gjort synes jeg blegner og næsten berettiges, naar man ved det; tænk, at man løber en saadan Risico ved at faa sine Døtre gift Er det ikke haarrejsende? 
+Af Telegrammer, sendt senere end Brevet, synes det at fremgaa, at hun har skullet opereres, men at det er udsat, og tillige, at Billy og den øvrige Familie er blevet skikkelige mod hende muligvis paa Grund et ”plain letter”, Mary har sendt ham – Naa ja, det er jo ikke netop Juleklokkerne, jeg kimer med, og det var da Meningen. Ialfald ønsker jeg af ganske Hjerte, at Du trods alt maa faa en hyggelig Jul, Bibbe vil Du jo savne, men kender jeg Dig ret, saa tænker Du først og fremmest paa, at det kunde have været meget værre. – Du tænker vel ikke paa et lille Nytaarsvisit herind?
+Ja saa glædelig Jul og 
+godt Nytaar! med Bibbe rask og alt andet i god Orden. 
+Hilsener fra os alle! 
+Din Lugge.</t>
+  </si>
+  <si>
+    <t>1934-06-04</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>København
+Blegdamsvej 19</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Gunnar Helweg-Larsen
+Hatla Helweg-Larsen
+Else Jensen
+Johannes V. Jensen
+Marie Larsen
+Albert Naur
+Bendt Rom
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Brønsted og Charlotte Louise, f. Warberg, samt deres børn boede i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+Selsø er en herregård på Hornsherred.
+Det vides ikke, hvem Kristiansen er. Johannes Larsen kendte mange af dette navn. 
+I juni 1934 rejste Johannes Larsen sammen med Johannes V. Jensen og Else Jensen til Amsterdam og England.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen besøger en masse mennesker i København. Han skal med lufthavnsbussen til Kastrup og mødes med Else og Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qsdl</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19. 4 juni 1934.
+Kære Puf!
+Jeg kom godt her ind i Gaar. Mag. havde været paa Fugleexkursion ved Selsø; men kom hjem til Middag. Jeg var ude hos Joh V´s om Aftnen. I Formiddags var jeg i Byen og rende Ærinder og endte hos Bendt Rom som laante mig en lettere Kuffert til Turen. Derfra tog jeg til Gunner og Hadla og spiste Frokost og saa til Uglen og Marie og derfra her hjem. Hvor jeg rekvirerede 6 pale Ale og 6 Strong do og sendte Bud efter Kristiansen som nu kom ind ad Døren. Jeg skal møde i Meldahlsgade 5. Kl. 8.10 og køre med Luftfartens Bus til Kastrup hvor jeg træffer Johs og Else som Naur kører derud. Mudi staar og venter paa dette. Mange Hilsen til Jer. begge
+Din Far.</t>
+  </si>
+  <si>
+    <t>1940-01-19</t>
+  </si>
+  <si>
+    <t>Blegdamsvej</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Munkebo</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Frits Branner
+Thora  Branner
+Wilhelm Branner
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Ellen  Sawyer
+Joseph Stalin
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Dr. Rise og Dr. Helweg kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0962</t>
+  </si>
+  <si>
+    <t>Det er godt, at Johanne/Junge Larsen og familien har fået en god læge. 
+Frits Branner har det sidste halve år lidt af træthed, og derefter blev han uklar og holdt op med at tale samt gjorde mærkelige ting. Han blev indlagt og fik chokbehandlinger med insulin, hvilket hjalp meget. Lægerne taler om sløvsind, men de har ikke stillet en egentlig diagnose. Louise Brønsted tror, at Frits var overanstrengt efter sin eksamen, og at han desuden havde levet usundt og været i depression.
+Fint, at Erik/Tinge Warberg Larsen bliver taget alvorligt af lægen.
+Johannes/Magisteren Brønsted er rask igen, og han er meget optaget af udenrigssituationen. 
+Det er Alhed/Lomme Brønsteds 36-års fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9pbL</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Lindøgaard
+Munkebo 
+pr. Dræby St
+Fyen. 
+[Med blyant på kuvertens forside:]
+læst 
+[På kuvertens bagside:]
+Muks
+[Med blæk i brevet:]
+Blegdamsvej
+19 Jan. 1940
+Kæreste Junge. Tak for Dit lange Brev. det var en glædelig Overraskelse, jeg skulde netop til at skrive og takke baade for Julebrevet og det efter Jul, men det maa jo saa bare været til Elle. Ellers vil jeg ikke sige, der var saa meget glædeligt i Dit Brev, men godt da at det lader til, at I allesammen kan tage det med Humør, og saa, at I har faaet en flink og nærboende Læge; det kunde jo tænkes, at naar I lærer ham lidt nærmere at kende, han ogsaaa kunde fatte lidt Interesse for Dig og Dine Skavanker uden at gaa Dr. Fly i Bedene, 2 er dog altid bedre end en. At Dr. Fly er glad ved Knæet er jo ogsaa meget godt, selvom jeg jo nok forstaar, at Du ikke helt deler hans Glæde. Lad os nu haabe, at Kultraadslys er det, der skal til. 
+Med Hensyn til Fritz, saa synes jeg, jeg kan berolige Dig en Del. Forløbet er saadan: i det sidste halve Aar har han lidt mere og mere af Træthed og svigtende Arbejdskraft: han har selv været klar over det og faaet sit Arbejde paa Landbohøjskolen og andetsteds betydelig reduceret. Alligevel slog Kræfterne ikke til. Han blev behandlet af Dr. Rise, som er rar og samvittighedsfuld, men meget lidt dygtig. De mener, han (Lægen) har gjort Fortræd, dels ved ikke at presse tilstrækkelig paa ved at faa ham indlagt il Undersøgelse meget tidligere, dels ved at give ham noget stærkt stimulerende Medicin. Til sidst var han Fritz [”Fritz” indsat over linjen] saa langt nede, at han f. Ex. overhovedet ikke talte mere hjemme, og de sidste Dage, før de omsider fik lagt ham lagt ned, var han tildels uklar og sagde og gjorde flere mærkelige Ting. Det kom frem baade paa Landbohøjskolen og hjemme, 16. Dec. kom han paa Rigshospitalet hos Helweg, efter et Par Dage paa Hillerød Sygehus, laa i Sengen et Par Dage, kom saa op og gik omkring derinde, ogsaa lidt ud. Lige efter Nytaar begyndte Insulinbehandlingerne (Chokbehandlingerne). Lige siden han kom paa Hospitalet har han været fuldstændig klar og lignet sig selv i alle Maader, saa vidt jeg kan se; han har taget paa i Vægt og er kommet til at se meget raskere ud. Der er ikke det fjerneste unormale i hans Væren og Tale. Jeg har haft Lejlighed til at tale med en af Lægerne (ikke Helweg) og ud fra ham og ogsaa fra anden Side, at der ikke er stillet nogen Diagnose (de bruger Chokbehandlingen for alt mellem Himmel og Jord). De hælder nærmest til Sløvsind, men det bygger de paa hans Væsen, de syntes, han gik saa sløvt omkring, men jeg, som har besøgt ham en hel Del, tør garantere for, at han ikke er sløv (han har jo altid et lidt paafaldende Væsen), men noget træt virker han stadig – de Behandlinger er temmelig ubehagelige, man bliver helt borte i en tung tung Døs og er svær at faa vækket igen – de hælder Sukkeropløsning ind gennem Næsen for at vække dem [”for at vække dem” indsat over Linien] og han bliver overhovedet ikke helt vaagen hele Dagen. Det maa vel være den sætter Hjernen ud af Funktion, der hjælper. Han føler det, ikke at kunne blive vaagen som en stor Ubehagelighed, dog det vænner han sig [”sig” indsat over linien] maaske til. Forøvrigt befandt han sig godt derinde, før Behandlingen begyndte, og er nok lige meget afholdt af Sygeplejerskerne. Tutte og Vilhelm ser da ogsaa meget lysere paa det. Vilhelm navnlig efter sit Besøg herinde i Søndags. Bodild (Branner) var da ogsaa med, og begge syntes, han havde det saa godt, Bodild sagde, hun ikke havde set ham se [”se” indsat oven over linien] saa rask ud i lange Tider. – Jeg ser nu saadan paa det, at han har gaaet og gemt paa en Overanstrengelse fra sin Examenslæsning som tog meget paa ham, Examensfeber havde han ogsaa i høj Grad: den er saa brudt ud i Foraaret og sammen med det usunde Liv, den voldsomme Tobaksrygning, de stimulerende Piller og et Par Ærgelser, han havde, gjort Ende paa hans Kræfter, og givet ham en stærk Depression. At en saadan midlertidig kan berøve en Dømmekraften kender man da Masse af Eksempler paa. Chokket [ulæseligt] ogsaa Depression. Selvom det skulde være Sløvsind, er der jo gode Muligheder for Helbredelse ogsaa for den, Helweg sagde, at ialfald var de kommen i god Tid. Ja, nu ved jeg jo ikke, om alt dette lyder saa beroligende, som det sk[tegning]ulde (det var Mag., der sendte en Hilsen, men hvis Du selv havde set ham og talt med ham vilde Du mene som jeg, saa rolig er han og altid parat til at smile af en Spøg. 
+Det er dejligt med den grundige Læge, det maa han da være, naar han allerede paa dette Tidspunkt sørger for, at Tinge kommer til Undersøgelse, og ikke ”wait and see”. Og hvis I kan faa en hyggelig Omgang paa samme Tid, saa saa meget desbedre. Det er jo som i gamle Dage, at Lægen er Ven af Familien. Vi fik ogsaa en dejlig Læge, nu da Mag. var syg, han har det rigtig udmærket for Tiden og har en glimrende Appetit. Han er meget optaget af hele Udenrigssituationen; jeg maa sige, jeg synes at efter man saa hvordan det udviklede sig i Finland, begyndte der at komme lidt Lys ind i Tllværelsen igen, der er altsaa andet i Tilværelsen end Tyranniet (og Fejgheden), der kan gøre sig gældende, her sker dog virkelig noget, man kan have fuld og glad Sympati for. Jeg tror fuldt og fast, at hvis Finland var gaaet ind paa Russernes Forlangender, havde de ikke ladet sig nøje med det, og selv om det havde varet lidt længere maaske, var vi alle blevet knust. Maaske vi bliver det alligevel, men vi har dog Ret, at Kolossen rimeligvis virkelig har Lerfødder. Og nu kan vel dog alle se, at Hr. Stalin er en lige saa egoistisk og samvittighedsløs Tyran som de værste, og at den russiske ”Kommunisme” en stor Bluff (hvad den sikkert ikke har været fra Begyndelsen). Forresten morer jeg mig saadan for Tiden ved at læse i en hel Bunke engelske Tidsskrifter, vi har faaet til Gennemsyn, fordi vi vil holde et. Et af dem ”The round table” har en Serie glimrende Artikler, el. ret. Smaa Afhandlinger, klare og rolige, uden Fanatisme; de er et Aar gamle, og ikke paa eet Punkt er deres Synspunkter blevet benægtede af de senere Udviklinger. Hvor er det velgørende at læse i denne Løgnens og Bluffets Tidsalder. – 
+Ja Tak, vi har det allesammen god; det er Lommes Fødselsdag idag (36); hun og hendes Familie kommer her i Morgen og om [”om” indsat over linien] Aftenen holder vi et lille Chokoladeselskab for hende med de andre Børn. Børnebørnene vokser og trives; da [overstreget ord] Hans var her sidst og skulde hjem erklærede han, at han ”vilde blive hjemme hos Far og Muk”, det var vi jo meget smigrede over.
+Naa ja, lille Junge, saa god Bedring med al Jeres! 1000 Hilsner til Jer alle
+fra Mag. og Lugge</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
+  </si>
+  <si>
+    <t>1948-05-21</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Elena Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Brønsted og Charlotte Louise, f. Warberg, samt deres børn boede i 1948 i en lejlighed på Det Fysisk-Kemiske Institut på Blegdamsvej i København.
+Det vides ikke, hvem børnenes tante var. Børnene kan være Elena og Johan Larsens børn.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Larsen rejser til Nykøbing onsdag. 
+Elena/Bimse Larsen har kørt Johannes Larsen og børnene til København, og de har været i zoo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K8aj</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Blegdamsvej 19
+København
+[I brevet:]
+Blegdamsvej 19 Mandag 21/5 48.
+Kære Grevinde!
+Ja nu sidder jeg altsaa her og har set i en Togliste. Jeg havde først tænkt mig at rejse herfra Kl. 8,05 Torsdag, men ved nærmere Overvejelse foretrækker jeg at rejse Onsdag 12,35, derefter skulde jeg være i Nykøbing Kl. 16,37. Dersom Du har noget at indvende mod dette Arrangement, bedes Du telefonere hertil, Øbro 63.84. Bimse kørte Børnene og mig her til i Lørdags. I Dag har jeg været i Zoologisk Have med Børnene og deres Tante, mens Bimse var til Frokost hos en Studenterkammerat.
+Mange Hilsener
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -589,59 +766,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HsdN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1cqS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qsdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K8aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M12"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -714,363 +891,501 @@
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-      <c r="F3" s="5" t="s">
         <v>27</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>48</v>
-      </c>
-[...10 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>55</v>
-      </c>
-[...13 lines deleted...]
-        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>54</v>
+        <v>26</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>62</v>
-      </c>
-[...13 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>73</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="M9" s="5" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" s="5" t="s">
         <v>81</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
+    <hyperlink ref="M10" r:id="rId15"/>
+    <hyperlink ref="M11" r:id="rId16"/>
+    <hyperlink ref="M12" r:id="rId17"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>