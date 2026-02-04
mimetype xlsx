--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="238" uniqueCount="184" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="191" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -196,54 +196,100 @@
 Thrine begynder som vævelærer på Bornholms Højskole. 
 Christine må være tålmodig og udholde perspektivtegningen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/umj1</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frøken
 Christine Larsen
 adr. Maleren
 Fritz Syberg
 Svanninge
 pr. Faaborg
 [I brrevet:]
 Kjerteminde den 27. Februar 1898
 Kjære lille Dinemor!
 Ja Du bliver rigtignok prøvet i Taalmodighed; men nu haaber jeg at Du skal blive hjulpen i den kommende Uge. Hjærtelig Tak fordi Du alligevel skriver til mig om Søndagen det er min største Glæde at faa Eders Breve og se I ere raske og elsker os – ja Gud ske Lov for I kjære Børn, jeg glæder mig storartet til Paasken, det er vel ikke sikkert at Marie kommer hjem, men saa har vi det Besøg ivente, her er hendes Brev til gjennemlæsning. og Adolph er her, han har i Formiddag siddet Model for Peder Hansen til Plakaten. Alhed har været her et Par Dage, hun rejste med Dagvognen hun skulde være Værtinde paa Gjelskov, da hendes Moder maatte blive hjemme at passe Godsforvalteren som ligger af Bronchitis, hun skal til Kjøbenhavn igen om en 14 Dages Tid. 
 Fortalte jeg Dig at Christine Eckard var hernede en Aften og Nat, hun fulgte med os den Dag jeg var inde at faa min Tand trukken ud. det var en Fortandsrod der voksede igjennem Gummerne. Det var kun et Øjeblik og saa fik jeg noget Mundvand af, som hjælper godt Christine fortalte om Marie Kjelmann at de skal faa 1000 Kr for at flytte til Marts nu, hun var glad og havde meget travlt med at ordne Tag og Bohave. Vi skal jo ogsaa flytte og Manden skrev at de vilde gjerne flytte lidt før tiden, og vi skal gjerne være herhjemme inden den 14 for da kommer Jernbanefolkene til Ekspropriationen og der vil Fader gjerne være herhjemme igjen saa vi maa jo snart afsted til Sverrig; nu vaskede vi i forgaars og tørrede [ulæseligt ord] i Luften imorgen skal vi lægge Tøj sammen rulle Tirsdag slagte kommer vi ikke til inden vi kommer hjem igjen. Hvor det er herligt at Foraaret nu kommer, jeg kan se det paa mine Blomster, Du skulde se mig ordne Fru Storm brusede de store Træer og jeg flyttede om med dem i Spisestuens midterste Vinduer samlede jeg alle 4 Calaer den store rækker helt op til Karmen. Spillebordet har jeg sat lige ind under Vinduet og hos det staar den 4de Bregner af Fru Storm og den lille med de mange grønne Blade staar og dækker Urtepotterne - men det kan du selv se naar du kommer for det ser saa pænt ud at de skal staa saadan længe tænk om Calaerne kommer i Blomst hvilket Syn. Fader var i Odense igaar igjen for at sælge Mejers Huus her havde været Bud om en Kjøber til 16000 men saa viste det sig at vi skal tage en Gaard i Bytte i Allested eller der omkring; men det vil Fader nu nærmere tænke over.
 Dampskibskaptajn Jørgensen har kjøbt Friises Mæglerforretning for 2,000 Kr og Jens Olsen skal føre "Fanny" det er han glad for - og vi ogsaa kan du tro især da "Addy" er solgt -
 Johannes er ude at gaa en rask Tour - for skal jeg skrive imedens han vil nu [ulæselige ord] jeg siger som du lile Dine at de skal blive, hvad de vel og og saa nok gjør. Johannes tog Christian Andersens Billede herop for at Alhed kunde se det - vi synes det ligner godt saa langt det er kommen
 Ja lille Dine nu skal jeg se at faa Uld til Spinderiet at Du kan faa vævet det skulde blive mig en stor Glæde at du kunde væve det færdigt for det vilde jeg dog rigtignok helst have af Alting Thrine var her hun lovede rigtignok at vi kunde skrive sammen hun fik din Adresse for hun skal vel fortælle Dig om sin Fremtidsplan at være Lærerinde paa Bornholms Højskole i Vævning; sammen med en af Lars Johansens Døttre Hils nu alle Din Kjære fra mig ogsaa for Dem beder jeg om alt muligt godt Du lille Dine beder jeg om Kræfter til at komme vel igjennem al den Perspektiv; men Du skal se det gaar nok alt sammen Lev vel og Gud befalet min egen Skat. Hilsen fra Fader der gaar her og spadserer. Din Moder
 [Skrevet i venstre margen side 1, lodret, med anden skrift]: Far sidder model for Peter Hansen</t>
   </si>
   <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>USA
+Randolph N.H.</t>
+  </si>
+  <si>
+    <t>Harris Sawyer</t>
+  </si>
+  <si>
+    <t>N.H.: Staten New Hampshire.
+Ellen og Harris Eastman Sawyer blev gift i Danmark i maj 1898, hvorefter parret flyttede sammen til USA. 
+En amerikansk fod (foot) svarer præcist til 0,3048 meter.
+Mount Adams, 1.766 m over havets overflade, er et bjerg i New Hampshire og den næsthøjeste top i det nordøstlige USA efter sin nærliggende nabo, Mount Washington. Mount Adams er opkaldt efter John Adams, USA's anden præsident 31. juli 1820 (Wikipedia jan 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1589</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer og Harris Eastman Sawyer har kørt i hestevogn og derefter i tog gennem et landskab med skov og meget spredt bebyggelse. Harris' familie har boet på denne egn siden 1634, og han er kommet der, siden han var ganske lille.
+Ellen og Harris bor på et hotel, som er primitivt på en hyggelig måde. De går ture, og Harris er som 10 år yngre uden bekymringer af nogen art.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t7r2</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+3/
+og beregne, om Vognen kunde gå igennem. Men det gik altsammen godt, - Hestene her ere vante til Lokaliteterne og de ere ["de ere" overstreget] Seletøjet anderledes, så de galloperer med stor Fornøjelse af Skrænter c. så stejle som Odensebakken. North Conway er som et Hjem for Harry: hans Forfædre har levet der siden 1634, da den første Eastman kom herover fra Skotland og bosatte sig. Der er 13 Familjer af Navnet East der [”der” indsat over linjen] som alle stammer fra ham. Harry kender kun meget få af dem, de fleste af dem ere ”Farmere” – men det slår sjældent fejl, at de er mørke, gulladne af Farve og har en lang, lidt kroget Næse. - Harry selv er kommen her om Somren siden han var 3 Aar, så han kender hver Vej og Sti i Skovene og op ad Bjærgene.
+Klk 2 rejste vi derfra, – tog med Toget til Randolph St. - En dejlig 3 Timers Køretur. Toget prustede og stønnede og gik i Fodgang op ad Bjærgene og rutsjedede ned i Dalene, - overalt tæt Skov, - der er Mile mellem hvert lille Hus. Vi skiftede Tog et par Gange, og hver Gang blev det mere primitivt. Det sidste havde kun to Vogne og standsede for Harry og mig ved den Sti som leder den nærmeste Vej hen til Racinehus. 
+Her er henrivende, - aldeles 
+[Fortrykt:]
+RAVINE HOUSE
+L. M. WATSON, PROPRIETOR,
+RANDOLPH. N.H.
+Randolph. N. H., ……………………………………………………………………………..189
+[Håndskrevet:]
+4/
+ideelt. Skønt her er en hel Del Mennesker, er det ikke Spor af Hotelagtigt. Det er de samme som kommer her hvert Aar og bliver her det meste af Sommeren. En Del af dem ere Harrys allerbedste Venner, - han har fortalt mig om dem så ofte at jeg var helt nysgerrig og opsat på dem og mærkelig nok er jeg ikke skuffet, tværtimod. – Her er guddommeligt i enhver Henseende. Selve Huset vandt straks mit Hjærte, - ingen Varmeapparater, ingen Gas, rigtige sodede sorte Kakkelovne, åbne Ildsteder, hvor der er en Ild af Birkebrænde hver Aften, - lavt til Loftet, - et gammelt Bornholmer o. s. v. Det er en rigtig ”Farm”, som man finder nogle få af dem i Dalene. Denne Dal er så bred som op til Ledhullet – og der er Høstakke, Kør, en Hvedemark o. s. v. Til begge Sider gå Bjærgene op til 4 a 6000 Fod. – 2 Dage er gået her allerede, - vi har haft dejligt Vejr og været ude hele Tiden. Harry er 10 Aar yngre her, - Forretninger, Penge og mugne Skinker eksisterer ikke mere for ham. Jeg nyder i fulde Drag Ferien. Vi ere tidligt oppe, - spiser Frokost 7½ og traver så ud i Skoven. I dag gik vi omtrent den halve Vej op ad Mount Adams. Hvordan
+[De eller den sidste side af brevet mangler].
+[Indsat øverst på første bevarede side; på tværs:]
+Jeg har fået dit lange interessante Brev i Aften. Hils dem alle 1000 Gange fra Elle</t>
+  </si>
+  <si>
     <t>1900-03-30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Lauritz  Brandstrup
 - Dudire
 - Ipsen, USA
 Dudley Pray
 - Redpath
 Harris Sawyer
 - Tiffany</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
   </si>
   <si>
     <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
 Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
 Harris og Ellen har besøgt Dudires, som har en lille datter. 
 Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
 Harris og Ellen har været på en "dansk restaurant" i Boston. 
@@ -1141,59 +1187,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lzdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t7r2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FbEJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lzdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/RXvysJNZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UIMwH8M9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P65w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KKjX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mIem" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FFhZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M22"/>
+  <dimension ref="A1:M23"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1297,914 +1343,962 @@
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>33</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="5" t="s">
-        <v>35</v>
+      <c r="A4" s="5" t="n">
+        <v>1899</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>56</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="E7" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="I7" s="5"/>
-[...3 lines deleted...]
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="D8" s="5" t="s">
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G8" s="5" t="s">
+      <c r="H8" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="E9" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="F9" s="5" t="s">
+      <c r="H9" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D10" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="F10" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>98</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>99</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>100</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>101</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>102</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>103</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>105</v>
       </c>
       <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="C12" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="I12" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J12" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>109</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="M12" s="5"/>
+        <v>110</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>111</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L13" s="6" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>113</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>113</v>
-[...5 lines deleted...]
-        <v>114</v>
+        <v>16</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-      <c r="J14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L14" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="L14" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="D15" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>124</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>127</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="D16" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>132</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="I16" s="5" t="s">
         <v>133</v>
       </c>
-      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>134</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>135</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>136</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="5" t="n">
-        <v>1948</v>
+      <c r="A17" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>16</v>
+        <v>139</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>138</v>
+        <v>52</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>139</v>
+        <v>130</v>
       </c>
       <c r="F17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I17" s="5" t="s">
+      <c r="I17" s="5"/>
+      <c r="J17" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="5" t="s">
-        <v>146</v>
+      <c r="A18" s="5" t="n">
+        <v>1948</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>17</v>
+        <v>146</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>147</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="s">
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>155</v>
+        <v>145</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F19" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>156</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>157</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>158</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>159</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>162</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="H20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>155</v>
+        <v>169</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>170</v>
       </c>
       <c r="I21" s="5" t="s">
         <v>171</v>
       </c>
       <c r="J21" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>173</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>174</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>177</v>
+        <v>162</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="M22" s="5" t="s">
+    </row>
+    <row r="23">
+      <c r="A23" s="5" t="s">
         <v>183</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
+    <hyperlink ref="M23" r:id="rId28"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>