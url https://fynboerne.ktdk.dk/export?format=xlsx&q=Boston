--- v0 (2025-10-02)
+++ v1 (2025-12-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="490" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="776" uniqueCount="519" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -624,50 +624,100 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1684</t>
   </si>
   <si>
     <t>Det glæder Ellen, at Alheds hofte har det bedre, og hun sender en varmedunk. Godt, at Alhed har Astrid/Disser til hjælp.
 Hvornår ventes barnet? Ellen sender en sommerhue.
 Grethe/Margrethe kravler rundt og trækker alting ned. Måske kan de to børn blive døbt sammen den følgende sommer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zAQG</t>
   </si>
   <si>
     <t>Kære gode Beser!
 Jeg havde beregnet at skrive et godt langt Julebrev til dig, men Tiden er løbet fra mig som sædvanlig, så det bliver kun til et ”glædelig Jul” til dig og Gajen og Las
 I kan sagtens som kan fejre den i eget Hjem, selvom det kun er midlertidigt. eg [”eg” overstreget]
 Mor skrev idag at du er bedre i Hoften og det var jeg rigtignok glad ved at høre, for jeg skal ikke nægte, jeg var lidt ilde tilmode ved at høre om det.
 Du er vel nok rigtig rigtig forsigtig og passer på min Niece. Hvornår er det hun ventes? i Marts? Måske kan hun blive døbt sammen med min Grethe til Sommer.
 Bare du nu må komme lidt let over det – de siger jo at No 2 ikke er nær så vanskelig at få og det er jo en god Ting
 Fru Mogensen klarede det skam elegant – bare du kunde ligesådan.
 Skal I ikke snart have Gajen fotograferet igen jeg vilde gærne snart se hvordan han ser ud nu. Det er forbavsende så hurtig de udvikler sig, de små, og hvor er de søde men hvor er det trættende at passe dem. Grethe er nu i en Alder, hvor det næsten ikke er ”Pigearbe” at passe hende. Hun står op fra sin Stol, falder ud af sin Seng – el. prøver på det, så man kan ikke forlade hende et Øjeblik – særlig når det er for koldt at krybe på Gulvet. Og når hun kryber er hun hele Tiden efter hvad hun ikke må have, trækker alting ned o.s.v. Der er kun en Lindring, og det er hendes nye Lærredsbilledbog med Dyr – den kan hun blade i i Timevis og småle og pludre om. –
 Vi har nu fået Vinter og knagende Kulde og jeg begynder at komme i Julestemning. Imorgen afgår en Julepakke hjem til, - der er en Gummivarmedunk til dig som du vil finde helt behagelig at have i Sengen, når du har været oppe og pusle om Gajen, - som du vel er af og til endnu. Jeg sender også en lille Sommerhue til min Niece, - Grethe har gået med den, men den kan godt så lidt endnu.
 Hvor dejligt for dig at du har lille Disser Nu Farvel og glædelig Jul til jer alle 3 fra Elle
 [Indsat med blyant øverst side 1:]
 Du kommer til selv at reparere et Par Sting på Huen, - jeg er kommen bag efter med det</t>
   </si>
   <si>
+    <t>1901-05-10</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christine  Mackie
+Otto Emil  Paludan
+Robert Schumann
+Andreas Warberg
+Astrid Warberg-Goldschmidt
+Emil Aarestrup</t>
+  </si>
+  <si>
+    <t>Amerikaplan: Johanne C. Larsen rejste i 1903 til Boston for at besøge sine to søstre, der begge var gift med amerikanske mænd. 
+Det vides ikke, hvem Viggo var. Familien kendte flere, der bar dette navn. Grete kendes heller ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3790</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen ønsker tillykke med fødselsdagen og sender gave. Hun beder Louise Brønsted hilse Julie/Pan Brandt og bede om brev. Og hun ønsker, at Louise henter et sanghæfte hos Berta og Ludvig Brandstrup. 
+Johanne, Astrid/Dis og Andreas/Dede Warberg har været på måneskinstur.
+Johannes Amerikaplan er blevet vel modtaget. Hun har fået brev fra Viggo og skammer sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fZ3x</t>
+  </si>
+  <si>
+    <t>10 Maj 1901
+Erikshaab
+Kæreste Lugge!
+Der gik Dis med Blækket, saa kan du nok kigge langt efter et Blækbrev!
+Ikke desto mindre ønskes du hermed til Lykke!
+Men, ak Lugge; det er ikke som i Fjor - - med alle de Presenter, som jeg i det mindste vil erindre til min Dødsdag.
+De to af de 6 Kr. paa Kuponen er fra Pallam, Her er koldt som ved Nordpolen!
+Har monstro Pan faaet sendt nogle Æg fra mig, sig hende, at jeg venter Kvittering i Form af Brev.
+Tænk, Elna har sendt mig alle Aarestrups Digte, imponerende! Vær god mod hende, hvis I ser hende. Lugge! En Bøn! Hvis du kommer ud til Lut og Berta, faa saa et sort Schuman-Sanghefte med og før det hertil pr. Kuffert. [I venstre margen ud for ordene fra "Lugge!" til "Kuffert" er tegnet en bølgelinie, og udfor denne er skrevet:] mærk!
+Det er nok i Aften Stor Bedeaften, Dis og jeg og Dedde har været en vidunderlig Månetur ude paa Mosen ved Odensebakken.
+Det er godt at komme hjem! vi glæder os til dig! Mornines Humør var over al Forventning; man stiller sig let imødekommende til min Amerikaplan.
+I Gaar havde jeg Brev fra Viggo - - jeg sank i Jorden af Skam.
+Dynger af Fødselsdagshilsner fra din Junge. Hils Grete grundigt og kærligt.</t>
+  </si>
+  <si>
     <t>1901-08-26</t>
   </si>
   <si>
     <t>Højrup
 Boston
 Odense</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Vittoria Bacci
 Louise Brønsted
 Niels Elgaard Amstrup
 Jens Hammer
 Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Johanne Nielsen
 Ellen  Sawyer
 Harris Sawyer
 Karen Sørensen
 Albrecht  Warberg
@@ -816,53 +866,50 @@
 pr. Lohals
 Langeland. 
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 19de Debr.
 Kære lille Putte!
 Tak for Brevet. Du kan troe jeg er glad over, at Du har det saa godt hos Tante og at de vil beholde Dig i Julen. Jeg glæder mig ikke til at tilbringe den hos Syberg, saa bitter og utaalelig han er for Tiden; det er jo ogsaa drøjt for ham med det Parti og særlig nu, da N.P. har den Luskeri med en af de Damer. Gid det dog kunde gaae ovenbys igen; jeg tror ikke Hr. [ulæseligt] har sine Papirer i Orden, ellers vilde han dog sende dem til Syberg; men han har slet ikke været i Berlin, kun i Assens og nu igen i Odense. Hvad skal det dog blive til! Thora er selv vis paa, at hun skal hertil efter Nytaar men hun vil gærne nu. Hun er livlig og vel tilfreds, vi kan da ikke see andet! I Morgen tænker jeg vi ses. der er Pakke til Eder, en Ramme til Tante, men hvis vi ikke naaer at faae et Billede af Far at sende i Brev saa sæt Dit i, Du har det vel med; en Bog til Poul det er ikke let at finde paa noget til ham; han kommer da hjem? Lugge har travlt; i Morgen afgaaer vor store Jærnseng til hende jeg har haft Saddelmager til at stoppe Madrassen om og sætte nyt Tøj. Hermed Prøver af deres Tapeter. De har taget en lidt større Lejlighed og hans Moder faaer den første deres Køkkendøre støder sammen. Hun er saa flot til at give dem mange Ting til Huset, Porcelæn, Køkkenting hvad hun kan undvære, en Glasopsats med en smuk Sølvfod, i Brudegave en Potageske af Sølv; en giver dem 2 Spiseskeer; Johanne giver dem et Mahogni Bord som det lille gamle der altid har staaet i vort Sovekammer og Thora giver en smuk Syæske dertil; jeg lover hende et broderet Tæppe under det. Jeg er nu næsten færdig med det nødvendigste, der skal vadskes på Mandag. De har købt et stort smukt rødt Gulvtæppe og røde Gardiner som Prøve; Stuen er jo ellers olivengrøn. Dede er desværre saa forkølet med Hoste, han ligger disse Dage. –
 Lili og Thora bager hele Formiddagen og har ogsaa travlt med at sye, men i Efterm. vil de skrive til Dig. De rejser begge i Morgen. Der er kommen Brev fra Elle og Chr., men maa Du vist snart høre fra dem. endnu i disse vidste de intet om Dig og John Chr. har været en hel Dag hos sine Svigerforældre, især Faderen og Søsteren er venlige mod hende, de er alle glade ved hendes Musik De ejer flere Huse i og Jord uden for Boston, desuden 2 Plantager paa Cuba, hvor Faderen er født, men de indbringer ikke meget. Der er ikke mange ”Parties” i Boston, skriver Elle; Frøken Jansens Søster til ham paa Trolleborg, har udtalt sig beundrende om Christines Dygtighed til at ”f_inde dem”. Naar de danske derovre veed om Forlovelsen, saa er den da snart ude her. Elle har faaet en vældig dygtig Pige til 5 Dollars om Ugen, men hun vil have en billigere. 4 er det almindelige. Elle har Kvalme det Skind. – Pastor Sørensen sendte mig i Gaar sin Tale over Far; Christine havde bedt ham om den og saa skrev han 
 2) den, mærkværdig at han kunde saa længe efter; han har ogsaa sendt Christine den. Thora skrev den af til Grevinden og jeg har lige skrevet et langt Brev til hende om Christines Forlovelse, at de ikke skulde høre den fra Trolleborg. – Vil Du have Min Kommode sendt ind til Bülowsvej? Saa skal jeg besørge det. Jeg sender efter Nytaar en Seng Bord Stole _vist min Chaiselongen saa maa jeg da være lidt af Januar hos Eder og see Lugges Hjem, det bliver nok yndigt. Bare Tante skulde til Byen paa den Tid! Gardinerne er bleven hængende til Dig, der kan nok blive ret ordenligt i den store Stue. Grethes Mor er død, hun har været hjemme og skal nu have hele Julen og have [ulæseligt ord] til at boe hos sig og lave Mad til hende. Dede vil ikke være mere hos Sagføreren, skrev Lugge; saa kan 
 3) og Du kan vel nok være her en Tid efter Nytaar; jeg glæder mig til Eder lille ”Putte. Endnu har jeg ikke læst de svenske Aviser, jeg syer og skriver Breve, det er alt hvad jeg kan naae; men jeg taaler det godt nok, skal jo nu ogsaa hvile Juledagene. Fortæl Tante, at Broder Christian har bedt mig sende Susan lidt Penge, og at jeg har skrevet til Christine om at sende 50 Kr. af de Penge, Eastman skylder os, det er 235 Kr. og Christine skulde bruge til det nødvendigste af dem, men Dr. Mackie betaler nok hendes Rejse hertil, om de ogsaa ikke ["ikke" overstreget] bliver gift før her. 
 Nu har jeg ikke Tid til mere lille Putte!
 Kærlige Hilsener til Eder alle tre fra Mor. 
 [Skrevet på hovedet på sidste side:}
 Gardinerne er røde
 Damask ensfarvede, 
 M kan ikke finde Pos
 [Tapetprøver:]
 Sovekammer.
 Der er 5 lyse Striber ved Siden af hinanden. 
 M[ulæseligt]in. 
 Min Stue</t>
   </si>
   <si>
     <t>1903-5</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>USA
 Mass.
 Dorchester</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 - Grønlund
 Jens Hammer
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 William Mackie
 Mogens Mogensen
 - Mogensen, Fru
@@ -3116,53 +3163,50 @@
     <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i en ung alder i 1911, og Ellen og datteren rejste derefter fra Boston til Danmark.</t>
   </si>
   <si>
     <t>Ellen Sawyer og datteren er på vej fra Boston til Danmark. 
 Laura Warberg savner at få brev fra Astrid.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FtFx</t>
   </si>
   <si>
     <t>[Fortrykt på brevkortets forside:]
 BREVKORT.
 [Håndskrevet på brevkortets forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmö
 Skåne 
 [Håndskrevet på kortets bagside:]
 Torsdag. Brev fra Elle i Morges! De er vist allerede paa Vej, hun havde selv Penge til Billeterne. I næste Brev faar jeg Ruten af Skibet, skal strax skrive det til Dig lille Putte. De længes begge kolossalt efter at komme hertil, skriver hun. Den 31te vilde de rejse til Boston, være der en Uge og finde et Skib snarest muligt. Endnu i Dag intet Brev fra Dig! Gaadefuldt! 
 Kærlige Hilsener! Bedstemor.</t>
   </si>
   <si>
     <t>1911-08-21</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Anna Anna, pige i huset hos Brønsted
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Ellen  Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Brevet lå i samme kuvert som 1911-08-20, Laura Warberg til Astrid Warberg-Goldschmidt. 
 Louise Brønsteds søster, Ellen Sawyer, og Ellens datter, Grethe, var på vej hjem fra Boston, hvor de havde boet nogle år. Ellens mand og barnets far, Harris Eastman Sawyer, var død, og enken og barnet tog derefter til Danmark. Laura Warberg rejste over Odense til Esbjerg for at tage imod de to. 
 Det vides ikke, hvem Fru Gj. var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2632</t>
   </si>
   <si>
     <t>Louise Brønsted håber for Ellen/Elles skyld på rolige forhold i England. Det er dejligt at have fået Anna hjem igen.
 Laura Warberg må selv afgøre, om hun vil komme til Louise og hjælpe med at sy. Alhed/Lomme har været i Rørvig og i Zoo. Rejsen hjem fra Rørvig var besværlig. Alhed/Lomme forærer ting, som hun har fundet på stranden væk. Nu regner det, og børnene leger livligt i huset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXBg</t>
   </si>
   <si>
@@ -3201,50 +3245,100 @@
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2081</t>
   </si>
   <si>
     <t>Alhed Larsen får vist omsider en dygtig pige i huse. I familien har de talt om hendes mange udygtige piger. 
 Laura Warberg planlægger sin rejse sydpå med Else Marie Warberg.
 Laura er "betaget" over Titanics forlis, men glæder sig over, at datteren Ellen ikke i år, hvor der er mange isbjerge, skal sejle mellem USA og Danmark.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8odw</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Glorup d: 18–4–12
 Kære Astrid!
 Jeg synes at et Mandagsbrev vil denne Gang vil komme saa nær op ad Din Fødselsdag, at jeg hellere maa skrive nu, skjøndt der intet siden er at fortælle. Vi hørte af Onkel Syberg Dagen efter, at Du var rejst ned til Erikshaab og det var jeg glad over. Jeg synes det maa have været saa yndigt for Eder der! De kan ikke lide, man ringer op herfra – Conne sige faaer de for mange Samtaler men i Forgaars Aftes var de alle ude, og saa bad jeg om at ringe op til Alhed; Tænk at hun faaer vist til Efteraaret en meget dygtig og rar og udmærket Pige fra Ølstedgaard. Vi vilde jo alle saa nødig see hende igen begynde med en ussel Pige paa 16 Aar, Gartnerens tykke Marie, som hun halvvejs havde fæstet. Vi tiggede hende alle om at lade være, Grosses og Agraren mente det var rædsomt! Du kan tro vi er glade, hvis hun nu endelig en Gang kan faae en rigtig Pige. Muk har ogsaa tidt talt om Alheds udygtige Piger. Jeg haaber de ringer mig op fra Erikshaab i Dag. - Jeg hører nok snart lidt fra Dig, havde Børnene det godt mens Du var borte? Var Du meget sløj efter Rejsen? Har Du begyndt at tage Jærn?? Gør det endelig og spis Æg; og gaae meget ud. Jeg har gaaet lange Ture hver Dag her. Vi spiller Whist om Aftenen; ellers intet oplevet. Jeg har skrevet til [ulæseligt] om at give os lidt Vejledning om Rejsen og saa beder jeg senere Madien's om at udarbejde ligesom i Fjor. Vi vil alligevel til Schweiz, 2 Dage i München, maaske en Dag i Dresden og da paa vort pæne Haupitt og se Grünes Gewölbe. Ellers til Brunnen ved Vierwald --- Søen og derfra gøre Udflugter 5-6 Dage. Marie vil saa gærne dertil vi lægger saa hver ca. 30 Kr. til Rejsen ud den sidste Uge af Maj og godt 14 Dage borte! om intet kommer i Vejen!! – Jeg er saa betaget over Titanics Forlis! Godt Elle ikke skulde sejle gennem alle de Isbjærge, der er i Aar! Saa Farvel lille Putte! Kys Ungerne og kærlige Hilsener fra
 Bedstemor.</t>
+  </si>
+  <si>
+    <t>1912-08-26</t>
+  </si>
+  <si>
+    <t>Gunnar Biilmann Petersen
+Bodild Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Christine Swane
+Leo Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i august 1911. Hun og datteren rejste derefter fra deres hjem i USA til Danmark. Året efter havde Ellen Sawyer besluttet sig for at blive i Danmark, og hun rejste til Boston for at pakke sine ejendele. Svogeren Johannes Brønsted fulgte hende tilsyneladende.
+Man kan se af beskrivelsen af huset i Kerteminde, at Louise Brønsted, hendes børn og Grete (Ellens datter) opholdt sig hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3816</t>
+  </si>
+  <si>
+    <t>Hospitalskuren må hjælpe på Laura Warbergs dårlige ben. 
+Det er godt, at Ellen Sawyer og Johannes Brønsteds afrejse gik godt. Ellen var nervøs for rejsen og for at forlade Grete.
+I Kerteminde går det fint. Andreas/Lysse Larsen er sød til at lege med de små. Der er kommet brev fra Ellen og Johannes. Under en søgang sov Ellen en masse timer. 
+Mens familien i Kerteminde spiste, ringede en mand på døren og afleverede en stor pose godter. Alhed/Lomme Brønsted bad ham vente i trappestuen, til deres måltid var overstået - hun kender til helligholdelsen af måltiderne hos Larsen-familien. Bagefter fik man kaffe i lysthuset.
+Christine/Uglen, Sigurd og Leo Swane har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kMkR</t>
+  </si>
+  <si>
+    <t>Kerteminde 26 - 8 - 1912
+Kære Mor!
+1000 Tak for det lange interessante Brev til Alhed i Dag, som ogsaa jeg har nydt godt af; hvor det er dejligt, at det gaar saa godt; mon ikke denne radikale Kur skulde faa konstante Virkninger paa "det slemme, haardnakkede Ben". Det er meget karakteristisk, at det er Dig, hospitalsbundne, der forsyner os med Efterretninger fra Afrejsen, de sidste Dage o.s.v. Det var beroligende at høre, at alt er gaaet godt og festligt og at Elle var ved godt Humør; hun var meget nedstemt her de sidste Dage; ked over at forlade Grete, og urolig for Rejsen; men det har jo nok fortaget sig. - Her staar alt godt til; hele Børnereden i god Kondition, og Hosten stærkt paa Retur, undtagen for lille Lysses Vedkommende, den herlige Dreng. Han er saa sød mod de smaa; I Dag har han og Bes gaaet og leget sammen under Bes' store Begejstring. Vi er meget glade ved det mildere Vejr i Dag, baade for vor egen Skyld og navnlig for de rejsende. Da Be skrev til dig, den Dag, jeg paabegyndte dette Brev, opsatte jeg det indtil videre. - I Dag havde vi ["vi" indsat over linjen] saa Brev fra de Søfarende, baade fra Kristiania og Kristianssens. Den første Del af Rejsen er da gaaet tilfredsstillende, trods en Del Søgang den første Dag og ["Dag og" indsat over linjen] Nat. Mag. holdt sig stolt, men Elle kunde ikke møde til Middagen; dog var det ikke saa farligt, skriver Mag, for hun sov i en Køre fra Kl. 4 om Eftermiddagen til 7 næste Morgen, og maa jo næsten antages at hun udhvilet efter de sidste Dages Strabadser. I Kristiania fandt de sammen med Biilmann, og paa Skibet er de en Klike paa Elle og 6 Kemikere, som holder Sjov og nyder Bordets Glæder sammen. -
+I Dag, Mandag, er der vederfaredes Huset og os alle en stor Glæde og Ære. Mens vi spiste, Børnene og jeg som sædvanlig ved mit lille private Taffel i Køkkenet, ringede det paa Entredøren, og Lomme gik ud og lukkede op; kom tilbage med en mægtig Pose Godter, som var fra "en Mand" til alle Børnene; 
+[øverst på arket er med blyant skrevet:] 1912
+[Herefter med blæk:] jeg styrtede jo ud, meget imponeret og foruroliget af Posens Størrelse, og hvem sidder i Trappestuen: Onkel Syberg. Lomme, som jo kender Husets Helligholdelse af Middagsfreden havde sagt til ham: "De kunde maaske vente lidt, for vi spiser", hvad Onkel Syberg havde moret sig meget over. - Middagsfreden blev jo nok alligevel lidt forstyrret, og bagefter blev der Kaffe i Lysthuset, Fremvisning af Haven og megen Passiaren; alt tilfredsstillende. Kirstine dukkede op midt i Kaffen og Kl. 2 gled de igen, var kommen kørende i egen Befordring, alene for at hilse paa os alle.
+Svane med Uglen har været her en Dags Tid paa Gennemrejse til København. Broderen, Leo Svane, er her endnu, et meget tiltalende Menneske; rejser vist med 2 Posten i Nat. Ja, her er altid noget.
+Helhedstilstanden er stadig god; tænk, at jeg kunde glemme at takke Dig for den gode [ulæseligt]chokolade; jeg er forøvrigt saa rask og i god Kondition, saa jeg slet ikke trænger til Styrkemidler. - Vi rejser herfra paa Søndag med 11 Toget.
+Mange Hilsner til Dig, Tutte, Junge, Bodild etc. fra Din Lugge
+26 - 8 - 12</t>
   </si>
   <si>
     <t>1913-11-25</t>
   </si>
   <si>
     <t>Malmø</t>
   </si>
   <si>
     <t>Brædstrup</t>
   </si>
   <si>
     <t>Elida -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Selmar Goldschmidt
 - Kjerulff
 Inga -, Malmø
 Felix Mendelssohn
 - Thalbitzer</t>
@@ -3262,50 +3356,159 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/3Bw6</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Fru Laura Warberg
 pt. Brædstrup
 Danmark.
 [Håndskrevet med blyant af ukendt person:]
 1913
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 I)
 Kæreste Mor! Det har rigtignok været en meget bevæget Tid, siden jeg sidst skrev; jeg sov hele Dagen i går for at komme til Hægterne – og nu begynder det at hjælpe lidt. Rejsen var ganske uhyre vellykket fra først til sidst – den har rigtig sat Kulør på Tilværelsen igen – man må også rejse engang imellem for at udholde Malmøtilværelsen. Jeg tog over Torsdag med ½ 4 Båden - gik straks til Brudehuset, hvor de to Gamle sad ved en ensom Middag – omgivet af Æsker – Papirer – Blomster – Kufferter – Gaver – vildt Virvar. Jeg spiste med – Stemningen var meget hyggelig – let højtidelig, men dog løftet. Døren gik ustandselig – Telegrammer – Blomster – Gaver – enkelte Familievisitter – og i sidste Øjeblik Johanne – hjem fra de allersidste Ærinder – strålende lykkelig - men en Del nervøs for Pakning etc. Jeg var hende til god Nytte med forskellig Syning – Hjælp ved Pakningen etc. Så blev vi alle klædt i Galla – Johanne en pragtfuld blå Silkebrokade med ægte Kniplinger – moderne – stram forneden og opslidset til midt på Benet - fine Silkestrømper – hendes Mor i en dejlig sort Silkekjole. 
 Svigermor og jeg kørte først derop – til Bristol – tre prægtige Selskabssale var reserveret for Bryllupsselskabet – hvor er der dejligt – fint, smag fuldt, hyggeligt – masser af kostbare Ting, Antikviteter – Porcelæner – Malerier etc etc – Wilkenining er Samler og meget rig. Han kom selv og viste os Bordet – henrivende pyntet med lutter lyserøde Blomster – Lorraine og Chrysantemer – meget Sølv og Krystal og kostbare Opsatser af Sévresporcelæn – Servicet i øvrigt Flora danica. Der var dækket til 12 – den allernærmeste Slægt. Omsider var vi alle samlede og gik til Bords, mens Ingeborg og Svigermor spillede Mendelsohns Bryllupsmarch på Flygelet i Spisesalonen, meget smukt og stemningsfuldt. Svirmor holdt tre udmærkede [Skrevet oven over linien en på Rim ["en på Rim" indsat over linjen] Taler og havde desuden skreven en morsom Sang. Første Ret var: Canapé – en hel Del kolde Salater Mayonaise etc. Derpå ægte Skildpaddesuppe i småbitte Terriner af Sévresporcelæn – så vistnok Østers – en uhyre Mængde – der var vist mere end 12 til hver – jeg spiste 9! Så Dyreryg og Fjerkræ – Is – Frugt (blå Druer) og Konfekt. Mere kan jeg ikke huske. Champagne i Strømme – Rødvin – Rhinskvin og Madeira. Alfred holdt en smuk Tale til Johanne – Ernst ligeså, men humoristisk – Charles for Fru G’s to Søstre, som var med o s v. Stemningen munter hele Tiden. Siden drak vi Kaffe i de fine Stuer med 6 Slags Likører – og til allersidst dansede vi lidt, mens Ernst spillede. Jeg dansede selv – og fik megen Ros. (jeg havde min blå Silkekjole på.) Klokken var 4, da vi endelig kom i Seng – jeg sov på en Sofa i Spisestuen – Johanne og jeg var de sidste på Valpladsen – jeg hjalp hende at frankere alle Giftekortene – c 100; hun var så sød – og vistnok glad ved at have mig at snakke med; fortalte mig så meget om sit nye, dejlige Hjem; næste Morgen hjalp jeg hende også med alt muligt – kun hendes Mor og Alfred overværede Vielsen Kl 10 på Rådhuset – siden samledes hele Selskabet i de samme Lokaler på Bristol – atter flød Champagnen – nu til himmelsk Smørrebrød – samt Lykønskninger - - så fulgte vi alle i Biler til Banen – og så gled de til Berlin – begge to strålende lykkelige - - han er vist et mageløst godt og elskværdigt Menneske. 
 II Så skiltes Brudefølget – nej, det er sandt – vi samledes nok engang på Bristol – nu i Cafèen – min Svirfar påstod, vi var ikke bleven mætte før – og så gik det atter løs med Smørrebrød – Sild – Te Kaffe og hvad nu enhver vilde have. Så skiltes man – med den Aftale alle at samles i Brudehuset til Middag Kl 5. Jeg gik med Svirmor hjem – hun var meget forknyt, og jeg nænnede ikke at gå fra hende, så hun blev helt alene i det tomme Hus; hjalp hende med at ordne Gaverne – småsnakkede om Festen – etc etc. I en Pause ringede jeg til Lugge, som meddelte mig, at jeg var bedt med til Ballet i Gentofte. Nå da! Så ringede jeg resolut til Malmö – bad Elida gå ned til 6 Båden med min hvide Silkekjole – Sko og Strømper – fik akurat at vide, at alt stod vel til, så var de 3 Min forbi. Siden tav jeg bomstille med mine egne Interesser og gik Resten af Dagen ganske op i min Svirmors; dog tænkte jeg naturligvis ofte på, om det vilde lykkes med Kjolen – om det vilde blive morsomt med Ballet – og glædede mig temmelig til at gense de søde Magisterfolk. 
 Kl 5 havde vi så en hyggelig Familiemiddag – Svirmor gør stor og berettiget Lykke ved pludselig at have forladt sine orttodoxe Principper m H t. Maden – hun spiser nu alting – og alle Steder! Til Middagen var Charles og Ingeborg m Børn – Ernst – Alfr og jeg – de Gamle - og en Søster til Svirmor. Kl 8 rejste Alfred – jeg fulgte ham ned og – fik min Kjole! Kl 9. kørte jeg i en Bil (stor Bagage) til Nordbanen – traf Lugge og Magisteren og rejste med dem hjem; jeg havde Lugges Skindgarniture med – en dejlig stor Krave og do Muffe – brunt, langhåret Murmel. Vi drak Te – og dansede siden Boston – one Step og Tango lige til Kl 12 – så fik jeg det altså lært. Lugge var rasende sød – havde rigtig Balfeber! Magisteren er jo også henrivende sød – begge glade og i godt Humør. 
 Fredag kom Hr. Kjerulff m Diden – som skulde sove der – jeg i hendes Seng. Han spiste Middag med – så fulgtes vi til Gentofte. 
 Et imponerende Hus har de fået – smukke Stuer – alt yderst moderne og komfortabelt. 
 Nu kan jeg ikke skrive mere – Ballet var vældig morsomt – vi kom slet ikke i Seng – nogle rejste Kl ½ 5 i Biler til Byen – andre spadserede ved 6 Tiden – Thalbitzers og vi blev der – sov et Par Timer på et Gulv – så op til liflig Morgenkaffe. Kl 1 Frokost, hvor vi spiste hver et Dusin Østers! – så en Spadseretur – og så rejste jeg. Var en Visit i Brudehuset at takke for sidst – tog så med 5 Båden hjem og – gik direkte til Ingas Fødselsdagsgilde - dumpede op i et stort animeret Selskab – kom først hjem henad 12! Var det ikke meget på engang! 
 Endvidere – ja, alting kommer på èngang – fortalte Elida, at to Herrer havde været her i Fredags for at tale med mig – Redaktør Theste og Neuman fra Kjøbenhavn, som har udbedt sig mine Manuskripter og fået dem. Siden de ikke havde Papirerne med herop, må jeg jo næsten gå ud fra, at jeg endelig engang har haft Lykken med mig i literær Henseende. De vilde skrive til mig, sagde de til Elida. 
 Nej, jeg er alligevel for forvirret endnu 
 [Skrevet på hovedet af brevets s. 1:]
 til at kunde skrive sammenhængende – bare Du kan læse dette. Hils Dine søde Værtsfolk meget fra mig. Og mange Hilsner til Dig selv fra Din A.
 Tak for Birkerødbrevet, som vi blev så glade ved.</t>
+  </si>
+  <si>
+    <t>1926-8</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Christoffer Columbus
+Waldo Emerson
+- Granberg
+William Mackie
+Helen Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor ved Harvard i Boston flere gange. Af brev fra Alhed/Lomme til Johannes Brønsted 1926-08-05 (BB3824) fremgår det, at Louise og Johannes Brønsted 6. august 1926 sejlede med Oscar III mod New York, og at det var deres første besøg i denne by. 
+Ellen Sawyer var gift med amerikanske Harris Eastman Sawyer og boede sammen med ham i Boston. Da han døde, flyttede hun og datteren tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3823</t>
+  </si>
+  <si>
+    <t>Strømperne, som Ellen Sawyer sender, er lidt store, men de skrumper nok. Da Ellen boede i USA, gik man om sommeren med hvide kjoler, for de kulørte falmede. Louise Brønsted skal undgå middagsheden i New York. 
+Ellen håber, at Louise kan komme til at aflevere gaver til blandt andre Helen. Der er lidt porcelæn og en flaske i pakken.
+Ellen håber, at vejret vil være godt, når Louise og manden skal krydse Atlanterhavet. Denne rejse er mere bekvem end den, som Columbus foretog. 
+Louise og Granberg har gjort huset rent til sommergæsterne, som skal leje det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gzom</t>
+  </si>
+  <si>
+    <t>Kære søde Lugge
+1000 Tak for dit gode Brev! Det er ikke min Hensigt at besvare det nu. Dette er kun et Par Ord, som du ikke skal føle dig forpligtet til at svare paa. Svaret faar du i Amerika. Du behøver heller ikke at takke for de smaa Afskedsgaver. Jeg synes jo desværre at Strømperne ser en Smule store ud til dine ikke just Elefantben, - men de havde dem ikke mindre, og mon de ikke sætter sig lidt i Læggen og skrumper lidt i Foden. Det gør de nok. - Du har vel en hvid Kjole i dit Udstyr. I min Tid gik de uhyre meget med hvidt om Sommeren og det gør de vist endnu, for alt andet falmer jo. Og varmt er der jo. Saa for Himlens Skyld ikke ud i Middagsheden i N.Y. Det maa man ikke. Hvor jeg glæder mig paa jeres Vegne. New York By er jo saa sin Sag, - men Hudson Floden er da dejlig. - 
+Mon ikke du har en Udvej til at faa denne lille Pakke givet min Svigerinde Helen. Hun vil meget gærne se jer. Kunde du ikke sætte hende i Stævne hos Billy, for I naar vel ikke ud til West Roxbury. Der er forresten dejligt. Det var der i Nærheden at Emerson sammen med nogle Ligesindede havde en lille Koloni, hvor de dyrkede "Back to nature."
+Der er nogle smaa Bitter københavnsk Porcelain i men det er godt pakket. Mon du ikke nok finder en lille Plads til det. - Den lille Flaske til Mag. skal jo i hans Lomme. 
+Gid vi maa beholde det gode Vejr mens I er paa Atlanterhavet; saa vil I jo nyde den Tur. - Den ["Den" overstreget] I bliver vel tykke af al den gode Mad, hvis I ikke bliver søsyge. Jeg glæder mig til at faa Brev fra dig derovre fra. - Jeg er nu glad over at det er mere bekvemt at sejle end den Gang Columbus tog Turen, og den Gang da Mayflower sejlede over og Passagererne steg i Land paa en Sten paa en aldeles øde og vild Kyst (nuværende Plymouth) Sikken en Forskel, alligevel. -
+Jeg har ikke ret meget til de tre Piger desværre, - hvor er de dog bedaarende søde alle tre. 
+Jeg har idag haft Granberg og gjort hele Huset rent til mine Badegæster, som kommer i Overmorgen. Jeg glæder mig vildt til de rejser igen. Ogsaa til de 200 Kr. -
+Dette er altsaa ikke et Brev, - ikke en Gang Afskedsbrev - jeg skriver igen inden I "glider"
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3382,59 +3585,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M65"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3956,2365 +4159,2547 @@
       </c>
       <c r="I12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-        <v>104</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="I13" s="5"/>
+        <v>106</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>107</v>
+      </c>
       <c r="J13" s="5" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>110</v>
-[...12 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>112</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="I14" s="5"/>
       <c r="J14" s="5" t="s">
-        <v>114</v>
+        <v>55</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>115</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>116</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>110</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>119</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F15" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>127</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>119</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F16" s="5" t="s">
         <v>128</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
         <v>129</v>
       </c>
       <c r="I16" s="5" t="s">
         <v>130</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>131</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>133</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="s">
         <v>136</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
         <v>137</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>138</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>139</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>140</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>141</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>143</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F18" s="5" t="s">
         <v>144</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>145</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>146</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>147</v>
       </c>
       <c r="K18" s="5" t="s">
         <v>148</v>
       </c>
       <c r="L18" s="6" t="s">
         <v>149</v>
       </c>
       <c r="M18" s="5" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
         <v>151</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="E19" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="F19" s="5" t="s">
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>157</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>127</v>
+        <v>15</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F20" s="5" t="s">
         <v>161</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>162</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>163</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>164</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>166</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="E21" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="F21" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="F21" s="5" t="s">
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>174</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="E22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="F22" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="G22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="H22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>182</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="K22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>184</v>
-      </c>
-[...4 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="G23" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="H23" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="E23" s="5" t="s">
+      <c r="I23" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>193</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>110</v>
+        <v>196</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>33</v>
+        <v>197</v>
       </c>
       <c r="E24" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="F24" s="5" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
         <v>200</v>
       </c>
       <c r="I24" s="5" t="s">
         <v>201</v>
       </c>
       <c r="J24" s="5" t="s">
         <v>202</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>203</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>204</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>127</v>
+        <v>33</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>207</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>208</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>209</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>210</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>211</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>212</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>214</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>188</v>
+        <v>119</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>189</v>
+        <v>104</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>190</v>
+        <v>215</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>169</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
         <v>216</v>
       </c>
       <c r="I26" s="5" t="s">
         <v>217</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>218</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>219</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>220</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>222</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="G27" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="D27" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G27" s="5" t="s">
+      <c r="H27" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>227</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>228</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>110</v>
+        <v>231</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>127</v>
+        <v>197</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>161</v>
-[...4 lines deleted...]
-        </is>
+        <v>199</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>232</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>235</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>236</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>238</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>239</v>
+        <v>169</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>240</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>241</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>242</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>243</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>244</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>246</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>51</v>
+        <v>104</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>52</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>247</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>55</v>
+        <v>250</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>253</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>254</v>
+        <v>51</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>144</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>255</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>256</v>
       </c>
       <c r="J31" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K31" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="5" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="B32" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="B32" s="5" t="s">
+      <c r="C32" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="C32" s="5" t="s">
-[...15 lines deleted...]
-        </is>
+      <c r="D32" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H32" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="M32" s="5"/>
+        <v>267</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>268</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="C33" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H33" s="5" t="s">
-        <v>265</v>
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L33" s="6" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>52</v>
+      </c>
+      <c r="D34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>268</v>
-[...5 lines deleted...]
-        <v>270</v>
+        <v>273</v>
+      </c>
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L34" s="6" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="M34" s="5"/>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>262</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>52</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>274</v>
-[...5 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>278</v>
       </c>
       <c r="K35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L35" s="6" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>279</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>270</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D36" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="E36" s="5" t="s">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="D36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>278</v>
-[...8 lines deleted...]
-        <v>280</v>
+        <v>282</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L36" s="6" t="s">
-        <v>281</v>
-[...3 lines deleted...]
-      </c>
+        <v>283</v>
+      </c>
+      <c r="M36" s="5"/>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E37" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F37" s="5" t="s">
         <v>285</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
         <v>286</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>287</v>
       </c>
       <c r="J37" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="K37" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="K37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>289</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>51</v>
+        <v>292</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>293</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>55</v>
+        <v>296</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>52</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>51</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="J39" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E40" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>277</v>
+        <v>144</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="J40" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...3 lines deleted...]
-        <v>277</v>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F41" s="5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>285</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D42" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D42" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E42" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>277</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>318</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>51</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>52</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>285</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="5" t="s">
-        <v>277</v>
+        <v>144</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="G44" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>277</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="5" t="s">
-        <v>277</v>
+        <v>144</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>342</v>
+        <v>285</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>277</v>
-[...4 lines deleted...]
-        </is>
+        <v>144</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="J47" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D48" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D48" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E48" s="5" t="s">
-        <v>277</v>
+        <v>144</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D49" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D49" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E49" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>52</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>370</v>
+        <v>55</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>371</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>372</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>374</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>190</v>
+        <v>375</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>375</v>
+        <v>161</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
         <v>376</v>
       </c>
       <c r="I51" s="5" t="s">
         <v>377</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>378</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>379</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>380</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>382</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="5" t="s">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="F52" s="5" t="s">
         <v>383</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
         <v>384</v>
       </c>
       <c r="I52" s="5" t="s">
         <v>385</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>386</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>387</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>388</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>390</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="E53" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="F53" s="5" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>392</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>393</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>394</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>395</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>396</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>398</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D54" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D54" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E54" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>161</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>153</v>
+        <v>262</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E56" s="5" t="s">
-        <v>413</v>
+        <v>399</v>
       </c>
       <c r="F56" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="J56" s="5" t="s">
         <v>416</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="K56" s="5" t="s">
         <v>417</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>418</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>254</v>
+        <v>119</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>285</v>
+        <v>421</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>422</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>423</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>424</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>425</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>426</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>427</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>429</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="5" t="s">
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="K58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="L58" s="6" t="s">
+      <c r="M58" s="5" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>15</v>
+        <v>438</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-        </is>
+        <v>262</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>441</v>
-[...4 lines deleted...]
-        </is>
+        <v>442</v>
+      </c>
+      <c r="K59" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>188</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>190</v>
+        <v>33</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>448</v>
+        <v>449</v>
+      </c>
+      <c r="K60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L60" s="6" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>110</v>
+        <v>52</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>422</v>
+        <v>453</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>454</v>
+        <v>55</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>253</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-        </is>
+        <v>119</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>430</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>459</v>
+        <v>239</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>460</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>461</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>261</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>466</v>
+        <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F63" s="5" t="s">
+        <v>467</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>469</v>
+        <v>462</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>470</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>471</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>472</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>473</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E64" s="5" t="s">
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>474</v>
       </c>
-      <c r="F64" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>475</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="J64" s="5" t="s">
+      <c r="K64" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>479</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>481</v>
+        <v>480</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>110</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E65" s="5" t="s">
-[...25 lines deleted...]
-      <c r="M65" s="5" t="s">
+      <c r="E66" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
         <v>489</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>508</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>518</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6340,44 +6725,48 @@
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
+    <hyperlink ref="M66" r:id="rId71"/>
+    <hyperlink ref="M67" r:id="rId72"/>
+    <hyperlink ref="M68" r:id="rId73"/>
+    <hyperlink ref="M69" r:id="rId74"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>