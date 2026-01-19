--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="776" uniqueCount="519" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="830" uniqueCount="558" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -238,54 +238,106 @@
 Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
 Johanne får for meget konfekt og slik, så hun lægger sig ud. 
 Ludvig Brandstrup har brækket benet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5f0I</t>
   </si>
   <si>
     <t>Hotel Phønix Tirsdag 7de Feb.
 Tak for de tilsendte Penge.
 Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
 Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
 Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
 Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
 Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
 Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
 5480 Rikgwood St. Chicago Ill. U.S.A 
 Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
 Tak for Laan for Brevene!
 Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
 Hører jeg snart igen.
 Din Junge
 Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
   </si>
   <si>
+    <t>1899-5</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Harald Hirschsprung
+Andreas Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Schofield
+Hempel Syberg
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
+Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
+Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
+Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
+Det er sjovt, at Dudley Pray er populær.
+Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
+Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hOav</t>
+  </si>
+  <si>
+    <t>Bellevue St. 27
+Kære Mor!
+Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
+Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
+I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
+Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
+H havde Brev fra Mr. Pray, som lød fornøjet og glad 
+[Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
+[Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
+[Indsat langs venstre margen s. 11:] 
+Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
     <t>1899-07-19</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes mand boede i Boston. Han arbejdede som kemiker. Deres barn, Grethe, blev født i 1900 og blev som planlagt døbt i Danmark. Det vides ikke, hvad Ellens svigermor hed. 
@@ -359,50 +411,134 @@
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, da hun har født sit første barn i maj. Johannes Larsen er i Svanninge, hvor han bor på et lejet værelse og maler sammen med Syberg og Lützhøft.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Alhed Larsen slider med billedet af floks.
 Der kommer gæster søndag, og Alheds mor spørger, om Johannes Larsen også vil komme. 
 Johannes Larsen glemmer at fortælle, hvordan Anna Syberg (Høbnset) og børnene har det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UdDN</t>
   </si>
   <si>
     <t>Min kæreste Ven!
 Nu ligger den lille og drikker og jeg vil imens skrive et lille Brev til Dig. Tak for Dit Brev i Gaar. Nu har Du to Gange skreven, at Du ingen Brev har faaet, men det maa være Postvæsenets Skyld, jeg har skreven hver eneste Dag undtagen i Gaar, saa Du altsaa ikke har faaet i Dag. Jeg slider i det med mine Flox, i Gaar var jeg oppe Kl. 6 i Dag 6 ½, da jeg maa male om Formiddagen for Solens Skyld. Men det gaar Sk [bogstaverne overstreget] skidt desværre; jeg sidder og nusser og fedter i det, og Blomsterne begynder allerede at visne, skønt jeg knap har rigtig begyndt. Moder sagde før jeg skulde skrive om Du ikke kom paa Søndag, Zuluen og Mr. Praj (fra Boston) kommer samt alle Larsens fra Faaborg, d.v.s. Mor har skreven til dem, vi har ikke faaet Svar endnu. Men Du retter Dig vel efter Vejret og Dit Billede, men jeg længes jo ellers snart efter at se Dig, min Dreng. Nu er den lille færdig med at drikke og skal ud i sin Vogn, og Posten kommer vist snart, saa det bliver ikke noget langt Brev. Her er intet nyt passeret, den lille trives udmærket og er saa sød. Johanne er altsaa kommen hjem, Dis’ Karlsbadrejse er nu officiel og bestemt til Søndag 8 Dage. Hun og Tutte glæder sig vildt. – Har Du saa faaet Svar paa, om Du har haft Kighoste? – Du glemmer stadig at fortælle, hvordan Hønset og Børnene havde det.
 Farvel min Ven! 1000 Hilsner fra Din Alhed
 Torsdag d. 19nde
 Sikken en trykkende Luft det bliver ved at være.</t>
   </si>
   <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+- Sonne
+Nelly Tailor
+Mathilde Ward</t>
+  </si>
+  <si>
+    <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
+Miss Morrison er ligeledes ukendt. 
+Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
+Harris Sawyers forældre har været til begravelse, og det var dejligt for Ellen at have huset for sig selv. Nelly kom på besøg og senere Fru Ward, som gerne vil lære nogle amerikanere at kende. Mathilde Ward var begejstret for Ellens hus. 
+Ellen går til musikundervisning hos Miss Morrison, men hun har dårligt tid til at øve sig. Grethe kravler, rejser sig op ved møblerne og putter alting i munden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpEx</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrevet:]
+Kære Mor
+Tak for dit Brevkort som kom idag. Jeg var meget beroliget ved at se at se B. har det bedre, - bare nu Bedringen må vare ved. – Jeg kan ikke skrive langt denne Gang heller for jeg har opbrugt al min Skriveenergi på Mornine, og denne venter jeg Mulle["Mulle" overstreget] Harry hjem fra Washington hvert Øjeblik. – I det hele taget vil jeg hellere i denne Tid, da jeg har så meget om Ørerne skrive oftere og lidt kortere. – jeg har så dårlig Tålmodighed til at sætte mig hen at skrive et langt Brev. – 
+Gamle Bedstemor Sawyer er død og de to gamle har været til Begravelse. – Det er en Skam at sige det, men det er så sjov når de er borte og jeg leger ”eget Hus”. Idag havde jeg inviteret Fru Sonne og Fru Ward til Kaffe og havde lavet Chokoladeis. Så blev det øsende Dagregn og jeg opgav dem nok. Nelly kom ind og vi nød hele Traktementet Is Kaffe Kager Vin – og da vi havde fået det hele fortæret kom Fru Ward – Mathilde vil jeg kalde hende, for vi er på Fornavn nu
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
+Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
+Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
+[Skrevet langs sidste sides venstre margen og delvist under teksten:] 
+Der er ingen Kommaer i dette Brev 
+[Stemplet på sidste side; øverst og på hovedet:]
+FOR DEPOSIT IN THE
+PURITAN TRUST CO,, BOSTON,
+HARRIS E. SAWYER</t>
+  </si>
+  <si>
     <t>1900-03-30</t>
   </si>
   <si>
     <t>Lauritz  Brandstrup
 - Dudire
 - Ipsen, USA
 Dudley Pray
 - Redpath
 Harris Sawyer
 - Tiffany</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
   </si>
   <si>
     <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
 Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
 Harris og Ellen har besøgt Dudires, som har en lille datter. 
 Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
 Harris og Ellen har været på en "dansk restaurant" i Boston. 
 Mr. Tiffany og hans kone har været på besøg. 
 Bedstefars begravelse må have været højtidelig.</t>
@@ -720,50 +856,128 @@
 Ellen  Sawyer
 Harris Sawyer
 Karen Sørensen
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
 Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hQsY</t>
   </si>
   <si>
     <t>Kæreste lille Lavsi!
 Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
 Næste Dag.
 Elskede Lavsi!
 Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
 Senere.
 Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
 Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
 Din egen Alhed
 Mandag</t>
+  </si>
+  <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
   </si>
   <si>
     <t>1902-12-13</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Snøde pr. Lohals</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Johanne Caspersen
 Jens Hammer
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 William Mackie, Williams far
 - Nissen P
 - Nissen P
 Knud P
 Kirstine -, pige i huset hos Hempel Syberg
@@ -933,50 +1147,111 @@
     <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
 Peter fik land.
 Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
 Johanne har været på kirkegården og plante blomster.
 En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3BSF</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 c/o H.E. Sawyer
 244 Columbia Road
 Dorchester
 Boston
 Mass.
 U.S.A.
 [I brevet:]
 Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
 Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
 [skrevet på tværs øverst på s1:]
 dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
   </si>
   <si>
+    <t>1903-07-14</t>
+  </si>
+  <si>
+    <t>USA
+East Andover</t>
+  </si>
+  <si>
+    <t>Herbert Felton
+Grethe Jungstedt
+Drude Jørgensen
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Harris Sawyer
+Johanne Schroll
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>William/Billy og Christine Mackie var i Danmark for at blive gift. 
+Havestuen: Warberg-familien boede stadig på Erikshaab, som var børnenes barndomshjem. De måtte fraflytte gården senere i 1903. 
+Andover er en forstad til Boston, MA. Ellen og William Mackie flyttede dertil efter i flere år at have delt bolig med Harris' familie, hvilket ikke var en succes. 
+Jobspost betyder et sorgfuldt eller ubehageligt budskab, en ulykke eller modgang, opkaldt efter Bibelens Jobs, som hjemsøges af katastrofer. 
+Reaumur er en temperaturskala, hvor vands frysepunkt er fastsat til 0° og kogepunktet til 80°. En ændring af temperaturen på 1°R svarer altså til en ændring på 1,25 °C. 
+Barney og hustru samt Wesley kendes ikke. Heller ikke Mrs. Bryan og hendes bror samt nevø eller guvernørens Claude. 
+Musselin kaldes en type glatte stoffer, som er løstvævet af meget tyndt bomuldsgarn. Af fint uldgarn fremstilles uldmusselin, der benyttes til damekjoler, særlig med påtrykte farvemønstre (Wikipedia jan. 2026). 
+1 pægl = 1/4 pot = 0,24 liter (eller 2,4 dl).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1592</t>
+  </si>
+  <si>
+    <t>Ellen antager, at hele familien inklusiv Christine og William Mackie nu sidder i Havestuen.
+Harris Sawyer kan nu fremover kun komme hjem fra arbejde lørdag og ikke fredag. Han og Ellen ville nok ikke være flyttet så langt væk, hvis de havde vidst dette. Harris er tit alene på kontoret, og der er meget varmt.
+I fritiden nyder Harris og Ellen naturen med ro- og svampeture, badning mv. De har set en skudt skunk.
+Ellen og Harris er blevet venner med Barneys. I området bor også en meget ugidelig og selvoptaget ældre dame.
+Ellen har været ude at plukke hindbær med Mrs. Bryan, som henkogte bærrene efter hjemkomsten. Ellen forklrer, hvordan henkogning fungerer.
+Grethe har været på besøg hos Mrs. Bryans bror, som tidligere har leget så godt med hende. Hun gav ham sit legetøjstog, som hun ellers selv elsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vqoi</t>
+  </si>
+  <si>
+    <t>East Andover Juli 14/03
+Kæreste Mor!
+Dit Brev kom denne Gang lørdag Aften. Jeg tror, jeg faar dem hurtigere her end i Boston. I ere nok i Hjærtet af Sommerferien nu og jeg tænker mig Jer sidde samlede i Stuen ved Kaffen og foredrage dette. Jeg vil derfor begynde med at lade en Hilsen gå rundt, - først til Billy og Mornine – i Havestuesofaen, kan vi jo sige, - Be, Las, Junge, Dis og Dede. Jeg kom 1ste Juli først i Tanker om Dedes Fødselsdag og var gruelig ked af at have glemt det. 
+Tiden stormer afsted her, - det samme er vel Tilfældet hjemme, - jeg synes aldrig, den har rendt sådan som nu. Det, at Harris kommer hver Uge, bryder Tiden ligesom. – Denne Gang kom han med den Jobspost at han ikke mere kan komme om Fredagen, - ikke før Lørdag med 4 Toget, men til Gengæld tager han først 9 Toget Mandag Morgen. Der var næsten en hel lille Strike i Kontoret, fordi de Bæster var misunderlige – Bogholderen og de to Fuldmægtige, - de ville alle af sted Fredag og den ene havde Hjærtefejl og den anden noget andet og de mente, de trængte ligeså meget som H. – Det er meget muligt, at de gør det, men deres Arbejde er af en sådan Natur, at de ere nødt til at være der, hvorimod H. kan koncentrere sit til de andre Dage. Mr. Felton sagde, at han var ked af det, men at han var nødt til at bede ham ikke rejse før Lørdag Form. med mindre der var nødvendigt. Det er ærgerligt, da de jo i Begyndelsen sagde, at det kunde han sagtens – og vi vilde næppe have taget så langt fra Boston, havde vi vidst dette. Måske vi senere rykker lidt nærmere Boston – det er jo også så morsomt at se forskellige Steder og Egne.
+Her er jo så yndigt, og det er et Sted, man kommer til at holde af. – Vi havde Held med Vejret denne Lørdag og Søndag og anvendte hvert Minut, - Rotur, Badning, Spadsereture. Vi har en Botanik m. Illustrationer og en Svampebog – dem tager vi med ud og slaar op alt hvad vi finder af begge Dele. Vi har identificeret en Masse Blomster, men endnu kun funden giftige Svampe. Vi havde to henrivende Roture i Maaneskin, - vi lod Baaden drive, - laa nede i Bunden af Baaden og røg Cigaretter – m – m – m. – Søndag Aften skød de en Sk[ulæseligt]konge lige her ved Siden af. Vi var oppe at se det, - det lignede en Muldvarp en hel Del og lugtede i høj Grad ”Ræv” – kun meget stærkere, - men de sagde det var ingen Ting fordi det var en Unge. -
+Harry havde haft en trist Uge denne Gang. Det havde været rasende varmt i Boston 2 Dage Grader [tegn for grader) Fahrenheit det må være c 36 Reamur, - og han havde været ved Vandet (Beach) hver Dag efter endt Arbejde. Nu er han alene i Lab., - alene til Lunch, alene til Beach og først hjem efter de var i Seng, så flere Dage talte han slet ikke med nogen Dagen igennem. Han var hos Wesley´s forrige Uge Natten over, - de fleste andre af hans Venner er væk, så det er jo lidt trist, Han klagede til Herbert Felton og denne tog så med ham en Aften. 
+Her begyndte Folk at rykke ind og det er jo ganske morsomt. Vi kan være alene når vi vil og have nogen at snakke med når vi gider. Barney’s ere voldsom rare Mennesker, dannede og dog jævne. De vil gærne have mig og Grethe med ud at ro og spadsere, så vi har har haft megen Fornøjelse af dem. De er begge opdragne i Qvækerfamiljer, men er mærkelig frisindede efter det. Billy kan beskrive hvad Qvækerne er for en Sekt. Mr. Barney har fortalt så meget derom. Jeg går for det meste en Tur med ham om Aftenen. Så er hun en anden Madamse af en hel anden Art. Hun er af de rigtig simple, amerikanske, uvidende, udannet, - hvis eneste Interesse er Klæder. Hun møder om Morgenen, lys Muslin m. Slæb og Vifte og sidder Dagen igennem og vifter sig. Jeg har ikke set hende åbne en Bog el. tage et Håndarbejde i sine Hænder disse 8 Dage. Hun siger hendes Tanker er Beskæftigelse nok, - hun praler af at hun aldrig bestiller andet end gå i Butikker, gøre Visitter og tænke. Hun er over 60 rødnæset og meget tyk. I denne Uge kommer der et Par til
+I Dag, da jeg kom hjem fra min Morgentur til 9 Toget var lille Grethe kørt på Visit med Barneys til Guvernørens Claude and – (Mrs. Barneys Nevø - en 18-19 Aars Fyr) [”som er Karl her” anført oven over linjen] skulle ud at plukke Hindbær og jeg tilbød at gå med hvis de vilde passe Grethe. Vi drog ud med to Blikspande og Frokost med og kom hjem klk 3 med 20 Pægle. (10 Qvarts) Begge Spande fulde og en Kurv, som Claude lavede af Birkebark. Der var Bunker og jeg nød det, - det mindede om Gammelskov Ture og vi hang i med Jørgensensk Energi. Jeg så Mrs. Bryan koge dem hen i Saft. Det var rasende nemt, sådan skulde du prøve. De har de Glaskrukker med Gummiringe, som Fru Peja havde. Fyld Krukken pakfuld med Bær (rå) – sæt dem i en Gryde med koldt Vand på et eller andet (omvendte Tallerkener el. lign.) så Vandet står halvt op om den. Lad Vandet komme i Kog og koge til Bærrene er krøbne en Tomme ind. Tag dem op og fyld Krukken helt fuld med en tynd Sirup af 1 Kop Sukker og 1 Kop Vand, som har kogt sammen og er kogende. Man kan også tage Saft i Stedet for Vand og lade Saften koge sammen med Sukkeret og komme på. – Sæt Låg og Gummiring på straks. Disse holder sig altid, er mere som Kompot. Alle Bær kan behandles på den Måde. – Det skulde du prøve det er rasende nemt og der er ingen Binden til [ulæseligt] Cognac, o s v. 
+En Aften, da Grethe havde taget en lang Middagssøvn tog Mrs. Bryan hende med ud en Køretur for at besøge hendes Broder. Grethe havde set ham her og han havde leget med hende, så hun var vild af Begejstring over ham og sagde hun holdt g-lig meget af den Mand. Hun tog sit lille Tog med for at give ham, - jeg var ganske rørt over det, for hun har holdt så meget af det Tog og leget med det så meget. Han tog hende rundt og viste hende alle Dyrene og hun morede sig herligt. Da hun kom hjem var der rød Solnedgang og da jeg lagde hende i Seng kom hun med den forbavsende Meddelelse, at hun havde set ”Vorherres røde (røide) Bimser hænge ned fra Himlens Bue, og de var så tykke”.
+Hun er så god og skikkelig og forbavser alle ved sin Artighed. De er ikke for godt vante i den Retning her. Hun er ude Dagen igennem kun en Gang imellem hører man hende jo komme stolpende ind m. en el. anden Nyhed. Hun har været i Landet flere Gange – jeg lever dog denne Uge og det er herligt. Jeg kan svømme ¼ Time ad Gangen nu. 
+Nu sidder de alle og snakker her og Papiret kan ikke mere derfor Farvel allesammen 
+- Elle
+[Skrevet på hovedet på s. 7 - s. 8:]
+Er den arme Fru Peja rask nu -
+[Indsat s. 10 i venstre margen; lodret:]
+Hvor yndigt med Lugges Rejse!!!</t>
+  </si>
+  <si>
     <t>1903-07-27</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 - Flagstad
 Adolph Larsen
 Christine  Mackie
 William Mackie
 - Skakke
 Vagn Thomsen
 Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
   </si>
   <si>
     <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
 Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
@@ -1029,50 +1304,114 @@
     <t>Laura Warberg er dybt skuffet over, at Astrid har brudt forbindelsen med Peter Bichel. Laura er nok i Boston, når Astrid kommer hjem fra Italien.
 Johanne har besøgt den mand, der kom imellem Peter og Astrid, og det er Laura ked af.
 Astrid vil formodentlig fortryde sin beslutning.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ym43</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Signorina Astrid Warberg
 Villa Castella
 Eden Nervi
 via Genua
 Italia [De fire linjer adresse i Italien overstreget]
 Danimarca
 Sortedams Dossering 25
 Copenhague
 [På kuvertens bagside:]
 Poststempler.
 [I brevet:]
 d: 29/12 –
 Kære Astrid!
 Jeg bliver ved at skubbe det hen med dette Brev, det er ikke saa let for mig, for jeg kan ikke se anderledes paa Sagen, end jeg hele Tiden har gjort. Peter har været hos os baade Juleaften til Juletræ, Juledag til Middag og i Søndags Aftes. Vi ser alle noget saa sjældent elskeligt i ham, jeg kan ikke komme over den Sorg det er mig, at min Putte, hvem jeg hidtil har været saa stolt af, ikke kunde ”passe til” et saadant Menneske! Som Du har skuffet os! og Peters Ven Hornemann, der skrev saa kønt til Dig og var saa glad ved Partiet. Jeg vil antage, at naar Du kommer hjem, saa er jeg rejst til Boston: Du maa jo nu i Vinter for Alvor tænke paa at skaffe Dig en Livsstilling, vel foreløbig en Plads ved et eller andet. – Johanne gjorde mig den Sorg at rejse ud og besøge det Menneske i Julen, som har krænket os saa haardt og hvem jeg aldrig tilgiver, at han kunde gaa mellem Dig og Peter og ødelægge Din Fremtid. Men dette skal nu være det sidste jeg skriver om det; jeg kan jo intet forandre og Du maa jo saa tage Fremtiden, som den bliver. Der kommer sikkert en Tid, da Du bittert fortryder dette Brud!
 Hilsener fra Mor.
 Pan beder mig hilse Dig.</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1904-06-14</t>
   </si>
   <si>
     <t>Charlottenlund
 Kastanievej 13</t>
   </si>
   <si>
     <t>244 Columbia Road Boston</t>
   </si>
   <si>
     <t>Sidsel -
 Charles Abrahams
 Ingeborg Abrahams
 Mogens Abrahams
 Wilhelmine Berg
 Alhed Marie Brønsted
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Alfred Goldschmidt
 Ernst Goldschmidt
 Henriette Goldschmidt
 Johanne Goldschmidt
 Selmar Goldschmidt
@@ -1287,54 +1626,50 @@
 Kære lille Junge! I Dag er jeg nok kommen en Dag bagefter med at skrive; jeg var ellers bleven sat til Rette i Aftes med Pen og Papir og det hele – i en dejlig varm og hyggelig Stue – men så faldt jeg i Søvn og sov i hele 2 Timer – og da jeg så vågnede – gik jeg i Seng. Det var også bleven et kedeligt Brev – jeg var i trist Humør, fordi Alfred var rejst til Malmø om Morgenen for at blive hele denne Uge. Det sker jo ofte i denne Tid, men jeg er gerne lidt trist ved det, før jeg får mig vænnet til Ensomheden. Det er en ganske egen Sag, når man er gift, Junge, da at skulle undvære den, man er gift med; det er ligesom et Stykke af en selv, der var er [”var” overstreget; ”er” indsat over linjen] borte; Livets mange små oplivende Dagligheder taber så meget i Værdi, når man skal gå og nyde dem helt alene.
 Men lad mig dog fortælle Dig det sidste nye i vor lille (lidt for lille) Familie – hvis ikke Mors Breve allerede har fortalt Jer det, så det ikke er nyt længere; Alfred har fået en meget betroet Stilling i Druckers Forretning ovre i Malmø; nemlig som Direktør på deres store Pelsvarefabrik – eller Bestyrer, som Alfred helst siger. (Direktør lyder så pretenciøst (hvordan mon det staves?)) 
 Dette er selvfølgelig en stor Forandring i mange Måder. 
 Lige strax var jeg sort fortvivlet over at skulle til Malmø, som jeg aldrig har haft noget til overs for, endda jeg kun har været der på Besøg – og da på ret gunstige Vilkår. 
 Alfred var også meget ked af det; men vi er alligevel enige om, at vi ikke godt kan lade et sådant Tilbud gå fra os; Stillingen her var jo yderst tarvelig – og gav Anledning til daglige Ærgrelser for Alfred – og her kunde han aldrig blive blot nogenlunde selvstændig og aldrig nå op over 3000 Kr om Året.
 Derovre vil ganske vist følge mange Bryderier med det større Ansvar – men så er han da også meget selvstændig – og viser det sig i dette første Prøveår, at han kan klare det – hvad jeg nok tror, for Arbejdet i sig selv interesserer ham langt mere derovre – så vil vi kunne stige i Gage – måske ad Åre til 6000 Kr; (den forrige Direktør havde 8000 à 10000, (Procenter) men det fandt Drucker altså til sidst var for meget.) Og synes Du ikke, at man har Lov at tage det med i Betragtning. Med 6000 vil man dog kunne tillade sig meget og navnlig – hvad vi jo begge har en rasende Lyst til – rejse i Ferien.
 Dernæst spekulerer jeg også stærkt på, om vi ikke med Tiden kunde flytte uden for Byen – bygge os et lille Hus for selv var jo herligt; særlig for mig vilde det jo være uvurderligt, om vi kunde altid bo på Landet; og for Alfred véd jeg da, at det også var sundt, selv om han ikke netop nyder Landliv som jeg – han er der jo også (desværre) den mindste Tid. Det første år får vi 900 Kr mere i Gage; dette betyder egentlig kun 500, da Skatter, Husleje o.a. er langt dyrere i Malmø. 
 --------------- Men det kan ikke længere more Dig at høre på. 
 Jeg længes efter at få en Ende på det – og se, hvordan man kan få sig indrettet derovre, som det nu er, kan vi dog ikke føle os rigtig hjemme her. --- Vi var i Lørdags Aftes i Studentersamfundet, hvor Gustav Philipsen talte om Prostitutionen; bagefter Diskussion, i hvilken Professorerne Salmonsen og Pontoppidan samt Dr Ussing – Jens Bush o fl. deltog; det var meget morsomt – og interessant – og vi kom først hjem Kl ½ 2. Søndag Aften var vi på Besøg hos en Familie på Amager – sjov – landlig – med alle Børnene hjemme; en Søn – vor Ven – skal rejse til Mexiko, at bo; han holdt Auktion over sine Bøger; vi erhvervede en Masse for ingenting næsten – deriblandt Høffdings Psckykologi! Var det ikke sjov! Mon det er lykkedes Jer at komme sammen med Høffding derovre?
 Vi har fået en dejlig Bissen-Lampe af Malm – med grøn Silkeskærm. (Brudegave) samt 12 Elfenbenskaftede Knive. En tredje Gave var en Anvisning på for 25 Kr Varer hos en Grosserer – vi har smølet med at hente Varen – og nu er Onklen død; jeg skal til Jødebegravelse i Morgen; det bliver helt sjov – Gud ved, hvordan det går til. Det var Fru Gs Broder (halv) Gross. Herm. Levin. 
 [Skrevet på hovedet øverst side 1:]
 Jeg cykler som en rasende i denne Tid, da jeg er ene – Pærer og Græskar – andet er der 
 [Skrevet på hovedet øverst på side 4:]
 ikke. Du får ikke længere Brev denne Gang heller, men selv om der her ingenting står, så er det dog altid en Hilsen – fra Din Dis
 [Skrevet på hovedet nederst på s2-s3:]
 Jeg har også fået en engelsk Bog ”Robert Elsmere” af Mrs. Humphry Ward – kender I den? den siges at være berømt. 
 [Skrevet på hovedet øverst på s2-s3:]
 P s. Coppel??? Har Elle monstro ikke fået et Brev fra mig med Alfreds Portræt?</t>
   </si>
   <si>
     <t>1904-11-14</t>
   </si>
   <si>
     <t>København Ø
 3.</t>
-  </si>
-[...2 lines deleted...]
-Boston</t>
   </si>
   <si>
     <t>Skovagervej 5, c/o Allan Kern, 2920 Charlottenlund, Danmark
 Ellensvej 8, 2920 Charlottenlund, Danmark</t>
   </si>
   <si>
     <t>Lise Abrahams
 Grethe Bichel
 Julie Brandt
 Ingeborg Caspersen
 Ingeborg  Eckardt
 Alfred Goldschmidt
 Bodild Holstein
 Christine  Mackie
 William Mackie
 Ellen  Sawyer
 Harris Sawyer
 Christine Swane
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warberg, Astrids mor, flyttede til København efter sin mands død.
 Astrids søstre Christine/Mornine og Ellen/Elle var begge gift og bosiddende i Boston, hvor en tredje søster, Johanne/Junge i 1904 besøgte dem. 
 Ingeborg er muligvis Ingeborg Eckardt eller Ingeborg Caspersen. Grethe kan være Grethe Bichel. 
@@ -3585,59 +3920,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M69"/>
+  <dimension ref="A1:M74"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3803,2903 +4138,3128 @@
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="F6" s="5" t="s">
         <v>52</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>60</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="s">
-        <v>66</v>
+      <c r="A8" s="5" t="n">
+        <v>1900</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>71</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>72</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>79</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F11" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>92</v>
+        <v>63</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>93</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>94</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>96</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
         <v>97</v>
       </c>
       <c r="I12" s="5" t="s">
         <v>98</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>99</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="E13" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>106</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>108</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="L13" s="6" t="s">
+      <c r="M13" s="5" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>59</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="s">
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>113</v>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>114</v>
-      </c>
-[...2 lines deleted...]
-        <v>55</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>115</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>116</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>119</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>119</v>
-[...6 lines deleted...]
-      <c r="F15" s="5" t="s">
         <v>120</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>121</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>122</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>123</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>124</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>125</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>127</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F16" s="5" t="s">
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="s">
         <v>128</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H16" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K16" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="K16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>132</v>
-      </c>
-[...4 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>104</v>
+        <v>42</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F17" s="5" t="s">
+      <c r="E17" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>142</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-        </is>
+        <v>142</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F19" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>119</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E20" s="5" t="s">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>164</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>104</v>
+        <v>15</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="F21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I21" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>104</v>
+        <v>33</v>
       </c>
       <c r="E22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>177</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="J22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>181</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="E23" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="J23" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="G23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="H23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>189</v>
-      </c>
-[...13 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>192</v>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>196</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>197</v>
       </c>
-      <c r="E24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>198</v>
-      </c>
-[...24 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E25" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="M25" s="5" t="s">
         <v>207</v>
-      </c>
-[...24 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="D26" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E26" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M26" s="5" t="s">
         <v>215</v>
-      </c>
-[...24 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>197</v>
+        <v>119</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>198</v>
+        <v>217</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="G27" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="K27" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>223</v>
       </c>
-      <c r="H27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>224</v>
-      </c>
-[...13 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="J28" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...8 lines deleted...]
-      <c r="G28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="H28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>233</v>
-      </c>
-[...13 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>119</v>
+        <v>235</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>104</v>
+        <v>236</v>
       </c>
       <c r="E29" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="F29" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="J29" s="5" t="s">
         <v>241</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="K29" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>243</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>104</v>
+        <v>142</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>246</v>
       </c>
       <c r="F30" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>247</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>251</v>
       </c>
-      <c r="L30" s="6" t="s">
+      <c r="M30" s="5" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>51</v>
+        <v>142</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>52</v>
+        <v>119</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-        </is>
+        <v>254</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>255</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>256</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>55</v>
+        <v>257</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>261</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="G32" s="5" t="s">
         <v>262</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>263</v>
       </c>
       <c r="I32" s="5" t="s">
         <v>264</v>
       </c>
       <c r="J32" s="5" t="s">
         <v>265</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>266</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>267</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>269</v>
       </c>
       <c r="B33" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C33" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="C33" s="5" t="s">
-[...36 lines deleted...]
-        </is>
+      <c r="D33" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="M33" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>52</v>
-[...14 lines deleted...]
-        </is>
+        <v>142</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>278</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>209</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>273</v>
-[...10 lines deleted...]
-        </is>
+        <v>279</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>283</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>284</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D35" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D35" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="s">
+        <v>286</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>276</v>
+        <v>287</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>278</v>
-[...4 lines deleted...]
-        </is>
+        <v>289</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>290</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>270</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>52</v>
-[...9 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>175</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>282</v>
-[...10 lines deleted...]
-        </is>
+        <v>294</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>296</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>297</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>298</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>284</v>
+        <v>299</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>300</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>51</v>
+        <v>301</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>285</v>
+        <v>237</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>287</v>
+        <v>303</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>55</v>
+        <v>304</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>288</v>
+        <v>305</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>289</v>
+        <v>306</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>290</v>
+        <v>307</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>309</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>52</v>
-[...5 lines deleted...]
-        <v>293</v>
+        <v>60</v>
+      </c>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="s">
-[...9 lines deleted...]
-        <v>297</v>
+      <c r="H38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L38" s="6" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>309</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>52</v>
-[...8 lines deleted...]
-        <v>144</v>
+        <v>60</v>
+      </c>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>301</v>
-[...8 lines deleted...]
-        <v>303</v>
+        <v>312</v>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L39" s="6" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>313</v>
+      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>306</v>
+        <v>314</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>33</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>308</v>
+        <v>316</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>309</v>
+        <v>317</v>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>306</v>
+        <v>320</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>309</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>60</v>
+      </c>
+      <c r="D41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F41" s="5" t="s">
-        <v>285</v>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>312</v>
-[...8 lines deleted...]
-        <v>314</v>
+        <v>321</v>
+      </c>
+      <c r="I41" s="5"/>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L41" s="6" t="s">
-        <v>315</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>285</v>
+        <v>175</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>318</v>
+        <v>324</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>52</v>
+        <v>331</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>332</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>55</v>
+        <v>335</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>144</v>
+        <v>324</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>175</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>338</v>
+        <v>175</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>60</v>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>344</v>
+        <v>356</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="G47" s="5" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>285</v>
+        <v>324</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>285</v>
+        <v>175</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-        </is>
+        <v>324</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>52</v>
-[...14 lines deleted...]
-        </is>
+        <v>59</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>324</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>369</v>
+        <v>378</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>370</v>
+        <v>379</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>373</v>
+        <v>382</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>119</v>
+        <v>59</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>375</v>
+        <v>175</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>161</v>
+        <v>324</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>378</v>
+        <v>63</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>198</v>
+        <v>324</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>383</v>
-[...4 lines deleted...]
-        </is>
+        <v>175</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>386</v>
+        <v>63</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>391</v>
+        <v>324</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>393</v>
+        <v>397</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>394</v>
+        <v>63</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>119</v>
+        <v>60</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>399</v>
+        <v>324</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>161</v>
+        <v>175</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>402</v>
+        <v>63</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>262</v>
+        <v>60</v>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>409</v>
+        <v>63</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>410</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>411</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>412</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>413</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>399</v>
+        <v>414</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>161</v>
+        <v>201</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57" s="5" t="s">
-        <v>421</v>
+        <v>237</v>
       </c>
       <c r="F57" s="5" t="s">
         <v>422</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>423</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>424</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>425</v>
       </c>
       <c r="K57" s="5" t="s">
         <v>426</v>
       </c>
       <c r="L57" s="6" t="s">
         <v>427</v>
       </c>
       <c r="M57" s="5" t="s">
         <v>428</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
         <v>429</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>262</v>
+        <v>142</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>293</v>
+        <v>175</v>
       </c>
       <c r="F58" s="5" t="s">
         <v>430</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
         <v>431</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>432</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>433</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>434</v>
       </c>
       <c r="L58" s="6" t="s">
         <v>435</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
         <v>437</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="5" t="s">
+      <c r="F59" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>440</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="J59" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="J59" s="5" t="s">
+      <c r="K59" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="K59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>443</v>
       </c>
-      <c r="L59" s="6" t="s">
+      <c r="M59" s="5" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>33</v>
+        <v>301</v>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="I60" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>449</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L60" s="6" t="s">
         <v>450</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>452</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="E61" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
         <v>453</v>
       </c>
-      <c r="F61" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H61" s="5" t="s">
+      <c r="I61" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="I61" s="5" t="s">
+      <c r="J61" s="5" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>456</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>457</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>459</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>119</v>
+        <v>142</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>430</v>
+        <v>460</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>239</v>
+        <v>461</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>261</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>332</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>462</v>
+        <v>472</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>105</v>
+        <v>477</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>301</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>467</v>
+        <v>33</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>488</v>
+      </c>
+      <c r="K65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L65" s="6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>105</v>
+        <v>235</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>198</v>
-[...4 lines deleted...]
-        </is>
+        <v>492</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>491</v>
+        <v>63</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>496</v>
+        <v>469</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>497</v>
+        <v>278</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>300</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>105</v>
+        <v>142</v>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F68" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>42</v>
+        <v>120</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F69" s="5" t="s">
-        <v>512</v>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>513</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>514</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>515</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>516</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>517</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>518</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="J72" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>548</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>557</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6729,44 +7289,49 @@
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
+    <hyperlink ref="M70" r:id="rId75"/>
+    <hyperlink ref="M71" r:id="rId76"/>
+    <hyperlink ref="M72" r:id="rId77"/>
+    <hyperlink ref="M73" r:id="rId78"/>
+    <hyperlink ref="M74" r:id="rId79"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>