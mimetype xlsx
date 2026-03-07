--- v2 (2026-01-19)
+++ v3 (2026-03-07)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="830" uniqueCount="558" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="924" uniqueCount="623" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -238,103 +238,420 @@
 Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
 Johanne får for meget konfekt og slik, så hun lægger sig ud. 
 Ludvig Brandstrup har brækket benet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5f0I</t>
   </si>
   <si>
     <t>Hotel Phønix Tirsdag 7de Feb.
 Tak for de tilsendte Penge.
 Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
 Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
 Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
 Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
 Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
 Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
 5480 Rikgwood St. Chicago Ill. U.S.A 
 Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
 Tak for Laan for Brevene!
 Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
 Hører jeg snart igen.
 Din Junge
 Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-5</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Bellevue St. 27</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Julie Brandt
 Thora  Branner
 Harald Hirschsprung
 Andreas Larsen
 Dudley Pray
 Harris Sawyer
 Helen Sawyer
 - Sawyer, Harris' far
 - Schofield
 Hempel Syberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899, og de boede sammen i Boston. De første par år delte parret hus med Harris' familie, og det gik ikkke godt. 
 Harris havde en doktorgrad i kemi fra Harvard. Han havde en lungesygdom og døde tidligt. 
 Den lille dreng er Alhed og Johannes Larsens første søn, som blev født 12. maj 1899. Der var en tid planer om, at han skulle hedde Jeppe. - Dede var Ellen Sawyer og Alhed Larsens bror Andreas. 
 Mr. Mark, Mr. og Mrs. Hall, Dr. Andrw og Angelica kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1591</t>
   </si>
   <si>
     <t>Ellen Sawyer glæder sig til at se den lille dreng, som hun ønsker alt godt. 
 Det er sjovt, at Dudley Pray er populær.
 Vejret er godt, og luften er ikke så tung, så Harris Sawyer hoster ikke meget. Hans mave gør knuder hver måned omkring den 1., så det skyldes nok nervøsitet pga. husleje og andre regninger. Helt rask bliver han dog næppe, før de slipper for at bo sammen med hans familie. Ellen og Harris vil gerne have et pænt og sirligt hjem, men de er på dette område i mindretal i forhold til Harris' familie.
 Ellen og Harris tager på udflugter i weekenden. De har været på en ø med et fort og på Nantucket. En dag var de i Cambridge på besøg hos flere af Harris' gamle lærere og studiekammerater. Harris udviste stor stolthed over at være blevet gift.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hOav</t>
   </si>
   <si>
     <t>Bellevue St. 27
 Kære Mor!
 Dine Breve kommer meget regelmæssigt Mandag Morg. [”Mandag Morg.” indsat over linjen] og jeg har lige nydt ét. Hvor den lille Dreng må være yndig og hvor jeg dog længes efter at se ham. Dette Brev vil formodentlig komme lige til hans Daab, - jeg ved ikke om man bruger at lykønske ved den Lejlighed, men Skade kan det jo aldrig og vist er det at jeg ønsker lille Jeppe alt det gode der er til på hans Løbebane. Jeg vil ønske, at han skal døbes Andreas, - det er et kønt Navn, - hvis vi nogen sinde skal være så heldige at få en Dreng skal han hedde Andreas efter Onkel Dede. – Der har nok ordentlig været en bevæget Tid på Haabet, - jeg synes du skulde tage en lille Tur ind til Tante Mis. – Det er jo morsomt at Dudley Pray falder i god Jord – hans Skønhed el. sprudlende Liv må han have lagt sig efter på Rejsen, - jeg så ikke noget til det. – Han er en stor skikkelig Bommert, veltilpas med sig selv og hele Verden. Jeg gad vide hvad han betaler og hvilket Værelse han har. Det Asen, at han ikke fortæller herovre fra, - jeg indprentede ham dog at han skulde det før han rejste
 Vi har i den senere Tid haft det temmelig med Varme, 26-27 Grader R, men det bliver nok meget værre. Luften er ikke tung så det er ikke særlig ubehageligt og om Aftenen er det altid køligt, - vi sidder da i Reglen ude på vor Altan. Her er mange Træer og Buske rundt om os – d. v. s. på den anden Side Gaden – så Luften er ren og frisk og slet ikke byagtig. Det er så sundt for Harry og han er da også så rask i den senere Tid at det er en Fornøjelse (jeg banker heftigt under Bordet). – Han hoster nu kun ubetydeligt om Morgenen og ser så rask ud. Maven har også været god i lang Tid, kun forleden Dag d. 1ste begyndte den at gøre Knuder, men det trak over. Det slog ham at det er i Reglen omkring d. 1ste i Måneden at han har sine Mavehistorier, som tager Kræfterne for lang Tid, og det er ikke umuligt at det, som han siger, står i Forbindelse med Husleje + Regninger, som kommer omkring d. 1ste. Det beviser, at det for en stor Del, er nervøst, og det giver det bedste Haab om at vi skal få Bugt med det. Der er mere Redeligheder i Pengevæsenet i denne Måned, fordi der ikke er bleven ”lånt” af Kassen, Indtægterne ere have ["ere" overstreget; ”have” indsat over linjen] også været gode, så der er ikke noget at bekymre sig over. Rigtig i Orden kommer Eastman nu ikke ikke før vi slipper ud af dette velsignede Familieliv. – Det er mærkeligt at han er så vidt forskellig fra sin Familije i Småvaner og Mening om Husholdning. Heldigvis er vi fuldstændig af samme Mening ang. dette – vi vil have det pænt og sirligt til daglig og lidt Variation, men da vi kun nu ["nu" overstreget] er to mod 5 kan vi ikke gennemføre det. Det er også sin Sag for mig at reformere alt for meget. Men vi lægger mangfoldige Planer om hvordan vi vil indrette os. Når bare H. kunde lade være med at krepere sig, som er så slemt for ham, - men det kan han ikke. Imidlertid ærgrer han sig ikke noget nu i Sammenligning med da han var alene om det. Han siger så ofte at det var en sand Guds Lykke at jeg kom og det var det sikkert også. Når han kommer hjem om Aftenen føler han sig fredelig og veltilpas, og Lørdag og Søndag er næsten som små Ferier. Så snart Når ["Så snart" overstreget: "Når" ”Når” indsat over linjen] det er godt Vejr på disse to Dage gør vi lange Ture og Udflugter og morer os fortræffeligt ”Memorial Day” begav vi os afsted om Morgenen og så først gamle East manøvrere med sine Soldater, hvilket var meget morsomt, derefter spadserede vi ned til Vandet over en lang Bro til en lille Ø hvor der er et Fort som menes at skulde forsvare Boston. På den ene Side af Øen er der en Græsmark og Eng med store gamle Træer og der smed vi os og spiste Bananer og Kager og så ud over Søen med alle Bådene og Skibene. Det var så tidligt på Dagen at der næsten ingen andre var – der gik to gamle Mænd og gjorde Hø, men det forhøjede kun Stemningen. I Lørdags var vi en endnu længere Tur. – Vi tog med en lille Damper over Boston Havn til ”Nantucket”. Du kan vist finde det på Kortet Nantucket er en Halvø, som kommer c sådan [Tegning] Havnen er smækfuld af små Øer og det er en interessant Tur. På N. er der Badeliv og ”Kommers”. Vi blev der en Timestid og så på det og spadserede på Strandbredden, - så tog vi et lille elektrisk Tog tilbage, ned gennem Nantucket, - en ganske dejlig Tur (åben Vogn!) gennem tætte Skove og Klippelandskaber. Det er kun små Klipper men de ”gør sig” og de forhindrer de utålelige små Træhuse i at myldre frem over alt – der var virkelig et Par Mil, hvor der var aldeles landligt og ubeboet. – 
 I – Torsdags var vi ogsaa på Benene hele Eft. Vi havde meldt os til at besøge forskellige i Cambridge, - den Del af Byen hvor Universitetet er. Vi gik fra Sted til Sted og lod os fejre. Først visiterede vi en Mr. Mark, Ingeniør, Lærer ved Universitetet: gl. Ven og Kammerat af H. Han har et Par Værelser i en af de store Bygninger hvor Studenterne bor og viste os en af denne Bygninger [”denne” indsat over linjen] Det er som alt andet her i stor Stil. Han trakterede os med Jordbær og var livlig og morsom. Derefter gik vi til en anden Bygning, hvor Dr. Schofield bor. Han havde inviteret 4-5 af Harris gamle Venner fra Universitetstiden – de ere nu ansatte som Lektorer og Professorer ved Harvard. Der er ingen Ende på som Harry kror sig og vigter sig over for sine gamle Venner fordi han kan møde med ”sin Kone”. – han overlader ved sådan en Lejlighed mest Snakken til mig og sidder skinnende af Fornøjelse se og iagttager hvad Indtryk mine Ord gør på dem, - jeg følte mig helt som en Udstillingsgenstand. Vi fik Is - The med Citron i og blev behandlet med stor Artighed og jeg blev overrakt en Buket Blomster, - 
 Derefter gik vi til Mr. Og Mrs. Hall, - fortræffelige Mennesker – nogle af H. bedste Venner. Der spiste vi til Aften: Skinke og Laxesalat, Smør og Brød [”Smør og Brød” indsat over linjen], Jordbær, Is og Kager. ”Pålæg” kender de ikke Øl og Vin er emanciperet. Klk 9 begav vi os til Dr Andrew som har ”at home” den Dag. De har et meget smukt Hjem og ere fortrinlige Mennesker. De minder mig i det hele om Prof. Hirschsprung Den gamle Dr. Andrew er det rareste på Jorden og hans Kone er Velvilligheden selv, de to Døtre som ere tykke, ser godt ud, spiller og synger og regerer Huset. Den ene Angelica er rigtig Sangerinde, hun har givet flere Koncerter i Vinter. De er alle gennemdannede, livlige og søde. – Det var en morsom Dag, vi kom hjem Kl. 11 som er meget sent for os. Jeg havde min grønne Bendixkjole med Firkanterne samt amerikansk Hat!
 H havde Brev fra Mr. Pray, som lød fornøjet og glad 
 [Indsat øverst s. 1; på hovedet:] Der er endnu Stilhed om mine Kasser men det kommer vel
 [Skrevet langs venstre margen s. 9:] Nu kun de kærligste Hilsner fr ["fr" overstreget] til alle fra Pelle
 [Indsat langs venstre margen s. 11:] 
 Jeg har nydt Pinsebrevene fra Disser, Tutte Onkel S. B. og Pan.</t>
+  </si>
+  <si>
+    <t>1899-05-11</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Johanne  Brandstrup
+- Jensen, Frøken, Erikshaab
+Asta Krohn
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år i et hus sammen med hans forældre, hans søstre og flere uidentificerede familiemedlemmer. Det vides ikke, hvad Harris Sawyers mor hed. 
+Alhed Larsen fik ikke en pige. Hun fødte en dreng 12. maj 1899.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1520</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer håber, at Alhed Larsen får en pige.
+Harris Sawyer er rejst til Milwaukee, hvor han skal indføre mælkesyre på et bryggeri. Det var en skuffelse, at Ellen ikke kunne komme med. Harris har besøgt Frederik Brandstrup og hans familie i Chicago. Datteren ligner Alhed/B og Johanne/Junge. Når Harris er væk, føler Ellen sig ikke hjemme. Hans familie er søde, men hun har det, som var hun en gæst. Harris troede på forhånd, at det skulle være hans og Ellens hjem, men de andre er for mange, og de dominerer.
+Ellen og Harris har besøgt nogle andre familiemedlemmer. Hun fik blomster, og flere personer sang, spillede og læste historier på dialekt.
+Ellen og Harris har fået en karaffel og en frugtskål.
+Ellen har broderet en bordløber til sin mor som tak for hjælpen med kasserne. Harris har syet et par hvide tråde.
+Ellen har været på biblioteket og i en fin gade med mange velklædte mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwuv</t>
+  </si>
+  <si>
+    <t>Maj 11-99
+Kære Moder
+Jeg er meget angergiven over at jeg har ladet en Brevdag skyde over. Der havde været så megen Uro og Travlhed at jeg kun kunde skrive et Gadskebrev og så vilde jeg hellere vente et Par Dage. – 
+Vil du takke Frk. Jensen så meget for hendes Brev. Bare hun nu må komme sig helt for Hosten og Influenzaen. Alheds lille Pige kommer da ikke til at lide Mangel på Velyndere når hun kommer. – Det vilde være underligt, hvis det blev en Dreng, - det må vi da ikke håbe. Når du får dette Brev er det måske overstået.
+Jeg er Enke i denne Tid. Harris rejste i Fredags til Milwaukee, en lille By i Nærheden af Chicago, hvor han skulde indføre Mælkesyre på et stort Bryggeri, et af de største i Amerika. Han venter sig rigtig gode Forretninger af det, men jeg er ikke Mand for at klare hvordan det egentlig hænger sammen. Det var jo en lille Skuffelse, at jeg ikke kunde komme med, men han bliver kun borte c. 8 Dage og de ere snart gåede. Han skriver hver Dag og har det godt. Han var dårlig da han rejste, et af sine Mavetilfælde men Luftforandringen har gjort ham godt. Tænk han har besøgt Onkel Frederik og syntes så godt om dem alle. Onkel Fr. lod til at være meget glad over at se ham og få en Passiar med ham alt hjemme. E. skriver at Børnene er så søde. Mary Kirstine er en ægte Brandstrup, - hun ligner [”n” i "ligner" indsat over linien] Junge, B og mig men mest B. Drengen er allerkæreste. Når han kommer hjem skal jeg forklare meget mere om dem og skrive derom. – 
+Det er skrækkelig trist når East er væk og jeg føler rigtig hvor lidt hjemme jeg i Grunden føler mig i hele denne Familjere'lighed, som jo slet ikke kommer mig ved i Grunden. De ere udsøgt rare imod mig og lader mig passe mig selv så meget jeg vil, men jeg føler mig som Gæst her og det er jo i Længden trættende, selv om man bliver behandlet med udsøgt Gæstfrihed. Harris mente da han flyttede herind at det skulde være vores Hjem og de andre som boede hos os, men han er begyndt at indse, at han gjorde en Bommert der. – De er for mange om os og det er fuldstændig deres Aand der er den herskende. Jeg har længe været ked af det hele Arrangement og det har længe ulmet i East. Forleden mig straks ”cousin Elle” og jeg følte mig hele Dagen som mellem andre borgerlige Mennesker. Vi gik fra det ene Hus til det andet og blev hædret og underholdt på det kraftigste. ”Cousin Ed” havde en stor Have og gav mig så mange Blomster som vi kunde slæbe hjem, Violer, Æblegrene, en stor Magnoliablomst og en dejlig Cactus. De fleste af dem spiller el synger, om Aftenen samledes de alle med deres Koner i det Hus, som vi oprindeligt besøgte og spillede og sang, èn læste Historier i Bondedialekt og alle morede sig fortræffeligt. 
+Det var næsten på Landet derude og meget smukt. 
+Jeg var helt begejstret over at se Køer græsse og rigtige Pløjemarker. 
+Vi har fået to Presenter siden jeg skrev sidst, - en Vandkaraffel af tykt slebet Glas og en dito Frugtskål. Jeg ved ikke rigtig hvad man kalder sådan den Slags hjemme. Det er sådan noget som det lille Glas du en Gang fik af Bedstemoder el – det lille Glas Asta gav mig da hun rejste. Vores Frugtskål er det tykkeste og tungeste jeg nogensinde har set i den Branche.- 
+Det kunde more mig ved Lejlighed at få at vide om Mr. Pray er kommen til at bo hos Tante Mis og om han skikker sig vel! 
+Er Pakken kommet sikkert derover med Guldfingerbøl og det hele. Bordløberen er til dig til Gengæld for at den Styr du har haft med mine Kasser. – Jeg syede den i sådan en Fart at den vist ikke kan stå for en kritisk Prøve, og der en Stilk og nogle Pletter som jeg ikke nåede. Den Plet, hvor som ["hvor" overstreget; ”som” indsat over linien] der er syt en hvid Tråd over, har Eastman syt. Han tiggede hele Tiden, mens jeg syede den, om han måtte have den, - det egoistiske Asen, men jeg var stærk! 
+Jeg har været i Byen idag og inde på det store offentlige Bibliotek efter Bøger. Jeg spadserede ned gennem Boilston St., en af de fine Gader. Det er aldeles imponerende hvad man der ser af Elegance og fine Klæder. Man kan ikke gøre sig nogen Forestilling om det der er èn Raslen af Silke og en Dunst af Parfume, og Hattene – Bjærge af Blomster og Tull. -
+Her er meget smukt nu. Her er Tusinder af blomstrende Frugttræer, Syrenerne og Kastanjerne ere næsten udsprungne, - smukt er her, det kan ikke nægtes. 
+Nu kun Hilsen til alle, mest til dig fra Pelle. 
+[Skrevet langs venstre margen s. 7; lodret:]
+Helen beder, om du ikke vil sende en gammel Avis, ligegyldig hvilken ved Lejlighed – der er én som samler udenlandske Blade.</t>
+  </si>
+  <si>
+    <t>1899-05-14</t>
+  </si>
+  <si>
+    <t>Edward -
+Wilhelmine Berg
+Johanne  Brandstrup
+Dudley Pray
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Niels Dines Wangberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift i Boston i 1899. 
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880. Det havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. I 1898 overtog Det Forenede Dampskibs-Selskab (DFDS) rederiet og dets aktiver under navnet Scandinavian America Line (Wikipedia febr. 2026). 
+Tante kan både være Vilhelmine Berg og Johanne/Hanne Brandstrup. 
+"De": De første par år boede Ellen og Harris i hus sammen med hans søster og forældre. Moderens navn kendes ikke. 
+B: Alhed Larsen med kælenavnet Be var gravid.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1523</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har modtaget fragtbrevet og glæder sig til, at hendes kasser kommer. Dudley Pray kan måske tage sengetæppet med fra Danmark. Ellen ved ikke, om hun og Harris Eastman Sawyer kommer til Danmark denne sommer.
+Ellen vil gerne skaffe sølvtøj til Tante. 
+Harris er optaget af sin mælkesyresag, som kan blive indbringende. Han skriver mange kontrakter, rejser meget og er heldigvis rask. Når Harris kommer hjem, skal man have normal mad i huset igen. Hans familie laver kedelig mad uden variation og smag. Forleden bad Ellen om, at de kunne få oksetunge, og de fik en skrækkelig fed en. Nu vil hun lave rabarbergrød, sildesalat og agurksalat. Amerikanerne bager brød i en blikspand; de spiser ikke forret eller skemad - kun østers kogt i mælk, hvilket er rædselsfuldt. 
+Ellen har besøgt Fætter Edward og hans familie. Hun er blevet god til at finde rundt med sporvognen og har været hos tandlægen. På hjemturen tog hun dog den forkerte forbindelse. 
+Ellen er spændt på, om Alhed/B Larsen får en pige. Hun glemte Astrid/Disens fødselsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hEmD</t>
+  </si>
+  <si>
+    <t>Maj 14. 99
+Kære Mor!
+Jeg har fået Fragtbrevet eller hvad det skal kaldes i Dag og begynder nu snart at vente mine Kasser. Det bliver knusende morsomt, - især hvis det går godt med Tolden. Du har rigtignok haft en rasende Besvær med det og det er ikke så sært at det har spillet en Rolle for dig. Det varer dog vist et Par Uger før det kommer. Thingvalla er jo lidt sen i Vendingen. Jeg skal nok skrive hvordan det er gået med Tolden ligeså snart det kommer. Eastman er knap så begejstret som jeg ved Tanken om at det nærmer sig. – Du skal ikke bekymre dig om at sende det Sengetæppe. Måske Mr. Pray vil tage det med, når han rejser hjem om tre Måneder. 
+Om vi kommer i Sommer kan vi ikke sige inden Somren er forbi. Det beror på Geschäften, Helbredet og vore Vinterplaner. Ifald det skulde ske skal vi med Fornøjelse besørge det Sølvtøj til Tante Det er ikke Plet, gedigent Sølv, men de har ikke det Mønster, som er det almindeligste hjemme og som Tante vel også har med Rifler ned af Skaftet. Her er 4-5 forskellige Mønstre – jeg skal ved Lejlighed se at få en sådan Mønsterbog med Priser og sende hjem. – Du har nok også spurgt om Rejsen hjem afhænger af Eastmans Svineslagterihistorie, - det gør den ikke for han mener at den vil trække ud mindst ½ Aar. De vil nemlig ikke betale ham Resten ("Resten" indsat over linjen] inden de ere fuldt ud sikre på at det har hjulpet. 
+Nu er han meget optaget af sin Mælkesyre, som han er i Milwaukee for. Det er noget nyt, som skal indføres på Bryggerierne og som vil blive indbringende, hvis det viser sig at være heldigt. Han er en ivrig Forretningsmand og har en Masse Jærn i Ilden. Han udfærdiger Kontrakten i det mest snørklede, juridiske Sprog, sætter sit Navn under og sender den til dem han har i Sinde at arbejde for og hvis de synes om, hvad han foreslår dem, sætter de deres Navn under og Eastman skrider til Værket. – Imorgen kommer han hjem og min Enkestand er forbi. I Mandags rejste han til Kansas, 24 Timers Rejse fra Chicago, var der 5-6 Timer og gled derpå tilbage. - Han har været så rask hele Tiden, det lader til at han tåler det Klima bedre. – -
+Der er adskillige Fordele ved at han kommer hjem igen, bl.a. den at vi så igen får spiselig Mad i Huset. – Når han ikke er her lever de mere ”amerikansk” og det er trættende i Længden. Bl.a. køber de så ikke Brød, men laver selv, - en Slags Tvebaksdejg, som jeg ikke ret godt kan få ned til Flæsk f. Eks. Der er så lidt Variation at man bliver så led og ked af alting, - de har i Reglen kun en Slags Mad i Huset som spises indtil der ikke er mere af det, - Morgen, Middag og Aften. Jeg kom til at foreslå en Oksetunge, og så fik vi forleden et stort fedt Asen af en Tunge (den må have tilhørt en fed, gammel Tyr) – efter tre Dages Forløb er det kun med Overvindelse at jeg taler om denne Tunge. Køber vi røgede Tunger monstro? Denne Tunge smager vidt forskelligt fra dem hjemme. Nu har jeg bestilt Rhabarber til Rhabarbergrød, Schweizerost og menneskeligt Brød. Når East. kommer hjem skal jeg se at få samlet Stof til Sildesalat. Alt hvad de laver her er så ferskt at man længes efter lidt mere kradst. Jeg har også sendt Bud efter Agurker til A.Salat. De har aldrig noget surt. 
+Husholdningen er rigtig nok vidt forskellig fra den danske, - nemt er det men ikke interessant, - jo forresten undertiden er den, men jeg er vant til det nu, - efter at jeg har set dem bage Brød i en Blikspand (!!!) kan intet mere forbavse mig. De spiser aldrig hvad vi kalder ”Formad” – aldrig Suppe. Vi har kun fået en Slags ”Skemad” og det Østers kogt i Mælk, - ubeskrivelig rædselsfuldt!! Jeg glæder mig til min Kogebog! 
+I Mandags var jeg ude i Boxburry hos min nye Familie, Fætter Edwards. De har et stort Hus og jeg morede mig fortræffeligt. Jeg var bedt til Frokost og fik Hønsefrikasé med surt til, samt Øl, Oksesteg med Kartofler og Jordbær, The og Bagværk. – Efter Frokost spillede Edward en Del, hvorefter vi gik ud og var ude Resten af Dagen. Vi er Edward, Bel, Konen (jeg kender ikke hendes rigtige Navn) og deres store Hund. De har en Hønsegård og en Hane. Vi lå i Græsset og solede os og gik derefter ud for at plukke vilde Blomster, så jeg havde en hel Stak med mig hjem. 
+Jeg kan nu helt godt finde omkring alene. Afstandene ere så uendelige her så man bruger altid elektrisk Sporvogn som her er en uendelig Masser af og det gælder om at finde de rigtige. Alting går i sådan en Hast her og der er sådan en Tummel at det ikke kan nytte stort at spørge. I går var jeg til Tandlæge for at blive plumberet. Det er en gammel Ven af Harris han bor i Cambridge, 1½ Mil Timer ["Mil" overstreget; ”Timer” indsat over linjen] Rejse herfra med Sporvogn. 
+Jeg fandt godt nok derud men da jeg skulde hjem gav de mig forkert Svar på min Forespørgsel, så jeg kom i en gal Sporvogn og Pokker i Vold i en anden Ende af Byen. Jeg kom der igennem en Gade hvor Numrene gik til 1800! De plomberer fortrinligt her, meget hurtigere end hjemme og det gør så godt som ikke ondt. De betales pr Time 
+Jeg glemte totalt Disens Fødselsdag og er meget ked af det – forresten skylder hun mig Brev. – Nu begynder jeg at blive nervøs for B. – det er fælt at være så langt borte det varer sådan en Tid at få noget at vide. – men der skrives vel straks om det. Mon det virkelig skal nå at blive en Pige!
+[Skrevet i venstre margen s. 8; lodret:]
+Hilsen til alle, særlig Far og Hunden fra din Pelle</t>
+  </si>
+  <si>
+    <t>1899-05-28</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Trine Johans
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens første søn, Andreas, blev født på Erikshaab 12. maj 1899. 
+Ellen og Harris Sawyer blev gift i Boston i begyndelsen af 1899. De boede de første år af deres samliv i et hus sammen med Harris' familie. Hans søster og forældre er omtalt i flere breve. Ialt var de syv beboere, og hvem de sidste to var vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1519</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer ønsker tillykke med, at hendes far og mor er blevet bedsteforældre. Hun glæder sig til at se drengen og ønsker alt godt for ham og Alhed.
+Harris Eastman har det godt for tiden. Maden spiller nok en rolle. Ellen er ikke begejstret for amerikansk madlavning, og nu opponerer hun ved at lave agurkesalat, tilføje flere retter persille og koge rabarbergrød. Harris' familie finder det ekstravagant. 
+Ellens tøj er ikke kommet fra Danmark. Hun er blevet henvist til en slags agent, men der sker ikke rigtig noget. 
+Amerikanerne holder ikke pinse; kun jul og nogle patriotiske fester. Harris' far skal holde Memorial Day med "sine" soldater, og Harris vil ikke med, da der sandsynligvis bliver meget tobaksrøg. I stedet tager Ellen og Harris på en udflugt. Landet begynder ikke lige udenfor byen som i København. Der er en uendelighed af villaer uden hegn omkring haverne. Hjælp i huset er meget dyrt. I Sawyer-familien giver man en dollar og 10 cent ugentligt for vask af tøj, og det bliver ikke rent. Laura Warberg må sende sin opskrift på kemisk vask. 
+Harris skal give kemisk bistand til læderfabrikation, og kunden siger, at Harris er den dygtigste kemiker på dette område i USA.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/poDx</t>
+  </si>
+  <si>
+    <t>Bellevue St. Maj 28 – 99
+Kære Mor!
+Jeg har været lidt forsømmelig med Breve i den senere Tid og er meget angergiven. Jeg skal imidlertid se at oprette det forsømte idag ved at skrive en lang Salve. Først må jeg gratulere dig og Far til Bedsteforældreværdigheden! Det var rigtignok dejligt at det gik så godt. Hvor han må være henrivende, den lille Dreng og hvor jeg længes efter atbare se ham. Bare han nu må blive rask og tyk og bare Alhed må komme godt fra det. - Vi ere meget stolte over at være Onkel og Tante og praler af det, når Lejlighed dertil gives. Vi ønsker nu mere end nogensinde at vi kunde komme hjem til Sommer, - Eastman tilbyder jævnligt sine Klienter at rejse over i Forretninger, men de lader ikke til at være ret begærlige efter at få ham afsted.
+Han har mere travlt end nogensinde, men, Gudskelov han er så rask i denne Tid, som han ikke har været i lange Tider. Før han rejste til Chicago var han rigtig ussel, - han havde uophørlig Mavedårlighed og hostede en hel Del hver Morgen. Men så snart han kom afsted, blev han bedre, var rask hele Tiden, mens han var væk og nu også efter at han er kommen hjem. Jeg tror, at Maden har en hel Del at sige. Han trænger til mere Afveksling og til at få Maden prepareret lidt mere kunstfærdigt.
+Min Begejstring for amerikansk Kogekunst er forlængst forduftet, - det er nemt og behændigt, men rædsomt trivielt og jeg er begyndt at opponere så småt. Jeg kan godt mærke at Svigermoder finder mig ekstravagant, men jeg lader som jeg ikke mærker det. Jeg køber Agurker og laver Agurkesalat som andre kristne Mennesker (når de engang imellem købte en Agurk skar de den i tykke Humbler og åd dem som de var); når vi får Ærter, kommer jeg Smørjævning og Persille på, jeg sniger mig til at salte Kartofler o.s.v. og jeg laver opstuvede Kartofler med Persille. Det regner de for at være en meget omstændelig Ret at lave. – Jeg har også lavet Rhabarbergrød og det gjorde megen Lykke. Eastman er begejstret for hver ny Ret, jeg indfører og når jeg får min Kogebog skal jeg lave en hel Del. 
+Jeg har ikke hørt et Muk om mit Tøj endnu. I Mandags fik jeg Meddelelse fra N.Y. om at det var kommen og vi telefonerede den Ven af gl. East. som sagde at han vilde hjælpe at klare det. Han viser sig imidlertid at være ude af stand til at kunde gøre noget men henviste os til en anden, en Slags Agent. Svigermor og jeg tog derfor straks til Byen og talte med ham - han var særdeles høflig og imødekommende og lovede at gøre alt hvad der stod i hans Magt. Foreløbig gjaldt det om at se at få det hertil Boston for at fortoldes, de ere mere overbærende her, - i N.Y. er i den senere Tid rent rasende med deres Fordringer af på [”på” indsat over linien] Told. Men som sagt idag en Uge efter havde vi intet hørt endnu, så vi telefonerede til hans Kontor og forespurgte og fik det Svar at han var rejst bort for et Par Dage. Det er meget ærgerligt, da jeg naturligvis er meget spændt på Udfaldet. 
+Tænk, her holder de aldeles ikke Pinse, - Eastman opdagede tilfældig igår at det var Pinse for 8 Dage siden.
+Amerikanerne er dog nogle sære Stødere, - den eneste Helligdag de har er Juleaften og Dag samt 2-4 patriotiske Fester til Minde om Krigsbedrifter. Der er en sådan imorgen, - ”Memorial Day”. Det er en stor Dag for gl. East. som skal operere hele Dagen med sine Soldater. De skal nok også have en festlig Sammenkomst med Bespisning, hvortil Eastman er inviteret, men da der rimeligvis bliver en slem Tobaksrøg har han betakket sig og hvis det bliver godt Vejr skal vi ud et eller andet Sted og trække lidt frisk Luft. – Komme rigtig ud på Landet er næsten en Umulighed her – Det er ikke sådan som i København, at Byen ender og Landet begynder med Marker og Skove, - det Uendelige bliver det herved med Villaer, Lygtepæle og de rædselsfulde Plakater som med Advertissementer som ødelægger og gør alting grimt. Men det lader ikke til at genere nogen. Her er megen Smagløshed i alle Retninger og ingen Sans for Hygge. For Eks. indhegner de aldrig deres Haver, - der er ofte et stort Stykke Jord til Husene el. Villaerne, men de færdes ikke uden for Husene und. når de går på Gaderne i deres fineste Stads. Man ser ofte foran et stort fint Hus et Stykke Grund – aldeles uplejet og ubenyttet. De har ikke Tid til at give sig af dermed. – Måske kommer det for en stor Del af at Hjælp er så kostbar. For Eks. kommer der her en Gang om Ugen en Vadskekone og vadsker. Hun er her 7 Timer, 8-3 og får 1 Dollar 10 Cent (e. 4 Kr.) Jeg venter Trine Johans og Resten med næste Skib hvis du fortæller dem det. Men der bliver rigtignok ingen Tid ødt med Snak: Hun vadsker alt Tøjet, efter 7 Mennesker er det dog en Del – hænger det ud, vadsker Trappen eller pudser Vinduer mens det tørrer, – tager det ind, stænker og lægger sammen og når i Reglen at stryge helt uden Hjælp. Rent er det ganske vist ikke, og hvis du ved Lejlighed vil give mig din Opskrift på kemisk Vadsk – hele Fremgangsmåden – vil jeg være meget taknemmelig. – 
+Harris sender Hilsen, han ligger krøllet sammen i et lille Nøgle i sin Lænestol og sover. – Han sover meget bedre nu, og det er godt for ham. – Forleden Dag henvendte en vildfremmed Mand sig til ham med Anmodning om kemisk Hjælp til Læderfabrikation. Han sagde at han gik til ham, fordi han var anset for den dygtigste Kemiker på det Område i U.S.A. Hvis ikke det var uklædeligt at prale, kunde jeg fortælle meget af den Slags om ham, han er ved at blive en stor Mand. – Jeg havde Brev fra Onkel Fr. for at Par Dage siden – han var så glad over Harrys Besøg. – Vil du ikke takke Mornine for hendes Brev, 
+[Skrevet langs venstre margen s. 8; lodret:]
+Og vil du hilse dem alle fra os begge – E &amp;amp; E –
+[Skrevet langs venstre margen s. 7, lodret:]
+Fortæl endelig meget om den lille Dreng !!!!
+[Skrevet langs venstre margen s. 5; lodret:]
+Hvordan er Fars Helbred??? Og Onkel Syberg?</t>
+  </si>
+  <si>
+    <t>1899-06-26</t>
+  </si>
+  <si>
+    <t>Alice Bondesen
+Louise Brønsted
+Grethe Jungstedt
+Louise Nimb
+- Pray
+Dudley Pray
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer opholdt sig i USA, da hun skrev brevet. Ordene om chokolade på Gelskov refererer formodentlig (ironisk) til, at Laura Warberg tidligere har afsluttet et brev med, at hun ikke havde mere tid, da hun skulle til Gelskov og drikke chokolade. 
+Ellen og Harris Eastman Sawyer boede den første tid af deres parforhold sammen med hans forældre, hans bedstemor og hans to søstre. Arrangementet fungerede dårligt. 
+Ellen Sawyers svigermors navn kendes ikke. Mr. Prays fornavn samt hans kone og døtres navne er også ukendt. 
+1 kvint er 5 g.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1530</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har ikke meget at skrive om. Den første ladning skinker, som Harris Sawyer har præpareret på slagteriet, er ankommet til Liverpool uden mug. Det er en triumf, og Harris vil få 700 dollars for sin indsats.
+Harris' far har fået ansættelse i The Navy Yard, og han vil få 3,5 dollars ugentligt. Derfor vil de to afdelinger af Sawyer-familien formodentlig kunne flytte hver til sit. Både Harris og Ellen finder, at opfattelserne af husførsel er for forskellige til, at de kan fungere sammen. 
+Ellen og Harris har fundet noget dåsemad, som gør det let at lave billige og sunde madretter. Harris har også fået en skinke fra slagteriet. Han lever sundt nu og tager på, men Ellen kan ikke tåle at spise det samme, for så bliver hun tyk. 
+Ellen og Harris er blevet viet. Kirken var nærmest et forsamlingshus, som de lokale har skillinget sammen til at indrette. Der var ikke rart. Om aftenen besøgte de Mr. Pray (Dudley Prays far). Hans hjem var hyggeligt, og han bød på portvin. Dudleys to søstre føler sig meget dannede, da de har været i Paris.
+Ellen nyder indholdet af sine kasser hjemmefra. Hun og Harris har opgivet at købe en hest, da det er for dyrt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PiUW</t>
+  </si>
+  <si>
+    <t>Mandag Juni 26 – 99
+Kære Mor!
+Jeg er bange for, at også mit Brev idag bliver lidt kort ikke fordi jeg skal til Chokolade på Gelskov, men fordi jeg ikke ved ret meget at skrive om. I denne Uge har vi ikke været så foretagsamme, East har haft travlt, og jeg kan ikke med min bedste Vilje bekvemme mig til at gå ud på egen Hånd, bare rundt her i de nærmeste Gader i Støv og Sol kan man ikke forlange selv af de mest energiske og længere Udflugter må man være to om. East havde en stor Tilfredsstillelse i Begyndelsen af Ugen. – Der kom Telegram og Brev til det store Svineslagteri, hvor han har arbejdet siden i Foråret, at den første Ladning Skinker er ankommet til Liverpool uden Spor af Mug og at de ere de bedste de har fået i lange Tider. De spørger om det er siden den nye Kemiker har fået dem under Behandling. Det er en stor Triumf for Harry, og desuden begynder han at glæde sig til sine 700 Dollars, som skulde udbetales, når hans Kúr viste sig at være probat. 
+Der vil rimeligvis endnu gå c. 3 Måneder før de vil indrømme at det har hjulpet. 
+Et andet Held er indtrådt idet gamle Eastman har fået en måske [”måske” indsat over linjen] fast Ansættelse i ”The Navy-yard”, noget som vist svarer til Holmen i København. – Hvis det viser sig at være en fast Ansættelse, kan vi uden Samvittighedsnag trække os ud af Familjelivet, han får da 3 ½ Dollars om Dagen, hvad endog her er helt godt. Hvor skal vi være lykkelige den Dag, vi trækker os tilbage. Jeg har næsten Samvittighedsnag over det, da de aldeles ikke fortrædiger os, men hele Atmosfæren og Aanden i det er amerikansk, og det kan jeg ikke finde mig i. 
+Mærkeligt er det, at Harry er så enig mig, - hele Aanden i Husførelsen er ham imod og har været det i flere Aar. – hans Smag er så vidt forskellig fra de andres, så han glæder sig ligeså meget som jeg. Vi falder hen i Rørelse, når vi ser på nogle af vore Duge, som er til ”rundt Bord”, som hos os er firkantet. 
+Og hele Kogeriet kan så blive efter vort ”eget Hoved – aldrig mere ”Pier” – el hjemmebagt Brød, som ingen af os kan døje. Vi har opdaget at man kan købe henkogt Suppe for 10 Cents for en Dåse på 5-6 Portioner. Endnu har vi kun prøvet Tomatsuppe, som er fortrinlig, men de har mange andre Slags. Den er så god som man kan koge den selv, så det betaler sig ikke at have Ulejlighed. Man kan også få henkogte Ærter og Tomater, så billige og så godt som friske. På ½ Time kan man på den Måde stille en fin Frokost på Benene, og du kan stole på, Harris er Mand for at indtage den. Hans Frokost i går var: Tomatsuppe med ristet Brød, frisk Lax ristet efter Fru Nimbs Kogebog, dertil Kartoffelmos og Grønærter, Jordbær m. Fløde.
+Idag har han hjembragt fra sit Slagteri en delikat Skinke, som er røget saltkogt og det hele. Den Slags [ulæseligt ord] er jeg en stor Ynder af, det tager alt det trættende fra Madspørgsmålet. Der må siges, at Eastman får sund og god Levemåde nu, der er kun èn Ting, - jeg må jo holde ham med Selskab, men Følgen er, at når han tager et Kvint på, tager jeg et Pund på og det sætter sig i mine Kinder altsammen. – Hvis H. altid havde levet så kraftigt havde det været bedre for ham. Men tidligere, når han vilde have noget rigtig Mad, måtte han mangen Gang lave det selv, og hvis han ikke gad el. var træt, vilde ["vilde" overstreget] måtte han nøjes med, hvad de andre havde: kogte Kartofler, Hvedebrød, Pie og Frugt. Det er gladelig en Middag. Det er intet Under at Svigermoder er så svag som hun er. De lægger ikke Planer i forvejen, aldrig Dagen før: denne Husførelse er ægte amerikansk. 
+Igår gjorde vi en Kraftanstrængelse og gik i Kirke, hvor vi blev viede. Den unge Præst har været her en Visit for at spørge, hvorfor vi aldrig kom i hans Kirke. Det er næppe det rette Ord – det er nærmest at ligne ved et Forsamlingshus, - det er et alm Beboelseshus, hvor de har revet alle Væggene ned og indrettet en slags Kirke. – det går sådan til, - en Del Mennesker skillinger sammen, vælger en Præst, indretter sig et Forsamlingssted og ofrer og sparer sammen til de en Gang med Tiden kan bygge en Kirke. - Bænken var hårde, Sangen var falsk, og det dunstede af våde Klæder (det havde regnet), så skønt Præsten er en rørende lille Fyr der mener det inderlig godt, vil vi ikke gå i den igen for en lang Tid. – Om Aftenen tog vi til South Boston og aflagde Mr. Pray’s Hjem et Besøg. Der var ingen anden end hans Fader, en gammel Fyr som selv lukkede op i Skjorteærmer! Først sad vi en Tid på Plads i ”The Parlor”. Ethvert Hus har et ”Parlor”, som er den fineste Stue Familjen opholder sig ikke dèr og man forgår i Reglen af Kedsomhed der. Da vi havde hensmægtet der en lille Tid og vilde gå, blinkede han nok så polisk og sagde at vi skulde smage hans Portvin. Så kom vi ind i hans Stue, som var helt menneskelig, med store Bogreoler o.s.v. Der sad vi svært hyggeligt og smagte på Varerne, og efter at have prøvet diverse Flasker, holdt han et lille Foredrag om Spirituosaens Skadelighed. – Vi var løftede da vi gik derfra og kom først henad Klk 9 til det Sted, hvor vi var bedte. – ”Et dannet Hjem” hvad vi forstår ved det er Mr. Prays næppe. Men hans to Søstre vilde vist blive meget forbavsede over den Påstand: de har været i Paris, de rasler af Silkeunderskørter, de spiller, - det er i Amerika ”Dannelse”. De ere for øvrigt flinke og rare. Moderen er død. Harry har ofte Brev Forretninger [”Forretninger” indsat over Linjen] fra Dudley P. Han lader til at være meget optaget af Lugge, Grethe og en til, men forsikrer at det er ikke alvorligt. Hører I noget til ham og hans Bedrifter???? Mon han passer sine Studier? Du kan såmænd godt bede ham tage det Sengetæppe med.
+Vi nyder mine Kassers Indhold. Vore egne Håndklæder Lagner og Duge. Bedstefaders Buste er [ulæseligt ord] af og står på Harris Skrivebord. Malerierne ere endnu hos Rammemanden. Dette Brev er vist mest en Gentagelse af mine forrige, er jeg bange for. 
+Den arme Frk. Alex, der har ligget 100 Dage, det er lige hårdt nok. Hils hende endelig, hvis hun er der endnu.
+Ang. den lille Hest, så har vi også opdaget at det er mere kostbart end vi tænkte os, så vi har foreløbig slået det hen. – Jeg ved heller knap, hvornår H. skulde ride, da han altid arbejder. 
+Nu ved jeg ikke mere. Hilsen til alle på Håbet, og Gelskov fra Pelle. 
+Jeg har et påbegyndt Brev til Dede liggende. 
+Lugges Eksamen???
+East hilser</t>
   </si>
   <si>
     <t>1899-07-19</t>
   </si>
   <si>
     <t>USA
 Massachusett
 620 Atlantic Ave</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Louise Brønsted
 Grethe Jungstedt
 Alhed Larsen
 Andreas Larsen
 Christine  Mackie
 Charles Pear
 Wesley Priest
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 - Tiffany
 Astrid Warberg-Goldschmidt</t>
@@ -409,50 +726,98 @@
 Hans  Syberg
 Albrecht  Warberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab, da hun har født sit første barn i maj. Johannes Larsen er i Svanninge, hvor han bor på et lejet værelse og maler sammen med Syberg og Lützhøft.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Alhed Larsen slider med billedet af floks.
 Der kommer gæster søndag, og Alheds mor spørger, om Johannes Larsen også vil komme. 
 Johannes Larsen glemmer at fortælle, hvordan Anna Syberg (Høbnset) og børnene har det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UdDN</t>
   </si>
   <si>
     <t>Min kæreste Ven!
 Nu ligger den lille og drikker og jeg vil imens skrive et lille Brev til Dig. Tak for Dit Brev i Gaar. Nu har Du to Gange skreven, at Du ingen Brev har faaet, men det maa være Postvæsenets Skyld, jeg har skreven hver eneste Dag undtagen i Gaar, saa Du altsaa ikke har faaet i Dag. Jeg slider i det med mine Flox, i Gaar var jeg oppe Kl. 6 i Dag 6 ½, da jeg maa male om Formiddagen for Solens Skyld. Men det gaar Sk [bogstaverne overstreget] skidt desværre; jeg sidder og nusser og fedter i det, og Blomsterne begynder allerede at visne, skønt jeg knap har rigtig begyndt. Moder sagde før jeg skulde skrive om Du ikke kom paa Søndag, Zuluen og Mr. Praj (fra Boston) kommer samt alle Larsens fra Faaborg, d.v.s. Mor har skreven til dem, vi har ikke faaet Svar endnu. Men Du retter Dig vel efter Vejret og Dit Billede, men jeg længes jo ellers snart efter at se Dig, min Dreng. Nu er den lille færdig med at drikke og skal ud i sin Vogn, og Posten kommer vist snart, saa det bliver ikke noget langt Brev. Her er intet nyt passeret, den lille trives udmærket og er saa sød. Johanne er altsaa kommen hjem, Dis’ Karlsbadrejse er nu officiel og bestemt til Søndag 8 Dage. Hun og Tutte glæder sig vildt. – Har Du saa faaet Svar paa, om Du har haft Kighoste? – Du glemmer stadig at fortælle, hvordan Hønset og Børnene havde det.
 Farvel min Ven! 1000 Hilsner fra Din Alhed
 Torsdag d. 19nde
 Sikken en trykkende Luft det bliver ved at være.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
   </si>
   <si>
     <t>USA
 Boston</t>
   </si>
   <si>
     <t>Grethe Jungstedt
 Alhed Larsen
 Christine  Mackie
 Harris Sawyer
 - Sawyer, Harris' far
 - Sonne
 Nelly Tailor
 Mathilde Ward</t>
   </si>
   <si>
     <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
 Miss Morrison er ligeledes ukendt. 
 Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
   </si>
   <si>
     <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
@@ -495,97 +860,140 @@
 våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
 Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
 [Fortrykt øverst på arket; venstre side:]
 DR. HARRIS E. SAWYER,
 CHEMSIT AND BACTERIOLOGIST,
 620 ATLANTIC AVE.,
 BOSTON, MASS., U.S.A.
 TELEP { HATHAWAY BUILDING, BOSTON
 203-3 DORCHESTER
 [Fortrykt øverst på arket; til højre:]
 SPECIALIST IN QUESTIONS CONCERNING
 MOULDS, YEAST
 BATERIA,
 ANTISEPTICS
 [Håndskrift:]
 hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
 Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
 [Skrevet langs sidste sides venstre margen og delvist under teksten:] 
 Der er ingen Kommaer i dette Brev 
 [Stemplet på sidste side; øverst og på hovedet:]
 FOR DEPOSIT IN THE
 PURITAN TRUST CO,, BOSTON,
 HARRIS E. SAWYER</t>
   </si>
   <si>
+    <t>1900-02-09</t>
+  </si>
+  <si>
+    <t>- Jenkins
+Grethe Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Harris Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fødte 16. jan. 1900 datteren Grethe (senere g. Jungstedt). Det efterfølgende problem skyldtes formodentlig, at der var rester af moderkagen eller fosterhinderne, der ikke blev afstødt ved fødslen.
+Dr. Cushion og sygeplejerske Loud kendes ikke, bortset fra at de passede Ellen Sawyer i hjemmet efter datterens fødsel.
+Sauternes: fransk hvidvin. 
+B er Alhed Larsens kælenavn. 
+Margaret Richards var muligvis gift med Dr. Richard, som nævnes i 1899-08-20 Ellen Sawyer til Laura Warberg BB1523.
+Thingvalla var et dansk rederi stiftet af C.F. Tietgen i 1880 som havde hovedsæde i København. Omkring 1900 var det et af de dominerende rederier, som sejlede skandinaviske udvandrede til USA. (Kilde: Wikipedia febr. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1528</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal ikke være bekymret, for Ellen Sawyer sidder nu i en lænestol, spiser og har det godt. Mrs. Loud hjælper med den lille. Grethe er et nemt barn og desuden meget køn. Harris Sawyer spiller for hende, og hun er musikalsk. Det var godt, at Ellen og Harris fik en datter og ikke en søn. 
+Onsdag fik Ellen Sawyer pludselig feber, og dagen efter steg den. En dr. Cushion blev tilkaldt, og næste morgen kom der tre sygeplejersker med en masse apparater. Ellen blev bedøvet, og "skaden" blev fjernet. Lægen forklarede, at Ellen i modsat fald kunne have fået blodforgiftning. Ellen har tænkt meget på Alhed/Be Larsen, som fødte i et land uden mange specialister. 
+Ellen bliver forkælet med østers og Sauterne. Harris steriliserer forbindinger, og Jenkins kommer ved den mindste mistanke om problemer. 
+Pakken er ikke kommet. Ellen vil bede Johanne/Junge Larsen om at undersøge sagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Lswv</t>
+  </si>
+  <si>
+    <t>9/2 – 1900
+Kære Mor! 
+Jeg var meget ked af at Harry kom for sent på det med at skrive i Tirsdags, da du formodentlig har været lidt urolig efter min dårlige Opførsel for 14 Dage siden. Der er imidlertid ingen Grund til Ængstelse nu, - jeg sidder op i en Lænestol hver Dag, spiser menneskelig Føde og befinder mig udmærket. Dr. Cushions Sygeplejerske er taget bort idag og Mrs Loud er kommen tilbage for at passe mig og den Lille indtil jeg får lidt flere Kræfter og kan passe hende selv. Hun er et ualm. godt Barn, - sover og spiser og passer sine andre Forretninger til Fuldkommenhed. Om Dagen bliver hun fodret hver anden Time, om Natten passer hun selv sine Spisetimer, sover 3-4 Timer, vågner og brøler, så hele Huset ryster indtil hun får sin Flaske. Hun måtte jo desværre vænnes fra, da jeg fik Feber. – Hun er utrolig sød at se på og tegner til at blive en køn lille Unge. Øjnene ere meget større nu, end de var, - de ere næsten sorte, med et lille Anstægrøg ["æg" i ordet overstreget; ”røg” indsat over linjen] af blåt. Hun bliver højt beundret af alle og erklæres for at være en ”Personlighed” og at have ”høj Grad af Karakter”. Harry spiller for hende og han kan ”tydelig se at hun er meget musikalsk”. Han er meget stolt af sin Datter og vi ere enige om, at det var en ren Fejltagelse at vi ønskede en Dreng – en Pige er langt at foretrække. 
+Nu, da alt er velståeoverstået ["stå" i ordet overstreget], kan det vel interessere dig at høre nærmere om mit ”Tilfælde”. Jeg havde det storartet og Dr. var meget tilfreds med mig, da jeg ["jeg" indsat over linjen] pludselig Onsd. Eft. Klk 5 følte en Kuldegysning og det befandtes, at jeg havde høj Feber. Der blev straks telefoneret efter Dr. Jenkins og han masede med mig til Midnat. Ligeledes næste Dag men Feberen steg, og han blev mere og mere betænkelig og om Eft. sendte han Bud efter en Specialist Dr. Cushion, som øjeblikkelig kom og undersøgte mig og konfererede med Dr. Jenkins. Jeg anede ikke hvad de aftalte, så du kan tænke dig min Forbavselse, da den næste Morgen Døren går op og ind strømmer de to Dr. og tre Sygeplejersker med alle Slags mærkelige Apparater. Derpå blev jeg bedøvet (hvilket var meget behageligt) og Dr Cushion fjernede Skaden. Han forklarede Tilfældet sådan, at jeg er for stærk og kraftig, - d.v.s. Musklerne ere så stærke i mig at de trak sig sammen og beholdt noget, som vilde have foraarsaget Blodforgiftning hvis det ikke var bleven taget straks og med en kyndig Hånd. Jeg har tænkt så mange Gange på, hvad der vilde være sket ["hændt" overstreget; "sket" indsat over linjen] hændt, hvis det var hændet B. hjemme, hvor Specialisterne ikke gror på Træerne. – Jeg anede ikke før bag efter, hvor farligt det var – og jeg havde ikke Spor af Smerter eller Ømhed.
+Du kan tro jeg bliver behandlet som en Prinsesse, - får 8 Østers til Frokost hver Dag, samt Sauterne i Sodavand, - det lyder lukulisk, synes jeg. 
+Harris har været mageløs hele Tiden, - han optrådte som Sygeplejerske da det var på det værste, steriliserede Vand, lavede Forbindinger o.s.v. – og han har været utrættelig til at skaffe mig alle Slags til at gøre mig Livet behageligt.
+Dr. Jenkins har også været storartet. Han plejede at telefonere om Aftenen og hvis der var det mindste i Vejen kom han straks selv om han havde været her om Morgenen. En Aften kom han Klk 10 i en forrygende Storm og Regn fordi jeg havde lidt ondt i Halsen, - og det en hel lille Rejse fra S. Boston.
+Folk har i det hele taget været umådelig deltagende og venlige. 
+Margaret Richards var her i går på Gennemrejse. 
+Nu må jeg vist hellere slutte og pille i Seng igen. – Mit næste Brev skal være til Junge. –
+Jeg har nydt alle dine EkstraBreve ["Ekstra" i ordet overstreget]. -
+Lille Grete sender mange Hilsner. Det samme gør Pelle. 
+[Skrevet på tværs øverst s. 1:]
+Pakken er endnu ikke kommen og jeg er meget ængstelig for den. De siger her at Thingvalla er ansvarlig for den, så der skal gøres Vrøvl i København. Jeg vil skrive til Junge at bede hende om at se at få det klaret.</t>
+  </si>
+  <si>
     <t>1900-03-30</t>
   </si>
   <si>
     <t>Lauritz  Brandstrup
 - Dudire
 - Ipsen, USA
 Dudley Pray
 - Redpath
 Harris Sawyer
 - Tiffany</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston. Det vides ikke, hvad hendes svigermor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1746</t>
   </si>
   <si>
     <t>Ellen har haft en maveomgang, og Harris var en god sygeplejerske.
 Parret har haft besøg af Ipsens, og Ellen fandt det svært at tale dansk. Ipsens taler en blanding af dansk og engelsk. 
 Harris og Ellen har besøgt Dudires, som har en lille datter. 
 Mr. Dudleys far er død, og Ellen hjælper til i laboratoriet, mens Dudley har fri. 
 Harris og Ellen har været på en "dansk restaurant" i Boston. 
 Mr. Tiffany og hans kone har været på besøg. 
 Bedstefars begravelse må have været højtidelig.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Mzpi</t>
   </si>
   <si>
     <t>Marts 30 – 1900
 Kære Mor! Du kommer til at undskylde denne tarvelige Udstyrelse af mit Brev idag, - Harry, det kan han ikke [”ikke” indsat over linjen] huske at tage noget ordentligt Papir hjem til mig. – 
 Jeg begyndte mit Brev igår og havde fået skrevet en hel Del, men var så idiotisk at smide det bort. Der er imidlertid ingen stor Skade sket for det var et Svinebrev, - Blyants, - skrevet i Sengen. Jeg havde nemlig en lille Mavedårlighed, der som det lader, har i Sinde at indtræffe med visse Mellemrum. Mavesmerter og grøn Opkastning. Det begyndte om Natten, og Harry måtte ned og hente Cognac, Krydderpose og en Morphinpille. Han er en udmærket Sygeplejerske, - han behøver ikke at, sættes til, men kan selv finde på, hvad der må gøres. – Jeg har haft det samme Tilfælde før, og kunde rimeligvis undgå det, hvis jeg vilde være lidt forsigtig på visse Tider af Måneden. 
 Denne Uge [”X” indsat over linjen og i venstre margen skrevet ”X siden sidste Brevdag”] har været helt livlig. Først i Lørdags kom Ipsens ud og var her det meste af Eft. De ere meget livlige, - men, jeg ved ikke, - deres Snak kan ikke rigtig fange min Interesse. – Er det ikke kunstigt, - det falder mig så akavet at tale dansk nu, at det er ligesom der var Småsten under Tungen, og jeg må samle mig sammen for at få fat på Ordene, hvorimod jeg slet ikke føler den Vanskelighed når jeg skriver – (måske I føler det, ved at læse mine Breve) Ipsens taler elendigt, - Masser af Fejl og pudsige direkte Oversættelser fra engelsk. De kan endnu mindre tale engelsk , - taler med stærkt Akcent og mange Fejl. Jeg taler adskilligt bedre, - men jeg har jo også kun hørt engelsk i over et Aar, hvorimod de stadig har hørt [”hørt” overstreget; ”talt” indsat over linjen] talt en Blanding. – De[t] var jo imidlertid pænt af dem at komme og jeg vil også snart derud igen [”igen” overstreget] og se til dem. – 
 Om Søndagen gik Harry over [”over” overstreget; ”og” indsat over linjen] og jeg over til Dudires, som bor et Kvarters Vej herfra. De fører ikke Hus, har deres Møbler et Sted, hvor de tag [”tag” overstreget] opbevarer Møbler for kortere el. længere Tid, - og er i Pension hos hendes Forældre. Vi havde det helt morsomt, - deres lille Pige kan nu gå alene og er umådelig sød. Lille Grethe blev bedt til Børneselskab om to Aar. De har en stor Fonograf, som vi hørte på, - men det er i Grunden mere trættende end morsomt, når man har hørt det et Par Gange. – Vil du høre hvad Mrs. D. havde på: en såkaldt Thegown [”ea” i ordet overstreget; over disse bogstaver indsat ”ea”], - dette [”te” i ordet overstreget] samme som vore Empiredragter, af et fint lyserødt Stof, Dyvikekrave, langt Slæb, halvlange Ærmer med Kniplinger for. Hjemme vilde vi kalde det elegant til et Bryllup el. fin Middag og dette var en alm. Søndag og vi kom uventet. De fleste vilde se opstadsede ud med denne Dragt, men den klædte hende fortrinligt, - hun er høj, slank med et vældigt gult hår, meget livlig.
 Om Mandagen var jeg med Harry i Laboratoriet for at hjælpe. Mr. Redpath er på Forretningsrejse og Dudley Pray er der slet ikke i denne Tid på Grund af hans Faders pludselige Død. Den gamle Dudley var 74, men stærk og kraftig, fik Influenza, som gik over i Lungebetændelse døde i Løbet af en Uges Tid. Han var meget afholdt og hans Død har vakt megen Opsigt. Harry og jeg havde [”havde overstreget] tilbragte nogle behagelige Timer i hans lille private Kontor, så [”så” overstreget; ”og” indsat over linjen] vi ere helt kede af det. Der siges at unge Dudley nu er en rig Mand, men man ved ikke endnu hvor rig. – 
 Harry var som sagt alene i Laboratoriet og jeg vadskede små Glasinstrumenter to hele Dage for ham. Det er en hel Svir at komme derind til en Forandring, der er sket en Masse små Forbedringer og det er et storartet Laboratorium nu. Vi gik til en dansk Restauration til Frokost, - det eneste danske er Udseendet, - Ejeren og Maden ere engelske og Opvarterne ere Negere, - men Lokalerne er en tro Gengivelse af en gammel Kro i Ribe, og du kan tro det frydede mit Hjærte at se: grønmalede Vægge med naive røde Roser malet i Felterne, en Hylde under Loftet (som på Hvilan) med gamle Ting på. Klodtede grønmalede Stole og Borde, en Bornholmer, Kanariefugle i Bur, små Rude[r], Blomster i Vinduerne o.s.v.
 Ejeren kom hen og snakkede med os, - han vidste at jeg er dansk og var meget interesseret i hvad jeg kunde fortælle om danske Skikke og Sæder. – Vi gik en Del rundt i Byen, hvor jeg jo ikke har været i Måneder, - var hos Gordan &amp;amp; March, - en enorm Forretning med alt 7 Etager, - og en Tunnel med elect. Lys til en anden Afdeling. – Om Tirsdagen var jeg hjemme og fik Huset i Orden. Det kommer altid i Rod når jeg er borte, - navnlig den Lilles Bleer ere ligelig fordelte i alle Stuerne o.s.v. Om Onsdagen var jeg igen med Harry. Mr. Tiffany kom fra New York i Forretningsanliggender og havde sin Kone med. Hun kom op i Laboratoriet, en ægte New York-Dame, livlig og opvakt, vi havde en lang Snak sammen og vi gelejdede dem til deres Tog, - kom ½ Min. for sent og indtog derpå Frokost med dem: Østers, Roastbeef, Kiks og Ost, Kaffe. – 
 Den lille har være god siden jeg skrev sidst und. I går, men det var fordi Harry lavede hendes Mad lidt for fed, da jeg var dårlig, men idag har hun været god igen, sovet i 4 Timer i Form. let og leget. Svigermoder elsker hende højt. Hun siger ofte, at hun vilde ønske, du kunde se Ungen og at hun har helt Samvittighedsnag ved at have så megen Fornøjelse af hende når du ikke kan se hende. Gid – gid vi kunde komme hjem snart. – Hvor det må have været højtideligt ved Bedstefars Begravelse. Hvor han vilde have nydt al den Hæder, det gamle Skind hvis han kunde have set det. – 
 Vi kan ikke døbe den Lille, før vi får så varmt Vejr at hun kan gå ud. – 
 [Skrevet lodret langs venstre margen på side 4:] Farvel og Bunker af Hilsner E</t>
   </si>
   <si>
     <t>1900-04-09</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bellevue St.</t>
   </si>
   <si>
     <t>Nelly -
 - Jenkins
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Hempel Syberg</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin amerikanske mand, og parret fik i 1900 datteren Grethe. 
 Alhed Larsen udstillede på Charlottenborg foråret 1900. Johannes Larsen havde en udstilling på Den Frie.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1669</t>
   </si>
   <si>
     <t>Ellen springer sommetider en "brevdag" over, da hun har travlt med nyfødt barn og med gæster. 
 Udgifterne til fødsel og efterfølgende behandlinger blev 300 dollars. Ellen fik feber og problemer med leveren efter fødslen, og hun er stadig mat. 
 Grethe er sød og nem. Hun smiler meget og bliver voldsomt ivrig, når hun hører sang eller klavermusik.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gWgR</t>
   </si>
   <si>
@@ -856,50 +1264,96 @@
 Ellen  Sawyer
 Harris Sawyer
 Karen Sørensen
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
 Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hQsY</t>
   </si>
   <si>
     <t>Kæreste lille Lavsi!
 Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
 Næste Dag.
 Elskede Lavsi!
 Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
 Senere.
 Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
 Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
 Din egen Alhed
 Mandag</t>
+  </si>
+  <si>
+    <t>1901-10-02</t>
+  </si>
+  <si>
+    <t>- Jenkins
+Grethe Jungstedt
+Christine  Mackie
+William Mackie
+Johanne Oppermann
+Harris Sawyer
+- Sonne
+- Taylor
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ibsens, Kate, Mimmie, Stenografen og John kendes ikke. 
+Christine/Mornine Mackie kom først til Boston i 1902. Her blev hun forlovet med Harris Sawyers gode ven, William Mackie.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1542</t>
+  </si>
+  <si>
+    <t>Det er ikke lykkedes Ellen Sawyer at finde arbejde til Christine som pige i huset, musiklærer eller sanger. Laura Warberg forstår ikke, hvorfor Christine ikke straks kan komme til USA, men Ellen har ikke et ekstra værelse, og Harris Sawyer er ikke rask. 
+Harris har haft høj feber og dårlig mave. Hans to venner, Jenkins og Mackie, så til ham. Harris får kun halv betaling fra Trade Chem. Co, men Ellen tjener 18-20 dollars pr. uge. Drengen og stenografen er afskediget.
+Lille Grethe er dejlig og nem og griner meget. Hun er bange for fremmede.
+Ellen har besøgt Fru Sonne. Hun er livlig og sjov, og hun har mahognimøbler med hjemmefra. Ellen havde dog svært ved at huske at tale dansk. Til gengæld er hun bedre til engelsk end Sonne og Ibsen. 
+Ellen har fået en tand trukket ud. Hun har fået ny pige i huset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/usAG</t>
+  </si>
+  <si>
+    <t>Okt. 2. 1900
+Kære Mor!
+Det var med et tungt Hjærte at jeg idag afsendte Afbudstelegram til Mornine. – Hun har nok ventet på det i 2-3 Dage men jeg tænkte nu, at hun vel sagtens har opgivet det helt efter at have læst mine Breve den sidste Måned, - og derfor gav jeg mig Tid at prøve at forhøre i forskellige Familjer og om Chancerne som Musiklærerinde, Sangerinde i Kirkekor o.s.v. – Men det kan ikke lade sig arangere, - Chancerne ere så få og ”ung Pige i Huset” har ingen Råd til. De vil have èn der kan vadske, skruppe pudse Vinduer o.s.v, - så, når vi ikke kan tage imod hende, må vi opgive det. 
+Du skriver, at du ikke kan forstå Vanskelighederne – men de ere dér ikke desto mindre: Mornine kan selvfølgelig ikke komme ind i Familjelivet særlig da vi intet Værelse har, - og vi kan ikke tænke på Flytning før Harry er rask igen, - hverken for Bekostning eller for Besværet. – Jeg har bittert angret, at jeg bragte det på Bane, så Mornine har gået i Spænding og Skuffelse. 
+Nu rejser vel så Mornine til København. Gid det dog nu må gå lidt let for hende så hun kan komme an og ikke skal plages sådan med de uendelige Pengesorger. – Harry har nu ikke Feber mere, det er Tegn på at andet er ved at svinde. Men der er endnu en Del og Maven er svag på Grund af al den Stillesiden. I Torsdags jagede han os en slem Skræk i Livet ved pludselig at få høj Feber og Diarhroe. Hans to trofaste Venner Jenkins og Mackie kom ud og beså ham i Forening, men kunde intet særligt finde. Næste Dag var Temperaturen normal og han led kun af Sved, da de havde sat ham på Mælkekur. Nu er han i Orden igen. – Hvis det ikke var for Smørsyrerne vilde vi være i slem Pengeforlegenhed, da Harry kun får halv Betaling fra Trade Chem. Co. og ikke kan begynde privat Arbejde for det første, - men jeg tjener 18-20 Dollars om Ugen egenhændig og er ikke lidt stolt af det. - Vi har nu afskediget Stenografen og Drengen John, så er jeg er Byen to Gange om Ugen. Det er jo travle Dage men jeg har vænnet mig til at kunne vende mig i en fart og kan få alt mit Morgenarbejde endt før jeg begiver mig afsted. – Det hjælper også at lille Grethe er så god nu, at hun næsten ikke sinker mig. Hun er bleven utrolig god den sidste Måneds Tid, - hun sidder og leger, småsynger, pludrer, banker, famler, sutter og piller i Timevis – kun når hendes Legetøj stadig skiftes og hun selv må også skiftes fra den lille Stol til Gulvet el. Sengene. Hun er så sød at det ikke kan beskrives, - Smil og Solskin Dagen igennem. Hun kan klappe Kage og ler himmelhøjt af det. Hun elsker at lege og ler, så det klukker i hende, når vi leger Tit [”når vi leger Tit” indsat over Linjen], - Når hun hører Sang, synger hun med så højt som hun kan og holder en Gang i mellem op for at le af det. Det er kosteligt at se den Energi, hvormed hun prøver på at fange en Flue. – Hun er angst for Fremmede, brøler hvis de kommer for nær og klynger sig til mig. – Det Billede, hvor hun står op i mit Skød ligner hende bedst, - de andre er knap så gode. – 
+Jeg var i går hos Fru Sonne, for at forhøre om Chancer for Mornine, men hun hverken kunde selv eller vidste af nogen der kunde hende et tilfredsstillende Tilbud. – Men var glad over, at jeg fik det længe påtænkte Visit aflagt, og venter mig megen Fornøjelse af det Bekendtskab. Hun gjorde et storartet godt Indtryk på mig og vi vil vist blive gode Venner. Hun er jo så meget yngre end Ibsen og uden Sammenligning interessantere. Livlig, morsom, gedigen lidt jovial, – minder i Udseende ikke lidt om Frk Oppermann. Venlig, aaben, så vi straks følte os som gode Bekendte. Hun har dejlige, gammeldags Mahogni Møbler som hun har medbragt hjemmefra så det var ["var" overstreget] føltes hjemligt at komme derind. – Men tænk, det var kun med det største Anstrængelse at jeg kunde tale med hende. Jeg var aldeles forfærdet over at se som jeg har glemt det danske. Jeg standsede hvert Øjeblik og kunde ikke komme videre i Snakken fordi de almindeligste Ord svandt bort for mig – gale Vendinger og Akcent kom mig på Tungen og jeg var helt elendig. Efter en halv Times Forløb gik det imidlertid bedre. Men til Gengæld taler jeg uden Sammenligning bedre Engelsk end både hende og Ibsen, - deres engelsk lyder komisk og kejtet i ine Øren. -`Det er kun ½ Times Kørsel til Fru Sonne så vil dyrke hinanden på Kraft. – Hun har søde Børn – en på 15 Måneder, men de kan ikke sammenlignes med Grethe. - 
+Jeg har glemt at fortælle at jeg havde ["havde" overstreget] fik en Tand trukket ud forleden hos Dr. Taylor, det var en sand Fornøjelse: da jeg kom til ham var jeg træt af at gå Ærinder og havde Tandpine. Så bedøvede han mig med Gas, - det varede tre Min. og da jeg kom til Bevidstheden, var det som om jeg havde sovet i flere Timer, var udhvilet og vel til mode og Tandpinen var væk. –
+Jeg skriver i Lab. men jeg passer 6 Ltr. Bouillon der bliver steriliseret. 
+Vi har fået ny Pige i Stedet for tykke Kate. Hun – Mimmie – tegner godt og flinkt og ser godt ud, hvilket er en behagelig Forandring fra Kates enorme Grimhed. – 
+Jeg må nu holde op da min Bouillon er færdig og jeg må i Byen og besørge nogle Ærinder. Jeg ved heller ikke mere denne Gang.
+Det er da dejligt at Far har det så godt. Hils ham så meget fra mig. Alle de andre også og dig selv ikke mindst. 
+Din Pelle.
+Er der mange gale Vendinger i mine Breve???</t>
   </si>
   <si>
     <t>1902-02-25</t>
   </si>
   <si>
     <t>176 Federal Street
 Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 Herbert Felton
 - Fuller
 Grethe Jungstedt
 Johanne Christine Larsen
 - Mackie
 William Mackie
 Harris Sawyer
 Helen Sawyer
 - Sawyer, Harris' far
 Hempel Syberg</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
   </si>
   <si>
@@ -3920,59 +4374,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hOav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwuv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hEmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/poDx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PiUW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OqXO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lswv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzpi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gWgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SdI8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zAQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fZ3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usAG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cvL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vqoi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/98cP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ul3h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Nlq1Nlod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bsK1NJaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fi5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/81BXKn2i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dMQC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xpnd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zW9U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G6GK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioi2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gwvu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EhaQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lr3F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGjh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w8yb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vGJ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Omc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yay0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Bw6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gzom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M74"/>
+  <dimension ref="A1:M83"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4183,3083 +4637,3498 @@
         <v>47</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>50</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="5" t="n">
-        <v>1900</v>
+      <c r="A8" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E8" s="5" t="s">
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="F10" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="s">
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="H11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="J11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D12" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>42</v>
+        <v>104</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>104</v>
+        <v>105</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>59</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>81</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="5" t="s">
-        <v>118</v>
+      <c r="A15" s="5" t="n">
+        <v>1900</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="E15" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="5" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="I16" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="H16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>129</v>
-      </c>
-[...2 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K16" s="5" t="s">
         <v>130</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>131</v>
       </c>
       <c r="M16" s="5" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>133</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="K17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="L17" s="6" t="s">
+      <c r="M17" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="E18" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="I18" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-      <c r="F19" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>153</v>
-      </c>
-[...10 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F20" s="5" t="s">
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="L20" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>160</v>
-      </c>
-[...13 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D21" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>167</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>168</v>
-      </c>
-[...13 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="F22" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="M22" s="5" t="s">
         <v>175</v>
-      </c>
-[...21 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>15</v>
+        <v>177</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>142</v>
-[...6 lines deleted...]
-      <c r="F23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>183</v>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>184</v>
-      </c>
-[...13 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>191</v>
+        <v>104</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>192</v>
+        <v>17</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="s">
+        <v>186</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
-        <v>195</v>
+        <v>108</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E25" s="5" t="s">
-[...3 lines deleted...]
-        <v>201</v>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>202</v>
+        <v>192</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>203</v>
+        <v>193</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>204</v>
+        <v>194</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>206</v>
+        <v>196</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>207</v>
+        <v>197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>208</v>
+        <v>198</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>200</v>
       </c>
-      <c r="F26" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="I26" s="5" t="s">
-        <v>211</v>
+        <v>201</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>212</v>
+        <v>202</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>213</v>
+        <v>203</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>214</v>
+        <v>204</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>216</v>
+        <v>206</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>142</v>
+        <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>119</v>
-[...2 lines deleted...]
-        <v>217</v>
+        <v>207</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="s">
-        <v>218</v>
+        <v>208</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>221</v>
+        <v>211</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>223</v>
+        <v>213</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>224</v>
+        <v>214</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>142</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>33</v>
+        <v>207</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>226</v>
+        <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>227</v>
+        <v>216</v>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>229</v>
+        <v>218</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>230</v>
+        <v>219</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>231</v>
+        <v>220</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>232</v>
+        <v>221</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>233</v>
+        <v>222</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>235</v>
+        <v>177</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>15</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="s">
-        <v>238</v>
+        <v>224</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>239</v>
+        <v>225</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>240</v>
+        <v>226</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>241</v>
+        <v>227</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>242</v>
+        <v>228</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>243</v>
+        <v>229</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>244</v>
+        <v>230</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>245</v>
+        <v>231</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>232</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>247</v>
+        <v>233</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>248</v>
+        <v>234</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>249</v>
+        <v>235</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>250</v>
+        <v>236</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>251</v>
+        <v>237</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>252</v>
+        <v>238</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>253</v>
+        <v>239</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>119</v>
+        <v>33</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>254</v>
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>209</v>
+        <v>240</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>256</v>
+        <v>242</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>257</v>
+        <v>243</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>258</v>
+        <v>244</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>259</v>
+        <v>245</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>261</v>
+        <v>247</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>235</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>236</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>207</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F32" s="5" t="s">
-        <v>238</v>
-[...2 lines deleted...]
-        <v>262</v>
+        <v>248</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>263</v>
+        <v>249</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>266</v>
+        <v>252</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>268</v>
+        <v>254</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>269</v>
+        <v>255</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>270</v>
+        <v>256</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>236</v>
+        <v>15</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>237</v>
-[...5 lines deleted...]
-        <v>271</v>
+        <v>257</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>272</v>
+        <v>258</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>273</v>
+        <v>259</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>274</v>
+        <v>261</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>275</v>
+        <v>262</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>276</v>
+        <v>263</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>277</v>
+        <v>264</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>119</v>
+        <v>15</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>278</v>
+        <v>265</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>209</v>
+        <v>266</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>279</v>
+        <v>267</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>280</v>
+        <v>268</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>281</v>
+        <v>269</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>282</v>
+        <v>270</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>283</v>
+        <v>271</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>284</v>
+        <v>272</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>285</v>
+        <v>273</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>119</v>
+        <v>207</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>177</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>265</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>286</v>
+        <v>274</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>288</v>
+        <v>276</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>289</v>
+        <v>277</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>290</v>
+        <v>278</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>291</v>
+        <v>279</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>292</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>293</v>
+        <v>281</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>59</v>
+        <v>207</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>175</v>
-[...4 lines deleted...]
-        </is>
+        <v>282</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>294</v>
+        <v>284</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>63</v>
+        <v>286</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>299</v>
+        <v>290</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>300</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>301</v>
+        <v>207</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>59</v>
+        <v>33</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>175</v>
+        <v>291</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>237</v>
-[...4 lines deleted...]
-        </is>
+        <v>119</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>305</v>
+        <v>296</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>306</v>
+        <v>297</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="L38" s="6" t="s">
         <v>308</v>
       </c>
-      <c r="B38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="C38" s="5" t="s">
-[...41 lines deleted...]
-      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E39" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="I39" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I39" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>315</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>316</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>317</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-        </is>
+        <v>177</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>317</v>
-[...4 lines deleted...]
-        </is>
+        <v>322</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>323</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>309</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>60</v>
-[...19 lines deleted...]
-        </is>
+        <v>300</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>321</v>
-[...10 lines deleted...]
-        </is>
+        <v>328</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>331</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>322</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>332</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>333</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>323</v>
+        <v>334</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>59</v>
+        <v>335</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>60</v>
+        <v>301</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>175</v>
+        <v>302</v>
       </c>
       <c r="F42" s="5" t="s">
-        <v>324</v>
-[...4 lines deleted...]
-        </is>
+        <v>303</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>336</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>325</v>
+        <v>337</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>63</v>
+        <v>330</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>329</v>
+        <v>341</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>330</v>
+        <v>342</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>60</v>
+        <v>207</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>331</v>
+        <v>177</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>332</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>334</v>
+        <v>345</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>336</v>
+        <v>347</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>337</v>
+        <v>348</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>339</v>
+        <v>350</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>15</v>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="s">
-        <v>175</v>
+        <v>351</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>341</v>
+        <v>353</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>63</v>
+        <v>354</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>240</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>349</v>
+        <v>362</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>345</v>
+        <v>364</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>365</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>59</v>
+        <v>366</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>324</v>
+        <v>302</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>63</v>
+        <v>369</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>374</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>60</v>
-[...23 lines deleted...]
-        <v>360</v>
+        <v>105</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L47" s="6" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>374</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>59</v>
-[...8 lines deleted...]
-        <v>324</v>
+        <v>105</v>
+      </c>
+      <c r="D48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>364</v>
-[...8 lines deleted...]
-        <v>366</v>
+        <v>377</v>
+      </c>
+      <c r="I48" s="5"/>
+      <c r="J48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L48" s="6" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="M48" s="5"/>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>59</v>
+        <v>15</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>60</v>
-[...8 lines deleted...]
-        <v>370</v>
+        <v>33</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>371</v>
+        <v>380</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>372</v>
+        <v>381</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>382</v>
+      </c>
+      <c r="K49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L49" s="6" t="s">
-        <v>374</v>
+        <v>383</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>376</v>
+        <v>385</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>374</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>60</v>
-[...11 lines deleted...]
-        <v>377</v>
+        <v>105</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>378</v>
-[...8 lines deleted...]
-        <v>380</v>
+        <v>386</v>
+      </c>
+      <c r="I50" s="5"/>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L50" s="6" t="s">
-        <v>381</v>
-[...3 lines deleted...]
-      </c>
+        <v>387</v>
+      </c>
+      <c r="M50" s="5"/>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>324</v>
+        <v>389</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>383</v>
+        <v>395</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>59</v>
+        <v>396</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>324</v>
-[...5 lines deleted...]
-        <v>389</v>
+        <v>397</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>63</v>
+        <v>400</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>392</v>
+        <v>401</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>393</v>
+        <v>402</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>394</v>
+        <v>403</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>395</v>
+        <v>404</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>175</v>
+        <v>389</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>324</v>
+        <v>240</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>396</v>
+        <v>405</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>397</v>
+        <v>406</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>398</v>
+        <v>407</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>400</v>
+        <v>409</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>401</v>
+        <v>410</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>324</v>
+        <v>389</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>402</v>
+        <v>411</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>404</v>
+        <v>413</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>405</v>
+        <v>414</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>406</v>
+        <v>415</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>59</v>
+        <v>104</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>60</v>
+        <v>105</v>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F55" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>63</v>
+        <v>108</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>414</v>
+        <v>389</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>201</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>422</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>417</v>
+        <v>108</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>418</v>
+        <v>425</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>420</v>
+        <v>427</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>421</v>
+        <v>428</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>142</v>
+        <v>104</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>422</v>
+        <v>389</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>425</v>
+        <v>108</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>175</v>
+        <v>240</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>430</v>
-[...4 lines deleted...]
-        </is>
+        <v>389</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>435</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>433</v>
+        <v>108</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>438</v>
+        <v>389</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>201</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>442</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>441</v>
+        <v>108</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>301</v>
-[...9 lines deleted...]
-        </is>
+        <v>105</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>448</v>
+        <v>108</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>438</v>
+        <v>389</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>201</v>
-[...4 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>454</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>455</v>
+        <v>108</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>15</v>
+        <v>104</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>142</v>
+        <v>105</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>460</v>
+        <v>240</v>
       </c>
       <c r="F62" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>461</v>
       </c>
-      <c r="G62" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>463</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>464</v>
       </c>
-      <c r="K62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>15</v>
+        <v>105</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>301</v>
+        <v>104</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>332</v>
+        <v>389</v>
       </c>
       <c r="F63" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>467</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>469</v>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>470</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="M63" s="5" t="s">
         <v>471</v>
-      </c>
-[...10 lines deleted...]
-        <v>475</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="M64" s="5" t="s">
         <v>477</v>
-      </c>
-[...32 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D65" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E65" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>488</v>
-[...4 lines deleted...]
-        </is>
+        <v>482</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>483</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>235</v>
+        <v>207</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="E66" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="L66" s="6" t="s">
         <v>492</v>
       </c>
-      <c r="F66" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>493</v>
-      </c>
-[...13 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>469</v>
+        <v>240</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>278</v>
+        <v>495</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="K67" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>500</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>501</v>
-      </c>
-[...7 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
+        <v>502</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="I68" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="B68" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>506</v>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>508</v>
       </c>
-      <c r="J68" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>509</v>
-      </c>
-[...4 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>15</v>
+        <v>366</v>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="J69" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="K69" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="J69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>515</v>
       </c>
-      <c r="K69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>516</v>
-      </c>
-[...4 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="J70" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="F70" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>522</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>523</v>
-      </c>
-[...7 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>120</v>
+        <v>15</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>15</v>
+        <v>207</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>237</v>
-[...4 lines deleted...]
-        </is>
+        <v>525</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>526</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="I71" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>531</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>534</v>
+        <v>533</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>142</v>
+        <v>15</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>15</v>
+        <v>366</v>
       </c>
       <c r="E72" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
         <v>535</v>
       </c>
-      <c r="F72" s="5" t="s">
+      <c r="I72" s="5" t="s">
         <v>536</v>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H72" s="5" t="s">
+      <c r="J72" s="5" t="s">
         <v>537</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="K72" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>539</v>
       </c>
-      <c r="K72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>540</v>
-      </c>
-[...4 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>42</v>
+        <v>542</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>120</v>
-[...4 lines deleted...]
-        </is>
+        <v>366</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>543</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>544</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>545</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>546</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>547</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>548</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>550</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="K74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>558</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="J79" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B80" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C80" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="K80" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>604</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C82" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...31 lines deleted...]
-        <v>557</v>
+      <c r="D82" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>611</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7294,44 +8163,53 @@
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
+    <hyperlink ref="M75" r:id="rId80"/>
+    <hyperlink ref="M76" r:id="rId81"/>
+    <hyperlink ref="M77" r:id="rId82"/>
+    <hyperlink ref="M78" r:id="rId83"/>
+    <hyperlink ref="M79" r:id="rId84"/>
+    <hyperlink ref="M80" r:id="rId85"/>
+    <hyperlink ref="M81" r:id="rId86"/>
+    <hyperlink ref="M82" r:id="rId87"/>
+    <hyperlink ref="M83" r:id="rId88"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>