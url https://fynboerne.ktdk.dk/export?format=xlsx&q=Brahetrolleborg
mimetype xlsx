--- v0 (2025-10-02)
+++ v1 (2025-11-19)
@@ -44,95 +44,54 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1902-03-12</t>
+    <t>1902-09-30</t>
   </si>
   <si>
     <t>Brev</t>
-  </si>
-[...39 lines deleted...]
-    <t>1902-09-30</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Brahetrolleborg</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Andreas Warberg, Albrechts far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Albrecht Warberg døde 30. september 1902.
 Brevets underskriver er formodentlig en Reventlow.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2673</t>
@@ -180,50 +139,91 @@
 For leverede Raderinger? til Faaborg Musæum modtaget 120 Kr,
 Tom Petersen
 Kunstmaler
 20 October 1910
 Mathildevej 2
 Kjøbenhavn F.
 Til Hr Fabrikant 
 Mads Rasmussen
 Skjoldsgade 10.
 Kjøbenhavn Ø.
 Specificering
 1 Bøjestræde à 10 Kr
 1 Vestergade à 15 -
 1 Skibe i Havn à 30 -
 1 Skarntyde Mølle à 20 -
 1 Taarnstræde à 20 -
 1 Munkholm à 15 -
 1 Faaborg Festdag à 20 -
 1 Baadebroen Troense à 15 -
 1 Gade i Flensborg à 20 -
 165.
 Musæet beregnet - 33% - 55
 110
 [?????????] à 10 10
 [ B????] [blækklat]20 kr.</t>
+  </si>
+  <si>
+    <t>1902-03-12</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Niels Chr.  Jantzen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Peter Magnussen
+R J Steen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen lærte i 1902 Johannes Larsen at radere ved Brahetrolleborg. Larsen lavede her en radering af kalkuner, som Faaborg Museum ejer. Foto findes ikke p.t.
+Danmarks Kunstbibliotek har ikke katalog fra Johannes Larsens udstilling hos Winkel &amp;amp; Magnussen 1902.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har modtaget prøvetryk. Han raderer, klargør billeder og maler på rådyrene og et måneskinsbillede. Billederne skal sendes fredag, men Winkel &amp;amp; Magnussen har ikke sendt kasser. Rammerne er færdige og ved at blive forgyldt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PMHT</t>
+  </si>
+  <si>
+    <t>Teknisk Skole 12/3 1902
+Kæreste Alhed!
+Tak for Dine 2 Breve. Kludene ere sendte i Aften som Banemærkepakke. Grossereren har ogsaa sendt Varerne i Dag. Prøvetrykkene kom i Aftes, de saa for Resten ikke helt meningsløse ud, men de kunde jo have været en hel Del bedre. Jeg raderer [og] jeg har fuldt op at gøre [med] at faa Billederne i Orden. I Dag har jeg malet hele Dagen paa Maaneskinsbilledet og Raadyrene og i Morgen skal jeg se at faa dem færdige og tillige Aquarellen og paa Fredag skal de jo sendes af Sted. De Bæster til Winkel &amp;amp; Magnussen har endnu ikke sendt Kasserne. Sten er mærkelig nok bleven færdig med Rammerne i Morges jeg var inde hos Jantzen de var lagt an med Guldgrunde og bliver forgyldte i Morgen. Hils Puf og Lysse fra mig.
+Mange kærlige Hil[sner] til Dig selv fra D[in]
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1936-10-24</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Sven Clausen
 Elise Hansen
 Andreas Larsen
 Jens Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Peter og Elisa Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død.
 Trolleborgskovene er formodentlig skovene omkring Brahetrolleborg ved Faaborg. 
@@ -347,51 +347,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XEsX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/XEsX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -425,169 +425,169 @@
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="C2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="K3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>42</v>