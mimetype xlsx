--- v1 (2025-11-19)
+++ v2 (2026-03-01)
@@ -5,93 +5,134 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="50" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1902-03-12</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Niels Chr.  Jantzen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Peter Magnussen
+R J Steen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen lærte i 1902 Johannes Larsen at radere ved Brahetrolleborg. Larsen lavede her en radering af kalkuner, som Faaborg Museum ejer. Foto findes ikke p.t.
+Danmarks Kunstbibliotek har ikke katalog fra Johannes Larsens udstilling hos Winkel &amp;amp; Magnussen 1902.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har modtaget prøvetryk. Han raderer, klargør billeder og maler på rådyrene og et måneskinsbillede. Billederne skal sendes fredag, men Winkel &amp;amp; Magnussen har ikke sendt kasser. Rammerne er færdige og ved at blive forgyldt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PMHT</t>
+  </si>
+  <si>
+    <t>Teknisk Skole 12/3 1902
+Kæreste Alhed!
+Tak for Dine 2 Breve. Kludene ere sendte i Aften som Banemærkepakke. Grossereren har ogsaa sendt Varerne i Dag. Prøvetrykkene kom i Aftes, de saa for Resten ikke helt meningsløse ud, men de kunde jo have været en hel Del bedre. Jeg raderer [og] jeg har fuldt op at gøre [med] at faa Billederne i Orden. I Dag har jeg malet hele Dagen paa Maaneskinsbilledet og Raadyrene og i Morgen skal jeg se at faa dem færdige og tillige Aquarellen og paa Fredag skal de jo sendes af Sted. De Bæster til Winkel &amp;amp; Magnussen har endnu ikke sendt Kasserne. Sten er mærkelig nok bleven færdig med Rammerne i Morges jeg var inde hos Jantzen de var lagt an med Guldgrunde og bliver forgyldte i Morgen. Hils Puf og Lysse fra mig.
+Mange kærlige Hil[sner] til Dig selv fra D[in]
+Johannes Larsen.</t>
+  </si>
+  <si>
     <t>1902-09-30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Brahetrolleborg</t>
   </si>
   <si>
     <t>Thora  Branner
 Louise Brønsted
 Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Andreas Warberg, Albrechts far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Albrecht Warberg døde 30. september 1902.
 Brevets underskriver er formodentlig en Reventlow.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2673</t>
@@ -139,91 +180,50 @@
 For leverede Raderinger? til Faaborg Musæum modtaget 120 Kr,
 Tom Petersen
 Kunstmaler
 20 October 1910
 Mathildevej 2
 Kjøbenhavn F.
 Til Hr Fabrikant 
 Mads Rasmussen
 Skjoldsgade 10.
 Kjøbenhavn Ø.
 Specificering
 1 Bøjestræde à 10 Kr
 1 Vestergade à 15 -
 1 Skibe i Havn à 30 -
 1 Skarntyde Mølle à 20 -
 1 Taarnstræde à 20 -
 1 Munkholm à 15 -
 1 Faaborg Festdag à 20 -
 1 Baadebroen Troense à 15 -
 1 Gade i Flensborg à 20 -
 165.
 Musæet beregnet - 33% - 55
 110
 [?????????] à 10 10
 [ B????] [blækklat]20 kr.</t>
-  </si>
-[...39 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1936-10-24</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Johan Larsen</t>
   </si>
   <si>
     <t>Faaborg</t>
   </si>
   <si>
     <t>Sven Clausen
 Elise Hansen
 Andreas Larsen
 Jens Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone</t>
   </si>
   <si>
     <t>Peter og Elisa Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død.
 Trolleborgskovene er formodentlig skovene omkring Brahetrolleborg ved Faaborg. 
@@ -347,51 +347,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/XEsX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/PMHT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XEsX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mvdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -425,169 +425,169 @@
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C2" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="5" t="s">
-        <v>24</v>
+      <c r="C3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I3" s="5"/>
+      <c r="H3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>28</v>
+      </c>
       <c r="J3" s="5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>42</v>