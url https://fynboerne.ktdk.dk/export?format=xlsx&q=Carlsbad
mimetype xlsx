--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -190,102 +190,50 @@
 Der er inviteret til høstfest på Gelskov. 
 Albrecht er rask og glad.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P8q0</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Adr: Hempel Syberg
 Globus
 Carlsbad.
 [Kuvertens bagside:]
 Poststempel
 [I brevet:]
 Mandag d: 21de
 Kære lille Putte!
 I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
 Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
 [Skrevet langs sidens venstre kant:]
 Vejr her. I vel ogsaa.
 [Skrevet langs venstre kant på brevets side 1:]
 + vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
 [Skrevet langs højre kant på brevets side 1:]
 Hvordan gaar det med Thoras Hals??</t>
-  </si>
-[...50 lines deleted...]
-De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -337,50 +285,102 @@
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -457,51 +457,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -621,138 +621,138 @@
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="s">
-        <v>34</v>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="J4" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="I5" s="5"/>
-[...10 lines deleted...]
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="M5" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>