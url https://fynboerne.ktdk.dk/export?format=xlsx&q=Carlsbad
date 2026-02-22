--- v1 (2025-11-19)
+++ v2 (2026-02-22)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="52" uniqueCount="45" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -190,50 +190,102 @@
 Der er inviteret til høstfest på Gelskov. 
 Albrecht er rask og glad.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P8q0</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Adr: Hempel Syberg
 Globus
 Carlsbad.
 [Kuvertens bagside:]
 Poststempel
 [I brevet:]
 Mandag d: 21de
 Kære lille Putte!
 I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
 Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
 [Skrevet langs sidens venstre kant:]
 Vejr her. I vel ogsaa.
 [Skrevet langs venstre kant på brevets side 1:]
 + vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
 [Skrevet langs højre kant på brevets side 1:]
 Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-30</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Thora  Branner
+Niels Elgaard Amstrup
+- Kraus
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
+Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
+  </si>
+  <si>
+    <t>Det er trist, at Albrecht er så forkølet.
+Astrid var syg i maven, da hun kom hjem fra Hamburg med Hempel Syberg. Laura har givet hende opium.
+Ellen og Harry Eastman Sawyer turer meget rundt og har det godt. 
+Laura Warberg rejser nok lørdag.
+Der er næsten ikke mere vand i brønden, så de må vaske i åvand på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NB7D</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Gothersgade 129 - ⁴ -
+København K.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 30te
+Kære Abba!
+Jeg blev ked over at høre, at Du er saa forkølet. Paludan sagde rigtig nok, at Du plejer at være ret vel tilfreds med en Forkølelse, da den befrier Dig for en Del Slim. Jeg skal hilse Dig saa meget fra Syberg og Børnene, hvem jeg tog imod i Gaar; de kom 4 ½ over Hamborg, var meget trætte, men i godt Humør. Dr. Kraus mente, at Astrid kom sig nok, tilraadede Massage. Vi kom hjem her i Aftes med sidste Tog og stakkels Putte har været meget syg hele Natten til 6 i Morges, voldsomme Mavesmerter, Diarrhoé og Opkastninger i ét væk. Jeg gav varme Omslag, tilsidst Opium, det hjalp endelig og nu sover hun rolig i Din Seng, men kom ned til mig Kl. 2. Det søde Pus! Hun led meget. Det var vel den danske og tydske Mad, hun ikke kunde taale, og saa den forcerede Rejse. I Gaar kom der et lille bitte Brev fra Elle, hun og East. turer fremdeles meget om og finder alting herligt. Fra Båxhult har Du vel hørt fra Berta og Lud. Jeg har i Sinde at rejse paa Fredag, men I skal ikke gaae paa Banegaarden, da det er meget muligt, jeg ikke kan blive færdig før Lørdag. Vi vadsker først nu, da vi skulde have Astrids Tøj med. Der er næsten ikke Vand i Brønden, saa de maa hente i Aaen. Amstrups har bedt om at maatte vadske her i næste Uge, de har ikke Vand heller. Sidste Nat fik vi forresten endelig en dejlig Regn. Gaarden blank af Vand i Gaar Morges, men der skal jo meget mere til. 
+Ja nu vil jeg gemme mine Beretninger til vi ses.
+Mange Hilsener til Eder alle. Din
+Smaa.
+De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
@@ -285,102 +337,50 @@
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
-  </si>
-[...50 lines deleted...]
-De to Manchetskjorter bliver sendt Dig en af Dagene, de var ikke færdige i Gaar.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -457,51 +457,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/nQAw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -621,138 +621,138 @@
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>34</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>39</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F5" s="5" t="s">
-        <v>38</v>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
-[...8 lines deleted...]
-        <v>42</v>
+        <v>43</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L5" s="6" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="M5" s="5" t="s">
         <v>44</v>
       </c>
+      <c r="M5" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>