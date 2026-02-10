--- v0 (2025-10-21)
+++ v1 (2026-02-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="50" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="60" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -251,50 +251,113 @@
   <si>
     <t>Johanne/Junge og Adolph/Agraren Larsen boede på Lindøgaard.
 Båxhult var Johan/Lysse og Elena/Bimse Larsens hjem i Småland.</t>
   </si>
   <si>
     <t>Marie takker for tilbuddet om at køre med til Båxhult. Hun kørte med Lars, Ursula og Christine Swane til Odense og tog et tog til Dræby. Henning Larsen og hans kone samlede hende op ved busstoppestedet.
 På Lindøgaard er man næsten færdig med at høste. Christine Swane ligger syg i sin ferie. 
 Johanne/Junge Larsen har ikke mange kræfter.
 Marie håber at komme til Båxhult en anden gang.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wjod</t>
   </si>
   <si>
     <t>Lindøgaard d. 15-8-47.
 Kære Lysse og Bimse!
 Tusind Tak for Brev og Tilbud om at komme kørende med til Båxhult, det havde været dejligt, men nu sad jeg jo herovre, ellers kan I tro at jeg heller end gerne havde slaaet til og hvor kan Du tvivle paa at jeg kunne holde ud at være der i 3 Uger, jeg som elsker at være i Småland og ikke har været der i 8te Aar. -
 Uglen, Lasse og Ursula er i Christiansfeld, de kørte dertil i Bil og jeg var med til Odense og tog der et Tog til Dræby, da jeg vidste at de havde travlt med Høsten her og der skulde komme en Rutebil forbi en halv Time senere, satte jeg mig hen paa en Sten ved Vejkanten for at vente paa den, der kom mange Biler forbi og pludselig ser jeg en af dem bakke tilbage og saa var det Henning og Ditte, sidstnævnte havde kastet et Blik paa mig i Forbifarten og sagde til Henning ”Bak til bage jeg tror det var Tante Marie der sad henne paa Stenen” og glad blev jeg, de kørte mig helt hertil, saa jeg blev fri for at bære noget af mit Tøj fra Munkebo. Her har de det godt og bliver færdig med at køre ind i Dag, desværre er det jo smaat med Foldene i Aar, paa Grund af Tørken, særlig her paa Lindøgaard Tinges er bedre siger de. – 
 Det er morsomt at se lidt til Peter, han ser saa rask ud og er vældig solbrændt og det lader til at han befinder sig godt her, her er nu ogsaa dejligt at være. –
 I Gaar havde jeg Brev fra Ursula og hun fortalte at Uglen var bleven syg, Doktoren mente at det var Galdeblærebetændelse og desuden havde hun lidt Slim paa den ene Bronchie, det er jeg meget ked af; Uglen var meget syg af Halsbetændelse tidlig i Foraaret, nu var hun kommen nogenlunde til Kræfter og saa skal hun tilbringe en Del af sin Ferie i Sengen, det er trist.
 Forhaabentlig kommer jeg til Båxhult en Gang alligevel, selv om det ikke lod sig gøre denne Gang og saa kan Uglen maaske komme med ogsaa. –
 Hils Børnene mange Gange, jeg er ogsaa ked af at jeg ikke fik Jens at se de 2 smaa har jeg jo set i Vinter, Jens ikke siden vi var oppe hos Jer i 39. – Junge har ikke mange Kræfter men det gaar da nogenlunde; Bibbe har travlt hun har altid saa meget for saa det er sjældent vi har hende her ret længe af Gangen. –
 Endnu en Gang Tak fordi I vilde have mig, det er jeg meget glad for.
 Mange hjærtelige Hilsner til Jer begge fra Tante Ia. –
 Hilsen fra Alle her. -</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -371,59 +434,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RQtJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RQtJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjod" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M5"/>
+  <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -624,51 +687,95 @@
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>49</v>
       </c>
     </row>
+    <row r="6">
+      <c r="A6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L6" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>59</v>
+      </c>
+    </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
+    <hyperlink ref="M6" r:id="rId11"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>