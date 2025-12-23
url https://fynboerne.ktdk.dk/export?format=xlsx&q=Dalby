--- v0 (2025-11-06)
+++ v1 (2025-12-23)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="166" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="177" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -649,50 +649,101 @@
     <t>Holm eller "gammel Mand" var en bekendt af Larsen-familien, og han boede i Snave nord for kerteminde. 
 "Udsigten fra Højen": I Snave, hvor Larsen opholdt sig, findes to jættestuer. Fra især den ene, Mårhøj, er der udsigt til alle sider og et flot kik mod Fyns Hoved.
 Bøgebjerg er en herregård på halvøen Hindsholm nord for Kerteminde.</t>
   </si>
   <si>
     <t>Brev 1: Johannes Larsen har gang i otte billeder i Snave; bl.a. et med udsigten fra højen mod Fyns Hoved. Han håber på bedre vejr. Han har været til afskedsgilde på Bøgebjerg, hvor sønnen skal rejse til Argentina. Larsen bor hos "gammel Mand". Han beder Alhed se, hvornår der er generalforsamling i Den Frie. 
 Brev 2: Et af Larsens børn skriver, at ænderne og musene har det godt, og at han har fået en skovmus.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0Tk3</t>
   </si>
   <si>
     <t>Snave 6 Dec. 1911.
 Kæreste Alhed!
 Tusind Tak for Brevet, Du kan tro jeg blev glad ved det, jeg blev saa ked af at der ikke var et Ord med den Pakke. Det var et dejligt Brev, sikke meget Du har faaet lavet med Hønsene og Bryggeriet. Det er jo et kedeligt Vejr, men jeg har dog hidtil gennemført at male baade For- og Eftermiddag jeg har 8 Billeder i Gang, d.v.s. de 4-5 er vist færdige. Jeg har lagt et stort an, 1 ½ x 2 Al. med Udsigten fra Højen mod Fyns Hoved, som jeg glæder mig til at male, men det har ikke lignet noget i det Vejr, siden den Dag jeg begyndte paa det. Nu er Barometret dog begyndt at stige lidt, saa jeg haaber paa bedre Vejr. I Søndags var jeg med gl. Mand i Kirke i Dalby og om Aftnen paa Bøgebjerg, inviteret til Afskedsgilde for den yngste Søn der skal til Argentina. I Gaar var gl. M. hos Nissen og i Dag skal han nok til Bøgebjerg igen ogsaa Afskedsgilde, men denne Gang skal jeg ikke med. Jeg har det udmærket, bare Vejret vilde forbedre sig. Jeg længes efter Jer. Hils Puf og Lysse, og mange Hilsner til Dig selv.
 Din
 Johannes Larsen
 Nu er gl. M. stukken af (det er 4de Gang i denne Uge han er ude om Natten Mandag var han paa Højskolen). Jeg har spist og læst Dit Brev igjen, Du kan tro jeg er glad ved det. Har Schou ikke svaret? Jeg bad ham om det da jeg skrev Dagen før jeg rejste herud. Kan Du se efter hvad Dag den frie har Generalforsamling og lade mig det vide, Brevet maa ligge foran i min Bordskuffe. Har Sofus og Anders begyndt? Jeg fik meget rigtigt Farver fra Fahrenholtz, men der var ingen Spartler med. Jeg længes meget efter Jer og glæder mig til at komme hjem, men jeg maa jo have lavet noget først.
 Din JL.</t>
   </si>
   <si>
     <t>29. nov. 1912</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/X1F9jvHD</t>
+  </si>
+  <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
   </si>
   <si>
     <t>26. maj. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/uV4xMZ1D</t>
   </si>
   <si>
     <t>1922-03-09</t>
   </si>
   <si>
     <t>Særslev
 Dalby, Hindsholm</t>
   </si>
   <si>
     <t>Christian Andersen
 Klaus Berntsen
 Achton Friis
 Drude Jørgensen
 Marie Larsen
 Laurits  Larsen (Dalby)
@@ -962,59 +1013,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7bS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X1F9jvHD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7bS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H49b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9crh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5vW0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sT0mzlCB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/X1F9jvHD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVkG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8U7t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M23"/>
+  <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1742,330 +1793,376 @@
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K17" s="5" t="s">
         <v>118</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>129</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>130</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>132</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>133</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F18" s="5" t="s">
+        <v>134</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H18" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>139</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>140</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>117</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-[...9 lines deleted...]
-        <v>30</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>143</v>
+      </c>
+      <c r="M19" s="5"/>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="n">
-        <v>1923</v>
+      <c r="A20" s="5" t="s">
+        <v>144</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>146</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>147</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>144</v>
+        <v>30</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>148</v>
+      <c r="A21" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>26</v>
+        <v>151</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>27</v>
+        <v>152</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>149</v>
+        <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
-        <v>30</v>
+        <v>155</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="5" t="n">
-        <v>1924</v>
+      <c r="A22" s="5" t="s">
+        <v>159</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>141</v>
+        <v>27</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>17</v>
+        <v>160</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>161</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>162</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>144</v>
-[...4 lines deleted...]
-        </is>
+        <v>30</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>155</v>
+        <v>164</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="5" t="s">
-        <v>157</v>
+      <c r="A23" s="5" t="n">
+        <v>1924</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>159</v>
-[...4 lines deleted...]
-        </is>
+        <v>152</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
+      <c r="G23" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>155</v>
+      </c>
+      <c r="K23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L23" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>165</v>
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>176</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
+    <hyperlink ref="M24" r:id="rId29"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>