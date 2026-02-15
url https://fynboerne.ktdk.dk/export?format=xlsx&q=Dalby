--- v1 (2025-12-23)
+++ v2 (2026-02-15)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="247" uniqueCount="177" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>