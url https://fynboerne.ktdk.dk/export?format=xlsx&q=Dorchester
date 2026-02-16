--- v0 (2025-10-02)
+++ v1 (2026-02-16)
@@ -3,101 +3,266 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="83" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="99" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>USA
+Boston</t>
+  </si>
+  <si>
+    <t>Grethe Jungstedt
+Alhed Larsen
+Christine  Mackie
+Harris Sawyer
+- Sawyer, Harris' far
+- Sonne
+Nelly Tailor
+Mathilde Ward</t>
+  </si>
+  <si>
+    <t>Gamle Bedstemor Sawyers navn kendes ikke. Ej heller Harris Sawyers mors navn
+Miss Morrison er ligeledes ukendt. 
+Grethe Jungstedt, f. Sawyer, blev født i januar 1900.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1600</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer vil fremover skrive oftere, men korte breve.
+Harris Sawyers forældre har været til begravelse, og det var dejligt for Ellen at have huset for sig selv. Nelly kom på besøg og senere Fru Ward, som gerne vil lære nogle amerikanere at kende. Mathilde Ward var begejstret for Ellens hus. 
+Ellen går til musikundervisning hos Miss Morrison, men hun har dårligt tid til at øve sig. Grethe kravler, rejser sig op ved møblerne og putter alting i munden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RpEx</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrevet:]
+Kære Mor
+Tak for dit Brevkort som kom idag. Jeg var meget beroliget ved at se at se B. har det bedre, - bare nu Bedringen må vare ved. – Jeg kan ikke skrive langt denne Gang heller for jeg har opbrugt al min Skriveenergi på Mornine, og denne venter jeg Mulle["Mulle" overstreget] Harry hjem fra Washington hvert Øjeblik. – I det hele taget vil jeg hellere i denne Tid, da jeg har så meget om Ørerne skrive oftere og lidt kortere. – jeg har så dårlig Tålmodighed til at sætte mig hen at skrive et langt Brev. – 
+Gamle Bedstemor Sawyer er død og de to gamle har været til Begravelse. – Det er en Skam at sige det, men det er så sjov når de er borte og jeg leger ”eget Hus”. Idag havde jeg inviteret Fru Sonne og Fru Ward til Kaffe og havde lavet Chokoladeis. Så blev det øsende Dagregn og jeg opgav dem nok. Nelly kom ind og vi nød hele Traktementet Is Kaffe Kager Vin – og da vi havde fået det hele fortæret kom Fru Ward – Mathilde vil jeg kalde hende, for vi er på Fornavn nu
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+våd og forkommen. – hun h ["h" overstreget] var kommen i en gal Sporvogn og havde været et Par Timer undervejs. Jeg fik hende præsenteret til ["til" overstreget] for Nelly, hvad var helt rart for hun vil gærne lære nogle Familjer at kende. Nelly er vist den eneste af vore bekendte hun vil bryde sig om. Hun vil vist ikke have let ved at finde sig til rette med Amerikanere – hun er jævn, ligefrem og hun vil slet ikke kunne forstå Amerikanernes lidt stivere og fornemmere Måde at være hjærtelig på. – Hun var umådelig interesseret i at se vores Hus, - hun var helt begejstret for så hyggeligt og pænt her var. Hun gik omkring og så på alting og fik Idéer til sit eget Hus. Hun er så sød. – 
+Mon jeg skrev vi er begyndt at tage Timer i Musik hos Miss Morrison! Hun faldt imidlertid fra ligestraks da hun fandt at han hverken havde Tid el. Tålmodighed ved at sidde og lide med Øvelser. Jeg vil blive ved skønt det jo kniber med at få mig øvet. Jeg er jo meget borte og når jeg er hjemme har jeg jo lille Grethe om mig. – hun er god og artig nok, kryber rundt på Gulvet og leger, men hun må tilses hvert Minut og 
+[Fortrykt øverst på arket; venstre side:]
+DR. HARRIS E. SAWYER,
+CHEMSIT AND BACTERIOLOGIST,
+620 ATLANTIC AVE.,
+BOSTON, MASS., U.S.A.
+TELEP { HATHAWAY BUILDING, BOSTON
+203-3 DORCHESTER
+[Fortrykt øverst på arket; til højre:]
+SPECIALIST IN QUESTIONS CONCERNING
+MOULDS, YEAST
+BATERIA,
+ANTISEPTICS
+[Håndskrift:]
+hun rejser sig op ved Stolene, kryber under Klaveret og rejser sig ved Pedalen, og hun er ikke endnu så [”så” indsat over linien] sikker at jeg tør lade hende operere på egen Hånd. Og så piller hun alting op og putter i Munden, el hun kommer og trækker mig i Kjolen og vil op og spille. Hun er så sød at hun tager Vejret helt fra mig. – når hun klapper Kager, leger Tit-Tit med Katten og vifter med den lille Hånd til alle og enhver. 
+Nu kom Harry, rask og velbeholden. – Derfor Farvel. 1000 Hilsner Pelle
+[Skrevet langs sidste sides venstre margen og delvist under teksten:] 
+Der er ingen Kommaer i dette Brev 
+[Stemplet på sidste side; øverst og på hovedet:]
+FOR DEPOSIT IN THE
+PURITAN TRUST CO,, BOSTON,
+HARRIS E. SAWYER</t>
+  </si>
+  <si>
+    <t>1902-02-25</t>
+  </si>
+  <si>
+    <t>176 Federal Street
+Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Herbert Felton
+- Fuller
+Grethe Jungstedt
+Johanne Christine Larsen
+- Mackie
+William Mackie
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, rejste fra Danmark til Boston omkring 1. juni 1902. Hun mødte under sit ophold her William/Billy Mackie, og de to blev gift det følgende år. Ægteskabet holdt ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1588</t>
+  </si>
+  <si>
+    <t>Grethe har haft hoste, og nu er Ellen Sawyer smittet.
+Ellen vil savne Christine/Mornine Mackie, når hun rejser. Hun vil også savne William/Billy Mackies besøg.
+Ellen har stået for en stor middag. Pigen, der skulle servere, havde ikke fået besked, men hendes mor kom og hjalp. Nu gruer Ellen for en thanksgiving-middag med Sawyer-familien.
+Grethe synger små sange nu. Hun er et nemt barn, som finder sig i meget, og hun leger længe alene. Hun elsker at høre historier. 
+Christine har besøgt Williams forældre. De fordømmer indtagelse af alkohol og ville besvime, hvis de så Christine ryge cigar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UlCF</t>
+  </si>
+  <si>
+    <t>[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Håndskrevet:]
+Nov - 25 – 02
+Kære Mor!
+Igår fik vi ingen Brev fra dig, - men det er også kun den anden Gang siden Mornine kom, så du har Grund til at være stolt. Det er nok desværre mere end du kan sige om os for vi have nok fået vore Breve forsinket mere end en Gang. – Jeg håber da kun at det er Efterårsvejret som har bragt lidt Uregelmæssighed i Postgangen og at der ikke er noget i Vejen. 
+Vi har det ved det gamle her. Grethes Hoste er nu næsten borte, og hun har da heldigvis ikke tabt i Huldet. Jeg har overtaget hendes Forkølelse og gør som en besat hele Dagen, - når dertil kommer en let Kvalme fra Morgen til Aften, - en tærende Sult, samt Lede for næsten al Mad – så ser du nok at det ikke er særlig behageligt. Og så er det sådan en styg Tanke at skulle af med Mornine. Jeg vil savne hende gruligt, og jeg vil også savne at se Billy så jævnligt. Mornine har jo pålagt ham at han må komme ud mindst to Gange om Ugen og læse dansk med os, men jeg tvivler lidt på, at han gør det. – 
+Det gik rigtig udmærket forleden med Bespisningen for de Herrer. Mr. Felton havde to Pund [tegn for pund] af den fineste Chokoladekonfekt med til mig, - det var da pænt. Maden var rigtig god, - Suppen klar, o. s. v. vi havde ingen særlig Travlhed eller Besvær. De fik ”Cocktail” først, - kun Sauterne ved Bordet og en Snaps gammel Rom til Kaffen. Christine spillede lidt for dem og det satte de megen Pris på. Det eneste Uheld var at Pigen som skulde varte op, ikke fik mit Bud i Tide, så Mornine maatte holde for, men Pigens Moder, min gennemskikkelige Kone Mrs. Fuller, kom grædefærdig op Kl. 6 og sagde, at Pigen var ikke kommen hjem endnu – om hun ikke kunde hjælpe, så vi lod hende vadske op. Den 28ende Nov. er det jo ”Thanksgiving”, èn af deres største Fester. Vi skal have Familjen herover til Kalkun, - Pie og Plumpudding. Jeg gruer lidt for al den Laven Mad, for jeg kan næsten ikke tåle at se Mad. 
+[Fortrykt i venstre side øverst på arket:]
+DR. HARRIS E. SAWYER
+CHEMIST AND BACTERIOLOGIST,
+176 FEDERAL STREET,
+BOSTON, MASS., U.S.A.
+TELEPHONES 4650 MAIN
+385 DORCHESTER
+[Fortrykt til højre øverst på arket:]
+SPECIALIST IN THE ANALYSIS OF BARKS
+TAN EXTRACTS AND LIQUORS,
+CROME LIQUORS,
+OILS AND DRESSINGS. 
+[Med håndskrift:]
+Grethe begynder så småt at kunne spille små Melodier nu. Hun kan og har længe kunnet kende Melodier når vi synger eller fløjter dem, og nu kan hun lige begynde at synge et Par Linjer nogenlunde rigtig, - Stork, Stork Langeben, - ”Gusk. ta'ske Lov” som er èn af hendes Yndlingssange. Hun er saamænd en skikkelig Unge, - som den Aften vi havde Fremmede, måtte hun gå i Seng en Time før sin Sengetid, efter hun havde spist sit Mælkebrød uden at måtte røre al den fine Mad, som hun interesseret betragtede – og gå op og ligge ganske alene ovenpå - men ikke et Kny - eller en Indvending hørte vi fra hende. - Når vi bliver kede af hende eller trætte af hende, sender vi hende ind og lege med sit ”dejlige Skrammel”, som hun kalder som hun kalder en Skuffe af store og mindre lemlæstede Dukker, udklippede Papirsdukker, Klude og Æsker, og der kan hun godt sidde en Timestid og lege. Nu er hun ved at komme i den Alder, da hun plager for Historier, - så snart hun hører sin Fader komme hjem om Aftenen, styrter hun hen til Trappen og raaber” – Will you tell me a Story, Papse”. - - 
+Mornine har syet en dejlig Pude til Billy, - gråt Filt med kulørt Uldgarn – den er henrivende. Hun vil jo nu til at sy en Lysdug til Fru Mackie. Hun var inde hos dem i Søndags og de var meget venlige og rare, - hun spillede for dem – de er så glade ved Musik.
+Men de er jo af den meget gammeldags Skole, som fordømmer Nydelsen af et Glas Øl, - ikke at tale om Vin og Spiritus, - og hvis de så Mornine ryge – og ryge Cigar, - ja, de vilde da mindst besvime. 
+Jeg kan dog ikke vide hvad Onkel Syberg og Tutte siger til mit Forslag – jeg er meget spændt. Harry vil også så gærne have lille Tutte. – 
+Dette Brev er meget kedeligt, men jeg har Kvalme.
+Mornine og lille Grethe hilser
+Din Pelle
+[Skrevet på tværs øverst på sidste side:]
+Sig til Junge hun skylder mig Brev og at hun sender mig nok et godt langt Julebrev. Ja, det bliver en trist Jul, bare den var overstået</t>
+  </si>
+  <si>
     <t>1903-5</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Johanne Christine Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>USA
 Mass.
 Dorchester</t>
   </si>
   <si>
     <t>Ingeborg Abrahams
 Ellen Agnete Amstrup
 Louise Amstrup
 Thora  Branner
 Wilhelm Branner
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Niels Elgaard Amstrup
 Alfred Goldschmidt
 - Grønlund
 Jens Hammer
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Christine  Mackie
 William Mackie
 Mogens Mogensen
 - Mogensen, Fru
@@ -711,59 +876,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/RpEx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UlCF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TL1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6n4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -783,402 +948,494 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1900</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
+      <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...12 lines deleted...]
-        <v>27</v>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>30</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>34</v>
+        <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...10 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="J5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="L5" s="6" t="s">
+      <c r="M5" s="5" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>51</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E6" s="5" t="s">
         <v>52</v>
       </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F6" s="5" t="s">
-        <v>27</v>
+        <v>53</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>51</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>61</v>
+        <v>53</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>64</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F8" s="5" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="J8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="5" t="s">
         <v>76</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F9" s="5" t="s">
-        <v>27</v>
+        <v>77</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J11" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
+    <hyperlink ref="M10" r:id="rId15"/>
+    <hyperlink ref="M11" r:id="rId16"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>